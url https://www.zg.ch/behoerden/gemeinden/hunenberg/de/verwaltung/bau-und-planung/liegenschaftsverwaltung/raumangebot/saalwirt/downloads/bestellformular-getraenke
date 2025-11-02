--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -94,70 +94,65 @@
     <w:p w14:paraId="5AA63B23" w14:textId="77777777" w:rsidR="00242379" w:rsidRDefault="00242379"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3536"/>
       </w:tblGrid>
       <w:tr w:rsidR="009842F9" w14:paraId="76044A7B" w14:textId="77777777" w:rsidTr="00BF04C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39A67053" w14:textId="37119532" w:rsidR="009842F9" w:rsidRPr="00D124A1" w:rsidRDefault="009842F9" w:rsidP="00312EA0">
+          <w:p w14:paraId="193EAF1E" w14:textId="2268239C" w:rsidR="004B4448" w:rsidRPr="00735159" w:rsidRDefault="009842F9" w:rsidP="00735159">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6618">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Besteller</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14D0C5E7" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2844E4A5" w14:textId="2309FBD5" w:rsidR="009842F9" w:rsidRPr="008B6618" w:rsidRDefault="009842F9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6618">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ihre Angaben</w:t>
@@ -1012,51 +1007,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BDDCC2A" w14:textId="77777777" w:rsidR="008B6618" w:rsidRDefault="008B6618"/>
-    <w:p w14:paraId="5D7D6C1D" w14:textId="77777777" w:rsidR="00205EE9" w:rsidRDefault="00205EE9" w:rsidP="00205EE9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="8493" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2066"/>
         <w:gridCol w:w="1045"/>
       </w:tblGrid>
       <w:tr w:rsidR="00513D1D" w14:paraId="0202744D" w14:textId="554804CE" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
@@ -1893,56 +1887,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513D1D" w14:paraId="7D6AA1EA" w14:textId="437159DA" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05902217" w14:textId="21CC14F5" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
+          <w:p w14:paraId="05902217" w14:textId="43A240C3" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00C7655F">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">Bier hell </w:t>
+            </w:r>
+            <w:r w:rsidR="00C7655F" w:rsidRPr="00C7655F">
+              <w:t>(Hopfenmandli 1862 Original)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24E2C8B6" w14:textId="2D4CCE7A" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0578914B" w14:textId="62F0DCD7" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1987,56 +1984,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513D1D" w14:paraId="78AD2362" w14:textId="440C93D5" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED28CA2" w14:textId="34A78296" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
+          <w:p w14:paraId="7ED28CA2" w14:textId="3499CB00" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">Bier dunkel </w:t>
+            </w:r>
+            <w:r w:rsidR="00C7655F" w:rsidRPr="00C7655F">
+              <w:t>(Höllbier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04AF0660" w14:textId="194978AE" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E6A2227" w14:textId="2B3AAA96" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2081,56 +2081,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513D1D" w14:paraId="53E110AA" w14:textId="0302F1C3" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25335220" w14:textId="2AB2DE9A" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
+          <w:p w14:paraId="25335220" w14:textId="4C0852ED" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">Bier alkoholfrei </w:t>
+            </w:r>
+            <w:r w:rsidR="00C7655F" w:rsidRPr="00C7655F">
+              <w:t>(Feinherb)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="589EBBE6" w14:textId="2B12944F" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CE26247" w14:textId="49944819" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>CHF    2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2572,56 +2575,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513D1D" w14:paraId="4530CEA0" w14:textId="57D693D1" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1AB88A" w14:textId="1AA16E2C" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
+          <w:p w14:paraId="5C1AB88A" w14:textId="552DA50E" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">Sprite Tray </w:t>
+            </w:r>
+            <w:r w:rsidR="00653246" w:rsidRPr="00653246">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B47456" w14:textId="4173B4B3" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08266D03" w14:textId="59945520" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">CHF    </w:t>
             </w:r>
             <w:r w:rsidR="00505330">
               <w:t>3.8</w:t>
             </w:r>
             <w:r w:rsidR="00505330" w:rsidRPr="00582B5A">
@@ -2672,56 +2682,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513D1D" w14:paraId="0D383A57" w14:textId="16F7421F" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C73B55A" w14:textId="3E0C3D57" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
+          <w:p w14:paraId="7C73B55A" w14:textId="58B5AFCD" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">Fanta Orange </w:t>
+            </w:r>
+            <w:r w:rsidR="00653246" w:rsidRPr="00653246">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="374F19DD" w14:textId="0EE80A47" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E0126BE" w14:textId="54962556" w:rsidR="00513D1D" w:rsidRPr="00582B5A" w:rsidRDefault="00513D1D" w:rsidP="00513D1D">
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">CHF    </w:t>
             </w:r>
             <w:r w:rsidR="00505330">
               <w:t>3.8</w:t>
             </w:r>
             <w:r w:rsidR="00505330" w:rsidRPr="00582B5A">
@@ -3022,53 +3039,56 @@
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="514ACCEC" w14:textId="77777777" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
             <w:r w:rsidRPr="00582B5A">
               <w:t>Cafe Créme / Espresso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DA453B9" w14:textId="4A50446F" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
             <w:r>
               <w:t>Tasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="642CBFD0" w14:textId="77777777" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
+          <w:p w14:paraId="642CBFD0" w14:textId="2F43CF65" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
             <w:r w:rsidRPr="00582B5A">
-              <w:t>CHF    2.50</w:t>
+              <w:t xml:space="preserve">CHF    </w:t>
+            </w:r>
+            <w:r w:rsidR="00A35273">
+              <w:t>1.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23C78613" w14:textId="77777777" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3088,95 +3108,118 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="7C15E009" w14:textId="77777777" w:rsidR="00513D1D" w:rsidRDefault="00513D1D" w:rsidP="00205EE9"/>
+    <w:p w14:paraId="5B55A9E3" w14:textId="3EAF740A" w:rsidR="00735159" w:rsidRPr="00735159" w:rsidRDefault="00735159" w:rsidP="00735159">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735159">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Eingeschweisste 6er Packungen, die geöffnet sind, werden in Rechnung gestellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0DA33E" w14:textId="77777777" w:rsidR="00735159" w:rsidRDefault="00735159" w:rsidP="00735159"/>
     <w:p w14:paraId="539E3BDB" w14:textId="5FEA37FE" w:rsidR="00E02C9D" w:rsidRPr="0098593D" w:rsidRDefault="00E02C9D" w:rsidP="00E02C9D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk203490307"/>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestellung hat per E-Mail </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00942BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="43489C3A" w14:textId="77777777" w:rsidR="00E02C9D" w:rsidRDefault="00E02C9D" w:rsidP="00205EE9"/>
-    <w:p w14:paraId="65E791B3" w14:textId="77777777" w:rsidR="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
+    <w:p w14:paraId="5B65042B" w14:textId="5CAF3F9A" w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
       <w:r>
         <w:t>Bitte beachten Sie, dass die Getränkebestellung aus dem Standardsortiment an die Vereinbarung Catering oder an die Nutzungsvereinbarung geknüpft ist.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5B65042B" w14:textId="1279CE2F" w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
+      <w:r w:rsidR="00735159">
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00FE7418">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*Pflichtfeld</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidSect="004F442B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1985" w:header="522" w:footer="521" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
@@ -3250,73 +3293,89 @@
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
     <w:tr w:rsidR="000B1F8C" w14:paraId="489261A2" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="2FA0D82F" w14:textId="3A082960" w:rsidR="00F9353E" w:rsidRDefault="00F9353E" w:rsidP="00500070">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="32B86689" w14:textId="04F43878" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
+  <w:p w14:paraId="32B86689" w14:textId="3D2855A0" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004100C2">
+    <w:r w:rsidR="00C7655F" w:rsidRPr="00C7655F">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00735159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>10. September 2025</w:t>
+      <w:t>0. Oktober</w:t>
+    </w:r>
+    <w:r w:rsidR="004100C2">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="675ED880" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1096DBDB" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -3896,50 +3955,140 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C490EF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:numStyleLink w:val="ListCMIAntragAlphabeticSmall"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E4477BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55D2BC5A"/>
+    <w:lvl w:ilvl="0" w:tplc="12B8A0DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FBD06EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="638C4EC0"/>
     <w:styleLink w:val="ListCMIAntragNumeric"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="CMIAntragNumeric"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -4037,51 +4186,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3402"/>
         </w:tabs>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3827"/>
         </w:tabs>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15825D25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E702C18"/>
     <w:lvl w:ilvl="0" w:tplc="55B0BB6E">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4150,57 +4299,57 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19FB5AB8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BAC0EDC"/>
     <w:numStyleLink w:val="ListLineList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E3E54B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:styleLink w:val="HeadingList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1.%2"/>
@@ -4306,57 +4455,57 @@
           <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1701" w:hanging="1701"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="berschrift9"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1871"/>
         </w:tabs>
         <w:ind w:left="1871" w:hanging="1871"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F5F47A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BAC0EDC"/>
     <w:numStyleLink w:val="ListLineList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20173F22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BAC0EDC"/>
     <w:styleLink w:val="ListLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListLine"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="850" w:hanging="425"/>
       </w:pPr>
@@ -4427,57 +4576,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="274B2C88"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:numStyleLink w:val="ListCMIAntragAlphabeticSmall"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB47336"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:styleLink w:val="ListNumericList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumeric"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="907" w:hanging="544"/>
       </w:pPr>
@@ -4548,51 +4697,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B01042A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BBAF684"/>
     <w:lvl w:ilvl="0" w:tplc="FEF0CFFC">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4661,51 +4810,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="355830F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6A6DDDC"/>
     <w:lvl w:ilvl="0" w:tplc="5FBE83E2">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4774,51 +4923,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40653047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E70EB54"/>
     <w:lvl w:ilvl="0" w:tplc="95763D06">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4887,57 +5036,57 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42D11417"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48604C26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80BC2F56"/>
     <w:lvl w:ilvl="0" w:tplc="3BC8DB30">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5006,51 +5155,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="496B532B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A6E5A7A"/>
     <w:styleLink w:val="ListAlphabeticList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="726" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
@@ -5120,51 +5269,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D475942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A4678EE"/>
     <w:lvl w:ilvl="0" w:tplc="1F94EC70">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5233,57 +5382,57 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D997B83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:numStyleLink w:val="ListNumericList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ED9725B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E1854B8"/>
     <w:lvl w:ilvl="0" w:tplc="B2062394">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5352,51 +5501,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632B2579"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52505E02"/>
     <w:lvl w:ilvl="0" w:tplc="43F0E546">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5465,63 +5614,63 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C454AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:numStyleLink w:val="HeadingList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DF5DF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73530032"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:styleLink w:val="ListCMIAntragAlphabeticSmall"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="CMIAntragAlphabeticSmall"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="283"/>
       </w:pPr>
@@ -5592,51 +5741,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3402" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78860D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD4CF1CE"/>
     <w:lvl w:ilvl="0" w:tplc="80EEBACE">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5705,51 +5854,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DEE6C55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE186F74"/>
     <w:styleLink w:val="ListAlphabeticWithLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="CMIAntragAlphabetic"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -5848,96 +5997,96 @@
           <w:tab w:val="num" w:pos="3402"/>
         </w:tabs>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3827"/>
         </w:tabs>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1896887914">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="948052518">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="538057007">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1508250717">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1613829348">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="885068017">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="417293055">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="115224692">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="188376372">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1034038349">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="144779441">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="949706372">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="53046455">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1897663071">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="524438978">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="246690134">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1917279202">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="124125522">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1019046980">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2124760623">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2081051607">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="504052389">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1061444924">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1749232349">
     <w:abstractNumId w:val="2"/>
   </w:num>
@@ -5971,160 +6120,170 @@
   <w:num w:numId="34" w16cid:durableId="870610667">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1923105355">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1897862320">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1770471088">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="390613915">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1543208548">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1749882015">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1227692266">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1876503468">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="754404314">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1349679663">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1855418980">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="864441267">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="109664975">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="202786672">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="376470020">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="109664975">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="50" w16cid:durableId="1812549984">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="202786672">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="51" w16cid:durableId="156652539">
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6pgawrlIul1BRfKANxZBPT707Jg4Byt8JOnMl6Z4jslDTVAaDW5ydiApT0evmtFBuWnfxpNuDbAG+TXK9iAfVA==" w:salt="bOt96XUD1SqI1RMzLbgWiA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aJWoW4YDDY+sBzTSodu+RL1tO2NFXch2djR7luR2iNhrRAAtE6V0pJ7P/o9dlZC97kjit7iblWkFLCTzudnY5g==" w:salt="UsKfMxnY6kEaLo5FN/o28g=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
+    <w:rsid w:val="00014F99"/>
     <w:rsid w:val="000636E8"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000A7A9A"/>
     <w:rsid w:val="000B6A62"/>
     <w:rsid w:val="000D7C50"/>
+    <w:rsid w:val="00146403"/>
     <w:rsid w:val="001951B2"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="00205EE9"/>
     <w:rsid w:val="00206854"/>
     <w:rsid w:val="0022315D"/>
     <w:rsid w:val="00242379"/>
     <w:rsid w:val="002B5D9F"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00312EA0"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="003A389F"/>
     <w:rsid w:val="003E2575"/>
     <w:rsid w:val="00403ADB"/>
     <w:rsid w:val="004100C2"/>
     <w:rsid w:val="00417655"/>
     <w:rsid w:val="004A2844"/>
     <w:rsid w:val="004B4448"/>
     <w:rsid w:val="004F442B"/>
     <w:rsid w:val="00505330"/>
     <w:rsid w:val="00513D1D"/>
     <w:rsid w:val="00572FD3"/>
     <w:rsid w:val="00584C8B"/>
+    <w:rsid w:val="00653246"/>
     <w:rsid w:val="00711526"/>
+    <w:rsid w:val="00735159"/>
     <w:rsid w:val="007A407E"/>
     <w:rsid w:val="007B7789"/>
     <w:rsid w:val="007F2389"/>
     <w:rsid w:val="00890E85"/>
     <w:rsid w:val="00893B1B"/>
     <w:rsid w:val="00895F70"/>
     <w:rsid w:val="008B6618"/>
     <w:rsid w:val="008F52AF"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009842F9"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00A02F8B"/>
+    <w:rsid w:val="00A35273"/>
     <w:rsid w:val="00A76316"/>
     <w:rsid w:val="00B45D8F"/>
     <w:rsid w:val="00B54534"/>
     <w:rsid w:val="00B832BA"/>
     <w:rsid w:val="00BB6CC2"/>
+    <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00BF04C7"/>
     <w:rsid w:val="00C127B6"/>
     <w:rsid w:val="00C42D97"/>
     <w:rsid w:val="00C71E8A"/>
+    <w:rsid w:val="00C7655F"/>
     <w:rsid w:val="00C87BEE"/>
     <w:rsid w:val="00C917E3"/>
     <w:rsid w:val="00C965AE"/>
     <w:rsid w:val="00CA304C"/>
     <w:rsid w:val="00CB33E0"/>
     <w:rsid w:val="00D124A1"/>
     <w:rsid w:val="00DB3DA9"/>
     <w:rsid w:val="00E02C9D"/>
     <w:rsid w:val="00E953D8"/>
     <w:rsid w:val="00EA67F0"/>
     <w:rsid w:val="00EB088A"/>
     <w:rsid w:val="00ED0004"/>
     <w:rsid w:val="00F657BF"/>
     <w:rsid w:val="00F702B5"/>
     <w:rsid w:val="00F772D3"/>
     <w:rsid w:val="00F821DB"/>
     <w:rsid w:val="00F9353E"/>
     <w:rsid w:val="00FE7418"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -7735,69 +7894,72 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
+    <w:rsid w:val="00014F99"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000B6A62"/>
+    <w:rsid w:val="00146403"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="0022315D"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="004A4472"/>
     <w:rsid w:val="004E4ECC"/>
     <w:rsid w:val="005B08A3"/>
     <w:rsid w:val="00711526"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B7789"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00AE07DE"/>
     <w:rsid w:val="00AE7192"/>
     <w:rsid w:val="00BB6CC2"/>
+    <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00C42D97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8464,50 +8626,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="d6d03aed-fec7-4ea3-a9b9-0e389148e37f" colorThemeId="Huenenberg" profile="61f621f0-5fba-4ef6-87bf-aa03bcebaffc" lcid="2055"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <PrimeDocsFieldPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/FieldPart">
   <Content xmlns="">
     <Fields>
       <Forms>
         <Subject>Bestellformular Getränke</Subject>
         <LogoYesNo>true</LogoYesNo>
         <AdditionalLogoYesNo>true</AdditionalLogoYesNo>
       </Forms>
       <translated_Phone>Telefon: </translated_Phone>
       <Subject>Bestellformular Getränke aus Standardsortiment
 </Subject>
       <Profile>
         <Org>
           <Postal>
             <Street>Chamerstrasse 11</Street>
             <Zip>6331</Zip>
             <City>Hünenberg</City>
             <PoBox/>
           </Postal>
           <Phone>+41 41 784 44 30</Phone>
           <Web>www.huenenberg.ch</Web>
           <Unit>Bau und Planung</Unit>
           <Logo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</Logo>
           <NoLogo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAA3ISURBVHhe7cghAcBAEASx92/6amDpFAWE5N0dAAAAAMCvZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAdO59VOJAK9nFU4IAAAAASUVORK5CYII=</NoLogo>
           <AdditionalLogo>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogo>
@@ -8520,94 +8686,90 @@
           <GreetingsExternal/>
           <GreetingsInternal/>
           <Attendance/>
           <Mobile/>
           <FirstName>Jean-Claude</FirstName>
           <ProfileImage>/9j/4AAQSkZJRgABAQEAkACQAAD/2wBDAAgGBgcGBQgHBwcJCQgKDBQNDAsLDBkSEw8UHRofHh0aHBwgJC4nICIsIxwcKDcpLDAxNDQ0Hyc5PTgyPC4zNDL/2wBDAQkJCQwLDBgNDRgyIRwhMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjL/wAARCALoAugDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwDvCfp09KM/T8qD1/CkrmOoXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUhIHWgEHoaAFoqpe6hBZxbpZFXPTJxXF3HxDNrctElss6g/eBxRcLHfk4GaTIxnNcFJ8Rogi4tXyeozwKzpvH0iu7wRNtPQMelK47Hp2R60teO3HjjUX2mGTYwOcikPj/W8BfNUn1xzRcVj2LIzS140vjLWWcNJdDrleOh9/UV0Nh8RLjagvIImA4Z0JH6UuZBY9Eorm9P8AGel3twsLS+VI/wB0N0P41rXurWVjGHnuY1z0G7n8qq4F6is2012xviBbzK+fetAOpHBoAdRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRSEhQSTgCgBaQsBnJ6da5/UvGWk6e3lmUyyZwRGOn41xms/EC4e4Y6flTjapIyMe4ouB6FPqcFvIVuJUjDDKbm61x03jsQSSR7GZgxGVHGPWuIe/nmC+czPJnPXoajmYliW6d6m7HY19Y8SXOrQ+XMR5aNuHHNc/vZunSkknVhgDAHX3qu0xB+ToKLBcsFsDc+W9B60gWWY5fEadhVffJKOCQPWjc6kgsTRsK5OVjXgZPvURUs2FBqPzTnpU8V2UPyqM+uKAJFt3RAxBAPFIpdZCBjHf3pHuJ7gY25zTGS5UdAtS0xkzyuygYC4ORike6kZt8sru3qxziq+G2/O4zQtuzDdzjtTVxMvWepG1fMTODnIIrsbH4jNBCsVxatIwGNyt1NcELd8dDx6CmlXXrxTA9Tt/iPbthZYCnv7V1Fhr1nfojRSKQ3TnmvBxKUxxuPrmrEOoXELgxkqf9kkU9QPoJZAxxkU+vINH8b3enSKJx5sR6g9Qa6+1+IGm3EwRz5Ixnc1FwsdhRVS11G2uoUlimVkccHNW80wCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK4nxb45i0qJrbTik110ZuoT/E0AdPqes2WkQrJdzKgY4Azya4TxR48gubQ2+mu6sThnIxx7Vwc15dXjl7iZp5nOTuOQM+lSW2mStmade/A7UrgV3nkkOSSQfXuau2emvJ+8fCjuTViKwAl3nGB0B6VJPO0aeWp4PUmpciku5Wdbe3Zim44/WqskwmY7k/I0szeaQuRjqasQQwH7x+b0zyaWwMpNGijABIPY0zyS52nHPYdqtSLibYo+lSny4Tk/M3fmmmFioINuV5460ERqu0Id3qaklutpLbR9BVKW6kdtq4Gewp6hZIcVReWH4UnmLn5EAHvTDEwIBJLelTx2y4ywOfSgnchaVsfLxUaSmV9uTnvV4wHBAT8RVdlCE4Ug0BZji0EAyx8xuwFAvpW4jiAHuKjjh/i5PfFS/aI0+RUxRYBPtdwgOGAPsKhZ5Jjk5zVvyVI3Z69QDQYiOFSncLFMJKPwp3mMvapiCDyCKmjjtj8zb/AMaVwsVtxxg81IYWMe5T+tWDHb5wAxPrUkUAjU8nb1xRcdivaXF7BMvlyyqwORhjXU6T431C1vE89/NiJwwPce1YCXCwycoPY1k3EjrIz5GGPAHagT0PfdM1+y1NAYJkZscrnkVrDmvmqy1G5s7gSRSupB4IPIr0vw/8TY3K22qjaxwFmUcfiP61QrnpVFQWt5DeQrLC4dGGQQetT0DCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAUUUCigQHr+FJSnr+FJQMKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKa7rGhZ2CqBkk1R1fVYNKsmuJ2wgOM5rzLxZ4zupm+z2spjgdeSrcsD2oA1PGXj5Uiew0iUO7ZV5V/hHsfWvMd7EM8jFieTmpEBnOF4XuanMUSqOhA/U0C3G2kZ/1jde2a3LWS5kdYwP3YHUjoapafD58oLDj36VrTzpEGSHGcctWcmaRRUvLlLQbVyzDrjpWPLfSyyEHgE1ZLStuEuCpqokBkkAHI7GmrA7kiSM7BEXk9TV7dDZofMIMjDgUkaraxlivz44zVbYJS0jAseuTQFiOW7c58sbR0zVETEsRnp15q5Lhl2gYA61Clsh6MR7U1YTuReZkcZJ7VID5ZAB+cjmn/AGdY+dwI9qYI03ZyTmncklWQIM7dxPepY7nDB2T5e2e9OS3WUbfMCoOtLKEDbU5x0qSrMd/aLElcAr9KrvPE7YKt+AzVmOKRh8kf408Q+QcyOinHfFO6CzKoOOh/A0yWKRufL59qsyyA8hlJ9qb5rJ0OPpTuKxXVJ4ot7qVHbNRNdz/3jn2qeZ2kU5cmqpQk4FNeYn5CfapD97J96cZW64/KnxxR9ZCcVJtt1Py5IpOwlcjSSTk7SKkBcAsM5PXmnl4yvDD2FVTI6nOKBl5n3IpfgDrWZMSZmOeD0q15gkjIU9eoPaqkzhXxjPrTQmQHINPU8Y65qUBXQMo4757U3ZkZWgVjpvC3i290O5VGcyWp4MbHp9K9n03VbfU7ZJoGBDDPBr5u3lDkjketdBoPia90eUSW7kxZy8fY0bAmfQFFYHh/xJDrkIaIjIHzA8EVv0FBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFISB1NAC1naxrFro9m09w4Hovc0l/rEVlG7FGO0cnoK8U8U+I7nWb1yznyQeFHSgCbxV4nk1285crbIfkXPX3NczLIWlAJJz3qCV9xqe0TzCc5wDTtbUm9yU3bLGI0jyB6d60LHS5JFW4ncog52+tT2UCIxZwAByKlmuWkPcIvAFZuXY0jDuLLdxWq7VbkjjFVhcieI7cg5qtKollLNU8exFAU9fapLSZXdZHm++So7VZgIiPqRQI8scd+9RtDIgO3k5pXK5C1JMp+8NxqKS63LtUqPUAVBslLAkEZpWjA4ouFhjShlOOlIkbsc9FpTAePSnESKOD0ppi5RpjUOFzmpdqDAqELg5JOfWpA4p3DlJ/Lyh2tzVQ+YrYYjFTiYfdpzRBlLZ5pXsLlIQ8zDYkmB7U7yEHMkjMe+TUR3xsCg6U4Tt3Uc1SYrEoC4/dIOvOaJGycNEV/CmhmyDVqOJpxlHXjqpouFimY8Dchyvp6Uxoi2GQnPcVbnt2X5kGPUVEh29Rz60XFYhMYcYJwaT7O/TI5qywDDJWnEDbz3p3FYptayRjd/D60g2MxCjFW43aNtrfMh7VDPDhz5RIU0XFYr7QH3Dr60ySMGQMO/WpvLdV5GfWnKYlHzjg9DTTFYVbZWgIB+tU3jaF8jIHrWgPkOVOVNP8tZ4yB1Hai4WMt9suQw+ao0BRtoNTSxGOTI/h7U1sFgRTJZpaXrV3o2oR3Nu5Vl4YdmHvXt/h7X4db09J1OHxhl9DXz6z7m56+tdD4Y8RTaHc7lO6FvvJmgaPe6KytI1uz1W0SaCZTu42k8g+latAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKiuJAkbE8YHWpa5vxVr0Gl2jRb/3zj8hQByfjXxQv2Y2VuQQ33zjr+NeYSOXY1f1O5a9uGk6AngVWSLcQAD9aaEyqI2z0rQso8KcjqeKlEQUZK5OPu1NbgntjHapbKjHUsGVRtVRk+tQt5kmSBwO1OhtpA/AJBOa1rayDNjH4HvWLlY6IQbMsWj+XuI60kcJJwTg+ldP9jVgTjtVJ7DMmTxWbmbqiypbWuWxj61Z+ypuIAzmrkEJVSAv1NW4bEZye/Wo59TZUjNk04eSNoBqAaZuOCpya6eO3VeCKfsjRc7Mn2FLmZXskcjLpjqxVlPHQiq/2EgnIP0rr2ZC3zR8fSoprZJowQoDZ/SqUyHSRybWmVwVqtLAUcIF5966idI4vlOOlRCyW4/eFOMdauMzGVM5lo1+6QCacqtjjOK2p9LROQpqv9nQDB4NVzIjkZUSIOMHBprwbTkLV+OFd2FH4mntFt5bii4cpRMSeXkkA1VYbDmNyMdcGtN4VlbpgGoWtAr7e1NSE4Mjiv1VCJ08xSMZ7ioJGiblCCDQ9uxJGOKYLYrwBwaasQ4ssIRjBGak8tsbgMqeKhQFVxjmrUO4puzj1FFxWKc0IByuRzTMcDJq7IQzBWHymoUh+Zlzx2NO5NiDymzx3pskK8ZGPbFXEj3hl6Ovb1qPZITh+QT1p3FyleK1bGNwAPY0hjaKUDdgjoav4WFgkiEqe9LcWwEQkjO5MflQmKxSkjEqM2PmAzWTcx4GRnmttABFuB4PB9qz7lAFKnsapESRmrkjFSRyFHwRxT1Tyzz909DSSpkHHJFWQbug372V4kizMihhmvctMuxd2kcgYNlQcjvXzlbscDBORXpvgHxIIn/s+9lKxt/qWPTPp7UikenUUg6UtAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAooEB6/hSUp6/hSUDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiobl/LhZ84wM0AU9Y1WLTLCSd3C4HBPrXh2u61Jqd4zM5bJ/Otbxrr8uoXZgViIk4x71x6kD5upFAXHvkgL3q5Zjk8c1RUMfmJ6mrtm20n0PSh7CW5bdfQfU1JbRqW+Xv1FPl+WIMo5J5q9psK43SDGaxlKyOmEOZk9rZ4G4d+1acEYGQBjHrSxhVGBgj1p6g59vWuZyud0IJIcxz8qCk8jjJ6nrVhIgO1SbeelZtmyRWSML2q7CFA9ag2HdgVPGhHr+NCKsTM27oMUJCDjI61Ii9hyPWpgdo4HNMCu8C4yQKrzDZGyog9avctyaTy1bO4Z9KYNXObGVlYyRls9gKtJKNu3ZsUetazQRkH5f0qsbYFtuOKLkuBm3EJlXIOaz3s2Y/cYNXSpbhTwOaJYF3EgYJqlIhwOa+zNCclTTvK87lwQBWvNb85YZqJosrgDnsafMQ4GM8G04Bx7U14tyjHWtuKw8xvm54o/s5d3A+lPmD2Zii3HAZQTVeWHYPu4yeDXRNYEElfTvVCeIE7GGaOYTpmKkG5iT+FSQYaXacjPXFaC2JBbB6/pUZtDEN38qpTMZU7FGSHc23B4PWmtE4b8KvSwkuCp4PUUyYHzVKnoKrmI5CgpOQR2NW4mXeCy5B61ZEUTr867Wx1FV2TYcZp8wuRk15bxPEpiPXqD2qKA4Vo2GMD0pikg5Vs/wCyauIiuQOhPQ0XJcTOktdySeXxnmqEljI6Fly2B8wrYcyWzsVGR6U9biKZNwULMnb1FaJmTRy9wAIEyMMpwRVRzyD7V0GvWkZtRdQ4BJwy1ze7AGfxrRPQxloGSrhgOa2NOuQJEYZ3KQ2DWLu3E1NFKY2BBx702hJn0hpl5He6fDPF91kHHpxV2vPfAGredbCDzMkL9zP6ivQVO5QR3pFi0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXG+NfEEenW32fzGE0g+VF649TXUX10LW1klPRRmvCPE+pNqGszzvJuycDHYelIDIu5mmmZ2OSTmq4yWCinH/Vl2/Co0ONzHqapIlstcBcDljViBtpCkYwetU4PnlAAyQKuIjO2QOtTIuKNVCMxyBtyntWzblZDwuMDtWJYq2zyyh+vpW9aQFCMnn+dclVndRTLagnjHTtV+KEAZPUVFBHgZarK52k44rnO1IcMAE0hJPAH40gPGMUA88UF2JY4wO1SqMc/pUQBNSgY96AsSb844pc569aFXnpUiJ82T35xTAbtfKgVLsPsamSPcfenGPB6UAVwtNaMbunSrJUUjKAtAFUjHakMYYc8GrOO1NEYDUwKckLMNox9aelqoXpn8Kt+XzS8AUCsV1gUHGKTyB6YqfevftSFgRnNMLFGeLYvHQ9DVUWaZyw5PPFaEgLsO9NIyDnii4rGe1uoJPaq01mD0PBrUaLcOarvHhwAeKZDiZb2gjUCqD2xkkJ6Y6Ed66GSNWTmqq24RCDyc5p3IcEUhB+5x/EBUDQb0zgCtHbg5A4NNYAHGODTuLlMSS3MYOFP+FSxEmA7sZHSr8ykc4qqwCQs+Pl6CqUjOUCvcEMQwYbj1qozQ7gW4YdxRMf3ZLevFUZpxgBuK1RyzRZvZUeykiByfvA1yrZIzjp1remUtaMVJyB+lZQjCjgZ9a2gc00VV+UZNS7lI4pDHhTmoeVOe1aEbG74c1d9I1WKcE7M4cZ7V9BWNzFeWUNxCwaORQykV80qRwV4OORXrHwr1XzbK502SUs8Tb1U9lPpUFJno1FFFBQUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/CkpT1/CkoGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUhpaa5AUljgDrQBx/j278jSvLMpUvxgHrXi8ww7E+tegePdUSW/+zKfujJ5rgblckA96S3BkDOXjVB0oAzx6U4AAbQORUgXc3THqabYkieyjCzc9SK1be2JkCL1PU+lU7aM7sIMnv7VsRJ5Kgn7x71jOR004l2CBFwqjp3rRijPFU7bLYAH1rUhAJA/SuSTuzvpxLMSdzU3GMUoQAZxTag6EIAFHNKi5zgU7Yc8jFTx4j4wD6UDEROOalCE9BSKCW/pUuCo46UAOigJGSR+NSjYOnaouMY5p6bOhpgSLKi/wn86k86MjkGo9mTQI+OKBWHZXtmm/LjrxUipjtSOuQeMUARhPmzRt557U4LjkGkwc5zmgYzBJ45pRGacML2pw5NMRXki3YA9eaUR4FTkAU0gEcUAQbcNkVG6+ozU7Zx0qNhxmgLEYUbahePd0HSrHGKjJCt70xWKhXBIqJ0OM1cfGeKiYBhQSUmAAPAqu4y2auOvtVcxnNArELYZcH86o3cZ8tY1JwDk1qFPl96q3CDH0ppkyWhkXEWYvTisi4jGcHoOa35CBn+tUJ7dSefvMeBWsZHLUgU1jDRcE+4qrNbrCTg54zg1dmQxPsU4YCqFy5dcOctmt43OOasZ87DkAVSdugNXblehWqW3BIYc+tbowZJG3y/Su2+Gt6sHimNWYKJEMfPc9q4YZUcVY0y7mstQhuIZNkiNkGlYEz6fFFZHhrV11rRILsYDkYcehFa9SaBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSnH+lJQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlU76RhA6J99gQPSrtZmuSGDSLqRcbjGQCfpQxnhWrSGTVrlyxchzk5zVBRvcs3WnTPhn9Se9PhAIUKCeOTS2DqROhRwB1NW4LTCb3ByegqaOECRWK7mHQVa2kOA33j6VDZpGJNZWiwwmV+pq1seQKQMjtUcwZwiKeMVoWcW1UXkkdKxkzqpotW8PlRjI61pW0ePmqtt+bGcnvWjbKEUZrnZ2xViZE7mosASH1qcnn0qNVLydOtSaCkFj34qZEyR6U4RhQBU8YQHk/WgY2OLD5PapHHYdPQVYXy1HWoSQZeD0FA0R+WTgYqwkI9OadFhzgkCrSKgXGR70xMhEX5UuFHarKqD/ABAU14wT1oFcr8E8UhXip/LAbgU14+9AEAjzwKPLxnNP+6e9KSD1NMCAp+lG3vUuMds+tIAT06UAR4J6g5pSpxUoQde9G2gCswx7VExHqDVh49w681AydsUARMvcVEYycnPNS528UNwM46igZWIxUZ6VOwDjGeagweQaCSFgN9Mdc1OUBphHODRcCvt5qnce461fnXCcVny4KkMelFyGZz53c1XdSDuPWrRXn61Gyjowq0zKSMbUA4kLDn1qsvlyphhgn1rTuoypyOR/KqckKPD5kfDqeR610xehw1I6mXLHtZlPA7VRnDA8jjsa2WXzYuR8w61nyofmQ9O1bRZzSRRRhg5H0pVHORSbG8zaKlCELjoaszPXvhTeNJpV1bM25o5NwH+ya9ErxX4e6omn60okztlXyzg+te1A5Gak0WwUUtFIBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFKKKAA/0opSP5UYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFADTXKeOtSjsfD8ylj5snyoPX1rqyK8p+JepNJqEVggAWMZPrmk9ho8/mjJwT371pWMYWFn7jpUIXcAKvWwGFTHufaobKS1J7ZCEMrjk9KIYGkn3Zwo6+9LMW3gLn0FXrOPGDgYA/WobNookhtljbJOSauxKA+T0qDDE5wcmrcanZyOawkzqpxJwmWznrV+EcYqrAmcZNX0wBgGsjpQ8p8hJPNCDaeTQGLE4PHrUqp3oLQrfOuD3p0aAL0zmlxxjrU0Y9aRQ+OBSuWH4UPEqnjp3qVVPXoBUbJvJznimIWKOPvn2qyIh0qKFNpz1xVkZzmgTGGADuR+NJ5RHIJqX5i1KQOhNAEKmUc5B+tH2gY+dacw9OaaY8nJ60xCAox4b86d5anpionhYcgdaQREDKkhvrQMm8sjpzQsZBqESyqccfjQ0s3UEUCLIiBXrijyhtxUHnuF6c05bh9uCuaNAswaJgarSxkcHrVr7Rz8y8etNeRJRtHX3oGUSq46UxiMAGrZiySKruCr7SODRYLlGTqSOKhwfWrTrz0qIrQA3nZ61A5x0q4EzVadSuQRQBBL8yf4VnTjg4q9nnBqnOMOaCJFLGCfr0pkoHpUpGG6UrR7lx0NUjJmdIuRjqKpyW4iY5GA3Q1pSRleRnFQSENHit4nHUMlRskcN0NZ85DPjuvetG+yiKQANxxxWZMMIxzkjmt4nLIqYxKxBxg5psjkEN61Hv+Y57mlcZAA7VqZM1NB3vqsCo5BLjJB5FfRlrk20ZOSdoyTXzj4blEPiGzZ8eWZAr59K+kIAvkptOVxwallR2JKKXFGKRQlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopQKKBCn+lJSn+lJTAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBr52nBwcda8Y8cQH+35mYEOccnuPWvaT05rxfxdfpfa/cyc7Vby0yewqZFROft1EmIkyXJq+AsX7sckfe96gtmFlBLKwHmO21c9hQh+ZnY5JrJ6miLmGMgHoO9XLZ8PtBzWeWLEHuRWpYQhUy45zWcjogi+qcc/nU6j9Kr7i74HFWguF+tYs6oFiE5FWFGcAfjVeFPfrV6GOoNUSRR4FWQuAARSIFA9KGdi2VzgUFiH5WwelTxEEA5qEDfzipo1KjigZaXkc9KZ3IqNvM8sgHBNKjOqjI5FAFlYzt4p3OMUyOTn5galEi56UxCqMd6aVy39KcJI+xoBGetMQgUCkbGcg1KOmeKafTAoAb5ny4IzimYLHmn7PmzRmgCAr83Sn9cZH6U4ruOaGU8UguMMftSFdoxUqMT97mmnJfGKaC4bRioHiXJNWM46Con5zj8RQBApOODTJd7DPUDrSg4JPSpUK7cHrQBTJTBDHFVFI3Y9auzRZyQM+1UWX5uAeKBom2lRnsagulLrkEYxVgMxXB5pknzDHrQIzGjxVa4XIJNaMowMYqjKCRSEygynHHSk5FTuoK8dqrliD7VRlIgm71QLhIXzyo5zV6YgqTWZOSsLKR97pW8DjqFWQi5hYjqprHvPlXHvzWnD9wpjGTyapXaDGRyTW8dDlkZRHHPSnx88UqYZsNSqQCcCtLmNh1op+0KQehzX0joc3n6LaSbs7olOfwr5xs12XQLHgnBr3/AMJ710eOFiGWMYRh6UmUjfooooGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSUpHP4UYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFJQBS1KcQ2UrFgoCnJrxG8QPdyOQAoY4xXrPi6dYLGDe2FaUZ9xivILyc3FzIyjbuc4ArOW5cBLn96IBzyTmnBQxGB0ohQuW77e9XbaDB3EfKOlZtm0UOgtySue1acYwAo4B7d6hzgDGKlhJLAjJIrFnTFF6GHt3qyUAU5PT0psKnbuPU1KcgZrNs6Uh0PXFaEQOMVStlBOa0ohhhnoKktC7MHJNTIo6U3jJ9qnjXjNBQMu38aaD/wDqqSQHIpFGGzjNAx69sipgR6CowCT0xT+gzQA7IzTjyKbxinj0p2ER+WCc9KQgqeKczbTihm456UAAkKr04pVmVvvcU3grimeXnOBTuFiypDcjpQenFVtrKPlJp6swHIouKxIM5pSM9ajE6d+KPOQnrSAechc1GH2vk8inrKhJAINRybM8GgB28HrxUDblcsDxTwqke3rULqwPy80wG7TuJPSmkkGgSuvVOKa8oPbrQMGYke9Vm28k9e1WF2twDTfKHPGe9AiDYM5zUcm7/wDVVgx/KcVGQcEGkwKEjbevNVGHPHers68mqR+U8d6BMgdOvFV2QEH19KuuMHNVnGDkU0ZyM6VcD271mySqrGGTlCcqfStS4OGZfUVj3SZI45reBx1Cu8bRsy+veqsiFlII5FWvMwvzH5h3oYbvm65FapnM0YMqFJDxTQWyBV6cbsn04NUn4bitU7mLRLBjzME4ya988FHf4dgcH2NfPqnLg1758PZVm8JWzDqCQfrmmCOpopcUYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAAooAooAU9fwpKcRz+FJigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4P4kEi0tmLEJuwPrXl7krIeelen/EqN3s7YgEorZNeX8tMwI71m9zSOxftMGDcT1PNXrdHlzIc4HCrVa1hXC8H/Gr4PzeWvUnnHas5G8B4D4wBn1q9ZRFVLEdabBCMAEdKvIgGMdK5pM7IRsWIoxt/mKdIo7U6M/KRimvwak1J7YZrQUY57mqlsuVWryr2pDQLz1qVN1MAOcGpM7QAaCgJY8daVdyjOeaTPpSjmgY7zWzyKeswB5H500egFSbcr92mhi7t3TFPU/LUQiAHTBoBkQ460xCyIHxuyKAuB1zQCSeVNSEg9qQCDFJ360/AHbmghfxoAbil6CgD8aGzQBH8rZBFNeJdvFS/L+NMJ9MUwIEXa2acwBB4NK+d2en40A5FFhjFOOATTg/3valJAHIpoBHJoAjbLZqvLx/jVhiQ3tUTqCKBEAU7sA1MofjJ6UqDjOPxpWbAoExpYgcioWkXn1qdzlKpTcdBQIhnHy8d6oyDHBq65HfnFU5cHpSEyBwSuecVXI+X61e2/LzzVaUdRTRDMu4bEm09Kz71DtDL17Grl1nzCcc1TmyYCT2NbxOSoUJVJjLY+YCmwn5ACc4NWgAYt3UdxVfbsU471qjmaKl0ixuwHfms6QdTWreKWKSdguDWaVBU1pEykRxYLDHGa94+HsZj8MxgjALEivCLcKZQDxlq90+HtwH0ARHqjkdapko66ilxRigYlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopwFFACnr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilqK6m+z2ss39xSaAWoktzBB/rpkT/ebFEVzBOMxSo/+62a4OdpLuUyzMWZj3qrsa2fzbd3jcdCp5rn9vrsdywTcd9Tr/E2n/b9Mkj27j/KvHtV0ubT7iMTAIWYgfhXpWn+M4wfI1RQgxxKBwfrXDfEi/g/tqxa0kV4vL3EqeOTWialsc0oSpu0kUIZDyFb2zWraRKEByNxrIstskIkyAo5PvWzY/OC2PpWNTQ6KNmacS5XNSouOKII8RjPWpQCOfWudnciRQQMmh+ozSrgcdacvMi8c0kBdtwAoFW1IU8mqKOEU881G14gBAOTSY0aXmAE4NNMqnvWek24Ak05G3N149aC1Yvq4INSpg96hjA2/WpoyFNMCUflUy/Wo/ve1Tqi4wvUUwuKaYeuadyTtI5prdeeKBiAj1ppDZzjrQUHU808KduFoAVegGelBweKAcDkUnvQAwqQwwx57U4As/XPFKVyfanqABxSGJsUjkc0woByOaeeT3pSpx1pkkLIp6cGmCMZOTUzDimm3Dc57UxjeAB601gMdRStHs460x4iF3evekBDIpzULDkY5qQ5x1NIoJJoFcei5FJIvpSqWU84odsjpQIrNnHPSq0wzz+lWm5BB7VXcUBcptycZqq4IfbnGelWJMI2SKqSk793aglkq56GqVw4D+1Xo8EZPpVOcZYg+tMl7GVddN3WqExXy2/Sr1ycj+lZU/B5zW0DlmJG6mBgpwfSoWJCLk8GmZO7g0M+QoNanMyPl4pUI5HSqW3J2jtyavgEMSBnIrPU4Zh0Jq4mUiDHlPuH1r0/4U3hk+025bLghyPY9683nj2gc9e4r0n4UwQbZpwD9oU7SQeqmqJPUh0paWimAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopwooAD1/CkpT1/CimISilooASilooASilooASilooASilooASilooASilooASilooASilooASs7XX8vSJmz6CtKszXv+QRL9RUy+Fl0176OBfVLe2kCSNjtVhZYrmLzInDj2NYGrwZvVOOo4p9mGtWDAnB6ivPPf5bIsX1q0p4xjrxXF+Ibbymhz6mvRYlWZzg5yK5HxnbEbCB9ytaOkkcuMSlSZm2UqmCOLPt1rrLEARqF7CvPrPP2heeO9d3pkw2KR+OauscmGNzsFFL1OaQYJxnkVIig9Oa5jvEDndzzStOsa7889qQkbue9Zt7J8+1T0osTclm1DB2gj8DUInyRjNZ0jKDyealjkOPf1osLmNdJGI4zU6y7RktWSt2UXkjJqN78Zxmiw+Y311IRDG/kU5b9mYMGzXLNc72wtT28kiHIY4p2BSOvTUiCCfpVyG7DNhXPNcvFck5B6Ec1Zs7za4Abp2NBVzp4rpt21hz71bBV1rHinVjyfpVuKZkAGaLFJlwoNvFA4HNMScHipMg0iiKQgYoAwKWQAsBQVwaBir0p4XIqJchsE8Gpeg4piFGOlNZscetNWTMuKfwWoAYB3PQ1JgY47UHmlzgUCGEZBqGX7qipSQBkmq7SJu6gj60AQOACT1piEBs9/SnyMuTg5qBsg5BFIRM2DzSEcc1B5metN83DdzTAdJnHFVZjj2q1vDDFQTAEZ9KBGfPknNVJMbc1blY81TducYoETR/czVWTk49anVyF45qtMSMmgTMyZNznHFU54Q3UYIrS684FMeHcPerTMWjAkjCnINVWwGxnpWlcw7Hb9KyyhErHsDW8dTjqaMlDAJvJ/wDr1UIG7PFSlxJG5XoBVPzAM85atEjFskc7gc9q9N+FURVLliPlJrzS3ja4lWNFLFj09a9z8EaMdL0ZWkTbLL8xye1NCOmopaKskSilooASilooASilooASilooASilooASilooASilooASilooASilooABRQKKAHHr+FJTiP5UmKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEqlq8fmaTcrjnZkVexTJYxLE8Z6MpFJq6sOLs0zyrUIi0sbkcD1pPKzEAK0ryEvHIhHzIxFRLGDEuRya861mfQp3jchhUwYKnp1rE1xDdCUNySK6TydyH2/Wsa9T94VA6DFXF6nNXXus8/SNkl24xg11elS4Cq3Ssa+ttlwSByDx71qWGQFfbwa0rbHHhnZ2OrhO5cn86tJkDI79KpWZ8yAnPQVdV0+zrk/MODXPc7mVLqTy168msp3ZgSRzWlcAOOD07VWCLuGWApoky4raWSQ5B981cFsyDOD0rfs44Aoyy7T79TV/7JaKOXXnqCaGwSRzMOkvdNuY7RjinSeG3Bys2SfaurUWq8B1596mVIW+XcD+NCYcpxX9jyW/XkDocVKLV8AqK7P7JGw6A1BJYKBkAD+lA7HMCKRDkjiplhB+ZSASOMVpS2TKcdQaqGDY3BxQBMgdYlZjV+1k3Lk9aorJlNpPSrlvtTntTKTNBTjvSrMOnNQZ8xsDj3qaONVOc59zSLROm7dk9qlzu+lRjP1FOB5pDE780pYKvFMkzn6VGWLmgBN/z5zipBIpbAPNU5GKHpmopZ/LUdz9adxGpuRBuzz9artefK3PIrPkncfe71QuLoxggfjzQJstXF3IEOGOW6Yqt58wAO4nHU1Qa9DN8xFRz327hTwOtFhcxrSXqKgywyaiOo8YHP41hNcA8kkntSxTnuPpQTzHQw3IlIVfzNTs6xthsVz8d6Ypc4wp71de885d2RTDmLMt4sZxn6U4XKsmQ2axZpQxOajjuPLBGaQcxqSyAg+tUmbnNRC538Z5xTS9OxNyyrfWq9yenpSq/wD9eoLmXnrQkDeg0df6USONtQCQ5pk0ny9fxqkZtlK7Hfr3rPlwykqcY61dnuFT71Yl3cDLrF/F6V0QOKqQG4ykkceQzU46e0Nmkr/edsYqa0s/JXzZBlz0HpV62ugl1CZo/MjSUPs9cVrcyjBs7rwP4NKrFeahGQT8yqw7V6eoVFCjAA4ArzKbxzqVzhbKBLdMYDNyaqm/1K5O6a8lyR0VsVnKqkbwws5a7HrNFeVQ3d7asHju5gRzyxNdt4c15tTVoLjAuEGQR/EKcKqk7E1cNKmrm/RS4oxWpziUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQACigCigBx/pSUp/pRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQBxuqRCLVLhNuFbDDHvWMMhtuOAa6fxBb7byKf8AhkG0/Wuf8rdK+O1cFVWkz28NLmpoVeM5xXG69fGLVQi5CofmA7117/LyTXC64p/tKVj35pU/iJxF+UsMkEyfanI8tF3GsK61aS5YrA3lRDpir8sc39gTKuTkdKw9IjtHv4I76Qx25bDsOwrphZ3bPNqc0bW6liPUr2L7l2w/GpRrN8Rg3TfhW1b6P4Zn1q8tzf4tVj3REnqfT61g2Omm91BreJt0SsRvPpS5qcug0qm1x39oXUp5upDn0q9b293J8wkmINdLFoVrYwqYkDuOpPOangZMYwEPTFYSqrZI64YeX2mc8NP1KQ7YllP1apV0bVurPIgH+2a6DzfLbOePrWZf62VPlq/zfXpWfPJ6I19lFbsqG1uYP9ZcyZ9N9RmbUlfMM8mB0w1V3ujuJbMj9+ail1loQAFAqowkzOUoRNJNS1hOlxMKf/b+uRji4JH+0tYia+5bLAHHrVqPVYJfvMAT71bhNdCI1IN/EX/+Es1lB821v+A0L4vu8/vrdT9KgSR1O9MSL6EdRWhbfY7pdssKgntU3S3Rpyy6SIovF9uXxLE6eprcsdfs5gNkyn8a56+8N2sqloJSjY+6a52XT7mylO4dDw61aVOS0diXOrB6q6PWUvlI+Vh+BrQhulKgbuteRW+u3NuwQvuArRi8WyRMPkzU+zl0LVeJ6skyt3FTdV615vD46gVf3kT7u5q3H48sxj5mH4cVPs5di1Wg+p2krugyQfrUZnwmQK5Y+O7Fwcvx6ZqGXxhYMMxOd3pT5H2H7aPc6ZpeTzVaW4jUEsw4ri73xVJJxAuAO5rIl1q8ucp5xweoUVUabM5YiKO9l1KNmIBGO3NZk93GxIMij15rjTHfzn5BKc+tPTTL9jgo4/Gq5Ut2Z+2k9kdB5kRziQAfWpYpYc5Mi4+tY6aJdMg4IPcE08+Grxk68/Wp90rmn2NctbknDL+dMJXcArr+dZUfh6/RuVJH1p02h36LlFb65padwvLsbysdmCoPHeiNSeg61zK6fqqc7JuO+aep1OPI3S/8CFKy7hzvsdFLjBLcYFZk82GyQRWZJd6jH9859iOtU31Obdh0BpqN9hOqupsfajuG2r0c+9QT1rmk1BCfmXFaFtfQZHzjH1qnFoFUTN+Lnn0qrcsGc4H0ojvYccSL+dRyTRlsq2T7VGxpdDQdsZLYFZ1zdBEO44pt5qUaBljyWHasWR3nfLE49K0hByMKtWMULcTyXD4TOPWpLe3VPnblu1Kke0Dt6U/t1xiumySOFtyd2SswOBWtp+nqw8xx1rCRwz/Kc4rsbDC2cZI5xWM3ZHbhkmx8VuEPQDHSpvPghOJJVU+9QTXPGE61jTRO8hL5Le9c+rPRR0Qkjk5Vw341e0OdrbXrUg/efaR6g1w48yNlKEjnjBrq9G3te2bg5bzFx+dEfiRFVe4z1qilor0TwhKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAcRz+FJilPX8KSgQYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQBleIIt2mGTr5TBq5ONsliO9d5cwie1liYcOpFcLZKfOeJ+SvH1xXLiFrc9PAz0cSvODg8flXL6vaGWbzCuSDwfauyuIwp/Gs6+t18jfgHmuZOzO2pG8TKs7RPJKuAQR0rD1XwnndNaZGeSvaupTsPSpQ3GKuMnF3RhKEZKzPJZoGhdo5EIZeoNdv4Rs1XTDMw+Zzz7CsrxpF5eoRyKAAyc/Wuo8O2wGhwFOCRk81vOd4XOWlT5arRZkSQKRG5wO1ZlzKVfMgw3c1rSJJng1m31nNINwIPHT1rjaO65lz3ssp8uI8etZwsZpX3HqfWt/TbMOSvG/PNaJ04xy4A5PetE0iHFy3Oct7DypVMhyvcVm65AouiyDCkcY6V27WZwRt6e1UrnTYpgEki3e+K0jOzuZ1KPMrHD2twYbaSHyVZmP3mHSlwkkYHl4kz1Brq28NRY+RuKWPw4InWQnKg1t7e6ORYRp3KNvp95aWcdwclG6j0qb7wDofmHat9xLJb+QOFxWI1jNBL8vKk8CsZWZ104uKsydLklcEc1BM6uhD8g0NHKOWjOKVLd5uinNYtGxy9/bhJiQflPTFZczSQSAhjiuq1exeGLew4B71iGBbk7ScYFddKdlqefXpXlZFZb6RkAYL+VDXTYxtWun07wd9riVjuye2K0Jfh7hcqW6VTqxuSsNOxwX2jH8INSRTO3IrY1XwtLYHKk4x3FZix4VUA5JxVqcWtDKVKcHqbOhaNda3cBEzsz8x9BXpmm+ENN0+FTJGrydyaqeDIYNP0nIADsOc9a0bzVhnG4ACueWrOqEbIJrO0QYRAorMuWtkXHH1FVLvVmbO3oO1ZE9xJMwAOAeuTWTZ0RTNA6jDCcEhselTx6vbFeTx34rnJY8EJEN8nfFZl69zbyeXuwe4pwptkzqcp2/9t2aNgvzQdXtJQNr4rh2stQCeaWTGM4J5NVBdTxvtdMGtPYuxksUm7HoX9pRFgC3HrUwkjlGUZSK4q2vCR+8GUPANX0uWtyskbblP6VjKnY6I1FI3preJh80a/lWDqGmW05IUbGHQgVrwXnnQhiQc9aqXBG/61KbT0LlFSWpyNzYzWp9VqqpZjtCFmPQAc11/kCY7WHXisq2uU8O+IUuJbcTxr/Ae49q6adRvQ4KtHl1RilpASNkgI6+1Oh1Ce1lWRZCw9D3rrbbxnpi3+oXE+lLsuR8ihQcGuLlU3dy3lR8uxIUds1tGV9JRsc8lb4ZXOiu4IbiOG8iG1ZVyR6GqnkjdgDNbFvp7CxhhkONozVhLWGLgLmsudLRG/sW1dmG67cA1VuCV/wB2ta+iGdwFZ12p2RLj5q0jK5nKHKSWFru5xk10cUUnlqC3ygcCqWlW5jhWQ9xitmNNygdBWNSWp3YeFlcr+Xtb1zUWwSSnjitGSNFT37ZqnHgFjjAzWZ2oqyQAzAY4NdV4dt/N1i0jXop3H8KwYk8yXPpzXceCrImW4vXXoPLQ/wA8U6cbyMsVJRpNnY4oxRRXceEGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAAFFKKKAHHr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilooASuEuE+za9NGOPnJ/Ou8rkPFEJg1S3uhwsi7SfcVjXV43OrBytUt3M+++VuOh61m3EgNuV960rsF0z7ZqhND/AMS53J78GuFHrzfulJGBGDUuFCgk8+lVx25qwicZ7mqZijkvGqkx28mOAcH2ro/D5P8AYduOoK81Q8XwC40VmVMsjAnFXvCP7/QoSf4cirvemZctqt/I0s88dqiMe8YzV9oR/CO1QBcNgDvWTOhIopZCFmmUndWlazxXKhWwHHFSALnkZB9KQ6av+tt/lYdvWgLEzRA8EU37FGfXPYVGl60R2XCEY71Y+3QEgjI/CmmMaNPUDkYHeoTYgE4HBqw1+SNqozfhUTy3J+7HTEU5YfLyapkKx6dKvPBcTHBG0U6DTwDzzzyaNRaEdvDG3zSAbfT1qV0thgIg/Kra2PydOKQ26r2qWNHHeKyv2PaBgZ4rlNLhM+oIgUnnoK6bxjKscqxnoBTfBNjG/mXztyTha3hpBs5px56ySO/0e1SKBBgAgVqtjG3ArKguFjbBGav/AGiORQBnNZHVy2MHxJbrLZSMVyQpryYKDce+6vZtTUPAwz2ryGWLyr+RO6yGtqW7OTErRM7PT5nhs054xUnlSXSlx93PSquno1xaqM4AHNbNoDAm0crUSetjSEdLmNJp9yB8iZHvVZrGckg5HqK7VJY3jwVAJ9qozwDJK1JaRiWNo9pNvK7vwrG8Q2zS3fmxRHBHIA711yZwV70xrQ43YB9ulVGdialNSVjziZbjgMXyvTPamLG7yfPlmPrXpUul2TQbniBk9BVRbG1UDEK/lWvtro5lhUmc9HYAaeFZcnr0qgY7mDhlyOwrsXtwV4GKz57T5x3rNzN1SSWhk2dw8TYYYU+vatQyBx936ZqndRYJCoee1FmtwTtcHA7GoauUrrQ0oYAzBm/IVheKbdVmiZAeRzXV2iIifMhz6msHxUVAiHT2pwdpEVY3izndN0eTUHJOVjHeuns9Gt7PBVfmx1NW9EtxFpiEfeYZqd1bOK0nUbZnSpKKuQlOSMmmsnfvUmCDzzSkelQamReoRg+9ZM+WuBkdOK3LxRjJrIjjMl0DjgmtIM56kdTptM8r7KFYDIq6FUnIrJsl8rq3PTGa0kfPA61jJ6ndTVkFwF2/TpVIgiPA6npV+dcxEtTLOISuHfG1e9CNULaW0jPHDGMyykAfWvVdNsl0/T4bZcfIvzH1Peuc8J6cks0l+652/LHn+ddfXXRhZXPKxtbnlyroJRS0VscQlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopRRQA4jn8KTFKRz+FGKYCYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKxPFNsJtHaT+KJgwrcxVe+gFxYTwn+NCKmSvFouEuWSZwKzF7ZU6t3qvetjSnXvmrVogLBcdKp6y3l4jJwGOeK81LU9lvQz0BIGauR428YyaqpyBirSAHDEdKJCiF3ZrNYSxkfeXr71neEWWPzbQ8becV0FuCR83Oe1cRf3L+HPGCuQwt5jn2xRGLk7Ic2ormZ37DAqm2A2R+NPku0kjRo2yrDII9Ki3ZPrUlonjx+VXoSCoxwfWqMa7RljxV+B1kTK4/KnYola1imXbIo5qH7CkfAGasJ15PFWdisM4ppCsZ4jSMUuOcAVdMSt/DT0hQdqBWKaWjSDnirC20USc9atYwOnNRuFB5piKs2AgAqnMyQQNK3Yc1bkAzjsK5nxXqAgtfIR8HqT6UA2kjgvFN6b6/WNOWdsfSuz0GyFpp0UY7DmuG0K1bU9Za5bJjjPFek2ylIua1mrJRM8NFyk6j6lpF28mphJjp2qNCSlQvkNwayOyS0J53DKVOfavLdfjNrrznGFc7hXpMr5XjrXC+L4SyR3A6ocE+1aUnaRxYmN4Gp4ckEpMR64yBXTrb/Lg1wHh698u5gk3YAOGr03YHQEY5GaKkbMihK8SFLXcnB5qORWjOHX8a0LZcjHv0qeWFJBg4qDcwWh+bIFTIQq/OmfU1PLaNExZeR6UwS7TyKQxrRxSD5SR61UltT0A4q28kbHgYpDKqEd6QWMv7PLnZj5qe2n4XcTljWqZY2wTjIqtc3USDGcmgDM+xIql5AN3Y1DFEHlOBwv61OWe6favC+tW47YRqAuaBMjZAFGB9a5PxV81xbovr+ddgcjr69a5HVcXniOGBeQrCnHczqL3S/AXgt409qnDuRzz6VPJb7T0HFM2fLjpRfUdrIjIz1FJzninHI4I6UzJz7VZBTu0BU+1VdPtTJIWKnCmtCX5gRU9htg5I+Ujmmid2M+zkZytTQRnI9vWnSzq3AK0+2YE9PpWb3OuOwt058nb0JqSxtJby4hs4PvSHr6etV7whWA3c123grSTFbnUZh88nEYI6L61pThzMzr1VThfqdNZ2sdlaR28QAVFxwOtT4pcUYruseI3d3ExRilxRimITFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBAKKUCigBx6/hSU4/0pKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEoIyCD34paKAPOZlksr+aJhhlc9fSs3V7gXNyqgYCjH410viqJo9SEv8LJXHs2+Rm9TxmvPnG0mj1qc+aCY+IcYq5Hngdqqx8kCrkCZfms2bIvQD+L9KyPFWlR61YbEAE8fKN3+lbBKgYXvVeXpj9alXTui7KSszjPDuvm1Y6XqeUZeEc9q6pQRKHB3L2I6GsnWtEt9RXzAAk46OBWTb32p6KRHIDNCOma1k1LXqYxjOlpujvo0WRcE9fQ1oww4AVBiuKtPFloT++VoifxFb9r4osHT5LhT9TRyl+1RvxwAdamVAp68VhjxDbYBEox9af/wkNt68e1HKP2iNvb3GKazAdRwaxz4ls1GCSM1E/iSz/v8A4UrC50b+eP5VFJtxyc1zM3iu3jBzIAOxzWNf+NI0RihLnGQBVJPoS6kUdNqGow2UUkrvjHQV5P4h1uTVLs28BJ3Hk+tOvdS1LXJCkSsVJ6CtbQ/CxtSLi5GZTyAe1WkoK8tzBuVZ2jsaHh3SvsNkgIKs3J9a6eJDsCgdaqxDBAwB2+la9tGoUE9TWTbbuzvglFWRD5RUZNQyjpxitKaElcjH0FZ86kLn0pFNlSdtq4HpXP6tbG8tpY8feFbUz54qIxqwxihbmbV1Y8zsJ2sb4xScYbaa9a0W7FzZR5OSBjrXE+JPD7y5u7dfnX7wHeofDPiI6dILe7yEzjJ7V0u1SN1ueer0Z2ex6zbRnDHselWfKHBNZ+nX8U0SsjKyHuDWlG4YnmsGjrjJMjlhz06elUXtAW+YcVrcHg1DItKxZktYqD8p/CoZbF2HXFarx5aq9wGA49KTGjKOks3/AC24NIdLVAecmrOX3cZqc/cpWGzM+z+WfkGD6U4PkYbhh2q05XHvVN0Z5MoDkUyWRXMi28DyOcKork9Bje/1e4v+SqnAzU3irVC23Trc7pZDh8dhWvo9gmnaZFGv38Zar5bRuYX5pWXQtlSU5HNVnQg9DVtyGXIqrK3r1FZo1ZWYg5yfwqM8mlcDrjmmE4FaIyZDKe1XolDW7fSs9zyP85rWjUC0UAdRQxR3MuNd78jIzWjGpjXNJBb+VJk9CeaW8nRF2r17AVO50cxPo+ntrOtRwAHywcyH0FesRRJDEkUahUQYUDsKwfB2jjTdIWaQf6RcfOx9B2FdFXbShyxPJxFX2k/JCUUtFanOJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAAooFFACkc/hSYp56/hSUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAcl4zYqkXH8J5rhB0rufHb4trdR94k/lXDpjIHeuGt8Z6WH+BFiEELzV2A46/hVVRhRVqBeawudcSxu/SmPhqH4zTS3FJGiImTJx3qP7EkxAYAn3qfaGbIqxFGAePwqka9DJl8MW1x95ME9MdqpP4JHPlyFa7BFO3irUK84xzV3M5U4vc85l8E6jnMNycD3pYvCmtRnHmk/jXqKoOMCnhRjmjmZl7CHY8ul8K65KMLIR+NU28H62ThpD+detP14OPemHaE5xTUmg9hFnl0XgO/b5ppz9OtbFr4HtY03TMXI6iu3Z1xnpVO6uVjjPNJzkHsoroZMOn2tlDshhUDoTUb4FLNcZ59arefv/CoLSsWE+nNalvllyemKykOeM1qWW7aP5Uy0XsfJxWZc5G4YrSeUop4H41m3MgLE+vagLGTKCrYPfpT4lwc0TyhsDgYqNJcNQQy20YdeRnPaue1fwnFeEzW5Ecnf0Nbou13YyKtJIpX3NVFtbEygpKzPOoX1vw7MMB9gPIHKmuv0TxqZwqXEBVu5HSt37JDcx7GQFT1yKpz+F7fPmRAKx644olOTWm5nGiovRmtH4hs2UGSVVJ9eKnj1G2kGFmQ55HNcdqHhK4u48LMR2FYMngjVoSWhunH0JFENV72g5qS+HU9TE8Rx8yn6GmTYZc5H515jDo/iC15+1S4x/eNSGPxAuf9Ik/A02hLn7HfKNp7ZPSmzFfLPzhPcmvOZIvEDdLqUfjVZtM1ec4nvJdp6/Oaaiu4N1OkTvZ9S02yXdc3kf0Dc1z2peL/ALSjWmjQsS3HmsOay7bwvGWzcSM5rfs7C3s02RRAH1xT9yPmTyVZfFojP0TRDazfbLw77h+ee1dJgYz2qBYzuzmpySE2ms5NvVmsYqKsivJ8hqrIdwbrxVqT7hz2qlI2QcfjUoGVy3rTO1PbrxUTHnFaIxZG/X1rThcvFGignA5NZhJ5OPrWtp52RBu5GKGKO5NKwEXToKZoemtq2twQscru3t6ACmT7tpJPGeldd4DsAqT37dT+7X6d6qlG8rCrT5YNnZBQoCqMADAFGKdRXceUNxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAIBRSiigBx6/hSU4jn8KTFAhKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4Xx42Lq1XHVDXJoPnBH4V1fxAIFzZjvtNcvbjBya4K3xs9TD/AAIsMeQOKuRAqhNUgMzLWnt2xgetYM6kVTnB55piv82DU8igDNQKPmzQjRFhFBHFWEAC1XU4PFTITuGOh61RqXITxVhTtPFVVODUwbjigTLKSflUjTDGaphvTrUbylepphYtNNnJzxVWS5Cng9KpXFyApwTz0xVAtPM21c80rj2LtxqYU4B57CqT3DzfeJxTjprIodmyT7dKdaxgkg9M9aLEPUYsRJIPNQyR7TxWs0axrnFUJ159M1QhsRwwBHWtm1bEfA5FZ1rbs+D6Vt28BxjHTrSKRDMwwSTyKybk8buee1dBJaDGcfhWfPagg+1A21Y5rzd5P170gb5sCnXMRhmZcY5p0K7mzTMyLypN2Tn1zT45nRwc8CtBYsxkEcdqpTwlAcU7ILGzYXSsAK2FlDAA9K4m2uTG47YrorW7EiAZpMpI2QRxgjFSBFYgVSRx2OfWrCSlaVwcSZ7eLaPlqpJZx4PyD8qteZnmmSNu46UxJGW1lF2Ucmqs2nx56CtRgRUEr8cEU7lWMZrMIeO1RtEAa0pPmyfaq7AbKV7iZCOgOKVhkZpC4FM38UiGRTbSMZNUiuGII4q055OPWon+7k0iGU5eBVc521YlIJPPeoGPOO1WjF7kbHIxWrpvMK+lZLZ57VpaW37v6U3qJblq7I2le/avSfDVn9i0G2jyCzLvY/WvNLk/vOPSvVNGy2i2Z/6ZCt6C1ObFN2RdopcUYrpOESilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBBRSgUUAOPX8KSnEc/hSYpgJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLiigDzvx9Ju1WBAfuxfqTXPW3AGea2PGr58RyD+7GtY0GcdK86t8TPVw69xFmPmcYrQJO8AjpVG2/1nfrWhHh5DWLOpEcykIGPc4qEAD8Ku3f3UTHeq5Xg8UkWg78c1IpI5zTFHFOGM9eKoq5YV9y1KG461U3KvApGl/zmmO5c80AdeaqzSckZqMyYHBqNRvfkmgLirEZWxitSCzWNc45pLdVjAwKs7wc0E3uVbgAKRWMLjyHYMQOa2bogocVz17F5wIPHvQBO2r2y/KZATTTOswDBuK56WwkEuWU4zjNWbXzIWwfu9xTCx09jIAcda345kEIP8VclbSlOma0/tRZeOD6ZoGjbWVRksaqXc8YjOB+NUBMw5LH86rXl2AvWhDaRnXuHfpzSWhA5zxVaWUM3PTNVZtREIxGfmpkHSK69Aap3RGCetc7HrFyZcN932q79refHc0XAmtkLzkjtWlH+6YFcgVHZ2+1Qx6mtPyQyYIxSY07E1tcfLkmrST5HWsf54Xweh6GrdvKuBk0jVGn5vy9Kb5pP+NRqwxQQM0AOaT5TVZuv1qQ+nWoXP8A+qmIgf5S2TVWRjjHbFWJTuqo7ECkJkJOD0zTQ5P40jMDkE/hTR/P0oMpBjn1Heo2+6am5xUEp5xnmgzZSlAGcVGORjtU0gycd6jGF696tGTImUbcY5q/p67YePWqkgwMirtoVFsDnnvVCQ6ViZMV65paeXpVqmMYiXivOvDWlPq2rK7ITbxHc7Hp9K9RAwMDgCumjFpXOPFTTaihKKXFGK3OQSilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigAFFKBRSAU9fwpKU/wBKSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHmHjfjxJJ6GNf5VjxEFBnsa2fHIP/CRMf8ApmuKwoCcY9DXn1fiZ6uH+BGjbD5ic9KvWzc9M81nW5xkZ7Vo2Oc84NYM6kPvDuuFA7inLHgYNRysPtf0q4AOhNJFFcx8dOaiMZUkVf2KvUVAw+b9BTGim+4cEVA7beTV6dWC+veqQhMjZY/hRcdxil36D8as2+FILDrSEKvyjjioy7KMHNUiOY2BKvbAFRPMAetUo5SRgmhnwc8Zp2GmTSSZGB+NUZjgkbakMhINQsd4osO5WkwV5qmeJKvbMnpxUDW5MmQKLAmEc2w7W4B6VaFwFUc81XMB9KikhfqPypjLpuB1Jqrc3iKpBqoRL37VXaIu+5vyp2E2QXFy0rbVyAO4qFIv7wq6sHP3ak+y55H1p2I5iulqnBxV2CFQwwOBT1iAUVLAArd6VjRM1bYZQDir6g4HrWZA5A9zV6KTaee9JoTHyRbx0yRUMabST+FW92RUUg9qkqLHJKAMU8vxVbj8acCQOTQXcm3HrnNMkfIzUQf5utKzr+FArleRxyM1Wc8cVJIPmyD3qJxwaBXKxHOaevYEYph4FOyMDPegzkSZ5xUEwAzg1I/TrUL9fwoIK0gHB9ahP3u31qSU5Gc9KrsTVoxluOkOFwK1/D+g6hrUqrGhjtgfnmbpj296x41Ms8aDqzACvc7G2S0sYYI0CqiAYA9q3pQ5tWc1aq4KyGafp9vplmltbIFRR17k+pq1RRXWcFwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAopAPPX8KSlPX8KSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHnPxBh2arbyj+OLB/A1ydvJtcg9TXefEK2LRWc47blrz4fLJ71w1l7zPSw79xGnC4JrSsm5xnr196xoW/eqPetKFsScVznYmTSRkXTc5zV2L7uDVMnLknrVmE4waktFxvuE47VCikjOOanbmJsdxTYl9TTGVJOcgmmHYi5IwwqxOADuxWRd3IHC8gfrQiWOmK53A4NMFwGG3jiqIvVbg/nUbP8wZWxVJk2L/ANo2nikeRi2RnFUwxLirKM3AHNO5SB3fHXAqJJHVuTz7VNIp29OTTY0xzjmmMnRCw3MOP50/CjpTT5hUVHsfOCTg0XAsEfJnAAqtuUmkYS42gErSLDJj7pphYXarA8DNQmJd3Aqx5bAcDH1puNvJ70wI/s429OajK4IUVaEhBxio2GTwPpTJ5SnKdsm0elSRnYu4jmnGMk5Ipr/Kvr60h7EkM7bsk81aNz8y89KzCxU8elOVs8ntQJs3YbncOTU+8MvUViwzA49fSrSynBJNS0CZbYYamlj3qJZgT1zTi4YfL1qNjRMC3oaaWOKUxsRkcCkKnoaLjuRMTjmo2BPAq0EyOnSm+QT+dO4rlAgeYQe1Jj5sA1ZkjAOePeq7j5ulIlg33OtQM3FPZhjFROe1Oxm2QvjaTiq/BY1MzcVCOua0RizU8O232vxHZRgAjzA35c17VXl/w6tPP12e6I+WGPA+pr1CuyivdPPxDvOwUUUVqYBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSU4jn8KTFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQBzHjmAyaB5g6xyA/nXmEgP3jivZdetReaHdwnvGSPqOa8eb7vvXJiF71zvwjvFoSBxvGTWxbhW9zWEDtkrWs5fnHauVndEuMCr4PQjirUP3cjn1qGfHlgg80+AnAPTNSUaAPybfaki9M02Ntxw1C8ORSLEnClefzrDuFUyECuhZAVNZclqGmzTTE1cxJNPkl5TA74rMubLUEyY8e2a7FLcZ4pZrddvQH1qrocUeeR63d2E+y7iyvqOtbtnrVnOm5ZAp9DxUmr6Mk6FgOlcde6U8SsBke4PStEoyG4PdHoK3lvIoIYVZRoWHYmvMtIa5RjbtMck8EmujtornbzcdOpzmnKm0YRrR2eh148ojjrVmMQsBhRXDw6owuGtxLuYVow6lKrheWbsM1FmbKcGdesMZH3R+VL9mXsBXOpq16uPkLe2KsL4hlUfvISMd8UK5fu9DYNtk8gY+lRS2ELgZUCs4+IQRkLUL+IuM+W1O4rI0m0+ID0HrUD2yqcAg1ly+IjK3yxNiozrK/ec49jS1Hp3NCS3U5PUjtVGSIkEUwavuBIOQe/rUT6nF6jjqM0XZLRG+Nw7UJnJP86qXGs2m47pFBHQVQl1+3XhG3H2pq7MnY34yd2RzirOcrzx7VysWuys2I7ViD3BrQh1bdxIjKaTTA3FOORmp42LMOMc1Rtr2NlBBFakCb/mqWNFlVyKNgJx6VPEpbg9KdIoUYHWpLIDGABio5enX61OvIyOaimxtyeaAKUo+lU5Tz1q1c4461Tk4HrQiGyEnn2qFzhjzUrHCH1qqxBHvVozbI5GyeO9MJ7d6Q8mprK1e+voLaIZeVworRGLdtT0/wCH+mtZ6I1zIMPctuGeuB0rrajtLZbS0ht0+7GgUfhUuK74qyseXJ80riUUuKMUxCUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAAUUoooEKev4UlOI5/CkxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUANZQ6sjchhg141f2/2XUbm3P8EjDH417PivM/GtibXXjPj5LhQw+vesMQrxudWEladjk5lI+YVZtWJwc0kkXHHeq8G6OQqxxzxXCz1EbyyblKE9qIJGD7fSoIskAinsDFJz35pFGtC2WBxVhgCwbvWfDLkDHBFXwQ6g9xUsaHZ4xmopI/TmnZOeaUNk4X8aEMYkYUdKbMuaezYfB6UpwR60y0zNnXIwRWLeWKMGO0EHrXQTpVJ0xweQauLLizj59KG4nBB9RS2wa3j8uXJU9cV0MtvnII4phs0I7VqpXQSpwlq0Zmn29qtw0pGCx6mtO6+yiaF41xtPPPWo/sOMgA1GbB85yfbNIwlhv5TqrS7sDGN7qOO9R6ibHyHcOmMY7Vy0lhK/VzzUL6NNIMeYcfU0uUz+rzN+C1tGiUlgc+9T/2fabWyydPWucXSrlEC+c2B70qaPLu5nkP48UrFexmQy3McN08ZUFQcZFVNSdZLcmMcnPStFtGXOWyfxo/szn7rYFaKw1hZPdnPWF3JHZNBLG5kX7px1rNks7yeVnDsAevNdi1ljtj8KctjnkKOe1WpJamn1aNtWclDoTSHc5Yn3rXs9BXzAzLgCukis0jUZGTVmOEE4AGKzlUfQTjGOyKVrpcCDhB6dOtX106Pbwo59qtRxBauxIAM1k5NiMVdMt0fATDVoWMRjbGflqWRoxJtP3j3p1sQMj3pCsWcAVBKTnOasHaehqtIeSP5VI7hkbcVUmcDj+dPkm2qRnFUZJSWJ9qCWxJGJNUpG4JqWVmxxVOV+xPNUkS2RyNhcZqqzEAjPWpJZOCfTpVYt2PWrSMpMXp3rtfh1p/2nVpLxkyluvB7bjXFIpdlRQSzEACvb/C+jro2hwQFQJmG+U+rGt6MbyucuInaNu5sUUuKMV1nAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRTgKKAFPX8KSlI5/CkoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigArkvHtt5mmwXIHMUmCfY11tZfiO0N74fvIlGWCblHuOamavFounLlmmeUpynHNU5kZX5/SrUbZUdR3onQvH6GvMZ7a1Q6zkJXaTzV9xviB7isWEbJRuyD0Nbls5MWCQewoBDYic5Har0c4xgnr2qtsKt060rKRg9RUspGhuyetNDiOTJzzVRZsYBq1GyyLg8ntSKHuRzgU1TzinhefrUbqYznrTGhrcVUmjzzVpjk8/hTeMH3pjKIjHepFiU8YqR48H2606MelNMvmHLbowwRR9kQ5pSONwJoEw7GquHMiL7IFA9zThbDHA4p3mk0qSheafMO6GG2GMGkFvHmpXuFPQ/lUQlGc80c4JiNCoPA4qBoiT04qwZM9OaYPm6nAo5g5io9t3PIqMxlWwBVx2UDrUWQTxSbIc2Rhc9fyqxCoxTVSrMajoDUk3uPQCpQaiOF57U6GRcsTye1Ag8mM5Jbmho9uCpprKd4Y9+ppGmCjg8UCJA5I+lQSTDODn61E9x1CmoWZmA70hXGzPng9zVRmGcdhUkhNQvgDOMUybkUshOapSscknmppJOKpSyelUkRJkbtk+9IAR2poyT0zUkcTyypHGpaRyFVR3JrRIyudN4G0RtW1xZ5FP2e1Idjjgt2Fex1keGdGXRNFhtsDziN8rDuxrXrspw5Ynm1Z88rhRRRVmYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACilFFACnr+FJSnr+FJimAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUEAgg8g8Giub8Y+JT4e05fs6h7yY7Yl9PUmk2krscYuTsjhdatls9dvLdRgB8qPTNViSFwe9VGupby5a5nk82SU7mfPU1YVztx1rzJ2bbR7VNNRSZWmQq4dRx/KrVpKx/CmSDcpFMgbDbaixbN2P95HweaNwIwe1VrSQg8VNIh4kXkZ59qBkLfu2wTlSeKtQOOOeveqlx83GO1RwylTtJpDubJIxu7ilL7lx1qKPlBzT8AUykxpXnimNxU/UUwqD9aCyEjIqMrtGanC/NimyJk4oFYhV25GOCOai5QnjrVjYy89aQqGXpVEtEKSEHnFV55GDZWp/L67T0qBlJOCKdgQRkkdaf5m3jHSo1iOTjtUwi4BbvRYYzex5Bx7U0+YeecVdSNQMdadsGOmKQrFBYy3U5pwGPwq1swaY6gfWkVYFHANOBO7ikRCeSMVOqqvX8KBbDHznBpY1IOSKc3zMMdqljIxhxkUEsZNKu3A6AVQncBcg81NdqDyD0NZU8xL4z0oZLY9ZMNk0GcEbF9aqmQ52ryxq3BAEA3EZPWkTcRk2rkHOKpTS9+w7VfuZVC7FFY9w+CeapEtkUsu5iDxVNic08nJ9zQFUDLdKtEbioDt5rvvh34fW4nbVrhMpHxECOCfWuR0fTJta1KGzgU4Zhub+6vevdbO0hsbOK1gULHEoVQBXTRhd3ZyYmpZcqJqKMUYrpOIKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoABRSgUUAOPX8BSUp/pSUCCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooqG5uorSEyTOAB0Hc0Dtcr6hqtrpsZaZ/mAyFFeAeMvEF1dXstzI5zPkIufurXoniaaTUYLi5B2MpAC+i9/xrxDxLfG71uVY1OyI+Wg+lcrn7SXKtjsjBU4cz3O10P8A5Alq3Jyua0snZlfxFVtFhZNBto3GHVOR71ZQlT6Vyy+Jnow+FEv8AIFVicPVpenNQzoMlu5qRktvNhhzWnGxfvwetYsPcHqKtQTtG4GfrQIuSqVzmqX3Zhk4B9auSybgAQKoTdM55FJjNWB2Chc1YBI4NYtvdHCqT06GtYSF1z6CgaZZjbIp+ARmoELcZ71OrcdKDRMTGKCpNOxS7gFwaZYmzPaoTAc8cVZ7c0gZQcZ6/pTQaFI2xJOe1R+Rl+RitFgMZzUUkeR8vWmSQBFC4Apyw55OMVPGAq+/emsxBxQKwoiXFMZOcAU3zSvXoaPODNjNBVhrxgDNNWPd1qYOrn1FMdgBwcUgAgKOOMUwuNuO9N35FNB/yaCWP7e4phuAh20oPHPSs+eXblmPNBm2JdXJ28Gst5CSeaWebNRwrvO5jxTsZNlq1QLhz1NXJJVHbgCqYcLx2HamTS5HFTYYy5ueM55rMkYs+4mppG3H6VXPzNVpENgF7k5px9T27UcAetCI00qoOrkAVQr2R6x8N9NFvoTXrxgSXDnaxHO0V2lVNLtFsNKtbVekUar+OKt16EVZWPKnLmk2FFFFMgKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/AEpKU/0pKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiioLu6S0t2lftwB6mi9hpX0GXt9DYxhpDlj0UdTXN6jcvqVwjeUyKqkcnqaW58y5jaeVjvbp6Co9PY3UBjdwHXpiuOpVctFsd1KioWb3MLVJN9hIGXaQRurx5bVX8R3LOucTE817brVu72s4jUNIq5YDvXkbxeX4gusc7pN3THWsk7XsdLSZ12nAi3X0p9wgWUEd6SwAMK/SppoywB9Kx6nSloMT7vfB6U11LCkjbHB6VO2SuR070xWKQADdasKAV5PPY1HMu1s4x3py4dc/xUyR3nbTh88dDSOFkTKcnuKZIpKdPrUcUrK2PSlYBqdcZrYspAE25OayJcht6jg1Zt5ujfpQCN1e2OlSpgiqtu++Ln71OSX5tpPIoNEWjw3Pao5Wxhs0CUZpHKt1poq4LKXyelJkluDSIpBI6A1Ki4J96YrgN2QDTgwU49aUnHahdp5oGmBQ9u9MGQ+TU2cnAPWg4II44oApvtLEVTSP98SpOOh5qzcEIxAPWokBU/WqQXJAREw680yVxng0TNg5xziq7SZ5FJom45peMKOe2KQs3APFRoT17mklf5QABkdakTY+e42px6VjXFzvJJ4zU95OMAZHvWaSCck9aaMmxF+Zsk9KnDZPtVfO3jg0u7nimSiw0mahkYmkDc4zSFu9JILkTnsOtIoIH0p3qabjI7gelUIQgVp+HbM3mvWUABIaUEj2HNZ2McntXY/Dmza4183H8MCEnjua0pq8kjOq7QbPWaKKK7jygooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/SkpT/AEpKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKr3d7BZR75nx6AdTXL3/iG+kGbb92oPA71MpqO5pClKex1dxcR2sXmSnA6D3Nc3cXMl9OXuFIjH3EB6e9ZUFxe3dxm9kd8LlVPSrltK0Vw1vcH733G9fauapV5tEdlGiou73LF23mWThPvAdKzrZ3i2yRoN2OrcVoKTHIYjyeoPqKr3CGEbiCQx4x2NYI3ktC80S3KLMF5YYP1rxfxJaNY+KGborE44r2e2Y+WCcj/GuD+I9kHjjvlHzI3zEUr9AiupQ05wYkPXvWmVBWsDRZg9qhHJzXQxY2cjms5HVDVFCSPY2R3qRDkexp92hxlfWo48MOOKENobIOMYqsQR0q8wOMYzUDoMcUyARsrzjNNkjGcgU1TtbmrOAU6cGgRTkb5NtRROY3571PLGQOOnrVduCc0CZpw3JUjn8an88Bx1zWLHKQcVaaXcgOelOw1I2klBPrUwGVznr2rDhuGR/lPB7Vp29xuPSgu9y2HAGCafv59agbDc5pgkYHGeKpBcsB85zwKdwBk9arptLH1NSNyMelFh3Hb2Jx0oZivem+ZsFR+ehBz1oC4141di5P4VHMwVlKZ980kkgxgEe9Vnm7UxNhcXGDhhzVY3A6dqZM/ryDVcFQeaRLZoJKOT6VWmmC5Oahefy1JzgHoKoyzFzuJ60WIbGzSFmqPfx70jHH1pFBPSmQPQFj0qXaOvaljUBKGODgcCgCNgN2Rmoyac7c4BpAKAEAJNKAS3enBevan4x27UhjSoxivRfhjCUhvpOzFQK87fCr711XhbxHc6HbNGYBLCx3fL1rai0pXZhiE3GyPW6K4s+PlGx1si8Z+/82CvvXU2Wo2t/CkkEqMWGdobkV2KSex5zi1uW6KKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lJQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUhIUZYgD1JoAR3VFLMcKOprGvfEcdrLsji8zj1rO1vVZrtzbWjBYP4n/ALxrnrgSx2xIyZGIVfesJ1rO0Tqp0L6yLeoawZ5/Mlbc5/hHRRVX7XFJnYSwI5HanxadFYQmW7fzJ2/hHalTTtRuSTHtgi7Ejn8qweurOle7oia2vnfySkRzHxyeo961pFSWMZXJHKHFYTxT6YrNI6uy/MrDgt6itdJJDZpMgByN22pKT1Lifvou3mp09xQlxDLmJ1Ksw4zxUasokhuo87W4Ip9/ALhN68Z5BHY9jUl6CowifbJkg8Z9Kqa3pUWo6dNayLy6nae1XrZxNAu8DzB8rAetOZjJE8TgCReVpMuOmp41oqtZ3NxaPlXhcqQf511ETZUGsjXIzbeIWuimzzPlcDgEjoavWsuQBUSNYGgVDJ0qiIyjnsM1eU8VDPGd31qUW0VyD1GcU1o8ruHfrUgBXAPfoaeo4x60ybFCUfpSRs2PlNTzw5yR+VVeU4pktFkurpg9arSIcZPNKG96fu3DB70CKTLjpQrsOpqd4ueKhZQDzTQrEiuMjJ+mKninZGyG/WqDqQMqeKh85xwe1MNjoVn34y1TrN6kVz8V4EIz2q2t8h4zzTHzGwJPnzUvmY7jmsr7YpA+bmgXIYHB5FA7ml5vUHv71WkYjpzzVQzgHJP4ConvAvJGBQLmLrEBeTVaSTafmOFFV31Dg7QD9apXF3uGDzQHMiaa43kkdBULT4HvVTzyQMd6ciMzcmhIhsXe8hyT0pcDHNSEBelRNlqYrjG+birEKHaOKYqjipC+FwO9FxWJWYAY71XZiScEUjEk8UiAlun0oGIFJOak7cdadtpdnSlcdgVSBzT0HqKcoB49OtOYDbz0pXHYqzuscbO/3V5NaOh3SszWzNz1QnuPSsXWPl02fHdaueErhXhimI3BkA6dMcVrDa5hUV9DfiHlySxFc47n0qPTNWOhalHMimQsOATxV6bC3RLrwwrM1S03jMfb5kb+Yq721MbJqzO/tPHUM7RrJasgJwx3dK6mG5huIw8Miup9DXh+kM94XLT7IYzggdSatyJLFdpLFdzqU6KkhANaxqvqZSoLoe1UVyOi+MrZ1itbpJo2+75r8gmuqinhmXdFKjg+hrZST2Odxa3JKKKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFFFABRRRQAUVWnvI4Tjg/U4Fc5qPiCZrn7FBJslPU+gqZTSLjCUtjfv8AUobFME7pTwqDrXM393POC0shOOSmeFqERlOBIS56uTk0zyflIzlR3Ncs6rlsdtKio6soo++VWmfHPA6ZrcgSGJftMgBYD5Qaop9mjUF13P61La29zO++dsR54X1FZG9iSzsGu7lriZcRZyFI71dnmI3KqlscACrJbZFtXgAVTClXyc7mP5CkwSsZWo21xNG+whiBnBqPQ52G2J2+90B9a2Xt2YnB+X2rnLpP7N1jcW2QyjIJ7NTQjqVt/LQsMeW3VT2qNJHgfY/zRt0NS2Nws9uhbDMBin3EK7gvQMPlPoaRRXlD204miXcuPnX1HqPeo/tiSFZFIKMcA/3TSC6I/cSELOnb+9UcEaGZkKAwynIx/C3pUu5pBrqVNe0OLWdKfaNskWShA5zXB6fKw/dyZDRnY2exFeq7GjIOSUHBHtXn3irSm0nV2v4wPstwRnH8LUnsUnZ2LMXCjnNTOodOOoqnZyh4lPbFXVxUGxTZP/rURn5sEYP86ndN3I7VG8ZdfRh0NMVhrKOc1Vlg+bgfKatRTqSY3GHpJspg4yp64oJsZjptJx2pu4VekiDdOKz5VI4YdDTFYfu455NMYK4pvbHegAkc9qBEZ+U4PSkaJJOVqXOB83IqM5Q5B4pksryW/wDkVGYZFPymrwYMOetGATjtTTFYz986HrSpcyKST19qvFOeeaUQRt2FO4igbx2xnP8AjUbSu3qa0fs0ec4BpwSP0AzTuBl/viMU5LVj94mtB1VB2BqFpeMCkKxGLdU5P4Uu4IOKa5JHJzTRyMCgBpJbrUiqetKBgepoLHOKLhYHIAyKjyWGKcFNPCdOKQ7DFQj7x61OEK/dqQRdKeV49OKB2IcZPPagDHHc9KefpipBHxupDsMVTnnmlb+VSeuOMUxhx1pgzJ1g50+Ue1Hgi4jFkyOcCOba3sGpNVBa3ceorE8M3Mtvqc0SDPmgEg+xreHws5qj95HqMiMyqm7JVuGx27Us0PyYJx3FSRMfJeNxyPmU08uDaKTyyjimZ9TnZYltboyxf6qQ5cY6GrsduLgbosuB0fOOaW4h82GYDBx8w+lVtJumwYJHMbr0461D0NVqi6I1SLEr+VKDyrd/pU9pq15Yyq8U2VU5xSXqGHYWYSMT/FxioCsUwZGAU4z0xVJ9jNpdTs7Hx9ayP5V3E0bf3gODWZ4l+K9pomoxWVnp0l5I67t7OI0/A1zG3y5F4DcZGabfWdvqEWyaFT8uPXH09K1jVfUxlRXQ9G8N+PdC8TRottdLFdnhraU4YH29a6evlDVdFutCuBPAzeSGyjqcMlen+E/HviGy0m2n1iykvNOcfLcpzIB6kdx710Jpq5zOLTsewUVR0vV7DWrNbqwuEmjb0PI9iKvUEhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFNd0jQvI6oo6sxwBXn3iv4p6fo4e300rdXOMbgflU/1oA7TV9ZsdEs2ur6ZY0HQE8n6V5zefEDUZzHqm6Oy0ZX6Z/eTD2FeVa34k1LX7s3F/cs/Pyrn5R9BVOKK91SWO3gjluJOiIoJx/hT5QudF4n8e6lr9ztjdrazQ/JEpwW92PrWv4K8Rfa70Wt5N++K7VkduSB0FY0Hw68QuYWubdbaKQ4aSRuE+td7o3wf0+3RZb2+lmm6jyvlA+hrOfIo2NabnzXN1ojPLtjkwg7jqamXSAoBLOfq1W7bSf7JVUDPMvQO/UfWrNw6quXkCrjPFcTPRjK60K8NpDECwQbj3ParSFQeFyfUVR+3W0ceQ5kJ4GKeb0+Vjbt98VI7llyobLMBj1PAqEyo0vBznuO9Uvnu5ADH5gz06AVdjVYvlUZk6f7tMnckViilQcVg+IHhurV4S2JFO5CR3FaF3dCALCuTI5qTyrf7MxMSPLj7xGaCrGXol6xhSbk8fvF9DXVRTJPHnGRXDLM+n6yZSrCCVdpXsK6qwmTICuMPyMUmXbuWLuzQus2ASvfFUN/2W7GSDby9f9k1qvcIsywucb/un1qpd2g8iRSuVbp7UAWlAMfqDVHUNOj1GwktJkB3D5Se1Lp0zkG3l6r0J71e3K7GLOHHQnvU2KT7nlMSy6TqElhc9UPU+nrWwhyc9u1b/AIn0L+17Pzo1C30AzG2Pvf7J+tcdp15vXy3yrKcMp6g+lQ1qaxZrkelNK/LkUoO4cVIvoaCylLAHO4jp1x1FKoIjw/zD+9Vl0w3WkCEqSuPdT3oEyqy8Y9ehqtNGJFIxzV7ySSQhyP7tQFSGIIxTJsY8waLB2Er047Uzryc1stEjj5qoz2+3laBFInnvmlHWpMcYcAGmHjkDpQIbsFMYN2qXPOcU08n1FFwsMVm6mn+Zn3pNtJjI5NMmwFiBmo2Zj608ikKtjOOBQKwz265puz8anWPIz0o2gdKYFdxge9Ii9O2asmMHk/lUawsJNzNn2xQFgCjvRsBNSumQKVIzjnpSCw1U9OlSKoB4HSnc44oGQOaY7ASN1I5+XP5UjfKMscd81HEr3Um4ghAetA0iaFPNOSMCpWXAwvNSABRtFJg4oKItvGcfWon4qdsgc1BJxSRLM28UMrKR1FYmgQ512VMHPltit2fnceuBWfoMO7xK+3/nka1i9GjnktUzvNNl820ZJhlwvB9auWximtWRiQYyQR7VXntzZNDhRteMA47GmRqWWVlIzHyR6iqREkKieWVHcfKf9oGss2wsdRWcb92cA9sVqTOrhdn8XT2qnqFvcSvviddpHKmiSHF2Nu4t7E2u53LttyCDyKxlIRvlJI/hIqbSiUhImG6YHkZyAKbcKbO980xMkMvBI6Z/pRFEy0F82JcmSJsnqcU/ykm+YZUHkkjFXooQ0flkJNn25pGtXhQnymC55XrigaMi90yO4tWXcNpHIbkVl6d4ttPDOnR6XdRzTGNm2lP4VzwK6S4gnFu5jiV1x94dh9K8j1+Z5dXl3rtK8Y+la0lzSsYVnyxuegWWtaFc6ibjTdSfTLiZdwKnZhx/eHQ11lp8Qr/TB5etWDXUCnAvrQZUj1Ir5/J5rY0nxFqWjHFpcfIfvRONyH8K6ORrY5OdPc+nNH8R6Tr0Ik0+8jlyPuZww+orUr5ztvFek3FxHPc2Uun3g6XVk/Q+pFeweDtdm1W0X/iZWuooODIp2yr/ALy0Jvqg06HWUUUUxBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACigUUAKf6UlKf6UlABRRRQAUUVla34i0vw/amfUbpIuMqmfmb6CgZq1zfibxvpPhm3JnmWW4I+WGM5J+vpXmut/ErW/Esraf4etZIonO0ugyxH17VRsvAcURN54o1NYNx+4ZBuP40NpbjSuZXiXx9rfimYxKzQ22fkgiB5+vrWdp/hHXdUkXybCVQ4JDyjaD7V6Nbax4F0Ij7O0BdT97bubP1qab4qaBAcRrcycdkxn86nnl9lD5V1Zg6Z8IbiQK+oXyIDglIlyR6jmu40Xwpa+EQ0umxNKrD98rnLN7g+vtXG3fxkAdhZaWSoPDSvj+VYl38XPEUwIhS2gB6FVyR+dS41Zblc1OOx7fJqFh9gF1JPGtuw6ucD6H3rj/+Fk+HNKvPsy3vnWpGQygkxn0+leI6hrOoapNJLdXMj723FAcLn6VQwD0HSqVBdSXWfQ9n1H41Wa7lsdMkmHYyttBrF0j4mxXOrg6vaCK3c7QYzlU+orzPBHFOGMU/YwtsL2077n0tGlvJCsySxeS43KV5yKY09sR5UKNMfXtXh3hzxXdaJIsUjvNYk/NCT93/AHfSva9G1Gx1OyS50x0aBh8x7qff0NclSk4HdRqRqLzLcEM8iMNwiU9QtPlmS1iKIMyHvmmXE6EbUYux7KeKqvE5XMjbcDhcVidCVyJl3yiadvu8/WpUZ5BhRjd09hTUgkkYbyPYf41aCJbgPIecdD3oLRTvtHhmtWbeyyAdSetUtIVp42hbK3Nu2UIP3q0GdrmUkn2AHas6bzrG8+1EY7MR3FA2jejnjv7cpkxzRnv1VqmsruZtyXKbZAcMucgj1FV4kW9h+025Alx83uKniKzw7SNkwHBPWgixBfIUmDodo6qant5hegq/yyL0NU5JvOf7BcjZJ/Ax6NUNoJLa7dSTleuaTKtpc0zNJNI1pOm2RejA/eHrXG+KNFNtdHULRSGP+tVf4vf613RkS6ABISYD5XqnPbS3ds0dwgSReDgdfcUPYIyaOHs7sSwgg5P9avISfr3rP1XSrjSbg3CKzQMfm29qls7kSKDuGKhqxvGSZe4IwR0pApXoTS5HXNOzg+1IoilU7t8YO7vil+SUASjn1qZeOnSnGNH6jBPcUAZsts6ZMbbx6VULjGHUj0yK1XR4Tk/Mv8qgdUm6qOTQKxlyRhs4xiqcwZfcVrzWij7pIP6VTkglUcpuA9KZNighz1/Wn7R2pzp83zDaTTOR3oFYMHnHNJtxzSrkU7JyM9KBAAO55pu3tg1Jjv6U5OegpiINrD2p4XHOcVL2wRTTGeKAsNK9qQAZ/lU235cUuABjoKLhYiVPmy33aMr90Dild89BUYIHJ60XHYef/wBVMLEHnkUinzGwnNW4bQh8yEcUh2Ikga4IDHCj1qwqBEwOFHpUz4UbV70LGcDLYphYgCEPnFPZTjpg96sbOpJ4Heo2YYIoAqP/ACqpOwz+FW58CqL5L56CmiWVps7D9Kj8KxB/FLswG1YWJp07/u3YdhWt4F03z7q4vnzj/VqMde5q0ZS2Oh1STDRo33SmFNZNu3kaku9mEbcN6HNaeoKJPN28rG2AM9KSPTVuolO4AsM5qzIY9n5YKs2Np+X3pjS7cK6MykY6Zq4yt9mKPksg696iIdEieHbvbjDelPdCvZmfZXNpb3iqzlCwwA3Wr89xJPA4a1YxHjd61n6lsW4Wa4twZUGQyjrWm+qyzWa+RApjKjH94n+lSlbYp7D9LnIG3argDCn+Ie1aX26FsrLG8eO55BrlIp280yRFkZTyvet601CWSMCXDgjklaZFgupYGV2hukD4PGcZryvUfC+valeTX8NhJJFKxKHIBYDvivTdQjsJ1RJAkRY8sfl4781rwavo0sUcdvqFswC4ULIOgrSnLld0ZVkmrM8DOgasJzD/AGdceYv3h5Z4qncQTW0hjmjeJ16q64NfQml3EU9zfSmeNt8u1AGHQDApV0mz1S5uJ7y2inUPsQugOAOuD9a39tZ6o5fZX2PndWPUGrNrez2cwltppIZB/FGxU/pXvM3gfw7cAhtLhBP8S5BrMuPhf4clz5cc8JPQpJ0/Omq0WL2MjlvDvxd1zSysOobdQt+n7zhx/wAC/wAa9T0P4keHNcVFF2LS4bjybn5efY9DXnV18IYvvWequp/uzJn9RWDf/DTX7NcwCC7XPRHwfyNVzQfUXLJH0grK6hlYMp6EHIpa+a9P1vxb4QlCobuCJTzFKpeNsda9D0b4z6fPFGmrWckExOGeH5l+uOopiPUaKz9L1vTNZhEun3kU6nsrcj8K0KQBRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lISAMk4A6mgAqve39ppts1xeXCQQqMlnOK5PxD4/isrhtP0W3Oo6j02x/dQ+5rlZtBvdWYah4z1QeWPmW1R9qJ9aTaRSi2W9X+Jl/qsz2HhKxeYn5TdMvA+n/wBesaHwO1xL/afi7UjJK3LIz8D2zTrz4gaLoUclpoFmj4XAdRtTPue9eeax4j1PW33X9yXXtGvCD8KSUpbaA3FHba3450vRrZtP8N2iBhwZgMBT6+5rzm91C6v5mluriSZ2OSXOarMec9zSdTgVpGCiRKbY8Nx1oJq1a6PqN7tNtZTy5xgohIrYi8CeJJumlTD/AHhindISi2c3+NHNdO3w+8TKuf7KlIHoRUkXw48UzKCNMZc8fMwFHMu4+WXY5QHijjGa7eL4TeKJeTbwx9/mkFa1r8FtZk2i4vbaIE84ycUnOK6jVOT6HmXXrTsccCvY7f4Hw7M3Grvux/AnQ1paT8M9F0S+ZdUia9gf/VXDcBT6MB0+tS60B+ykeE8HvWro2o6npVxvsDLhiN0YBKv7EV9GT+BvD7oGh0y2SQfMrhM8+471asrbT7LbFLYW9vIBgOsY2tj0Pas3Xi1sXGk073OJ0HxINStlU2E1nKBysikfke9bqK8rDLE+5rrXggmQAxoynkcCse+0iRVJtWwOpT/CuSSV9D0IVNLMoySLbD5V3uenpWZcR3N1NgsGkYcnso9q14rUCIicFVHOD1oTbdsUhQJEOrY61NjaMtblPTbQxSBIvmx95zWhf20H2dlkAZiCPrUpC28a7Bz2FJbWxlla4nOT2J6AUrClNt3OZ0++fSW2gMYyeR6Culyl5Es8J9yB3rE1VrKWbNrKGmU9McH2q9pT5iMqHAJ+ZD/CfSgfS5cubSC8iEc3DdUcdQaybg3Fu+2YDzo+FI6SL/jXRGEMgdTkfxCqU8cNyjQynhT8rjqppAtSvCVuYFdCQf1FatufNjCu2XXvWUI2hY8gSjrjo49RU8U3mqWh+WVRwD0NDC10LdRL8yToGDZyTXA6ppsmmXLSwKTbk5x2H09q9GguI71GjmXbIo+ZT2rG1KwltgwCmW0fqOpX6UbhFtM5e3nWVAc9avKMjg5FZ13pr2BM1uS8J5x3FT2lyGHDcVDOlO6NBQD2x6UuNvWmKx68GplPHrSGMxz7VXeDqQMGrZGfamkdqBlPA+6QKieEE4BxV8RKRkrz2qBoWDZRvwNFxMzZrdhwyBl7HHSqklrGzHgoT6dK2X6YaoWi3DBPWmTYxms3UZV931pgicH5h0rXa3IHA6VEYccn+VArGaAPyqZMYqwY0B+ZKVbeJujFcUBYrcHmg496t/ZAP4z9MVG0CAfeP50BoVWIxTGc9B+FWTFAOSSTTQRnhQPegLFXypCOM/jSiA5+Y4NWiXbCjhalWAYzigLEcKBfujHvVgBi2fSnIij6n9aspF6UDsQiPPJHIp5QirAQL7UxmHPHFAFaU9hzVWQ7T79zViTOcd6quOSOlMRXlO76VUkxkgValPUfw9Kqso600QzNvX2xMB3ruPCiC10SEsH+YFgcetcHd/vJsD5snGBXpFqjxafFE6hIzEFAHariZTRTvC25wo5bHPrV2ANbW9tITkl8AH0qjNIw6ckDHTtV++kU6faug4BU1TM47i3AzcShRjzBUEWyOGHzULFs4FaNwm1txwRt4xUVuQGXcMbBjp6009BNalSZ4WOGTG0elSaZJZJJIsiAbTlQtF80SzqyruVxgkjAqja3ltDrUUWJAzttyw4pXY0huspbS3ga33QSZ6HoahWd4vnZWA/i2ng10muWkD2jfKC68gjqK4241E2Vo8kg3IoyWDc1S1RDumc54z8QG4hjsYXOCcvxg+wrh+Qcjj3HFW9Qu2vr+W5fje2QAO1VD15rtpw5Y2PPrVOeVySKaWFw8c0sbA5BVyOa6Cz8eeI7GERQ33yDsyAk1zZ9KTPFW0nuZJtHa2vxQ8R26gPJBMB03x81oR/F3VlB32Fq59iRXnfWgUuSPYrnl3PT4PjBLkfaNIjK55KSHIFaEPxc0uRgJtOuYxnqGBxXkOeaXvSdKI/aSPcrb4g+GL5dsl15Bbqs6cVXu9P8E60vm+ZaCQkjfFLsNeK9+tJgZz3qVSS2Y/avqj1oeBpbVxc+H9ZeN+oJf+orTtvGvjLw6Fj1fTRfwL1mXk4+o7145bX13aur293NEy/dKuRiunsPiFrtkipLLHcoox+9GT+dPlkvMSlE9x0Lx9oeukRpcfZ7jHMU/wApzXUAgjIIIPQivnc+MPD+rbf7W0Yxy9DNAQD9a6LRfFUdmqro3iJXjH/LrqHH4A0teqHp0PZqKzdF1GbU7JZpoUQkdY3DKfoa0qYBRRRQIKKKKACiiigAFFAooAr3d9BaD94xZ8DEaDLH8K4HxTr93JIba9uRpOnkfNg/vpPb2rl/EXxZnuriVdDtEtVYY+0SLmVvw7VwM51XWbp5pRdXlw/JYgsSPahxbHex1Uvjuy0e0a18OWCxsT81xNyWPr6k1x2oatfanM0t5cyTEnOGbgfQVs2HgDxFfNlbFo1xkNL8uRXWaV8HpNwfU78KM8xxLnj60XhDdjtOXQ8tG+VsKCSPatrTPB2u6sQbewk24yGcbQRXumk+DNC0baYLNDIOkknJrUvNT0/S4Qbq4ihjUcAkDH4VnKv0iilRt8R5TpPwcuZNr6pfJGM/ciGcj613WlfDrw7pgU/YxcSL/HNyap6p8UfD2nErFM11IvaJcg/jXI3/AMZ7p2xYaciDnmVs/TpU/vZlfuonsUNtBbrshhjjUDoqgUsk0Uf+slVf95sV87X/AMSfE18WAvvIU9RCMVgXWs6leuXub2eRiTyZDR9Xk92DrpbI+nDq+nK4U39uCen7wVOmoWbY23cB9MSCvlEE4xkn8aUSyJ9yRx9GNV9XXcXt/I+s/ttso3NcRBfUuKrS+INIgYrJqVqrA4IMgzmvlf7TckFWuJSD1Bc1GSSc5JPqTT+rruHt32Ppt/H3hiJdzavBjO3g8g1Xl+JPhRFO7U43HQhVLZr5r6jkZpccUfV4k+3Z75N8VPD+mpusbh7mIvgwlSCvuvt7Vi6r8bLaUFLDS2lQ45nOAfUYrxzHNHbNUqECXVkzuB8WfEkDMlt9nhhJJEezcF+hqtcfFDxZcAj7esYJziNBXIZPQ0HnpV8kexPPLubI8Xa/9qW4bVJ3kHdmyD9RXc6J8XDHCtvqlmAw4E8I4/EV5WRilHrSlTjJWaKhVnF6M+k9I1Cx1K2F+l5HLG3cNz9MVJdX73BZdn7nHyjOK+cLW8ubGZZbaeSNgcna3B/Cuz0f4hzx3Ea6uGeAn5njHI/CuaWHa2OuGKT+I9cjS3YJFDbK5A5IHSmxxyw3bGJQrgZ2Ho49KqaV4r0a9RY9KnjmdhnB+Uj6g1Zmju5lWbeokQ5GP5VzOLW51xknsatpcARebGGKk/Mp6qe4qYwxXWJoW+vvVK0uBeQGSHAuEGHT1PvUkc21fMQAED95GO1IpD5oRPtUcFTkH0NVpF8tjtIWRfyNaC7XHmxcg9RVW4hQNvz8ppWBsrh2uhuiIjvI+cHo3/1qu2l2J1CzDaw+8h7VhXFvPaXHnpIxjPKsOqf/AFqtJOt3hZP3dyvIZeje9AbljUNORmM0Q3KeoFc7qWkqAtzanax6jFdSUfejxuqTgdD91/alMcdzExSPy58/PG1DSCM3exw8NyRIY5F2uOoNXlkB+6eoq1f6QkkjyOpVz0I6isMvLaztDL1HQ1DR0KRqq46etP4zVKKbt+VWVlGAO9Iq5ODgfWo3CmlHK5PNIRuGR2oGR7fbOaidATyv4ipiTn0puMmgBixccEGmsiEbSMe9SkAdeRTkjUHK0yTPltgPu/MKh+znrgrWsYuxANRmIgYIxQBlPHIvGSRTDE3etRkAX29KrOFJ4JOPagCkYu+OackSoMlGZv0FWwj7eE4PrT1jlIxkD2NAFVU3NvI/CpETJ6Y5q3FanJ3kCpfKjXpg+9AyqIjn7vSpAp3fKDVrA29cU0njAFAFcoxPPAHaonXJwatE5WqzryTnrQIrSbR36VScdauyjue1VZeh5xTEUZCCap3LhVx61clwn1rOuGyx/SgkZp2ny6hqUMMf97cW9BXf3pNvaeWG3McKPpUfhbQl0/TWvJ1/0iVdxOfur6VXluVmMkrH5VPy1pEwqO7LVokbTmOUZLDANVdSLwQiI5+RuK1bCFRbR3DLmQ9M+hrKvJFu7x4+eJcH8KfUStY1rpii27Dksg4pY7lFuWZEaRm7Y4FLLhSkp5C4QY+lSG8dQDBblyPQUEsq3t8jPHHdQBct0xxVPU49O8sXMLgyR84VskVLqNyXliW8tmjDHg9RUN9Z2rWjLHaFflyGHU07CT1HzQXN1Ak0cbsu3LPvx+lZdj4UGvwPLqHmw2u47Yl4L+/0qF/HdrpNtDb3LyMyjDQxj5sfWm/8Lc01V2x6fcbR0GR0rWMJvVIxqVIrRsW++GWiRQO8U10jY+UZDEn0xVC7+E0VvYvcLqjb0TcQycH2p7fFa0mv4pG06XyI+cFhnPrW3B8Q9B1UpFLMbZSd0gnXrjsK3XtEcv7ts4qH4Wa1cW4nSSAKwyqsSDVd/hh4lUnbaxv9JBXrUfjXw052Jq9vnHrxV2LxHokwXy9UtTngfvAKn2s+w/ZwPEX+HPikDjTSR7OKrSeBPE0P3tInP+7g19A/2tpoAJv7bBOB+8FWlmicZWVCP94U/bS7B7GPc+cP+EM8Rhc/2Pdf980n/CHeI+n9j3X/AHxX0mHU/wAakf7wpfMTP+sU4/2hS9u+wexXc+av+EQ8Q9P7Huv++KT/AIRHxDj/AJBF3/3xX0o1zbqCzXESgcnLiq7anYD/AJf7Yj/rsP8AGn7d9g9iu583v4Z1yLl9Ku1Gcf6o1Wl06+gG6ayuUX1aI19K/wBsabnB1C1zjPMop5u7GQ/8fNs+evzqaftu6F7Fdz5eJZeCCuOMEYpcjHY19NXGjaTeL++srSUE5OUFZ8ngzw44w2k2wwMfKvSj267C9i+54bo3iXWNClD6ZfyweqBsofqDxXpWifGqVQkWt2AcdDPbnB+pU1uz+APDMw/5BqJ7oxFYOofCjS5husbue3YDo3zg01Viw9lJHoOj+OvDutyCK01BBKR9yX5T+tdH2zXztefDLXLX5rOaG5A5XB2NUlj4m8beE3VbhbkwjrHOpdcfXtVJp7Mlprc+haK898N/FjStVIg1NfsFyTgEnKN+PavQEdJUDxurowyGU5BoEOooooABRQKKAOK07wRoGmKNlkkjj+OTk1fln0fSUJeS2t1Az1ArwrU/iB4j1HIa9MCHosI249s1zktzNctunmkkb1ZiazVGT+JmntUvhR7/AHvxD8N2SbxeiU4yFjGSa5TUfjGoJXT9Pbg8GY8EV5NyOBnFL25q1RgiXWkdfqPxL8R3yGNblIEBODGvOD2rlLi8ubo7ri5llb1kcmoSeaOTWiilsZuTe4nQcUmMinBWYgAZPpWlYeHtW1V1WzsppSehC8fnTFZmXilHArvtO+EfiC7+a48q2UjIDtk109n8FrRFzeajK5/2FAqHVgupapSfQ8ZHXg0o6EV7e3wd0bGPtdx+lOi+Dei7std3LDPqKXtoFexkeH4BpDXvq/B/w3twWuW46+ZVWX4N6K3+ru7lB+Bpe2gHsZHhnFGM9a9q/wCFK6fj/kKTfXYKni+CulbcPqFwT7AUe2h3D2Mjw7HvSZ7V9AQfBvw3HgyPdS887nwDWnb/AAv8K26BfsHmcEZdic0OvAPYyPmz0oWNycqpP0FfUUPgXwzbDCaRb9MZIzWhD4f0iFSE022XJzxEOvrU/WI9ivYPqz5VjsrqX/V20z/7sZNbWj+Bte1z5rOyfYDgu/AH9a+nEtLaP7kES85+VBTJLKCVg6jy5B/FHwaTxHZDVBdzxKD4J600WZr23R89Bk8Vpab8HrOKfZq99MG6goMKfUZr1lprizRnmkWeMenysB/WqM/irQEgLXGoW8YH3kkYA/lWftpvYv2cFuYunfDHwvabZIYXdx0cyn+lbreH4UCmGWT5RgBmyK46/wDiT4Ts7jbbXM5ZHwTAp2//AFxVD/heVgFkDaXOSM7CCPm+vpScKk9ylUjB6M6eaw1Gx1D7RDEMEckHhqvxGO7Q3MI2zDh0rz+T46RtkJorY/25Ky5PjDcecJIdJhXn5vn6ip+rz7GqxUep6pF+7m3x/d/iHdamldWi8w/NC3DY/hrzjTfilpl7JuvIJbGfOMg7kYV1mn6vBKvnW1xFPbS8kK2cVnKnKO5tGpGa0ZsRJDG3lO4ZH4Sqt7paxqHgyNpyPaoIZFaUwDLwMcqSfmQ1rRO+zyp8Oh+7Iv8AWpaKUrMyBelWRLlcNnG71rXASdUkVyJF+64P86gu7COdfLccn7prNVL3Tdy/6yL9VqS2kzZcxyERXKgMejjoaz7zRoi5mMQkzwfU0tvqEco2MwcEc5qxFdm2/dyZeE9D3WgV2tDnF0dL3zDZyNG0bEMjVSliuLN/LuEK+/Y12jWcT5ntWGW796jmt0vFxOuSoxu70nYuMnbQ5RJ1K4BzUyMMdc0X2kXUM7SQqrRHuOKpJK8TlZFxj8qmxopF08e9NqNZ0bnPNOLCgq4hfHBpu/jjikZvWoyeeDRYCYSsR1waertj5uagTPfrUuOM0rAI2PSk+X+6AT3xTtp9aXZ+VMCJsjvmljBPaphGDjjFO246UDRDjFOC4zUgUU/yqBkWBn3owD8wP51IygDpTNvfv2oEQyCq8i8Zq22D2IqtKVwRmgRUkIxyR7VQmcZ5xVm4bBPes2Y4JJPPpRcViGZtx9hWl4Z0P+0r77RKMQxHI3dCaqWVjLqE4RAcdzXZ28C6Vpu8OcRjp2Y1UVczqTsrIj12+Gl2otkkDPJzyeQK5tC1ztQY2k/NUN3cy6peNcSDDMdqj0FaMFoYLmBe4HNbJaHK3qal3dx20aITjCgHFZsFtI95bgAneC7evNR3cnnTuWH/AOqtPTS8cbyk/M3yqPapL2NQ24KZdz5advemG4JjxFxxwPSmD7RcMFdgsS+lF/NZadZtI+EVVyWZsVI+hi3+oCK4TzmXAPXqK5jxJ41ECtbabMHkYYLqOEHtXO+I/Eh1G6b7KDHECec9a5onJzXXToX1kcVTEW0iOmleR2eRizMcknqai5zijGTSkbQDXWcT1AfKOtIeT6/WjknkYNAGelAhdvH9KXaMdPypAOaXp2pjFyemT+dSi9ul4F1OMdMSGoeCOtGMjpSC5ZXUr5R8t5cf9/DTBfXYz/pc/PX94ar5xS0BqPaeZvvzytn1c1GefX86XFHfmgBMDHc/WnrK4IId89iGNNzzS8+tMCz/AGjfbcC9uAOmBKaf/bGpgY/tC6x/11NVPYUEeoNKyC7L6a5qq426ldj/ALamrUPijXbd98WrXQ9QXz/OsWlB7Z5FKyHdnbWXxO162ULM0Fyo/wCeiYP5it62+LEEhC3+nHa3DGM7v0NeWelL3qXTi+g1OS6nsEl14D8TLhxBDOTwxBif/CtDTbTWvDZEuhagL7T9ufsszZyP9k14eTu/Crlnquoaeym1vJ4sdlc4/KpdNrZlc6e6PpvRPFthrBED7rW+HDW0w2tn29a36+b7bxwl+Io9dt1LIflvLcbZE967zRvGWr6ciSGQa1pJxiWP/XRj3FF2tw0ex6oKKy9E8RaXr8Hm2Fyrkfejbhl+oopgfJ/WjtWtonh3UdeulhsoWYE4MmPlX6mvY/Dfwr0zToVk1NReXB5KsPlU+1VKajuTGDlseJW2mX16R9mtZZc9Nik10Nj8OPEl8qsLPy0IzmQ4r6AjtLSxj2QwxQoOyqABVafXtLtTie/gjIODucdax9u3sjZUV1Z5hYfBq4fBvr9F55WJe34109l8KdBtwvniW4YDkscA/gKt3vxM8NWZYfbfOYf8813Zrmr/AONNopP2DTpZQDw0h25qb1ZDtTid1a+EdCshiHTYB9Vya2IYordAsUaIo7KMV4Nf/FnxDdMTAsNqhBGFGc+/Nc9deMPEF626bVbnOAPkbb/Kn7Kb3Ye1itkfS1xq1jacXF1DEcZAZwK5bVvif4b00hRdC5c87YRnFfPlxdXFw++e4klbrl2JqEY5NUsOurJdd9D2ib4zadu/dafcFQeSxAyKZB8aLHzD5unThexVga8a60VXsYEe1ke7r8Y9AKAtDdK3ddlDfGTQNvEF1nHTZ+leEdKXij2EB+2me8w/GHw42DILmME45jzitSL4peFXxuvzHx/Ehr5x75pQfyo9hAPbSPoyT4reFI2IF8XwM5VDzVG4+Mvh2NsQx3MxzgkR4rwEcH0Bo6ij2EA9tI9nu/jhbhcWulSMeeXcAD0rCuPjXrsjD7PZ2sQA5Byea8196CKfsoLoS6kn1Ozuvir4quXZhdxwg9o0AxWY/j3xRIzMdYuELHJ2nArnsYoxVqEV0J5n3L9xr2r3WfO1O6fPrIaoOzSkeYxcgcbjnFJg0mOeaaFcACOM5p27seKSjHNMBcZHHWgZFAUk8HtSg460AJ15FWbW+ubGUSW08kTf7JxUAAJxS7DngE/hSsNXWx2+n/Ee7SMRahCJiCMSxna34+td9oHj7TdQXyWmVGPRHOK8K8tupRv++TSKeQQcY71jKhF7aG0cRNb6n1Jb30ciAE74z0b0q+FRhngnsa+Z9K8V6xo4xbXTMh6xyHINdzoHxXSOQR6nCyoT96M5xXNOhJbanZTxEJbux6Ze6THOTJERFNn7w6Gsu7S9tBg4IHX0NW9N8TaVq8O+zv4JQRkpuAYfhV0yLIQcCSJuoPasLM6Lp9TBi1GddrWZ/er9+FzjI9q37K/ivVBUbJB95G6iql1odtdQn7MWRuxBwRWOY77TNqyq023gP0b/AOvRoCutjr2RWGCAR3FZN9oyFH8qMbXOWX/CobHW2kBSR1LduMH8a1I7qQYYASoeo7ikgvoYI0+0abyHjKADO4VK/h3cA0FwTnpmtR5bO+fcvyTR9UYYNOmh8yJTC/lzL6HinoJNo5+XQb1FJVVfHoay5IbiE4eBxjvtrqTc3Vqr+YpkYdCOM1atrtbjar4Ut2cUrGimzilmGSCMN6GpUcE811OoaXFclCyIWB4IHSsi80KeFfMgXPqnr9KmxamnuUsgDBp6lT2qn5jRnDKwPoRyKsRTDGKC0TgccUYOeaRDk81McdutIoRQM5NSHb9aZgUZwaQCHnnpUZGee1LvyxGKZI+Tj0piIJDk5HC1SnbqB6d6tSyKcj0rNml3ucdKGwsVZ5NoPOfejT9Lm1GXcVIQdWrQ0zRJNSuOVIjHJrsba0hto0RFCoo7d6Eu5Mn2M6z0qO3QRQAKR8zk+nrWBq2oiR2t4m3IhPPY1f13XtplsrZsyScOy/wj0rmd8UcZDHDH+dbwWlzjnLUnsEDyhiOM5rSuZ/8ATSBx5YAz9azrGQQWzM2MAZNFnP5rfbrohYAflX+/VMSL6CJ/OuJ8hQuVH941b0tJFh8xyCCOPaoQjaxNujhZgfuqOB9TXQaZ4e8qFVumLHOSoPFR5FOSRzGt+JYdPiENsklzcNkBIlzzXC3uneLPE8ys1hceUeVUjaB+de7xadZWiHybeKMZ3HCjr61FJePM5isQsj9Gcn5V/wAa1p2jrY56k3PS9keKL8MdaVEe6eCEv0j3ZY+2K6LSPgyskQm1S+kUtyIoxjA9zXpkUdnaHz7u5jeZRzK7Dj/CsHXPiJomnOYI76N5MfM8Z3Bf/r1r7SctEYckFuVR8OvC1oRBHYG4nYfKruT+JrQsPh/4fskLtp8TyuMHd8wHsK5P/hbmj2BIt7W4un53SthS3vWDd/GTW5c/ZrO2hzwCctiny1GLmpo9TfwtoZds6XbEt1+Qc1BL4N8PTff0q3HGPlXFeQf8LR8UFiTPFjOf9WKs2vxW8QQuTKltMp7MuKPZ1O4vaQPQp/hn4alHFo8Z/wBhzWe/wi0Vy3l3NymenIOKwYfjHdCQefpke3vsfn8K3LP4waO4xPa3ER9AAaEqqHemyFvgzYn7mpzL9UBpD8GLXHGqyZ94620+KnhfaGNzKM9R5RyKR/iv4XXpNO3HaI0uaqO1Mwv+FLWuP+QtLn/rmKjT4LxM/wDyGG2/9cua2n+Lnhvt9qJxx+74pE+Lnh3bki4U+mynzVRWpkEHwa0hSDNfXTeoGBV+L4S+GEVRJFPIQOSZDz71A3xh8OhQQl02f7sfSs+f416crFYNKuZADwWcLkUfvWP92jePwr8LEY+xyY9pTUEnwm8MOMJFPH7rJXOH42/N8ujZX0MtWIfjba5YTaPKBnjbIDRasF6RsJ8IPDi/x3ZGT/y0q3B8LPC8PW2lk74kkNYw+NelBcnTbktkcZFUbr43LyLbSOcHBeTv2o5awXpHbQ+AvDEDZj0eAHJPOT1q1F4T0CAfu9JtRxgfuwa8muvjNr0uRDaWcIPTgnFZc3xR8VyptF6kfukQB/Oj2VR7sXtIdEe2TeFdClB36Ta5PfyxWJefDXwxcrgWJhIB+aNyOteOSeOvE8siu2s3G5RgcirVv8R/FFuw/wCJiZhnJEqA5pqlUXUXtIPdHZX/AMHYCxbTtTaPJ4SdM4/EVymo/DXxJYFylqt1GvO+Fs5H0rW0/wCMGowhY76xhnC9WQ7WNdZpfxW0G9l2XJmsmzwZFyv4kU/3sfMX7tnjNzpt/Yti7s54MHH7xCBUmmave6TcieyuHifvg8N7Ed6+hItb0HV4tqXtpOHGQrsDn8DXO678ONE1SNpbRBZXBBIeL7hPqRR7ZbSQez6xZx2n+KdL1G5R70NpeojpeWxIBP8AtUVzWu+FtU8PzkXUReAnCzxglG/woq+VPZk8zW6PpjTdIsdHtEtrKBIkAGdo6/WsjxN4y0zw1bM1xIHm/hhU/MfwrlvGHxUttOLWmjFLm4wMydUUY/U14zf39zqd5Jd3kzSzyHJZj+g9qyhSctZGs6qjpE6TxJ4/1fxDIR5ptrYdI4jjP1Nco8kkp3SSM7HuxzTccUmDzXQoqKsjncm9wxxgU3OKkCFuAD+VI0bqclT+VUITI6UnSrNvpt7dttt7eSQnpsUmut0n4X+ItT5eAWqZwTMcEH6Um0txqLZxHpmivaLD4LWwjDX9+7SY5WNcAGt61+FHhm2xvt3mOc/O36Vk60EaKjJnz1kDvxUsVrcTHEcMjk9Aqk5r6Wg8E+HLcgppcBIGPmXPFa8Gl2FuAIrOBMdNqAVP1hdEUqD6s+Xh4d1lkDjTbraRkHyzzVWbTr23/wBdazR/7yEV9aFF6cfSqdzaW84IlhicHqCoNSsR5Few8z5O53YPWl74r6SufBXhy9yJtKtxnug2n9Kii+GHhTeGGn59i5Iq1Xj1I9jI+culHevpYfDTwoBj+y0/76NNf4a+FXYn+zEH0Y0e3gHsJHzYODR3xX0iPhh4Ux/yDz/32atW/wAPPC0OMaVE2OPn5o9vEPYyPmeOGScgRRs5JwNq55rWsfC2uagwW30yd8nGdmOfxr6ettE0uzBFvYW0ef7sYq8qKn3VA+gqXiOyKVDuz5vtfhT4pudrfY1iVv8Ano4GK2LX4K6xNzc3cEPy9Blua96pjSRqMl1Hfk1Dry6FqjE8ei+BqbQZdYYMR0EfQ/4VqW3wT0aMN517cS5xjoMetd9Pruk2wzNqFsoxnmQVkXXxC8L2ZIfVYWYLuwnzZFL2lV7ByQRnw/CbwrEObV3P+1IasL8MfCqdNNXrkfMeKpXPxe8LW5by55ZsDPyR9ay5vjdoyqfJsblz/tYFO1VhemjqD8PPCzJtOlRYznIyDmnW/g/T9PaMW9hbS28ZJVZEG9Qeoz3rhp/jnbjiHSZWHqzgVSk+OVwZWMOkqI/4Q0mT+NHJVF7SmesQ2ejSfuW0+3jIGAkkQHX0rPvPAHh25ZpI9PghkZdpKpwR9K82l+N0k8G19FjLZ7vkYoX40GLaYLGVNp5jZsqRT9nU6B7SDPQW8FaIgEdxoNvMrKFeSMenfHrUQ8B+Db2SRF0+IPt2lQSpHuK5SL47W24ibRpgM8FZB0ok+NekzgCTSJ855IIzj1zRy1Q56Z1g+F/hdJDJHZsjbduVkIx7/WtC18JwWO0Wt3cqqjG133A/nXnv/C5re3Ea2NnL5e750nOePY1s2/xs0CTHn2d5A3fgMP0pSp1HuVGpBbHaLp1xb8xuGPfNQz+ZgC4tyR/eA6VgwfFzwpMoJupU+bBDRnj3q3/wsvwo6Mw1NCFbaQVP+cVi6UuxvGuh1xpkMx8+3ADDrt61RS+kil8l0J54kXt9a1I/GHhW5LhdVtVZBlstj/8AXRImiXrh7XU4BI4yNsgINS4vsUqsX1B0E0AZ1Ei/3161CsbpG0lvMZiP4T96rEFu0HzQXUEqHjAYdaSS0hMnmcwy9CVPFRZmqlFj0v4WiC3C7HPHI4zVSVTHKCgLjrheaka2kUbXHnrnqeorXtbSG0hDY+Y9zQJu2pjR29yHSVGmj5ztbkGtFLl3jIfAYfrV95FR1VlOG6GqGpwGKJriJQSvJX1oQvaX3M++s7W+UmVSHI4I4IrlpI5LaVo2zgHhsda3J5ruZUKwrsI+9npUqLb3FoUuUAbp70NNmkJ8pixPuA5q2hB61lH/AEe5aPnAPBPpV2GXis7HSndFv+KkJweaapzzQ2AKBXI24qvK/wApwPlHU06djVa3lVLnbJzG/wAp9qBleRtxOO9XtL0pJ7lGm+UZxzVrRtKa4vWZgDFEec963s2sd8TIAkaDvxk00jOc9LInSCOFH8kAKBg4HJrntV10p5trHtVtvLDt7fWqviPxfFZPJDYyqzuOcHIWuCn1WSQEoWZjkkitYU29TnnVSVjTmngty83WRhgjNZUlx5su1Mlz6dhVHez5lllVfRSaSPV7WyJ3MDk5JTk1vys5XNI2lN1Iv2YRszn+BerV0ujeEbqVY5tUl8mNfuw+g964lfiEumq66Xp6eYw/185ywNc9qvi3WtZctd30m0nOxDtUfTFWqUmRKulse6z+JPDXh+MxvewgoOVQ7j+lc3qPxh0uBWWxtpbh+gJG0CvFCc+/1pOhrRYeK3MXXk9jttd+Jmt6zG0Eeyztz1Ef3mHuawpvFWtSIFbUZwoXaArY4rE3E0oWtIwitkZOUnuTS395OWMt1M2eu5yc1CvHSlxQBmrEHelA5NG0nip4bO4nYJFDJIx6BVJzSAhA7Utb1p4L8Q3oDQ6VcMpAOSMcevNWJfh/4kiGTpshHfGDS5kPlZzHfmg+oq9daRf2IP2m0nj5xlkNUiO1O4rMbmlz6ikwRRTAPeigUuB7mgBM00+ualEbOPlGce1J5En9xvyoDUZxSjpTvKcclDj3FM49aAHUmfag0de/SgAoJ4pyxu5wisx/2RmtS08M61f822m3LrjOfLIpbBZmTxiiu4s/hL4nuz88EVuucZlk5+uBWunwU1XYC+o2ysewBOKnniupShJ9DzAj1o3V6Vc/BrV0H7i/tZD3yCK56/8Ah14m0/LNpxmQAktCwajni+oOEl0OVGVbcODWvp3iXWdL2i1v50VW3BWbcufoapz6Zf2rFZ7OeMg8h4yMVVzgkdx2qtGTqj1nQ/iPZ6qqWGuW8cbyfIZMZjkz6jtRXk4GaKzdNdC1UZMemBSUUVqQhQM8da7Twh8PNQ8RyRzzKbex6+Yw+9jtRRWdSTjG6LpxUpWZ7LpngTQtJtxHDYxuQd26QAnNTS+H9KDfPp9t+KCiiuLmk92dnKlsaFlY2dsgW3toox/sqBWgMDqQPxoopDSKt1qNnaKWuLmKMDuzgVxmp/Fbw5YOyRSvdNtyPKXg+2fWiitaMFPcyqTcVocpefGqUswtNMXGflMjdvw71jS/GDxE4xHHbR+4XNFFdPsYLoc/tZ9zKvPiR4nuxh9Q8sZz+6XBrNbxf4gY7jqtxn/eooqlFLoS5M0bP4j+JrWRXN/5oXHyyKCDXYaZ8amiCrqOmE56vC39DRRUunF7oaqSXU2f+F2aLsH+hXRY9QAKiPxu0rHGn3XTviiil7CBXtpkf/C79O7aXcH/AIEBQPjjY850m4Hp84ooo9hAPayIJvjmmweRpDhsc75BWXefG3WJQwtbG3hB+6zEsRRRT9lBdBOpLuc/efE3xVfBh/aBhBPSJQMe1YE+uavcKBNqd1JgkjMp4zRRVqKWxLk3uUGeRvvOzcdzmm9uvSiimICOKMUUUAIRSZxRRSAACaXNFFAB2ppxRRTAORThJzk0UUALuVu2M0bcHOaKKADc3oMULI6/ddk+hxRRQBNHfXUQ2pczKM5wJD1q2uvasCSNRuckYJ8w0UUrDu0WovGXiCB0K6pP8g4BbIrWg+J/iiBMfbllGc4kjBooqXCL3Q1OXc21+NOsNCsc9haSMP4xkZ/CtiL402kttsu9JmV8YJRwRRRUOjTfQtVZ9ySy+Kfh50Ec8dxCQOu3Ipknjzw7Ldj7PdyxjP33XiiiodCK2NViJsfq2vaLcSRy22oxSN0bnFJbalaPjbcxY92xiiiuSrBJnfQqya1NOG4iI+WeI8/3xUrTR7eZV/OiisTouVrmZB/GvPvVMurfxLn0zRRStqVfQ0n1a40OxmjR42faGzvB5NcTrfi2fUnxLcpFgfMEPU0UV20qcTzK9SVznTqVorsXleQn0FVJ9cBUrbRbB6seaKK6eVHG5yMqS8llYlnJqAtk80UVdkiG2xuSaXbxk0UUxCE+gzSpDJKQFVmPYAdaKKBGpZeGtYv8fZtNuJFPGQmAPzrorP4W+J7vaWtY4FIzmR/0oorOc2tjaMEzobP4KXbNm81KJF4IEa5+tdDa/BnQY2zcT3M3/Agooorkdeb6nQqUToLL4b+F7Mhl02N2HeRt1dBb6VY2iqtvaQRAHI2oBg0UUnOT3ZSilsieQxqPm2gemaozXFshIM0Y/wCBCiip3BleRYbhPmEboemQDWNdeC/D+oMWm06EE90G0/pRRVptbE2T3K4+F/hVh/x4nP8A10NWIvhn4WjAzpyuR03uTRRQ6k+4ckexpQ+C/D0KbU0m1xnPKg1IPDGiIcrpdoMekYoopKcu4+VEsei6XFgR2FquARxGvGak+wWY6Wtv/wB8LRRRzMLIibSdOlGHsrZgeoMa1n3Hgfw3fcy6RbA5zlBt/lRRQpNdR8qK6fDDworbjpgb2MhxV+38B+GYGzHpFsCMdRnp0oooc5Pdhyx7GvDo2m2+3yrC1TacgrGvBq3sVPuhR24oopNsdkNdlQZdlUepIrCvfGHh6xOLjV7VSOwfJ/SiitKcFJ6mc5OK0Meb4keFEP8AyFUOSB8qk1atfGPh69bEGqQE4zgnbx+NFFbSoxSMlVkzTWWzulG14JR1xkNWPqvgfw9q6N52nQK5B/eRDawJ78UUVzvR6Gy95annPiP4S3dirXGjTG5jH/LGQ/OB9e9FFFbwqSsZypxuf//Z</ProfileImage>
           <LastName>Wenger</LastName>
           <Phone>+41 41 784 44 32</Phone>
           <Department>Bau und Planung</Department>
           <Function>Leiter Bau und Planung</Function>
           <Description>Bau und Planung</Description>
           <Alias>Herr</Alias>
           <Email>jean-claude.wenger@huenenberg.ch</Email>
           <Salutation>Herr</Salutation>
           <QRCode>/9j/4AAQSkZJRgABAQEAAAAAAAD/7gAOQWRvYmUAZAAAAAAB/9sAQwABAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAgICAgICAgICAgIDAwMDAwMDAwMD/9sAQwEBAQEBAQECAQECAgIBAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAEQgAjACMAwERAAIRAQMRAf/EAB8AAAIDAQEBAAMBAAAAAAAAAAgJBgcKBQQCAAEDC//EADwQAAEEAgECBQQBBAEBBAsAAAcEBQYIAgMBFgkTFBUXGAAREhkjISIkJQoaMTNDJkFhMkJiRFRFqGkq/8QAHAEBAAMAAwEBAAAAAAAAAAAAAAYHCAQFCQID/8QALREAAQQBAwMCBgIDAQAAAAAAAQACAwQREgUGIRMHMRRBIkIVFwgyFlFhIzP/2gAMAwEAAhEDEQA/ANVl27tT4Gz59gsFfQ8MY0MQ7GjWYzEa4yRiA0tbSQCMrFw8hkNHotWNkmfJE+yVsUZqVOajyyVP4f8AZzzllljd/jbxttXJtqi3Pc4twu3Lu4SU6lSnJXge50FcWZ5pp7IdGyNkbmhrQ3U52evoDQ3k/wAobtxbdptp2qXbqNSjt0V23cuxWLDGssWHVYIYYKrmyvkfK0lzidLW4/2oRT+7hsMhdhzRJp0By6HyTXovGOFy0RissC585dxKUYoNnRmcWsoSx6XeX2r3ZZjjz5TVznlpwzxy5w54/Ln+RvHPG+McbtXKdTdaPIKG6Vqs0NqzVssLLNWWy1zXVomNzpYz6jjJBGfTrfGXk3lHK+UVKN63tF/je4bTatwzVKtuq8Pq24armubale7Gp7/oGcAg49VtGnv3WqJvbcQ267flL4yRTI6TBk0uwlwMcAsvMhKM35ziiaITskA8DStuLepSSlK95bUzXzqRODAoaM1Tjr4T5Y480CtFq4KYd1aydoyFQNnbixUWaRArQ0larcpB2HjFrMsMOccn0paGoQ6wUrKbyVa3RqMxpl26XaezxoURFU7tuGrSp05vjRozIgVtt/yJr8UnJXcuai9SqJqREEyO7immZRedzgG+JK9LXOdMEPljtGiPLcH+0sT0OCRlVvmQ60I8WhBlzsWbk2txRbsCLlC//kCdyq4B8Ow6oZV4PmUWIatj02BQrkCNTQLIW7JpzEccsSSJG3lAixBYYRvBSgumEcRNkWwSuWxWlS5cKd+Ojf4xF4CF/wAm6WOklDedKCeIL7uza3CjWd6vCKhd2oscp1y3eH8gp8HpzIZG4Q2FQ7DHjxGRG8Nbwsb8d2HCrar5xy55ImC2X7jPdHlNoSaDqaDWoITQi6DjNXH49eSRa2go2SlksaoQQSK8BiLbDSGHjUNQsKJc5LnZ2yb3NBvcYc6odarBVxzpTkRVNnduTRuDzJHIBXJzQRYrXAmlkPPwci0nZIjeuUVjZ2RLaDdWyJO6SWSZiHjPMZWw4w91XLHZDNmt/wBKtiVOidMo3/REHoj76xcsUmv9mIwRAuC/SwB6JXuqNkSopOpI4yHhW3vDsbNtr4nKtdcnoVx6ISLHWqh6HLqnFzYF2vlVxsU6E+oiHiif/I1szfUrVXr5DqPbRDMnSQgBxtUZC/JNMVE28cT6Kcub1uB7PI10Xc9k4LGzfg8j1ozc31wdWBMq3J0zlho2qNZEfDr3gphaG0udEaDD/TADKvFjYUcTjeCAToQRaM6NMhmWDsxtNVCMtBVhznqcmSAKdGp2im/Nua1C/FUqyyToFeGRFUdsO7Le8DEKv2uBVpaJyMOCAnGBpkM2F5PC7AWcoi3uUdORih5fJj+wDWmotHRcYdjS2cFLNVlL21zSujOqVN+vNTtIgZsn/wAhW7fbwSmdmtEPa62iky6L8ymvUsp5DCI3h9iFkt9TjYRsyXyUvJRZhLkPzGTEDiyoIskdmmQp9kZV57d34uCHLEiI8bd+y4KWEL25x7e0xuU8QQEQw9kC0VS92+I1ifo6QkkDddjEKm2XqCE6TqZBtYUEUblDK1P7o75uzC8qsUqVOl36UhEYEn7kNshIXsRdJogB7AwWSdumR2Wh1m67L8l4ybzSKx8UJxMl83iCYizmTRsHlzJoY0sDUrFaPFyUJ3XUmcnLZp24o5DxHaa+/cr2zYrZe2rd3CvA8sIDgyaZkbi0kEAgOJBIIz6gqNc03izx3h27cgphjrlHbbNhgeCWF8ML5GhwBaS0loBAIOPQhcRv7iFpeSC0B/g60pfD6ugDOREwK3gazMXzftTqKkhm0Q9KWc5m9wdqeV0JVflpVbON2jBR9sMtfOXHOv60ZN4k4R9pk5B9r5HHxVtp9c3Re26TQW2TUMpq9lkzmNmHVow4t6g46rM9fzJzt28R8dO68Zl5W6oyx7H2G5xl4fVbcEQtd58DXmBw0uJLdeGkZ6JrHyujXwr+aPTbr0x8evf7o/zOj1nynQ/WXTHnvD8r53xP8TzH4eF+X8n4/j/T6oz+i3PyN+Ou9H7z7t7Hu4OjPe7Xc0+uMfPpzn4Zyr//AL7U/Gn5J7EntPtHvuzka8dnu9rV/HOfk1Yx9WMJafdMGfEOfC7ZAxLavp6jS0GBIPFdTYYsGcVaWJ+hpvkUwiK9M8B2Cyl5xSuUpljYnw+23D8tmPOOzHjV+XPNheO/I/G+Lcaq1LlrdaXIaG6WbUMtWtVstLLNWKs5rm2ZWNzpY/6TjIIOfSs/JnjLlPK+U3L1GptF/je4bTVqTQ27Vuq8Pq25rTXNfVie7Gp7PrGcEEY9VP23MweoLXNdLig+VZicIklCipGqnV+BVorP4T06t5pMAoL+2TMZe2QuOkCFtCrRjtV6VqZz0K+danXpxw8vns/D58keRuOco45ZpUrW63uQXt1rW5prVarWYGVqstZrWtrSvbq0vZ9IB0kk59frxj4y5RxTlFS/eqbRt/HNv2i3UhhqWrdp5fatw2nOc61Ex2nUx/1nGQAMelX9tO0wdqSyTbtvo3GumzMrthAiVZLUTpr3VSld064FWG5DmjvI7KlYYI/z6USR/OSeRJ5NI3xU2SCNNy5O4tu9eu/g00KtEIb+6DR+Z9r6qFZXJ8M0jDYh02uUwudE6jrEne7gmdnL0KONgJzuLJ4dMhgUpGgFpd/GDszOulS1rkEbbkMhc8dD6m0I9RFXD3fAK9wxBUZZW6sZald0ITBBaHIfAHR5crxTgHC6DbUW65kpeq83OlayvUq5kA2d2/AczNzU75ZMnhpXa3vNpxQJFO0iEmmUnFrS/wAHa7ylOeCeGsVRrGRyt6Cwk5m3b/F7i5u3cfkaieQpoItGXiTEmYw/NiVydeqb35u4QopcnyaUenNpSIl3BFMKyD6j42MM8R1D7ctw7OScimfuVNlST3Xq1BuCjNNhaEXsf4AqCQyUxM7wWTv0FbG+Zp9RFdHJNoeEKRU37kmt33bd2vQRaIqsV9IIHTk/uCARmi/cfrjOXBx9gQA/SBTZC0ovhaoStgonKMP2BsO3qyg4OGNpUsjj0jiKqVIovph6h1dNG1S6Z+mqCITqhj22MnOfRgJs3Fu3hceQShIUCbWywsNYTQXAzW2eu+x8MY9r0OiHGyeJK9AqvPK1tZxiiiLqxYkVg50bpYhadzO2J9ZFWh0jBuoZUtRYuK1cT0GZANTkRO/k45HIGRZDxYw3dwSXgmwsbK2UvV5ONp3GR09neEgaolPsnWMNKx0Rq0fCZSn1KNJEFEoujT24NtxxyfzvC9I6FFPl0lFiLBRO6OAHKx8BQh5hqW5Egt1GjTcWERqaxoskmEnYtLQ4MQqedjgyRFYvbOfMbSL+5cKIhnYjtqlENw3sKAeFW7sgsCd/yG9yswl8pwGJ1RDMuD1PKo2rnGyV2LY3hCdk61TLEGxzjTZ0rLt+WClwzVq0PJFbNJZq8k7is9GLHXLILobijGR9MwHzbibSvN1CUIKsOTzooMhtB+h3IAStzOCvPpQ2PoZjpKyfWRxGOpQqWqGBZo0s20ibyMBxCAkGRD2trZiOqE0yrZX/ALULzPzLMZxPWCBFaUyq7pFYYwMMJPGx7vkM+aonIIbrcInHHdLixPz88bEDprSIFSjfyRLZMySw/wDx43HcQyk9kI71jLhNsEZQmJRXIHGJVbAFu5EdZogCUOf3thdozJPZ9bVOUy13ksU4ZFMYzmOtNxk3rM0qZw1kU/r7YShAAfLbqGvuWUakTZb+vsvrfNH1TPDSyaG9ugcQIyWv5IHwwaw1mNhXmQpaXHbXKh7GOEEOg7a1pc47wv2LFSfXIeI7vBx/le2b9aa99WluFed7WAF5ZFKyRwaCWguIaQ0EgZ9SPVRrmey2OScP3Xj1NzGW7222a8bnkhgfNC+NpcQHENDnAuIBIGcA+iZ+LK8zIlGBeTB4PaBT2zIihY2gsom7bai06dax5yCtkYbB+7OMBUDFDEM98iBshbXPRr1JturnSqxz2c47+M/x0XL5Z4TNtEvGW7xyRnFpbT5jW+27af52TbLRMbHdx3SeurOOnp0WZofDvPIN4i5Qdl4w7lkVRkAtfc9z69uq2m15gFfs57LQMacZ6+vVNc+MU2/WH8RfX4Z1/wDEr2V6k9VXdB9Se33TPqvrHpXqPTvnf5PH8n4vg/3eF9/7fqqf7xtP5l/IWif7L9995o0t73a7/cxp16NenpjXjP1Y6q4/6LvP4U/Heuv99+w+y1andnu9jt51aNfb1fHt6sddOeiW53biNaaR2hElVxI0k1/D5VFD2gNitLF5GMa4DAJTPTOIzaAjWKsVK0ikPTNeiACNz2QGN6FzI6xOZIkrwv8AVki1M251SrbWXeUFSgTSyS8Dz/uvz55p6ylr2VsERA/HXdkL5/EUDTylgDVciyO1GMulljNkNgEWbW2OGaOoEMFjccjfDMpb96t+bFOgilXbF7slvank8/U3p/TyAHmFF8mPF7K6JoiIp5V9omdd48j0v56VBAVE9+kklUx8lCoSb2wdo0qpfuQSXHdlly8c5eSwInC9gw1HRttbaCrbcRiZO64bBwVLTP0SO9WTUEnSjtiy8WYwRWquCx3Jqxsa31C9RouvMk38p0iHl5408uKbw0+zn7kStr8VwPt94peZ7UdweniWOigOyuw0t2CQ9CY/EW+u0DR+ek7BjjUEGBXWyoF1oCvDJsVD2Kvqd9cInslrpmsdXLjPnnQRCbET6i7icsMMYqv2+bXwi2PcPqmGRWuPhDM7BzVyFiuq0nBrY/HyPolIQiidljDI+1d1Nylz3yrYhwkWzah8XhZtx08ETk3+Bdsq+caiXbFLrIykQzhcoVnfNtwk5nGlTyVcEp28eHdmtlautekysko3nBgmrwKWh/W7Izm+6yLi5oPSlWP46tm0iGbvN7BXFjd2+apduEk0Sj1YWxviAoJSwY2JDiUtKdQfMM4sq+hMh60JJ/PSN98lh+uQt6Le16druSFWlEn3bF6rQizIjabbxbbNxfvRCxzrFsrbSaJRKXtiSrywYzIG3yuobrj4l6RNk8HD6Qk+vKOzywauCr3Fpj22BPTwtVOevDXxvzTbcdhEMaipNVrSA+pE6iYMsLaG9YwtC+wCzl0pbFX2nEiHRQD4paj8zTi8Gs8j96UugsG4tVx5PimULY5lINzbqSIV+lQq06uCK/1cj7jt4hhcLuAwe11nosF66T2Kj8XCuhZTYt0VuexVlbyAMLZvgGhrVGCbIBk7HspRlqfoOqWZyTBuaV+3Xng7854q8CKDxcfouzRWZbVa2kyhOcYN1hxUJ5DFg9aoMVkcZ1V2Wz8XJOblEkBErAiEScTUxyF+kI6KihJyiw3DaH469mDdrT7V/BEZdZyH26bFM5xB/caqPT8NRVOZV2kZECSqY/GwyVxNXZwmQNps9ylVI3rJIJZx8X3JBwPEbw74KSBDclcgjujaz4bNmsiEiUVbLFHIgX0oLP8AbC2o8oRO31YH6R3OgUyGlXZfgpRsqWlbIESLPYzD4VYkvV/sE1cydKliK5UqnG70lmaEaNwz1KFBEOE9mBkv3b947XcIGdb61CCwtM2nBmsLA6WmcoSvc8F93ClgbxDFsn0TJqeJjaOtlzHF/wBMmcnbRuSRqWNOLM55YunP4/RF1DeIO5aLh5ZTtHhEHE86iah7y9W/CxTRWNHHFl4UGEGCx27b+IrTaYpt3uTiLijX+QOT1FUTOoe3/VuToUXpqjdq27SKZyntz2YtzK603ttd3PzeKrO2ChWuudFmOOVKN4Vk4HOkUHD+4ExqmQ2mry9zf0WZDAQT3Yu459G5kT49YOaLfilUaUe0i0FfHBp/QJ8VuuCJ6L+uD2e9wfj0TvdD0/2a6c6l+MX293OrvB/m6T+3rXmP8X/vvoiFju2679Euy0sC1f7WuTdVtRUZp1WGplXkWBSdXVnDaXZGXRuvno43WOiMbFCiFOaPSnTO3HXzc5NbWzuCvQk438pst5EpEngmsPbxXBeC9r0bjGWmJg0h5HbKstrIQFyw02AL0zFWmYQyvzoUZxsLUwDdqpnEN7hJ0TVBnFpG+xvYnjFY76VepqTLCIDu4tSufDq5FYr908sIQHgaRitIesBoOI+TcMBgPTYM5yQ59aggVzBK9AxhMasYcC7ekkC6BL9MMgu9Lt8shQqs1K7RyROtPMRucXAZR8QGbuCOoE5u8xymV2GsTCRDXiCY2ZhqpbMChXmAoZWwQtlIDBchrAsdjSLc3adLPAeWJie9OT7uU+RTuJEtKnpO7YTTtI1kM6SK7evVk2FqrXI5dT6RTqF2HS53zTyIPcRO4FfZTOgNVEET6xux72tLEmDCh4j7Y5pnPjQpQaNSLftIirvzbAPdvcTke2dRK5OdNrClGDj7t87UZOXPksKVTS7vdYQWGGCz6uzzIihUVlBE8rQOuqVjrDuH18cX96071qXNYsct2BFQh8GRCJoZqBPwZaWNHUhW4YXyk1l7yiKtYSZoCHTulbR9BaPieNs0xFUDmFVK5QCZkCZa9k9HcXZJly0Ya1efG5U3INacirTmdUiOMErqMaMyaS/tkYSuynjMny+rNbeEpxMbRKFVTCsN3NgkrW4AxtehzWpnciI1NzWl1MzhpZkz2oyylCtVxyRWIU6kdxuv8pfrBJ21Y9uNf+6yssFcOwttpgydHWpHgqL0+eaan9tahSrI0pFAtr/ANkr3y2ORdjYFWvXLkOhsZHbhL4SAiPutcvq+z2YIpZIbeZkJ0kteTBJSef5YS3lHNJre5vF5GWkAEy+mkEJTnRh7kMRpa3RiRsOxcz5tLsnVt2hRv5deNyfSRc6tPdQndnyHEasduifoojCGEeV5hcifWEAigdSdnYzSOUD/AGvu2QIVnAm4Jw8vU2K7GiYl0PZN+6KuDhNlfOxKt1okezSRLuJ1nqsV2shN2rR2lX2Pg+Yt0wrLZs69zYrmw2mdNLRvGHspEINhttZidZvCEu0rH06a+Ic5Nmxlb1cqkOOneuRJ9OzfoIipGFZe2JNO3xZO8qmvZfmPa4kDQzH6U1kMZTJGq3gUOdP25wrcKUECWaCu88v4zk8IkUoW5JZJNcMG7Xm3J0CPyWPGCciAahM2tBegozNj2IZ93UxPaOvNeLW3v0TAlFivyeq50GJLLJIzENXchc8DppaCy5aYIz6ojw2bWxkUPylFqcFyRDwoUayIwKTWPoJJrVraGtLQ4RuRuWkl179JfDOdocPw7X0nTTXYEsVgr9YyOynWcp/dmdWBZGeSTJROVyFobH1ulLaxSTcy6W7BwIjjNpmHsvhuIQ7WAfKWq7cqYKtVRulEzGWn1lfK0VcHU5kCVyFFsCtKio/zWOL3mMEOZN+ycDJbKJgmz0Klid0xVJm7dyRDsnpFaLuS2fA1gp7ZmBzbt59vLiXQJmNuo1lgcyWwMmbYlNt7pLIqmG7Uy4o9dZTW/qhri+ue9pkEoY4psUrsnDY478lRFoc91zh+nn3n+Uwp+Qfwh67+YnSbv7Ne5Xtj6r739Ge1PrfQ3rP+08j0Z5jyv9npf5fwfREubvN3HBus9MNKZ9XYkyEvI4nWiSA+y0NQuDnExe5XPsS81Zl8eLLugiDikg4mkMZYdiKTNi50RaiawuKuL6N6Dco85iRZ7bihLaEav7pJZjtTUlDTNFCUcIfPZZBQGkqgQbOCscmOUw2NzusJglWyToqznlyTs7MpjEC3oJk/EGLKHKSNeeLcg38fREQ6azS8/AI8EVvmhfHfcPsHBmceXHbLdYPcEEy4q1exeCul7YdTK2z5NE5MfG2wL0QFEKkg/j8gWuTK1TJLuVpFGDrp07yKOzwA1BBNVBZbbu7aTNdbuG13jqhwmHbdjZpayIO64CUpSdfuE8dnQSSQiZSCsQSjgvmcY8L1zHU3opGoam7xuVCpLryInCVJ7cUUKVhoWdK9TdwQ1Sr8Fu3QEh0Mjjrxl7v1RT2flWUkwd2hr4o3Q2Sj+1YcY5ez7Ik6PGKJbB5G4blmbWq545T/AERLqCsGL/cQFncdo0fDM6WiIIcmcwtWPLmSLQpsGB6UF8alVgUQKsAqIiF3zis+mspBG/JzddrO9tO6P+puTLvQbNyFRtzIhSBsxlPdQH12SJQ66EpLPceubVIFCO0VNrAyLIYiFlZJtDzMx2aVh1PL33jSSocKl80y1jxOh454HCdTs5UbXDh11c6yJkVoQA0h/td2AlhuqrLIzC6mbgC4QKj+pEr3YhO6WwlhNgjZJoxaLOK6oi8AKftcoSq5IwR2LLOV8reZIgzddavfv16iKhX8K3Zzjya9FkKDQik0mUMYWtWPZeHSI0Q4eyfuNM8edJ0lOvdKE/EYSuDGIPcuROLmodpO8MWgQIVrukdXBbtcslSciByFiiph2unLnWghjloHMBFicXYbgVBrDUGb9zSlbSSlEi55hZYYC/XaWDwd6BuPZspj0wYnLZpUJIxPGfFfyr2bE2WjEiZzLbKNhIPhJ7E0AkUbnVcQhTkhkPuUGYGD9ceLEXOLH5DFNZJMLYkOnlU7D+zMwJ0sf1kgyVYS90ykO3dzvSc7sM8eSKVCvu9jETCosWaHY9Mq5GjgIKpnTUqWmCE9e7T3NYXw3ZNSU1RY1O7fFlVnkAvfDA4Ltgaj7Xk96tUcUKsnjRi9auUREvvuRBzuodxk0jqDVLmYgZHq41aiZNLJioWPqMPpjBHalzUX1xdnq0Lupl7kkkU/Xvr6n51Dx1T6XsV61SqLOG9crbVKzMiZ/UYg92ymNLYDNpZCQnAQ5NQ6fDrlHCC0KBO4gw5kYPbYdTvt1AGqsikCSXtDay2AiTTkkRp1u3dKN025bUKFKp1+LvIkjRu0QT7rgkvnXYYdsKUgu2o0q86niYwQUuut9i0/trG7CA4ezs4NlaGYTNEqj1k4/qIsjStr7m5r3BgYXF0bd2O7hTnuxIip7kNCtDCpwFp+kYxsDa19swcxvE7BWasJBDxYOvfa6MmA9g0Os0YApnpYCMSWKurHzNpghfeFzE1jJS3rXhXs2ad+zwyJaVgRj3UA6CHgSgiL0sm1S7GjjTA3Ji7Y6NiL+8oDYTldkX5XukAlCs6mjttl0Zkgl0MDlON/OaFvWqdjJuz1rd+H4kW5n3M1foo92PmYTfC/Xt1h88OgZP7t/j7R+ofIb226q6u6z/8Au/pfrPnfM/x+a/P+T6Ig3744ROSN0VH0Qp6QxdPJ+KWRbfITdNLDJD6ZyZXa3SY4ASuUFh8LQO4pyj89Lru2NOtx260a7Tsflea5YnRp9CjQRZJJxVSy5cp/c23loEwGlRAnMms/ZhnE5LMl1nAvVX1V9tK5Agvt4cjkbcVtTnVbGyRKsGtt0yZevWct2776ectHCjnAiYTLjPF7b9wK98hsIFLUrBHxB4DGYFW42t9dB4PlF4MpETOK4ilGXa3y9AVdqWYGtXF2tmmkEkKh8clm/wDGXOnoqVHs1kQ6T4OW4Z2fty1q4H4zo53J2GfH5vkhCPM4cyzOnQDz6VHows/VilvdjoMppWWCti+NRfhUT8VU21SZOy4tuvY24ZKsCL87HchlRQjVXm0mSNaN9FD74YGOym2xcssRB2wwqb5ysTQwIvMcUB3ftkEon0Dk1eHtVs2T7BLCfHcE/qajahzXeERPIO8+tLXC55ljESV0BbiCSKWywnFeTPfNg20IA4LzOxEUB8LHQ8gFcIWqks9nZBcJNHZc7yKXsDk+p3R1cUyJ01R7WlT4kWfKGBstj9NBxbYQazOwkupARLd1pj5JxSxmufb+HQDqqoHsTswY52bahKxBfyZLg9HULS57tD5oc1Tvoy2eTTLlPKnVyREPb2ZjmwVKkNWbc9wwdQU9EZxZLzi64QwytW8VsNzS2SxFW6NDM/Qd3Gy4rCaYwqOQr8WRK0Q1oY3LJoaXXdtUu69YoUkT+qtVOG4iCNX2EVAdxvmO5BWVhs5a8ixKzBmlMjIVuQHC4Q4ASNxwcHo2RdCwNJ7XkWbb90YkbQzsO/lJrTvSPRylw06yJHkxdbD2E7UigsHAfpwNPojLXGw7jYU5oonVXS9D5nI6WGoq41wG/bi5jhvnqCX5Rre0Oi0jRfy7bqeXBxSr0/KNEtTkVTyQzE+1Ubgwc7fnc6hAojk4oMQ7BXWhkyrO0xfbU4fMyUJ87gNEjhAKtuVuSwnQckTeiTyBQ9SR/fU7BgvVuqtXv5U7yKSlk41/F0u6DstVE6jec9naTJq47pZ275Oyk6uEqAJfTM7A0DnXH7vknVOfcmWSk0viXa/xdm61Z9LskV6V6bJEj3pCJrBZFdE7W0uqoHaPTQg1wG1kYSY4xTV3lUtmLLGIR3A5eT0creIeUyLg+SC6q0qNa5BOtCxt42ugxWbUy3c5Zbl+hiz5IlPPVq5eFrj2+yOvc6lFR7bTm+TrELAMEHFmuxNHQkHBBwOJsyERmxOQYLU1h8qmTs+yBuHvLa3adnVLYn9S4RI8cFH0RGzKhkx9unkE503hq+6JqsjcyKWTrFZ4YT4cN0ntCWyCJSw/SIXXpj7lNYG4QGF7WWdyB9ZEEDZUrApTxlpzd8cXXnZhyRQ1ZK7vVy7qM6ekVoxfb+bSOGXAFxeK1wgvFWIEZVwprAVU81DN0YwUF26wekxDlrI8gWSXZGo70dK9Ls3pES1350Kk6Mit5lMV+Rejdjc3tFQnSzNET1Hq2nI+RaGkCNVsmHb/ALbAtzunEIRLxVFIE0y2PR9qMZVH7IlVxiGpJNkvRaNjrtySbHdVtItMPuCfP1ee5vxoEvyR+JHVfxO9Vivsr7o+3/n/AGb9Y6i6N6D9b/13jeq+R8p/XzH4f3/RFno7/sejLd3LaOl+fLbSnBQK49FiABaYMsUlI1q3JiINJnL5yQjhIbi8qJnDRYoD0MbUUonqbKGr9uuHxnRksWJEqnFSmIhiLVIJEnqatFZ6MNzkkzvk3Wzsj7U0ItfM7hCSHIi1ZFeSx8+tFGh6zRFEYqzOMHn6VTKCDqdW1oSSJUg17tGW1305aSJOVtKazBAEu329hLuGE4yxmpQ6hshLzeMCm7WYHVdZ/B3tJIzyS6EyKNzBAzkF2r6OWhulc1hke1NSiBMbe2ua5x4TOunYmIm7zQ7ViYkd2L+O9ZLJXHYNbdTJpLzkSRDIgmTlU3ZqsBuEDwWWiHDu2Eh2IVL7CxpkSGhQ8vKlIx8TXVGEfCdYpUInTgiomb167jMutVqsZDp/3XbVkSwxnCkOP1ZDb24D9Siohvr17jq8pKDDCSpKWS9C4VW1HGZq+Id7W5sro0pGh3XcZa+cNm38yKE18k9JR5deyE7PNoSLWWwBRty01dVuAE7vqdsQB8BxuoLcSUqyUH9jH7DyUBFHjCNG6BJtW1G0N8UV70TRxnt2s+GtSRbk6cBEFP8ARWAwz29HEnHdhBWklxia+CEw2YixtfS5FUO4ly6dmvVHmNrso5EzJVs2u8uUt+nmU87clWzVxxu/Dgis1dRumznJiFNHGrgHXS4st0GaCfJlQviO98IDWMnKJPA7b5e57GrJW/o4Q6wJkUtetTnsxQ7mlJnq4xy0a+cSKfDCt4ACctK89EAYGQymx1k/M0NEsgsLYYxISpLuXB9deZLPnZoQpVsqfOXOTuKjzKzPdt8Zdvz/AC/LbnzyRcuc1UrQTSoxnIiAQSTcyxmEv42jpSlMCjb3PWQfSprlDJJYW1ylwb97wijD8zzd4Sq0Wvbjo36HRVhnjzjv2cZEXigtQqsDAjNpfHNeA3BiozjRhDTSRIqPIwxzNuEsWa2RkjY2RSJvbdDomhLCzxpvSpG3Dbwk0aEWnDDDjHXjxwRZpu9UKIxCLH7ptFXqqldREnjQ/KFozyQ08NP89AJTOhDdQSI7aDSmatcOnMYlp0n7XHmZxOmqUa1eLWyJtfOnLiM44byIILHVPvKbYLGIyG41WsiEWvJLDURpyQaekhg12PF85OAylBdkfcstLaKEtDjIx+LrMLWFbM3iIuTfr0SF4nreu2SHfsbMN7iRU9DbV6+5aqXLxLVinrCcjuRJDZm0U+wTQslU1r5RzU0si+JuXdKQ6Y4yRSydix05wWcPTC2S5ZGVkec/T1+nPjYox54Ip8IpbXEjD0qOlH6Qj587iVLWyTWuobbqsVGG6vYuvexj4iIa5ktziovhu+WYyEejSZGLfHt7WikzunfFDDqfudiPLDJFrIghcx9c4S9z88EjunlceNFzdwnHM4GM3jveCau3EkHozJUgLjUtgoimTwNCUqlES/NmVat0bQcodDDozwzz53cL8fwIjCqVSXvVgcsXMa5tO2qyrheSujtO9Iwifdl3xWxGqItkiHDLBbJMk3TjabSUj5xyIxhtguL/AKmtHqcm9y8jip0a9/Gjkift7EGn/plfjn7TkH38/VB7YezHSL37ne4/sH6J0N0T5LqDq31r/F8h5fzXmP7Pw/L+n0RRnvwlY3Q0wdrEeCAPR6yLeULJTxdPa5yKRwyB6yuzCqLxghIdDMQpdKx5ixSmKqG3Y5tTdxIELfInDRpbXNM5oVG1v3kS6pPWiy9WTEdzryYDV2sA5J9ymz1ppXEn2uhpBqEA56UmtaMQRA5kiP8AamMnNBIp6xaJdmlRaRZg/oXf0v8ABHlH8eSLPiXu5GYh8Ah/IjX21YgLY1E69hid9p72v0zTOuNe9kvl0xbJhYyQyXWRXqVzsiz9pZGdImY5q5PKBTujaXU6s+aRVv1rCJ2k4opVkLCiv8hN5aMd4TNPaooLKaAsfE0hRgCvIyJZKhhHKNnyFHahxgbGcvxqLGSaJ4ozx9Gpljwg5lCThO1YM7fnuQkUtJwtsM89zni1QoDFXXClpsEB/Jc2lS60ZiDk8tcFLKRpS2bhA/hywdi4HJhPZV2iqBYkizk3RuJRFqfn7HatVaU6bLlKRLROXcSuNXGvQ/rmB+3mOqVu4yvWzwSM+zesAWM0EkKTKETIxOYxXPZPmlh5dP5k8L37J1cpWxqd8XbtqXcg3uCVVp5SYkX+h2LiKwLQPACfIY41g2POA7jspcYi9yWAKGoZolrMlW7I8ulMFfnsaqk8ew2eXyVNLiqatnGv8k+7Zq5xy5/erVs3bDKlON8tqR2GsY0uc4n0DWtBJP8AoBce3bq0K77l6WOGpG0uc97g1jQPUuc4gAD/ACSk/wDcB707JW9Q3xquDDCTRJMtqDdIX512zPZE4mmXcLcm9C8YoWqPJdjhJdaHfua80rsp43p0u3bzr4184Z86b8U/rla5gx9zl8tnbqeHCNjRD3ZS3GpzNTpDpj1NEgdE3S5zW5zkLK3l39mqfCnMp8Niq7lby3uSO7xii1B2lrw1sYLpA0ujLZnZa1ztOC0mZ0F7zowtLFyboNTG1hIgh+BPhRk3lXNS6w2RjyM6uN0kkUZ2qtOLulXsHG3Vwpa9vmN+WG7Xno27+OdmOnrvKf6671wi9SdxyV+5bVuFplaPLQ2WOeQ4jjkwdBa/rplGloIIc1vyl3aeJP2W2HntC8ORxM2zdtuqPsy4cXRSQRjMkkefnDmdMxHU4ggsc75gxfD/AP8AI3IDkXUiAbVtj60R7pEkbUaB9dH9eWpI1bVeCbDch0se/SwM76645cc6EPCdz8HZnxh4m7L/ALbYqfqFtUOwOm3neJW78IS4uY1jasbgM4drBe9jfi/VHkDOGqnrn7n7nNyNtfZNmifsJmDA17nusytLgBpLHCNj3fBmiUAnGp/qdD1e7dAuyMcjbqPiJEXN6kLJw964ukdF+p240a/AxXcoUMkZow9umlr3qcNCrbrQ44J1PPOrP7Z488fWS+WcB5Pw65NBu1SwytFJo7ha0tz106nRvkY0uALmgvy5vzDoVsTh3kXinNacM+z3a0lqaLX2g5wfgY1aWyMie4MJDXEMw13ynqEnjurVhr7bS0kWQSO2SePHCr4Ui9hktU5pGtysaZDDGaT7W+WM4SwgfKCgXyaPm6IvDtE4t6u+MGmSxZu2OLDsRK1uK6FKdLJjAAJZhzvmRRZUfuQEqqXulZ8NGeu7jbAcOshlFpzW4CuaL4nPm2ZV7CMpB0VbtUcmDz5OBP6lk3MiNbrQubIncG3boRkTp+0xfwOPHNd4I3S9Abe51bxlWxm7hAsCF1wUGNfA7XBs5KpYBEhaoQOg4OHd1ZYQ+ShTHdyVK8OGp4edeciV8tHCXXgRCzDKX3pHHcFKdoa99v2pQjMQijBzIFX675E6yDsisoMpIbo/yssxAZywHd/rhDZtpTyRPhoi78+MLMt1vKlbwwbfLaVKQiJSLwoOWxfTHC1pBrCe6yRNiGhT7jIKufGDbK7cRM4jF4mEwtETBKXKltDaOSaTXyHs6XzcfGj8+wpAraUflGpLpcOfPkVb6RzHqemRltpWmRgOvlDcR44maRCG7h0fi5xXMqo5SjrbGUQhYKwkmbWqd3owAl6VShLG3zc9x1o4ke3FchQPSFMnbyLV/wDanP67/wAfKyT4K/GT7eT8kd+qvj10R/3HkPC+RvrPSH9PD/Dqjxf6fbzX0RZyP+S42o5FKFGbDMIjJyiIxlXw6xqtDGW1b1ZwjwwZn6RTwuSuvMA0NfL9TpZAhnDHN5kBfjOTq6SBka9zYsSaEjLjuzIl2tjEeLBIrCKO5B3KgLVEaWYr+Go00SSSD+MWszDldiHAx2SBvViV2gn04FUgBxxN48ZGWYq2LQhUbSVtYF8mU8eYScfkRTy+VoYsfKhTjdSk0tU4qCVq7GNXtASmqkSkY6FguGI8eZeKK+V4rrrn62CM1kqyvi5ZJzERGv05+hEPeI2+b0qrFtQ6eSJqtOrWWjlPczq9UZmqUNm0Jw3tJhpw2WYlS3TFy/MxjJoXWh4lk5CxExgK2QvMYghOleiMr4gmctLesdtPq+1XpUodSbMiXzKqERe1/c9iUEMTeHLgLoXILRUumDwaD1vXP8qptHm+LxOArh1P36JTd7KncRpYxyeRyQh5ZcJH9rXvcc3KHTTmq1KdBEHz5IoL214ymPj3TBVEoBWydlistOK8SO0EgN1sR3cAr4EFvZ2EmvMhGEdlla66litU1kpBQwJFqdGh/fHlrfOceVDhyo1EWwbt11pyhfbWpA1F8MuT2ahTTUMR/eJipypT5ReeRgVRlGqiOcSlOe6NQ6RcP7Njo3q9qLFWmUZZ5Z7OOPy4+pFtW/bjUEe217TqNCR7WyyRN0yaC46nPewCWQNa4/8APXpIAAblRnd+PbZcMm6Wajb+4RxudFFM7VHrDQWtYyQmGMuc0f8ATRqBJJdjKz0FXt32aIsotfai8Ui3htNHBk7nWZbkzXtdtLkQHrS6ox0Goguz3Yxd2SsmpE3tu5UjVq9KTjfoQJ892/jfs0+guxeW+GbRR2Lg/jSEbg+a6ylEC4NLYGFpsW5RjuNL8ySBr2tc/S6Vwa3SHecfIvDPNt63LkHPPJ8x2+KCi+7KQwuD7D9ba1SE5EbgzEcZc172s1NhaXO1Fi5apgkgnZUe08BkrVF9wyrEWyxLMnPFbnjIIdFEjVw9xBDyj4++twf+FuGGvZt++nD8Oec+Of6cfVv865PtPGI9qfusL523d6q1YtOP+cspdoldn6WaSSB1OeipXx7xXd+Uy7uzZ7DK5o7Jbty6gf8ApDCG64hj0c/UAM/L65UoovVVuuUUpYHExGwHZEyFkrmQf5VoOVbTMJ5FNrY4YxF236duLi2pVbBksU+YSa96jTwly2ca9nGHOvPheTuczePNkg5C6mbe0++iit4dh0UEoc3utBGlxEmhulxa06gNQzkc3xR4+g8k79Z42Lgp7z7GWWpluWyzxFrhE4g6mh0Ykdqa1xbp1aXYwdLvaFq/YKCDOTBS1gWancH7kKMoCKRS5KkSygfz6SK/TyDAm9qcsdEwZNmapt1Oid0Q+Cjzy45UplOzznGOnGnn7m3FNz3qHknBtxfHyUONa1HESY54Ixqgnc5uYn9HGN0b8vH8Hsb2/m3F+u/BOXbVsU3GOf7bHLxgtFmpJMAJa87yGzwta/E0eS0SNkjwzprY9xl+X7t3hX2H3hmblOLSiSsO6vtBsXJ+MRZrbA3sqiuP2elR9r2K5qPu4RLyQ1lYeqWIlu/4poto0calHGjwuF3GTpt8HLVu1JcndZlbG2R2M6GNY3OMZ0sAaCfU4AGfgtZ06kdGu2tE6R0Tc41vdI4AnONbyXED0Gok4wMpGbFQwXDusqIwhCwXde7tLHX0iyuWQRpq7PTBCQlYW4BXkkrIbJZYMEKBEwooR4mCjZzK4iQX1obnNYolsgzzU7cFG7Zq2cZcpdgbdzGU2cUK7YGIT1gpSE1MXcTejpGwVVG94bt3GHE+bnBht3ZKPo5YmCEtj4WKIAjWyPSOYp9TvqVM0Xc/NYqNKDPVkRWZWu4Z4DtTSb3Ma5FY7vtGpKwlY1xaiR2gzkXRNHx8Hj0nqO0AuI3QlExU7a8OJC3LtEva4O2QhciZWNPub0/KhO34qNhEMYsm9shMTrbVKofTgSFyWTwyHwXtTaFd6UYzzslWfsiyIxYXZLDSRCBu9yJFVfcj4Yt0XmunRCdTzxC3T8UCXhFlx9ES7DDDL1utdJECnnt29u8lXVi5maZIZMa6A0Y49x0Uh4Yqtq5zmRbgMUEmBFhLUXZK0s0jwKah4yXOzZJEWGenZreucuCLfL+xFZ+oz9oftQl898LPlv7MdZ7fKeY9tPcHoTrzpnxvB/P/ABPUfSfy+38nlv8A3PoiEjug3SmlNjoqlghwUHMkKaySdXuqdPRBIdUAc9De3k/ZDZwLrHZxWKDRhn7lJedmiUw99myh2lcea0zVGmf15xR8rSJZshr5Xd0P3aksy6FMWC+Oyp+ZbYSYUPQnOcugwrJTrB3fZYIKQMusrE9BAJQqVmueObq/oTE873hokiBOhbFbcg0723MiULLM6TFSzoJuATro3tkVlIsrqA2BuvloQPvFnsWXJadXZsRu1xp7G6tiavbnU9I7rW/Y6ZMK9tepA2o3lGncdm3hLjoImASoE6Yx28hSHbuEl2kqCY2pOdpDiZBQ8Yy8dURrJkfTdEURcpcYxTpkEdcVUzLs/h+viCyN1nj4kSylfnsY9ODXv3NpFWN1x1fkZdzQnxtsK8XsW4QSOdumHMIthiJFFLUHPAiGI3xgJ2fYXZdrYRg024rrIWndKX6SKECIX+f3tux9ad7Vq3JvoiYqGiPRt+39tewyCnkIE+iOobQOiUiWWne0hEphl0AJNlIQSR8nRDkg8xVhKxHLLG5PeggzBqzHeOpdnHkCrQ8rWdDiRaa62mT5EV/C546HlQz94RnDCP7eTlL5KZQnq9iRPfTEoSeHq8s+svnPAU4fjj+O3DLj7cfRFlL74d8JMcjGqpUJs3BSPBbIk6WeaGHUqWuJLLSHHDZmx4o0WvYqWMg+UbfAwTY4ZeM847tmeOXlk2WPoV+tHi+lxnjzfI+/Bjd2uwkwF+A2vVd9eT0D5x8xd8Ii0AjW8Hzd/aXytuHKuRO8Y8c1u2ijMGz9vJNi0PVmG9SyA5aG/GUPcQdMZFhdlij5vT526kBXFU9GLKSa1PAYh6ufxV3ieUh2kncrzdVDSmfUqJWqTNmlhTeNs4w/DHzOHH3/AK/XVfsb5L40/wCwVNivVbtinvLLcoglZL2/bgaQ4sLgC4vdgZz8pXbfrJ4r5PE3kNvkFC3Rgu7LJSiNiJ8Xc9z/ACLA8NJDe2MkDHzD/KRsuGtr6aTqIkSRDYtgyawWQN71FpZJIW/sKFO9tm7jnRsSOy9BgxuyRV9ste3Txt26VabZlrz4y155cc6Yi3ngnkTa59oqXKG57dZhcyWKOZjyWOHXLWu1tI9QcBzXAEYIWWptj8g+Nt6g3y1R3Ha9wrTtfFJJDJGA8HI0uc3Q8H0IGprgSCCDg706A2/ZLuVphxpRIk7LJ/FVRMlRlLty26I6QWDWm4e0qPLZzlt5aXTQqTuKD8+ctnCJZqxzy52Y5/Xlx5V8f2fG3MrHHJXGSlgS15CMGSB5Ogn4amkOjfjprY4joQvWXxH5FqeUOE1uTQtbHdyYrMYORHYYBrA6n5XhzZGAkkMe0ElwKXp3sKixG6rAFR+jMQAEE/EEya7CySUSBNKJXaWMiwVvLeQ3p9rcNoe4uPEwkuxvgjpq4Tv0XlLbt4x2YpkfCnjnPiuVZiQ3S6vFw8LHWHeO4DMLJSaltni+P0jjLHu1FAQcL57XTXE3/IIbLcBdz3w0/wAJmEzE6ZpcMWOJIYdINvHCnNUj8TXt8Mi5N2+/1YZGNzkGyN21o3DYGUGy89ao07wWSjibkhuDyatqLRBpNFfbwjSrU5xKHSGbOLlJZk2I90AdWPXtTsyrlcgc+dRFKu1nc/ugVNELQJLdw0d2+EsnBkNWtomlxUrnXScVzQO7LG3UKMzHIDHNxUMbDi6fg5y0SBx5hfEodWl1VJ29wVJXbSsQ/RFXdXe2IAbbFAVM8EkhQfu36sV2ni9hSAhmOqugPCN9DdAobD4xA6piQ5p4fdviaQeYpWTc2aCJ1eh3Kd7fq1Y7tuLjhtIj3sDZKucPkMX7Q1t7LLpvJbsw3FqebN1wI4PikAp9Ba0Z69MGiul9lLe8zxFL5UxAdrdJVqkip44XSx2X4tulMi2JUOgifL7qBH9W/vH8qCV8ffiL1x8xujmP3X9tvb31P3v6E9p+nusvRv8AZ+ndF+W8z/H6Z+P8H0RJR7vQfu8/94KjjwNrHSKAVxJgHKqaMipBENFlmd3sHVOFmKxeyR41AIbvHQ1MJ/vSYR7XEntSr4dEEjRpFGjJPuQpt30RKZNllLtFerZys1tG9bowPILHDZPRFWuQmmRBN82tYOOyAH22NlnO3RDhW615ss8FKzazJ+eWiXua5NHXh/5S6lSvnHx9hFXlzDIsHp4L0M7rexrZzNZiy5kcRMH3UlPj8KK76YbHoQ804L5cfXluZ1FsO3Y6H9UrwSxuXMqeOQ5OxSNe2NCne5r020iYF24wzYu1ghMV5g08tDEG9sWdg/Ie1zLhwzMHalsJiMF6SKTcjVZmKHhxj8JZyBPBapm6iRMwyQuDbJnFa248b9Wzav2EQ8PCWV2pq6B7lztqkQHkwxrZYGyNdCk/2MJIK7hZeBoFE8fLBNpvH5fCm7dPbP15dIekRs2o1yGU6ZMm0SNc6Yx3jf8AlpVkUwAFkhRklGLrVCi1XkwGeO3bM38clfuH3KImTQ2hGR3qa+COzmmBSQHl6NPU3Tdw913qo4tVq1290adSFVypRbd/ktBFtWraiObdX4LoLOO8Wf7FIxlDExve4Pqw0w12KWlhRYTZwi+nW2MuvWxKpBjvzS44pE3HGnnH7asP/Z4Iq4rfSoBVhzkD7A4ikciXNXt8k09L0nTpHYjS5+kroteXnepftifHa1NW1av2eE3oeE6PXhxx98M9n57M53zDyPynmgiq7pYczZq0bI4KsZLa8TI2hjAGZ+Zwa0ZkfqeT6ENw0QDhnjTifCDLb2qu1+92ZHyT25A11iV8ji55L8DQ0uccMZpb8SC4lxLP6gin65jyys8ial7FIGlsfWR0TbEbmzvKBK6NTik28fbalXt63VvSLE23j+mWGzDLHL/08fX7V7NinO21UkfFZYctexxa5pHoWuBBB/2DlfhZrVrkD6tyNktWRuHMe0Oa4H1DmuBBB/wRhDlXmogbqw/lleEGbfCouXnpglDuOkG/7wuOyloQLWxwdoe3Z8ZbGHRIke5NwpRa8+UmrNJhynw1Yc84cS/lvPuQ83q0IuSyCzdoRvjZYcP+0kby1zWyu+sxkO0vI1EPOsuPVQ7iHj3jnBbd+XjEZrUNwkjkdXb/AOMcjA5rnxN9WCQFupmS0aG6A1vypG/eVFsJd77UFL85kzxW9xDrQWDUOLEgGMo5PYQspq0jwgnw81pIavh1HLxDg2tDMSVYs+7S+vOh4d5GuQqGxNpyzUKYUpwszFt+BjSsoT60ncC2km8gw7yNdLDWFFNX3l/euGuJSR1NAxe6WrHQgOr06vMAnsNrDK1jTg+tTZvcoVwqUsTXkpb1G3fyRElVmFU6jt9xoL9s2gle3HbWSj4vnlF7U2GmkwIUUJkrsYaI8XaeDuxsyZXcmjdBBoO7ti13F7W3pY2R0kg5j71job3RTt+iK17gXRpxWMhgU0WQP1KLpS2LWvIoZtJUqIhgPWf3CyvMMUGJqA2dbm0nM7Ojq9iOoVAYOwSyPRNK1tznJ1Sp0UqFK3jLNQRTDjulwewoWeqo1ppRiBz3fEVWI7mxwJF3Sg9wAOV3lzuL0suQ3LrkU9EWJcjeGyAucEVyGMuidpi+bOsj2lQkzT7MstmkiFml1LQghDp7rD3Tq41+K7LRAxxU+FG+MPfNQoguQvMQRSGOHtUktdFYHoJ9miaQ5yeY9injEs0aEHLCtzU4r+cm1Gl3EWtn5ZwT9GvzT+Lwu9uf19e+/wAQfAaPaDpb2j6q9k/LdH+idE+Q/wBZ+Hofl/Lf08r+P8f0RUd3hinVjLOXwexQxjeglgisRQs7TSxT5LW3elF1kGqJENbGeXBuZnHBwDrnpkI3Zco4+S7hHH5g+qNbK1ZLXLRvSfRFjibyAQHIctgkKFmO48zdtcvzMFS6x06c0sRYMU0QsWJXk23RlreEXuv+B2l8RU3OfMOUpAZkSmCt6NTqSK9ylY7NSnMicShpncerhpMr8rvzWRXJD4PoqHLhW3q/F1q6xVejfCHGYOFczpY2HSmXllYzMJnKk69JKLonjrMytsPY9m/PYw46dzlwRBlGLy2vD43Mt9pnaQeXUG1d5f0XUsHWhslXyRTCFm+Hr/aUoX0TjgQSASTCTDpM+t01Y4tD0iHORrY3N0LhhyvTptzhtIvY2W703rNUE7lRFBVMiGtpnJD0BBzZqOyNcLhAarAS1qiqDtgNpGraRS8oOANH+B8SLdiuSSzlmjGhvc9+axZo0IFe7SRW9GKWTZkWN99mnvTSMJXiuxGJFXB7et0Q1QaHc21bJU4E2LB+WsM1g23YLQXpryH+EDD6wob85I76Wl/bXZU0uKTQrIj7JncU7xtXXUJVsfEAFaZrAaqUxdzYRLFgw6Fhxn5UmcWfdVqnOGlEKkaJislT4TO0fTbm0fx7hdMZ+rdcEccTLlOGWvgiaFEb1WYdBKYJKPZNWS6ZlB9elLw7hECxGfBV7J5hVS9E6pyOJ3o0kVzaZHX2KC+SJmx10os3JZlOmV1Z8XLU5a+WtORSFw7mqaGVRphicJPGK+XguvVdrJsKapyDje+BIck9HAh45kZ6MzexZ6ncTiAaTEjoMHndJZCy+motnPmF+vLXs24kSbSx37rscFabygCudHnausEvQIqovAoL8SJYpuZsH86bgOlXG5oFxANUGmEiYHiaFpW3N2lBElG5Kmb8nDfjsQ69u/6ImLgbvbZymy91KIk0fDtzuyBJ2UFVcBWPjEO2yM2mGaWcvSMZRZoIrxLH2AwA4ooipZE8gYnx2RunDsoVc4tyXFKp0JyIQu7NGmizj+lN8a7brwUjyMZSEZrSu1g3KEOK7bYkP1qLjFYewsFi7sOX16jQZ5ViVnliFu6ywT8yhyV8tbZisX7k6bkiTUFCtK7BmmTEy6sG7hVd2AtG6d3PQmIXQbM8WJDZmAktkgipgFkYlGIQI0krmNWmsJQeEy5NOYrq2TBUzoXVoV6W/nnHcRU4SXIR3kGjwabMHqsMJulYCcT4bAHtysNcrGwyOsHcOJ0dj0OKEtsKwyGSriAzHaYR6QQpuik4ze2EfN8gakalSmVJ0DloyIpXbLs33EgS0MVnkQNC7lUSv9PuWxGW5m6th6tJAdxjmg1Ptmi5HASBiE3mUoSKAWXfngfMDg1RFzbkkXdcfH1rM8sHLEi4VszxVOuIx7Uh3o9NbGUZF0nvjcRos207mbZ7zU3wnzFUplsqC4K2ScaKN6tnGcC3/drSbWl74yUbM8cclOWWWrgibUNltf6290J2r832AO05OPcqiozZNFs5mQhfKLr5D9GIoEc2Ir8vUfHzcGwyCUUUE6SGrYLMoTrnjlv3antCp1tHPH3Itg/XIt9tfcPrCA+z/SvU3XPUEd9teiPIed6g6m830v0r6Z/N5vx/KeB/f+f4f1+iJH3cnjUW1Wp3mtQz1isc015rQ2lGydUTOvUwt+Z68ML2VXdaXU7YxQOUtNr3JfqaHrTDoRP92iMxiVMut2bdyFwWb1mBEnM3T7uMkcWSvJfS8q9xIVWNEi6IDgUxCvAHryCRfSY2OMdMwkYoPbwNPbbZTdOILDY5D2yUwzlkTRvh80rvsuXcNSBUqIhjnvcOcu08PW6foybU6759t63PFyb2oXOAxWLwW7EMt2g0h4dDKus/Yxo4yWWwQDSkbyF9eml3bY0k2Nr99uE6jlTu04EUjG1W6kutdBV3xodV0QWjmZ/PmGt1jNjGBnqHVCkcChcTIwod8JmIq6spFgE6hyMiQJuYmtxdIypXvKt1RuS3RqV792WBEbel/o33Aa0kyk9ihh25qIkKWwE3kW44trpLJNGT5V9TW2FcTQQyyVxuIhMfxsjyoJShTJF0xjzs9ekNaZLqxS7nHlYp16SILyKKwlaccnCx7iSq8m6tJIkYisqHqqWZMpRqTOGyC1VFcB7aie4j4TgFD5xPG+STYzQDKMRiIcLNscWNsoROm/elX44aNZEWRCuxDJtW6pdFnq5sdW2eLRgi9VSRU2Vs6CV2CpBLLCOUIHUFljUcJDoUEp5O3bEe9TmoaZYpd0z7Mnfb5tzcNW/Tp3cEXyCrS0+7Ydh9I1qA1m0vBYp11ng0CkfgMcZbD2nIhfiL3MyeX7NBRcaJ+kcNFMIrzCJImdGDGQtjZsJbI9b8WDZztzdVJEv0k90CuchL8etUerciu1+iTUrK07X1mdnB0hmhcW6xMA5TVtHBTTMse8oMZXd5LMXxSXxCya3AdLHpi0oFe5+StqBRrIu6fiygrvU0ehk41Xo8RjMPiJJwubL5nQgTCLlaMXPE0FS3zFzhFzFGhBLSjOR+jHcigUbYdzuvQbX6Q+LG1yHSx/5e4il69EC7RCGsHc7vbUB8jklqoEJzMbywii6XkKWqRk49KR8Ta53xmSocLwZzjCyYPh/KpMsUcSLJU0qpCnxTpt+Oe3ZpIqyrUTEXb6kEnGo5thWrZUd3gYaRABNb3uEXOAj1YZhFZieC9HLlhuIB8alRsHIyIkux2Qlxj7WpbG1z6LctSpLs0rVXG8ivY+GZ4hdibVWXVyG9TIfwq41Hs0Wr49vRpai7WyaCslV04nECE5qrWSSyERM8wIYw+XtTDHJIpjjk8yJmZeHJy1JFi1Vp5IuFeNokd1BgOe4sC+2crGFnbDUoCxLQX5hW/XI65gRRNiAU2my7ucWh08roZJOIAtr4kLWRW2NvU0bFe/QoT7E+5rQb8SJkehkj9cpKFCt3VbbK1Qvcu3PqqyF7zQuWSgQQs56CbNQpYbGPTIxQHbEScMDY2LhqoRxfJkSr85jAmVc+PC5K6797btIlvvktpdeS7UPl0iPFJLBuEbGtki/f6Hvczlw9qxGK9nWD624l51ScoyMNu8hWHqxDYRJJA7kJ8jcPl73grYeVLpnkj0cNxFN7OV6GHaSDjW00rsY9257hF0Sq0mCruclr4IDsZn+tjYGJLFHAdIy2Xnt7mUFDbIJ45s065MzLs33RmiSotKLhNvUZ6yJ5XX4X/wCm39zPj4j9hf1adWfGX3Qm/kfbv2L9R9qfd77+4Pgej/4HrX39S+38338T+v0RBv32BzusnaIMgaEh/RbXcnZgQ0WhExCiz5MmqrdebMHB5BTHamsDSwbGBa22AXvOx60vTvs2yVCzNMZbly1r0JU+3dvIly057fwNhVjI1qHAZMVW7ejA8EyNCCQTHt9WxfwkjmoAlkxC9dJzJjWhQR8YKgGba8IdspKCDF2Q7JKRVyN4QuTQhT7GrcRVTeqUtvbYrIPj3Vu01Fz/AMjY3t82ltJakhmVzntzbpHqeoF7QG4lROGmgiOQVPUTmiPa5Nz7IpmmbJUoZGxE2t3G9tWeaIvaCpBbeYXze3B3CFJe0cCFwdhFioVJrJjqQTCrBctwZx4P1G4vwwloDCMBvLLUvcNLcs4j6dA771LDElbq1LG9WuSKFuoi8gXM+4Vwm8vbPBZPP1PyD2vQnLI6MJ7UnSpijPejuANEVIzHIpDYCSOsSnrPisOsyFkWQD6EYKmuRvTksckKJU5KtmvWmIoWJK/JDbecjz4KgnuSdyje+UpZ2juWjW0svbavKHo68+3zizDQgrzUBYalmrHH4ulYpDGoo269bzuXN7W6alKlGn26txFUlpdyg2VNIwpGvbxve0a3GslOg01QaHJF9pJZIpTVeEk5jrW6SsxBMK8Qyv5Fry5zRwyNQ6lSHVMH9Q8N6RLhG1Dcr5UERqduepxXCViRfc7uZBEk67mBVRmIBaf6xL01p9UpIk8E6xkhUdv4BgSyEwpRucQwXEPV+D2vcYY364w3MyLbo4UYcqlZF8zunVPKxy6+q8ugAa9ye+hjaLY2FcDY/hWZJqTwu2Ebfl76NqYg+N6HJUpmhmJsunDogc4a1TZwk2hXHNSPJNr38ZY/REtXWjuZZVZLxnIbpFKKiWEWFYG6yjQ21nMoCIlkZkL4gODtBjRJWEq73JwlFhY8+6Y3E3HQjb+VA7HcNbpu+ocY03qluwid9zci7c8GRPrf3aYjABn2/D5Lq+UrixZj8yYNhGkAvtlBZrMB1Zh8vbzJJFWAu5wAcjXjGZrWOPJUbg9v2lVrxbdP2SbCJH5uKNhz9eoU9xCpwrr/AESsrII812aF86JtxK8CUbGaoMjdpSFYrgSW4iSiI5TM5TSZwGZNkv3t7o3YKIdm2JvSUmePn1ZE4WnDnYGDmR8PncNk4RFF0WwvxQ6SUp1bZ9llSbbymkyikne1FEnl3DU7IrUqcJh1JB3QXRDHR6+8QeFZrESVzRtqtdpIo41DozV5pIJyfQBfaUxHkkwGGVgoxWM9R1/PpA7Wxonz7uhNp+JYVhpExvDK4uicHEhjzS65q2tvLVvQeaVeYTflpwIhI7t1zC7YKs9ZaF2u17zFa+ETOIbodCw1DJKwmid2Ag2p8YXY3lKAuW+dSeHjQdRdY+xpXG16FC5lRcsQECOL0sWywSbiJgV7A/U6qZ0sMeh83AOyldLxkKq1nbnDsrSWLW0eTDX5cYJg+kMyVOBQHeYeUR1B6uwPe9ypfKXXXLGF7SqU+KbPVw1rMtxEOSBvDfcnpFPgyNheP660BsDYLBup0VrHTaNBYXduGeQhE8R5czAGKlJZBXezDtY7bE5FLVOEJXc62FbOFratxyVNa37kWqX9eL/+nv8AWB7ns/Uvwi+JXu70yt9D9U9sfb/rTpP1fz/kPH/yfJ+d8T8P7PF+/wDX6IoB3J10XixjrW5RQSxAqH0lsJ6DsfjbSXCqIDHII/LxPII5pWaVQ0Wx5gkonGuyVrn+TrJM6alcNYtK95iehVI9WhPtIswPeGrrZqhIlm6yhZ8IcomBzCcff7GilhtjZ4+Smt4KiDXDI6b1IP2FR6kre7COTHhYw71cvclqEjtW9YjbmtPgzr3fDSRRqge8Vhkq2LinceoDjTm90lBDIQsZbFtqiWM5dZZTySGkq24ktLZFItVHcoNUZlYlM8XNOliy1tmhAo2NzWoU5YaNhFK793jrLIq3xqNdqucvFiiJR+TRxCapkUIfqOAxllQSrwsnx2sUNxKbtE4gTSkhVj5yxxb1prYW2RwvNXsYI9wnjf5YfREQGY2hUICBFuOTQ/bs1gCGHQplXt0kSqsTCHmwkC67JY4SK93dNLzNS2KZ9eV5d9i9K9sWkr8zxbwpjKzxE2rN0VcrSL9DezoFD6YW10LoL7hkMfiOHZURLY3btgQ2METRdW2dmNyJY2NuUcrVZCYInspc2WeYFA4/mvRp1+iK7dTPs36GPnYl4Ilekm5g+MhzKsgP5LM9bSNXY1QFFZ4PuxEMdZSnYwYhiVSfIguYRF1K39SBJHcW6CBGv1ETY9uEfYY49p2fpp/UJlS5SmImJVeOzrLTmGrN09xvmzzjuJNU7CG6R3XZgmLKSXSmkIi0638upQloPMpRLVeyMOwqLNTI0u0IiiJ3eV8QQ5Ld3PLo4qdpEvKbVrvjTDuGyislOJg12jcg+cqf9xeVUBXkKXTpe/GJPuIpBmCgMEYgtqqVOAuCEtkO5nf395eGWWSTB4albmjcFeGzNIRfN5pMSlJ+KCkJSK6qs8OggqtO72MDYJAI9kOD2xINxWEXOeJTg7jOFQ8Bkhk9e8IhG27gY7dqOZt+1C0SfnFodHv7ETKKum4GXPsgMwDeJJZsLyuV28GSoJjEwjAHqKwEOR9rTdNKprAmhGMGm0xj4snZhyJmtxnzI3RtviLW+NeSVpWKUWpPszIqlAD3OLxzG9Nxs6DVttxOabSCKVyo2UK6Km52BsWGM0kDBGiMLhEBy4gFokJasDw4wSOfs7hOIzo2uL+5eT2qeUydN4RFLH+XtI9RHcR2+odZ6M1tEnAo7iA9dyy6sdfLB6ISAIJ7M2RJo7I9Ui+5ODsaVBzsKh3wKDOUmTwSNwlwVtzXsaETe3NnJF5DeHe6TQq2cRJzM3RIqDs3iMIlG+8g3nIgjGuB77m7YRZ+qHjbGnMZaGuejCblKYtsCYkLK3skciUmV7Ejc/8AGDPuV54EXSz7qCCxCN7PTFVkGw7v3Tt8dqmVpFoIjzoVjULGdsmGGwgzuwbQb4tHw6nxbEAd5b2mQNiySuSZmdk6XTu0aFCrRrIpCZaZQ9ptTfgSNA9jBGkO7ie2UKsrdyBNIBSke9umVJpooAYKm5uDK9TZ+uC8aaYJP93R4qjOUcl+ly1t75uWN+vRr0kVLdv7tfwG/NIAiN5t3NJaL2h4BNoZXAaixERDkgwUX1ogd8SAjdyYKZUQ4113sV5E9qTcpZorzSTvU3ue1r43akG7elyItW/Rgd/Tl0H8wSH7GfB/p/5x+JIPc7299sfK/IDxPt1N1V6R/tv/AKvx/wD4/oiGPuPyIxiq2cWkYt3duF6gNggGurtZeLWXkEEFpzbBy4e5aSITdZMpoTWnksguNyedqFymCJWRMocsUDmm1umra5YbUUh2riXK9+rm3se2bhdqteWl8FeaZgcACWl0bHAOAIOCc4IPxUa3jmfD+O2RT5Bu220LbmB4ZYswwvLSSA4Nke1xaS1wBAwSCPUJIo/A0m7VsIfCBXy4le5aPR0sIR8M5nppMYhARoLmB8nijfpWWgouxkIlEa60QhO+f6WOIJGeVRDmONWKZFntU5/jsybvxLlXH4G2t+2zcKVV7w1r568sTC4gkNDpGNBcQ0kNBzgE/ApsvM+H8jsOqce3Xbb1trC8sr2YZnhgIBcWxvcQ0FzQXYwCQPiF5yUsp6y2/Tz4o9wbuk2mBgxpMc0JqrWRq9m+xZlrG02tGBSD5RkZTJ0aYW9HVSUNkMbOFCyPSiL6nFrxavHU5+Fvw41R5SVJAh2RcDVhzgw1BfO4wzBqH0peHntoIq3TuQ2jb5WMZSfQfLDJpkpADQwTxhaDXqTO8kXTFs0pkemJT3wWFzWcuqLZhuItFNpO17BO4ZHKWkmn3dPhVT69iRwG9iabjcgwnnaXwU+W1e4ygBUYH+e8sDheOxm9vIkb0Avi3o2KvU5IV+lKqXbMvD0EQ+91SpDORLCCx6kNEAqs7jLdTVUVDIULE20DsZqa4MsYMSaokWKNiW2Vw1iSGadTxkWMa5k0apOyKGZyc25HsyV7G3LzBEO1BLskbt2m+tFSYLEzMktdZqWre1dY2Z2bd3I2hMamaqDpDQlW2XVnnbQwDuLSgLB6aGyTKpGOG11VuGps2tSLN3Q7NulTvIuWIZkLHpjB8aBAUpkbrg3ZLpKnElEM6PgmSU+pdZsDTsgaJufeO3kp2+5I6eHCqgDzdepl8vSaFC54x0455eLr1bCI7qFgKLiS/ZANMXSROzkpOdzRARCh3YQ/a0WVrAczlB+nRBnD1VyuQ7fmcpbjMxrHTaoSzmCsE4Xuj5vb2nRlyj2cauMiKwe2gYKX1lmUkP8Acy7cLZDr3B2wmhEC2cXSFlBE1NFYIJnKJQ3WWsUxTN/e3kWl5qKbDJ4MySx+Vp0binjDI3Jk+W7HX4pErEbFlbXu6ZfAPbtHkXn51CzLZy4c07ldjyEx1clxvgs7K8VnA/fDmVycjStJoqGys831+u5pV7c3lnj0uRNji1ItHGrcRXHUKohygwx7xB4VdvSrSvmANYTF9oKwyWbwiTVgIZkriVolZyx+8TQ1Hg3JxpCkVYZqzLoxoUrX3hJLU2xRgpV85eS1ERVi12PHc37cM2ELk7qKwAB1siEtdcKVzS1kIiVnTmE5oNi5KN1KJGSpKyxzEcQojbNja/iXQthqjHMcxxJikTuibDFyxIiw7h0WoFXqxRlnm9ZXEozHuRyevdWcqoPIY4MUDK9vq5mDcTZzGDnLo3M0bMNyyU2g3RZhRvr2kw6QU8pHlUlX6NflsiKszla0GfM8sQlwkzWK5g29sdxCFYHSA2UgVLRQONKEnVgRGKpQruARGiVCY1FeOlOMuKfiXRzSjRRZLH3GMq2fav8AEVaSJDIfhPcQ7UtkbKdvqmAegtWLH2oEBNNc6np1tUOiAxCim0NjM2UjWQR0ytrSJYiOCoG9OqZOjxKF+zeiV84od+LeixR55KCJjVL4bauTN9/G093HqT297NU8pczVqHPx6VR1rxj8QPpQAd2t9petG0v5IJbwaJbMcWpc6N/l0y6RzDPnjd5nZwm2kWiTqW5X/T79WeKdvnd+tf1nxvSZV8i/kP7L+Z/L0XyHWfud1h/4Hl/P+e/t/DxP6fRFWPcQb5/8pTrwIGcfrj690qAqgEpyKyip11PuyLWZmvJZSw/UZkimErXlqg79xmr0c8+Zx0qNeWHH5c6+frV3iSbav6Rtn9gktt4rHyO8LprvtNLO5t0PtTL7QiYMdMzDXfx1Ag9MrIPmOvu555up47FTdyuXjND2PuY6rg8x7nP7oRe8aYC9sDyXN/npIIGcIWYnnZmMtDa9Y1zD5xuv+vO0u1xr7qZAswxgqP3FtBChhEemqEY5tMA8LgfbNavR4mzXzlwn45zy8TnP7/PlubapOFbu3jMlqbizeSbb7czPtPxnbbBm0Otky472rPXGfTphPDsG7w882Y8oiqQ8sdxnc/ciBlSPONzrCDW2m1sWezpx0zj165SAAM8WH7btgb6VFBUfliViLpysyLH/ALqEuzi5aJ61DUQaMpUmKI0CksuUtFbuGBUxTPN5IC5FE1spWRZ6X4tOtycdCNJhlNa+U4LVprmARsgFm4YFA68GxhIMLtgVAlFZOgY43P69wQLyWqiQmVijokdm/lup8a1U7jkxm8VctbHLfdF60LNEezbUqlYmIqTtDUyt5Wrl21SiKAQb+3E8n4V2jlhW3oLCzadxGH7asDAOEQQmJ3Sk06kqQRusAPkE8dnlS3tqXEkt7Pgs9KYlDlkmT7iIiRUNC0IiBBBen7n88G1kSHTZ6ypOnshBavm6CzCvDGZUhdLwqOEgf4WXstJAnRBi8iII32Ks1GemKYMSZwXNq/hQzpyIjBPbRLU+sGuQWvsA+CYdXLs8PLm0g7hEWBICM9g1nFwpKsnFjNpmhUxgE1BwYl9fE3MNWTrTFUGhTgoc+MI7i4+X5x1ETMe2rRuyNQn0pLonLhFZKvUZmxDa6x7TQKa3x4gm4Yz2vqk0bCcIyoJoIlIcpIclsbNHeIurVKnpK1JodrWZa9OG3Sn18ES1+2tYR7DFmpjDJ/X17sceocUjsb9tKBJHdMFYaoFuy5BSEEgDmqmJMcBKGCS+AuVsGDBPlsqeV66PuKZpwHSla3LX3dyRWxvtnXehlKe1ec46MnaxtUrBRwyV2ZhlaICBCVlQXSdmm9gSU3mF3eICxSOU7kyEkO+htkjO2uzi1poe3b1zc37HnPLxyIdI7N3K/t6RpaoG74x29fdF4HvbzU2tjkfHJWCdv2dpbksHMQcg9ejegJz9DVWUxEiPIS8O49jbatiSVZlKNqBx4SpdpFIhXCbV9sYp9xqS32tXVE+O/cGEMRbo6Qn95OLhV8kTl7lbpDDtC5zE6tjPaShwQk4GbU+fC9sjKFDt5VoNOlfllr38aCK42yb1NBAHn1nQQ5P6qxUMr60zB8tfsZH1VnLqeAxFGg/LV3b8CRYSaBq7EOk0scIaKo/IivFI3JHNlxWK9zi4bVitWpIlKh27/cdqNGS1XIKUWCiE2tV4TLbGUguYspROZ1rvGhNCQwQSjp0ks3N04gj8PZ/Axora0r8glzpO+d2hZyk50qdTbt+iKyIPbqjsDcaAdzC6kSaZVGSFH7XNAN7cYyw6wfapHqXW1lm6ZWAZdpOdUKWZDKXSFlkjy+ts/kDmtbpTLU+tmafR0mrlGRGTbqgZGrT3cIjct4s0WhTVhbUpFH7Edx3iLiqxq6bGsraiLH31M8gGQx0sxhijBlyVpEGTUxQhNEEeG7Z5LQmx535cEQ14UVldvL+O9xe3FfguW3XLBy2sxZuk9BgExsKB81QLiItbGPrBAtzG0SaX4WoK5xDLY3JGKCP2zTKNLPnlow/DcoTkW3T3IYv12+6vy6mfTnxj6w+bntaxdeel9Eeo+/vs/wC3XTnUXgf7b0Tpbyvjfw+Q/H+L6Ipza/4V9NRr5pfHrpn1VT0d7/dD+U9Z8vr8/wBMdY/yed8r+HmPKf3eH+Pif2/b6nXBfyP7yb8dfdvedsd72Pezoz8vc7XTGc6dfxzjqoDz38a+0g/JP2j2ncPZ992ca8fN2u71zjGrR8Mauiqyq36zfcF0+G/xQ9zelV3rHsZ0B1Z0b6m0eo+e6W/2HoXq3kfF/L+LxvC+/wDd+P13nOPzL9pZ+Qvvv2Xvt0e87/a72l+nHc+XXo14x1xq+GV0XBfwp95f+O/sP3327tXsux3uzqZrz2/m7evt6vhq0564Uak36o+opr1b8N+qes7ddfes+2/rHXvs9HPm51J5n/J6j9jPSuv/ABv5unvL+f8A8f8AD6qlW2hBq5/04Xv8M/h9+rn5K+tqPaX2R9i/dXqD0lx8z0Z0x/vvU/RfNfn5b+/y/iff+37/AERWTZv9DHpiv5bfrp9J+Qp3877z+zfk/k7+EG+RvmOpP4/dr8OneqPy/wBh9vJea/8AC+iIOf8A+S//APTL/wDjd9ERt6v0Y/BRR4X6+P10+62Pmvw9ofjD7zeLo/Hxvt/5H668Xw/t9/8AL+/4/wDq+iIig/8ArU9v6aexvxU9tOsJ58EPb7oLpTrj0Eje5Hx39I/wOoOnOqvVfR/5vLeoeL/b430REKd/jj4Qh+Rvtd4PvwNPZD3R9B8P5HedW+03t/69/T3R9Q8x6L5P/P8AF/Pwf6/f6IqQGP67vRqf+0fxj9B6kKvwc6K6H9O6q6Zn/vL8ffS/4fWOkepfXfSP5PJee8f+zxfoiC+J/wDT8/MrX0Z+tj53++b74foXst8iPkT1S5dR/j5X/wA4+53WPm/Nf/Pee8T8v5Py+iK7u3/+nnrYo/rQ+EHX/ozX7v8AxS9r+o/QvVlno/WvQP8AmeneteP4Hmf7PH/L8f7vv9EV3Wi/X56vIfmB8a/W/jqROp/e7orz/wAXOtx37oerdT/y+0XuD0v6v4n+u9S8h4v8nhfREa+nwvB1eB+HgeFr8Hw/t4fhfjx4fh/b+n4fh9vt9v6fb6Is6ZF/6Wn3Bnful+of3N6yk/uL1f8AHrqzrv1td1d1R6j/ALDqLqDzHnfH/m8z+f5/3ff6ImxVf+BfqaP4hfHT1f4+BTyHsn0b534y+cnXsB5fpn+X2n891F039v8AX+J53y/9fE+iLxUv/X54Bt+BPxs8v7rOnyA+OfRfh+8v4Z+se5PR39Ouvw/Lx/O/5X2+/wCX0RG39EX/2Q==</QRCode>
           <Sign>/9j/4AAQSkZJRgABAgECWAJYAAD/7gAOQWRvYmUAZAAAAAAB/+EVQkV4aWYAAE1NACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAABMQACAAAAJgAAAHIBMgACAAAAFAAAAJiHaQAEAAAAAQAAAKwAAADMAlgAAAABAAACWAAAAAEAAEFkb2JlIFBob3Rvc2hvcCBFbGVtZW50cyAxMC4wIFdpbmRvd3MAMjAxNDowOTowMSAxMTo0MDo1NgAAAqACAAQAAAABAAAFeaADAAQAAAABAAACWAAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAEaARsABQAAAAEAAAEiASgAAwAAAAEAAgAAAgEABAAAAAEAAAEqAgIABAAAAAEAABQPAAAAAAAAAEgAAAABAAAASAAAAAH/2P/gABBKRklGAAECAABIAEgAAP/iDFhJQ0NfUFJPRklMRQABAQAADEhMaW5vAhAAAG1udHJSR0IgWFlaIAfOAAIACQAGADEAAGFjc3BNU0ZUAAAAAElFQyBzUkdCAAAAAAAAAAAAAAAAAAD21gABAAAAANMtSFAgIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAEWNwcnQAAAFQAAAAM2Rlc2MAAAGEAAAAbHd0cHQAAAHwAAAAFGJrcHQAAAIEAAAAFHJYWVoAAAIYAAAAFGdYWVoAAAIsAAAAFGJYWVoAAAJAAAAAFGRtbmQAAAJUAAAAcGRtZGQAAALEAAAAiHZ1ZWQAAANMAAAAhnZpZXcAAAPUAAAAJGx1bWkAAAP4AAAAFG1lYXMAAAQMAAAAJHRlY2gAAAQwAAAADHJUUkMAAAQ8AAAIDGdUUkMAAAQ8AAAIDGJUUkMAAAQ8AAAIDHRleHQAAAAAQ29weXJpZ2h0IChjKSAxOTk4IEhld2xldHQtUGFja2FyZCBDb21wYW55AABkZXNjAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAEnNSR0IgSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABYWVogAAAAAAAA81EAAQAAAAEWzFhZWiAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAG+iAAA49QAAA5BYWVogAAAAAAAAYpkAALeFAAAY2lhZWiAAAAAAAAAkoAAAD4QAALbPZGVzYwAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGRlc2MAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAACxSZWZlcmVuY2UgVmlld2luZyBDb25kaXRpb24gaW4gSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdmlldwAAAAAAE6T+ABRfLgAQzxQAA+3MAAQTCwADXJ4AAAABWFlaIAAAAAAATAlWAFAAAABXH+dtZWFzAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAACjwAAAAJzaWcgAAAAAENSVCBjdXJ2AAAAAAAABAAAAAAFAAoADwAUABkAHgAjACgALQAyADcAOwBAAEUASgBPAFQAWQBeAGMAaABtAHIAdwB8AIEAhgCLAJAAlQCaAJ8ApACpAK4AsgC3ALwAwQDGAMsA0ADVANsA4ADlAOsA8AD2APsBAQEHAQ0BEwEZAR8BJQErATIBOAE+AUUBTAFSAVkBYAFnAW4BdQF8AYMBiwGSAZoBoQGpAbEBuQHBAckB0QHZAeEB6QHyAfoCAwIMAhQCHQImAi8COAJBAksCVAJdAmcCcQJ6AoQCjgKYAqICrAK2AsECywLVAuAC6wL1AwADCwMWAyEDLQM4A0MDTwNaA2YDcgN+A4oDlgOiA64DugPHA9MD4APsA/kEBgQTBCAELQQ7BEgEVQRjBHEEfgSMBJoEqAS2BMQE0wThBPAE/gUNBRwFKwU6BUkFWAVnBXcFhgWWBaYFtQXFBdUF5QX2BgYGFgYnBjcGSAZZBmoGewaMBp0GrwbABtEG4wb1BwcHGQcrBz0HTwdhB3QHhgeZB6wHvwfSB+UH+AgLCB8IMghGCFoIbgiCCJYIqgi+CNII5wj7CRAJJQk6CU8JZAl5CY8JpAm6Cc8J5Qn7ChEKJwo9ClQKagqBCpgKrgrFCtwK8wsLCyILOQtRC2kLgAuYC7ALyAvhC/kMEgwqDEMMXAx1DI4MpwzADNkM8w0NDSYNQA1aDXQNjg2pDcMN3g34DhMOLg5JDmQOfw6bDrYO0g7uDwkPJQ9BD14Peg+WD7MPzw/sEAkQJhBDEGEQfhCbELkQ1xD1ERMRMRFPEW0RjBGqEckR6BIHEiYSRRJkEoQSoxLDEuMTAxMjE0MTYxODE6QTxRPlFAYUJxRJFGoUixStFM4U8BUSFTQVVhV4FZsVvRXgFgMWJhZJFmwWjxayFtYW+hcdF0EXZReJF64X0hf3GBsYQBhlGIoYrxjVGPoZIBlFGWsZkRm3Gd0aBBoqGlEadxqeGsUa7BsUGzsbYxuKG7Ib2hwCHCocUhx7HKMczBz1HR4dRx1wHZkdwx3sHhYeQB5qHpQevh7pHxMfPh9pH5Qfvx/qIBUgQSBsIJggxCDwIRwhSCF1IaEhziH7IiciVSKCIq8i3SMKIzgjZiOUI8Ij8CQfJE0kfCSrJNolCSU4JWgllyXHJfcmJyZXJocmtyboJxgnSSd6J6sn3CgNKD8ocSiiKNQpBik4KWspnSnQKgIqNSpoKpsqzysCKzYraSudK9EsBSw5LG4soizXLQwtQS12Last4S4WLkwugi63Lu4vJC9aL5Evxy/+MDUwbDCkMNsxEjFKMYIxujHyMioyYzKbMtQzDTNGM38zuDPxNCs0ZTSeNNg1EzVNNYc1wjX9Njc2cjauNuk3JDdgN5w31zgUOFA4jDjIOQU5Qjl/Obw5+To2OnQ6sjrvOy07azuqO+g8JzxlPKQ84z0iPWE9oT3gPiA+YD6gPuA/IT9hP6I/4kAjQGRApkDnQSlBakGsQe5CMEJyQrVC90M6Q31DwEQDREdEikTORRJFVUWaRd5GIkZnRqtG8Ec1R3tHwEgFSEtIkUjXSR1JY0mpSfBKN0p9SsRLDEtTS5pL4kwqTHJMuk0CTUpNk03cTiVObk63TwBPSU+TT91QJ1BxULtRBlFQUZtR5lIxUnxSx1MTU19TqlP2VEJUj1TbVShVdVXCVg9WXFapVvdXRFeSV+BYL1h9WMtZGllpWbhaB1pWWqZa9VtFW5Vb5Vw1XIZc1l0nXXhdyV4aXmxevV8PX2Ffs2AFYFdgqmD8YU9homH1YklinGLwY0Njl2PrZEBklGTpZT1lkmXnZj1mkmboZz1nk2fpaD9olmjsaUNpmmnxakhqn2r3a09rp2v/bFdsr20IbWBtuW4SbmtuxG8eb3hv0XArcIZw4HE6cZVx8HJLcqZzAXNdc7h0FHRwdMx1KHWFdeF2Pnabdvh3VnezeBF4bnjMeSp5iXnnekZ6pXsEe2N7wnwhfIF84X1BfaF+AX5ifsJ/I3+Ef+WAR4CogQqBa4HNgjCCkoL0g1eDuoQdhICE44VHhauGDoZyhteHO4efiASIaYjOiTOJmYn+imSKyoswi5aL/IxjjMqNMY2Yjf+OZo7OjzaPnpAGkG6Q1pE/kaiSEZJ6kuOTTZO2lCCUipT0lV+VyZY0lp+XCpd1l+CYTJi4mSSZkJn8mmia1ZtCm6+cHJyJnPedZJ3SnkCerp8dn4uf+qBpoNihR6G2oiailqMGo3aj5qRWpMelOKWpphqmi6b9p26n4KhSqMSpN6mpqhyqj6sCq3Wr6axcrNCtRK24ri2uoa8Wr4uwALB1sOqxYLHWskuywrM4s660JbSctRO1irYBtnm28Ldot+C4WbjRuUq5wro7urW7LrunvCG8m70VvY++Cr6Evv+/er/1wHDA7MFnwePCX8Lbw1jD1MRRxM7FS8XIxkbGw8dBx7/IPci8yTrJuco4yrfLNsu2zDXMtc01zbXONs62zzfPuNA50LrRPNG+0j/SwdNE08bUSdTL1U7V0dZV1tjXXNfg2GTY6Nls2fHadtr724DcBdyK3RDdlt4c3qLfKd+v4DbgveFE4cziU+Lb42Pj6+Rz5PzlhOYN5pbnH+ep6DLovOlG6dDqW+rl63Dr++yG7RHtnO4o7rTvQO/M8Fjw5fFy8f/yjPMZ86f0NPTC9VD13vZt9vv3ivgZ+Kj5OPnH+lf65/t3/Af8mP0p/br+S/7c/23////tAAxBZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgARQCgAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A9TSJDQXOIDQJJOgACSx/rjr9WeoV9raxSe+lrmUu5/k2JKdhJV78+ijLx8R4e67L3msMY5wDaw31LLXNG2qv9JWze/8AwlisJKUkqvU877BiHK2eoG2VMcJiG2W10WWd/wCaZZ6v9hWklKSVXB6hVmvy2Vscx2Fe7Gs3xq4Nru3s2ud+jdXez6StJKUkkkkpSSSSSlJJJJKUlr/ckkkpSSSSSlJJJJKf/9D1NZP1qE9Etb+/bjsOk/SyKGfxWssr6za9J/8AQrCn/wBi8ZIbqZZLo+s3TgfzsLOAPn6vTXfwWmsrqbdnXOj3dnPyMf5vpdk/+6S1UlOT9bWB/wBWepn/AEWNZcPjUPXb/wCe1NmW8fWa/DNhNb8Gm6ursC23Jrusb/X30Nf/AGFb6jijN6flYZ4yabKTP8trq/8Avy53CvfZ1j6v9UIn7d037NYf5V1f7SrP/wALr0lOh0O2Os/WDF/0eZVcPhdi4v8A3+mxbFdtdrBZU9tjDw5pDgYMH3NXOZ2S/puf1nPoaH2W0017eP0wFdOBucPd+mszLWf9ZU/qs7LoNXSmeiMDAwcUBkOFzn2sdYcrd7a/s7nVvp9P0t/q+p+lr9L00VPQ72bS/cNomXToI+lquZ+sV/ROo5GMG5FOdd0t5ycvp4f6rHYxDa8t2TQxzqvUxm2V5uN67N77KPRp/nnrnuhdPw/rF1TK6RmWk9G6ZZkXYuJW/wBmYbsvItOZa9kOdXjUuxqK/wDjftNV3pX/AKX0HE6fgYWN9kw8erHxtf0NTGsZr9L2MAb7vzkFMsbDxMNhqxKK8esmSypjWNn97awNRVX6fIxK63aupmkk8n0yat/9vZvVhJSkkkklKSSSSUpJJJJSkkkklP8A/9H1NZn1l06Na7/Rvos/zLqbP++rTWf9YRPQeonksxrXtj95jHWM/wCk1JSP6wH0acTPmG4OXVa89hXYXYGRY/8AdrpozLLrHfuVrS9VhtNIMva0PcPAElrf87Y9Kyuq+p1djW202tLXscA5rmuEOa9rva5j2qtgdLw+nhwxw+XhoL7HvtdtZPpVepc57/Rp3O9Ov/0okptrkrelZvTun35Ntfs6Rk024Qrduc7Cx7bMi1236Xqt6fnZmH6H5/2f/hV1qSSnmepvGZj9UyMJhzG034Lyygby9tJxupP9ENP6d32W5llbK/51LIL8zDprqxrMSzLZX02vJsYab3sfFmaaq37MihmLiUZVlP2ipj/tH6Suv0v0t/Q42Li4lfpYtNePVJd6dTQxu5x3PdtYGt3Pd9JV8wF3Uung/RY62z+0K/Sb/wBG6xFTzzuk5VnXuqDpdrcLOwXY+XgOIPourvorwb8DLoYR6mDf+x6v5v8AS49tdd1H8wtdn1lw6f0XWGnpOS3luQf0LyACfsmdH2bKb7vYzdXl/wClxaUm7q/rdZr7cvp1cDzxr7t3/wAUVroKanTLLbsd2RZW6kX2PsrqeC1wrJ20uex0PrfdW3131WfpavV9O39IraSSSlJJJJKUkkkkpSSSSSlJJJJKf//S9TUbamXVPpsG6uxpY9viHDa4KSSSmt0ynLowKaMxzH31NDHPrkNcG+xj/d+c9rd7/wBz+b/lqykkkpSSSSSlKpnn07MO8ztrva15Hha1+M2f+vW0q2h5OPVk49mPcJrtaWujQwe7Xfmvb+Y5JTQyGj/nNgO7jBzR/wCC9MWms3Cp6hZmsuzqw1+JTZjtuaWkXeo+p7r2Mb7qfZi1epVZ/N3WWVM9aqr7RbpJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//0/U0l8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKf/2QD/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////2wBDAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAQEBAQEBAgICAgICAgICAgICAgIDAwMDAwMDAwMDAwMDAwP/2wBDAQEBAQEBAQIBAQIDAgICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwP/wAARCAJYBXkDAREAAhEBAxEB/8QAHwAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQAL/8QAtRAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6/8QAHwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL/8QAtREAAgEDAgQEAwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhjRPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6/90ABACw/9oADAMBAAIRAxEAPwDfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYpolnhlgdnVJo3icxuY5AkilG0OOQbH6j37r3TTt7bmD2piqTBbbxGLwWGoRP9risPQQY7H07VNQ1TO0FLT+lC7szvb9TEsTf37r3T37917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Ur5nZL5ZUPTssfwuodiVXdlVvTrSCKfsqWli2vQbAqd+UdP2lk4BU3WTIUeCNXU00UilDpJAMgUHxr5daNaY6NjG2qNDdz6QNThVd7ceRgnpGr9XHHP4+nv3W+snv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TblpJo6J/t5TBM7xRpMoBMWuQBpDqBAAFySRYe9jpmdmRVK+bAdabP/Cgb+e38qvhB8xeofi78S95bc61paLrip372vurdPW+3ewU3Bk90T1NPsPEYddwzRxR08dPST1VQqlC/lgcSMllajsQDp49DvlbZ7TcLqGG7jV0mLqS2sUIWqhdDqSSakg/hFAQc9WI/ykP542zvnPu3qL4u9iVtTVfKDL9GZjtLcu5Nu7NhxfXO9JdoZl8RuSXEeGpkbF6o3gqIIXjKyFZgjhTGD5WJ49AuSizyRDgrMB+TEcCa8PWvzPWxP7t1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdN+Rjnliplp4/K4r6KR0EiRsYo5w0ttdgwt+pSRdb/ng3QAnJp03JG0gAXyIP7OvlgfzNui99/O7+dL8yI+oOvu5NzbYyXa+JwJ7DyGKqafbu1I+tOu6PCbnjoKPcAhIxEdRSTNRzQyBjT2MUBBF137mvHbSNIGDUnFSK04VJ+wEDhXHQz5Z5m23Y5BJdLI5Br26TwPkGIC1Fanif59Xw/8ACTTrrffXWb75x2/MJ1VRpPT52h2ssk9fVd27bg2hu9tsZnACLKBZoMJNII66QoZIjrhAZWJRSwLpcr6Y/MdA93SW6lmjrpdmYV40Ziaefr1u3e7db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdQa9wIoovKsJqamCmVmZUDmR7mnDsRZpgDEhBuGYEc+3oBV60rQE/wCz+XE/Ide6+aN/ME/m2di7C7/+SUHUm9sNHuTYnyp3x1JjN3Rde5DC02LxEG86vaeVx2KwNZV1kk38PxMbwfdyVX+UViTTpBGGEfsYiQiFXAJOpENeBJKgnyqMnh59JNJLkfaerR/+E6PWOU6Y+be+Nx95ZLO7k77+SPXe9Iup6/JSVskOM+NvXdRjt0Zjd2Sm8AxsmU3XnMlSieipap6vGx0RWeJVqdQBDEeM4H8Tf4T05FpBoPTreA9+6f697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TPm6iOmpEeR1gLzrDFWSUsdbHRTyRP453pZGXWCR4gFNwXBNlDEbrTIx17r4yHzk3ND2L/ADB/ktQ7YhG0aRPnXvTbm1sBDSinx9G9X3DX01ZVVUOIZT54q6EOSlRqZSfEw/V7bZnocngTxPSelG/I/wCA9fTJ+InVu3f9P3xXzO6qfsXI796q6f8AkCdi7t2TskUXxzyGA3TPgtgZ2iz+cleeoh3NLBg6PIRvLJadJXV3ebWTInMgVLALGqAaYa5/UqRqOKfCSTQV4AnhwdTiK8aH7P8Ai+rux+pv9h7jiL+0f8v8vV+uft7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690kd/OItkbumK6jBtrPTrZijK8WJmdHjkHKspF1Ycg8j29BH40qxk0qaV615Hr41GTxOWqP5gAoMI89bW1Xzow3YE9NPMkslZkMz3LBWmSSSVXYLSLX+FpG1eQAysgLFQdScvArVZeNPIcODHj5DI9eGOkurUanr62vxF2duHrzbzddVLCPa+2tv7TymIEeDymOhyOVzqVdZmcwuVqZCk8k14jNAq6Fb1j6ge2N13Y7jIC0QRkUJqBrVVAAwQKcK1HqR0pSqrp8ujngWJP9fZGqBWLevVuu/d+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIjsnsPaHUuwt2dmb/3HtzZ+yNjYWr3HuvdO7s9QbY2zt/AY4CXJ5fNZ/JkQU0EEWqRnkPNgigswHv3XscT0AHxT+cvxY+a+2s/u34yd37B7gwe2ahY83UbUr6qGvxkFTJKKCsyO3cxHDXwQTLE4hqZYFimZJBESEPvwIPVQwbh5dGxgkE0UcoeKVJV8kckBLRPE/qhdWP1upBP+P049+6t1l9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Qeds5BcV1lv7ItG07UWz9z1UVMs1PCauemwNTUQUeqqIQiVlEZQnm9vpf2rslZrldPH7CfMen+Hh1omgJ6+Nj0HWb133/MR69ye6cfVbU3Vne3tvVOcoEjipVxmX/jUM06aKf0xus0SSupAYSgki/sd6V0FqZ8q+mOHoMft6ReXX2Xtg0kcOxdl0rjyDH4DDJCzMzFZabHLTiVSxve2r6/19x5J/aN9p/w9LfLpZ+6db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qsD+dRsHcHaH8qP557E2rQ1GT3Hn/AI8bwXD4+lkWOetrMaYcylLGzK1zIKcroA1PfQtmZffiaCvWiaCvWnT/AMJlOzcZsT587moKxKSHcXZm1sdsTetZi6SbBYXOVOKpKiiw81HiVkSijp6TxqiQQUkRRizG+sWaUkN0mibvHX0T4GBjssbQrG8kKxsmiywSGFSq8ekhbr/UEEce3elXWb37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691734kAVPXuiyfIH5jfGL4uVOxqPv/AL56v6fquxq3I4/ZcG/tzY/Cf3jqsb40rEoWqJkIWN5ERnII1nQPVx7fgtrm6NLaNpP9Kpb/AAdVLKMHoc9pbv2zvPC4zObX3Ht/c2Ky1NLWY3KbczFPm8ZX0sTqsk9JXU7MHCeSMSD6qWAP491mhmt5DDcIUccVYEEeeQc8M9bwcjpUe2ut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAH8p87VbZ+NveW4KJIpKvE9Y7uq6dZl1J5FxEihrf1F+Pa7bgGvUB+Z/YK9Vc0U/Z18eH4z7kzGe/mH7AzFZNFHW5HvzBU0CxqxNTW5TdopYYolUXLAsXb+qjjn2OmNE0U8q18vs+3pHTFR19lvrbKR1+yNjyLHIpr9qYyuUvpuqimRWVwPySb+46k/tG+0/wCE9LRwr0v/AHTrfXvfuvde9+691737r3QJdxfIrpnoDZme7F7l7B2n1vsPa1A2W3FuveW48JtvEYnECOR48pLNmaiAzxymPxU0VGs080rLFHCXNvfq9a4ceiQ/Hj+dV/LC+VnYmM6h6F+X3Vu+e1M+uTG2tjSS7m2lldzVOKpWrp6HB1O+cZjKaomaFHkjiimZ2CtoVtLW916vVnwroWamWISz/dC6SU6GaBFDaZHkqF9AVTwSGN/wD791vqb7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oN+48VjM51J2diMzDFPisjsHdlNXQzIZInhfCTGzoLkjUBwPfjw60aEUPXy4viT2/N8Y/wCYPgc6864XE0fZFTDHkKONooGglzTIRI7WCBQfq31vx7YHr0iHa1evqb7B3Zit97J2rvHCZKly+L3Fg6DJ0uRo5Ump6nzQgTtHKnBKyB0a30YEe3xkdLuOR0rvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TdmHaPEZWVHaKSLG100ciOY3jkhpmlR1kXkWIHPtqf+wf7D17r583/CmbavbOC/mpfD/sjcdFg959Qb26eoIOtMRHjKWpm2nujYeYabe+fr8dVrJqLVlXTVVPLPEInUhGJZT7HHJbv4mlfh0Cp9DWo/bXpPMBxPyp0d3/hO181O+OzPmd8iPhvTUWw6f41dX9a1/de652OUO76fuTe258BjsbJj8lTVUVJDT1EyStV4unpki8jOVJ5uk50Ujma5/wCbf/VpOrRVp8j/AKv8vW6b7C/T3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+XUZn+NPddH9lWZRK3rbekEmKxgDZbJqu2KupSjxStYGdnjVlBNtIb2YbZ/uWD6D/AAkD/AeldjBHcT+FKKgj7PMenXx6P5bOXxdT/Mu+ImY3qxpKJ/kz1nmM3JU0M9QkU1Rl4/tp6jG0ekFVq5hK0KgBlOk+nj2I3lklmVCfhKNT/a0/I1Yn9np0ZDa7PxhEFIA0kipyCo/YdWfs6+0TgcDSYHFYbG03qGIxVPjYpBrVXRY18riNibB3BZRf0g6RwPYOf42+0/4eiNgAxUYANP2Hp891611737r3Xvfuvde9+69184L/AIV37b+UnZ3zf+PvV228NufcHQO3+kcZmtj0uMrZazZ1J2durdWRTsXdG7AlRLSY+vlhhxcBqq0xCSNB4ixLXdt4WuJ1gj4tX/PX7PXpt2Abu4f6v9X+x1P+Bf8AJY2n2h8Uqvs/b3VeD3dvvrrDVGWXfeFqchRbwy3YOC2g+48ht3CQ1M8dTQZqkqoWhenqNK38bxKFksRC+2bdFQSVGPNiK8B6+p/n0wA7g04dXS/8JYf5gXfvzZ+P/wAhdlfIneEu8d2dB96YkbSmzS0VPunAbA3vgKusbBZFaiNWliocnTmigCIkkfm0DSqW9hyQKJWCAhamgPECpwelC1HaT1tk+6dX697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6as7SLkMFm6B0EiV2HylGyMAVcVVBJAVYH8HVb37r3XyHv5gO3M90N8791YjKJW1GFw/Zy5GiwVCmlslSLXyVcmJln/AF3m9AR73FjY8n2zQZHSIjJ9evqpfCKTC1PxB+Ntft6I0+Jy3T+zM5BSmCOmainzuLXMV9A8MYADQVE8sLN9WKliSST7eHAdK1+EfZ0aT37q3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691AypC4vJkx+YDHVxMJ+kwFK58J/wCDfp/2Ptqf+xb7D1rrRo/4VX4jKv8AK3+Wvk8XtOuq8XvDbnanXu4dzU8tXUS46nm3Hi6rJbZMULCCA0okWoFQ41W1hW039jHk6VkuEQISGFCRWi0FQT5cRSp9cZ6ZmApX5f5egd/4TFYHHdT/AM0r5k9Ow0UtRUdhfGzZvZtNm567G5XGyPtnsWjy9VJEaECVEeorSixLJ6ZImDgqEHtnnJR/We6I4EqfzMaE/wA+jdIbX92JMFPiUqTXGWcCg+WgV4/4et/mOokaseEkeMK5A0i/H05HsPsiiPUOPQfiuJXvDCx7QCeH+Xqf7Z6MOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Wz5iqrfFnvzWQsY6v3aZWJAtGcTIjWv+efZhtZAvVr6H/B0ssJ4ra5E02FANaCvl6dfIP+I1WdpfzJ+hf4Di3zmTyHyZ2VhpYUjkdqWmy+9Y6asq4QoNxHG2uRzwoHJ9jKTtUSBak4J9AATX+Q/l0fNvu2fElSSKE6SKCn880FPz8uvtBCNYlWFL6IlWJL/XTGoRb/7Ae4/Y6mLHzJ6CzEsxY+ZJ6791611737r3Xvfuvddj6j88jj/Y+/de6+bn/wAKIdyVXyD/AJrfYnUnUnYGe21unp/oLrmj33kMNn41wmf7HoMtkcntfb+diidEjhxlJkqSaodwxjZXDLqFwpsJ47a8WeUkAV4CvlQY8xnpNL8VSK+XW4F/Iw+Hm1Ph5/LP6Q64xW4ajfmY7Gocx3H2ZuqtkjmTce++y3Wp3B9kQSwooo4YaSnWVmkZYzJIxd29u3FyHdPBYlU4E1ySalqHgSSf5dKI6aanz6OX1J8JPjt0T3jv7v3pnq3bHVW++3MclJ25UbNxePw+P7Dqaesevx+V3BSUZJkyMU0jyzVhP77s8j3difaOQl5DITUknPr+XWgqg1XHRvvderde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918wb/hSptsbN/mKw5Kannmmr5cHUyQ0dSEjKrHdPPN9BcvZb/4+2/MjpLIO4g9b/wB/Kz3vi+xf5d/w+3hh6SShx+Z6N2dUU1JNIZZYoVpmhjaST/VSBBIy/wBktpPI93X4R0oT4B0fv3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xY2Vj/QE+25v7FvsPXutNn/hU3QZ6g3//AC+qfbuK+7pOz96br2BuDJQkpXY2hpDHuMrSSfSN51lkOpuD4tP19jLk13WQaF1A6QTWmkUrq4GuQBTGTx6YmAOfl1Ut/wAJie2p2/nad6bK3I2agyO5fjZ2JsbE0GTmGRq6TLdabv2/uDJUAqLqAjihr5lsOdVvz7Y5xdW5numTgCo4U4RoP2VBp69GMV3WwFqxJpSnoMuSPz1cflT06+kFHTyrWNMQvjKuAQ1zz9OPYeZ1MekceiWK3lS8MzAaSCOPU/2z0Yde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFM+d9TNR/Df5H1FPbzJ1ZuQR3uAWem0WJBH1v8A19mG1/7nJ+f+A9Uk/sz9nXySfgWNxY7+aj8Zq1KRqqTcXyp6+2zLTQyxCoNHn990uMrFo46i4WV0lYI7grcC49jKclU1A4ai08hxyPn6/Z0mAqKdfZmT/Nx/tmH9uP8AZJDGH0D9ksPrp/Tf/D3H7/Gc1yc+uePSzrn7r17r3v3Xuve/de65J+tbfXUtv9v7317r5KX802jwmZ/nH/PvOY2PdNLNuvu3P7U27DXrU4qery2N2/jBl6+VqN4708tWWggXTbxsv0Y3DLfLpJIc0Hr19Qb4S7Si2F8SvjnsqGBqRNr9J9WYh6NiWNPVf3FoMnXs8j+tnkmqnZix/pb8+3FwAOlK4UDo0vvfVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6w1EkkUEssSq8ka+QI3AYIdTre45K303Nr2vx7917r5gP/CoTsuCL+YzuPFM+Lkm2qNsQVlFBVfcz00tTg4s1TY/NLC58dQIpI3dUIAD/wBefbZ+I9JZBVz1u4fyI+yaPef8q34lT0VJRUkG0uuf7m1sVIZykY2xOaSgqGEzMfJURsJZ+dOsnQFHHuynHT8WUHVyhFiR/Qkf7b3bq/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691wf8AQ/8AwVv969tT/wBi32Hrw61Ev+FQ1LuCs35/K9hweRqaCCDu3f8AlMsadElElPitlR1UTy07MrSBQJV0qf7ZP1A9jTktWL1DUAAqKfEKUA+VCQ1R/DTgemJeH5dVVf8ACefonF5n+ch8h+26zccWN3v0jv3tCSSlqcL9vLuHbffO2I8Tjy9JUa2jaklQmkIcAGZ2fWGUBLzjUcy3AJrXQeHl4aUH5cK8TSpyevRnIHy/ynr6IvsNdP8AXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691HnlaJQV0E2YhZG8auQPp5j6U/wBdvfuvdIDcHZ20NpUFTlN3bu2PtWhoNS5GbNbvw9MtNIV1wRl55IlDMpDAORwfqBz79UdaJA4nojnYn83b+Xd1VDJLu75b9FV7QZaDC1dJsTsPbO/sniclURO0VBuHGbZq6iWikZo5EMhEkKFSHlUsmrWpRx60XQefVfnYH/Co3+U9shd001J2jv3d+d23GzQYTaXVe6M6mfq49QfF43ccfhxSSmykPPWLpDAlCCCdageq+IvQIUX/AArY/l2Ve3qvcEewvkRXSUmM2/k227hdkbbyW4ZTuGomp/4TTUxzcaSVOPMDPXeoKFdWUCxv7V1rxl8weodD/wAK4/5fGSoJ8hB0t8uqd6ZxGcTW9a7Pir6tXbmppXbcau6xgHXHBTTsSQCY+NXtQ694q+XQk0n/AAqn/l2VGIXPz9YfNHG4ZszhNvjK5D47GmxLZbNqRS0ceRlzilmZ+FtDewJ0nUvverqxkUdG52P/AMKC/wCU1u7IV+GzXy/696t3LipKKHLbQ7cpNx7DzmLnrKdJkplra2kmx9a41gP9rVeg8MPz78CCK9eDqwr5fZ0fTpv5yfE75E52HbHRXfvXPaWcrMbWZSipNoZGpy3lpaVNZmWWGMQuoFyw86tb+yL+/VB4dbDKcA9GxW5Vb/Wwvxbm3PH4/wBb3vq3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+X+ObLfFvvzHJTLWPVdXbrRadkSQOVxruGCScXW2oX+lr+1+2Gl6n5/4D1VxVD18m/wDllbMOW/nI/DrC1H3uar6v5VY5IsdGzVNVC+MNflYqoCQ2U0k0MM8b3Hj0F1IK3Aqv3VVjJqM+poAFYkkcP2/5Ok8dTX/V6dfYfYhmZhyCSQf6gm49gfpUePXXvXXuve/de697917royJF+7IwSOMhndjZVUHkk+99e6+SL85p8FuL+cDvuCOuqQlZ8gsvTS11bVyS6G/vnHHUCeaUkk+ONVN/wqj6AWZ8j0jPE/b19Wrpakhx3VfX2MppjWU9DsnacMeT1tKMkBgoUWdZn9ThEVIgT9AoUcAD26OHSscB0KPv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6g5NxHjq1zH5tNPIRCEjlMz2tHCscxCsztZFVjYkge/de6+WD/wqW6ix20v5nPbuYoExeOTsrbXXvaTL97JNuOWas2z/A66uzVBN+7To1RRtTQF/wBfjYITGqn3Q4PRts1nHeG4jceSEGgJB7uFfXz9ett7/hLjuqLd38rfaVP/ABBqiXZ/Ye7NpVlL9w8gjraOhoKuqo61GNg8S1UD6W4tIpW/t2Fe1iejG/jgipFGi+QJCjBp9nn1s3n6n/XPvXQXHDrr3rrfULIOYqOolEjRCJBK7JH5HMUbB5o0UfQugZA39knV+PbsIBkAOa+v+ry4/Ph177eqae9v52Pxb6L+cO0/ghHjN+9kdqVcu1aTsXJbMipa3aHT1PvOkjr8HFuqr1maas+2ZJ54haSJHXVy9vZvDtrTxsSQrDNKd3E0J8lB8gBwz1RpAppTq5bG1VPXY+irqSZamkraWGrpKhUkRailqEE1NOqSlmAdCrDUbkG/snlBWRlOCD9v+DHV+pvtvr3Xvfuvde9+691737r3XCQ2jcn6BGJ/23tqf+xb7D17rUB/4VLSUUG8f5XmSrsRU1+Pm7h7cxtLl4J2hgoMpW9bKtBStbh3qXAaNGsCIm5/BF/J8qxyorDLlVGeB0k59agEfaQemJQafl1SV/Io+RAx/wDO37F27Xblro6vvWPY9FjarH0qwnckuwcVS1i4iuDMsMVPUJGY56jxtMSlhw7Xb50GnmW4H/NP/q0nVY+I6+lsRYkf0JHsM9Keve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rUr/4VtfM/wCUfxI+LXxuw/xo7S3j1Ce9O1t67Q7G3Vsed8Zn6zbuC2N9zRbYo9xRgy0ArJK+aZ2pik7mnRklTxG6+yXUTgEkquQDx1E0rUAmgFeltmpJIABJKrkA8dRNKggHAFetKbYXyz7p7S6eym2d19p753XUY+mim+43JuDPbnymQhpgZYpchkMxUzzzzGMKskzsST9LCw9itLS0KhhEhBGO1fs9M/b0KTaWZgEgiQgqfwj0xmn8/M9JvYH8uD5W/LmnXe3UHVe8K+i3GkgDYvA1dHBkKeR1aoler8eiVVJXUGuSTf3dreyVChjQfPStR9mOo7U4B406uQ+In/CVX5gb0fGZLtPF0/XuFqZmWer3Dk1jyNNE8MUhC4pAA0fqNmIuTqF+PYS3aOGO4VLb4QorwOanjTz6d0yMa8OruOqP+EnfUuzsuajdPc2Ur8aEWWogxeHieSaeoiAqRSBwAPWBqNhdVH149lmg+fVvB9T0bD/oGM+GVSIxlN69j1bijqYo6vGfwrC5ahqJSixV+PyVVDVwRzRW1ItRRTAkf2Re/tA634K+Z6Sm3/8AhLd8O6GpxJ3l8j/mx2pg6DsLb/Z8+0d17z2BiMLW5DayNTUdDUnbu1YJtP6HWljkQSKtgAW1jekdb8JR0Y3d/wDwmz/lTdlZmr3N2D0hu/cuQnwL4Ggiq+zd2UFJhaQ10eQXJYvG4ZaTw12uMxkHUpSSQFSxBGwoHDqwjVT2k9WvfGP4g/HH4idd7e61+P3VmC2HtvbsNVHQTGlbIbmlau0mvmr9y5by18rTlFMgefTxYKAAPewAOHVgAooOjM+/db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RW/m3NlIPiP8hnwlhlj1bulKEtIIR5noGUXkPA4vyfai2nFtMJyNWmuOHHHT9tbG7l+nDadQOaV4CvDHXy3v5LAzuN/nb/ABKw1RUzw5Dcfd278HX5Kko4aqU0SbC3BX5qGinkJMc5BiiSWMgqjufzb2ctvqS/DCRVafF+fp69LZ9iNtp1TDurQ6aDCkmpqaDFPz+XX1xAwYBgLBgGA+lgwuBY+w/59FZ49d+9de697917r3v3XuoeR/4AVn/UO/v3XuvkPfIrDw7m/mxb2xuSE07TfI3JVTyQSeKVjLvlNKKSDa31J/P9PbPl0iP+E9fWz6woExPXOwsVFE8UOO2Xtelh1vrdlTDxBtZsOQfqfz7eHDpb5dLr37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa5VakqNaLKqR+XxusTLI0DCdEtMCtyygAkcGxHIHv3Xuvmsf8K99snHfzCOuc/8AcY4xbh+KWx8HVR0tLWvXUVTgexNyQGqzWcq4ozXySIUEa63MKLo1WI90b4uhJy2aTTH5J/z91sBf8JTKzAVP8uvJbfwEmLE2O7gyWb3LLSU8vny2S3NBQVH3GWWSRwZYqTHRUkTIFGmx08G70PdqH+r/AFY6V7sQp1KM0bP+1IH+Gv5dbV/1906CHXvfuvdN2WeSPG1rxQfcssDEweUwmSO4EwEgBIITURxza359vW4BnQE0zx458v59e6+bh/MM2fvH4+/zqvmRkabPjGV3ZvY9N3PsTcEkFPBPiJd1bEpZMZ/GJUcmXHLU0GimmkhdIgGsup5C4vsIwlqDWuqh+whVUj+X+TpJMe+np/xfW57/ACYvknnPkX/LF+FvZm6N7U/a2+st19j9ldkbupq6mkrH3ntbMV218zVZCnpqeFAEajhA0xoCrqQAPqErok3L6qE6jXTwr8q56UqRpFOrY/afq3Xvfuvde9+691737r3WKf8AzM3/ACyk/wChT7an/sX+w/4Ovdav/wDwpR29t3cvSXxKo85j8hWZKk7nbJ7NqcbSfcVGP3hR7FzH8HmmmDAxQOzFZ7A6h9bW5GvJVdR+xf8An3pifgOtDj4kbr3v13/N26B35tWNY969ffInYuVMYqEhop3o86KXPY+csh1RTRNLBbkWvcEG3tNzuf8AkT3NP+Ff9Wk6EFhy9JdWq3QkCqU15Qmne6BeIz2E18q9fY5oMmuSjoqmCEilr8fDkYpvIrKq1ADpDYDk2N9V/wDYewzTFeiRzom8L7c9OfvXVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q7/m/wD8vXaf8y/4Wb6+O+ZKY/edNPHvzp3c0aQff7d7T21TudvGCacoFp66OWooKxfIoKShifQPa2zn8AuSCwI4VpwNQa+RByD0Y7c8ayMstdLAV+VDXV9oNKdfKa2zsndXwz+Tm4+o+1MHJi9ybN3bDtbdu0qmcVtXh8l976KfNxMqhI5YQlQkgBWSORbfX2ZLvsMceiOEgA1+Ov2/h6F6QxiFoYT2kYyTx+Xp6Zznh19Uv+Uj35tnu/4g9f1+ztv4PbsOzqNdvyUeFxEOHxvjKal8lNT2fzWHLarH+0CbWQyXaXzliGUGn4q5Hp5D546CNxtbWUa1cNXHCn+U9WqUkjyxFnvq1kH1u4vpB9Oskgf4e0coCtQdF7rpNOpXtrqvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV/fzTdx5faf8v8A+Tudwtvu6TrfKo/rWNzT1S/bSJETyXYsqKF9RJsOffiGYEIKn5Z6M9oMYvAZCBg0rj0/yV6+ZB/Ith3vvX+br8PdwYSnrp22336258wMe1MXi23XbbyWFzuRq6qpJ0Rw0tRKZNFmaMs31VHXaRTBwNDVqPI9Ce9eJoyxdaICQKqdRKkZ+zypx8+vruxi0cY1mS0aDyG15LKB5Dp49X144/p78eJ6AzfEaY65+9da697917r3v3XuoeQDGgrAoLMaeQKqgsxP4AUfX37r3XyZe+cE+M/my5StpxrqKr5AUau0f7pqZarcYlqdCcgkyqxIUcFSOLEBny6RGlfz6+sBsuXz7O2nKXWQvtrBEupUqWGLiDW0ccEEED6Hj28OHSwcOlN791vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuoWRpRW0VRSMqslQI45EblXiMymVT/rqCPfuvdaF/8AwsR6/mrdx/G3e8CS1GNfbOVw8jT1dZUHHNNnqvKV8MCTSNoWZ5RLoAAUW0BVsPetDu3YpP2An/B0IOX3jSWbxGAqqjJA82rx6OJ/wkFXbR+HveVBt7Kxz5Kn7T2tLnoTm0q6rGGXAs2PiXBPCpp450RykrTOHsxX6EB2JJAWDAr9o/zjpZuksCqoQhgAQADXypk1Jx/PrcZP19t9BLr3v3W+olfIIqKpkKqypExZXbQhQnS+puLCxN+fbkQBkUE0zx69w6+fL/woyoJuqv5y/VvYS4/FY/a2/fhpt7J7srvtnzGXz1F19vnLYCGOkpaiUpR1ETCip4pFWOOSIFpRISWIn22caAjMBgk1Oa1BHy/Exp/m6TzjJ/Kn+r8ur0P+EtOey2d/lW7KxuVgoKOu2P3v8gduPjMJg6bBx4enl7K/vLHj8zkLuK2UfxB5YWiUWp2jiLlowfYcvP8AcyXh8Z4cOPTsZGnHDrZV9p+r9e9+691737r3XvfuvdcXAKMDyCpBH9QRY+2p/wCxb7D17rWE/wCFKElbhtmfA3L4/Z2b3DRR/IrNbbyeUxeYqKSg23FuTrbJUmPbMYiAM9d9zKpFOFKmJo29QMgBGnJhIcinktflw/4rHrXpPLUgHr599Dk8ls3+YHiM7lhWYGrxPYO28lFKsMMFYxx+TR2qxTQtICZVUyeotdWDNYk+0vOx/wCRNckf8L/6tJ1JOzSqmyRa3UDwSACy1r401cVrXI/Knr19iH4/b4x3YvT3Um8sK6y4nc/We2M7SyNLH9zerokSUSQA6gC6tZrWuCPqLANg9n7Oo7mqbvV5UOf2dDZ711fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xum7IRiQQ+ksY5DIunVwwHB9P/E+3oeJ6ehbTX5inWgz/AMK3v5ff929zdd/zDuqNtwY45iXHdU99nG400hr8yyGv643qamG6zygQVNDm5qgApCtCsZBL+2plAfHn0JbG7YxAlxUduSK08j5do9KEkVpnjy/4TKfzCMZgd3f6DN67iyEWF3j4KCgEkqSUcW5JUUUkc0dvTqYkPY3X/C9j6FJUeulqcOB/zeXSq/EM8JVXUmlV7hx8vPrfgxMc8UEyVEhlYVUpRiFDCIhTGpCAfQf4e3Ja6s56Cd0Y2ceGKYFft8+nX210m697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VXf86qozNL/Ks+b8u3aN6zP/6ENwx4FYV1VVNuCV449vV9Mn5aCuNPIxv6UDMASApMNs1fWLo+KhpXhWnnxx1STToOrh188D/hOdtqlx387H450jRZOTEUe2+4cpi6eq/yWiotyR9TZKOiXc4QsnijLJaMlruUVRyT7Et+bkvWp8Mofh/i1LWv5fD6ZI4HpmMJjArX/P19YFb6VvcHStwQAb25uASAf8AT7BZ49KeuXvXXuve/de697917rkn60/4Mv+9+99eHHr43Pyg3rkaP+Yf8laXfEG5No5rbfyJ7dwO2qvbKpW5bA4bb/cNdNiM9Qxyzwxy1PgnEayrMoZS7Ai1iyR0jYUOOHX2CuuK2Ot2hgHjjkhP8BwDyxuFURzth4oqhI1TgL5I2e/5LE8X9ujpWOA6XXv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sCVYC1yCBf6Xtxf37r3Wol/wrSwWxcV8beh917uf7B81v7O7SxeRJpo6OPMUuz5s1DR1k08iFWqYad0ptCvqdCraBZiIdgqJJKeYX/Cek84rQ9Ey/4Rx9i4xo/mR1HhsNSU/wDd1uld8bg3Q2Vlmq6mozlNubayLFRi8ApKGCjp4kAfieeVrXa4WbyFI1YLH55NMU/kf2fLrcODTy63vD9Txbk8f0/w9hLp/r3v3XuoeQplrKGqpXAZZ4XjYN+kqeSD9fr7917rRU/4Vh9W7zPyJ6W7awNZ/DMfL8MO68Nm6rGZJqfKVdVtbsihnwWMFDCjSzRyx5pB6VKgo+sqAuttwKivTEwyD0Z7/hHH2HufJ/BTvLr3e38Ykxm3fkhVbo6/zmWmrf4VuOj3Ps3FtuiDB1tTCgqDj65YWqkeZ/3qhLAEC9lpw6vGRkDH+qnW4z7t051737r3Xvfuvde9+691xb9J/wBY+25v7FvsPXutbH/hTXs/L5j4l/HLd2K3PU7WfYXzH6d3BNVUlNm52raVIa+Cox0k2Kp5Y4vIWQJ91JGjm4uSLexlya4M3hjjpB8uFRjPr8umZvhBPXz7/mh15vXNfMvc21diUeCxWZrtrbP3jiqtslWY/HY7FbmlggyR3CK1paYmOsmMgmoo0ZI1QEPKrj2k5zxzHck/0P8Aq2nTAVRkjj19RP8Ak0dq7k7g/lv/ABH3PvLa67V3NierzsHLwULVE+JzeW6z3BkOucruzH5CQAzwZeoxM2SVZVRo5JWAX1AANrw6VoaoOrTfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RfPkz8d+vvk/0h2b0Z2ThsdldndkYGqocqcjRQ5V6CtWARUmXxtFVjxrVUwQS00moaZFBIIJ92QVdftH+HrTKGGk9fJn7I6q7M/lZfzIOxukM7U1+OyfUHZWKbbWVXNy1h3BtKugiz209zz5KKnokkmraGSGSrZKcKsxeNSyrraQI5TcRmQU0ngQeI86jyNainSJkCmh4jr6p/wACfkdtv5RfGPrbtHCVsNTkshgcfT7mhFWtXVxZuCkjjnlqmDMQZAFYXP09g/dYzHdkeRFR8uOP21PSuNtSg9HM9lvV+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVh/zkN0VG0/5cvyRyNN4PJUbU/hx+4jaWPRUszkhFZfUNAK8/UfT2a7OAbzPkp/wjpuX+zPWgp/wmGyNJub+bHi6GvLVeQrMB2FUU4ms6eBsC1NlKoi2oSxQEtCykBWsSGAsRTfOEtWYH4cfnQED86j9vTCA616+pKrrIqyKbrIqyKf6q41Kf8AYg+wEQQSD5dK+uXvXXuve/de697917rkn60/4Mv+9+99eHHr44n81HGYP/hxHvipxlQmz8LVdo7iymRzNFBV1RxUFTVyZWpATW7/AGwmRSyliQpN2PtmpoekZ4mnr19af4ibvHYPxw6Y36Mrjsyu+erOt95UtdjoJKRZ8fuXZdFlaeeeimeR4WeaSpKxs5IQKLkgkujh0qWukV6Ml791br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de61Z/wDhWn07X9t/y8dkTQPkRSdd9xwb5ZKBJ2U5SHblRgMfJWeI2KJDXVhVSAS+khgFYMf7EFLvX5edPX06NNssYL5mWevbSlD61+R6pZ/4R/dobUpO8vkp0fHipoNzbo69xW8MlumWNjJlMTsrdi0Iw2Skle4hSTN1MqqeTIIjcBCHN9xAMdRnTWgzWuP8/wCzh0tudnsbdC0RYkA4J9KD+HyqPt6+h+3LEn+p/wB79gkcOg711791vroi4I/qCP8Ab+/de61Uv+FHGVzGF7M+H+IOzKfIba7f6z+S/WI34uFjyGR2tvXHrtrdu1sRLlayWOmoMbkIYK9q+WUXcxRBHSxvSQcD0zN5dFe/4Rs7W3Nt34sfKDHZ/cde1PV947Tz0HX+QxmQRtnrDt1sdkpmgyB8ajOWx9bBNSIFZaNZGZrADY6tGa1/L/V/k63T/dunOve/de697917r3v3XuuLfpP+sfbc39i32Hr3WvV/wp5wFXlP5U28dwUGR3LjqzrnurpLfsJ27Uy08VV/C91jHyU2eSJSZaPRVs3iLLeURnVxYi3ks/7sVFBlPz4rw/y9NzCsfWhR/MONRtD5Y7Q3pgKPb8Q3l07tjbVdid1Vr4yryO3RuZkiya0DpOv7tLDNHJUMix+h5PHqT9w25m2pbnfZJW+FtOruoahVFVxnHl8uk4oVo3lw63qv+EsnZ+a7D/lP9W7MzdKuJyPxw7R736TyuLjp2pNTpvj+/wDgXZoGENSkVPnqmN5QgBkVSiqF5B13bC2NKEE1oD6AsPQVqNJB+fSpCCMdbIntD1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sFZHVwCjIyuG/SUZbOG/wte/vYqDUcevdaff/CoP+XTD3R1Bj/nD1HsiLLdr9FLjcf27Q4TCVC5TdnWU9euKodxtlodSOMKssUjkgn7cNyAtwLdslMaeE5w2VBIrwqwpg1BqemZlzqH59Fz/AOEwfzXlxudy3xu3PUxJTZSDIQ46qZZfA1bjpkp6KrgLSlVjqFjDrwfSwF/z7Nb/AGGC82p91Ut4yHSBUaSBQnFK17jmvpjqtuRqoeB63jkLaY9RVmKjUyiysdPLKLmwP459xzI5WUIvAn/P0pIp1k93611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVD/AM9SnjqP5Y/yL8sphSHE0c+tdV7qJUA9HP8Aa9m+zf7mf7U/5OtrbzXP6UC6m40qB/hI60QP+EsW3cE/82Ta+ey2SkjpqLrnttsbSwQ1sklbk6PEwV7Ru1Mh0L4FdyZSqEAre5sRPuAb6ZhH8RAHyrwr9tP8A6fG0bjGQ8kVAPmv/QXX1NUOpEIXSCikLwNIK3C2HHH049gI4JHSc8euXvXXuve/de697917rkn60/4Mv+9+99eHXxwv5s2Hy+zP5knzDhmqIa1+se/OzMbXYutpWZDiKev+5x8lfj3K64ZYqiFo15DKbgFVazVPLpJSrFfU9fV2/l8V+My/wb+IecxVPjYKbO/Gjo/Lg4rGNi6OVK7rmgmiMULfUC5sB+gGxA/NxwHSlfhHRxfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VLP8AP52xDuP+Wv3HNNVLSR4ZsTUtNLUx0sCtksjDhKXW8rIupqiogiTngvfhdRB5sZ/WcfIf5ej3YifFdR6A/sP+r9nWnF/wlSzOF2T/ADIspjFr4XyvY3UG/MBj8fMJBLkKGhmoM9LUU3lXSxX9pypbUQC1joax7uBR4GRjQgV/YK8ej6/MbwshNKAn9gr19MQ/U/65/wB79gYcOgGOHXXv3W+ve/de61Wv+FInYFDj95/DTr3LZPMrhK7bHyP3rmMNihRMJabGY3A4F859vUnXPPRU1ZVtBDGrlrsApZlBpJ5dMzeQ6p1/4SB/LnM0vbfavw23Q26sjlc7Tjf+3KzJ4yolqcZgNqUsVIMDFuSZmlo6WJbzNQTr45FbRE68qfDj16M5x59fQv8Ad+nuve/de697917r3v3XuujyCP8AD3SUFo2UcSOvdU+fz78kuD/lK/MPNyZKrxaYfZOCyCVFBQw5Cterp95437KCGCoV4wHc2d2X0jm4tf2ecu3VtY38U94dKqKEmpAx50BPyx1SX+yP+rz6+fF/Mo2luDdG3eoe0ZMpFNUT7GoamaaMI0ki1eMFUlNVvGebM7ho/wDNhmYKACbja9vba/vJLqycPG9NLUIrQAcCAeI6SA5z1s/f8I0dxT1vxH+Ym2aiWevG3fld56PIPC6KIc91xQVcijzyFkDtTswjVLC3JNxYFboSRpJyHeoNc1IIIr5CuM/Z0rTh+Q63I/ZL1fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de66NjcGxFiCDY8Ec3Hv3Xukvu/b2J3PtXObZzuIoc5t/N4urw+bwNfGr0OWwmSgbH5bFyREhbT00ksS6iFBYE2tcKbeXw5hIWp8+OfIn1FaV9R1s0Ip181/sPZWa/lq/zod2dWxSUeNx22N743evXEdDOaKkzHU+6K5m2UyUcLWJpfHLh5Y3GtpaVm0lHRnlHad32642F7bxP1dZJWhqAQo40p5Hz6Rsvhn8+vo+9R72pOzOttk75ppFmjz2IpMiSqSw+OraHRVwvDKFdWjl1xsjqCCPp9PcV7jAY76iigBr+RB6Vg6hq6Ez2z17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691S1/P83RJt3+WX3lTpRR1YzsWOxTu9Q0P2qyx1E3nRVRtZBjtpJA5+vs22X/cyn9E/wCEdG2y5vafI/4R1o7f8JdMLvSL+alszI7flpW22mwu0aXdrVBAlhosptl6CL7SIn1yayhFiL2t7E96QIWY54UH2dCm7osDMc8MfZ19SqI6oomAIDRRsARYgFAbEfg/4ewIwoxHzPQBYUYj5n/D1k91611737r3Xvfuvdde/de6+SF/wo/2nVYf+cj83qXGvek3hXdY1MyQ6GSr3HP07t6uZPqvqLuyuzG9yWI+gFa0PTDEB604Hr6TP8nyrxlZ/LB+C8mHOuhpfjT1dhZHfzCoOX27ghgc8syzO9lWrp5REQ3K82UWHva8OnE+AdWS+99X697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuqbf5+nXWR7X/lY/J7Y2JrRQ5DI7ewOUpp1DtURttPeWM3cZKdYypYsKAwMCQAspfkoFY52YEzt5DB/nw/Po52UEzP5AaST9h4fn188/+R1vHcfXf83H4VbogoZqulwHY24NsZ6nxdSzPT7f7H68yvXUMzQSaPuTQ1FetaYDw5gQEr+pRHfRmS3quAA1fnjh0JL6NpISVoAoYn59vD/P8uvrhsLMw/oxH+8+wH0Auuvfuvde9+691qI/8KXMtQ0XcPxSx9RFuCoq8j0Z8lKykgg26Kra0tPt/LbYyuViye6YSaiirpKYSLTUyR6JY/I7upRQaSevTM44da3/APwnp7e231J/Na6cpq7EZAVu+97ZzrCiqlrqWnaaHeksuKxM+QijqZCwgZ4iYvVq+n1HvQ4g9NoaOOvqXEWJB+oNv9t7c6Vde9+691737r3Xvfuvde9+691UR/Pho8xl/wCU78yNuYGop6XJ7k66xuHiqKmjSsSngrt9Yehq6qMSMqrJFHMzR3PLWIIt703w9UkNIz1oV9r4zIbq+IuKGUb+N5XamPodvSV0lKtGalsSTipqo08bOI/J49RVWI5uPYv2Y/4jHT+l/wAePSL8XV1P/COXsmCl3r8/uiaiWqhq6Oj6W7Xx9E9PHFSTjIxZHam4poiTqLUc0VHSrIF/cV7toI0lHvZBNPOqn8tJA/mD0rirT/V6/wCz1vRew7071737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WCoeoji1UtMKubWiiEzimBRms7+Vlf9I5tp5+g9+69015TcOJwVNLW5+uosDQwRq9Rks3VwYnFRu99MAyWSMMRfi9r/AE597690RDuv+at/L4+O0cH+mL5c9E7PqqrOy7bpqWo3smTknziVJhbHIm24MhJeBQfvZhGY4WGktyD71UdV1L69VZ9nf8KkP5fewIM/Li8R2XuCbFZWsxeLoM1hV2TVbljpKtqWLNYZq9qmN8fUgB6WpkeNmB9USe66x5Z6p4y+QJ6q521/wsvi3B8gdtbMh+D5bqDc2+tqbHfKp3XjpuyqCo3HkVxf8WxW34MT9lWU63EoV6qP1nwtIpsfewT1tZNVP9X+o9byk9MlSiR1K3EcySsiOwRpITdQTwSobmx+thf3vpzrUF/4U+fEHc0eS+PP8wjrLEY+Ws61rqTo7v2enx9H91/cDsrO/wAN6733mp5bSGmwWdqjTlxJanSsapZk0WYR7JL2mH1JP24H7SKfLBPHpiYVFerJf5F3yKl7P+PNP1zkcw2Wy2wTUQSSyV718skUkvqleVx6rMLeQMdf6vz7vvECmHxqZBGfkfLr0BNCvV7vsM9P9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcXuEci+oI5W311BTa3+x9+691TH/Prw2Kz38tvtnHZWqWiaasxH29SXWOSOcUdWfq5HBF7/wCNvZtsxpe/7U/4R1rx5rf9SBireo49aZ//AAl8w238f/NHbEjI5CpGL6m3tuYtGTJQGTBVFJi0p5pEOkPUyZGFVBPqbQALkXE18Ha2bTxIp04u5bhIdEkzEeYr19M21uB9BwP9YcD2A+qHj137917r3v3Xuve/de699Of969+6918pT/hSvt6kw/8AOE7/AFWY46kyUfUu6rxP471GR6Z29S5CEM97tHJHOk4HKFHBsVa1D8R6TSfGet+T+Qvmspmf5XHxtXIv5YMNjM7gMRIHDgY3F5qWFaYafp4ZfLEy3uGBU8gj3tPh6di+AdXD+7dOde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Rb/AJbbfpt0/HbuHA1WOiyceS633hTimlp/uVd2xRKKsViSxIFgBfj29HLLErNExU4yOjXaCRcUrSv88H/B18j34y5HcXV/8zrprMQJMzbK+RW0MquNp8ym3a+Wmx+8DTVUUddIUESiKXU9OwvIkRAFr+9ncr9koZmIPHPQumH6DknBQ/toa5+ePsp19jigqJK6ojyArDJSVuMoZqWnDjwyPLEKiapiQfW6uhuD9GH9R7Y6jziK9PQF/e6deAr1y+g4F/8AePdur9ayP/CjvaewNw4T4ovmJs/Q9hRVPfC7Nq6cVkG1ZsYNg07bmps7WqVp/uPH4jBHISxi87AaVJBvtVtDPrMyK4FOIyOPSW58utB74E9iQ9D/AMyTqbcmTWHb8W0O88LkMPlQUooaJqPO+SirBW1VkRPJoIkLW5HP09ld+ix3kiRigDYA8uhltthZy7fHJJCpOkHVxJ9T9o6+w9tPOLnaKjyMVYldT5XHwZenlhmSohWnrqanq6YRyx3Uq0cyuhB5UhhcG/urAaQR59El9CsR7RShA+34qn+XSv8AbfRf1737r3Xvfuvde9+690Q/+Zrsmm7D+Cfya2rWQCpppuqdw5oU7xNJHU122p6XOY6kITkvJLCDEo5LKLA296YVU9VfKHr582NqZNxfHffdBRQtLkMdWzz1dDWAxQQIaiSojpxqtoJWwOr6E39i7aP9wov9t/x49CLa7GzmskkliVmNakjPxEdDX/wlV7jp8T/Ng7FxeahrY8p2p8at3bMoxBKlJjpqna27MJu7KhsaLOXhCzTSSNdXZZplsoYhneUUQ+LQ1JVa+VBU4/b17dLK0toi8EejIHy/Ican/J19I3FyO9KUllaeWnqKmnllc3ZmimIFz/wUj2Geg/04+9de697917rizKis7MFVVLMzEBVVRdmYn6ADkn37r3QR96dtbb6Q6p3h2nujL0uJwm0MXLk6iacJJ93MkZajxkClgDLVSaYol+rE6VBYj34mgr1omgqetDH5R/z/AP5yYN+2e7OkO88VtLDUVbiMthNh7q21i9xbHk2fjM+lUNtRUVQPvMbkstGYqVayibW0UhQvEzrID7b4LeTbjcSqpKs2TWlBTBpnIwMHNDQ8Ok4kcvSpoet7v48dwDvrpjqDuanxNRgsf2t1bsff8GHrIKilrsbX7owq5PJ4yopar9yMUjnxDX6uRq5NvZbcwJCWVckMf2Yp+Zr/ACPSkGq16HH2j691737r3Xvfuvde9+691737r3XvfuvdYp5GhgnmVBK0MMsqxmSOESGOMuEM0pCIDa2piAPqeB7917qnXCfz2P5YW4N+92bLi+Ve2sdJ0HuJNq9k7nq6XJ0+ysPU+RoHrsRnWgqKLKY+GsjqaOpzVIwp0ePSZGTQ7a1Cv29V1KCAfP8An1bJtHe20d87T27vjZ+6MFunZ+7MJRbk2zunBZSjymEz+38lTR1uOzWMyVJaKanmhlilSRPTpdebEE76t0q/fuvdet7316nXv8TwBySeAB79Q9eoesMVRTTKWhqYJVDhC0U0cgDk2CEoTzfi3v1Ot06QfY3ZvX/Tm0Nwdg9n72wOzdmYGGprsxn9z5jH4nGYmnpYGnmUzVskYYhUOiFSXdvSgLED340GT140XJ6pg+R3/ChL4G9L4HJVmyMzvLvzcVC8f2+0up8dQHJZeOY6IZ6DMblqqSghhWQr5ZpHkGm4CG9xQyL5dNGVPLPRSuh/+FG+198ZPdFd35tjpvo3EVrzSbE2dtrvGn7L7fpccWtjJt47Yhp6TFwzzR/uulNUFVNxdrXJ/t9lDcWqzOK5NccaH149CLbbKG6tFmkWuWBx6H149E8+QP8APQ+PMO69/b/b5i/K/JY2q3Zt7OYLqTr3P7e2Psra2I2vhv4dk9q4D+7WEoM5VUmarCJag5fL1UgW7RvqAPs0j26AdpjU49P5/wCr/B0apttuAF8MH7R1rJ/O3+YD0f8AKTf1JuPM5TuzeMmDjrKKgw+8+6ey85gpKNJGrAEgq8u0SiWVyxCjlr2/p7v+77BfjjTPrx60du28GjxoD8+PVc9d33lN37UxOxOuupVoavH5ysym3q+KGrr8nha3JS+VqvE5eqEtWkjGxMwn1N9SSefYLuVRbmTRhQzUHCgrgdWTbtudPEjt1PyYafzz5fZX5dHY+FX8lX59/O3dgrIuvN2YLY1XVUWQz27cnQ5PH4ERZOqkQ1q1IiWComDh3kVHZxwzWuPbQqeHQf3iyWBUeNFUsSKKMAADj869bu38sr/hMp8R/hDuvZHeXaxyHyB+RO0dx5DM7Xz24RWw7C61rqqhSLbtTidhzQNTZqropA9VHX18irTTOSkbNGrBwDGeidUoM9bRqqqAKihUUBVUchVHAFz/AE976c6A35F9G7L+SXTfZ/RXZGGo9w9e9s7C3NsbeOGrpaungr8XncPPQQL5qFWlDQ1EkVTG6DVG8ayJdhY1SWRbkIGOnSceWcH9ox17rTs/kZ13Y/wi+YWf+I/cGfxuPyW2n3dsfNwVYNLNmzjM1NSbGrlq65YTKsuOhgdpRGt3dRYM1vco31nbScqzXRQF0SMhvOtV+Z41/PpNGaSfb1vCBfUX1OQ6JZCfSlrnUq/gm/P+sPcYdKeufv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737rXVBP/CjXdjYf+WX2PUUkcyVWRzdBR0jgpaKWCmrQ7S8/Q2NrX9m+y0+tz/Cf8I6bm+D8+tSL/hJDt+o3H/My3Ju3LU+cdtsfHLs6ppZaGmMmNny9VuTbghgyctxwYIagwqAT5BGeLE+xDu6qLatafh48NRFSf2f4em4fjp19NFQQqgm5CgE/wBSBYn/AGPsEHJr0p65e9de697917r3v3XuuvfuvdfMY/4Vg7JTAfzFX3cKCUt2P1psncWHyEK/sZFTgnwT42JmswnD+rn06fzfj3T8XSd6eL8utt//AITCbyqN7fygOlK6rqWqanFdk96YOQuCGhWl7MrqqCAg/wCpjmT/AG/uy8OnIvg62Cfe+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917pE9gY05ra2ZwgALZnD5jGoWBKB6nGyBQ4XmxtbgX9qIY/FDLWmB/hp/l6U2k4tphKQTT06+Ob8mqLL7H/AJjudoI4Zdu1G3e40NPUShonEyZmU087lRfSHOv+un/H2YHl+5EJk8RaAE/i8h9nRw/Mds8BiEbioI/D5gj19evsDdCZaTP9O9U5qpmjqaiu612JK1Ut/wDKaptoURyVTETzokksVvzb6gHj2TjIBHQdWukfZ0Mg+nuw6uOHXibC/usjiNC58utjPWtT/wAKKKCtrp/5flNR7pTEnLdu947ZqNtTQxvHuqj3B0rU0tR4ZWW6TUxChbtYiU/kD2KuWbZ7t5YkoK6MmvGppw/PpPcCtKdfOO7xwmF6r+T+6ab7uQ1W1M9W1eOoK95vFU1VFki9Hj6iVTrs0qBHK/2Txz7JN6ga23a4t3IJRyCRw+3ofbSQdsgXz0f5+vrh/wAsTsvKdrfBf4h723HhZNtbo3F8a+rq3P4WaenqnGYoNu0uEzEiVEDPrWKanVbsb2dQeQfaOtY16Du6K6sdX8X7K1NP5nPy6sC906KOve/de697917r3v3XugY+ReIh3B0N29hKimeriyfX+5qQwxgFtcmNfxPb/aWsTbn34/CetH4T9nXz2fj51lNk/wDSrgMl4RSyZrOUdTQOsqzSy01dLT0gUFbWIC25+nsV7UabfH693/Hj0aWO8wWtqtu6MStcilMkn1+fRDv5Wu7c10P/AD0fiCWpJ9u4Ks763H13uh4VEMS4/eO2cltqfH5GR7KIWkliqGF7lY+LkW963x2FkqgVBYVPp6D86n9nTl/vMN9bCCNSpDAkmnljFPtz19W/H6fFIVQxs8wqJVNuJKqBKkgW/pqAP+I9hbopI6n+9da697917rDUMq087PCahFglZ6dV1tOojJaFUP1Lj0gfm/uyjUwXhXr3WoR/wpi+Ym+8Hnfh78CetaXI47cHee7Mj2r2vn6ZZYq5epurqyqddmwrEqwNT5CsNPWRVKMxBo1jcoXcFam2yzFVRlo9aH7ACa+fE0+35dNTEaSD5Z61K/kfsHFV/VmI2VTPFDlOye0eqtheeSFpRQ/x3cuEpnqaCmjBM0UhSSFo3F9cMoA0kEi2z2OeDZPEeVAGk08G4l0FOHnWn55xXpiOpevX1m9kbMo9kbc2ptujipqaDa21sRtWipMepgxlPQ4mijpkFJSgALqMYJ44+g9gy6vBLKY14OxappWtPP5AcB0sAAFOlt7Tde697917r3v3Xuve/de697917r3v3XuilfPfcmc2n8IPl9ntr1n8O3VQ/GbvR9q5HUFFDuduscou36guzJptV+EBtXBIP49uwxGeVYVNC5pXpyGJp5BCpoXxU8Ovj6fDCjocxtfurZdXX1lFubf2Elws1TT0VFl8qaT+HTSVQTHZNHjqXMk2u8kkVi7MJC9rL02W5lzqVSMEGuDxpgU4U4dLF2O5mqdaqVNCDXB4+WOFOHWyl/IQ/mQdpfBb5BdSfC3vvcmc3F8Ye7twbc2nsqPc7V9FkOjOxqWglp9s5ra1OzMi4jOVMppstRSMbu8ckSOVuS2aI207QOQSpzThwriv29Fs0bWdy1tIQ2k5I4Zziv29fRuQ60VyjRllDGN7aoyRco1uLj6H34AdOADrn731vovnyA+TfSHxn60z3bXevZu0Op+t9szUy5vem9c5R4TDU7mtWF8dRvOTJWV0h/bix9JHJUOzAKnvzAAcR0sSxlcVNBiufT1PoPmcdaa3z2/4Vh0udzOW2h/Ly2jXZXYtJJLi6v5D7v2xUbfkacGNzj9obbyZ++kgls5qKieiRkIhKqA/tTZ2M9+W8IhQvGta5+zpJeQtbBCGDBq8K+VK5IoftHWp78wvnJ8ofmb2Mc32J2Lvrc2UztNFids7Fpc/ubO0Tw04s9FgNlYtXmUsSVpnmpFLO3DWBIfl2aWKgeRSx8hqJ/ZT/VjpBQtk9T+k/gt8ge0MDSZ7f4z3UuKauekpqnsmh3FtfJyQxwGfWMLuGGnkan0KSJ4i4Jstubiw2ScrqDrn1DA/mKdUYgGnQA/InZGzuoMtTYLCb9m3duGkqGhqv4ZNFDS3B9LRTRuZSLc8/wC8exJtlrJa2ogkINCTUcMn59CPbd7gsrQW8iMaEnFKZNfM9IjZXWO7e6dwUtLsjb2azCzzCkRqNayqd5phpRViRTe7fX27d3SWUBnkBNKCg45NOjAcy2o4xv8A8Z/z9bDvwD/4TOfIX5NV+F3j2PR1XW2xpw8r1mcp6umM1PE/qQI8ZLSsb6QoIt9bH2Tfv63ZvEETVpSuP8/Xhv8AbM/irC1aUqdP+frb9+Hf/Cer4V/GTEYyszu2qbsTelNUUdY+TzEKS0MD01m8SU0inUSQdR+n9OPYemKTTvMa9zE/tNeqS79XEaH8z/kHV5G0dl4DZFFHitsYXC7dwtNSQUVHiMDjqfG0UEUDEq3ip0QEkEA3v/W9/emKn4RTooubprhArEkgk1Pz8gPIdK/3TpJ1737r3XG3qv8AiwH+P1v7b0HxvE+VOvdaX/8AN+6A7A+Nf803ZHzP2lGaPrPufbGxqbPypkFVqftPaeSajzElFTz6Qaeqx60zugOvza2KhLH2P9q3ZNy2luUwpE9x2pIaaAF7+4A6uCkYB8vn0mlFH1Dz628umd/UnZfWezt50k3mGawOOq5W1RswmelUyCQxErqv9bH2EtysJtsuGtpiGK+YrQ/ZXpSMqG9ehPBuL/19l6MHUMPPr3Xfu3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691rnf8KY8jT4P+W7nY5KSSspandlAphSVkkWeeWWIy+RedIR5Rp+l2B/A9m+yCt9T+if8ACOmpvg/PrXZ/4SKbl2jUfKfuuncYjH5zF9TZrcktNLUVEu4JcFQZ6DBgUdMCEMTSVEes8klST9PYh3QFoDEuWNB9lTxP7D03CP1KnhTr6KyrpVV+uhVW/wDXSNN/YIJqa9Keu/euvde9+691737r3XvfuvdfOx/4WG4TceL+SXR24Y8QKnaeY6flmoctF42+w3jitytj6jDU88f6RTwFZSg4N+fdCO7pPL8f5dbFH/CXrI4iT+Vbs3BYtoRNge0OxJMrDDEsYhyW4siu4arUV+uppyy/6ldKjhR72nA9XiqUz1sTe7dO9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlCI1p53P7cNRTgD/m9PVR00bH+oCvICP8R/Qe1Ntlio8wf2AE/wCEDrw6+Td/OL2JVYD+aJ2lDl4oUL9wQon2ES0IFO+RdKQAQW5EWi7fUm5PJ9jUNW0Y+qH/AAdITgkHr6gPwvmlqviz8c5J2LyQ9K7HKt9CTJiI6ZjJ/U6Ik5P5ufz7AC/CPs6XDCjo04+nu46sOHXTfpPtm5/sG/1efVhx61vv+FIGy9h5Xqf4Tdhb23xldjT9bfLbEf3TqsJQLk8pnNzb12rVbaodtx0j2Xw1BYNM5PpCDjn2OeSq/WMBXgpp5efH1pXA/PpPPwHXz2/5nfXOa238v+2FzdJiC9HiMFvzBvjaiSmyOUwWUidMvlRTVdopUosxjslS1Sx+oGRfHqVUCkPMv/Kw3n/NVv8AJ0MdskrZJG2SiBgBxof9lTjPX0Tv+Ew/a1b2x/KK+MlTnMnS5DcGw8b2H1tMsTST1cWF2p2nlaHAvkJpixSY0ywo6q1nCJIw1EeyofB+fRNfMWgjJqSeNTXIFK/6vOvWwt7r0V9e9+691737r3XvfuvdN2WoIMvi8liKkBoMrjq7HzITYPFVUrQyLf8AHDfX8e99eHWh5l9pZbr3vvubC4bw00dL25tozo0Szj+7EnZOMwe6YUZ/pJJSV6rHKPUjHWvPsV7V/uAlf6X/AB49IThiOqwfnltnEfBn+ZDX9w7iw2TraLrbemE7IXF4ipZKqtTANJna5IixCpNNTwTRLMSCuq9/be81O3AD+Nf8vWwGDU+fX00Op92R7+652XviNqg/3v2ptfc0n3FMlKyPntt0mYWFYY7KBGk6obcagfYYGR0uGRXoRLe9063TrrT/AI+/U61p6b8vXY7E4nK5TL5CPFYnGYyvyOUyk0wposZjqKleprshJUNxGsEStIXP6bX/AB7sikuAoqaig69QDJ6+cF3h8mm+bHyV+Sn8xjs6q3Pt3o3HVG+9kfE6r3zSVVBtXDdFdWxPBk85gc1Rr5Fg3RkKaaRIoEYtWqIrnU3sY24jhtgowFBqSAK0+I+tCR5+QB6RSEs1PX/UB0X/AOPeJ2z2j82/5RmFxFNSdm7Y7b+U21uwqfadfSiH7rZvXxG66DL51T9UoqmeprpoJPS6U6rICvHsRSyEbBGoUMpllJNK0pGzBh6HVpAOeOM06tEDXPGv+Xr6hJYMysra1a7K/wDqgwuG4/r9fcRyYnUH5/4D0rPHrn7d611737r3Xvfuvde9+691737r3XvfuvdE2/mF08dX8IvlDSy4uqzUdT0t2BTviaJDJV5BZtt1EZp4UH1ve7D/AFIPtZYf7mxf6bpZt/8AubF/pv8AJ18XjrrsHMdD9nybgo6Cq+8w1e0f8LWplhqDTQM01PQySKJNKepPITGxsCAPYmDpbzODU1oBTOBnFPIV9P5DoRq62s7qwJrQACpwMjHkBX0/kOvrn/y6Oiun+5PiX8bu8u2Ogemx2puPqvrXdUk2LpaPeePwtYkRye3srg9wZOgo5xWPBLDU1L/bo0VQzwKXWFJGDO4gfXSH5j/AOg7uKj6+SozUf4B1cEqCNVjUsVQBAWJZiFFgWY8k/wBT7TdJeqev5nP85b43/wAtnadSm56x97dy5DG1VRtTqjHEJNKulhQZ3cdYq66aglkjlijZSS5R+Ba/ujPTA49NSS6BgZ6+aJ/MH/mSfKj+aJ2FgKztXcUm76LD5esm2P1xtuhymD2JgsnkpPDTVke0HrK6GXIfbhKabIXR5EBJABI90qT3HPQ+hiiNugQAgAGnkCB5/YerFPg3/ID7l+Qex271+cncOG+GfxG25jMturKQ10dNgOz9w023Mf58nWnGZcQUGJxtPExqVrauYtVQhjTU8sg1xnG1RmRHBYhKioGK4PE8Qo8+g7zA368YxhTQ09SK/I/6q/Mdu1vnT/L7/l50ma6l/lldSbfzGSmwuHhzfee78XT7j3j2JUQQDxV1buTNpUV89PVyMKqGipp4KVtYVqdlNiI4LZI17AAD6ef2nz+09Bl2LcP59Vn4DaH8xb+aR2bHlaWg3Jl58jkUgoa6lonw8GNx8sgpko1+1ihT7dA3ENyBYG3HtV+mnWvOgyetmP4Xf8JTsFNDgt5/LLesdJk4zUTS7bxtKMnnclJq1lZjUMFjVR+ki5/w/PsuuNzSKqxjUfOnAfaeH+Hp1YXb4jTrZ6+Mv8sH4W/FOkig6x6X2s2QSqhrY83m8RRZGvgngOuNoHnVgnP1HN/6eyG83Ca6TQQAvpxr08IkXI6P4tBRpSLQQ08dLRILJTUiikhjGrWVjjp9IUE/UAey3q3UlEWNEjQaURVRF54VRYDn3rr3XP37r3Xvfuvde9+6914fUfnn6f19+691TH/O2+O+U7s+FG4N2bcMddvvoXcWB7XwfloYammyuCx+TWh35hEqz6qQtj5WnWdDqRoNKg62sIuUqf1ktC3AM3/Vt+m5V1L9nUz+S/3lWdm/GLGbXzz0P949nOtPWx0c7TFKatMtZjI5lPClaURrx+ohiefZjzpAv1JmX5j+f+fr0Tdmk+vVxkQYRqHbWwBu1gt/UbcD/Cw9geCvgrX06v1k9u9b697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddMQqszfpVSzEC9lUXJt/re/de61wf+FOMlD/w3ZU1FbMIaWm3xSozEEu1Q1DUIkUcY5YnzL9P8f6H2b7J/ud/tT/hHTM3w/n1rj/8ACQXAZCv+aHymr8ZjInop/jBanzVRRyQ1dEydl0ePqqKgqpwFD1Mk0Syc+lF1Gw59nu6MIwJH4GgH2g6v5D+fVYsmnX0dgbgG1rgG3BtcXtccf7b2DDx6Udd+9de697917r3v3Xuve/de60Wv+FemE/38fxa3Xk6eGHZ0PX+8MNV0Jmi1TZR83LkIY/BCSbFLOZLWvxe/tt+Ip0YbOAd1jByNL/8AHT0cf/hJFn6nJ/C35UAQCl23TfLB6ja0UUqVFMKGs6f25959pLGx1aXWISj+w/pPIPtRbGlQejTdFLyqUyCTn/aqR9nW2tSKUpadW/UsMYPN+QgB591b4j9vQelIaRiPMnqR7r1Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuuJF2iP4WRWb/WAPv3XuvmI/8ACm3bW7dhfzEMhl4KJYanMQ7aykcsc8MgKRwrKk8ej6sI5YTpHJa6/UH22fiIPSVx+oet3j+Rr31/swP8tf46bnfcKboyeCw+X2PuGs8ckFTiMntOpWkixOQp5gHSTxsrLcWKkEH3dMr0/F3IOrexx7c6eGOuLfpPti5/sG/1efWxx61cP+FSnWWU7H6N+C8tBLVrS7Q+ZGH3JmYaeJ3gGKptmV3nyFXIvCLAQAGP+rPsd8kEC8kqPJM/Opx+f+TpPcfCOtKf+cDkqvFdydKdq4ampqaGt6xyOys3VSslZU7lxce5KnI42hyMNZdY6daSoMdOFXVAVVhZ7EB/mb/lYb0f8NP+ToX2C6bWC61aVVKHHGpFP8Bp1tH/APCL3t/GZD43/LT48GnEGY627bwPaVLUU7SSw5Lbfb+0qOlomrWYWR6aXButOb/urLKVH7bH2UL6f6v9WOiu+ULBRPhDnP2gsKf70Qfs+fW6v790Ude9+691737r3XvfuvddEgcEgavSLm3LnQv+8kD3vr3WjF3hvSq6Q+a3yH3rmoZJ8bsmrz2c3BgANQqYdtTHI1VVHILgtEtI7xAX1FVte49ivahWwjB9WH/Gj0haqyGvRMv+FXWG652TV/HvsKLrfe1Rub5U9UpmE33Pus4WlxUnTtNRY/adHmcLHC7VlYMfn0nq4JDHxLG1wfoj3Katr4NODgY4VoSR6+vAeWSOlGnvDDzpx+3res/l+dgQdrfCT4pdkwVCTf32+PHSu4p0WWKeWCpyPWWKlnWrnSGB3mkb96Qyx6wX03IUeyBeHT6fCOjhe7dW697917ohH8xjN5qj+J3c+09tZ3C7R3321tp+lNhZzMw1lTFVV/a+Ug2bksfjKGg1TfxH7KqmloqgqEWcRNf0ke1VhIsW4W8jkALLGTXhQOpNfy6bkrpIHnjrTi/nob/6j6srvgb/AC5IKPCyYHMVO08rvrDYHBNuPIUOxOtagw7cw24GjU5Cpi3lnovvsrLAdRpIplQXa4GnNsopRiSZGLDhwArSg8hUDppxSpX8I/2P9npy/lO7ZxlZ/Oy+LUWI25WpSdOfFf5Cbh3FWA4ug2ht/EbriOB2dHh9vTFJaSNamrGMxwlIkkiWlsG8TssY2JPhn/TN1WP4qf6vPr6AAHA/UDYXD/rBtyH/AMf6+19OlNOuJ4KizEs2kWUkXtfkj6f659661Q9QmyNMsZe7mZYTP9gFU5MqovoWgDeQufwgFz7916nUwMGsRyD+RyLj6qSPz/h7117rl7917r3v3Xuve/de6RfZO3KHd3XW+9q5TV/DtybQ3Fha3QCzinyOKlppCqjkkBuAPr7sBUU6VWbFLqNh/EP83Xw/flBhNwbD+TvfG2s7FNiNwbR7p7C2pV42KcQ5HH120NzT4fQ0sd2hfXBH4pFFmF2HA5Yz0JTMTM2cBqADzoPXyzQ/Ya+XX08/+EwXyB3L3R/KZ6tjy2CpI36Y3tvPo6iqoZJWOdxOxnoBtWomkq2MglSHIRwyFwLmMsFVTYOrw6DV6wa8kpWgNM1JwAMk8T1eT8nO79sfHXozsHundk0sGC2JgKzNyyArDGJ1gaLGpWSy2EcclQ8MRZv7Tqtrn3fXoBb5dP7fEJrkIaUpU18wPIfP/JXr4/fyi+RHY/z5+VG/d87jrszWSb13PkqqFaiGWU0FHBkZoKbGee2lVjAJVD9A1/z7Tk0XV59DFQqClKYHljq3P447B+EX8tjr3Hd0d+nDdo9y5xIsjtLr2iqpIoMRUxKrCbOU1OGbmJ3IuRZgD9PY+iAMSqooKDgPkOmgK4QUHywOihfLX+YB8t/5oXYe0to9eybqw+zqbLZCi2b1vtCv3A+HpI6qg/hdHFJisfNDT1g06V8s4bxAkXAYguqoA1Yz58egxzFpDwmtahv8I6v4/lSf8Je6jJVOO7s+bOXXK7RnxMCwdNLQTYndGUy0kccqHL5hmeGCiLnRNAHZytxcXHsu3G+VIjbjLMpHy4efp8uiFI2fJwOt27pnonqjoPb8OzupOudv7A2zjKCgxmPgw6AzVFLSQhQk8jFn9LKOWa7Hn+nsJgU6UgBeAp0MRNzc/wDG/wDb+/V60TXr3vXXuve/de697917r3v3Xuve/de697917r3v3Xuk/unFUmc23msLXU5qaLLY+fHVcKyNEftqweCeZWQq14lYy6VYFtOkcke2Lr+wb8v8I699vWrX/Jqz/bHTvzZ+WHx07qw9Ftyo2h3J2XtLb89AtfFj90UVNSDdOA3DQ0NYSUFZQOHaUcM2mO5a3uYt1gSXkCGSPuK6G+zND/n6YiJWUqfn1tWUkyVFNTzx6vHPEk0etSjaJV1pqRuQbEXB5HuHrY1gU/L/ACnp88epHt7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XFlDqyEkB1ZCR9QGXSSL+/de61uP+FPNLjpP5dvjyAqXi/wBI1BXQCAKS1dFjqgRRzBgf2iIjqI5ufr7ONkxff7U/4R0zN8I+3rXw/wCEjnX28KH5sdvdgJn5U2fS9B7ow2YxcdUy08rZTd+LzOOSWkB0NoqEUISPp/iB7Pd27rc4qTQAfnx+2n8uqQ/Hjy6+iuBYAfWwAvYC9ha9h9P9b2Czk16U9d+9de697917r3v3Xuve/de60yP+FdPWGa3P0x8f94UvnTG4fM7owrTU0rRFWSAvG8rqL6mLkaP0sOCPr7U2Vql3drA5IBByOOBXz6MdoFdzj8qh+Hl2npE/8I+dtZnafTvythjyNBV7e3Bu7ZG4f4dSVU0v8LzNVj5MVUpV0uopDM9PChAUDUqKTf2bXG1wWdGR2NajNPSv+To/3GNEWue5tXlggE4+3get2SjJakpiTcmCK5/qdA59kbijkfPoJyikrD5nqT7p031737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdaCX/CvTrZ8R2v1D2pjqVpJcxtOOir5HUCJJ6OYQwyRvENeqyKPUfdGHdXpPKBrB6uK/4Swdmzb+/l2vinpMTQR7R3tXUjQYujjpzNVVcSvPV10w9csr6Rd3P497TgerQ/CR1syj6e3B0oHDrpv0n2zc/2Df6vPqw49UCf8KEYd1z/AB6+PUW1I1lep+QS0efWZC2PXb8vW+crm/jEqeuKlkq6WmhkkUg+r0nVb2OeSv8Acxq8KJ+2v+avSe4+EdakP83X4x025viH1N3BhqPHtj9v7gym0MvklZmelyOOD006cfhShKi97AH3be9nhud7upWdgWkJoKU8ujG33ya3gW2ESsoGnNf8/Q9f8I++ypNlfMj5H7HoZMXPtnuD45UUq+KerNQm+Old+LTYWlKP6RTS0Ocr1pSxLvFEpFir6g9f7bHYxrIjltR05FOANf5j/i+m59xe8Ol0C8OFfKtP5Gn5Dr6LMTs6kuoVg2kgf4KCfr/iSPZV0m6y+9de697917r3v3Xuo8zRoUeUKVT1kC/m0rLGzGMD8CwL/wCw97691oX/ADWpN25X+YT/ADHOm+xcRTY1ttbdbeGA3Tt3JRZI7n6s7H2XWVolG35AZxl6eqeajjRZFjIhJZLkMZF2rbFHL8N+zGrGTAoR2u3yBHDhn1B8gkkX9Q16O3/wp++Omxe6v5PHXnyCg2luPcfYXROS6Y3fs3MUOA+xzu3tm9qY3D7T3xPuXG+R5Y8fUU1Njvuwocw1MNOW9Cyt7ANzckubYKoFa8TUUrw/bn8ulDDtBH+bo4v/AAl7+Tm3+8v5RHTu2sVW1dfvH455/c3S2+6fKRMJYJ8TlY9wYRoK4sXqoVwmVxwhkY/tACnA0Qr7TqcdWjOOtjvj8fT8f63u/TnXRPIH9b+22crIqfxV/l1umOq4PnpuXY7JsnbO76rcuMO0txYjuLF5DEzGnw1TlNtQ1FFQ4jcqq0ZqKQuVqngE0TO0ap5UViQK9g2OPcFN9I5XwSW0gDu0ANQnyBOD8umJSBj8+tHf41YjM/Ln+YD/ADI/nD2PHPhst8dTtTpv414uabFbj21gafLy1eJxFJTZXb80lPHLT7fofvKdImZQchPrfWnqfvZJN4upprlQmAoCnIGSfMipOfX8umnICgDz6so/ku/H/e0386Lvrvqtqdv4/rra3wxwm2M5jcdndt52pyG5d5btosbgsPNtMVFXl4EEmOnrIqqWkCM6aUd1cgBOeyj2+b6eNiw+LNK93ljq0Jrx8q/5Ot3mWcpB5lTyO4TxxlxEZJJbBE1S2sSTbkX/AML8e/KoZqE0HSnrWO/n0/zp818Icz198R/jni8nlvkn3Ptpc/ubdtBLURU/TPWNbMaen3EI2o6uGWsqpC4jksvhjUtq1Mo9mVrty3B0yMVqTTSBwFQWNcAVxTj0xLIQDpx/q4dabGZ/mI/PvB5TK9if6Tu1Ichh62nycs9Ru2smjx8kk5nkq8jVP4xeMjWWZEX+qgce1v8AV62r/at/xn/N0m1GvHrbG/4T7fzld+fJOmHxp+U27f709jQ1T0vVe+sqkFPuHN4Wno2qcrjN6PR6KR6mCqCw0csKKxiP7hY8+6XGxrDA8sTsxTNCBkfKnT8UhJ0N1tmtOQisF5JsbgqCR9So/ofwb/T2Dr+8e0NEUH7f9jpQqg9SfZj1XrsD8+/AdbA8+oOV5x1YNQW8Wm5QSAl3CBGQ/UPfQf8AA3HPu68elFvXx1pnP+DPXyEv+FH/AE7RdOfzhvlbTYqhhoMT2ZVbA7rpFpqiKaCrruzth0Gb3TkESFVWLzZr+JMYuSPqSb+2JBn/AFfb/l6Pxp8QqopgV+0VX/Ao/wAPWzv/AMIxu4t413x6+SPRuQn25W7R2z2JRdg7PxVHV1f96YMvnFpaPds2bhqX+2hpXjo6U4xkQPK61AdiFUCy8adBqXF1Io4V/n0db/hWF3NJtj+WxtbqypzdNhcz8gu8ustkvR0mUr8eGxG2qYdl7wyFU1OGaTH08VNEkwkGlS0bMSQFbT549GG1ajdaRxKn19Vrw+VadfOO2931UbJzlOds0EbtS1VVKJ4IleSrrJa6Rpm1RSyF0uLRP6WaMIWW5JLZFcHoUrNG7+HmtacPnT/J+zqzT+X5/Lh+ZX82b5GUtPtva+5aHqWhlgyW9e3t6R1mO2DhMVF6p9vYvPVECjJ5OYlYoqbHvdFDPIvjRiTxd7uFAVUXAp5/tJr0Gm326EhRESikimfI8a9fSv8AhN/Ks+JHw523g4Ov+vMPkN04CCnof745mkpsjlGyFHCYMlU0LTxgwLJLdgALmwP49+k3a5lWlAtfSvSS7umvmV5VAKg0p8/t+zqziKEwqsayM0MaBI43AYrY3BMh5P8AS3suZtRLEZPn/sdJushN/bZPVSa9de9da697917r3v3Xuve/de697917r3v3Xuve/de697917qNWIZKSpjVFkZ4JFRGYoruVOlS62IBP5B49s3P9g3+rzHXutVH+aVuPc/wo/mQdOfJbqbKYHIZP5Qbc2vgNzdfNjN4ZLP125umt64HF5jIYiXGRT0dPU1WB3DVtLHLoaYUiWU6XJlDl7cJ912A7BOAqL8Mn4hqrg1wQD+dK9J5MSBh59bVONqkrqClrY5lqIa2M1lNMsTw+Sjq5DUUJaKRVZW8LRhwyg6r3HuOHtzaObU1rGSprStRg8Mca0p5dKWwx6ne6da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//V35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WuH/wpwxjZb+XLX10VWaelwm8qbIz1CT+GKVo6SrpUoZGuNRkaUBY+dTAAAm3s32Q/49j+E/4R01N8I+3qhH/hIriq6o+R3emcqMlVrjaDr002Sw5q5Go5ocllaXHU1RV0JbQwgq/EqMynTIwtY8+z/dKm3IT4hw8sjJ/lXpuL+0r8uvoTx28cdnMg8aWkJuXGkWcn8k/W/sFH4j5dKeufvXXuve/de697917r3v3XutXH/hVLhcxlPgdsfN4SDIw0OG7aix9flKeAVONo6DLbaOWo8tVRtZVjkq446ISnnU9h9fZltH/JRj+xv+O9Gezf8lOM/Jv+OnqsL/hIX2jBgaz5V9IPh4IcruXFbK7Ufcq5aoqq/L5PCVzbdm27jNvP+2Ylo5fu5ahRqT6Xtx7Em5prQMeAP7MHJ+zoS7lGrIpPAHP7KVr8j1vg0QtSUvpC/wCTxekNrC+gcBvz/r+wbL/aN9p6Bcv9q3nk9SvbfTfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pT/8LGdnZyk6f+LnaNBks8+GqN7b96z3RtalpsXJj58fk9nxZTFbxbIMpnp/sqpPEuo+l21R6S1zRhkHpmXiD0pv+Ee/Z0e5uovl913ClZSUuzN39U7iocD9lFS4vbY3VgsxjsrT0eQis1b9xPi4pHWRbQSa9PqZ77QUr16A8R1uaD24OlA66b9J9s3P9g3+rz6sOPVKX89fMSbd+KGxslNkMDQYPJ947H2fuOHL1FFS1udpN0R1NDjtu4F6sqXrKqo9MMSG7DWPyfY15LI/eBXzoCPyOemJ/g/Pqj7s/oyq77/lAfKVIMJNX5jo3tPN1eJptuZLEZipy2Qn2nha2rXLYqSPyUlVSrViaogLidTKzgEuT7ON2kCb1KpPxMaflxz0mp2E+h61y/8AhPT2RvvrP+Z98cqTaUfl27nd+Ve0OwKKXNTYOnqtt5mlqsDj4ljV0SpmirJ4FpYJAwDEWANj7IOYcW8R/p/8+nqyHvHX1i8KT9iqeSomSFxDDNVSNNPLDHTx6JJJ2JaQm5vIxuxuT7C3So9O3vXXuve/de697917rgY43dWdEdlDopZQxCS2EqAn8NYah+bC/v3XutJX+ZGlXtv+bf3Njp9uyx7P7P6+6Ixlfm6epaqq3o6XDVVPmsfgqEkLToZJpGqY47B5JXlYFpWJlLbLm2/qrbweIviL4lV8xV2Oft8ukzmj/b1s2y9c0Xa/wRpdr7e29MlbX9B48bLot046DIpHkNsbeNNtPB5mCqWQPGZKWH9twQqyHSBfmLruJhesWBFAf8nH7elGkNHTrV7/AOEjlZvPqbfH8z/4f9gZTb7bi6o7R2Xviuwu1ajH5Pa67jz1Nltlbno8PlqC8KxPPQ4yEU8PAkgVbXi4qv8Ak6rHn9g/ljreCgkjmghmhYPDNDFLC63CvFIgeNlB/BUgj25091gqa2mppIo5pVSSUHxKxsZXaZKaONP9qaSREUf1I9ssrNPHQYFan0rQdXVHYEqK0/4v/ACfy60MP+FC/wDNhyE3XPbWxekd1VWTq812DuHp2g3BtiZavD7XxGz4lxPZcFfVwsLzLPO9CCy/tzE2/Tf3Iez7rtu3bXIglTxWjYBSclmqKn7P54HVJLG+Pe8TBRmtMU9egz+EXWWw/h9/J++Em7s1vbO4jevzL7zrd5S4iHBVFRWZjcG5PIYduZPGwshmwUe18Jha81U4eFXrIzpHnHsvsqiEBwdVKmvE1zX/ACCvkOtPYXrGqRMcA4Hl5H7OrLv+EzuG2VuXef8ANG7pw+F3JQ78re+9ndONlsznHytP/dzZ2xZc4+DpwkaJRQRZY5B4wrMI2kCAg6l9kG6EG+ankAP5eXy/y16bSN4iUlGlh5en29bdNelHUUJerSMUq+CsNyAYfAy1MclPILaZEIBjdSCGAIIPtLDq8QaOJx+31+Xr055dfME/n/8Aygr6L569y9v7HqqTLbnjosb1tbLVNZuDamH2ntmAUmFwONxEUq09KbPJPMQ63qLroYEki6jW1kQmSgrnzPmT61NT0ixJLnhXouv8iv8Al9yfzh+5flRtzvTvLuLZuzdi9X4HMT4Dq7Lvh4ty7t7F3Idp4KLIw1sFVikxtHBDVzTUVQkRqpDEnniTzSgiS81u7XLnhSgNBkEcPyHAcTXp/SooqUqOj2Zr+Tf/ADGP5M/W2/PlXkqzZ/dVL1dvykbZFB1NuHfUWXyOz6/cEVMN15yo+1oshSV9dGEM2LgE6U0ayapyGsx3YXcclvJDq1NmgJqxFfMnFfsx6dNyoVOrh19EjpzsvC9v9R9c9pYOVP4Xv/ZO3N708SvJLDRQZ/Fx1ktHBPIiF4aeVpIEk0+oJcXBv7jzerK6abTGhbNMevH9tOlcZBz0L3sxPVOuQ+nvY4dWHDqFkwpoKvXEs4WIyCFkDh3iYSxAK31OpVK/42PuykA1PTkVPEWpoK8fQefXzcP+FlvSp218ufjB3XBHSwr2N0xufYFXHFTRxV4qurt3vnKKWtnQXkjehz8aU4c+hIiF9PAalFXNMjo9F1a+EhaQBtNTnhSnEfPoAP8AhJ98htsdP/N7sjbW/dx1uH2d2R03DjKMy5uppsHQ7r2Ju2Lf2GyOYxdDDIZVlSGrx8Ms1isdTPCX8UpAqCAc8eiea2mmuWltoyyE1qMjgPP7Qesv/CnX+aVsb5u9sdX9K9TYfK4zbnx03Lvism3dUVckTbsyG9dqYnBZOPHQ07eNKSmNBNTqqG37jr9Cb+Jr07Z291HdB5EZBQ5OK+VOqzf5J38vrLfzFPmrt3rzIU1RJ1ls3F5LeXa2apaimfIYvFwU7jDRUeNmcSVUtbWBKYKqMoBZmIsL1AqadH8BcOZ6ii1rxrXyp5faT19dPoT47dVfGvY2H666k2jjtt7cxEKxRfaQ09K8lovGC0dIiL9AONIHN+T7fCheHQTIGokClST+3oc1jRNZRFQuxd9KhdbkWLtb6k2+p97691yPvR60euPuvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHIiuhVlDi6nSQCLqwdTY/0IBHtqdS0TKBUnr3VE/wDwoG6syW6vhxtjtfatVuHbW+Pj/wBsYLsHAb/2xnjhqnZyZKkfaeQqsvQiy11DV/dw0dSzuPs1cVq3anWwv5Sv7ayvf8dkVI2Arq4YPr5f5em5h2VHl1bB8YNx024fjz05XmpnkrafYG1cLnFrsoubrqXcuKxEOPzdDWZlSfu5EqkkC1TEtOhWZiTJclG9SRS7tcywMrI0jFStdJBNQRX+flWtMdXBqAeh89lnW+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfutda5f/CmSnw6/yzNw0GalqFal7C2VunDzUwj0Pn9pbwp9zYajrIpVbVTyzU4SpUWLR61BBIINtlUNfAHyUn9hB6bmPZj1615/+EdO2MgflT8ms/XJVjA1XSWOw+Mjlrl8cWSot/Q5r7qWG1pLrT6LCx5DE2FiIN3eRLUlaE1oceRx+359Nw010+XX0SUFkQcelEXgWHCgcD8ewUeJPSnrn7117r3v3Xuve/de697917qmD+fh1/gN3fytfktUbgxyZWg2fQ7Z3jRUoSXXSS4bJQUKSrJGbgRmTzE2tZbH+vsz2j/c9Pz/AMB6M9o/3PQ/b/gPWo3/AMJUd25fFfNrdG3chXiSjzfX+ZxNHTnTHL4IkFVFUQOP91kCwQ3N+b+xTfisBA9K/sz0Kr8DwCRxAJ/Znr6PFDGsNFSRJfTHTQouo3bSsYAuT9T7A8xLSsx8yegNMxeZmPmSepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6oV/4UUdTbY7N+AObrdzYhq9dl7koMnjq1Sl6CpybLj5SAwuC6cKf6+6vwr01MAU618v+EhOXk2z8mvlLsugrchUYrMdS7fqcrS1WSp0WTLY3dNPR46u/hhTyOYi2RbyBrKKgKebk6Tj1SE1Y/Z1v30dQKuCOoVCgfX6CQSNEhj5I/wBa/twdKRx6kt+k+2rn+wb/AFefVxx6pG/n5ZrCYX4XbGbN5ihwM2R+V3xtxW1a7I7Fwe/6es3dV72d8fhhis2rJSvPCk7LkEOqLTpUes+xlybndFAP4TUVpjH5f5emZ/g/MdIv+Xzs7eHYfwi+WW2cnR4NYd190984TZmPO3qSIUFLS9Z4PbmLptxollzFVFkccQ+Uqwar/KI1WQGLlbvzInMEjVyCeJ+dMemCT89PTaCsZH29fNe663dn+gPlLtrfeOr0xOb6n+SXVOdnrYg+NoYTt3uKkqclS1wZwUp3RSJXJI0KwNr3BXv+bWM/0v8An09MrSo1f6sdfZv2zJS1OGpa+jWl+3yZkyMM9BMk9BXQztopcpj5Y3cGnqoUiqKcBzaN1BJNz7DHSzj0/e/de697917r3v3XuvDgg/0Pv3XutND+cFBHD/MxwuPx8zDJQbO62ymblK00a0OHr5WioskiSzq8yPIr050hbOh+vsXbZiwT8/8ACekc39p1tK/GXMUm5fjT1TV4WriEcG1sdTpXamkjpKjEUzTwVrpGRqQSxxGSNjZkLKTz7I9zQrdsT50I/Z/sdK0NUHWmj03kd9fysf8AhT72B8dtupgcf0L/ADI8evZh2FtPFUs2Oy2a3Li8/unribC1LpPU4qVd5YzKRQusoihhqy0+qNNQLMj/AFeXVaEN/q4f7B63yUvoS9ydC3JYMSdPJLD6n+p/Ptzp7oHe+d9xdX9Y7w7Fm8Ftlbazm4qZKghYZclj6BpMZHKTxoExViPzb3atEJPRjtyCSRo/4hQ/6Xz/AG8Pz6+QD2fuXd2++6KnZeFq8fkKrdXbWapMdHWRwZWjrt2dx9hRTJPuWhq3RXgq8jkoo5tAbRCnIa4Htm3zMhHHUv8AhHQvYhYi/wAv9gY63vv5mPxl2ntzpD4C7UztFjkj+O2Ciw21aPbkUsMO2spUbJpdr5/B0NNCkUTUEcCxpTVGkvE8Ud7g29jaJqlqClT+35/4ekkZPcaac0+359D3/wAJmNnrT/yyz2zVJjG3d318mPkf2zu2up1hkkqM1D2bXbMgp5XpiCsMdJjFEVNIS0bSOdRD2Ab3MUui1KVAP+Gn8ugxuQpdFv4gD+2v+TrYgnUywonhSZJZIUljdY3QQSOFmdllDKwVSTptza3tIho1a0p/q8ukPXyk/wCcZ8Ot29PfKvetFurOxbtPaW+8zn8bVJjkwsNDjN45WSnxEdXQ+SQ/sRnSrmwLWZQALex1GQy6T6dF/wADEHrd0/4T0/Cmi+GXwA67w0nXkOzd77+3FuTeXZGb/wAmm3B2FOu4xi9jbvzWYpo9U0Jx0kkeLo1ZYaahZwyNUSPMQLOgiuHjXgrECvGgOOlcZJXUfPq+jNY2lzNBUYqu0/Z19LXUlSz30pDWUb0E5Jvpv4ppAusEarG3HvcDFH1DPDHrmtP2gdW44PVN38n2l+QOxNgfKjpvuDJpnOt+i/l72J058WYZs3Dntw0nSW2MDGcDj945GkVpE1VJkMNRNCoctqjTRb2b7ggd1dQFLJUmlDxX1pUjOONOqRVAI9D1dOPr7Iurjj1z926v1jmIWJyRcWAI/qHIT/iffuvdaan/AAs+6mjzXwY+O3bNLR0MmS2D8i8Xg8xlGpnNfHhN07GyuPigpqhQfFBJWRU7T62GopEvJ90bpqQdfOq6v7R3f1FuWLdGy8xV4fIGOSkqZ6OZ43no5gYqiIPGQbMhYcHkH20fToR7XJ4NqmKhq1+2p4enS23rsbsPcuzqTuyvxmVfZudrayGHN1Uc/wDD5cx9zM1XjcfVy8TyQJGDUlTZCyg/X375dGrr48YcYAFadbAP/CTzclRhP5nu1sdFuSlw9FvLY3Y2HyuIqfPqzr4Pa75/GwQmNdI8cisTqvzyP6G8eJF6YjbXaSFQSa0I9OGPL59fVJiDCKIMbsIowx/BYIAxH+ufbvQVahYkcKn/AA9ZPfuq9cPdeqde96691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Tz59/H2f5XfDr5H/ABsps+m2q3urpvfOwsDliDLLSbvyeNFRtGrgplaNpGhrYY30rMhb9INyCPHIp1VhqUjquX+QR3rke0vg9SbO3vXZZOzeh+wK3qbseg3Oop8mM5gZ5MJR5O6tIxWt+3OlJY1YMhBJuG90Th1WE9tPTq933fpzr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeH1Hv3WutbL/hT5lJ8f/K9z1cmLjy9bUdmbNxASVnjaloa/cJSsqkjjK3tGnjJI4Dlrgi/s32P/c//AGrf5Om5/gH29a5//CQXL52v+ZXam2paeUYOTpPM5w1flljWmzcGRojRoFUgOY2llbxtcHUdSkKLCHd28O2Lj1AI9RXP7R03D/adfR7W4VQW1EKAW4GogctYcc/Xj2CDx6U9cveuvde9+691737r3XvfuvdEX/mb7Aqu0/5e3zI68oGqlyO6vj72TQ40UMeNmrZMhS7cnylLFRw5d46d5WansiySLc8Kwax9r9sbTfI32/4Ol+2Npvkb7f8AB183X/hPH2xU9bfzPPhGcjuzGJj+95t9bCzuExk2Npsh98+zKjH7Rnro69KgwBMlBqYRyRPPLdVQxkJ7Ekksj2wMhBLqTSnpQmgHyqDnjw9OhI8sklqpkYFnQkginDJoOPCoOeJFOHX1aKI3o6Q6g96aH1g3Dnxi7AgD6/X6D2EJcSMPmegfLiVvtPUr231Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q4/nDbRrN+fy+/kjtqlhmq6tNuYbO4uGGNmlSpxmSE7GLQOSGRf1XUauRb3Vvh68FDlVbgWH+EdaLH/AAm07Ny/W383XbcMUkf8L7E6+7L683z/ABCRKWbE0mTmo8ztSQwRgQO9JXYt4lKrrb7ghy3FtIQGWvQuu9msY4Wa2jow4ZY19OJ/w9fTbwpBogl/VFIUdL38TsizFL2H1Dh/8NVv8AoYAHHQauEWOUheHl+0/wDFfl06N+k+01z/AGDf6vPpocetfL/hR7jdy7h+IPxy2ttqtTGS5z56/Gt8hX1NBHX0qYzCR5/O1MCqp86TvJTQeFoAGJAQOpezDHk5CdyDqQNI/MgkVH2YoTxFemZqaKHofP5K9djt5/B4ZCln3hJFX/Iv5K09dLviipcbXzSUPctZR09DhkoQrGhWmpaOOGWrL1JZJfJI31N+aG8PfbiornFP9Kcn7Knhjh1qEdmfXr5xn81jq7bfx7/mGfIXrulp6fO4PE75ytNk6GupmFNA+YMuSpYhFUXMhi1nTIbt+b8D2j3ttdjE3kWr/wAZPSUilR6dfT3/AJTvbtR3l/Ld+G3Y+RrJa3N1vSGz9qblq6imo6CSq3X1rRDrTc1YtDQxwwwpVV2Inq4YooUQRyroXQV9hsfCD0rQ1QHqwz37q3Xvfuvde9+691737r3WlT/woS6jQ/zCupO26GgnoGrfj5tDB7hzqitFFXR7e3tuLK4ijnkc/aiWnlVJAFAkKlFcshC+xhtRpYqPUn/D0muMNXrZD/lkJi674j9Xj+LzZWeCknZ6aV/H4pBAaeVJo49JayTEPG9wNQJW+kgr3gN4i9uKcfn6dPQ/B1rv/wDCnrrHP9DfJL+WX/M+2blU2Ttj45dv7N6j7n3JtzH1tHuam2ZujekW5MQJsph/FPUUH8Ko9zY6SmEwZRVFI2Rp/URNxp1t+Ix/qFetxXau5dv7t2ztfc+2chSV+3t1bfw24Nt1lKv28OQwmYxUWVxdXSUslnVHppI5FQi6qQD9PbnToyK9Vs/zjewf9GvwK7iz/wBytOJ8auKZdcSvULXHxtDH5OSf+C8+zLbbeK5d0mXUAB5kefyI6OdmFZXPmAP5nr5xf8sTqmp76/mUfH6ixexcTvHbK9p7Zq93Ll4PuRhMBT7kOVy+81eQ6oZMJLR0ElLKrLyQ4J5Ps5/dlhGNax5XIyeIyPPj/qp0Ip3KwOVbIU+nEDrdM/ncYTIYP5G9Db/zeWz0ewNs/H7uJVhgzFZDjJt30eWxeWoJJMSJFo3rHip5/t/MlmP67xBh7ptsge2L0zqNRT8+gO25XsPbE9Ac8F4/s6Gv/hMRtbMYP+Tr0Jm8v9zHT9mb8787MwVBV0ZpJ8bt3dfb+W+wpGkFhUBjBJULUoqq6yDSoA9kV4VMgINaqD/vVWofmAafPj1QySS90hqeH+r869X35iaWmoRJA5jdaqiTUADZHqFRwQ1xYjjn2lHTNwzJEWXBx/h6+Xn/AMKkOwc3sj+b1lKmnlyk1LiejOoc5SYyGcR0EFVBu7IzVVRPQzxyRFZqShjgBMdgWWQck6lA3O/jULHIR5cAf8I6PNrttud3kv4jIiqpIUkHBqeB8wCPz6+k58VNxbZ3v8Y/jrvfaWOkwm2949M9b71wOFbK/wATbEY/dez6XLwYySshcpOKdajw3A0XW6gH2mZ2kPiNxbJ+09Jd0gittwmgtxSNHYLxwoOOJJ4epPQ/SxRzI0cqCSN1KujX0up+oYD6+9KzIdSmhHSDpMYnYuztv5DceX2/tvEbfyu8MlR5fdeSwVImIrtxZOgp1o6StzFTj/G88ixIsV5CbqNLXHt1riZwFdtQXhXNK/b177OlYPz7aHWx1y976t1ErmZaOoZLFxHdAzKgL6hoBZuBzb6/63vaipp05EFaRQ/Cufs60m/+Fbv8wnZWE+N0Xwa2vUYrem/u0M9t2ffq05M1P1vgNm5Wl3jUVleqCwydXXQY6moNLARw/ehwS6j23KV1UXy6Of3dCbfW0Z1McZ+FeINAfT1B456+eNiafBGpwR3HJX0u3qjJ4xNxVmJjjnzNNhGyQXMVGJhqWELVCU3kaFJPSzhQbAn2hSRmumjJwOA/IU/n0UzTTW7tbRNRRwH5V48eJ9et8/8A4UI/E7qDoL+V38cavqfbG3tq7B2bQ9dde4OnpaKfH/5Xu3BaqKuydFTsSc2uMekr8zVSllqKmRvWxA9iC5gtlsvERdL6lHE1KkNU0qRQsDT7OjHbry4nmMUz1UqRwGDgDy+fWu//ACB9/wBB1X/NI+Nm4ZspWYTHQb7mxLQJmoKSOSh3rg5cNXgtLFJqjKN4mcm4A4Ibn2Ug0IJ9ej1NLRPGopXhWhGfOnHj69fX2iYPFE6sHV4o3VwQQ6ugZWBHHIN/b/QLYUYj5nrmfp791o8OuHunVOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6izUdLPNDPNCkk1Pp8LuCTGUqEqlZB9ARJGjXtfi30JB917rVp+BmG2x8R/wDhQD/Mx+Me2a/duP2r8kNmdY/JjEYfIzRYzbmO3NXN/EsrDg63My1dVkPNNVVthDIisHeLxhYF0jafZ9uHLMO520Z8Yirt3Mpyy6VoQARp1NxK1Fe1gBRMSkHga/5+tp651W/w/wB5v7Amo+Np8qf5ur9cvbvXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/Q35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WvN/wpZxNZXfy39yV1PTUlVDjt0Y1qhKmVoyqB5aoyRAK1yEhYc25IH59m+yf7nf7U/wCTpmb4Pz610v8AhI3u+gm+Vnbe2Y9tSGpbq3cmZlz8UUTUuPpabIx64pJBIJBIfMgRREQbnnj2IN2H+LHPEgfbkY/PqkP9p19EGAWghBN7QxC/PNowL8+wU/xn7T/h6U9Zfdevde9+691737r3XvfuvdBT3rtej3x0x2rsvIU1PWUG7uvt3bZraSr8321VSZvAVGPqIJ/AQ+lkkYHSb+1lgdN2h+fS3bjS8Q/Pr5OX8szH9ddUfzevj7V4/E00+2uqvk9j8LsujrYZpaqKtx+fye14pchDUStYJkGiqFPkPCCS2oW9i9oIngFEAUA0oKEVrWn+rz6F5t4XgDBAFA7aCjCtdVP24+Z6+uxQJUR0NFHVyJLVJSU6VMkQ0xSVCwgTPEv4UtcqP6ewRNQysVFBU4/PoDzaTM5UUFTQemepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6B7vjZp370r2ztLTE0+f2JuqgpPIzKmuXFGWJHZQSNTxgEgH3sKXOkeeOrxZkUfMf4evlCfD/smt+Jn81TZNTnYqykoqP5AYXbE8dDCtVUipz++0w9K6RztCviE1VCZGLXVQxAYixMW2O+VPE7MejH/ADdSFKw8LVT/AFVp19crDziopWlty8odyP0O8sCTF4ifqpDCx/1/aadGjk0txp/lI/ydAa6Tw5inkOH2VPHpzb9J9orn+wb/AFefScceqpP5r+z4Nxde9I7mm2zV7xPV3b1FvobdSnhbH10QxFRhJKysra14aemkxxqEyNNNLMtpIVI+hIG3JtRdPnB0D+Z6YnHbX06av5QFHgU+BXWG+9o9ZxdUYvs7cXY3ZJ27/fSXd9fmYtwdk5MY/e1fm/NU08dRlwIppqWnASNmNmIF/bPM06HfLmOSp0sRkDGAD55HmDX5U69EDoHz60u/+FanRO0Ng/PHqHtfEVb0Z7w6RpZN6U01FWU7f3h6zy0G3aTcclU8KU89bkKfIw/dCCaTSYlLm7C5Je36XFokGdQYtwoADWgHrStPy6ft7Ca9naOArUCuTTzp6HraP/4TW9qU2+P5b+1cHTZqbOQ7M3BPBSPWBUrqQV8jTJTTxK76UTx6UN/oPZdEpYEDy6UybZdWahZtOa8DXhn0HWxH790i679+691737r3XvfuvdapH/Cnnc/YOyaD4C1m0ZKOh2XvL5HTbN7Vy+Vp4a/E0tFX4WI4DH1lNKxZGqylQISkZuUNyLexNszSPAV4hTjyxkmnqa06YmpQE/Po9X8h3srZG9Pj13dtbbm86neOW63+T/ZGHzLZGmnpazbdRuTB4rctHtNBPcSLT0ZikLISoUp/XhjeA1VI+EgVHzBOT8+7h1eD4ej3fzGvjhj/AJXfDP5FdKVm18BvOv3R1VuObaGD3HhaXPUEHYe3qc7l2HmIqOrZQs8OQpYxEysCXKg3W4JCwqOnXGpSOgb/AJSnZW4Oz/gF8Vs12BnMbvTs3YmwY+v+0Ny4jCS7epKDsLaFFUYfce3Y8TkYaJtVBF9vSPU0kLxzOrsAqi/vSkEdVjIZQR1WD/wqP7efZvwu2pt+iq4of7w56etqaWYhJ6pAlMtA1Il/X49Unm+mnUv1vwINjy0lP6P+XoRbHkyD/S/8/dUG/wDCSLp2o3r82u1O486+ui6m6Yz9BicXGitS5fPdnblhoazN5aVxeY4/HU8WPpKP9OmZ5SQYgGMdy1pEaHB+fn/moDQ/58GO4B1iNDhgf2n/ACUBA/2cWj/z9t09t57uDvHEx5fLbb2F1D8FsxU/xWvhydLtjcW7d94LL5HIVFdT0EcyRVdLS0hjhYqbepCeb+62QQW3YKAlqZqAKngegHLXxP2dXr/yONrxbM/lHfAPb8GSp8xTw/HXZWVgylHHVx0lau6oH3dI1OtakchWKSven1abExkrcW9h69jEUwQGtFX/AAD/ACdKkNVr9v8Ah6tJycH3NFNACimRoNPkYKpZKlJQLn8nTwPybe0nVZ0MkRQcTT/D180b/hWh1fn8R/NP2X2fUYgvtbsD4v8AWwgr54qmXG1rbUz+RwmUx2TWNUQpMKqni0iUmwaS37YBZcZp0Jdh3bbtsm1X4YgkV0qGquaqakVBHGtR8uHW2J/wnE+SmK78/lrdN7XoaqWfM/Hijk6ZzGNqVjSsx2Bw1RENmGG0jtNAlMjo0rhSAtgGt72nw0Pl0Vbndw3+5XF3bgiOSRmUEUIUnFRmlB8+tgH3bpD1737r3XY92HWx1y976t1Wr/M0+fHX/wAC/jDuPtPd1TS1edymVqNj7R23USQSZDLbuqqGXJ0lFHDQyMEFNAkdXNK7ARxtGX9T6RtEaaRYY/iY0FenILhLadJpK6VNTTj18vztXqn5G/zJe4ux+1cNidxborMrNkd37hyJkq8jTYxfB98GYwRTOI44tCMQh5IU2+vtb+5bwcSv7T/m6Ozv23uhWj/7yP8AoLqondmKq9t1uU2rk6eppctgqqsx1dBUQ+GSOoppmDK6FiQbEGx5/qB9ASNZzW98/iUwfI/IfLorlt3unN3CQUbIrg0FBkZAOPXr6Yv8yja0Xzp/4TdUXY2N2/m6zcuB+L/RHfOLotsF9z1lbmdsY3DZWsaOdLySxwUFO6ZNEQtEVmUavFqJvcXSTQeGCaVFKilABkftJz04kMlgnjXFO5Rpoa5qCCeFBjPXznPjX3DuH419+9b9qYSOnrshtLN4DcNNCQ0kNXS2jyVMIf08lCoUMBzwbey2hPSqHebaFzq1Fafwiop+fAcOvtg/GfuXGd59E9Pdp4mvoMtS9hbB2tuinyOJqKWsxlXT5XCpUmopKilkcFfIJI7HkMjqwBHtUEbwxJ5H/iuk19t9zZSET08jgn8QDAZAyAwr6ep6H3UDqA+osD7qeHRZrDEqPLr3unXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rXU+e+1Mv8fP5x38tn5hwUlPV9b9rHe3xX7YqpMRW5Crx+c3d+/wBc5pcnRxuKY0U8kdJAsjIBG8pvp1exxY7ilxyzJthw6VKgDFKA1PqSdVTTjT06bYhZVb162JwwM0qWOqKysSLKS3IKH8/T2BDGwk8TyIp/MdOkdZPd+tde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUnf8KCMJR5X+WN3S9QZvLQT42WjEbIFM88NUCZQym4AvaxHs32T/c3/AGp/wjpqb4Pz61T/APhIzgcjtf5id5Vce2pa5tx9F55Jt11Na0dNgIcRnaCphoEg9KK9Y0niEkgItz+PYi3Qq0A11pqGB9v+o9NRf2n5Hr6LsTmSKKRo2iaSOORomILRM6BmjYjglSbG3sDsKMQM06VdZPeuvde9+691737r3XvfuvdNGdh+4xVXTgRk1CeBVmdkiZpgY1WRlDEAk2JCnj8e1VmaXCn06VWRpdKevjy7V21vfqL+atna6TFpTf3I+aW8Y51qat4qeSXCd45KClNO0iwkxsIj6gPV9RpvpA2QsyFjwIwPsJofzFD9vQ3j8RkLt8JBoPsJofzFP9jr7Cu2MhHl9s7cy0TB48pgcPkUYSLKGWtx0dQCJU4b9X6h9fYGuRpuJF9GP+HoCXIpcyD0Y/4enz2x0z1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdY5Y0mimhlUNHNDLFIp5DRyRlHUj/EEj3ZCVcEeRH+HqyHS4YeRH+Hr5Lf82na69S/zTN1ZDa9GsB2p3HR7roKR0DLVV2B3Km5aeF1p/GWBlpVBC2JTULgnUB+lHi0nz6kFQJIdJ8/+L6+qF8dd8L2Z0V1H2IgRF3v11svcniRWUQS5PbVLPUwkOzG6ymQcm4FgbkEkGX6hLpl/wBXE9AvcAFu2Uf6qk9DHUSrBBNMwYrDG8rBFLuVjXWwVR9TYcD2WXRpbsf9XHpHWmeqUf5y3yBxPWHxx7GlGTw1HuPbvVG/t1R0uQxdNVVtBR1mza0Y2mnqUWSsglqZ4lMZo3jFlbWSQpA85ORPG8UkjK1zinrT/i+k8xrjoaf5NO2sbjP5VHwdnxGKqMFNuf487L33kMdUVGSqiu5d70Y3TnZic1ecRz1M7lYmsqoQEA4b2TcysJN/u5AKapCc4OacQaEHypQfZ05GKIOqC/8AhYl0rt7cPxx+PncWRqq5KvYm787tbDr99GtFfclZi6rI0K0ckbchMZG6eNlI/cvqBGkPvgjo82NA12wPDSP5OpH+DPy6Af8A4SPfJfEVE/yD+M0c9PR5ubZuzezNkYWtkk82ZocHuaq272HPTMGVESkOT24Y1Kg3knJLa0CXgajkDz6Ot0jV1Bc0pU/Ph/sH86db2ht+OR+D/h+PfugV173rr3Xvfuvde9+691qS/wDCqxaDb/X3wR7KyeNq9yDafymzmFptoy5WPHYbNV26erZX21kMjKI9OrF1tJJUUiSlm1PNpJDgKJ9lB8JhUaSK8OBBIP5kUz0xPwH59DH/AMJysJvCgy/8wHO5jKYhNkbk7l6fXZm2MbWUlbWw7ox3SVKm/d25uKKmhlppshH/AA6GBZCC0cJVtbJrLe810JThnPyxj9vW7c1BPWzhNSJUOjPJNZXR/Gj6UfTFJCY3Ci5VhIdS35sPpbkP9Keq8viX1Ptf405z5G9M9W/HrOdHdOQ9gZXsfYu6p917R3DsLuLc/Y1J/FN65rbsdDK2aoamDIeVKnH5FLFizRS6QEFBio6bXBIpjrVY/wCFcPYke6O8vhp8Z8TUiKfHdV9t9qb8eXJ0uLiXA/x+gwO0aaKoriIVmnqMXVqDIG1H0KoLcH+xuRLIgHkDXyFK4/Ov8uj/AGJz40kagnANfSlRT86/y6GX/hI11jWYrpT5P9rVtJHR0FT2vgerdv161MEuRy2Mx22MdubdlRU0yGMxfay5CJUmjmIRf91sVDMY7gXI0MM1qPnQeePM4p/PPRnuWrw2STHEjPkB54wa4p6efTv/ADymoqLsX5PId2RZHDZrrB6HsTH7j3Bkv4JQQ1G23wuIxeJpIZ4tCPBUSIIDI58r6gQt1N7MA28dBQU4f6qdAOY95oetqT4UbOwvXvxB+MWx9t42PC7c2r0L1HhcBg0hmhfC4mi6/wAdHSY2f7h5HeRBdnkYgsW+g/IaviDdPQUyR+wkY+WKfl0rjroFejMTQR1CxrICRHPBUrY2/dppRNET/hcC49pOr9a/P/ChT4T4v5E/DbL9nUNGtduzovBZSpx6SUMdXPU4XIAir+4mVPIUpifLEqsoVyGOr6e2pBio6YmXtr6da2//AAmS+ZOA+PnzBpvivn6mSEfJyoq9r0yT5rGYum2vuzaNC2cwMLYuqYyVtRmYx9uYYlSSF3F7/Q1U9329MwtRs/i6+iiQRwQQf8R7c6Vde9+691yH092HDqw4dM+Zy0GDppcvkqyjx2CxtHW1uXrqwlUp4KaLyBg+oAWGom4N7WHPvxNOvE06+Y//AMKAvmvN87fmttrrXY9fnM9tDqWPPbT2vhsOzU1HU5Wryc1Nn82lDQ2Sqq8gI0p/NOjsIEiRbEFme25tW4REfxf5+kUr6iT6dbXX8k7+XBR/Fj4c027tytkY96fIjZj5zP7c3hBDHJgsDkaRRV7RaSngpaqFZqSkL1Cxza7MpV1t7E09yni+EMlSK08q0of5j5dORRkLqPn18yb5ydSwdC/M/wCUnUFBTVdNjus+/wDtHbuMFXWtk6k4Gk3vVzbdnnrZVBd3oHpiXk1FmJLEkn2F75fDu3Q+tf256Eu3HVaIVxowf21/4rr6R3/CZvfuL7d/k89S7MrayDO0+3a7tzqPceAzNVDUS0GLG8qqprWaG+mHH/witmaGByXmRZkj0hCVYX4COq7k4ktUK8AT8vMj9mMDgB186r+ZZ8Qs38C/nF3/APGnJQSDFbE3zW5HYORSGtpI8v1vuaX+8OxKunWtvIHgopkoKsajoqqeeMnVG3up6Dci1r+zrfm/4SXfPeX5F/FXN/FTe+dqZ+zPiln6w7eoRFQw0df0fvanNVtQ+Gkp4Qi4jIx1uPiGt2JkDNfUNLsb9hT04ft/1ft6He9u1xbfUOo1hUViPQU0ECp4r2scVKCnn1t5r+qX/XHvZ+HoDx/2j/aP8vXP3Tp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6ot/n11TYj4X0nY6ZfIYafpH5SfGXsZhjqbIV05p6XsSip1rGhw01PJ4JEaXzxSlg4UrqW9iJNnGllHHWjZ+w5XPpXBFOPTM3wg+hHV1e1Mr/HMNiMzBL9xjstg8HkqCoenmo6ianrsRBWpLUUs9yrP5SxHGn9JuRf2S3KqrED4tTV9OJ4dP1qK9Kf2l611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNP8//APhtF/Kf+Um6Mu7pj9lYnau5agR+UtIg3VS4Ro7QAsQRWkkAH6ezTaJFju6tgaT/ACFT/IHpuUVTHqOtSP8A4SgRdif7PRvn+GDHZfpzIfHjsPdWTasrqYVdRX1O7sXQbFpVxNTItVJGJWqLyinMaAFnZdI9iPcmLWwaM0rpyPQ8Tw9PnXyp0zF8dD19G+Ng8cbhlcPGjh1/S4dQwdb/AIN7j2CSKEj06Vdc/euvde9+691737r3XvfuvdR6kTGFvtnRJw0TRtIoZAVlVjqBvwQCL/j6+3IiocFxUef7OvCtcdfKs/nD5PCfHz+an8rJMlQvNTdf7/rex6rbz1H2WQzuJ3tGauGKiqtLCAV0uQiMMijyRsGm0j9RGqXEUdoJGPBAxA404DH24HlXpkyXBbSrtxp8Rp/h6+nZ8ad4Ynfvxz+P29cLP58XvHpTrDcmNf7ijrGNJldk0NeiSVWNL07sgkCu0LFCQShIsfYNuqfUyU4aj/h6dBJFTk9Df7Y631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJDaOQ/wBI3P5/Cn+nva/EPtHWx8Q+0dfLf/4UydaVOyf5lu7q3GSPBNW4raW9p44Zlikios+kkdLXaYmBs1pXcjkBCHsWW48tH8SJX/1HBHQ+tj4kSvX5/wAqH/V8ut5v+Ql3fku9/wCVJ8U957ly9Ll904rb+5Nh7mraYgq2S2TvOv2vTI0ai6kU9PTrZlH9eVIJDG8Jovj8wOgvvK6L4/YP8vVv2S0/Y1GoAjQDyjyWIYFWCJYkg2IubA8txf2SXf8AuO3+rzHRUeHWnB/PS3jiZ+0fkPnK2gw1ZQYLpXa/X2OzEG+avK1f94d5UUOJxOI3DtGhRBjp55M3B9pGEkEgdpHdNJtIXJrLG4djQBkJ/wBWekstdWOttXoXY8XWHRnTHWcEwqYeuOqOvOv45wZCJhsraVJtlpA03rN2pSbtyfr+fYT3N/F3K4m/jkdv96YkfyPSsCgoeqfP+FI3VuL7N/lG/IxqnAJm8tsLIdcdg4Bo4KQ1mPqMB2BjpcxVU9VU6fEjY9qpagq4LpdbMSFLu0qrXdHAIp5/aKdG2yn/AByh4Ef4CD/q/Z1ov/yAe28R07/My+P9XuDPbWxW0t40+8vj9uSr3FkaugjpYOz9sY+swTY4Yuz1FUdwYiip49cgiDy3chfWp/cWcWkMqiqgjgM5B9Pl0I7iAsFkFToUj7RUH9uP59fV39Q4e2sAa7CwL29RAH+PsFnj0Azx697117r3v3Xuve/de61jf+FK8gyOyf5fvX9ZjdiZTD9lfNGHFZei3xjpshBUU2N6pyk9P/DZleGOlqY3ZnjmeZCGCaW+qkbe3aa98l19wA4HI+EcAcV8/Pzx0zOO0dDj/IXrpKfCfODalXjoqWq2/wDJ3b4hyCR07VOZxVV8f9pJjKqrqqa5cFqeraPytcNr4Bbkv50ovMpjTChWwOHH04dbgwOtgT2HOlHTfXNRUkEtTUQU5WaWhp52aNVM5qKyOjp1nkVSSA0ihdfA/JVbkaPXuvnFf8KdO3cNU/zGstt+lpK2qzW1vj51XPX52qxEVBR1e2c7NlNy7YxOLiSonmqFjBqpJJ3hi/cblbgH23qdW7GIHyJH+DpK8kiP+mxWtOBI/wAH29X8f8JWa+m3/wDyyane0+HSihyHyB7cxlDTtErSS0uFyGIkgklqtJaSRxMY5ZrNZY1QkiNQHopZQwJck1HmT/hPT8ckumjOT+Z9Oq2P5yPWWG7R+Qnyiqth1NbuPdXZUuwa1MZv/NCk2Nia3qx6Z48FR0qJFDDRVjQjVPMylv0uTr9jS1BijRGOVHHpHIQXPW8PsJaiPZO04Kymx1HXU23MJT19LhmkfDU1dFi4RV0+HkkA10sb6o4GHp0qAvAt7CNyP12Pr60r+dOlw4dKw/T2wevHh0mNzYqHN0dThq7DU+bxGbxVfjcrRV0VNU42ppfGZHxuUpKzUjwValoCRGzKSDwORry60eHWg9/Nc/4TyfLP4x925b57/wAqypki2F01Ht3ufb/T2G3NuCr7u633nsCojqs/X9d1eXeQZijnSqr8gKJKr7k08D0qQ1L/AG8b0006a8PTlejx/wAun/hVl8Qt9RY3qv5sZXNdE9jU2Lx9IOzKjb083SO5K+KnqsjKaqix9VkMlteekl00UsNUsy1ElpJJYT+0vgT59bRjTuH7OtsboXu7rT5JdOded8dObqp979X9pbep91bL3XSUuRoqXNYirkeEVNPR5eCmqolWSOSPx1NPHKumzqD731foXiyohdiFVQWZibAAfUk+7Dh1YcOqNP58Hz52r8JfinVQVOXli3Z3FLW7CxONpQ0s/wBqKUVdbVKqKxiYJMAJjpBHp1XFvZ3tECzamZQdJxUeZGflw6ZnYgaRxPWoL/Im/l07u/mD/MzIfKTcFPujG/G/p7ehqMzvN6akqaXsDsWh8OSh63wGQWQo1LFDkKebJzfrjeyglg6quv2t0tJFjAD5GAAR6kH5eo+Yr0zGjNQEfPr6VWNx9HQ0cOGTHrBj8ZEuPw8VQFqddHT0Ig1I0mogFbp6iCRcWtx7DGpga1NT8+lnDHXyAf8AhQF19WbI/mnfJ7PVUsLUHYu5MRu6ko6Wnakko6ZdtUOEngqEsEkd5qOWbWAbltTDVyTq2hX6RbmTurWtRkZI4+fDz6O7WLRZLOxqprUemSPzHn9vW23/AMIvc9tXI/C35ObRiUVu7NufJafK5ykqYZJ2xm2t2dZ4OHbEwlmQQeGpmocsFijZmVhMzKglvI1epGlsAgp3Z4elf8BB/Pql5QWYA/jzU/0a/wCAg/n0WL/hZB8FKCvTpT55bNpJky+AaHpPuOMUkywVO39w1dXnetdzU81IOfsq9snSZCWUAFqukQO0hEZJWweiGUUqetVH+UV869//AMvT5x9Rd67VyNW+BlzdJsTuDZ8zSpR7s6w3JlIsfuWkq0LqrVuOJXKY7yAFamBFvpdwagkGvp0MIENxEFD6u3SQanA9TWlVOR5gVApWvX2RusN24ff+0sJvvb1TVV2A3jgMFuLb+Qqo5oZazAZalevxMlTDIAqVIjlP3KoLA2Fzx7UMdQB9eiK9jET+GAARWoHrQV+en0r8+hC9tdIOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qpr+dftLfO9P5cnyFwPXFFFV5+ufq6XLp9hSVs1NtDGdp4qq3Rm2hnkiMq0NEJqlokkErIjpGNbAE62cgXC66/ipk8acKfZU9UmFY+j1fF6Ooh+PPS1NV52l3NU0fWu1aV85QUktFSZBYsZHFHKtPLPVFXCoFdWnZgR6gpNvaTcBpunoKAn/V6Y/1VPVk/sx0PftB1vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Vl/O3rdt0P8AKf8AnRJu/Gw5fb9V0ZnsTU0M04pg1dm6uDD4GpjnKSaZKfIT0tQlk9TIFuurUDLalV70I3mGH7Rn+VeqSGiE9aTP/CQzE4TZH8wTtKnysVRXZDdXQGV2VtnKS1M8VPjM9T5+h3DmqZ8cmtXFVSwSwRlpFEJBkGsnSDq7svpLM6XLCi1B+VakZNK4x8qeeKJIHkFR69fSughjp4IKeIWip4YoIhe9ooYxHGL/AJsAPYVYlmLHiTXp7rL7r17r3v3Xuve/de697917qLWU4qqaSndisUw8c5VmRzAwtKqOhBUkfRgePd43MbhxxHD7evdfNi/4VKdabW61/mc0Xb0WJp6is7U2F15V7giyePhymIy+O2tteDCMlXR1YeORHSBEZdAIkXyXN9Ps1t95+njEZiDEDjWhOSQD2nArgV6TS11063Tf5Lnb2G7n/ly/G3cGDzNFkqfb214dj1SwS07S42t2rSxY6PDy01LHDFGwpVim8caKIwwVV0i/sqkl8aRpaU1EmnpU1p09EaoOrWvdOr9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XCS5jkAFyY3AH9SVNh/sfexg1695160dv+Fd/RaYbaHUfyCwm3aKbM5vE5DrPcm4aTDqcxUJjZXqcS1XlEkJ0RR1TKsbR/wC61OvmwN4d5a3XQI6+ndw/l69HCb41umhY61rTu4fy9c9GF/4R8b+y+Y+EffOxp56mpx+2+8JtyYaOpqIxS4qm33jlerx1OjnUBS1WPaVmCgO1V9FKksgurt7yczMKeVK1xUnjjhWn2dFtxetfTtMwp5AVrQVJpXHCtPsp1t8V8lSmMkkSkiqavwwE0r1KU0JldkWQNVSiyqly1yObWtc+0sqeLGU4V6p1oo9hbe3p8zf5qnZuy947p3z111x2J/M72xtzGbWz2Ax2Wo8xsb4oYynnyApDjEFqDcUmBM9O9W/7K6jafxsWOts32TazSGME1Ga04eRFDg8DwPoekZ7pc8Cet7mmcSU8LrrKPGrIZPGZGRvUjv4vTdhY+njn2Vs2pi1KV6WE1NeiufN/qfF96/Ezv/p/MUhrqDsLq3d23pKZV1yNLNinqKaaFbi7RSxpKBcX02uL39v2s5tpPHAqV8q0r/h6MdrNLtT18hrondf+ynfNnF1mZWuw9L1H2nDuBaqjoKSvy6RbHz33C1FPBkY5omnPjCxxGM/659mR5hZloYR/vR/6B6GVNVVHmK+f7a/5P9Q+zVtrclNujC4TPUgUUWfwmEzVBKJBJ54sxjBkgosAPQp5/wB6FreyLqOjxx0oveutde9+691737r3VBH87/aG2eytwfy+9i5+TD1lS/yb3pvDGbbyeGrchWZWm2V0dlq3KVeLykQWhovt/PEZWyNVBfWrR6wrWGnt2xXfZiD5f8+jpqYHSB0G/wDINzlPlexP5iVHh5MnFitu9udWbQz2FzuIr8VmcJvja2wZaHJTSy1A+2q6etpmheCajllGmIFyoZboedqjmhgeBRj/AD69ATQjrZC9hzpR02ZmipMliq/HV8EVVQV9M9HW00yyNHUUdTaKphPiZGBZCwV1YFGs4vpsdHh17r5bH89/bWYqP5n/AH5uCixUVJj9n5TanW7mDI1GWpp8Ns7ZdBtjb1JPHWMWpY3pgSI1MgV/I12LGyzb9vF+XBfRpp5V41+Y9OkMhqxHW8D/AMJ+epYOlf5Tvxe2dGtBSVWLh3znM3LQwKUr8huLsOq3NW1M86kGSRoJYYDKReyC4NgBu4svppxAraqitaU41HqfTpTEaoD1T98usrit3/NVdr7dwlHnZN19+9X7EyOHzA8WNr8LvDtDFbZyT1CaW8gjWq8xh4DabFlHIFIOlNTmlBk+lB0lbMhX1PW5RiKM0FBFS2gSON52ghpYlhp6SmmnaenoIYk4C06MIFtYEIDZb6QD531yFs/n50xX86V/PpeMdOB9snqp6691611wddaOgd49aOmuJikial0643H0YfUH+vvfXuq4vkl8B/hFvDFJvTs74i/HHtrcGNFRh9uf3u6Y6dfKDK7wySHIU+LyGVxqwrU5WtkarqZ3hlmM+qRCuph7qR1UgcadHw2BtrF7N2bt/aOD2/QbVwu2MfBgcPt/E4vD4PEYvF4xBS0NLiMLt9UoqSlWNQIaenRURbAAfT3vq3T/AJc0C4uumykqwY6kgkra2d5DEsNPSIaiSRnH4AW9jwfexw62OHXzL/58vy7y3zs+XKdFbYrHrdu4Pdb7RwMUbmYCrq618Wgp6rSpjIASTSsbXvYn2JNhAa1kJ82I/wCMjpG7VbV6dbw38mv4fQfCj+Xt8Z+jPCsOXwO28nmd6tLQPQtlt5bj3FX7ry2clo/O6x1M0lZSxrMxdvBSRx/Rh40F8UiY28fBAAOFTUCtSB9v5sT0qSpGo+fVrboWMZVtLRypJe2q4W4ZP9iD9fZZ0518xb/hX/1jj9hfzButs9QY80eO7H6ciy61SQrHDUZHBZ2XG5SPWD62XyRs1hxccc39iO2dRYxxnzqf2E/5+hBDIgsIoW4NU1+wn/P0dv8A4RU7pzWF3l8yNq1Dadu71xHW+Up4Za8lznduzV9J54aLR6h4ql0MmoWGkWPHtNfIVslduLODk1/DT5en7AOmLyMrYLI1QWcHJrTtp/k/YB1uvfLH4w9a/NL469q9GdybYTM7O7M2bl9sZDGxeNq9bI9Rgclj60qkkVRj8mlJl6OzWFTTxEnTqBIzkV6JGXUCOvjjfP8A+E3dP8uj5RdidB9o4jckR2xubKpsLsTIYHJ4LEdo7OiqteI3tteqyEYWojnjKGZ4WcJMGXVdfaqSwMYDVNDwNBTgCRxORkU9B0ZW+7PFQaBqHGhp/k8x59bRv/CdH/hQnD09ksN8NfmlvKjoeuNwZXEbZ6R7Ky0la0G0M5WxzD+FdnZqo88i4yqkFPTY+thFqeoYRyRCGVpok7RiGg1VrXFOHD/Vj8+lEjjdT4jUjKmgAzqr8zQA4oK0BrQZ6+iLRV8csFIYUBhmjieJhOs48cwDqRNHqV+DwysQfwSOfbhiGnUD5dFkkGgspPw1/l07+2Ok/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAl33tOi3R0321tusr6fG0W6+vt74KuyFasbUuNXOYaSIZiZ5WVVWib9/kgC17i1/ZnYSFp0U+RFPyBFPzrnrTDsPRDv5S3a3V29+o+3OreqP79S4f4s93bg6AztbvPIUteuT3Titp4Td+Zy+EkgkdjSVMuWZYEa+hYvqfJYKd4+Ja6anjTj5+foARj5/LqkVAtB1a97I+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vaf84TamH3v/Lb+VO18/RUuSxGT2HAavH1pcU1VJQ5umyWPVxGysWSqhgljAbl1X6/QmmzkC9BPoaf6vsr03LXQadaV3/CZfBw7J/mQ5DG53J4mlot1dRdt7i27Sz/AMQny+Xz+06rDmrrsTJQI6UUdDS1Nd91NOdE0TzRqQyXUSbjqe1IHqB/q+ZNKfPpiI94r19HSjZWo6NkCqjUlKyKgkVAhgUqEWazgW+gcarfq5v7BT/G32n/AA9K+pPunXuve/de697917r3v3XuscjKqjUGIdljsqluXOkEhfoP6n8e/de60YP+FgfUzbczXxN+QclIuQwGZoN79U5Kg+2mkiSuwlMu5sfNVzoNKeaCc0kALgtoIAJF/dG49MTCpBHRv/8AhI5uiPI/DfuDZhmnajwHdFPvjEwiQzUVBJufa0eBylLCSToklngEzpf6ngD3tfPrcPAjrbk926e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6pK/n+9T4fs7+XR21LkMJNk6zZdONz4mppITJV0NSiNDUNCxDACQFWcWv6ARax91f4em5RVPs61Fv8AhKx39U7H+eGS+PdLHnqXaHdHS2/M/TU1QkP8KyO4evs/hN3UWTpKnyhpjHQpkmcxRMEilZuVJKaXjXqkIOqv+r/Vjr6RtfkYKHGfxOtEcVJGtHUVz1J0QUdG80bVtVVPMAESnjLyyNIAFCEtYA2eAJwM9KeA6+e38Uewcl8kf55HwM7l+O+Bq8TsXcfanzE7s3tFLSZvJ4fFbWXG5Wh3FU5injqfDTvlkAmxFZUWQT5CmeHXFKsb6+nuF7mjYfapH+TpLHQv+devoWY9kaipTH4/H4VWNYWV4440JRIVZQo/bACHgcggi/vdCMHpX1HytMlVAkUkPnjZzHJHpLh4Z4zBOjKPwyMVP+HtyOlTX06ft3KPWtMf4Mj+fXyff5wPx/l+MH80buLCYfFGQS7vot9YbHx0EzUEGO3ekuRwlRTJIpDRvolVCbozRuBcowCMilVPQzivbR4hqlUVHAsAf2V6+jf/ACpO88l8iPgV8VezNxT0J3Tketl2/uSjirYJxHm9gZKu2PkayCKIkiaaajmSpB4Vo5EsrIwDimq9ABDVc9WSe99W697917r3v3XuqXf5wcuL2jtLqTtKXJ1tLktj5jsekpMRRxeSjyT9j7Hj2dJkMnEVKu0UCSxIWv6XKgXI9jDkEom9SNOdKGmWNFqAPM0Faj16amNFB6Lz/wAJ6Ost3bI6/wDmZvjfOcosnVd8/L3fvbuyqCjlqKumotlHBY7a1NX01TKziMzSxtBNTKxEbRFQqkEBJzmA/MjTRnUhDUYZXyxq4fs63CRp62K/Yd6f6w1HELEhyFMbMsal3ZEkDSIqLySygrYfW/v3Xuvl2fzh4xR/zQPkJmG8VXBuHfpysuPrZmFJJLUmKCGKtiLBQ9OIwpU8rfm1x7POX+M32r/z90gk+M9b+n8pCnak/lu/D18utBS5nJ9O7RyW5jBJF45ty5HCpWZiWpAOkVDTc1EfBWQMpVSCA1ugc3pCgmiilPt6VRf2Yr1rgbS7Q/0l/Pn467q3X1FDSS9qfPr/AEV4rBZDc0uPrsdVdbZ7I7lTeL0lJBPLGyNgJZFx1Uia9Ej6gIHIPJv7B2rgKTXj5dJVNZB9vW6hhoIoKCNYWdopGM6K+m8fmRXZA6pHrBa76youWP0AAASuGZ5SX4/6vtp9nS4dOR+vtOePVTx6696691gqdYp5zGdLiGRlYNoK6UJLBz9LfW/v3Xuqfvnf8hm3b3R8Wfhf0jiz2D3fvLf/AFz33uP+KY+gbBdbfG7bGfal3p23kavNVNMtTlKVwExcNIkjq7l3jK2vVjWgHVGNSEHHq3yknM0MzERhoquugZYZ1qU/yepaNW1qBpZlAZoyLoSVP0926v1WZ/Nc+UEXxn+GXam8Q8keSyu0Mj/CZ1qo6WbHSeEionQuRqEKks62Nhe/u5imYHQrH7ATTqsjaV60Ov5A3xOP8yn+Z1Wd572+5z3VnxvqR3DvSsx2RfAQ57eGRqmi6t2NlBURSpWU1TkYZ6nILT2k8IALBDcm233K2lg6MaOXwM1oVHdTzAFSPmB0xGhJoR9vX0/4xHPDTyusTkrBOpjcyRCRYxoeJ+NQAPpNuR+PZWWIY6TxqPy6WdSPdevdaLf/AAs16VgyuwPjv3bBDB91tGvze2pplTVVU1NuKpgq6iMyC+hKmSCNvVYM0fp+h9n9lNELExu4Uj5gHBr5/s6PrWaIbeUdwpHzAODUAA/LHVJX/CW/5ITdI/zLOqdk5jcclNsPvGm3j1lWY3zUyUlRvCpx0Ga2hk2LIGhhjakqYWvIoeWVbBrABjcZUNqqJIrAPnIrwwRTy41xx6T38qG0VEkVwHpxFeBoQB+H1xx8+vqo0pUwq0bM0bAeMOLMgVQjIw+oOoEsDzcn2Tjop6qb/m3fyqukv5oPx23R15v00W2excBgMllOr+z1wYr8vsveNJS+XB1qVNNDLWNQPIn22QoaYMJaeWUJGJikimFvcr4f0swqjHBBFVPrn/L1RlqdQ4jr5GXys+JPenwq743z8a+/dk5HaHZuw8q9DWUnjepx24qRkFRi90bSykSKK7G1tOY6mmmiB0hismiUOipL0IrKqENStSKEHhQ/mPI8DXowsJFVHDsF4cTQ1z8/L1Hy63rf+E5H89qTenXnXvxH+d/c+28ZuelzVL118ZOzN3V5wr7wp8UlHS0nWHYO441FIuRhgkCYOoyLRyVt0g1yy8lOkhA0Hh0vmEEsGtWRpGrXI1HjSg/iJpwpXyFcdbwQqaZmKLU07OAW0rPEzaRa7aVJ45HP+I/r73Q+Q6IjHIOKkfkeswYMLqQw/qCCP9uPfiCOPVeHHrv3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690B/fWVpsN1T2BXVlXDJRzY84+WKoEU1NBFUD7bJ080LXDp4Wdpo2/sXB49mW3vGLhC1F0hqkmlfT8+tP8HVSH8gTHSV3x2+UXblXtqHCVPyF+dvyC7UxmWpqqnrqXdm1I6TBbT29l6Cpof8AJ/tYxQzU1OITp/bccsrWf3h4pJVaFgwCitKcftrnA/Knz6bhPZ+fV7/sm6d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV4fzYdnRb+/l4fKLa0+UrMNBW7DhrJ8hjiwyEUOFztJmpI6HT9ZJBT+MAkCzG5A9mW0/wC5yn5H/B1ST+zPWhh/IF7VpKP+cL8eqSlqpnnyeI7v2R/DF+6EVNgMvsmqmkeojjqYo/K09PDI9o25BNyQthTuCarJwftH5Z9Dmg6TRV8QHr6bvPFyCbckfQn8kf4ewL0s6796691737r3Xvfuvde9+691737r3WuX/wAKd/jxTd3/AMuqq3E1LkKvI9Rbyh3XjkoUaQRGvo/sKieZV+gAUDV7q/CvTUo7a+nVLn/CSDuag2l2J2n8fq7Lpo3dh1z2LodaIBl8ACZIKkSFT5jzoCBgSPqPdVNG+3qkTdxHr1vr+3OlHXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QI/JPrGn7o6D7e6pq8bDmaffnX27NunDTSeBcrUV+CqIqChFUDeEtUeIiVQWW1wL+/EVFOtEVFOvktfC/Kbk+C38xboqr3Zhcxhuxvjv2/hsdBiYNwNi6enqovPt7O0UuRyD04kxeSSRkrVnCt4kX0G5Htqp49JdRBr+3r6TX84b5TbU6P/lCfLDuSHcZij3d8c8rsnYOZqaowVOV3X27gF2btVTNipPKtRLUV6u5pmJUhpAfGpcGNiwF0hP+HTXBoK+VeFfn0qY1THn1rKf8JZNu7v7J+Z3eHYlRsxcR1X0x8PeuOkuvKWfNYvI0u0o9zbqxmWzNLV11FJJJPl56XFy6pyGOpVjkZV59nu4eJbwrpJVAFCrx7hXj6gCgzxoT01FQtXiTWp634aeLwwRREIrKg1iIWj8reuZkB/Bcsef6+w251MSP9Q8v5dKeuTF9UejTp1HyaidWnSdOi35vb6/j3SvVa560C/8AhWP0Au1/l30D8ncchxmJ3D0jFsLc1X90sEOb3Fgt919VjolWRlVqijxmQlcX5Eekjj20/wAVPXpNOAG4dWg/8JPu9U3l8Mu2fjvlIv4bvX46fInsDO5nCTVP8RU7M+Q0S9p7B3BiKk62jp3mbMQFfQr6/IbyMQbKajpyNtS9bWnvfTnXvfuvde9+691q+/8ACgrcWaj7a+G3X8MdOu2d67e7oyu5Mk+QroK6hG15sHQ4qOhoYE8El5cnrLTuCBr0m4UETbKa27/I/wCHpNceXRlv+E80O/Jfhj2DmuwZUqsllflx8lItvRULwyYTbWyMLuChwm38Dt+qj9VRQt9u0xMlnWoMmpAbn2l3gtqCkjAGPzah+R00r5cR6dOQ00Y6vuB9ko6fB68XEY8jEAJY3YhR9eASeOTx731vr5TX84fdE2U/mUfJXa8UtP8AxTD9m5HG7gMj3/gtfE0OQnpJZUuBKsUiMyA6jxpB9nnLw/tif6P/AD90gf4jXr6A38ljNUG5f5anxZycFVJl8TW7XyEmJqqqmnpZpExm4anEVDVlNWqrr+/r0alN0Gr8j3rdNa3WpDQhQD+ZJx+zpTD/AGY61zfjFLvnfX80X4l4el3RjayfAfzDPmdvHNYXNwUlDlaTb3Xa9lYuto8B9vrSeMrlIEhkmdJtTAlVS59mc+j6B68NC0/OlK0/n0xH/a0+Z63f8RTw0uPhihSSK4800ckryvHU1CionQsxIFmb6KdI+g9hadmaQk/YPsGB0s4Dpw9p+q9e9+690CPePfnUfQXUnZXcfcW+Mb1/1j1ntzKbg3lvDKVUdFTYvG4yeXH1K07TAmSqkrIjQ0tMiNJPOyRwq5YX917hnqjX+RpuHu75u1XyI/mbfJvZOKxdZ3rvrfHXfxFp8nRZHE7x6t+KG388tPDsWlxr0qQLRVVVonSsad56iWKV+IJAToZOrqi5JbjX/VjrY0ihjiUpFGqBnaRgoA1ySG7yNb6sx5Y/k+99X60gv+FPHymoKzM4/wCONFnaCoo6fHZQZbb+U8sFEzVUQqKiSplBW0cNOlRIRe7MFVVbV7Gu3xaYFrxIBPzr/sdJZmJeg8urNv8AhMT8GMf8T/5bu3t61L4nJ77+S+7qruzLZenSpglqdoNTRUvTtBLLMrSRQnEpHXSxIGUNUEC7ByQ7uUfhziPiVWlaUrk0/YKL9g6UR5Gr1/1f7PWyNSQimpKWnEUUAgpoIRBAzvBCIohGIoXkCsUW2lSygkAXAPHsv6d6ke/de61tv+FS/wAdKfvD+VV2/umNzSZvojLbd7fx9VCJmaqxWCrI8ZuPGZH7dGbxeCsWogBBW6OWKcEtuPPpqVagdfNt/lz9n5Tob5vfHTfSoGO3OzNrZqnvpCSxy1iJT1kHlKjS8TkqWtweefdDwr0mOMjy6+1/trNx7l29g9xQCMU2exGNzFN431jw5Ghjqxqb6XDOw4JFgOb39vDIr0uGRXp6dSylQQNVg1wTdCbOOCPqLgH8fX3vr3VSH81v+Vd0F/M26TqNn9tbYoMR2dgMZuCLqPufFyU657qvMSYt5aHI1OWeKlmqsfVTRQwVmPqpHgGoSghkBNGFeHTbpqyOPXyZPlH8XPlB8B+0NwfH75Gdf5jrvdONzFJmKejyFHNV7X3vHgpycTvjYe5oQKbI0LK7AVeOqPoTFKEcFVoR6dagBS5jf0Zf8I63EP5EX/CjfdEyU/x8+e2+8ZnsXQJgsLsLuPKUcVPv5aWko2o5MN2NkY3WPLRxKIBj8o0azxRRmnkWQMHW6SlDnh0MpLaO9hLr2kVoo/CeOePE1NQBUEeY63v9gb52jv3aWO3fs3cuK3RtzLU8eRocthq6mydM9NWxioplLUTPpbQwIRvUPyPd3IY6hwPQYvI2inMbChAH544/n0uvdOk3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ST/P8A/kjmPjP/ACzO/wDfO0JqJN21NPQ7XxtDXU2RMGUpN0Tnbu4KeOsx6jwzfaVMkvmaRNEaM+sMF96alKHqj4X7elh/IP6pyHTH8pT4UbMzGN3BhczkOpv9IOTw24snT5Srxk3Y25a7dUEVJNRaohSSwzx1FGnkZ1jks4V9QHhw62nwjq4b3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RT/nXOtN8O/kZO8NPOkXV242aKriSeAr9vZi8b8Gw5H9Dz7MNr/wBzk/P/AAHqknwH7Ovm7/yEN07Up/5yfT0j0UIydbuzfuGx0oACwyZvbNbj6gIn4sr+i36TyPYwvAwtG9CD0mjwy16+phSBlpKRXOp1pKZXb/VOsChj/sT7AUmZGI9T/h6WdSPdOvde9+691737r3Xvfuvde9+690Vj5q9f0va/xa7765rKeGsj3R1NvekoqaRQWbcEWGkrduzRsQbaJ4CWFvUOPejw6qwqhHXzaf5HHeOM6C/mO7Hr8pNDQ47J9iZHA5GV4RIsWOrJikjAG1isjk6vrbj2JodntHs45wDrZAa6sVI9PSvSRW0sCOHX1M42qDUFW0tTCByJAApMxqP2hp/p4rc/19h9ggXHGv8AKmf59LT1K9tde697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XusckaOYmYKWilSWJmv6HW4LLb86Sw/1iffuvdfMH/4U3fF7I/Hv5x1Pbzbbkp9p9xNV7v28+Np7UtQpyX2btJPGQfLr8pf6GzJ/sTzbNutLm2aW4DEhiMHyx5fn+zo62za7O6tmnuAxIanaTwx5D7emH5r/AMxrd/y6/krfE74u19TRdgb52J2lh8V2ZufNZKRt2YnZHVGLrm673atO0i3ydfS1EuPysUnm+zpqGnAUmqLru926O0g+ogqShBqT86cKZ/2et7htkNraGaAE6aGpJ4HHCmeNPz+XWw5/wkC6khp/hf2T8gctW5TKZjsjsrKbDo4slBDHSY6h6xEYyb0ssAUVT1VdXGV5pBqjVI4h9D7L5dxvLiPw5WBHGoAB/aPt6D8a0q3W3zDEIIliDyyBdfrmcyStrcv6nP1tew/oAB+PaRjqNenesvuvXutUf/hWz8cqHur4I9d9iQV82Jzvx97swW5XmMXkpcxh+xNtZLac2FEKkGWoeooKQxMf80P6+Qj3pzivTcvw16pL/wCEsHeVN1t8zMntaq3vBg6Dvzr0ddSbZloBV1G8t6bdphmtnV8tTIbxri6XE56GH/aJEivYc0Bo1OmojR89fRjp5zP5/wBp4xBUS0waTSPM0DaJJUVfouoEC/8AT250p6k+/de697917rU2/wCFCO9sFX98dFbBow8e8to9a5jMJVu5enp8N2puamw1QGp+LsZcFCyNcaQHt+s+xTs4/wAVr8yP2Z/y9Jbg5A+XVuX8m7qbrzqT4IdNYPrqOnOInruyNwTzUs9RLHJmt77p/vHuSqlNQ7sZJ6pVcEn0KdC2BNy/d2YzsD5hT9tKj+Venoh+mD1auPZP04OuMyJJGY3CMjlFIkvoJMgC3sD+bW/xt7t1fr5Rv857r3L9f/zJ/mNBT4rO1idkfKTcXbUVRlP4XUT1mJzNLQ0uLhxdRRyPMtOtZ9xrMwXREiKASXPs+5fNTN/tf+fukUmXI9P89evoDfybd77M3x/Lp+NmR2PvTD7mwbbf3Jt+o3BhERsZi9yYjJqc1QQvUogl8UqSgMyaSbW1LYnV+aytIorpCnjxHcPL0PT8PwAfb1rCfCTAQ47/AIUU7Y6P3Fu7Aybw6d+V38x/t+uxtBlo8nWriN7bafcmw8NIaYhY2qaDNNM0dyEeCVGs4IBa26XjxG3YjSQB8PkPn+XTSr+rX5/5+t96g1infWrIRU1caoxuVip6hqWAD/XjRT/rkn8+0rMWNT0q8upftvqvTbkJ5KVTUvVxUGPo6eWsr6qWFZVWCD1SLdv02UFibH/W9762B69asv8ANH/mFda/LPvXrf8Alc/GzrHb/wAy+5d474ps1urqOrmhperdiUuysguZo+w/kJnqwRwtjcAVXcVPhaSQySLGn3ZWSWGJ6EluHTT1fC8P9X+r/D1spdK7K/0cdebU2P8AxCmy8238FQUmRy1Bj8dhqDK5QU8f3uVo8JjLRUdNUPqNDTINKU6qASefdgKCnVwKCnSr3xuum2XtTdG66xwtFtrBVmUqOLkNDGXQ3/wHNre9jj1vgKnr5cXy5h3V/M7/AJptJ1jsypy+8cXvntDbW0K2peuqYZocDXZunGYqoqqmZJIylKkvrQiwvx7HxVFgIbAoeGMdIgSWqOJ6+oN1P1rt/qHYO2euNq0lNQ7c2XhcPtXb1PTKyrDt/beMiw+Ep5ixOuSKCJVklNjI13b1En2CbqbxpdYxjh8/Ony9OlgGkU6EgH2wD1cHrv3vrfRU/mx1nie3PiX8nes8rTU9VTdj9Kb82cyVpU0sVVuPbU2EoaltQIQRTNDLq/BXV7q3A9UYVBHXxV9mRZHbe/dkZahpFzdTsrK4O9HRVrvV5iWmq4ozR0sw9SqJ0m0WHpWyji3tdtdrFeXJimrTSTg0zUf5+kjGpJ4V6+1P8Ft3Vu/fht8Yd6ZOilxeU3R0b1pnsnip2ZpsXkMttGkyFXQys3N0eUkX+gIH0Htu6hWCdokFFBNM1xUjpXHlAejW+0/V+otTTR1OnU8sZUgFoWjBkivd6eXyKwaNv7S25/qPeqjrRI6Ib8//AOXR8Zv5jHROS6M+QGxMdnMf5psltXd1CkOK3tsDcxV5abcm2NyY2NauF/MyvWUav4KtB454nFiKkV4darmo4jgevldfzPf5PHyy/lY9uVWP3TtzKbr6jzNdWVXVnc2zqPI5bAbkwT1rxUlJuSWgR1xeWiUAS0NTp1KpkUm4u3Shz0oTdL63fUhAJ+Qp0aL+UV/Pm7u/l4b1Gyd3nL716j3Jm8NFujb+YzVS0WMTExNSh8YkykUpIv5Qi+q3q9nW3WllcRAS6g5JzXtPGn54/PoytRbbofFvKiZ8VBohpWgp5H/D19LD4Q/P7ov54bCwu++mt14zJmsxIr83tlJRJlsDOSVMM5CqHUEfqA/17e93u3C1jLipoR/P16bvttFpEZFqaEU+w+v+fo9nso6KOve/de697917r3v3Xuve/de697917r3v3Xuve/de6+ft/wAKh/kAflp87fjx/L425vqtx3TPTGe66b5IZ7A0MuZTAdod37np8Nsza32ePqE/iFdHiaylC42OMyxzVLSz+iBjHVumnPdjiP8AN/k63yutNtY/Y+ydn7Kxjf7jNr7S2xtzCx/bpRLHids7YoMHDEmLhUR0IURL/kak6CxtwSBbpzy6X/v3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690AnykpKat+OndEFXG01P/AKO9zyPCiGRptGLkIi0Le9/p9Pa/bSReJTzqP5dVb4D18zv+Tm+z1/nB9OTsj7WXB9sVmQWqeGSSQ1TSVVJGFhUXJaRo00gfm54B9jK4BNs34qg49ccOkifGD19T4BlAVyGdQA7AWDOBZiB+Ln3H5pU06W9d+9de697917r3v3Xuve/de697917poytBJXxyQWWWmmo62CanbSNby0ctPFpZuPV5SrX/ABb6c+/de6+RP8kumIP5fn8yzuLrjJUL5aPYneWQyFKzTFadqHcWbO9cBjEqUOlhj6OWFGkQ6WYFQSePY9samwiBPBB/g/1AfIdKE2TcZUEkaAq2R3Lw8vPr6w/x87Ip+3Om+tex6ek+y/vrsTam56mDS6hMjlsNFNlEj1W1Ik+tUccMORcc+whfwmGYgnzNPs8v5dVnt5rchJhQ/aD/AIOho9oemeve/de697917r3v3XuiM/PXuug6Y676xiqexNw9S13a/eHX/UWH7F21t2LcdZtqv3XUyOk9XBPFNHFSyCDxzSSJpsQGIB96Y0HVHNBxpXo7OOgkpaCjppp3q56enjhqKySnipZK6piGipyD00ACIaiQNOVQW9fHvfV+pvv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuqT/wCeV/Ljk/mF/EncGB2XtfEZnu7rinfcPVtXX1uLxUtRKVY5XbRyGTglRIqtAtjJIiKw1Fhz7OdsvobUFJjQGp4E/wCD/N0dbVfxWgKSnBPoT/q/Z18u/bfxT+btD8j8p8beuPjf3Rl+8sHulNsZ3rA9e7izD7Wz8+UTD0uRyrRUzUceO80sU0eUqJFozCUmMviIb2p3Lc7We2MEB1aqDIIpQjhjz+fDp7c90tZ7VoLclg9ARQjTQg4FPOn5dfXe/lyfD/aPwR+HvTPxl2lgsXhZNhbVx0m9qnE00VPTbo7OzVKmU7E3WbSSSOarJyTRq8jcpEhQePT7DowKdB1RpUDo8Xv3Vuve/de6L78oOgNpfJrontDpLeWLXK4XsPbsmMlp2eKMrWwWfHSxSzcIyuB6/wAc+/EVFOtEahp6+Rz8ePkXv/4HfObbW9aja52buL4mfL3GPvDC7mrKbMf3aweK3fLsfsrCy1FGdFTE+NkyEX3FKXUK6TxsylWLdKGvSYKVcev+r/iuvsLbDzm3t07bx269oVlPltpbsosduXbW4KHJ0eYxm4MNlKCM4zK4nIUDyRTUktKlO9LPFIySxssiuwYsXOlXHI6WXv3Xuve/de60uP5/u6cxnflv2fHjZMZjKboT4i7Uyy1NZksekGY3FuDcFduGhociS+qmAp1fQk4UsBdeJEuLdpXTZqf4iT/k/wAnSScVk+wdbJ38sZ40+BvxIhMOKiq6nobZuYqlwNPNTYhJ8tTfd5HxRzgeoVhmQ6b3tqB0sD7KN1H67uDioGfWnl8qGv29KI6eGOj8+ynq/XCRmWKRlGoqpNv8Byx/21z72OHWxw60FP8AhRX8ecrsv5jJ2rjsdPPj98bRp8xSPA0EjyrQQLClW0akODBVtH5UI1LGWlI8aMwNdqvLeyMv1Bpq00wTwrXh9vSSYEP0fT/hKn8u9hbo+NXc/wACM7W43HdsfHjsHsnfdXTRuaXI7n687T3euUi3lQLWL4pFo5qgwSmLXp1U+pNMseut3cW85Bic1OocCBSrEeXE6qH9uOn4qntHnw/wdV/9P4HGdCf8LGd8NvnGVmLqu+8f2BuXqvw4bM0uFTcXYnTxmpajI08lJStX0ROMzFOaumAger0S+ZvG59lYBrQ8a9KvorkNQgZBbBBGkVrmtMeY4jrfWwdXDS46ioZ/uoJ0jCxUlX/lFbHFwPHNPDqWZla5eRPT6lHt8QSsuoDHVvppSNQoQPmP8PRRfmL/ADDfiB8G+usl2B8ku7trdc0NH4GpsJUVEmQ3zlCalIWOB2BjhJlcgya9fgjpbSAFSQtyLvaTxRmV17RSpqPM0H2/6q9be0uIYjM69opmo8zQf6v29aHnz+/4UQfOT+aNn8v8Ov5XXTHavXPWm68zS7Sm3VsLF5jJfILsbAZyY4AxZut2qj0Wy8RkZ6gtO9C8VQID4amuEJmiKQnpAXrj/V/s/wCD5062fP5LP8kCg/l1PnvkX3Xu+ft75t9u7M2jtjsXe88NBFsjYm3qWPH1+V2R1/jKKVJa4sKKkpMjncpElVNV0iTQQLAztN4CnV1BAz1sR2Vfoqrey+lQL2FlHH9BwP6e/MwUgHzNB1bqqP8AnEfIat+O/wAN+yNw4mZKfI53GNhYmmUqsksxBiWNzwb/AJN7C1j7NNv2fcd1YrYIHK8e5VwM+ZHp1SUlU+3rVG/4TD/HLcXc/wA7e6vkfm6TMQbS6S23RVozUeNeTb2c7Y3rkmnmwH8Z/wA0KujpddVJArFwhUkAG/szu93s5bYxwksWBHAigPnkdMRLVq+nX0D6dGjEsZTSgmd421BtYmPmc2H0szMLH/X9h2QhiCONM/lj/B0qPUj2317ru/vdet16wVaxSUdYk3h8LUdUspqF1U4jMDBzOv5QC5Yf0v73Xrdevhz997ZpOtu3e+9vY/K1dNkev+++2dq0al2pZqLE4TeNVS42qpIGAZfJK0mpB6m9LAWv7VbbcpbTNI5pVaD7ar/kr0j4sB/q9OvsEfyitxUO6/5Y/wAGc9j8tLnIa342dVRS5KWTyvLV4/adNjaqEsbEeF4TCVbkFCD79dzJPL4iGooB51wM1r51rnpVGewdWME+0pPVieuPuvVeuvfuvdIrsTrnZHbGzs11/wBi7bxm7Nn7ipJaLL4TKwCamqYZkKEqfqji/DqQR78c4PWiARQ9aHv87H/hMbkcDi8v8hvgPtl8/isNS1+a371PTT1bbigpVkMhzO0KVRoqmgSwlpYi08ltaoQCQe2F5Yx2gtrokUJIIBNKnyp0eWF1YRWQtrqo0kkEAmlfSmetT74m/NL5Ify9+zcjLtPcu8dkZrbeSqKDObdWepopcbkIC0ORw+bxkqrJHUDSyGKRbq31+nutxeJdWjWaEu1RpJrkDiKmhr6cSSadMXW4pNYtahizVGls8Ac1Jof8Ppw63+f5cf8Awps6O79x+z9j/ISgOxdxSY2kpK/fE1cJYqjJMRTxy5GgRSULt+prgAcn2l/dG5AVaMf70v8An6JBMODdbRmzOwtlb/wGN3Jsvc2I3RhMnSx1VHksNXU+RgmhdAwcvSFgPqL/AO8ce0ZicMUPFSQcjy6Wm3mVQ5XtIBB8iCKjPSuiqIpiRG2oqAWFiCAeBcH3VkZfi6bZGUVYces3unVeve/de697917romwJP0AJP+w9749e6Id/MT+enUH8vb417s7y7Nyh/jkkP92eo9k0VHW1+5uyu1M9SyxbP2ftvGUUM0ksss6+WeRkEUMSM8rqLH2phsrq5r4C6qV8x5fP8+qu2gZ60cP+E/Xxtyfzf+bNB2NvGTHbs6S+JPdNT8pu5M3naQZHNdnfM7tVqyj6p2/X1dRRTPNR7UjiqKkM05iiqICxb96KyV4mikMcgypofPh/s9NICSCw/wBX/F/5evpA8XJsLsSxNgCSfqTb37p/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690k9+UlNkNk7uoK2FKikrds5+nqYJBdJYnxM2pGH5Bt7UWpK3CMOII/wAPXqVBHy6+VP8AGKUUX85nrGkwFRRbdlxnyKoYIqYTNEmUgm3Y0X2w1clrXAC+x5J/uOa5x/k6QDiKevX1hn/W/wDwZv8Ae/cedLzx64+9de697917r3v3Xuve/de697917r3v3XuvnU/8Kz+jaHrr5J7N7uxVJ9qvb1PDHPX0tHJonzeClGOyFTVVKixliQKn1tYC/sb7Wxa2QHyUD/N0OdsctapXyUf7H8s9bMf/AAm3+RO7fkL/ACxeq59/TwVO8OscruTrSrmjrkqqibA4LJa9q1VZEzGWOSWkkBIZQvFkJHsl3yPRIrcK1x9n+xTok32MpIrHzr/L/Yp1fn7IuiHr3v3Xuve/de64OWVbqAxBW4PHpLgSN/sFuf8AYe/de6pU+T/fVNuP+bl/Lw+LeMpJazMbX6179+S+867buXrRVYjbWM2xDhcJjMxiXkWjlpMhWmnMc06GVGS0TIHa9T8QHTbf2ijq5/GRiKgp4gSREJY7t+pjHOyFmuz8kjm7n/H3bpzqf7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917riQ1wUbQwYEnSGuB/Z59+690yvgqcCqNLI1JPU0cdA1YIxNWiljhkjWJ65is8nqfX+7K1ioAA+o917pzgpzA0jGV5A6wIitwkMcEXjVUW/5N2ZvqSf8B7917qT7917r3v3XuvfTm17fj6X/AML+/de6+aB/wqa+D83Rvz1pflhQbXXbXTHy92NjcNu3ctPlKGsxUPyVw9G8G7cJlMbTOzUlRVYKnx1UHEYilcSTK5YuPdTx6YlBrUf6vX/V8+th/wD4SxfzBx8g/gnVfFrszMV1X3r8KMhS7ArqXJyJPlNwdMZSqWl6lzOMjV9fgxsbHAyF4wCtPBIGcysRsU6cRgwx1tPghgCCCCLgjkEH8j3vq/UWrmmhVDCkbM3nu8zMkMPjpJJo5JmX6IXVEY/0P9ffuvdfM4/mnfLnFdlfzXf5pGOpsbtumx9D/cboXaL5OOaly2Z3J1t17SbCz8VZGHKT08lf/EJ43dNSRJFb6H2LtncyWQxhGI/yn/COkk9NdfX/AIrr6HvxL2tjuu/jn0F1xjaekpKfZvT2wduIlIWlgq5sZsvGVVbWUczfqgeaqkdHvzcf19kd+rGWSQ57vyFagfn2jpUuEA6Mr7Let9Y5UMiMiu0ZbT61AJsGBZbH/VAFT/gffuvdVFfzj/5ckf8AML+MeT2z13S7fw/yg6/Z93/H/fe4XyFJhsZuKjCU+T23nqujvCaTK0TS0njq0eMMRJYaCfemGodUdQ4+fXzH+1Osvnn/AC8O+N1dwxbL7F+OPbe2ZK7ZmX3DjEraXFVKz4lcduJNvZIRyUeVoatBFLAbtEhjiIUslw35aeqQMUmQGuGHDjg+XQvdJ/zkO6NnfOHq75wbnw+1t79w7L6ky/T38W3JhcBBNLi85V1E9Tn5ziaWhtlViq6unWuBMnjldQQGI97BYZHUjNbwTEPxNCKH0JBII9cDqwTv7/hQt/Mz+TmK3js/q7dqdYbZ3HV1WJmPTu1sZt7eWF2/nap6mqoMV2FEKrIRH16FlWQOukHg3PsW7NEkln4kgFSzfy4GnCorx68tpAgoRX7fUClRXzA6DP4kf8J2vl//ADDM3juwN17uyu1du7j3JRncnZvZeR3Hnt2JhzKJ8xWCXcEk8uQqhCGFPqdQZGGr08e67rDClo1KlqilSSeIrxJr69E27W9utkxFS1RQliTTUK8Sa+uKdfQE/lj/AMqf4tfyuOqNwde/HbGblrNxbxyK1vY/bG+pFqd/b9yWPVYsfJV1EKwpTY6msxpaCkSOK7uz+R21+wwMdBdRp6s2o6SGhpKejp44ooKaJYo44IlghVVH0jhUkKL3OkHj37rfWR9euLSF06jrJvqHp9Om3+P1v7Ymrrj/ANN17rUF/wCFNPyb25QbRx/SOWq6xaODGLmnp6UALUyvEJJVYn68E/4gi3uXeRbYRoXA7mDkn7AafsHSeZ86fTqwX/hOB0vkesP5afTe7tx7f29t/c/dabj7RnO36XwtujatbnJcV1ru3caklYsu2ESOkqVhsrxiN29XPuJkFFHTkQolfXq/r3fpzr3v3Xuve/de6j1Su9JVxxyeGSSkqo45iwQRO8DKkpdgQukkG5BA+tve+vDr4yn81brCt2H8/P5hmx6SLLYrE4b5N7oylJhs/PpyUdZvzMJuGomR6hfNVU/lq6URzauIXgk+kh9t4BB6TmisPl/n6+nb/IK7V2727/KN+Fuc23Tpi4NsdX0nWeV29qV5tvbh60nbZubpaqUAMz1s9I2YBcAhKxF/Sq+7jh08nwADq4b37q3Xvfuvde9+691737r3UF6ISVbVUjRMfF4I1NMvkSB1tPC0+q7K55IK8e/de6pO/mS/yGPhV/MbpU3VvXHZzqvvWmgahpO6urYMfhc1k6OoVIUwu9MHTQ/a5TFwhbQU8qq8QZj52vb2rsJhbXSzH8NfOnl/qx58OqsgbAx1od/Oj/hN1/Mf+Eu4cvnOpdr1/wAhuoaVs5lJd99W0yxZDAYnBxnJrUbn2nXPA8bNTrrUY55tZDKsZcAESwT1KizZdL5KmlFrxIWoIHrQ8anSa9NMuP1B/q/1eo6J/wDDf+bv8yPiPu5YNvdp7vxFHtcVlJWbcrJpvsaYUcwpqmgyOMyrRyReIqY3iaIupFigII9hG6LG6kfgSzHz9fnQ/tz69Dfb7i3ntEhag0KtTUEUAAz8/wDVXrdz/l9f8KifjN3JisPtb5KB+u97y1VJg23NF4EwFSY0Hmy+akmYGBWLXuilfrxf3QyswAfy8+ivfLaG0EbKKByfPGAPLy62duqe8eqO8drY/e3UHYezeztq5dKiTGZjYmdoc/SVEdHWyY2sbzQup/anhlikBjBVlZTyL+9gg8OiIEEVGeha9+631737r3QWdkdv7D6l2nmd89jbt2ds7aOCaSDJZvcm68Pt2ihqgRamWv3I9FSeQKdRRqgE/pXUxAL0ETTTLEvFj8/8lT/LrRIUVPXzY/5zn817N/PP5T4zob4pblyvd+Oy27abrfrrbvXorfHu3M5WZMFT4ilerphdKmqkiYPSSSI5TWZ4kTURZHcWloBBH3NWlFzQ+ZJ4CmSfMDiOk7K8h1HA633P5XvwH6s/l2/D/rDofrXA1eBy70FLvft2urMrSZvM7m7g3Jh6Yb7q87m6VdFWKWqiNBRhWKxQwIqE8sQteOJLuSQfiYnz/LjnIz0+oooHViftN1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Sf3L68cKUx+SKvqqeiqQRqQU07HzrMDxokUGJweCHseD7VWgBlr6Co+3/Vnr3XyYusto1tV/Nm6S3JSzZLHx4f+YrgMduPc9Ek1bksftfHd9VdNTR4/Gob1NJURJJTVr8pHFGgb0+xtJqMICmg4njwp8vn60HSEUDGvX1v3/UxIsSSSP6Enkcf09gA8el3XH3rr3Xvfuvde9+691737r3Xvfuvde9+691RR/Pp+AcXzo+EO60xFJVL2H0pnKrszYgoYTSVuRxsVMcfu/blbKo1NT1Kr94mlrHQrkH6+xBtV0IpljJ+IAca9w4U/I0PzHThuLqNNUMjLT0JGOH8vL5datH/AAm5+ZWT+Kny7yXxk31kP4ds/uCqxuBr8S0hppcfvSghkpMAIndlD/5UzJWJ9bEFr/T27zCf04W9S3+AdJvq7mZgJ3Zx/SJOfz6+jNS+f7eMVRjaqAK1Ji1eHzqxEoiDc6Qf0/4ew106epHv3Xuve/de6as5VigxGRr3qI6SCgpmr6yokUukWOomFVkzpHNzTJKq2+hIPt2FQ8oQitcfmeH86de4Z61qP5eOCofkt/Og/mWfMOvo46nHdS9V/G/4qdI4mTInLSYrrndtE+4uxMzlqedmloqmpfExxBLLrc1V9RjY+zu9tbe3hUkKHIbPCpAJwPmSB59oAx00hDuWH+qvWyzhYHpsVQQSJ45Up0MqaShE0hMsxcH+2XZmcn6sSfz7JJ9HjNo4VNP9j5dO9Oftrr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69117917qoH+dn/AC42/mSfAbs/ojZWM2me58ccRvXo7JbnVaGhouyNuVdP9pFJn44J5KD+IY6KoxMlUE0lJVjmIiJt6nWiK9fPN/lv/Pfef8s359YLufeu3N5U/XeJxm4fjP8AL3ZWDilossu3cDNBj8xkKSiWSCpfKbVzFOmSWR7SUyKgjZBLy2uMdJ0JU0P+r5f6vTr6qfTPeHT3e3V+xe2emuxdrdi9b79wVDmNn7s2xlYMnjsxj5oY7FWgeR0njLrHUwTWlikukoVwR7cr0pGRUdK/fGSpcHtrNZuv0SUGJw2Traulkm+1Srip4VrGp5a0/wCZidIXjlY+kq5Dce/cM9eHXx8+yE3F8sv5nW/t119FS7c3V8gfmXU7eeFKtM9S0uc7g7KbYe2koSWvI0dPXidGDXL07MpBUWtFdXMK6YZGUHNASB0kNWPrX/i+vsE7L2xSbS23tDbtLQwwLtra2G2tA8cCR/bUeDw1Nj46eEqBpjPgRQo49AH4HvbSSMKMxNTU58/X7ePSvgKdLL3Tr3XvfuvdYZqeCoVknhjmV43hdZEDq0UljJGwbgqbC4P9PfuvdAn3N8b+jvkFh2wvcfWW19+4+OjqaGKLNYuiq5Uo6mBoJqeCSZGKgqxAAta/HvRAPHrwwQw4jh1TH2B/wml/lZ74yEldX9N7m8NZlkylThsXu2u27SRU6Rshx+Nym32pZ6Q6mBDq7jSCNBPqGtA6UfWXv+/5P97P+fo5/wAY/wCUT/L5+Hu3q7DdSfHXBwQV1ZPUu+6q/dnalctTMFP3Brd3yVdRqBUWKaY1+kYW59vxzzRLojdlHoCQP2Dr31l35yuftYn/AC9WUYjA4PBY6lxWEw+Mw+MpIfFTY/GUFPQUVPGy2ZIaWnVVQH8gD/X96eWWTMjFvtNem3llkNZGLfaa9OwAH0/oB/sB9PbfTfXfv3XuotTUQQNTrM2kzziKD9QEk4QyLEWHA1BTa/B9uRxGQkgV05+zyqOtj59fNE/nj9x7h+SfzHxHUGUqjQ5DdO7MjsvEwbaojuXOUOGyuT/u1SZGDC43yzxRQpGKmN1QfrMi/qv7kGzlntIybZ2QAHgaeXypx8+kDFi2o9fQ9+L3SmH+PHQXRHReCpqiLD9N9QbH2FjJ5IDTSVH93cDHhq9skigAzzSqapweS7Fz6ufccjAA6WgUAHRiPe+t9e9+691737r3XY+o/wBcfi/+8e99e6+TR/wop2HiuqP5xvyzrsbjKmnj7BwHVfalZFUy1mRoqneG5ti0zbrrKaol/aSB8nQ1sCRchWBjj4Rh7NNlhjnuykyhhpOCK+a+v2npiXB/b/kPW31/wlC7oxG8/wCW/mtp09KcLD113LkNsGOaREFVkdx4alyq5eKBSWSOrml+2gdlAdoCATp9rN1tIo5F8BAtKkgClQKHy40ByerQHtIPW0ygIRA1ywRAxP1LBQGJ/wAb+w+aVNOneufvXXuve/de697917r3v3XuuiAwswBH9D72CRw691DqMbjqt0kq6Cjq3jUJG1VTQ1OhQ2sBBMGAsSSCBf3ZZHUUUkfZ17qrX5k/yb/5cfzhqsvmu+/ipszJ78zzSeTs3ZWLbY/YwqIAYhU1269q1NM0/kDGVDWK6s1jIC10ajVYlicnifPq7SOyhGY0Xhk4+wdaUvzV/wCEjvzV6N3NmewvgrunBfInrymrJsrj9gbozmD657f21jknedMQuY3caTAZ6Onh0Rff+bHzzkMf4dGApepFempTNLTxGLU9TX5ef+r5dU7435Q/zJP5bfZMNDubbXb/AMaM7tyaOKrwu5Nt7j25jsi1RKKtTjsgmmhqVkEgcS00zxuGLKbG3vyKNYHzHSfQVPb1db0p/wAKrfmtgcF/D8lV9a73z9VSSS4Y9nGpixT1AmRBU5fK0bipWnRCwP7iDUVJYfkbzbZYE6XVVrwpQHPpwr+w9eEko+fUren/AApe/mWbqy+5cbRbq6t2njspTV1NjqXq3Y8kUeG81GskE1Llt4VeSr5p/IzaKuCeOFl0COJGVi3l2uzTJStPX/KBg/sr1UzSHhjqs3YPxu/mF/zYOyqCj35u7unvClye5J6rRv7em8d4UeNqMgzz1tZjaHMzzU9MY4lawRVEcahVsqge2dytrSKxkeGNQ4AoQACMjgePWgWZhTj1vRfyZv5DHx9/lm7bo+x927awPY3yiq8tk8lSdkZvC4bM5Xr7F5PHnGJgtnZSSnaehJgkkSrkglXyXAa+n2E1lmCGPWdJ4iuP9WOlaqeLZPWwbDEkEaxRqqRpq0oiqiqCxayqvA+vupJJqcnq3WX3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TbkqGTIR00UcqxeKsiqJA6lhKkSNpiFvoS5U3P9Pb0MoiYsRWop/g6918wHvXcnXvxj/mj5afce1qr+BbR+RZyU1XFk66i8mRptzncE1ZFS0NiFE9VJIOdX+P09nY5gi06DE2McR/m6QkUOevqBYysiyOMxmQgmWpgr8dQVsNSiyIlRFV0iVEc6rNdwHDBgHOrnnn2QMQWJHn0u6ne69e697917r3v3Xuve/de697917r3v3XuoGSpKOtx1fR5CmgrcfV0lRTV1HVC9NVUk8ZiqKecWb0shIIsf9b3dHZGDrgjI63XFOvmQ/zoPiVvT+Vx/MLXu7r/AGhuCg6k7Y3HLv8A6P7ApsfXZHbz74J/ilR1KJoNBgz0ZBljpZyheJldRa59rdx3D66GOPTpKGpNcGoAx6dI2jKnHAdbsX8mT+aXsb+Zx8ScR2DicXX4bt/rKum647w6/ramhkz23d2Yuietwefmp42DHG5+hRKiirSgQ1PnpD+5CzMXjh0pU1HVxZ4J/PP1/r791br3v3XuqXv55/8AMPl/l7/y6e5O4tt0mLreytzZrbfSvVdPWT0WWx397uwqurtmq+jgmjfTR4LHZTKxIpLCWONSDpch63lWGdZWFQprQGn8+qtwI6rz/wCEs2K7E7P6r+c3zp7MzuVz2V+XvySoKXa+TyET08Gc2T0lhKnbNFuaipzGkf8AlGRyGSpJnhZkL0pHDA3VXu4G9CjTpCE0HyNMfM1BJPzp5dViGkEnz/1f5etqwCw9oOnD137117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rBUxyyQssEhjmFmjbySRKWHGmR4QWCkHnTz9Pfuvdalf89X+QrkPlZv6P5V/Fuili7Hy+0azE91bBp2oaSi31mduYvRtLszHx2jiGbdB9lm5HQrWQJGSPPqdqsDxHTMiFjqXrV3/AJZ/83z5QfyWe/8AfHxj7Jwv8Y6ixGQnxG6Ondy4aso6zZudRv7wzZrZVbH45IjkxII6p5FeKcMs0fpCH3UVGR1VWKivGv8Aq/b0fb+bb/wpL7G+T3ROR6S+IVRunpmm3oaCbfWbxOQqKjdlVgHp2jzG2Y8nLp+3oKzyMlUsXqZAFuBe/ixOOHXmkLY4DoGf+E3f8sbtH5H/ACt2l8u+xKbb1H0t8ct5YHfc9TnqKPKU+9N/0FLPVbM2zjqfJK6LPS5M4/KfdEsEEEgt5XW3hk48uvRjU1R5dfTUblj/AK5+t7/X839udKOuvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QS97bsxexen+yN45cTtSba2TuvMrHTpK801Vj9u1VVTQx+H1BmZbKwIsbe123rI9yBH+f2VFetMaKT8uvm5fHT4/VHyl/n4/F3YPXmYzu18z0RTbd7n7j3Bh6WplxtPhuta3/SxHTV04aKeJsrNWQUMslVVOi+eKMKRZAJJ5o1fSWIIWpA+EgmihvOpOQB5A+vSZFNOHE/n8z19OhjdmP9ST/tzf2DulXXXvXXuve/de697917rhIXWORo1DyLG5jQnSHkCkxoW/AJsCffuvdfOp/4V09Hsnzz6E7Io4JBke0/jTU7dqkhEEGOrarrPetZNFqH+cknip8yq3vb0v8AggA52M0v2P8AQP8AhXp+1sWv7gwqwSi6qkE+YHl9vRt/+Egu/wCgw8Xyf6qoMZAlTHhto7rzefNQ8hysGDq5cJR4lKNjpi8Ulc0vlUaiNSn+zY53WMSxiozUUPpXj9vS+TYZrQazIGrQYBHW8/Hfxx3sD40uFvpB0i4W/Nv6X9g48TT16KfPrn7117r3v3Xuve/de697917r3v3Xuve/de697917rr6/Xkf0PIP+uD7917oN979aba7DxFTt3e22Nlb32xVTq77W3jtrGZ7bfhVVIWpwmYgrKWpkEoaVZHgUqWsLkajsYIPp1o549VC99f8ACdX+Uj8gshuLPbl+I2yto7l3TO9ZmM91jn969fV8ta8wmaqolwdd9hSlzfyiHF3b6BlFwTFr8SNWdQ59SBX+VD9h1Y60FA4Y/wAHSs6O/kFfyu/j6lBHsL46Ubw40KYo907o3HvKauqTGgnr8xX7lmqJp55GWxKNHGEChY1IYs7+951jEcYAAFPPH2ZP8yc9V8JCanPVnfVXQ/UPR2OqMR1J1/tnYOMq5BNV0e38ZTUq1EgvYvNpMlrn6Brf4e0c97PcjTMa04eX+Dj1cKq/CKdC57Sdb697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeBVWQswUB15JAF7/Tn3vrw446+Y1/Ne/hfX384XekW8qOjqNlVHc9FnZYqiOFoo8dU5ukhlEuuzaQgcF2P9r6/T2wRk9JmR9eFJz6Hr6XmyMimX2btTKxFDBktu4evpvHHHEn2tVj456UJFEAqgRsoAUAD290p6VPv3Xuve/de697917r3v3Xuve/de697917rHLGJopImaVFkQoXglkgmUMLaopoiGRv6MpBHv3XuiLfzBvgd0p/MM+Oe4PjR3djq8bK3HlcfuiPcm28jFid77I3rtqO22ux9rZKrDU5rqASTRVP3KN56aWSE3DsD7rRFRTr5uO6euPnh/wmZ/mR4HcW1a+PdnXG8cdU0eA33ueHNbT6b+S/WUo+9yWD3PU1HkXG5fD1EkSBwfNSVSQ1cANPUjyV4dNUKH/V/g8/8AJ/h38v5en86j4b/zD+v8fuXYXaW2Nk79pKOmj311JuvJwUW89nbmaNJMpjBjpIx/EcNCzrFQ7kp5UhrWuPBC4aNd19enA6nj1bdBnKFY4pajJYtlqIRW0ssFTGIpaEi61R8zfp4JLfpA/PuwBPAV6t180H/hT1/MGqvnv8yuq/gD8Vq3ee/drfHff2a2Vk9rYnDUWTx/YnyhzmZbbCV2zajDz11XlocdRS/wmlZkiUSyVjRxMJC5qQa06bbJoeH+r/UOt/H+XL8WMD8K/iF0R8ZduaHp+qOp9h7eztRBPHLSV2+WxbZTfmapljp4ArZPLVNXk6kXf96d+Ra3vY6uMDo9Hv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rE8McjwyMt3gLtGwZlt5EMbhgpGoEHlWuPza49+691VF89f5LP8vP+YdVPuX5AdCYyXsT+HDGf6W+usjk9h9r01JBTikxzwZ7ByLT18lGgApIMzSVlOgGkwsvp9+oOqlVOT0QP4+/8Jf8A+Wr0HvrC7kJ7w7NoMdQS49Nodwbw2nmcHuasqJWkq64HHYfHVKJ4WjjMEFQQAupSrMb6Kg8eq+GpNT1sM9YdTdb9MbOw/X/VWyNsde7KwCSQ4nbGz8TT4TDUyM5byPSU3+dmP1knlLO7XYtc+99XAoKDoRffut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdEw/mA7vh2T8VOz8zMX0yYt8ZZCRrjysEmPqI2H0IaKV1sfyQRyAQbbOpa6NBWin/COqSGiGnWpV/wmg2rWbn/mL/zIOx6iomrpdtdc9aUeUr2QQVr5neu5K/IY7bVVkEAkqKWakoKeQwyMVTQsahRx7ONynjSPwqipKginw+Zb544en59NQg8fket6T2EelHXvfuvde9+691737r3XXv3XutHj/hYdsuKlpf5cve01HmNGK332h1JuDLU7TLi0O8NsY7cmGiKK4USGWGrkU6BrEciXIS3sx2uQR3ysxoCCD+fD+dOjDapPD3CMk0BBB/PAH7adV6f8JPew81tX5rd2dTy0ryYPdfUG7JazcITU1HlNp70wTUONZyLD79554NRN18gKkFVsKr4qYwykVFPMfPoXXoJj1L5H/P19I2md5KamkkTxSSU8DyRE3McjxBnjJ/Okkj2BmADED1PQDcAOQPU/4es3uvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TJuAlca7LbWk9M8d/prSYMt/d04k/6uI6WWABuQDwII/aOvmU/8KpvDs7+ZbhtixYiTGHfG3uu+yszvOKRFp6rbe49w1WFlwU07RnQYKjGfczKzlReM2Ia3tqQUkYHoTJNM1tCsWoaylSBwUEDj61pT5dfSf6byVDX9V9UzUMhlpa3rfa1ZQyjSyS0bYWmMMgkWwIZSGVgLMOQBe3uw4dBCX+1Y/M/4ehS9+6p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QDfIL429N/KPr/OdXd6ddbU7B2XmIZF+yzmOoK+rp53pjB9zRVGRpZvtJl1Hxzwkuhs49Qt78QDx60QGFD1oQfMT/hLX8vPhrkt29yfy8N75HvvbOa3rS4fD9JPmsLsfuHC7XrpWyONC7rzFfS4jcNDRSqaadJfta9wsM8VK5M2ipUnpp4yeHQCbI6m/nq5rsAfGLdHxx+X+HpKqky23a3cmfwm5YtlSUFXgY5s1C3YNJWvQVA8IEMApK8pIAgCKSx9iXY5YorVxKaUYmpI9B86/yp8+mSj/AJ+metlX+S7/AMJ5OofgNufbfyn7mxNFvv5UzxZjP7Wy8OQzUeI6dpd34o0dVt4YPLyOanNrTVE8NRk1t4WeaFNSnW6a9vLZleO1UKWPcaZOQcNXAqOHn5U6UIjihc1pw+XWzwhm8kiuqCBBGIGVyXPB1h1P0txb2S9OdZvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6916555PP1/x/1/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VR384fsmk2x8a12n9xJDV7nyEeQMZgmdKukxhHjo4JowV+5kmZRFFIVVhf1cWI45GRWu7lzxWLH2FhX/B03IaLQefVY3/CZLrHce3ek/m523maWD7nsz5a5bb2MqUk27NjUi6x2vSYukFXW4h5K6qCZCsWKSGYqsXq0CwbUQ83kG6NDXA/LA61EDTraq9kvTvXvfuvde9+691737r3XRvY2FzY2BNgTbgE+/de61X/APhXHsqbMfyi5N3V5pY8v118jenM/Syid9UFTlsnkNtxz0ZRCHdY8i4IbSApY3JFjpuH7f8AB0tsiQ7MDSgU/sdOtXT/AITIbtk21/Og2LgqbLVmWwW+eke4qGOmgqZYaKsyWSxVPk/v8tj5Qqz6ZaAPCGB0ssUoI029+ioGGM16Ee4K7zMmrSqoWoD56hx+3h8hX16+pUv6V/PpXn+ptz7sePQPPHrl7117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691EraOOuganlaREZkYtGVD3RtQsWBH+8e7A06dhlaCQSLQkevXz/8A/hYH0fuDf3yt+De3tgQVZ3V21szc+0lnqIZVw9bNFuaAUdJU5KlpGKSU2pqhYDM7tGZGjjuPU25q5Y+fSk7xdxQfTJQLTyrX9tcfIjrdC+C+dzW4viV8VsnlaWgpslSdHbL2xnIIq01EbZDauLXatdlcdVw+SOaKqmoPPFEzLIiSfuWcFBYcAR0h1F+88Wz/ADr0cn37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gqKaKqRUmXUEkSVDZCySpfS6FwbEAkXAvYn37r3WCmx8NGjRUrSQQEKqU0bf5NDHrMsiRwEFfWzMWYgtza9goFw1BpoPX5/t4/lw69XqWqKoAUWCgKo/AAFgB/re6kk8et165+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHLKkMbyyGyRqXc/0UfU+/de615f5+m48Ht/qjr2tz02UQYLbXd27shR0lXJRYZ6HaW2R/d984UAJLVUwMGqQL5lFh+CPOQs3N2PPwl/4/01LTA6if8Je+saLaP8nPoDPTVuNyOf7U3b2/2nuDLYmajqJ5K7cvZ1XTwUORrIU8n3NPTY2mhqYpWZkfUtwAoUHb0S4Ex4y95+RYljT5Zp64z04AOtin2k631737r3Xvfuvde9+691737r3VJn/Ci7rHDdp/yZ/m9jMzWUWPO0uvsN2dia2vRzCmZ653hj900VJE6EaJ6wU70UBNwZJlUj1e9+R6WWOou6KaVRq/ZSv7K0r6DPl1843+Ut2NX9AfzNvhd2RQx1dFWx74652pUPS1ctTDkKPf9djdpZLHVCBuFFLlJCYQwtNYtdLxloE1BHr0MjEjINS5MdCT6DTg+X+rHX2JAugKl2OlVW721nStrvbi5/Nvbp49AJviP2nrv3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wmd/wAKx+tN1bkqfh/2Ptve2U2JF1bXbo3FLmcNSbeq8jHnxIlLg2x0OQKTvVpHJUtB5XMIGq2ljc0c06YlNCD1bd/wnrz+Qz/8rn44UmQnr66q2c/aWzsjXZLN0uZrchU0Xb249xY/NV5oQkcE9VQ5OkYxevSmhL+gW2pqOrxUKCnV4fu3TnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcH0aG8gDJb1ArrBH5BSxv/rW9+691qg/8KPtxzihbYYWKOgn+IvbWZjy9clVX0lJPld6w4KsSvx9NIGeEqYomneFzCWDxAMGIHnIah7m8QioMIFDwNXOD8vXpmU0YdWVf8J8tq4XaP8mX4DUWEw8WFiy/Ts27MhCkSxPXZrde8cpnctmJtJOpquaYzhiblWX6fT2BtzLUUN5LHSlTjQD5/bnyBrTHT56uX90611737r3Xvfuvde9+691737r3RI/5knWcXcfwM+XHWUm3KPdzbu+PfbtDRbbybeLFZXL0vX+RyeDjr6gAtF4q2CCemlSxWoSHkLcjdKgj5dL9scJdAtwOD9hIBp+RoflXr4+3xI37h9jfIL4eb9zlHuLc21trdv8AX+S3xi8XXzY3LVNXTdiUv2ckM9L5Jp1gKwOixqryFVjLqWVlbxXoSxSXBt4JASykaW9dRNAx9QD/AJz19tykr6TJ0tLkKKYT0mQpoa2kmCPH5aaojEsUnjlAZbhhdWAI+hF/bnHPQMYUYj0J6k+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691qn/8ACrPDbepfih1VvDM1cuOqJt/SbVoKhVdqeepfFTZSKCrluqwn0FYv1GQsf06bGjg4PTE4wD0qP+En28IN1fy2M5FQVMl8J8n+z8PXUc1fBk5KGipsFRVVC14G/aWqZy6hlFtJA1fUbXq0QopHz62iPduneve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6xTiYwyimZEqPG3haRdSLLb0F1uLi/159+691qAf8KCNjb3qu+Nw9hybfp83s8fAbfm38dFWVFU9PQ7tfN11XUUC0tO8fr8csNSkrggtABo9V1HnIVfqryhoTEtDxHx+f8AxfTEo7hjy62Bf5VWJ2jg/wCWX8BMdsWlpqPbMfxE6AqKSClaV4TkK/rXHV24KgtMznXPkZKueQXsHcgAAW9gvfFMd1JGW1aSACBQFQKLTjjTSmTjzPT+CAR0f/2n691737r3Xvfuvde9+691737r3SS3pSCvwn2E0cU1BXV1JRZqnqIhNT1WAqy1Pm6Wojbgxy07SI9/wTwfp7cTj0rsf7fHGhp9vl/Pr4x/afXGS+L/AMlex8DhIAtP0f3T3JsrAV+BCFcfjtt9gZCnxRrJZPIDVwmCKeNiLqni/wAD7TU8vPoc26DTSgFCwFPQnzz5/wAuFBnr7Dnxl3km9Pjr8e91CV6qfcvTnWORrJZZhLOarJ7NhqqmoqJAo1O8sTljYXLE/wCu6OHUfSf2jU9T/h6MD791Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WsN/wAKruoexu2f5eO1qXZmLpazbu3Pkx1PursmRpV+8p9j4jb+djqsrTxu2sfbVstHC/gAJSdme4UFasaCvTchIWv+rh0Wj/hIjuqOt6U+cGzqHIxvtLanyb2WNq4unwNFiUxtRnerWrs3TO+PCOyNVQS6Wqi92jJBu5t5eHWovh/1fPrcQ926d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rg5Ko7AXKo7AD6khSQB/r+/de61f8A+dt2j1fh+0JOu97bu3BtzObz+Gnae/cti6fCx5Wiw+1trYuugqcxj6ifR9vWJUvBGJLOCGZSl/Y85CDG6vCB/oSfzfpibDD7OrS/5MmHz23/AOVD8AcPueJYc3R/GTrZayNK1cgoWXF+ajYVSAKdVO0R0DhL6LnTcg/mAabyRKU0lVpWoGkAUBIBIFKaiATxoK9PL8I6s49o+t9e9+691737r3Xvfuvde9+69015ZdVOg9LNrl8UBYI9VUfZy/bU8MrelXMmkqXuDa1iSB72CRkdWR2Q1Q0PXybf5wXX1Zsj+Zt/MW2RIuKlx1d8g/7447H4WmrYsXSwdjbQg3JUVNVTrZ3808oFWsJOufUY7BtIZPxdONu24RkBJmFPs/zf6vPr6R/8q/ceB3l8AfiBuTbWaqdy0Fb0rtaBM9OyOuVgwQqMBLNK0A8aS008L0yREh1QeoEg2cX4R0wrFl1Nknqxf3vrfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VQv88mXHR/y4fkDWZH9ukwWCoshWVjy0sMFMlfWjE0lOz1Lp655pUVP7PB1EcXq/wAPTUuEr1rzf8JMN/RUe+/kps+io3ocfuOjoM1lKenWEwZLO4qd6emzVadfM6Ra4lZQfSx5sfeogWfSOjRtmu7aDx5GUqQDgmuaU/D8/XreNhnSbVpDDTa+oAfX+lifbzIU49ImUrx6ze6dV697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64SSCKOSU8rFG8rfT9Mal2+th9B+T7917rVl/nd0EdV8oem6KfFbJy9Nuv4i95bJoa/c1Mz7mOWqMyb4uOtyX29GmPnbJUvkaCpnm9DfsWClh7yF/uReH/hS/wDH+mJfiH2dWo/yTHrj/KY+BMOUytbmcnQfHza2JyFdkaqGsrRWYipqMbPQz1FOzKftWi+2VSxZVRVclwT7CPMiGPcJkYliCMnBbA7j824mmKnHTymqDq0z2g631737r3Xvfuvde9+691737r3TblFY00ciqH+2q6SrdPq7RUsollEI/L6QSoJA/qR7917r5if/AAol3LXUv81b5JbFrMRicNV0u2+u94Y2ro0qJoNy4nI7No8EanKxNFCTVQS0TyRHzaDq4YEGzbLmvSSUEPX5/wCbrbS/4TIb8ot8/wAsXrLB0shNN1Pv3s3YOLigyFU6Q47FT0OWENfSPdBIZcw0iqCQLk3Jtey9PRNVc9bFnu3TvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vef81fp+PvT+Xt8ueu6jH0WYpcj0ruXLnGVcRYPVbV07oWsSRCrK8UVJI0ZvwwBtx703DqkgrGetLv/AISd9z7S/wBnb7L6Sw2aoqitzfVO4944+KloclWrJi9pVcNFXUcuTmVEjkvVwuGa4IUqLlh79BiQHoaX08T7cAjBjoStDw4DP549evof0H0l/wBdP+J9qJ/LoKTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuotb9v9nVirJWlemmjqWUlWEEsZilKsPobE2Pv3XutaT+e/Lktt5T4wbtyBpKrENSb82DifuqSmqP4fuKPcWNzFbLTNIpZXkpMfTROQTdNY/tEge8hKTcXpHDwV/4/0xNinVuP8tunpcX8OOp8FjKGixuIwUGRx+KoqGljpYYaSoys2RfUkVlLNLNIxYAXv9PYX5pAF6zeZpX+Q6cT4adH09lXV+ve/de697917r3v3Xuve/de6wzLE3jWVramZUGrTrZ4WUp/j6SxH+tf8e/de6+dv/wqN2Edt/zNtgvkabDU1H8gPjlsavw2bpcdU1GYWs6631lcDn6fclWJIo1pZqeenSiRSf3tRkK+RAaOCM9J5ga6ur4f+Er02yJP5ee5Zdt1bNX5P5NdwtX06gwRDJYfEYLH5YQUhuIogkVK3jDMAxuGN/fk4Z49XiFFoetm33fp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3SR3pt591bc3Lt8xq8eZ25lMXGrsgjlqK6naFI5Q/GkmytqGmxIPF/ejkdeORTr5o38kzceJ6o/4Ufb+2/1pjMpNsTsHfPyk6pY06UVFLhNvtTy7oXKbhw7f8B6B8lQ0tNDJDY+WaJBwHHsVCNFVyUBNFyOI7VNSp+dcrXJyOhSscaF6qCdIyDw7FNSp+ZORWpOR59fTNxDg/crckr4ieDazawOf9dT7ILkU0n7f8nRBcimk/b/k6evaXpL1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6910QCLEAg/UEAg/64Pv3Xuqav51nVtL2D8cdrZasglaPZO+KXLU0kMDT+OprovtJdYjBKAra7cXPF7+x1yI+m5u1/iiH8m6bkWq9CX/ACr95Cv+O2RxNY/hpts7qrqGN6kPDIl6EZecPDLZgghdHWS2k/pBuCAHeawBdE+lP8HXozinVpfsn6c697917r3v3Xuve/de697917rqw/IBtyLj6H+o9+691oTf8LBMZHW/K3+XHTUWJly+WzWye5MZLSUEipX1FLLXY6lo1qdYsKaOWVpWbVpAD3sbH3V/8nTM3D8v8vRrv+EZVJX4z4a/Kb76olFJmPlpkmwVG6TSRLDjetaKmyc0MhusReVLPG2ljoDEHUpOx1aPz/L/AAdblnvfTnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xdS6sgdoyylRIn649QtrX/EfUe/da6+bv231hsL4e/wA93eG9tv0VXsnJ0nyY/vdWVVNBJiKXK1O+tyDclXg8QEkIkw5ppftXAX1NaVhrAHsdQLHJbB1AqyjNMnAH+r7OjM786AoIEBIClqmpoAM4+XX0btvtT1GOp8nSVBqKbLwQZOnchQFgrk+7hjQr9QoksCfYPumYyaGFNGP2Yr+dOkk03jaTSlAP8Az+dOnz2l6Y697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qtX+b5T1Mf8un5RbnoMflMrk+u+tcv2RicbiJfDU5LJbPMeRp8bNIvrWCYa/O8YLKillFwB7ONi3OTbN0jMaB/GrGakigNMinmOqvmMjqsb+TB3buyu7Q3R1NlJzSbS7G+MXV/c3WeKy8cdRPkMyc7VwdkJUVh5daWjqcGyfU2qyGAEaXEfP2xx2NnHfpKXMnFSAAMClKfnx9B01C2o0+XWzH7AvT/Xveuvde9+691737r3Xvfuvde9+691pPf8LAsHXYvM/wAsPtTHVENC2M7k7P6yylV5qoVlRi98Y3b+SmoFx0U8H3NKYsfVfcGIqwZ0jeRdUXvTUpnpqUArU+Q/yjpi/wCEb2eylDif5iPVdNU1tVtLZfd/XOexlZ5GnxclXvPA56gnpaenqT5KefRgY3msLgOVkJaxbS5z1uM1Ffl/n63fvdunOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xh9f98f949+691om/8ACnXay9Y/LTo7vSj2rIaLKbKpqobsRpHpv49hcqFBasAt9woVVUFtQFrexptbl7UKeIxSlOHDH2U6RzikleI62y/5bne6/I74ZdIdmSSrLkqjaWNwmbX7laioiy2Ho44Z1rSCSsxUozq3PIP59h7dohFdmn4s/wCT/J0pjbUgr0ef2WdX66uL2vza9v8AD37r3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oEvkhtiLenQvcu0ZMBTbobc3VPYuCi2/WRu9LmHyG0qoJjJ2RX0iodEjFxZmKr+ffonWO+tnY0AfJ9MdaPAjrUg/kf8AdWzN57/+De8i9bW5jcvX3evStDWDMw0dD11msfgaGszWy8piJGAqmWbE0whhazAQwuF9A9yx7gFNw2dBtpFwEALGPvpQDJ01pQ8ek8IowHn1ume4n6U9e9+691737r3Xvfuvde9+691737r3WoJ/wsN2zmJ/iJ8ROycVi6Grg6p+XmCzGbr6qniepocXm9oVWNhgo55VJ8U9WkAqYkPqKxsQSg96anA9NS0pn59FI/4SRVlRtv5N/wAxfa9fuelmTfMmxt+4fas9NUruilp8LmctSVu6MveNaSHHTrlY6GklidnnkjYIQiSA6SpIA406eW3uYxWSNlFBkggZJp+3PW9ero99DK1vrpINr/S9vdyCOPXiCOPXP3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ro/wDClvrOo3D/AC398dpYXZ1JuTMdL1c246uBKRJstTbRllhpNw1NDUP6I1ooXkyUuo28ULhbyFR7Ee0SlXdWNRQN/nP7KfaR01OtVB6L5/wlB+QMfZXwZ7R2yuZkztF193DBTwCpraYZPHHcWJpvuElxBdqiOAL9u6SsoR/UEOpG9t79pMkbrQ6gcj8v8/VYagFT5dXv/Of5vdY/Aj4z9gfJXt3C7yy+39n1OL2/jtrbDxX8e3fuzeO6cp/AtnbZwNK/ihNRX1TRorSS6ItQLm31ICQOniQoqejC9P8AYR7R632Vveo2zufZOT3NtLbO5MrsnelAuN3ds+p3Hh4sxHt7c9HEXjiroI5VWoiR2Ct7914ZFehN9+631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdNeWZBTNHLAlXFURzUzUcrJHDWtUKIEo5Zn4Ty6jGCeOefaef44wf4uvefWlJ8BevOo/jv8zk6AwGJwMEXRnyY7F3Fj6GhrshV4zF7tqcxU4rNZWjrnN3yEMDrRxoSaeyHUCfctbCjz7XJGv+iRyD9oPH/L59JoyBIK5oet3Bv1N/wY/wC9+4tHDpT117917r3v3Xuve/de697917r3v3XutWn/AIVq4fH1X8ubr3OZnOZPD7e238r+ncjnoMTXGHJ5UVmOy2KxUGPp6n/JytNMwq6iR/0BAVBkK203DHTctdGPn/gPVKv/AAl47Zx+T/mxfJTaFHg6oUW5vi75MPl4qaaojMO1N20uYlyOUqYbiH7w5FxEZfSSoHDMoPoBRwft6F97K30piI+FIj/vVa5/IUH2nr6F9B9Jf9dP+J9qJ/LoNTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAX8lektq/Ir4/d1dE7wV1273H1tvPrvK1kWPp8xUYqLee3pttnN0eMrXjimlovOKqOJnUM0Y5B9vR3E0J1RmhAp5cP8vXuIoevmK/ywPklv3+QN/NY7o6a783DjcN0JFvnc/x3+QG4auklyUkNFiqSq3B1r2jgNv7eiytaagKlPKEjpp6ZUq5IZ2DKroy0jNQHy/4r9vD9nTQc6s8fTq8Peu4qH/hRd/Np+N+3emsVufNfy4P5fc8G+e8d/7kydSdodub0yW6Kfea7Mo4MXKaWternhx+Mpo1leSOhFXM3hUqr1Br14d5r/qp5/t4dbxVDiqLGqqUaTJFEJI6aF6iaWKjppEiQUVJG50xwoIIxFGosgB021G9unenH37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gliWSSB2uVjLgx3Oh9YFi6fQ6bXW/0P09sTDvj/03XutTv5p7M2Z8cv5nG36Mfwjb+b742/lO09qUeHoqeiXM5elnFNm6ibQq/vzVkckswH62JYj1e5f5PYTWlVyBrB+WP9npM40v9vWz/wBY7lye59l7MzuVyEdZXZjbFCck8dPTQrJuKmjP8XqQtKqoiuwJEagKtuAPcY7rEto0qRCmkmnn2kY4+nSkZp8+hFgdnVixuQ1voBxb/D2S7dcS3EbtKakNQYAxQHy6swApTrP7MOq9e9+691737r3Xvfuvdax3/CtDEY+v/lM7hq6uWL+J43vjpjJ7dglphO9bkKHKVMb4OFlBYfeLOxYD66APemwOqSfCAfX/ACdU/f8ACRjCbXqPmR86cjBtVKfcNF0d0VXDOQoYaTbFJnaupi3BsalKH9wT1EdPJrkux+2PIP1PLy1tLaENEpD0X1IOoVxU+VKnGKjpWNxu500SsCCAPhFe3hmlcVx+fW/ZDEkerQLXtfkn6fT6+yd2LcemnYnj1m906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa2KeellhppVgllCoJmUtojZwJygUg69GoIb8NY/Qe/de6ql+cn8mP4E/zCd7YXsj5H/H/bu7OwMDjKbD0u+6Lde/NobuydBBUQRLR7orNlZGghyVOlPGTCatJJoyNETxCRz70RXqpUHPRmvhr8FPjn8A+nKfof4t9eUPXHXcu5cpu/K0tLlc3mcvkNz5qanbIZrIZ/ctTV1tRrgo6SkWGWdvHEioraV53TqwoOjle/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64kX0/wCBv7bkRmZCPwmp691qXf8ACmTrldodjfy5fmzBWVmPi6S7wqeqd15aOIzUuHxfZOErM5gJJBGdQaqmxlXSxkgBpTFHe7j2PeUeYrDZkmhv9QEnw6VLZIpmhxwHTM44MPLq9X+XNuafcnxu2z97HKK6kyuYZyU/ZEVSxaF1mvyGF7G3NvZTzZt1xbzlJKAsuKGvn9nTkVSK+Q6PvApRWBtfWTxz+B7Be2wvCkiycS1f5DpxjXrP7Meq9e9+691737r3Xvfuvda4n/Cnneu29q/y/Ns0meo0y0uc742Zh8bjJ4ak00WSrsRXQUeblqIlZUajaRXQHk6jb6H3ST4adNTU0dUj/wDCWrdTbZ/mBdz9Z4mkhbGb9+KGI3zuHMo+qSty+zuzKvG4aOS49DPFWTPo+pCk/j2MNyoduFQe1VofLNP82ftHTcHx9b+C/n2FD0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNf89fovB/IL+Wv8n9j7iqsTHQ4rb+1+wocjWSPjq7aFZsHdWP3Uu6cXVY+nnqZq2gx1BmailDAxESSRyxPHYrta61p6j/AA9UkroNPLovn8i3v2q7B2XU7Iq6upqkx+zMPJRGoyNLUOwxpJkrJYIgCZZA9nZQF/wHuTufoRXxPNW/w1H+r7OtQsaEdbCq/n/X/wCI9xVB+L7f8g6cPXL2917r3v3Xuve/de697917rWk/4VVVEGI/lmY/dVXlJMbj9pfJbpDMZmoSinyclPhqmryGNmejoKeWnJqGlMYhLS6SdQIH1FHFRTpuUErj16qZ/wCEve39q4b+Yh8rJ8c9Xkmy/wAT+ssviZ834aSuwrS75nMtNgqAKry0k0ZZp6lC0ayMVLXI9i3ckb6ASKxyEBGKUA8vOpJqfs9Om4PipThXre+X8+wuelLdc/detde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlcDg8/QZPE53E43LYvOY6qw+ZosjRU9XTZLFV9HLjqygrop1ZZYZKeeeF43BUpI6kWZgdg0NevdaLX8pebtn+Xl/Mi+VHxg7ZrEg21hvkRU7M6vgarhyS0PXW6Kxt37YrJcu3+ULRnbslNCsBAUTEqwJF/Y5nea+ti1y/iawSKknBGONe4HFfsPSUHRIAPsPW9jTCIRkQzedGYyrIXMl1m/dQhj9QVIK/wCFvYIkBDZXSfspwx0rNPLqT7p1rr3v3Xuve/de697917rXn/4UxZLr7E/y0N55jtLBUe4NjYXsnreTI0OToq2ri/jtXVVEe0qvHUlK0S1jQ1BkMsEsuhSwNgTf3R60x03JXTjqgz/hN5n8vJ/NWlnnztNm9v7s+EFfjdp0+38VQV0WD27tbcNLPTUWeysTySY+maWWR0pxJzUGNHQH1exjuK022uOCcf8AIfP7PIVPTUPx0+3r6BC/n2Ez0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcHXUjqf7SOv1t+pSv1/H+v73WmfTr3WnJ/O56MX4u/LbrX5y4jMU9DJ3IMD1zn8JSiSCuyGa65xkeYqd0Y1XeQykQOkU0jqhIAA9IC+xVsV5+8gttp0fERmtBk+g6TSrRtXr1sgfAf5DYn5E/G7YW/aGaeSuyGPWOqpa2ZGrglFGtM9XMFUWBI4BF/x/j7T8z7eduv0jJ1a4w9aU4kg+Z8x08h1KD0dxWV1V1IZWUMrDkFWFwR7DnV+uXv3Xuve/de697917qgf/hTF103YX8nn5cKaSlyDbMwOw+zMbDUGsWfFV+xeyMZJW56hqY5VijdKOslhMTRsZNf1Gn3o5x1VhUU+Y61kv+ExNbk8p/NG6+kwmbjk2+nwQ3Tl92UM8UW3MjlM3l92rQU80WA8itOtM9ODWqolWJ2jcltQdTe43c3MH03h6RQZrU1FM8PQH9vHpiIAP889fRkAt7Kia9KSa9d+9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69101irA8gggj+oIsR78eHXuqov5wnxIx3y2+FO8NvR0Msuc63mpO19qTUUCtmaav2dTPUSUGNqnHmhiq4P2quKFgJUUB1awsb8qzx29zGZTprUZxxrjPDpuRdS48uqd/8AhPP8g8lT7hzHQ25KpIK5YMlqwryyRPjXgp0VaeSCvPlDHx+UhSFIYED2IeeWSfcbZ7YiRRAoJUhgDqbBK1APDBz03AaYPW3DCkccUUUVvHHGiR2bUNCKFSzXN+Pzf2CKEcelHWX3rr3Xvfuvde9+691Tr/PkwdFuX+VH88MFmN2YzaOCrvj9WVMuRqpZhVf3hxG6aDKbfopE1BBSVzwfZSNxd3UXP096OBjrTGi1/wBXHrWm/wCEnPVe2st8qN5dyV2dTL762j8EerNqfwqsoZZDhsTvXdf3tHlsPmZ4AJJaiKgMVXEknkh1MJCwkAFV49Mx11H0Fet+P3fp/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRK2KWemkhjSCXzAxyxVQVoJYWU+WCZHVgySD9pwR+lmP1AB917rRL+UXx53l/Kp/mX0nZeHo8vSfHb5KdiTV3Q+VhzjSSYTtzP1P949+dF5jKVX25WMvJNUbelmYxy0bxw6kkiaJRJsYX6WRF4h60+RAFf5EdJJF0NUcOt1PobunY/eXWG0Ow9j10lXg83jaWEPLSVlItNlqZzjMhiT96iMZIamKSMgi9gCbE29lV5bSxSszUySRQitONadK1YMuOhs9oOvde9+691737r3VFH/CizPbfof5YXc20828KSdl5bYW06Wkkimkl3HHjd10+6pdvQmnRrRzNSqsxnZEAY21G1quaL03KezohH/CZbbFdPjO0Owv4P8AwCjk2ZgNh/w1KyJkix238nLU4amFKlKgtD5ZFB8/HH6gfdY/XqkI4nrbO9udP9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XXv3XuiYfO/4ddQfO/479g/HLuvFPUbR3PilyNJnIlNPltk7txkFVUbQ7C2VlKdGqIMzhK5Ip0MR0vA8kMiOstg/FcSQ1EdM1/n/lBAIPEEAg9aIqKdayn8iH5l9/8AxI+U/Zv8nT50Z7K5HeXWxyNf0vurLLT/AMG3LtymqDmcHn9v5GZpqiubcFNOrRoZddPKHjmb7iOZE3PezXBHi0qBSoFCftNc149NKdLafI/yPW5wjrIiyIwaN1VkYfRlYXBB/wBa3tP091z9+691737r3WvB/wAKQc5kIPhngNu46reIZXf2Kqa+m8cciSx0qt9sG8ikqCxa5Qgn+vHuknCnTMvwjpR/8J9tq/wv4rZzcCQQQVWQ3ZDjaxUWyGlgoXqQY1/st5ClySbj8fn35OHXoR2k9X+e79Pde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XVgSCQCV5BIBt/W3v3XutPv/AIVG/EDeuL626w/mh/G3cGe6+79+G+cbbO7dx7VkekzWX6c3rWvkVyTV0Lao6vbtfNO8cpVlelrWUXaMKntJY6VFSf8Ai+qspbAFSfTjjPVzP8oL+YRs751fEvr/AHdUZnJ/6Utq7Xwe3uxcPuGjlTcVVkaOgWSPdQkCBqqlro2WValE0XJ5JJ9rH2+8iFZEp+a0/wAPS47dexqDKlPnqXz4Zr59W0RyJMiyxtqRxdWsRcXtex59pWUqdLcR0kZSjFWwR1jqamCkj81Q+iPWkerS7+uRgiDSgJ5J/p73HG8jaUFT/m611p5f8Kot1dpb1xvRHTvTG8qbBZ3b1Pu3c1bjljcVGb3DuGnp8PhcK8zp4gfBHUSo8reOMgklWYXfTbrydRJElVOeIH+E9J5iKgHy62Of5dnU+y+l/h30XtLZtPJHDV7JxGYzVVNHKtTkdy19GtRnKqcygNYzl9Gr8WA4t7SAae306dQUUU6O5731fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QZdmbA23v/rjsLYu9sTQ7s2r2BtvM7X3hgMljVq6HO7dzlK2JrsXUUocWX7SV4jKt2X/OgalA9qLQlblGBpQjpRaGl1GR5EfL/V/qHXznO7Mp8qP5H/yt3jnaR9wdLdKdddu7counNyV9Z/GtpfJfpZ4o6/8A0d7fmp0lq5Pt8SslG8kkAaMwBmAdmCi8zQSwFpsLwzTjThQcCDinyrw6FzTwPAXn7VOBWnGlfhHAg4054VGOt9X4M/Ofoz54dBbR716I3DS5jbO4qRpqjEPJ/v4ts1j5aooXoNwYIH7ykSOSGSES1EKa2UsoKWYhC60fUMEOoYz64HQRu9BuG8NtQxn17Rno52Rmp6Wkmq6ldVPRJJWSgmIft0sZmc6piqCyqTdmA4+o90hDM4RTQtj9vTA60cu1d813zm/m747aWAx1ZufZ+M7HgoKExs2QooMbQVLJI+SkiDRRKp1BijMtrWJ59jZFFvbDVjSB/IZ6Qt3yY8z1u9ba27Q7WweE2/jY0gx+DxVNi6WniUCJEgRVLR2/FwbC30PsDMQWJHmT0spTHSg91631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJI0lRo5VDxvbUjXs1mDC9v8QD72CVNRg9bBKmoweqn/5wv8r7rj+at8UW+O25dx5frneWA3dj+yupuycFg48+m0N74TG1WCSbcuDlkpvv8PUUeTq6etooq2GoIcTUxaSEr7c8aamnUafb1czTFdOs0rXj/q/b1oYdU9d/zCv+EyPyz7U3/u7Ze2N79S57YOJwNdvBdxxba2V2xtmq3ZRZvCz7ZoclNFlFyqSUdRTyY00xlUM0U5WCYlmGZi2ePSUltWeP+rz6tk/mRf8AClvNd+fFvA/Hj42dU9udQ91/JykxVFuHJUUUO+Oxuuum86aN6/L7Z2dt2SGpqcvuGmk1YlnCLFA8ugs0iOpltID3JY1GhSQQNVDUAGma0rXh+XWjJqFKfb1dT/Ic/lp7k+HXQmJ7f70pWyHefY1HXZfGU1bRZeTcW3dh5YQz7Rot0R5Zpmo81JAr1WRo6aUxQSzlAfIJADbc7xZSbWIgZoxqB9oH+DrcMdO49bEaElELCzFFLD+jFbsP9gfYaPE06e65e9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690DvcvSHXffOzMz152nsXYPYWy8+1HJlNsdh7SxO99tVk+OqkrKGsqdvZuJ4WqInQGGoDgxkKwVrW9+Ir1oiuDnoH+u/gh8UerO39yd8bE+PfT20+4d0YXDbezvZ+B2Vt+h3huDDYakgpqPE1jw0SU9BSwimpkEONjjWZYojL6okHt2GQwklfMUP2Gn2enXgq+nRuIKcQq4CQxtJIZHEOoIXYBS1m/wA+gH+t7876jxJpjPV6jqV7a6r1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9k=</Sign>
         </User>
       </Profile>
       <LogoOptional>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</LogoOptional>
       <AdditionalLogoOptional>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogoOptional>
     </Fields>
   </Content>
 </PrimeDocsFieldPart>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="d6d03aed-fec7-4ea3-a9b9-0e389148e37f" colorThemeId="Huenenberg" profile="61f621f0-5fba-4ef6-87bf-aa03bcebaffc" lcid="2055"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64A36781-DBDF-4463-AEB6-F5C9BFC50A3C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F858822-8F0E-4225-9EBA-54A5E52D82B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1668</Characters>
+  <Words>282</Words>
+  <Characters>1780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1929</CharactersWithSpaces>
+  <CharactersWithSpaces>2058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>