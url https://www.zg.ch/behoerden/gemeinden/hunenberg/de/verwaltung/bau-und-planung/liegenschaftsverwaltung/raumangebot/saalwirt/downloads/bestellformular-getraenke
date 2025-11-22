--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -3016,56 +3016,84 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312EA0" w14:paraId="386F55E1" w14:textId="77777777" w:rsidTr="00312EA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="514ACCEC" w14:textId="77777777" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00312EA0">
+          <w:p w14:paraId="514ACCEC" w14:textId="3E1578A5" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00312EA0">
             <w:pPr>
               <w:ind w:left="30"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00582B5A">
-              <w:t>Cafe Créme / Espresso</w:t>
+              <w:t>Cafe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00582B5A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00582B5A">
+              <w:t>Créme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00582B5A">
+              <w:t xml:space="preserve"> / Espresso</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC31A0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC31A0">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00EC31A0" w:rsidRPr="00EC31A0">
+              <w:t>(ohne Rahm</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC31A0">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC31A0" w:rsidRPr="00EC31A0">
+              <w:t xml:space="preserve">Zucker)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DA453B9" w14:textId="4A50446F" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
             <w:r>
               <w:t>Tasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="642CBFD0" w14:textId="2F43CF65" w:rsidR="00312EA0" w:rsidRPr="00582B5A" w:rsidRDefault="00312EA0" w:rsidP="00783F4A">
             <w:r w:rsidRPr="00582B5A">
               <w:t xml:space="preserve">CHF    </w:t>
             </w:r>
             <w:r w:rsidR="00A35273">
               <w:t>1.80</w:t>
             </w:r>
           </w:p>
@@ -3111,108 +3139,133 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="7C15E009" w14:textId="77777777" w:rsidR="00513D1D" w:rsidRDefault="00513D1D" w:rsidP="00205EE9"/>
+    <w:p w14:paraId="7C15E009" w14:textId="77777777" w:rsidR="00513D1D" w:rsidRPr="00EC31A0" w:rsidRDefault="00513D1D" w:rsidP="00EC31A0">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5B55A9E3" w14:textId="3EAF740A" w:rsidR="00735159" w:rsidRPr="00735159" w:rsidRDefault="00735159" w:rsidP="00735159">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735159">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Eingeschweisste 6er Packungen, die geöffnet sind, werden in Rechnung gestellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0DA33E" w14:textId="77777777" w:rsidR="00735159" w:rsidRDefault="00735159" w:rsidP="00735159"/>
+    <w:p w14:paraId="3AA1F910" w14:textId="77777777" w:rsidR="00EC31A0" w:rsidRPr="00EC31A0" w:rsidRDefault="00EC31A0" w:rsidP="00EC31A0">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk203490307"/>
+    </w:p>
     <w:p w14:paraId="539E3BDB" w14:textId="5FEA37FE" w:rsidR="00E02C9D" w:rsidRPr="0098593D" w:rsidRDefault="00E02C9D" w:rsidP="00E02C9D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk203490307"/>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestellung hat per E-Mail </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00942BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="43489C3A" w14:textId="77777777" w:rsidR="00E02C9D" w:rsidRDefault="00E02C9D" w:rsidP="00205EE9"/>
+    <w:p w14:paraId="6E288F76" w14:textId="77777777" w:rsidR="00EC31A0" w:rsidRPr="00EC31A0" w:rsidRDefault="00EC31A0" w:rsidP="00EC31A0">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5B65042B" w14:textId="5CAF3F9A" w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
       <w:r>
         <w:t>Bitte beachten Sie, dass die Getränkebestellung aus dem Standardsortiment an die Vereinbarung Catering oder an die Nutzungsvereinbarung geknüpft ist.</w:t>
       </w:r>
       <w:r w:rsidR="00735159">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FE7418">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*Pflichtfeld</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidSect="004F442B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1985" w:header="522" w:footer="521" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -3293,80 +3346,89 @@
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
     <w:tr w:rsidR="000B1F8C" w14:paraId="489261A2" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="2FA0D82F" w14:textId="3A082960" w:rsidR="00F9353E" w:rsidRDefault="00F9353E" w:rsidP="00500070">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="32B86689" w14:textId="3D2855A0" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
+  <w:p w14:paraId="32B86689" w14:textId="24F284F2" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00C7655F" w:rsidRPr="00C7655F">
+    <w:r w:rsidR="00EC31A0">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00735159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>0. Oktober</w:t>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r w:rsidR="00EC31A0">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>November</w:t>
     </w:r>
     <w:r w:rsidR="004100C2">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="675ED880" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -6157,51 +6219,51 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="109664975">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="202786672">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="376470020">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1812549984">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="156652539">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aJWoW4YDDY+sBzTSodu+RL1tO2NFXch2djR7luR2iNhrRAAtE6V0pJ7P/o9dlZC97kjit7iblWkFLCTzudnY5g==" w:salt="UsKfMxnY6kEaLo5FN/o28g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AvEsI2gPCSt6ubTq+URkg431Q3U0rkXe+snQydMWhyfBvv/f+JNXllUIp8TsvpDRBw+bRMNSiiPhqX+D3EP0dA==" w:salt="2Q6a4cKpJgRwtCO+HU0ghg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
     <w:rsid w:val="00014F99"/>
@@ -6210,91 +6272,93 @@
     <w:rsid w:val="000A7A9A"/>
     <w:rsid w:val="000B6A62"/>
     <w:rsid w:val="000D7C50"/>
     <w:rsid w:val="00146403"/>
     <w:rsid w:val="001951B2"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="00205EE9"/>
     <w:rsid w:val="00206854"/>
     <w:rsid w:val="0022315D"/>
     <w:rsid w:val="00242379"/>
     <w:rsid w:val="002B5D9F"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00312EA0"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="003A389F"/>
     <w:rsid w:val="003E2575"/>
     <w:rsid w:val="00403ADB"/>
     <w:rsid w:val="004100C2"/>
     <w:rsid w:val="00417655"/>
     <w:rsid w:val="004A2844"/>
     <w:rsid w:val="004B4448"/>
     <w:rsid w:val="004F442B"/>
     <w:rsid w:val="00505330"/>
     <w:rsid w:val="00513D1D"/>
+    <w:rsid w:val="00540F40"/>
     <w:rsid w:val="00572FD3"/>
     <w:rsid w:val="00584C8B"/>
     <w:rsid w:val="00653246"/>
     <w:rsid w:val="00711526"/>
     <w:rsid w:val="00735159"/>
     <w:rsid w:val="007A407E"/>
     <w:rsid w:val="007B7789"/>
     <w:rsid w:val="007F2389"/>
     <w:rsid w:val="00890E85"/>
     <w:rsid w:val="00893B1B"/>
     <w:rsid w:val="00895F70"/>
     <w:rsid w:val="008B6618"/>
     <w:rsid w:val="008F52AF"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009842F9"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00A02F8B"/>
     <w:rsid w:val="00A35273"/>
     <w:rsid w:val="00A76316"/>
     <w:rsid w:val="00B45D8F"/>
     <w:rsid w:val="00B54534"/>
     <w:rsid w:val="00B832BA"/>
     <w:rsid w:val="00BB6CC2"/>
     <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00BF04C7"/>
     <w:rsid w:val="00C127B6"/>
     <w:rsid w:val="00C42D97"/>
     <w:rsid w:val="00C71E8A"/>
     <w:rsid w:val="00C7655F"/>
     <w:rsid w:val="00C87BEE"/>
     <w:rsid w:val="00C917E3"/>
     <w:rsid w:val="00C965AE"/>
     <w:rsid w:val="00CA304C"/>
     <w:rsid w:val="00CB33E0"/>
     <w:rsid w:val="00D124A1"/>
     <w:rsid w:val="00DB3DA9"/>
     <w:rsid w:val="00E02C9D"/>
     <w:rsid w:val="00E953D8"/>
     <w:rsid w:val="00EA67F0"/>
     <w:rsid w:val="00EB088A"/>
+    <w:rsid w:val="00EC31A0"/>
     <w:rsid w:val="00ED0004"/>
     <w:rsid w:val="00F657BF"/>
     <w:rsid w:val="00F702B5"/>
     <w:rsid w:val="00F772D3"/>
     <w:rsid w:val="00F821DB"/>
     <w:rsid w:val="00F9353E"/>
     <w:rsid w:val="00FE7418"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -6889,51 +6953,50 @@
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift9Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
     <w:name w:val="Subject"/>
@@ -7905,50 +7968,51 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
     <w:rsid w:val="00014F99"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000B6A62"/>
     <w:rsid w:val="00146403"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="0022315D"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="004A4472"/>
     <w:rsid w:val="004E4ECC"/>
+    <w:rsid w:val="00540F40"/>
     <w:rsid w:val="005B08A3"/>
     <w:rsid w:val="00711526"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B7789"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00AE07DE"/>
     <w:rsid w:val="00AE7192"/>
     <w:rsid w:val="00BB6CC2"/>
     <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00C42D97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -8626,54 +8690,50 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="d6d03aed-fec7-4ea3-a9b9-0e389148e37f" colorThemeId="Huenenberg" profile="61f621f0-5fba-4ef6-87bf-aa03bcebaffc" lcid="2055"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <PrimeDocsFieldPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/FieldPart">
   <Content xmlns="">
     <Fields>
       <Forms>
         <Subject>Bestellformular Getränke</Subject>
         <LogoYesNo>true</LogoYesNo>
         <AdditionalLogoYesNo>true</AdditionalLogoYesNo>
       </Forms>
       <translated_Phone>Telefon: </translated_Phone>
       <Subject>Bestellformular Getränke aus Standardsortiment
 </Subject>
       <Profile>
         <Org>
           <Postal>
             <Street>Chamerstrasse 11</Street>
             <Zip>6331</Zip>
             <City>Hünenberg</City>
             <PoBox/>
           </Postal>
           <Phone>+41 41 784 44 30</Phone>
           <Web>www.huenenberg.ch</Web>
           <Unit>Bau und Planung</Unit>
           <Logo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</Logo>
           <NoLogo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAA3ISURBVHhe7cghAcBAEASx92/6amDpFAWE5N0dAAAAAMCvZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAdO59VOJAK9nFU4IAAAAASUVORK5CYII=</NoLogo>
           <AdditionalLogo>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogo>
@@ -8686,90 +8746,94 @@
           <GreetingsExternal/>
           <GreetingsInternal/>
           <Attendance/>
           <Mobile/>
           <FirstName>Jean-Claude</FirstName>
           <ProfileImage>/9j/4AAQSkZJRgABAQEAkACQAAD/2wBDAAgGBgcGBQgHBwcJCQgKDBQNDAsLDBkSEw8UHRofHh0aHBwgJC4nICIsIxwcKDcpLDAxNDQ0Hyc5PTgyPC4zNDL/2wBDAQkJCQwLDBgNDRgyIRwhMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjL/wAARCALoAugDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwDvCfp09KM/T8qD1/CkrmOoXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUhIHWgEHoaAFoqpe6hBZxbpZFXPTJxXF3HxDNrctElss6g/eBxRcLHfk4GaTIxnNcFJ8Rogi4tXyeozwKzpvH0iu7wRNtPQMelK47Hp2R60teO3HjjUX2mGTYwOcikPj/W8BfNUn1xzRcVj2LIzS140vjLWWcNJdDrleOh9/UV0Nh8RLjagvIImA4Z0JH6UuZBY9Eorm9P8AGel3twsLS+VI/wB0N0P41rXurWVjGHnuY1z0G7n8qq4F6is2012xviBbzK+fetAOpHBoAdRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRSEhQSTgCgBaQsBnJ6da5/UvGWk6e3lmUyyZwRGOn41xms/EC4e4Y6flTjapIyMe4ouB6FPqcFvIVuJUjDDKbm61x03jsQSSR7GZgxGVHGPWuIe/nmC+czPJnPXoajmYliW6d6m7HY19Y8SXOrQ+XMR5aNuHHNc/vZunSkknVhgDAHX3qu0xB+ToKLBcsFsDc+W9B60gWWY5fEadhVffJKOCQPWjc6kgsTRsK5OVjXgZPvURUs2FBqPzTnpU8V2UPyqM+uKAJFt3RAxBAPFIpdZCBjHf3pHuJ7gY25zTGS5UdAtS0xkzyuygYC4ORike6kZt8sru3qxziq+G2/O4zQtuzDdzjtTVxMvWepG1fMTODnIIrsbH4jNBCsVxatIwGNyt1NcELd8dDx6CmlXXrxTA9Tt/iPbthZYCnv7V1Fhr1nfojRSKQ3TnmvBxKUxxuPrmrEOoXELgxkqf9kkU9QPoJZAxxkU+vINH8b3enSKJx5sR6g9Qa6+1+IGm3EwRz5Ixnc1FwsdhRVS11G2uoUlimVkccHNW80wCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK4nxb45i0qJrbTik110ZuoT/E0AdPqes2WkQrJdzKgY4Azya4TxR48gubQ2+mu6sThnIxx7Vwc15dXjl7iZp5nOTuOQM+lSW2mStmade/A7UrgV3nkkOSSQfXuau2emvJ+8fCjuTViKwAl3nGB0B6VJPO0aeWp4PUmpciku5Wdbe3Zim44/WqskwmY7k/I0szeaQuRjqasQQwH7x+b0zyaWwMpNGijABIPY0zyS52nHPYdqtSLibYo+lSny4Tk/M3fmmmFioINuV5460ERqu0Id3qaklutpLbR9BVKW6kdtq4Gewp6hZIcVReWH4UnmLn5EAHvTDEwIBJLelTx2y4ywOfSgnchaVsfLxUaSmV9uTnvV4wHBAT8RVdlCE4Ug0BZji0EAyx8xuwFAvpW4jiAHuKjjh/i5PfFS/aI0+RUxRYBPtdwgOGAPsKhZ5Jjk5zVvyVI3Z69QDQYiOFSncLFMJKPwp3mMvapiCDyCKmjjtj8zb/AMaVwsVtxxg81IYWMe5T+tWDHb5wAxPrUkUAjU8nb1xRcdivaXF7BMvlyyqwORhjXU6T431C1vE89/NiJwwPce1YCXCwycoPY1k3EjrIz5GGPAHagT0PfdM1+y1NAYJkZscrnkVrDmvmqy1G5s7gSRSupB4IPIr0vw/8TY3K22qjaxwFmUcfiP61QrnpVFQWt5DeQrLC4dGGQQetT0DCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAUUUCigQHr+FJSnr+FJQMKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKa7rGhZ2CqBkk1R1fVYNKsmuJ2wgOM5rzLxZ4zupm+z2spjgdeSrcsD2oA1PGXj5Uiew0iUO7ZV5V/hHsfWvMd7EM8jFieTmpEBnOF4XuanMUSqOhA/U0C3G2kZ/1jde2a3LWS5kdYwP3YHUjoapafD58oLDj36VrTzpEGSHGcctWcmaRRUvLlLQbVyzDrjpWPLfSyyEHgE1ZLStuEuCpqokBkkAHI7GmrA7kiSM7BEXk9TV7dDZofMIMjDgUkaraxlivz44zVbYJS0jAseuTQFiOW7c58sbR0zVETEsRnp15q5Lhl2gYA61Clsh6MR7U1YTuReZkcZJ7VID5ZAB+cjmn/AGdY+dwI9qYI03ZyTmncklWQIM7dxPepY7nDB2T5e2e9OS3WUbfMCoOtLKEDbU5x0qSrMd/aLElcAr9KrvPE7YKt+AzVmOKRh8kf408Q+QcyOinHfFO6CzKoOOh/A0yWKRufL59qsyyA8hlJ9qb5rJ0OPpTuKxXVJ4ot7qVHbNRNdz/3jn2qeZ2kU5cmqpQk4FNeYn5CfapD97J96cZW64/KnxxR9ZCcVJtt1Py5IpOwlcjSSTk7SKkBcAsM5PXmnl4yvDD2FVTI6nOKBl5n3IpfgDrWZMSZmOeD0q15gkjIU9eoPaqkzhXxjPrTQmQHINPU8Y65qUBXQMo4757U3ZkZWgVjpvC3i290O5VGcyWp4MbHp9K9n03VbfU7ZJoGBDDPBr5u3lDkjketdBoPia90eUSW7kxZy8fY0bAmfQFFYHh/xJDrkIaIjIHzA8EVv0FBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFISB1NAC1naxrFro9m09w4Hovc0l/rEVlG7FGO0cnoK8U8U+I7nWb1yznyQeFHSgCbxV4nk1285crbIfkXPX3NczLIWlAJJz3qCV9xqe0TzCc5wDTtbUm9yU3bLGI0jyB6d60LHS5JFW4ncog52+tT2UCIxZwAByKlmuWkPcIvAFZuXY0jDuLLdxWq7VbkjjFVhcieI7cg5qtKollLNU8exFAU9fapLSZXdZHm++So7VZgIiPqRQI8scd+9RtDIgO3k5pXK5C1JMp+8NxqKS63LtUqPUAVBslLAkEZpWjA4ouFhjShlOOlIkbsc9FpTAePSnESKOD0ppi5RpjUOFzmpdqDAqELg5JOfWpA4p3DlJ/Lyh2tzVQ+YrYYjFTiYfdpzRBlLZ5pXsLlIQ8zDYkmB7U7yEHMkjMe+TUR3xsCg6U4Tt3Uc1SYrEoC4/dIOvOaJGycNEV/CmhmyDVqOJpxlHXjqpouFimY8Dchyvp6Uxoi2GQnPcVbnt2X5kGPUVEh29Rz60XFYhMYcYJwaT7O/TI5qywDDJWnEDbz3p3FYptayRjd/D60g2MxCjFW43aNtrfMh7VDPDhz5RIU0XFYr7QH3Dr60ySMGQMO/WpvLdV5GfWnKYlHzjg9DTTFYVbZWgIB+tU3jaF8jIHrWgPkOVOVNP8tZ4yB1Hai4WMt9suQw+ao0BRtoNTSxGOTI/h7U1sFgRTJZpaXrV3o2oR3Nu5Vl4YdmHvXt/h7X4db09J1OHxhl9DXz6z7m56+tdD4Y8RTaHc7lO6FvvJmgaPe6KytI1uz1W0SaCZTu42k8g+latAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKiuJAkbE8YHWpa5vxVr0Gl2jRb/3zj8hQByfjXxQv2Y2VuQQ33zjr+NeYSOXY1f1O5a9uGk6AngVWSLcQAD9aaEyqI2z0rQso8KcjqeKlEQUZK5OPu1NbgntjHapbKjHUsGVRtVRk+tQt5kmSBwO1OhtpA/AJBOa1rayDNjH4HvWLlY6IQbMsWj+XuI60kcJJwTg+ldP9jVgTjtVJ7DMmTxWbmbqiypbWuWxj61Z+ypuIAzmrkEJVSAv1NW4bEZye/Wo59TZUjNk04eSNoBqAaZuOCpya6eO3VeCKfsjRc7Mn2FLmZXskcjLpjqxVlPHQiq/2EgnIP0rr2ZC3zR8fSoprZJowQoDZ/SqUyHSRybWmVwVqtLAUcIF5966idI4vlOOlRCyW4/eFOMdauMzGVM5lo1+6QCacqtjjOK2p9LROQpqv9nQDB4NVzIjkZUSIOMHBprwbTkLV+OFd2FH4mntFt5bii4cpRMSeXkkA1VYbDmNyMdcGtN4VlbpgGoWtAr7e1NSE4Mjiv1VCJ08xSMZ7ioJGiblCCDQ9uxJGOKYLYrwBwaasQ4ssIRjBGak8tsbgMqeKhQFVxjmrUO4puzj1FFxWKc0IByuRzTMcDJq7IQzBWHymoUh+Zlzx2NO5NiDymzx3pskK8ZGPbFXEj3hl6Ovb1qPZITh+QT1p3FyleK1bGNwAPY0hjaKUDdgjoav4WFgkiEqe9LcWwEQkjO5MflQmKxSkjEqM2PmAzWTcx4GRnmttABFuB4PB9qz7lAFKnsapESRmrkjFSRyFHwRxT1Tyzz909DSSpkHHJFWQbug372V4kizMihhmvctMuxd2kcgYNlQcjvXzlbscDBORXpvgHxIIn/s+9lKxt/qWPTPp7UikenUUg6UtAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAooEB6/hSUp6/hSUDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiobl/LhZ84wM0AU9Y1WLTLCSd3C4HBPrXh2u61Jqd4zM5bJ/Otbxrr8uoXZgViIk4x71x6kD5upFAXHvkgL3q5Zjk8c1RUMfmJ6mrtm20n0PSh7CW5bdfQfU1JbRqW+Xv1FPl+WIMo5J5q9psK43SDGaxlKyOmEOZk9rZ4G4d+1acEYGQBjHrSxhVGBgj1p6g59vWuZyud0IJIcxz8qCk8jjJ6nrVhIgO1SbeelZtmyRWSML2q7CFA9ag2HdgVPGhHr+NCKsTM27oMUJCDjI61Ii9hyPWpgdo4HNMCu8C4yQKrzDZGyog9avctyaTy1bO4Z9KYNXObGVlYyRls9gKtJKNu3ZsUetazQRkH5f0qsbYFtuOKLkuBm3EJlXIOaz3s2Y/cYNXSpbhTwOaJYF3EgYJqlIhwOa+zNCclTTvK87lwQBWvNb85YZqJosrgDnsafMQ4GM8G04Bx7U14tyjHWtuKw8xvm54o/s5d3A+lPmD2Zii3HAZQTVeWHYPu4yeDXRNYEElfTvVCeIE7GGaOYTpmKkG5iT+FSQYaXacjPXFaC2JBbB6/pUZtDEN38qpTMZU7FGSHc23B4PWmtE4b8KvSwkuCp4PUUyYHzVKnoKrmI5CgpOQR2NW4mXeCy5B61ZEUTr867Wx1FV2TYcZp8wuRk15bxPEpiPXqD2qKA4Vo2GMD0pikg5Vs/wCyauIiuQOhPQ0XJcTOktdySeXxnmqEljI6Fly2B8wrYcyWzsVGR6U9biKZNwULMnb1FaJmTRy9wAIEyMMpwRVRzyD7V0GvWkZtRdQ4BJwy1ze7AGfxrRPQxloGSrhgOa2NOuQJEYZ3KQ2DWLu3E1NFKY2BBx702hJn0hpl5He6fDPF91kHHpxV2vPfAGredbCDzMkL9zP6ivQVO5QR3pFi0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXG+NfEEenW32fzGE0g+VF649TXUX10LW1klPRRmvCPE+pNqGszzvJuycDHYelIDIu5mmmZ2OSTmq4yWCinH/Vl2/Co0ONzHqapIlstcBcDljViBtpCkYwetU4PnlAAyQKuIjO2QOtTIuKNVCMxyBtyntWzblZDwuMDtWJYq2zyyh+vpW9aQFCMnn+dclVndRTLagnjHTtV+KEAZPUVFBHgZarK52k44rnO1IcMAE0hJPAH40gPGMUA88UF2JY4wO1SqMc/pUQBNSgY96AsSb844pc569aFXnpUiJ82T35xTAbtfKgVLsPsamSPcfenGPB6UAVwtNaMbunSrJUUjKAtAFUjHakMYYc8GrOO1NEYDUwKckLMNox9aelqoXpn8Kt+XzS8AUCsV1gUHGKTyB6YqfevftSFgRnNMLFGeLYvHQ9DVUWaZyw5PPFaEgLsO9NIyDnii4rGe1uoJPaq01mD0PBrUaLcOarvHhwAeKZDiZb2gjUCqD2xkkJ6Y6Ed66GSNWTmqq24RCDyc5p3IcEUhB+5x/EBUDQb0zgCtHbg5A4NNYAHGODTuLlMSS3MYOFP+FSxEmA7sZHSr8ykc4qqwCQs+Pl6CqUjOUCvcEMQwYbj1qozQ7gW4YdxRMf3ZLevFUZpxgBuK1RyzRZvZUeykiByfvA1yrZIzjp1remUtaMVJyB+lZQjCjgZ9a2gc00VV+UZNS7lI4pDHhTmoeVOe1aEbG74c1d9I1WKcE7M4cZ7V9BWNzFeWUNxCwaORQykV80qRwV4OORXrHwr1XzbK502SUs8Tb1U9lPpUFJno1FFFBQUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/CkpT1/CkoGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUhpaa5AUljgDrQBx/j278jSvLMpUvxgHrXi8ww7E+tegePdUSW/+zKfujJ5rgblckA96S3BkDOXjVB0oAzx6U4AAbQORUgXc3THqabYkieyjCzc9SK1be2JkCL1PU+lU7aM7sIMnv7VsRJ5Kgn7x71jOR004l2CBFwqjp3rRijPFU7bLYAH1rUhAJA/SuSTuzvpxLMSdzU3GMUoQAZxTag6EIAFHNKi5zgU7Yc8jFTx4j4wD6UDEROOalCE9BSKCW/pUuCo46UAOigJGSR+NSjYOnaouMY5p6bOhpgSLKi/wn86k86MjkGo9mTQI+OKBWHZXtmm/LjrxUipjtSOuQeMUARhPmzRt557U4LjkGkwc5zmgYzBJ45pRGacML2pw5NMRXki3YA9eaUR4FTkAU0gEcUAQbcNkVG6+ozU7Zx0qNhxmgLEYUbahePd0HSrHGKjJCt70xWKhXBIqJ0OM1cfGeKiYBhQSUmAAPAqu4y2auOvtVcxnNArELYZcH86o3cZ8tY1JwDk1qFPl96q3CDH0ppkyWhkXEWYvTisi4jGcHoOa35CBn+tUJ7dSefvMeBWsZHLUgU1jDRcE+4qrNbrCTg54zg1dmQxPsU4YCqFy5dcOctmt43OOasZ87DkAVSdugNXblehWqW3BIYc+tbowZJG3y/Su2+Gt6sHimNWYKJEMfPc9q4YZUcVY0y7mstQhuIZNkiNkGlYEz6fFFZHhrV11rRILsYDkYcehFa9SaBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSnH+lJQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlU76RhA6J99gQPSrtZmuSGDSLqRcbjGQCfpQxnhWrSGTVrlyxchzk5zVBRvcs3WnTPhn9Se9PhAIUKCeOTS2DqROhRwB1NW4LTCb3ByegqaOECRWK7mHQVa2kOA33j6VDZpGJNZWiwwmV+pq1seQKQMjtUcwZwiKeMVoWcW1UXkkdKxkzqpotW8PlRjI61pW0ePmqtt+bGcnvWjbKEUZrnZ2xViZE7mosASH1qcnn0qNVLydOtSaCkFj34qZEyR6U4RhQBU8YQHk/WgY2OLD5PapHHYdPQVYXy1HWoSQZeD0FA0R+WTgYqwkI9OadFhzgkCrSKgXGR70xMhEX5UuFHarKqD/ABAU14wT1oFcr8E8UhXip/LAbgU14+9AEAjzwKPLxnNP+6e9KSD1NMCAp+lG3vUuMds+tIAT06UAR4J6g5pSpxUoQde9G2gCswx7VExHqDVh49w681AydsUARMvcVEYycnPNS528UNwM46igZWIxUZ6VOwDjGeagweQaCSFgN9Mdc1OUBphHODRcCvt5qnce461fnXCcVny4KkMelFyGZz53c1XdSDuPWrRXn61Gyjowq0zKSMbUA4kLDn1qsvlyphhgn1rTuoypyOR/KqckKPD5kfDqeR610xehw1I6mXLHtZlPA7VRnDA8jjsa2WXzYuR8w61nyofmQ9O1bRZzSRRRhg5H0pVHORSbG8zaKlCELjoaszPXvhTeNJpV1bM25o5NwH+ya9ErxX4e6omn60okztlXyzg+te1A5Gak0WwUUtFIBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFKKKAA/0opSP5UYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFADTXKeOtSjsfD8ylj5snyoPX1rqyK8p+JepNJqEVggAWMZPrmk9ho8/mjJwT371pWMYWFn7jpUIXcAKvWwGFTHufaobKS1J7ZCEMrjk9KIYGkn3Zwo6+9LMW3gLn0FXrOPGDgYA/WobNookhtljbJOSauxKA+T0qDDE5wcmrcanZyOawkzqpxJwmWznrV+EcYqrAmcZNX0wBgGsjpQ8p8hJPNCDaeTQGLE4PHrUqp3oLQrfOuD3p0aAL0zmlxxjrU0Y9aRQ+OBSuWH4UPEqnjp3qVVPXoBUbJvJznimIWKOPvn2qyIh0qKFNpz1xVkZzmgTGGADuR+NJ5RHIJqX5i1KQOhNAEKmUc5B+tH2gY+dacw9OaaY8nJ60xCAox4b86d5anpionhYcgdaQREDKkhvrQMm8sjpzQsZBqESyqccfjQ0s3UEUCLIiBXrijyhtxUHnuF6c05bh9uCuaNAswaJgarSxkcHrVr7Rz8y8etNeRJRtHX3oGUSq46UxiMAGrZiySKruCr7SODRYLlGTqSOKhwfWrTrz0qIrQA3nZ61A5x0q4EzVadSuQRQBBL8yf4VnTjg4q9nnBqnOMOaCJFLGCfr0pkoHpUpGG6UrR7lx0NUjJmdIuRjqKpyW4iY5GA3Q1pSRleRnFQSENHit4nHUMlRskcN0NZ85DPjuvetG+yiKQANxxxWZMMIxzkjmt4nLIqYxKxBxg5psjkEN61Hv+Y57mlcZAA7VqZM1NB3vqsCo5BLjJB5FfRlrk20ZOSdoyTXzj4blEPiGzZ8eWZAr59K+kIAvkptOVxwallR2JKKXFGKRQlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopQKKBCn+lJSn+lJTAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBr52nBwcda8Y8cQH+35mYEOccnuPWvaT05rxfxdfpfa/cyc7Vby0yewqZFROft1EmIkyXJq+AsX7sckfe96gtmFlBLKwHmO21c9hQh+ZnY5JrJ6miLmGMgHoO9XLZ8PtBzWeWLEHuRWpYQhUy45zWcjogi+qcc/nU6j9Kr7i74HFWguF+tYs6oFiE5FWFGcAfjVeFPfrV6GOoNUSRR4FWQuAARSIFA9KGdi2VzgUFiH5WwelTxEEA5qEDfzipo1KjigZaXkc9KZ3IqNvM8sgHBNKjOqjI5FAFlYzt4p3OMUyOTn5galEi56UxCqMd6aVy39KcJI+xoBGetMQgUCkbGcg1KOmeKafTAoAb5ny4IzimYLHmn7PmzRmgCAr83Sn9cZH6U4ruOaGU8UguMMftSFdoxUqMT97mmnJfGKaC4bRioHiXJNWM46Con5zj8RQBApOODTJd7DPUDrSg4JPSpUK7cHrQBTJTBDHFVFI3Y9auzRZyQM+1UWX5uAeKBom2lRnsagulLrkEYxVgMxXB5pknzDHrQIzGjxVa4XIJNaMowMYqjKCRSEygynHHSk5FTuoK8dqrliD7VRlIgm71QLhIXzyo5zV6YgqTWZOSsLKR97pW8DjqFWQi5hYjqprHvPlXHvzWnD9wpjGTyapXaDGRyTW8dDlkZRHHPSnx88UqYZsNSqQCcCtLmNh1op+0KQehzX0joc3n6LaSbs7olOfwr5xs12XQLHgnBr3/AMJ710eOFiGWMYRh6UmUjfooooGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSUpHP4UYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFJQBS1KcQ2UrFgoCnJrxG8QPdyOQAoY4xXrPi6dYLGDe2FaUZ9xivILyc3FzIyjbuc4ArOW5cBLn96IBzyTmnBQxGB0ohQuW77e9XbaDB3EfKOlZtm0UOgtySue1acYwAo4B7d6hzgDGKlhJLAjJIrFnTFF6GHt3qyUAU5PT0psKnbuPU1KcgZrNs6Uh0PXFaEQOMVStlBOa0ohhhnoKktC7MHJNTIo6U3jJ9qnjXjNBQMu38aaD/wDqqSQHIpFGGzjNAx69sipgR6CowCT0xT+gzQA7IzTjyKbxinj0p2ER+WCc9KQgqeKczbTihm456UAAkKr04pVmVvvcU3grimeXnOBTuFiypDcjpQenFVtrKPlJp6swHIouKxIM5pSM9ajE6d+KPOQnrSAechc1GH2vk8inrKhJAINRybM8GgB28HrxUDblcsDxTwqke3rULqwPy80wG7TuJPSmkkGgSuvVOKa8oPbrQMGYke9Vm28k9e1WF2twDTfKHPGe9AiDYM5zUcm7/wDVVgx/KcVGQcEGkwKEjbevNVGHPHers68mqR+U8d6BMgdOvFV2QEH19KuuMHNVnGDkU0ZyM6VcD271mySqrGGTlCcqfStS4OGZfUVj3SZI45reBx1Cu8bRsy+veqsiFlII5FWvMwvzH5h3oYbvm65FapnM0YMqFJDxTQWyBV6cbsn04NUn4bitU7mLRLBjzME4ya988FHf4dgcH2NfPqnLg1758PZVm8JWzDqCQfrmmCOpopcUYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAAooAooAU9fwpKcRz+FJigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4P4kEi0tmLEJuwPrXl7krIeelen/EqN3s7YgEorZNeX8tMwI71m9zSOxftMGDcT1PNXrdHlzIc4HCrVa1hXC8H/Gr4PzeWvUnnHas5G8B4D4wBn1q9ZRFVLEdabBCMAEdKvIgGMdK5pM7IRsWIoxt/mKdIo7U6M/KRimvwak1J7YZrQUY57mqlsuVWryr2pDQLz1qVN1MAOcGpM7QAaCgJY8daVdyjOeaTPpSjmgY7zWzyKeswB5H500egFSbcr92mhi7t3TFPU/LUQiAHTBoBkQ460xCyIHxuyKAuB1zQCSeVNSEg9qQCDFJ360/AHbmghfxoAbil6CgD8aGzQBH8rZBFNeJdvFS/L+NMJ9MUwIEXa2acwBB4NK+d2en40A5FFhjFOOATTg/3valJAHIpoBHJoAjbLZqvLx/jVhiQ3tUTqCKBEAU7sA1MofjJ6UqDjOPxpWbAoExpYgcioWkXn1qdzlKpTcdBQIhnHy8d6oyDHBq65HfnFU5cHpSEyBwSuecVXI+X61e2/LzzVaUdRTRDMu4bEm09Kz71DtDL17Grl1nzCcc1TmyYCT2NbxOSoUJVJjLY+YCmwn5ACc4NWgAYt3UdxVfbsU471qjmaKl0ixuwHfms6QdTWreKWKSdguDWaVBU1pEykRxYLDHGa94+HsZj8MxgjALEivCLcKZQDxlq90+HtwH0ARHqjkdapko66ilxRigYlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopwFFACnr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilqK6m+z2ss39xSaAWoktzBB/rpkT/ebFEVzBOMxSo/+62a4OdpLuUyzMWZj3qrsa2fzbd3jcdCp5rn9vrsdywTcd9Tr/E2n/b9Mkj27j/KvHtV0ubT7iMTAIWYgfhXpWn+M4wfI1RQgxxKBwfrXDfEi/g/tqxa0kV4vL3EqeOTWialsc0oSpu0kUIZDyFb2zWraRKEByNxrIstskIkyAo5PvWzY/OC2PpWNTQ6KNmacS5XNSouOKII8RjPWpQCOfWudnciRQQMmh+ozSrgcdacvMi8c0kBdtwAoFW1IU8mqKOEU881G14gBAOTSY0aXmAE4NNMqnvWek24Ak05G3N149aC1Yvq4INSpg96hjA2/WpoyFNMCUflUy/Wo/ve1Tqi4wvUUwuKaYeuadyTtI5prdeeKBiAj1ppDZzjrQUHU808KduFoAVegGelBweKAcDkUnvQAwqQwwx57U4As/XPFKVyfanqABxSGJsUjkc0woByOaeeT3pSpx1pkkLIp6cGmCMZOTUzDimm3Dc57UxjeAB601gMdRStHs460x4iF3evekBDIpzULDkY5qQ5x1NIoJJoFcei5FJIvpSqWU84odsjpQIrNnHPSq0wzz+lWm5BB7VXcUBcptycZqq4IfbnGelWJMI2SKqSk793aglkq56GqVw4D+1Xo8EZPpVOcZYg+tMl7GVddN3WqExXy2/Sr1ycj+lZU/B5zW0DlmJG6mBgpwfSoWJCLk8GmZO7g0M+QoNanMyPl4pUI5HSqW3J2jtyavgEMSBnIrPU4Zh0Jq4mUiDHlPuH1r0/4U3hk+025bLghyPY9683nj2gc9e4r0n4UwQbZpwD9oU7SQeqmqJPUh0paWimAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopwooAD1/CkpT1/CimISilooASilooASilooASilooASilooASilooASilooASilooASilooASs7XX8vSJmz6CtKszXv+QRL9RUy+Fl0176OBfVLe2kCSNjtVhZYrmLzInDj2NYGrwZvVOOo4p9mGtWDAnB6ivPPf5bIsX1q0p4xjrxXF+Ibbymhz6mvRYlWZzg5yK5HxnbEbCB9ytaOkkcuMSlSZm2UqmCOLPt1rrLEARqF7CvPrPP2heeO9d3pkw2KR+OauscmGNzsFFL1OaQYJxnkVIig9Oa5jvEDndzzStOsa7889qQkbue9Zt7J8+1T0osTclm1DB2gj8DUInyRjNZ0jKDyealjkOPf1osLmNdJGI4zU6y7RktWSt2UXkjJqN78Zxmiw+Y311IRDG/kU5b9mYMGzXLNc72wtT28kiHIY4p2BSOvTUiCCfpVyG7DNhXPNcvFck5B6Ec1Zs7za4Abp2NBVzp4rpt21hz71bBV1rHinVjyfpVuKZkAGaLFJlwoNvFA4HNMScHipMg0iiKQgYoAwKWQAsBQVwaBir0p4XIqJchsE8Gpeg4piFGOlNZscetNWTMuKfwWoAYB3PQ1JgY47UHmlzgUCGEZBqGX7qipSQBkmq7SJu6gj60AQOACT1piEBs9/SnyMuTg5qBsg5BFIRM2DzSEcc1B5metN83DdzTAdJnHFVZjj2q1vDDFQTAEZ9KBGfPknNVJMbc1blY81TducYoETR/czVWTk49anVyF45qtMSMmgTMyZNznHFU54Q3UYIrS684FMeHcPerTMWjAkjCnINVWwGxnpWlcw7Hb9KyyhErHsDW8dTjqaMlDAJvJ/wDr1UIG7PFSlxJG5XoBVPzAM85atEjFskc7gc9q9N+FURVLliPlJrzS3ja4lWNFLFj09a9z8EaMdL0ZWkTbLL8xye1NCOmopaKskSilooASilooASilooASilooASilooASilooASilooASilooASilooABRQKKAHHr+FJTiP5UmKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEqlq8fmaTcrjnZkVexTJYxLE8Z6MpFJq6sOLs0zyrUIi0sbkcD1pPKzEAK0ryEvHIhHzIxFRLGDEuRya861mfQp3jchhUwYKnp1rE1xDdCUNySK6TydyH2/Wsa9T94VA6DFXF6nNXXus8/SNkl24xg11elS4Cq3Ssa+ttlwSByDx71qWGQFfbwa0rbHHhnZ2OrhO5cn86tJkDI79KpWZ8yAnPQVdV0+zrk/MODXPc7mVLqTy168msp3ZgSRzWlcAOOD07VWCLuGWApoky4raWSQ5B981cFsyDOD0rfs44Aoyy7T79TV/7JaKOXXnqCaGwSRzMOkvdNuY7RjinSeG3Bys2SfaurUWq8B1596mVIW+XcD+NCYcpxX9jyW/XkDocVKLV8AqK7P7JGw6A1BJYKBkAD+lA7HMCKRDkjiplhB+ZSASOMVpS2TKcdQaqGDY3BxQBMgdYlZjV+1k3Lk9aorJlNpPSrlvtTntTKTNBTjvSrMOnNQZ8xsDj3qaONVOc59zSLROm7dk9qlzu+lRjP1FOB5pDE780pYKvFMkzn6VGWLmgBN/z5zipBIpbAPNU5GKHpmopZ/LUdz9adxGpuRBuzz9artefK3PIrPkncfe71QuLoxggfjzQJstXF3IEOGOW6Yqt58wAO4nHU1Qa9DN8xFRz327hTwOtFhcxrSXqKgywyaiOo8YHP41hNcA8kkntSxTnuPpQTzHQw3IlIVfzNTs6xthsVz8d6Ypc4wp71de885d2RTDmLMt4sZxn6U4XKsmQ2axZpQxOajjuPLBGaQcxqSyAg+tUmbnNRC538Z5xTS9OxNyyrfWq9yenpSq/wD9eoLmXnrQkDeg0df6USONtQCQ5pk0ny9fxqkZtlK7Hfr3rPlwykqcY61dnuFT71Yl3cDLrF/F6V0QOKqQG4ykkceQzU46e0Nmkr/edsYqa0s/JXzZBlz0HpV62ugl1CZo/MjSUPs9cVrcyjBs7rwP4NKrFeahGQT8yqw7V6eoVFCjAA4ArzKbxzqVzhbKBLdMYDNyaqm/1K5O6a8lyR0VsVnKqkbwws5a7HrNFeVQ3d7asHju5gRzyxNdt4c15tTVoLjAuEGQR/EKcKqk7E1cNKmrm/RS4oxWpziUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQACigCigBx/pSUp/pRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQBxuqRCLVLhNuFbDDHvWMMhtuOAa6fxBb7byKf8AhkG0/Wuf8rdK+O1cFVWkz28NLmpoVeM5xXG69fGLVQi5CofmA7117/LyTXC64p/tKVj35pU/iJxF+UsMkEyfanI8tF3GsK61aS5YrA3lRDpir8sc39gTKuTkdKw9IjtHv4I76Qx25bDsOwrphZ3bPNqc0bW6liPUr2L7l2w/GpRrN8Rg3TfhW1b6P4Zn1q8tzf4tVj3REnqfT61g2Omm91BreJt0SsRvPpS5qcug0qm1x39oXUp5upDn0q9b293J8wkmINdLFoVrYwqYkDuOpPOangZMYwEPTFYSqrZI64YeX2mc8NP1KQ7YllP1apV0bVurPIgH+2a6DzfLbOePrWZf62VPlq/zfXpWfPJ6I19lFbsqG1uYP9ZcyZ9N9RmbUlfMM8mB0w1V3ujuJbMj9+ail1loQAFAqowkzOUoRNJNS1hOlxMKf/b+uRji4JH+0tYia+5bLAHHrVqPVYJfvMAT71bhNdCI1IN/EX/+Es1lB821v+A0L4vu8/vrdT9KgSR1O9MSL6EdRWhbfY7pdssKgntU3S3Rpyy6SIovF9uXxLE6eprcsdfs5gNkyn8a56+8N2sqloJSjY+6a52XT7mylO4dDw61aVOS0diXOrB6q6PWUvlI+Vh+BrQhulKgbuteRW+u3NuwQvuArRi8WyRMPkzU+zl0LVeJ6skyt3FTdV615vD46gVf3kT7u5q3H48sxj5mH4cVPs5di1Wg+p2krugyQfrUZnwmQK5Y+O7Fwcvx6ZqGXxhYMMxOd3pT5H2H7aPc6ZpeTzVaW4jUEsw4ri73xVJJxAuAO5rIl1q8ucp5xweoUVUabM5YiKO9l1KNmIBGO3NZk93GxIMij15rjTHfzn5BKc+tPTTL9jgo4/Gq5Ut2Z+2k9kdB5kRziQAfWpYpYc5Mi4+tY6aJdMg4IPcE08+Grxk68/Wp90rmn2NctbknDL+dMJXcArr+dZUfh6/RuVJH1p02h36LlFb65padwvLsbysdmCoPHeiNSeg61zK6fqqc7JuO+aep1OPI3S/8CFKy7hzvsdFLjBLcYFZk82GyQRWZJd6jH9859iOtU31Obdh0BpqN9hOqupsfajuG2r0c+9QT1rmk1BCfmXFaFtfQZHzjH1qnFoFUTN+Lnn0qrcsGc4H0ojvYccSL+dRyTRlsq2T7VGxpdDQdsZLYFZ1zdBEO44pt5qUaBljyWHasWR3nfLE49K0hByMKtWMULcTyXD4TOPWpLe3VPnblu1Kke0Dt6U/t1xiumySOFtyd2SswOBWtp+nqw8xx1rCRwz/Kc4rsbDC2cZI5xWM3ZHbhkmx8VuEPQDHSpvPghOJJVU+9QTXPGE61jTRO8hL5Le9c+rPRR0Qkjk5Vw341e0OdrbXrUg/efaR6g1w48yNlKEjnjBrq9G3te2bg5bzFx+dEfiRFVe4z1qilor0TwhKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAcRz+FJilPX8KSgQYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQBleIIt2mGTr5TBq5ONsliO9d5cwie1liYcOpFcLZKfOeJ+SvH1xXLiFrc9PAz0cSvODg8flXL6vaGWbzCuSDwfauyuIwp/Gs6+t18jfgHmuZOzO2pG8TKs7RPJKuAQR0rD1XwnndNaZGeSvaupTsPSpQ3GKuMnF3RhKEZKzPJZoGhdo5EIZeoNdv4Rs1XTDMw+Zzz7CsrxpF5eoRyKAAyc/Wuo8O2wGhwFOCRk81vOd4XOWlT5arRZkSQKRG5wO1ZlzKVfMgw3c1rSJJng1m31nNINwIPHT1rjaO65lz3ssp8uI8etZwsZpX3HqfWt/TbMOSvG/PNaJ04xy4A5PetE0iHFy3Oct7DypVMhyvcVm65AouiyDCkcY6V27WZwRt6e1UrnTYpgEki3e+K0jOzuZ1KPMrHD2twYbaSHyVZmP3mHSlwkkYHl4kz1Brq28NRY+RuKWPw4InWQnKg1t7e6ORYRp3KNvp95aWcdwclG6j0qb7wDofmHat9xLJb+QOFxWI1jNBL8vKk8CsZWZ104uKsydLklcEc1BM6uhD8g0NHKOWjOKVLd5uinNYtGxy9/bhJiQflPTFZczSQSAhjiuq1exeGLew4B71iGBbk7ScYFddKdlqefXpXlZFZb6RkAYL+VDXTYxtWun07wd9riVjuye2K0Jfh7hcqW6VTqxuSsNOxwX2jH8INSRTO3IrY1XwtLYHKk4x3FZix4VUA5JxVqcWtDKVKcHqbOhaNda3cBEzsz8x9BXpmm+ENN0+FTJGrydyaqeDIYNP0nIADsOc9a0bzVhnG4ACueWrOqEbIJrO0QYRAorMuWtkXHH1FVLvVmbO3oO1ZE9xJMwAOAeuTWTZ0RTNA6jDCcEhselTx6vbFeTx34rnJY8EJEN8nfFZl69zbyeXuwe4pwptkzqcp2/9t2aNgvzQdXtJQNr4rh2stQCeaWTGM4J5NVBdTxvtdMGtPYuxksUm7HoX9pRFgC3HrUwkjlGUZSK4q2vCR+8GUPANX0uWtyskbblP6VjKnY6I1FI3preJh80a/lWDqGmW05IUbGHQgVrwXnnQhiQc9aqXBG/61KbT0LlFSWpyNzYzWp9VqqpZjtCFmPQAc11/kCY7WHXisq2uU8O+IUuJbcTxr/Ae49q6adRvQ4KtHl1RilpASNkgI6+1Oh1Ce1lWRZCw9D3rrbbxnpi3+oXE+lLsuR8ihQcGuLlU3dy3lR8uxIUds1tGV9JRsc8lb4ZXOiu4IbiOG8iG1ZVyR6GqnkjdgDNbFvp7CxhhkONozVhLWGLgLmsudLRG/sW1dmG67cA1VuCV/wB2ta+iGdwFZ12p2RLj5q0jK5nKHKSWFru5xk10cUUnlqC3ygcCqWlW5jhWQ9xitmNNygdBWNSWp3YeFlcr+Xtb1zUWwSSnjitGSNFT37ZqnHgFjjAzWZ2oqyQAzAY4NdV4dt/N1i0jXop3H8KwYk8yXPpzXceCrImW4vXXoPLQ/wA8U6cbyMsVJRpNnY4oxRRXceEGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAAFFKKKAHHr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilooASuEuE+za9NGOPnJ/Ou8rkPFEJg1S3uhwsi7SfcVjXV43OrBytUt3M+++VuOh61m3EgNuV960rsF0z7ZqhND/AMS53J78GuFHrzfulJGBGDUuFCgk8+lVx25qwicZ7mqZijkvGqkx28mOAcH2ro/D5P8AYduOoK81Q8XwC40VmVMsjAnFXvCP7/QoSf4cirvemZctqt/I0s88dqiMe8YzV9oR/CO1QBcNgDvWTOhIopZCFmmUndWlazxXKhWwHHFSALnkZB9KQ6av+tt/lYdvWgLEzRA8EU37FGfXPYVGl60R2XCEY71Y+3QEgjI/CmmMaNPUDkYHeoTYgE4HBqw1+SNqozfhUTy3J+7HTEU5YfLyapkKx6dKvPBcTHBG0U6DTwDzzzyaNRaEdvDG3zSAbfT1qV0thgIg/Kra2PydOKQ26r2qWNHHeKyv2PaBgZ4rlNLhM+oIgUnnoK6bxjKscqxnoBTfBNjG/mXztyTha3hpBs5px56ySO/0e1SKBBgAgVqtjG3ArKguFjbBGav/AGiORQBnNZHVy2MHxJbrLZSMVyQpryYKDce+6vZtTUPAwz2ryGWLyr+RO6yGtqW7OTErRM7PT5nhs054xUnlSXSlx93PSquno1xaqM4AHNbNoDAm0crUSetjSEdLmNJp9yB8iZHvVZrGckg5HqK7VJY3jwVAJ9qozwDJK1JaRiWNo9pNvK7vwrG8Q2zS3fmxRHBHIA711yZwV70xrQ43YB9ulVGdialNSVjziZbjgMXyvTPamLG7yfPlmPrXpUul2TQbniBk9BVRbG1UDEK/lWvtro5lhUmc9HYAaeFZcnr0qgY7mDhlyOwrsXtwV4GKz57T5x3rNzN1SSWhk2dw8TYYYU+vatQyBx936ZqndRYJCoee1FmtwTtcHA7GoauUrrQ0oYAzBm/IVheKbdVmiZAeRzXV2iIifMhz6msHxUVAiHT2pwdpEVY3izndN0eTUHJOVjHeuns9Gt7PBVfmx1NW9EtxFpiEfeYZqd1bOK0nUbZnSpKKuQlOSMmmsnfvUmCDzzSkelQamReoRg+9ZM+WuBkdOK3LxRjJrIjjMl0DjgmtIM56kdTptM8r7KFYDIq6FUnIrJsl8rq3PTGa0kfPA61jJ6ndTVkFwF2/TpVIgiPA6npV+dcxEtTLOISuHfG1e9CNULaW0jPHDGMyykAfWvVdNsl0/T4bZcfIvzH1Peuc8J6cks0l+652/LHn+ddfXXRhZXPKxtbnlyroJRS0VscQlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopRRQA4jn8KTFKRz+FGKYCYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKxPFNsJtHaT+KJgwrcxVe+gFxYTwn+NCKmSvFouEuWSZwKzF7ZU6t3qvetjSnXvmrVogLBcdKp6y3l4jJwGOeK81LU9lvQz0BIGauR428YyaqpyBirSAHDEdKJCiF3ZrNYSxkfeXr71neEWWPzbQ8becV0FuCR83Oe1cRf3L+HPGCuQwt5jn2xRGLk7Ic2ormZ37DAqm2A2R+NPku0kjRo2yrDII9Ki3ZPrUlonjx+VXoSCoxwfWqMa7RljxV+B1kTK4/KnYola1imXbIo5qH7CkfAGasJ15PFWdisM4ppCsZ4jSMUuOcAVdMSt/DT0hQdqBWKaWjSDnirC20USc9atYwOnNRuFB5piKs2AgAqnMyQQNK3Yc1bkAzjsK5nxXqAgtfIR8HqT6UA2kjgvFN6b6/WNOWdsfSuz0GyFpp0UY7DmuG0K1bU9Za5bJjjPFek2ylIua1mrJRM8NFyk6j6lpF28mphJjp2qNCSlQvkNwayOyS0J53DKVOfavLdfjNrrznGFc7hXpMr5XjrXC+L4SyR3A6ocE+1aUnaRxYmN4Gp4ckEpMR64yBXTrb/Lg1wHh698u5gk3YAOGr03YHQEY5GaKkbMihK8SFLXcnB5qORWjOHX8a0LZcjHv0qeWFJBg4qDcwWh+bIFTIQq/OmfU1PLaNExZeR6UwS7TyKQxrRxSD5SR61UltT0A4q28kbHgYpDKqEd6QWMv7PLnZj5qe2n4XcTljWqZY2wTjIqtc3USDGcmgDM+xIql5AN3Y1DFEHlOBwv61OWe6favC+tW47YRqAuaBMjZAFGB9a5PxV81xbovr+ddgcjr69a5HVcXniOGBeQrCnHczqL3S/AXgt409qnDuRzz6VPJb7T0HFM2fLjpRfUdrIjIz1FJzninHI4I6UzJz7VZBTu0BU+1VdPtTJIWKnCmtCX5gRU9htg5I+Ujmmid2M+zkZytTQRnI9vWnSzq3AK0+2YE9PpWb3OuOwt058nb0JqSxtJby4hs4PvSHr6etV7whWA3c123grSTFbnUZh88nEYI6L61pThzMzr1VThfqdNZ2sdlaR28QAVFxwOtT4pcUYruseI3d3ExRilxRimITFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBAKKUCigBx6/hSU4/0pKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEoIyCD34paKAPOZlksr+aJhhlc9fSs3V7gXNyqgYCjH410viqJo9SEv8LJXHs2+Rm9TxmvPnG0mj1qc+aCY+IcYq5Hngdqqx8kCrkCZfms2bIvQD+L9KyPFWlR61YbEAE8fKN3+lbBKgYXvVeXpj9alXTui7KSszjPDuvm1Y6XqeUZeEc9q6pQRKHB3L2I6GsnWtEt9RXzAAk46OBWTb32p6KRHIDNCOma1k1LXqYxjOlpujvo0WRcE9fQ1oww4AVBiuKtPFloT++VoifxFb9r4osHT5LhT9TRyl+1RvxwAdamVAp68VhjxDbYBEox9af/wkNt68e1HKP2iNvb3GKazAdRwaxz4ls1GCSM1E/iSz/v8A4UrC50b+eP5VFJtxyc1zM3iu3jBzIAOxzWNf+NI0RihLnGQBVJPoS6kUdNqGow2UUkrvjHQV5P4h1uTVLs28BJ3Hk+tOvdS1LXJCkSsVJ6CtbQ/CxtSLi5GZTyAe1WkoK8tzBuVZ2jsaHh3SvsNkgIKs3J9a6eJDsCgdaqxDBAwB2+la9tGoUE9TWTbbuzvglFWRD5RUZNQyjpxitKaElcjH0FZ86kLn0pFNlSdtq4HpXP6tbG8tpY8feFbUz54qIxqwxihbmbV1Y8zsJ2sb4xScYbaa9a0W7FzZR5OSBjrXE+JPD7y5u7dfnX7wHeofDPiI6dILe7yEzjJ7V0u1SN1ueer0Z2ex6zbRnDHselWfKHBNZ+nX8U0SsjKyHuDWlG4YnmsGjrjJMjlhz06elUXtAW+YcVrcHg1DItKxZktYqD8p/CoZbF2HXFarx5aq9wGA49KTGjKOks3/AC24NIdLVAecmrOX3cZqc/cpWGzM+z+WfkGD6U4PkYbhh2q05XHvVN0Z5MoDkUyWRXMi28DyOcKork9Bje/1e4v+SqnAzU3irVC23Trc7pZDh8dhWvo9gmnaZFGv38Zar5bRuYX5pWXQtlSU5HNVnQg9DVtyGXIqrK3r1FZo1ZWYg5yfwqM8mlcDrjmmE4FaIyZDKe1XolDW7fSs9zyP85rWjUC0UAdRQxR3MuNd78jIzWjGpjXNJBb+VJk9CeaW8nRF2r17AVO50cxPo+ntrOtRwAHywcyH0FesRRJDEkUahUQYUDsKwfB2jjTdIWaQf6RcfOx9B2FdFXbShyxPJxFX2k/JCUUtFanOJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAAooFFACkc/hSYp56/hSUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAcl4zYqkXH8J5rhB0rufHb4trdR94k/lXDpjIHeuGt8Z6WH+BFiEELzV2A46/hVVRhRVqBeawudcSxu/SmPhqH4zTS3FJGiImTJx3qP7EkxAYAn3qfaGbIqxFGAePwqka9DJl8MW1x95ME9MdqpP4JHPlyFa7BFO3irUK84xzV3M5U4vc85l8E6jnMNycD3pYvCmtRnHmk/jXqKoOMCnhRjmjmZl7CHY8ul8K65KMLIR+NU28H62ThpD+detP14OPemHaE5xTUmg9hFnl0XgO/b5ppz9OtbFr4HtY03TMXI6iu3Z1xnpVO6uVjjPNJzkHsoroZMOn2tlDshhUDoTUb4FLNcZ59arefv/CoLSsWE+nNalvllyemKykOeM1qWW7aP5Uy0XsfJxWZc5G4YrSeUop4H41m3MgLE+vagLGTKCrYPfpT4lwc0TyhsDgYqNJcNQQy20YdeRnPaue1fwnFeEzW5Ecnf0Nbou13YyKtJIpX3NVFtbEygpKzPOoX1vw7MMB9gPIHKmuv0TxqZwqXEBVu5HSt37JDcx7GQFT1yKpz+F7fPmRAKx644olOTWm5nGiovRmtH4hs2UGSVVJ9eKnj1G2kGFmQ55HNcdqHhK4u48LMR2FYMngjVoSWhunH0JFENV72g5qS+HU9TE8Rx8yn6GmTYZc5H515jDo/iC15+1S4x/eNSGPxAuf9Ik/A02hLn7HfKNp7ZPSmzFfLPzhPcmvOZIvEDdLqUfjVZtM1ec4nvJdp6/Oaaiu4N1OkTvZ9S02yXdc3kf0Dc1z2peL/ALSjWmjQsS3HmsOay7bwvGWzcSM5rfs7C3s02RRAH1xT9yPmTyVZfFojP0TRDazfbLw77h+ee1dJgYz2qBYzuzmpySE2ms5NvVmsYqKsivJ8hqrIdwbrxVqT7hz2qlI2QcfjUoGVy3rTO1PbrxUTHnFaIxZG/X1rThcvFGignA5NZhJ5OPrWtp52RBu5GKGKO5NKwEXToKZoemtq2twQscru3t6ACmT7tpJPGeldd4DsAqT37dT+7X6d6qlG8rCrT5YNnZBQoCqMADAFGKdRXceUNxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAIBRSiigBx6/hSU4jn8KTFAhKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4Xx42Lq1XHVDXJoPnBH4V1fxAIFzZjvtNcvbjBya4K3xs9TD/AAIsMeQOKuRAqhNUgMzLWnt2xgetYM6kVTnB55piv82DU8igDNQKPmzQjRFhFBHFWEAC1XU4PFTITuGOh61RqXITxVhTtPFVVODUwbjigTLKSflUjTDGaphvTrUbylepphYtNNnJzxVWS5Cng9KpXFyApwTz0xVAtPM21c80rj2LtxqYU4B57CqT3DzfeJxTjprIodmyT7dKdaxgkg9M9aLEPUYsRJIPNQyR7TxWs0axrnFUJ159M1QhsRwwBHWtm1bEfA5FZ1rbs+D6Vt28BxjHTrSKRDMwwSTyKybk8buee1dBJaDGcfhWfPagg+1A21Y5rzd5P170gb5sCnXMRhmZcY5p0K7mzTMyLypN2Tn1zT45nRwc8CtBYsxkEcdqpTwlAcU7ILGzYXSsAK2FlDAA9K4m2uTG47YrorW7EiAZpMpI2QRxgjFSBFYgVSRx2OfWrCSlaVwcSZ7eLaPlqpJZx4PyD8qteZnmmSNu46UxJGW1lF2Ucmqs2nx56CtRgRUEr8cEU7lWMZrMIeO1RtEAa0pPmyfaq7AbKV7iZCOgOKVhkZpC4FM38UiGRTbSMZNUiuGII4q055OPWon+7k0iGU5eBVc521YlIJPPeoGPOO1WjF7kbHIxWrpvMK+lZLZ57VpaW37v6U3qJblq7I2le/avSfDVn9i0G2jyCzLvY/WvNLk/vOPSvVNGy2i2Z/6ZCt6C1ObFN2RdopcUYrpOESilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBBRSgUUAOPX8KSnEc/hSYpgJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLiigDzvx9Ju1WBAfuxfqTXPW3AGea2PGr58RyD+7GtY0GcdK86t8TPVw69xFmPmcYrQJO8AjpVG2/1nfrWhHh5DWLOpEcykIGPc4qEAD8Ku3f3UTHeq5Xg8UkWg78c1IpI5zTFHFOGM9eKoq5YV9y1KG461U3KvApGl/zmmO5c80AdeaqzSckZqMyYHBqNRvfkmgLirEZWxitSCzWNc45pLdVjAwKs7wc0E3uVbgAKRWMLjyHYMQOa2bogocVz17F5wIPHvQBO2r2y/KZATTTOswDBuK56WwkEuWU4zjNWbXzIWwfu9xTCx09jIAcda345kEIP8VclbSlOma0/tRZeOD6ZoGjbWVRksaqXc8YjOB+NUBMw5LH86rXl2AvWhDaRnXuHfpzSWhA5zxVaWUM3PTNVZtREIxGfmpkHSK69Aap3RGCetc7HrFyZcN932q79refHc0XAmtkLzkjtWlH+6YFcgVHZ2+1Qx6mtPyQyYIxSY07E1tcfLkmrST5HWsf54Xweh6GrdvKuBk0jVGn5vy9Kb5pP+NRqwxQQM0AOaT5TVZuv1qQ+nWoXP8A+qmIgf5S2TVWRjjHbFWJTuqo7ECkJkJOD0zTQ5P40jMDkE/hTR/P0oMpBjn1Heo2+6am5xUEp5xnmgzZSlAGcVGORjtU0gycd6jGF696tGTImUbcY5q/p67YePWqkgwMirtoVFsDnnvVCQ6ViZMV65paeXpVqmMYiXivOvDWlPq2rK7ITbxHc7Hp9K9RAwMDgCumjFpXOPFTTaihKKXFGK3OQSilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigAFFKBRSAU9fwpKU/wBKSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHmHjfjxJJ6GNf5VjxEFBnsa2fHIP/CRMf8ApmuKwoCcY9DXn1fiZ6uH+BGjbD5ic9KvWzc9M81nW5xkZ7Vo2Oc84NYM6kPvDuuFA7inLHgYNRysPtf0q4AOhNJFFcx8dOaiMZUkVf2KvUVAw+b9BTGim+4cEVA7beTV6dWC+veqQhMjZY/hRcdxil36D8as2+FILDrSEKvyjjioy7KMHNUiOY2BKvbAFRPMAetUo5SRgmhnwc8Zp2GmTSSZGB+NUZjgkbakMhINQsd4osO5WkwV5qmeJKvbMnpxUDW5MmQKLAmEc2w7W4B6VaFwFUc81XMB9KikhfqPypjLpuB1Jqrc3iKpBqoRL37VXaIu+5vyp2E2QXFy0rbVyAO4qFIv7wq6sHP3ak+y55H1p2I5iulqnBxV2CFQwwOBT1iAUVLAArd6VjRM1bYZQDir6g4HrWZA5A9zV6KTaee9JoTHyRbx0yRUMabST+FW92RUUg9qkqLHJKAMU8vxVbj8acCQOTQXcm3HrnNMkfIzUQf5utKzr+FArleRxyM1Wc8cVJIPmyD3qJxwaBXKxHOaevYEYph4FOyMDPegzkSZ5xUEwAzg1I/TrUL9fwoIK0gHB9ahP3u31qSU5Gc9KrsTVoxluOkOFwK1/D+g6hrUqrGhjtgfnmbpj296x41Ms8aDqzACvc7G2S0sYYI0CqiAYA9q3pQ5tWc1aq4KyGafp9vplmltbIFRR17k+pq1RRXWcFwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAopAPPX8KSlPX8KSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHnPxBh2arbyj+OLB/A1ydvJtcg9TXefEK2LRWc47blrz4fLJ71w1l7zPSw79xGnC4JrSsm5xnr196xoW/eqPetKFsScVznYmTSRkXTc5zV2L7uDVMnLknrVmE4waktFxvuE47VCikjOOanbmJsdxTYl9TTGVJOcgmmHYi5IwwqxOADuxWRd3IHC8gfrQiWOmK53A4NMFwGG3jiqIvVbg/nUbP8wZWxVJk2L/ANo2nikeRi2RnFUwxLirKM3AHNO5SB3fHXAqJJHVuTz7VNIp29OTTY0xzjmmMnRCw3MOP50/CjpTT5hUVHsfOCTg0XAsEfJnAAqtuUmkYS42gErSLDJj7pphYXarA8DNQmJd3Aqx5bAcDH1puNvJ70wI/s429OajK4IUVaEhBxio2GTwPpTJ5SnKdsm0elSRnYu4jmnGMk5Ipr/Kvr60h7EkM7bsk81aNz8y89KzCxU8elOVs8ntQJs3YbncOTU+8MvUViwzA49fSrSynBJNS0CZbYYamlj3qJZgT1zTi4YfL1qNjRMC3oaaWOKUxsRkcCkKnoaLjuRMTjmo2BPAq0EyOnSm+QT+dO4rlAgeYQe1Jj5sA1ZkjAOePeq7j5ulIlg33OtQM3FPZhjFROe1Oxm2QvjaTiq/BY1MzcVCOua0RizU8O232vxHZRgAjzA35c17VXl/w6tPP12e6I+WGPA+pr1CuyivdPPxDvOwUUUVqYBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSU4jn8KTFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQBzHjmAyaB5g6xyA/nXmEgP3jivZdetReaHdwnvGSPqOa8eb7vvXJiF71zvwjvFoSBxvGTWxbhW9zWEDtkrWs5fnHauVndEuMCr4PQjirUP3cjn1qGfHlgg80+AnAPTNSUaAPybfaki9M02Ntxw1C8ORSLEnClefzrDuFUyECuhZAVNZclqGmzTTE1cxJNPkl5TA74rMubLUEyY8e2a7FLcZ4pZrddvQH1qrocUeeR63d2E+y7iyvqOtbtnrVnOm5ZAp9DxUmr6Mk6FgOlcde6U8SsBke4PStEoyG4PdHoK3lvIoIYVZRoWHYmvMtIa5RjbtMck8EmujtornbzcdOpzmnKm0YRrR2eh148ojjrVmMQsBhRXDw6owuGtxLuYVow6lKrheWbsM1FmbKcGdesMZH3R+VL9mXsBXOpq16uPkLe2KsL4hlUfvISMd8UK5fu9DYNtk8gY+lRS2ELgZUCs4+IQRkLUL+IuM+W1O4rI0m0+ID0HrUD2yqcAg1ly+IjK3yxNiozrK/ec49jS1Hp3NCS3U5PUjtVGSIkEUwavuBIOQe/rUT6nF6jjqM0XZLRG+Nw7UJnJP86qXGs2m47pFBHQVQl1+3XhG3H2pq7MnY34yd2RzirOcrzx7VysWuys2I7ViD3BrQh1bdxIjKaTTA3FOORmp42LMOMc1Rtr2NlBBFakCb/mqWNFlVyKNgJx6VPEpbg9KdIoUYHWpLIDGABio5enX61OvIyOaimxtyeaAKUo+lU5Tz1q1c4461Tk4HrQiGyEnn2qFzhjzUrHCH1qqxBHvVozbI5GyeO9MJ7d6Q8mprK1e+voLaIZeVworRGLdtT0/wCH+mtZ6I1zIMPctuGeuB0rrajtLZbS0ht0+7GgUfhUuK74qyseXJ80riUUuKMUxCUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAAUUoooEKev4UlOI5/CkxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUANZQ6sjchhg141f2/2XUbm3P8EjDH417PivM/GtibXXjPj5LhQw+vesMQrxudWEladjk5lI+YVZtWJwc0kkXHHeq8G6OQqxxzxXCz1EbyyblKE9qIJGD7fSoIskAinsDFJz35pFGtC2WBxVhgCwbvWfDLkDHBFXwQ6g9xUsaHZ4xmopI/TmnZOeaUNk4X8aEMYkYUdKbMuaezYfB6UpwR60y0zNnXIwRWLeWKMGO0EHrXQTpVJ0xweQauLLizj59KG4nBB9RS2wa3j8uXJU9cV0MtvnII4phs0I7VqpXQSpwlq0Zmn29qtw0pGCx6mtO6+yiaF41xtPPPWo/sOMgA1GbB85yfbNIwlhv5TqrS7sDGN7qOO9R6ibHyHcOmMY7Vy0lhK/VzzUL6NNIMeYcfU0uUz+rzN+C1tGiUlgc+9T/2fabWyydPWucXSrlEC+c2B70qaPLu5nkP48UrFexmQy3McN08ZUFQcZFVNSdZLcmMcnPStFtGXOWyfxo/szn7rYFaKw1hZPdnPWF3JHZNBLG5kX7px1rNks7yeVnDsAevNdi1ljtj8KctjnkKOe1WpJamn1aNtWclDoTSHc5Yn3rXs9BXzAzLgCukis0jUZGTVmOEE4AGKzlUfQTjGOyKVrpcCDhB6dOtX106Pbwo59qtRxBauxIAM1k5NiMVdMt0fATDVoWMRjbGflqWRoxJtP3j3p1sQMj3pCsWcAVBKTnOasHaehqtIeSP5VI7hkbcVUmcDj+dPkm2qRnFUZJSWJ9qCWxJGJNUpG4JqWVmxxVOV+xPNUkS2RyNhcZqqzEAjPWpJZOCfTpVYt2PWrSMpMXp3rtfh1p/2nVpLxkyluvB7bjXFIpdlRQSzEACvb/C+jro2hwQFQJmG+U+rGt6MbyucuInaNu5sUUuKMV1nAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRTgKKAFPX8KSlI5/CkoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigArkvHtt5mmwXIHMUmCfY11tZfiO0N74fvIlGWCblHuOamavFounLlmmeUpynHNU5kZX5/SrUbZUdR3onQvH6GvMZ7a1Q6zkJXaTzV9xviB7isWEbJRuyD0Nbls5MWCQewoBDYic5Har0c4xgnr2qtsKt060rKRg9RUspGhuyetNDiOTJzzVRZsYBq1GyyLg8ntSKHuRzgU1TzinhefrUbqYznrTGhrcVUmjzzVpjk8/hTeMH3pjKIjHepFiU8YqR48H2606MelNMvmHLbowwRR9kQ5pSONwJoEw7GquHMiL7IFA9zThbDHA4p3mk0qSheafMO6GG2GMGkFvHmpXuFPQ/lUQlGc80c4JiNCoPA4qBoiT04qwZM9OaYPm6nAo5g5io9t3PIqMxlWwBVx2UDrUWQTxSbIc2Rhc9fyqxCoxTVSrMajoDUk3uPQCpQaiOF57U6GRcsTye1Ag8mM5Jbmho9uCpprKd4Y9+ppGmCjg8UCJA5I+lQSTDODn61E9x1CmoWZmA70hXGzPng9zVRmGcdhUkhNQvgDOMUybkUshOapSscknmppJOKpSyelUkRJkbtk+9IAR2poyT0zUkcTyypHGpaRyFVR3JrRIyudN4G0RtW1xZ5FP2e1Idjjgt2Fex1keGdGXRNFhtsDziN8rDuxrXrspw5Ynm1Z88rhRRRVmYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACilFFACnr+FJSnr+FJimAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUEAgg8g8Giub8Y+JT4e05fs6h7yY7Yl9PUmk2krscYuTsjhdatls9dvLdRgB8qPTNViSFwe9VGupby5a5nk82SU7mfPU1YVztx1rzJ2bbR7VNNRSZWmQq4dRx/KrVpKx/CmSDcpFMgbDbaixbN2P95HweaNwIwe1VrSQg8VNIh4kXkZ59qBkLfu2wTlSeKtQOOOeveqlx83GO1RwylTtJpDubJIxu7ilL7lx1qKPlBzT8AUykxpXnimNxU/UUwqD9aCyEjIqMrtGanC/NimyJk4oFYhV25GOCOai5QnjrVjYy89aQqGXpVEtEKSEHnFV55GDZWp/L67T0qBlJOCKdgQRkkdaf5m3jHSo1iOTjtUwi4BbvRYYzex5Bx7U0+YeecVdSNQMdadsGOmKQrFBYy3U5pwGPwq1swaY6gfWkVYFHANOBO7ikRCeSMVOqqvX8KBbDHznBpY1IOSKc3zMMdqljIxhxkUEsZNKu3A6AVQncBcg81NdqDyD0NZU8xL4z0oZLY9ZMNk0GcEbF9aqmQ52ryxq3BAEA3EZPWkTcRk2rkHOKpTS9+w7VfuZVC7FFY9w+CeapEtkUsu5iDxVNic08nJ9zQFUDLdKtEbioDt5rvvh34fW4nbVrhMpHxECOCfWuR0fTJta1KGzgU4Zhub+6vevdbO0hsbOK1gULHEoVQBXTRhd3ZyYmpZcqJqKMUYrpOIKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoABRSgUUAOPX8BSUp/pSUCCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooqG5uorSEyTOAB0Hc0Dtcr6hqtrpsZaZ/mAyFFeAeMvEF1dXstzI5zPkIufurXoniaaTUYLi5B2MpAC+i9/xrxDxLfG71uVY1OyI+Wg+lcrn7SXKtjsjBU4cz3O10P8A5Alq3Jyua0snZlfxFVtFhZNBto3GHVOR71ZQlT6Vyy+Jnow+FEv8AIFVicPVpenNQzoMlu5qRktvNhhzWnGxfvwetYsPcHqKtQTtG4GfrQIuSqVzmqX3Zhk4B9auSybgAQKoTdM55FJjNWB2Chc1YBI4NYtvdHCqT06GtYSF1z6CgaZZjbIp+ARmoELcZ71OrcdKDRMTGKCpNOxS7gFwaZYmzPaoTAc8cVZ7c0gZQcZ6/pTQaFI2xJOe1R+Rl+RitFgMZzUUkeR8vWmSQBFC4Apyw55OMVPGAq+/emsxBxQKwoiXFMZOcAU3zSvXoaPODNjNBVhrxgDNNWPd1qYOrn1FMdgBwcUgAgKOOMUwuNuO9N35FNB/yaCWP7e4phuAh20oPHPSs+eXblmPNBm2JdXJ28Gst5CSeaWebNRwrvO5jxTsZNlq1QLhz1NXJJVHbgCqYcLx2HamTS5HFTYYy5ueM55rMkYs+4mppG3H6VXPzNVpENgF7k5px9T27UcAetCI00qoOrkAVQr2R6x8N9NFvoTXrxgSXDnaxHO0V2lVNLtFsNKtbVekUar+OKt16EVZWPKnLmk2FFFFMgKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/AEpKU/0pKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiioLu6S0t2lftwB6mi9hpX0GXt9DYxhpDlj0UdTXN6jcvqVwjeUyKqkcnqaW58y5jaeVjvbp6Co9PY3UBjdwHXpiuOpVctFsd1KioWb3MLVJN9hIGXaQRurx5bVX8R3LOucTE817brVu72s4jUNIq5YDvXkbxeX4gusc7pN3THWsk7XsdLSZ12nAi3X0p9wgWUEd6SwAMK/SppoywB9Kx6nSloMT7vfB6U11LCkjbHB6VO2SuR070xWKQADdasKAV5PPY1HMu1s4x3py4dc/xUyR3nbTh88dDSOFkTKcnuKZIpKdPrUcUrK2PSlYBqdcZrYspAE25OayJcht6jg1Zt5ujfpQCN1e2OlSpgiqtu++Ln71OSX5tpPIoNEWjw3Pao5Wxhs0CUZpHKt1poq4LKXyelJkluDSIpBI6A1Ki4J96YrgN2QDTgwU49aUnHahdp5oGmBQ9u9MGQ+TU2cnAPWg4II44oApvtLEVTSP98SpOOh5qzcEIxAPWokBU/WqQXJAREw680yVxng0TNg5xziq7SZ5FJom45peMKOe2KQs3APFRoT17mklf5QABkdakTY+e42px6VjXFzvJJ4zU95OMAZHvWaSCck9aaMmxF+Zsk9KnDZPtVfO3jg0u7nimSiw0mahkYmkDc4zSFu9JILkTnsOtIoIH0p3qabjI7gelUIQgVp+HbM3mvWUABIaUEj2HNZ2McntXY/Dmza4183H8MCEnjua0pq8kjOq7QbPWaKKK7jygooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/SkpT/AEpKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKr3d7BZR75nx6AdTXL3/iG+kGbb92oPA71MpqO5pClKex1dxcR2sXmSnA6D3Nc3cXMl9OXuFIjH3EB6e9ZUFxe3dxm9kd8LlVPSrltK0Vw1vcH733G9fauapV5tEdlGiou73LF23mWThPvAdKzrZ3i2yRoN2OrcVoKTHIYjyeoPqKr3CGEbiCQx4x2NYI3ktC80S3KLMF5YYP1rxfxJaNY+KGborE44r2e2Y+WCcj/GuD+I9kHjjvlHzI3zEUr9AiupQ05wYkPXvWmVBWsDRZg9qhHJzXQxY2cjms5HVDVFCSPY2R3qRDkexp92hxlfWo48MOOKENobIOMYqsQR0q8wOMYzUDoMcUyARsrzjNNkjGcgU1TtbmrOAU6cGgRTkb5NtRROY3571PLGQOOnrVduCc0CZpw3JUjn8an88Bx1zWLHKQcVaaXcgOelOw1I2klBPrUwGVznr2rDhuGR/lPB7Vp29xuPSgu9y2HAGCafv59agbDc5pgkYHGeKpBcsB85zwKdwBk9arptLH1NSNyMelFh3Hb2Jx0oZivem+ZsFR+ehBz1oC4141di5P4VHMwVlKZ980kkgxgEe9Vnm7UxNhcXGDhhzVY3A6dqZM/ryDVcFQeaRLZoJKOT6VWmmC5Oahefy1JzgHoKoyzFzuJ60WIbGzSFmqPfx70jHH1pFBPSmQPQFj0qXaOvaljUBKGODgcCgCNgN2Rmoyac7c4BpAKAEAJNKAS3enBevan4x27UhjSoxivRfhjCUhvpOzFQK87fCr711XhbxHc6HbNGYBLCx3fL1rai0pXZhiE3GyPW6K4s+PlGx1si8Z+/82CvvXU2Wo2t/CkkEqMWGdobkV2KSex5zi1uW6KKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lJQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUhIUZYgD1JoAR3VFLMcKOprGvfEcdrLsji8zj1rO1vVZrtzbWjBYP4n/ALxrnrgSx2xIyZGIVfesJ1rO0Tqp0L6yLeoawZ5/Mlbc5/hHRRVX7XFJnYSwI5HanxadFYQmW7fzJ2/hHalTTtRuSTHtgi7Ejn8qweurOle7oia2vnfySkRzHxyeo961pFSWMZXJHKHFYTxT6YrNI6uy/MrDgt6itdJJDZpMgByN22pKT1Lifvou3mp09xQlxDLmJ1Ksw4zxUasokhuo87W4Ip9/ALhN68Z5BHY9jUl6CowifbJkg8Z9Kqa3pUWo6dNayLy6nae1XrZxNAu8DzB8rAetOZjJE8TgCReVpMuOmp41oqtZ3NxaPlXhcqQf511ETZUGsjXIzbeIWuimzzPlcDgEjoavWsuQBUSNYGgVDJ0qiIyjnsM1eU8VDPGd31qUW0VyD1GcU1o8ruHfrUgBXAPfoaeo4x60ybFCUfpSRs2PlNTzw5yR+VVeU4pktFkurpg9arSIcZPNKG96fu3DB70CKTLjpQrsOpqd4ueKhZQDzTQrEiuMjJ+mKninZGyG/WqDqQMqeKh85xwe1MNjoVn34y1TrN6kVz8V4EIz2q2t8h4zzTHzGwJPnzUvmY7jmsr7YpA+bmgXIYHB5FA7ml5vUHv71WkYjpzzVQzgHJP4ConvAvJGBQLmLrEBeTVaSTafmOFFV31Dg7QD9apXF3uGDzQHMiaa43kkdBULT4HvVTzyQMd6ciMzcmhIhsXe8hyT0pcDHNSEBelRNlqYrjG+birEKHaOKYqjipC+FwO9FxWJWYAY71XZiScEUjEk8UiAlun0oGIFJOak7cdadtpdnSlcdgVSBzT0HqKcoB49OtOYDbz0pXHYqzuscbO/3V5NaOh3SszWzNz1QnuPSsXWPl02fHdaueErhXhimI3BkA6dMcVrDa5hUV9DfiHlySxFc47n0qPTNWOhalHMimQsOATxV6bC3RLrwwrM1S03jMfb5kb+Yq721MbJqzO/tPHUM7RrJasgJwx3dK6mG5huIw8Miup9DXh+kM94XLT7IYzggdSatyJLFdpLFdzqU6KkhANaxqvqZSoLoe1UVyOi+MrZ1itbpJo2+75r8gmuqinhmXdFKjg+hrZST2Odxa3JKKKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFFFABRRRQAUVWnvI4Tjg/U4Fc5qPiCZrn7FBJslPU+gqZTSLjCUtjfv8AUobFME7pTwqDrXM393POC0shOOSmeFqERlOBIS56uTk0zyflIzlR3Ncs6rlsdtKio6soo++VWmfHPA6ZrcgSGJftMgBYD5Qaop9mjUF13P61La29zO++dsR54X1FZG9iSzsGu7lriZcRZyFI71dnmI3KqlscACrJbZFtXgAVTClXyc7mP5CkwSsZWo21xNG+whiBnBqPQ52G2J2+90B9a2Xt2YnB+X2rnLpP7N1jcW2QyjIJ7NTQjqVt/LQsMeW3VT2qNJHgfY/zRt0NS2Nws9uhbDMBin3EK7gvQMPlPoaRRXlD204miXcuPnX1HqPeo/tiSFZFIKMcA/3TSC6I/cSELOnb+9UcEaGZkKAwynIx/C3pUu5pBrqVNe0OLWdKfaNskWShA5zXB6fKw/dyZDRnY2exFeq7GjIOSUHBHtXn3irSm0nV2v4wPstwRnH8LUnsUnZ2LMXCjnNTOodOOoqnZyh4lPbFXVxUGxTZP/rURn5sEYP86ndN3I7VG8ZdfRh0NMVhrKOc1Vlg+bgfKatRTqSY3GHpJspg4yp64oJsZjptJx2pu4VekiDdOKz5VI4YdDTFYfu455NMYK4pvbHegAkc9qBEZ+U4PSkaJJOVqXOB83IqM5Q5B4pksryW/wDkVGYZFPymrwYMOetGATjtTTFYz986HrSpcyKST19qvFOeeaUQRt2FO4igbx2xnP8AjUbSu3qa0fs0ec4BpwSP0AzTuBl/viMU5LVj94mtB1VB2BqFpeMCkKxGLdU5P4Uu4IOKa5JHJzTRyMCgBpJbrUiqetKBgepoLHOKLhYHIAyKjyWGKcFNPCdOKQ7DFQj7x61OEK/dqQRdKeV49OKB2IcZPPagDHHc9KefpipBHxupDsMVTnnmlb+VSeuOMUxhx1pgzJ1g50+Ue1Hgi4jFkyOcCOba3sGpNVBa3ceorE8M3Mtvqc0SDPmgEg+xreHws5qj95HqMiMyqm7JVuGx27Us0PyYJx3FSRMfJeNxyPmU08uDaKTyyjimZ9TnZYltboyxf6qQ5cY6GrsduLgbosuB0fOOaW4h82GYDBx8w+lVtJumwYJHMbr0461D0NVqi6I1SLEr+VKDyrd/pU9pq15Yyq8U2VU5xSXqGHYWYSMT/FxioCsUwZGAU4z0xVJ9jNpdTs7Hx9ayP5V3E0bf3gODWZ4l+K9pomoxWVnp0l5I67t7OI0/A1zG3y5F4DcZGabfWdvqEWyaFT8uPXH09K1jVfUxlRXQ9G8N+PdC8TRottdLFdnhraU4YH29a6evlDVdFutCuBPAzeSGyjqcMlen+E/HviGy0m2n1iykvNOcfLcpzIB6kdx710Jpq5zOLTsewUVR0vV7DWrNbqwuEmjb0PI9iKvUEhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFNd0jQvI6oo6sxwBXn3iv4p6fo4e300rdXOMbgflU/1oA7TV9ZsdEs2ur6ZY0HQE8n6V5zefEDUZzHqm6Oy0ZX6Z/eTD2FeVa34k1LX7s3F/cs/Pyrn5R9BVOKK91SWO3gjluJOiIoJx/hT5QudF4n8e6lr9ztjdrazQ/JEpwW92PrWv4K8Rfa70Wt5N++K7VkduSB0FY0Hw68QuYWubdbaKQ4aSRuE+td7o3wf0+3RZb2+lmm6jyvlA+hrOfIo2NabnzXN1ojPLtjkwg7jqamXSAoBLOfq1W7bSf7JVUDPMvQO/UfWrNw6quXkCrjPFcTPRjK60K8NpDECwQbj3ParSFQeFyfUVR+3W0ceQ5kJ4GKeb0+Vjbt98VI7llyobLMBj1PAqEyo0vBznuO9Uvnu5ADH5gz06AVdjVYvlUZk6f7tMnckViilQcVg+IHhurV4S2JFO5CR3FaF3dCALCuTI5qTyrf7MxMSPLj7xGaCrGXol6xhSbk8fvF9DXVRTJPHnGRXDLM+n6yZSrCCVdpXsK6qwmTICuMPyMUmXbuWLuzQus2ASvfFUN/2W7GSDby9f9k1qvcIsywucb/un1qpd2g8iRSuVbp7UAWlAMfqDVHUNOj1GwktJkB3D5Se1Lp0zkG3l6r0J71e3K7GLOHHQnvU2KT7nlMSy6TqElhc9UPU+nrWwhyc9u1b/AIn0L+17Pzo1C30AzG2Pvf7J+tcdp15vXy3yrKcMp6g+lQ1qaxZrkelNK/LkUoO4cVIvoaCylLAHO4jp1x1FKoIjw/zD+9Vl0w3WkCEqSuPdT3oEyqy8Y9ehqtNGJFIxzV7ySSQhyP7tQFSGIIxTJsY8waLB2Er047Uzryc1stEjj5qoz2+3laBFInnvmlHWpMcYcAGmHjkDpQIbsFMYN2qXPOcU08n1FFwsMVm6mn+Zn3pNtJjI5NMmwFiBmo2Zj608ikKtjOOBQKwz265puz8anWPIz0o2gdKYFdxge9Ii9O2asmMHk/lUawsJNzNn2xQFgCjvRsBNSumQKVIzjnpSCw1U9OlSKoB4HSnc44oGQOaY7ASN1I5+XP5UjfKMscd81HEr3Um4ghAetA0iaFPNOSMCpWXAwvNSABRtFJg4oKItvGcfWon4qdsgc1BJxSRLM28UMrKR1FYmgQ512VMHPltit2fnceuBWfoMO7xK+3/nka1i9GjnktUzvNNl820ZJhlwvB9auWximtWRiQYyQR7VXntzZNDhRteMA47GmRqWWVlIzHyR6iqREkKieWVHcfKf9oGss2wsdRWcb92cA9sVqTOrhdn8XT2qnqFvcSvviddpHKmiSHF2Nu4t7E2u53LttyCDyKxlIRvlJI/hIqbSiUhImG6YHkZyAKbcKbO980xMkMvBI6Z/pRFEy0F82JcmSJsnqcU/ykm+YZUHkkjFXooQ0flkJNn25pGtXhQnymC55XrigaMi90yO4tWXcNpHIbkVl6d4ttPDOnR6XdRzTGNm2lP4VzwK6S4gnFu5jiV1x94dh9K8j1+Z5dXl3rtK8Y+la0lzSsYVnyxuegWWtaFc6ibjTdSfTLiZdwKnZhx/eHQ11lp8Qr/TB5etWDXUCnAvrQZUj1Ir5/J5rY0nxFqWjHFpcfIfvRONyH8K6ORrY5OdPc+nNH8R6Tr0Ik0+8jlyPuZww+orUr5ztvFek3FxHPc2Uun3g6XVk/Q+pFeweDtdm1W0X/iZWuooODIp2yr/ALy0Jvqg06HWUUUUxBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACigUUAKf6UlKf6UlABRRRQAUUVla34i0vw/amfUbpIuMqmfmb6CgZq1zfibxvpPhm3JnmWW4I+WGM5J+vpXmut/ErW/Esraf4etZIonO0ugyxH17VRsvAcURN54o1NYNx+4ZBuP40NpbjSuZXiXx9rfimYxKzQ22fkgiB5+vrWdp/hHXdUkXybCVQ4JDyjaD7V6Nbax4F0Ij7O0BdT97bubP1qab4qaBAcRrcycdkxn86nnl9lD5V1Zg6Z8IbiQK+oXyIDglIlyR6jmu40Xwpa+EQ0umxNKrD98rnLN7g+vtXG3fxkAdhZaWSoPDSvj+VYl38XPEUwIhS2gB6FVyR+dS41Zblc1OOx7fJqFh9gF1JPGtuw6ucD6H3rj/+Fk+HNKvPsy3vnWpGQygkxn0+leI6hrOoapNJLdXMj723FAcLn6VQwD0HSqVBdSXWfQ9n1H41Wa7lsdMkmHYyttBrF0j4mxXOrg6vaCK3c7QYzlU+orzPBHFOGMU/YwtsL2077n0tGlvJCsySxeS43KV5yKY09sR5UKNMfXtXh3hzxXdaJIsUjvNYk/NCT93/AHfSva9G1Gx1OyS50x0aBh8x7qff0NclSk4HdRqRqLzLcEM8iMNwiU9QtPlmS1iKIMyHvmmXE6EbUYux7KeKqvE5XMjbcDhcVidCVyJl3yiadvu8/WpUZ5BhRjd09hTUgkkYbyPYf41aCJbgPIecdD3oLRTvtHhmtWbeyyAdSetUtIVp42hbK3Nu2UIP3q0GdrmUkn2AHas6bzrG8+1EY7MR3FA2jejnjv7cpkxzRnv1VqmsruZtyXKbZAcMucgj1FV4kW9h+025Alx83uKniKzw7SNkwHBPWgixBfIUmDodo6qant5hegq/yyL0NU5JvOf7BcjZJ/Ax6NUNoJLa7dSTleuaTKtpc0zNJNI1pOm2RejA/eHrXG+KNFNtdHULRSGP+tVf4vf613RkS6ABISYD5XqnPbS3ds0dwgSReDgdfcUPYIyaOHs7sSwgg5P9avISfr3rP1XSrjSbg3CKzQMfm29qls7kSKDuGKhqxvGSZe4IwR0pApXoTS5HXNOzg+1IoilU7t8YO7vil+SUASjn1qZeOnSnGNH6jBPcUAZsts6ZMbbx6VULjGHUj0yK1XR4Tk/Mv8qgdUm6qOTQKxlyRhs4xiqcwZfcVrzWij7pIP6VTkglUcpuA9KZNighz1/Wn7R2pzp83zDaTTOR3oFYMHnHNJtxzSrkU7JyM9KBAAO55pu3tg1Jjv6U5OegpiINrD2p4XHOcVL2wRTTGeKAsNK9qQAZ/lU235cUuABjoKLhYiVPmy33aMr90Dild89BUYIHJ60XHYef/wBVMLEHnkUinzGwnNW4bQh8yEcUh2Ikga4IDHCj1qwqBEwOFHpUz4UbV70LGcDLYphYgCEPnFPZTjpg96sbOpJ4Heo2YYIoAqP/ACqpOwz+FW58CqL5L56CmiWVps7D9Kj8KxB/FLswG1YWJp07/u3YdhWt4F03z7q4vnzj/VqMde5q0ZS2Oh1STDRo33SmFNZNu3kaku9mEbcN6HNaeoKJPN28rG2AM9KSPTVuolO4AsM5qzIY9n5YKs2Np+X3pjS7cK6MykY6Zq4yt9mKPksg696iIdEieHbvbjDelPdCvZmfZXNpb3iqzlCwwA3Wr89xJPA4a1YxHjd61n6lsW4Wa4twZUGQyjrWm+qyzWa+RApjKjH94n+lSlbYp7D9LnIG3argDCn+Ie1aX26FsrLG8eO55BrlIp280yRFkZTyvet601CWSMCXDgjklaZFgupYGV2hukD4PGcZryvUfC+valeTX8NhJJFKxKHIBYDvivTdQjsJ1RJAkRY8sfl4781rwavo0sUcdvqFswC4ULIOgrSnLld0ZVkmrM8DOgasJzD/AGdceYv3h5Z4qncQTW0hjmjeJ16q64NfQml3EU9zfSmeNt8u1AGHQDApV0mz1S5uJ7y2inUPsQugOAOuD9a39tZ6o5fZX2PndWPUGrNrez2cwltppIZB/FGxU/pXvM3gfw7cAhtLhBP8S5BrMuPhf4clz5cc8JPQpJ0/Omq0WL2MjlvDvxd1zSysOobdQt+n7zhx/wAC/wAa9T0P4keHNcVFF2LS4bjybn5efY9DXnV18IYvvWequp/uzJn9RWDf/DTX7NcwCC7XPRHwfyNVzQfUXLJH0grK6hlYMp6EHIpa+a9P1vxb4QlCobuCJTzFKpeNsda9D0b4z6fPFGmrWckExOGeH5l+uOopiPUaKz9L1vTNZhEun3kU6nsrcj8K0KQBRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lISAMk4A6mgAqve39ppts1xeXCQQqMlnOK5PxD4/isrhtP0W3Oo6j02x/dQ+5rlZtBvdWYah4z1QeWPmW1R9qJ9aTaRSi2W9X+Jl/qsz2HhKxeYn5TdMvA+n/wBesaHwO1xL/afi7UjJK3LIz8D2zTrz4gaLoUclpoFmj4XAdRtTPue9eeax4j1PW33X9yXXtGvCD8KSUpbaA3FHba3450vRrZtP8N2iBhwZgMBT6+5rzm91C6v5mluriSZ2OSXOarMec9zSdTgVpGCiRKbY8Nx1oJq1a6PqN7tNtZTy5xgohIrYi8CeJJumlTD/AHhindISi2c3+NHNdO3w+8TKuf7KlIHoRUkXw48UzKCNMZc8fMwFHMu4+WXY5QHijjGa7eL4TeKJeTbwx9/mkFa1r8FtZk2i4vbaIE84ycUnOK6jVOT6HmXXrTsccCvY7f4Hw7M3Grvux/AnQ1paT8M9F0S+ZdUia9gf/VXDcBT6MB0+tS60B+ykeE8HvWro2o6npVxvsDLhiN0YBKv7EV9GT+BvD7oGh0y2SQfMrhM8+471asrbT7LbFLYW9vIBgOsY2tj0Pas3Xi1sXGk073OJ0HxINStlU2E1nKBysikfke9bqK8rDLE+5rrXggmQAxoynkcCse+0iRVJtWwOpT/CuSSV9D0IVNLMoySLbD5V3uenpWZcR3N1NgsGkYcnso9q14rUCIicFVHOD1oTbdsUhQJEOrY61NjaMtblPTbQxSBIvmx95zWhf20H2dlkAZiCPrUpC28a7Bz2FJbWxlla4nOT2J6AUrClNt3OZ0++fSW2gMYyeR6Culyl5Es8J9yB3rE1VrKWbNrKGmU9McH2q9pT5iMqHAJ+ZD/CfSgfS5cubSC8iEc3DdUcdQaybg3Fu+2YDzo+FI6SL/jXRGEMgdTkfxCqU8cNyjQynhT8rjqppAtSvCVuYFdCQf1FatufNjCu2XXvWUI2hY8gSjrjo49RU8U3mqWh+WVRwD0NDC10LdRL8yToGDZyTXA6ppsmmXLSwKTbk5x2H09q9GguI71GjmXbIo+ZT2rG1KwltgwCmW0fqOpX6UbhFtM5e3nWVAc9avKMjg5FZ13pr2BM1uS8J5x3FT2lyGHDcVDOlO6NBQD2x6UuNvWmKx68GplPHrSGMxz7VXeDqQMGrZGfamkdqBlPA+6QKieEE4BxV8RKRkrz2qBoWDZRvwNFxMzZrdhwyBl7HHSqklrGzHgoT6dK2X6YaoWi3DBPWmTYxms3UZV931pgicH5h0rXa3IHA6VEYccn+VArGaAPyqZMYqwY0B+ZKVbeJujFcUBYrcHmg496t/ZAP4z9MVG0CAfeP50BoVWIxTGc9B+FWTFAOSSTTQRnhQPegLFXypCOM/jSiA5+Y4NWiXbCjhalWAYzigLEcKBfujHvVgBi2fSnIij6n9aspF6UDsQiPPJHIp5QirAQL7UxmHPHFAFaU9hzVWQ7T79zViTOcd6quOSOlMRXlO76VUkxkgValPUfw9Kqso600QzNvX2xMB3ruPCiC10SEsH+YFgcetcHd/vJsD5snGBXpFqjxafFE6hIzEFAHariZTRTvC25wo5bHPrV2ANbW9tITkl8AH0qjNIw6ckDHTtV++kU6faug4BU1TM47i3AzcShRjzBUEWyOGHzULFs4FaNwm1txwRt4xUVuQGXcMbBjp6009BNalSZ4WOGTG0elSaZJZJJIsiAbTlQtF80SzqyruVxgkjAqja3ltDrUUWJAzttyw4pXY0huspbS3ga33QSZ6HoahWd4vnZWA/i2ng10muWkD2jfKC68gjqK4241E2Vo8kg3IoyWDc1S1RDumc54z8QG4hjsYXOCcvxg+wrh+Qcjj3HFW9Qu2vr+W5fje2QAO1VD15rtpw5Y2PPrVOeVySKaWFw8c0sbA5BVyOa6Cz8eeI7GERQ33yDsyAk1zZ9KTPFW0nuZJtHa2vxQ8R26gPJBMB03x81oR/F3VlB32Fq59iRXnfWgUuSPYrnl3PT4PjBLkfaNIjK55KSHIFaEPxc0uRgJtOuYxnqGBxXkOeaXvSdKI/aSPcrb4g+GL5dsl15Bbqs6cVXu9P8E60vm+ZaCQkjfFLsNeK9+tJgZz3qVSS2Y/avqj1oeBpbVxc+H9ZeN+oJf+orTtvGvjLw6Fj1fTRfwL1mXk4+o7145bX13aur293NEy/dKuRiunsPiFrtkipLLHcoox+9GT+dPlkvMSlE9x0Lx9oeukRpcfZ7jHMU/wApzXUAgjIIIPQivnc+MPD+rbf7W0Yxy9DNAQD9a6LRfFUdmqro3iJXjH/LrqHH4A0teqHp0PZqKzdF1GbU7JZpoUQkdY3DKfoa0qYBRRRQIKKKKACiiigAFFAooAr3d9BaD94xZ8DEaDLH8K4HxTr93JIba9uRpOnkfNg/vpPb2rl/EXxZnuriVdDtEtVYY+0SLmVvw7VwM51XWbp5pRdXlw/JYgsSPahxbHex1Uvjuy0e0a18OWCxsT81xNyWPr6k1x2oatfanM0t5cyTEnOGbgfQVs2HgDxFfNlbFo1xkNL8uRXWaV8HpNwfU78KM8xxLnj60XhDdjtOXQ8tG+VsKCSPatrTPB2u6sQbewk24yGcbQRXumk+DNC0baYLNDIOkknJrUvNT0/S4Qbq4ihjUcAkDH4VnKv0iilRt8R5TpPwcuZNr6pfJGM/ciGcj613WlfDrw7pgU/YxcSL/HNyap6p8UfD2nErFM11IvaJcg/jXI3/AMZ7p2xYaciDnmVs/TpU/vZlfuonsUNtBbrshhjjUDoqgUsk0Uf+slVf95sV87X/AMSfE18WAvvIU9RCMVgXWs6leuXub2eRiTyZDR9Xk92DrpbI+nDq+nK4U39uCen7wVOmoWbY23cB9MSCvlEE4xkn8aUSyJ9yRx9GNV9XXcXt/I+s/ttso3NcRBfUuKrS+INIgYrJqVqrA4IMgzmvlf7TckFWuJSD1Bc1GSSc5JPqTT+rruHt32Ppt/H3hiJdzavBjO3g8g1Xl+JPhRFO7U43HQhVLZr5r6jkZpccUfV4k+3Z75N8VPD+mpusbh7mIvgwlSCvuvt7Vi6r8bLaUFLDS2lQ45nOAfUYrxzHNHbNUqECXVkzuB8WfEkDMlt9nhhJJEezcF+hqtcfFDxZcAj7esYJziNBXIZPQ0HnpV8kexPPLubI8Xa/9qW4bVJ3kHdmyD9RXc6J8XDHCtvqlmAw4E8I4/EV5WRilHrSlTjJWaKhVnF6M+k9I1Cx1K2F+l5HLG3cNz9MVJdX73BZdn7nHyjOK+cLW8ubGZZbaeSNgcna3B/Cuz0f4hzx3Ea6uGeAn5njHI/CuaWHa2OuGKT+I9cjS3YJFDbK5A5IHSmxxyw3bGJQrgZ2Ho49KqaV4r0a9RY9KnjmdhnB+Uj6g1Zmju5lWbeokQ5GP5VzOLW51xknsatpcARebGGKk/Mp6qe4qYwxXWJoW+vvVK0uBeQGSHAuEGHT1PvUkc21fMQAED95GO1IpD5oRPtUcFTkH0NVpF8tjtIWRfyNaC7XHmxcg9RVW4hQNvz8ppWBsrh2uhuiIjvI+cHo3/1qu2l2J1CzDaw+8h7VhXFvPaXHnpIxjPKsOqf/AFqtJOt3hZP3dyvIZeje9AbljUNORmM0Q3KeoFc7qWkqAtzanax6jFdSUfejxuqTgdD91/alMcdzExSPy58/PG1DSCM3exw8NyRIY5F2uOoNXlkB+6eoq1f6QkkjyOpVz0I6isMvLaztDL1HQ1DR0KRqq46etP4zVKKbt+VWVlGAO9Iq5ODgfWo3CmlHK5PNIRuGR2oGR7fbOaidATyv4ipiTn0puMmgBixccEGmsiEbSMe9SkAdeRTkjUHK0yTPltgPu/MKh+znrgrWsYuxANRmIgYIxQBlPHIvGSRTDE3etRkAX29KrOFJ4JOPagCkYu+OackSoMlGZv0FWwj7eE4PrT1jlIxkD2NAFVU3NvI/CpETJ6Y5q3FanJ3kCpfKjXpg+9AyqIjn7vSpAp3fKDVrA29cU0njAFAFcoxPPAHaonXJwatE5WqzryTnrQIrSbR36VScdauyjue1VZeh5xTEUZCCap3LhVx61clwn1rOuGyx/SgkZp2ny6hqUMMf97cW9BXf3pNvaeWG3McKPpUfhbQl0/TWvJ1/0iVdxOfur6VXluVmMkrH5VPy1pEwqO7LVokbTmOUZLDANVdSLwQiI5+RuK1bCFRbR3DLmQ9M+hrKvJFu7x4+eJcH8KfUStY1rpii27Dksg4pY7lFuWZEaRm7Y4FLLhSkp5C4QY+lSG8dQDBblyPQUEsq3t8jPHHdQBct0xxVPU49O8sXMLgyR84VskVLqNyXliW8tmjDHg9RUN9Z2rWjLHaFflyGHU07CT1HzQXN1Ak0cbsu3LPvx+lZdj4UGvwPLqHmw2u47Yl4L+/0qF/HdrpNtDb3LyMyjDQxj5sfWm/8Lc01V2x6fcbR0GR0rWMJvVIxqVIrRsW++GWiRQO8U10jY+UZDEn0xVC7+E0VvYvcLqjb0TcQycH2p7fFa0mv4pG06XyI+cFhnPrW3B8Q9B1UpFLMbZSd0gnXrjsK3XtEcv7ts4qH4Wa1cW4nSSAKwyqsSDVd/hh4lUnbaxv9JBXrUfjXw052Jq9vnHrxV2LxHokwXy9UtTngfvAKn2s+w/ZwPEX+HPikDjTSR7OKrSeBPE0P3tInP+7g19A/2tpoAJv7bBOB+8FWlmicZWVCP94U/bS7B7GPc+cP+EM8Rhc/2Pdf980n/CHeI+n9j3X/AHxX0mHU/wAakf7wpfMTP+sU4/2hS9u+wexXc+av+EQ8Q9P7Huv++KT/AIRHxDj/AJBF3/3xX0o1zbqCzXESgcnLiq7anYD/AJf7Yj/rsP8AGn7d9g9iu583v4Z1yLl9Ku1Gcf6o1Wl06+gG6ayuUX1aI19K/wBsabnB1C1zjPMop5u7GQ/8fNs+evzqaftu6F7Fdz5eJZeCCuOMEYpcjHY19NXGjaTeL++srSUE5OUFZ8ngzw44w2k2wwMfKvSj267C9i+54bo3iXWNClD6ZfyweqBsofqDxXpWifGqVQkWt2AcdDPbnB+pU1uz+APDMw/5BqJ7oxFYOofCjS5husbue3YDo3zg01Viw9lJHoOj+OvDutyCK01BBKR9yX5T+tdH2zXztefDLXLX5rOaG5A5XB2NUlj4m8beE3VbhbkwjrHOpdcfXtVJp7Mlprc+haK898N/FjStVIg1NfsFyTgEnKN+PavQEdJUDxurowyGU5BoEOooooABRQKKAOK07wRoGmKNlkkjj+OTk1fln0fSUJeS2t1Az1ArwrU/iB4j1HIa9MCHosI249s1zktzNctunmkkb1ZiazVGT+JmntUvhR7/AHvxD8N2SbxeiU4yFjGSa5TUfjGoJXT9Pbg8GY8EV5NyOBnFL25q1RgiXWkdfqPxL8R3yGNblIEBODGvOD2rlLi8ubo7ri5llb1kcmoSeaOTWiilsZuTe4nQcUmMinBWYgAZPpWlYeHtW1V1WzsppSehC8fnTFZmXilHArvtO+EfiC7+a48q2UjIDtk109n8FrRFzeajK5/2FAqHVgupapSfQ8ZHXg0o6EV7e3wd0bGPtdx+lOi+Dei7std3LDPqKXtoFexkeH4BpDXvq/B/w3twWuW46+ZVWX4N6K3+ru7lB+Bpe2gHsZHhnFGM9a9q/wCFK6fj/kKTfXYKni+CulbcPqFwT7AUe2h3D2Mjw7HvSZ7V9AQfBvw3HgyPdS887nwDWnb/AAv8K26BfsHmcEZdic0OvAPYyPmz0oWNycqpP0FfUUPgXwzbDCaRb9MZIzWhD4f0iFSE022XJzxEOvrU/WI9ivYPqz5VjsrqX/V20z/7sZNbWj+Bte1z5rOyfYDgu/AH9a+nEtLaP7kES85+VBTJLKCVg6jy5B/FHwaTxHZDVBdzxKD4J600WZr23R89Bk8Vpab8HrOKfZq99MG6goMKfUZr1lprizRnmkWeMenysB/WqM/irQEgLXGoW8YH3kkYA/lWftpvYv2cFuYunfDHwvabZIYXdx0cyn+lbreH4UCmGWT5RgBmyK46/wDiT4Ts7jbbXM5ZHwTAp2//AFxVD/heVgFkDaXOSM7CCPm+vpScKk9ylUjB6M6eaw1Gx1D7RDEMEckHhqvxGO7Q3MI2zDh0rz+T46RtkJorY/25Ky5PjDcecJIdJhXn5vn6ip+rz7GqxUep6pF+7m3x/d/iHdamldWi8w/NC3DY/hrzjTfilpl7JuvIJbGfOMg7kYV1mn6vBKvnW1xFPbS8kK2cVnKnKO5tGpGa0ZsRJDG3lO4ZH4Sqt7paxqHgyNpyPaoIZFaUwDLwMcqSfmQ1rRO+zyp8Oh+7Iv8AWpaKUrMyBelWRLlcNnG71rXASdUkVyJF+64P86gu7COdfLccn7prNVL3Tdy/6yL9VqS2kzZcxyERXKgMejjoaz7zRoi5mMQkzwfU0tvqEco2MwcEc5qxFdm2/dyZeE9D3WgV2tDnF0dL3zDZyNG0bEMjVSliuLN/LuEK+/Y12jWcT5ntWGW796jmt0vFxOuSoxu70nYuMnbQ5RJ1K4BzUyMMdc0X2kXUM7SQqrRHuOKpJK8TlZFxj8qmxopF08e9NqNZ0bnPNOLCgq4hfHBpu/jjikZvWoyeeDRYCYSsR1waertj5uagTPfrUuOM0rAI2PSk+X+6AT3xTtp9aXZ+VMCJsjvmljBPaphGDjjFO246UDRDjFOC4zUgUU/yqBkWBn3owD8wP51IygDpTNvfv2oEQyCq8i8Zq22D2IqtKVwRmgRUkIxyR7VQmcZ5xVm4bBPes2Y4JJPPpRcViGZtx9hWl4Z0P+0r77RKMQxHI3dCaqWVjLqE4RAcdzXZ28C6Vpu8OcRjp2Y1UVczqTsrIj12+Gl2otkkDPJzyeQK5tC1ztQY2k/NUN3cy6peNcSDDMdqj0FaMFoYLmBe4HNbJaHK3qal3dx20aITjCgHFZsFtI95bgAneC7evNR3cnnTuWH/AOqtPTS8cbyk/M3yqPapL2NQ24KZdz5advemG4JjxFxxwPSmD7RcMFdgsS+lF/NZadZtI+EVVyWZsVI+hi3+oCK4TzmXAPXqK5jxJ41ECtbabMHkYYLqOEHtXO+I/Eh1G6b7KDHECec9a5onJzXXToX1kcVTEW0iOmleR2eRizMcknqai5zijGTSkbQDXWcT1AfKOtIeT6/WjknkYNAGelAhdvH9KXaMdPypAOaXp2pjFyemT+dSi9ul4F1OMdMSGoeCOtGMjpSC5ZXUr5R8t5cf9/DTBfXYz/pc/PX94ar5xS0BqPaeZvvzytn1c1GefX86XFHfmgBMDHc/WnrK4IId89iGNNzzS8+tMCz/AGjfbcC9uAOmBKaf/bGpgY/tC6x/11NVPYUEeoNKyC7L6a5qq426ldj/ALamrUPijXbd98WrXQ9QXz/OsWlB7Z5FKyHdnbWXxO162ULM0Fyo/wCeiYP5it62+LEEhC3+nHa3DGM7v0NeWelL3qXTi+g1OS6nsEl14D8TLhxBDOTwxBif/CtDTbTWvDZEuhagL7T9ufsszZyP9k14eTu/Crlnquoaeym1vJ4sdlc4/KpdNrZlc6e6PpvRPFthrBED7rW+HDW0w2tn29a36+b7bxwl+Io9dt1LIflvLcbZE967zRvGWr6ciSGQa1pJxiWP/XRj3FF2tw0ex6oKKy9E8RaXr8Hm2Fyrkfejbhl+oopgfJ/WjtWtonh3UdeulhsoWYE4MmPlX6mvY/Dfwr0zToVk1NReXB5KsPlU+1VKajuTGDlseJW2mX16R9mtZZc9Nik10Nj8OPEl8qsLPy0IzmQ4r6AjtLSxj2QwxQoOyqABVafXtLtTie/gjIODucdax9u3sjZUV1Z5hYfBq4fBvr9F55WJe34109l8KdBtwvniW4YDkscA/gKt3vxM8NWZYfbfOYf8813Zrmr/AONNopP2DTpZQDw0h25qb1ZDtTid1a+EdCshiHTYB9Vya2IYordAsUaIo7KMV4Nf/FnxDdMTAsNqhBGFGc+/Nc9deMPEF626bVbnOAPkbb/Kn7Kb3Ye1itkfS1xq1jacXF1DEcZAZwK5bVvif4b00hRdC5c87YRnFfPlxdXFw++e4klbrl2JqEY5NUsOurJdd9D2ib4zadu/dafcFQeSxAyKZB8aLHzD5unThexVga8a60VXsYEe1ke7r8Y9AKAtDdK3ddlDfGTQNvEF1nHTZ+leEdKXij2EB+2me8w/GHw42DILmME45jzitSL4peFXxuvzHx/Ehr5x75pQfyo9hAPbSPoyT4reFI2IF8XwM5VDzVG4+Mvh2NsQx3MxzgkR4rwEcH0Bo6ij2EA9tI9nu/jhbhcWulSMeeXcAD0rCuPjXrsjD7PZ2sQA5Byea8196CKfsoLoS6kn1Ozuvir4quXZhdxwg9o0AxWY/j3xRIzMdYuELHJ2nArnsYoxVqEV0J5n3L9xr2r3WfO1O6fPrIaoOzSkeYxcgcbjnFJg0mOeaaFcACOM5p27seKSjHNMBcZHHWgZFAUk8HtSg460AJ15FWbW+ubGUSW08kTf7JxUAAJxS7DngE/hSsNXWx2+n/Ee7SMRahCJiCMSxna34+td9oHj7TdQXyWmVGPRHOK8K8tupRv++TSKeQQcY71jKhF7aG0cRNb6n1Jb30ciAE74z0b0q+FRhngnsa+Z9K8V6xo4xbXTMh6xyHINdzoHxXSOQR6nCyoT96M5xXNOhJbanZTxEJbux6Ze6THOTJERFNn7w6Gsu7S9tBg4IHX0NW9N8TaVq8O+zv4JQRkpuAYfhV0yLIQcCSJuoPasLM6Lp9TBi1GddrWZ/er9+FzjI9q37K/ivVBUbJB95G6iql1odtdQn7MWRuxBwRWOY77TNqyq023gP0b/AOvRoCutjr2RWGCAR3FZN9oyFH8qMbXOWX/CobHW2kBSR1LduMH8a1I7qQYYASoeo7ikgvoYI0+0abyHjKADO4VK/h3cA0FwTnpmtR5bO+fcvyTR9UYYNOmh8yJTC/lzL6HinoJNo5+XQb1FJVVfHoay5IbiE4eBxjvtrqTc3Vqr+YpkYdCOM1atrtbjar4Ut2cUrGimzilmGSCMN6GpUcE811OoaXFclCyIWB4IHSsi80KeFfMgXPqnr9KmxamnuUsgDBp6lT2qn5jRnDKwPoRyKsRTDGKC0TgccUYOeaRDk81McdutIoRQM5NSHb9aZgUZwaQCHnnpUZGee1LvyxGKZI+Tj0piIJDk5HC1SnbqB6d6tSyKcj0rNml3ucdKGwsVZ5NoPOfejT9Lm1GXcVIQdWrQ0zRJNSuOVIjHJrsba0hto0RFCoo7d6Eu5Mn2M6z0qO3QRQAKR8zk+nrWBq2oiR2t4m3IhPPY1f13XtplsrZsyScOy/wj0rmd8UcZDHDH+dbwWlzjnLUnsEDyhiOM5rSuZ/8ATSBx5YAz9azrGQQWzM2MAZNFnP5rfbrohYAflX+/VMSL6CJ/OuJ8hQuVH941b0tJFh8xyCCOPaoQjaxNujhZgfuqOB9TXQaZ4e8qFVumLHOSoPFR5FOSRzGt+JYdPiENsklzcNkBIlzzXC3uneLPE8ys1hceUeVUjaB+de7xadZWiHybeKMZ3HCjr61FJePM5isQsj9Gcn5V/wAa1p2jrY56k3PS9keKL8MdaVEe6eCEv0j3ZY+2K6LSPgyskQm1S+kUtyIoxjA9zXpkUdnaHz7u5jeZRzK7Dj/CsHXPiJomnOYI76N5MfM8Z3Bf/r1r7SctEYckFuVR8OvC1oRBHYG4nYfKruT+JrQsPh/4fskLtp8TyuMHd8wHsK5P/hbmj2BIt7W4un53SthS3vWDd/GTW5c/ZrO2hzwCctiny1GLmpo9TfwtoZds6XbEt1+Qc1BL4N8PTff0q3HGPlXFeQf8LR8UFiTPFjOf9WKs2vxW8QQuTKltMp7MuKPZ1O4vaQPQp/hn4alHFo8Z/wBhzWe/wi0Vy3l3NymenIOKwYfjHdCQefpke3vsfn8K3LP4waO4xPa3ER9AAaEqqHemyFvgzYn7mpzL9UBpD8GLXHGqyZ94620+KnhfaGNzKM9R5RyKR/iv4XXpNO3HaI0uaqO1Mwv+FLWuP+QtLn/rmKjT4LxM/wDyGG2/9cua2n+Lnhvt9qJxx+74pE+Lnh3bki4U+mynzVRWpkEHwa0hSDNfXTeoGBV+L4S+GEVRJFPIQOSZDz71A3xh8OhQQl02f7sfSs+f416crFYNKuZADwWcLkUfvWP92jePwr8LEY+xyY9pTUEnwm8MOMJFPH7rJXOH42/N8ujZX0MtWIfjba5YTaPKBnjbIDRasF6RsJ8IPDi/x3ZGT/y0q3B8LPC8PW2lk74kkNYw+NelBcnTbktkcZFUbr43LyLbSOcHBeTv2o5awXpHbQ+AvDEDZj0eAHJPOT1q1F4T0CAfu9JtRxgfuwa8muvjNr0uRDaWcIPTgnFZc3xR8VyptF6kfukQB/Oj2VR7sXtIdEe2TeFdClB36Ta5PfyxWJefDXwxcrgWJhIB+aNyOteOSeOvE8siu2s3G5RgcirVv8R/FFuw/wCJiZhnJEqA5pqlUXUXtIPdHZX/AMHYCxbTtTaPJ4SdM4/EVymo/DXxJYFylqt1GvO+Fs5H0rW0/wCMGowhY76xhnC9WQ7WNdZpfxW0G9l2XJmsmzwZFyv4kU/3sfMX7tnjNzpt/Yti7s54MHH7xCBUmmave6TcieyuHifvg8N7Ed6+hItb0HV4tqXtpOHGQrsDn8DXO678ONE1SNpbRBZXBBIeL7hPqRR7ZbSQez6xZx2n+KdL1G5R70NpeojpeWxIBP8AtUVzWu+FtU8PzkXUReAnCzxglG/woq+VPZk8zW6PpjTdIsdHtEtrKBIkAGdo6/WsjxN4y0zw1bM1xIHm/hhU/MfwrlvGHxUttOLWmjFLm4wMydUUY/U14zf39zqd5Jd3kzSzyHJZj+g9qyhSctZGs6qjpE6TxJ4/1fxDIR5ptrYdI4jjP1Nco8kkp3SSM7HuxzTccUmDzXQoqKsjncm9wxxgU3OKkCFuAD+VI0bqclT+VUITI6UnSrNvpt7dttt7eSQnpsUmut0n4X+ItT5eAWqZwTMcEH6Um0txqLZxHpmivaLD4LWwjDX9+7SY5WNcAGt61+FHhm2xvt3mOc/O36Vk60EaKjJnz1kDvxUsVrcTHEcMjk9Aqk5r6Wg8E+HLcgppcBIGPmXPFa8Gl2FuAIrOBMdNqAVP1hdEUqD6s+Xh4d1lkDjTbraRkHyzzVWbTr23/wBdazR/7yEV9aFF6cfSqdzaW84IlhicHqCoNSsR5Few8z5O53YPWl74r6SufBXhy9yJtKtxnug2n9Kii+GHhTeGGn59i5Iq1Xj1I9jI+culHevpYfDTwoBj+y0/76NNf4a+FXYn+zEH0Y0e3gHsJHzYODR3xX0iPhh4Ux/yDz/32atW/wAPPC0OMaVE2OPn5o9vEPYyPmeOGScgRRs5JwNq55rWsfC2uagwW30yd8nGdmOfxr6ettE0uzBFvYW0ef7sYq8qKn3VA+gqXiOyKVDuz5vtfhT4pudrfY1iVv8Ano4GK2LX4K6xNzc3cEPy9Blua96pjSRqMl1Hfk1Dry6FqjE8ei+BqbQZdYYMR0EfQ/4VqW3wT0aMN517cS5xjoMetd9Pruk2wzNqFsoxnmQVkXXxC8L2ZIfVYWYLuwnzZFL2lV7ByQRnw/CbwrEObV3P+1IasL8MfCqdNNXrkfMeKpXPxe8LW5by55ZsDPyR9ay5vjdoyqfJsblz/tYFO1VhemjqD8PPCzJtOlRYznIyDmnW/g/T9PaMW9hbS28ZJVZEG9Qeoz3rhp/jnbjiHSZWHqzgVSk+OVwZWMOkqI/4Q0mT+NHJVF7SmesQ2ejSfuW0+3jIGAkkQHX0rPvPAHh25ZpI9PghkZdpKpwR9K82l+N0k8G19FjLZ7vkYoX40GLaYLGVNp5jZsqRT9nU6B7SDPQW8FaIgEdxoNvMrKFeSMenfHrUQ8B+Db2SRF0+IPt2lQSpHuK5SL47W24ibRpgM8FZB0ok+NekzgCTSJ855IIzj1zRy1Q56Z1g+F/hdJDJHZsjbduVkIx7/WtC18JwWO0Wt3cqqjG133A/nXnv/C5re3Ea2NnL5e750nOePY1s2/xs0CTHn2d5A3fgMP0pSp1HuVGpBbHaLp1xb8xuGPfNQz+ZgC4tyR/eA6VgwfFzwpMoJupU+bBDRnj3q3/wsvwo6Mw1NCFbaQVP+cVi6UuxvGuh1xpkMx8+3ADDrt61RS+kil8l0J54kXt9a1I/GHhW5LhdVtVZBlstj/8AXRImiXrh7XU4BI4yNsgINS4vsUqsX1B0E0AZ1Ei/3161CsbpG0lvMZiP4T96rEFu0HzQXUEqHjAYdaSS0hMnmcwy9CVPFRZmqlFj0v4WiC3C7HPHI4zVSVTHKCgLjrheaka2kUbXHnrnqeorXtbSG0hDY+Y9zQJu2pjR29yHSVGmj5ztbkGtFLl3jIfAYfrV95FR1VlOG6GqGpwGKJriJQSvJX1oQvaX3M++s7W+UmVSHI4I4IrlpI5LaVo2zgHhsda3J5ruZUKwrsI+9npUqLb3FoUuUAbp70NNmkJ8pixPuA5q2hB61lH/AEe5aPnAPBPpV2GXis7HSndFv+KkJweaapzzQ2AKBXI24qvK/wApwPlHU06djVa3lVLnbJzG/wAp9qBleRtxOO9XtL0pJ7lGm+UZxzVrRtKa4vWZgDFEec963s2sd8TIAkaDvxk00jOc9LInSCOFH8kAKBg4HJrntV10p5trHtVtvLDt7fWqviPxfFZPJDYyqzuOcHIWuCn1WSQEoWZjkkitYU29TnnVSVjTmngty83WRhgjNZUlx5su1Mlz6dhVHez5lllVfRSaSPV7WyJ3MDk5JTk1vys5XNI2lN1Iv2YRszn+BerV0ujeEbqVY5tUl8mNfuw+g964lfiEumq66Xp6eYw/185ywNc9qvi3WtZctd30m0nOxDtUfTFWqUmRKulse6z+JPDXh+MxvewgoOVQ7j+lc3qPxh0uBWWxtpbh+gJG0CvFCc+/1pOhrRYeK3MXXk9jttd+Jmt6zG0Eeyztz1Ef3mHuawpvFWtSIFbUZwoXaArY4rE3E0oWtIwitkZOUnuTS395OWMt1M2eu5yc1CvHSlxQBmrEHelA5NG0nip4bO4nYJFDJIx6BVJzSAhA7Utb1p4L8Q3oDQ6VcMpAOSMcevNWJfh/4kiGTpshHfGDS5kPlZzHfmg+oq9daRf2IP2m0nj5xlkNUiO1O4rMbmlz6ikwRRTAPeigUuB7mgBM00+ualEbOPlGce1J5En9xvyoDUZxSjpTvKcclDj3FM49aAHUmfag0de/SgAoJ4pyxu5wisx/2RmtS08M61f822m3LrjOfLIpbBZmTxiiu4s/hL4nuz88EVuucZlk5+uBWunwU1XYC+o2ysewBOKnniupShJ9DzAj1o3V6Vc/BrV0H7i/tZD3yCK56/8Ah14m0/LNpxmQAktCwajni+oOEl0OVGVbcODWvp3iXWdL2i1v50VW3BWbcufoapz6Zf2rFZ7OeMg8h4yMVVzgkdx2qtGTqj1nQ/iPZ6qqWGuW8cbyfIZMZjkz6jtRXk4GaKzdNdC1UZMemBSUUVqQhQM8da7Twh8PNQ8RyRzzKbex6+Yw+9jtRRWdSTjG6LpxUpWZ7LpngTQtJtxHDYxuQd26QAnNTS+H9KDfPp9t+KCiiuLmk92dnKlsaFlY2dsgW3toox/sqBWgMDqQPxoopDSKt1qNnaKWuLmKMDuzgVxmp/Fbw5YOyRSvdNtyPKXg+2fWiitaMFPcyqTcVocpefGqUswtNMXGflMjdvw71jS/GDxE4xHHbR+4XNFFdPsYLoc/tZ9zKvPiR4nuxh9Q8sZz+6XBrNbxf4gY7jqtxn/eooqlFLoS5M0bP4j+JrWRXN/5oXHyyKCDXYaZ8amiCrqOmE56vC39DRRUunF7oaqSXU2f+F2aLsH+hXRY9QAKiPxu0rHGn3XTviiil7CBXtpkf/C79O7aXcH/AIEBQPjjY850m4Hp84ooo9hAPayIJvjmmweRpDhsc75BWXefG3WJQwtbG3hB+6zEsRRRT9lBdBOpLuc/efE3xVfBh/aBhBPSJQMe1YE+uavcKBNqd1JgkjMp4zRRVqKWxLk3uUGeRvvOzcdzmm9uvSiimICOKMUUUAIRSZxRRSAACaXNFFAB2ppxRRTAORThJzk0UUALuVu2M0bcHOaKKADc3oMULI6/ddk+hxRRQBNHfXUQ2pczKM5wJD1q2uvasCSNRuckYJ8w0UUrDu0WovGXiCB0K6pP8g4BbIrWg+J/iiBMfbllGc4kjBooqXCL3Q1OXc21+NOsNCsc9haSMP4xkZ/CtiL402kttsu9JmV8YJRwRRRUOjTfQtVZ9ySy+Kfh50Ec8dxCQOu3Ipknjzw7Ldj7PdyxjP33XiiiodCK2NViJsfq2vaLcSRy22oxSN0bnFJbalaPjbcxY92xiiiuSrBJnfQqya1NOG4iI+WeI8/3xUrTR7eZV/OiisTouVrmZB/GvPvVMurfxLn0zRRStqVfQ0n1a40OxmjR42faGzvB5NcTrfi2fUnxLcpFgfMEPU0UV20qcTzK9SVznTqVorsXleQn0FVJ9cBUrbRbB6seaKK6eVHG5yMqS8llYlnJqAtk80UVdkiG2xuSaXbxk0UUxCE+gzSpDJKQFVmPYAdaKKBGpZeGtYv8fZtNuJFPGQmAPzrorP4W+J7vaWtY4FIzmR/0oorOc2tjaMEzobP4KXbNm81KJF4IEa5+tdDa/BnQY2zcT3M3/Agooorkdeb6nQqUToLL4b+F7Mhl02N2HeRt1dBb6VY2iqtvaQRAHI2oBg0UUnOT3ZSilsieQxqPm2gemaozXFshIM0Y/wCBCiip3BleRYbhPmEboemQDWNdeC/D+oMWm06EE90G0/pRRVptbE2T3K4+F/hVh/x4nP8A10NWIvhn4WjAzpyuR03uTRRQ6k+4ckexpQ+C/D0KbU0m1xnPKg1IPDGiIcrpdoMekYoopKcu4+VEsei6XFgR2FquARxGvGak+wWY6Wtv/wB8LRRRzMLIibSdOlGHsrZgeoMa1n3Hgfw3fcy6RbA5zlBt/lRRQpNdR8qK6fDDworbjpgb2MhxV+38B+GYGzHpFsCMdRnp0oooc5Pdhyx7GvDo2m2+3yrC1TacgrGvBq3sVPuhR24oopNsdkNdlQZdlUepIrCvfGHh6xOLjV7VSOwfJ/SiitKcFJ6mc5OK0Meb4keFEP8AyFUOSB8qk1atfGPh69bEGqQE4zgnbx+NFFbSoxSMlVkzTWWzulG14JR1xkNWPqvgfw9q6N52nQK5B/eRDawJ78UUVzvR6Gy95annPiP4S3dirXGjTG5jH/LGQ/OB9e9FFFbwqSsZypxuf//Z</ProfileImage>
           <LastName>Wenger</LastName>
           <Phone>+41 41 784 44 32</Phone>
           <Department>Bau und Planung</Department>
           <Function>Leiter Bau und Planung</Function>
           <Description>Bau und Planung</Description>
           <Alias>Herr</Alias>
           <Email>jean-claude.wenger@huenenberg.ch</Email>
           <Salutation>Herr</Salutation>
           <QRCode>/9j/4AAQSkZJRgABAQEAAAAAAAD/7gAOQWRvYmUAZAAAAAAB/9sAQwABAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAgICAgICAgICAgIDAwMDAwMDAwMD/9sAQwEBAQEBAQECAQECAgIBAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAEQgAjACMAwERAAIRAQMRAf/EAB8AAAIDAQEBAAMBAAAAAAAAAAgJBgcKBQQCAAEDC//EADwQAAEEAgECBQQBBAEBBAsAAAcEBQYIAgMBFgkTFBUXGAAREhkjISIkJQoaMTNDJkFhMkJiRFRFqGkq/8QAHAEBAAMAAwEBAAAAAAAAAAAAAAYHCAQFCQID/8QALREAAQQBAwMCBgIDAQAAAAAAAQACAwQREgUGIRMHMRRBIkIVFwgyFlFhIzP/2gAMAwEAAhEDEQA/ANVl27tT4Gz59gsFfQ8MY0MQ7GjWYzEa4yRiA0tbSQCMrFw8hkNHotWNkmfJE+yVsUZqVOajyyVP4f8AZzzllljd/jbxttXJtqi3Pc4twu3Lu4SU6lSnJXge50FcWZ5pp7IdGyNkbmhrQ3U52evoDQ3k/wAobtxbdptp2qXbqNSjt0V23cuxWLDGssWHVYIYYKrmyvkfK0lzidLW4/2oRT+7hsMhdhzRJp0By6HyTXovGOFy0RissC585dxKUYoNnRmcWsoSx6XeX2r3ZZjjz5TVznlpwzxy5w54/Ln+RvHPG+McbtXKdTdaPIKG6Vqs0NqzVssLLNWWy1zXVomNzpYz6jjJBGfTrfGXk3lHK+UVKN63tF/je4bTatwzVKtuq8Pq24armubale7Gp7/oGcAg49VtGnv3WqJvbcQ267flL4yRTI6TBk0uwlwMcAsvMhKM35ziiaITskA8DStuLepSSlK95bUzXzqRODAoaM1Tjr4T5Y480CtFq4KYd1aydoyFQNnbixUWaRArQ0larcpB2HjFrMsMOccn0paGoQ6wUrKbyVa3RqMxpl26XaezxoURFU7tuGrSp05vjRozIgVtt/yJr8UnJXcuai9SqJqREEyO7immZRedzgG+JK9LXOdMEPljtGiPLcH+0sT0OCRlVvmQ60I8WhBlzsWbk2txRbsCLlC//kCdyq4B8Ow6oZV4PmUWIatj02BQrkCNTQLIW7JpzEccsSSJG3lAixBYYRvBSgumEcRNkWwSuWxWlS5cKd+Ojf4xF4CF/wAm6WOklDedKCeIL7uza3CjWd6vCKhd2oscp1y3eH8gp8HpzIZG4Q2FQ7DHjxGRG8Nbwsb8d2HCrar5xy55ImC2X7jPdHlNoSaDqaDWoITQi6DjNXH49eSRa2go2SlksaoQQSK8BiLbDSGHjUNQsKJc5LnZ2yb3NBvcYc6odarBVxzpTkRVNnduTRuDzJHIBXJzQRYrXAmlkPPwci0nZIjeuUVjZ2RLaDdWyJO6SWSZiHjPMZWw4w91XLHZDNmt/wBKtiVOidMo3/REHoj76xcsUmv9mIwRAuC/SwB6JXuqNkSopOpI4yHhW3vDsbNtr4nKtdcnoVx6ISLHWqh6HLqnFzYF2vlVxsU6E+oiHiif/I1szfUrVXr5DqPbRDMnSQgBxtUZC/JNMVE28cT6Kcub1uB7PI10Xc9k4LGzfg8j1ozc31wdWBMq3J0zlho2qNZEfDr3gphaG0udEaDD/TADKvFjYUcTjeCAToQRaM6NMhmWDsxtNVCMtBVhznqcmSAKdGp2im/Nua1C/FUqyyToFeGRFUdsO7Le8DEKv2uBVpaJyMOCAnGBpkM2F5PC7AWcoi3uUdORih5fJj+wDWmotHRcYdjS2cFLNVlL21zSujOqVN+vNTtIgZsn/wAhW7fbwSmdmtEPa62iky6L8ymvUsp5DCI3h9iFkt9TjYRsyXyUvJRZhLkPzGTEDiyoIskdmmQp9kZV57d34uCHLEiI8bd+y4KWEL25x7e0xuU8QQEQw9kC0VS92+I1ifo6QkkDddjEKm2XqCE6TqZBtYUEUblDK1P7o75uzC8qsUqVOl36UhEYEn7kNshIXsRdJogB7AwWSdumR2Wh1m67L8l4ybzSKx8UJxMl83iCYizmTRsHlzJoY0sDUrFaPFyUJ3XUmcnLZp24o5DxHaa+/cr2zYrZe2rd3CvA8sIDgyaZkbi0kEAgOJBIIz6gqNc03izx3h27cgphjrlHbbNhgeCWF8ML5GhwBaS0loBAIOPQhcRv7iFpeSC0B/g60pfD6ugDOREwK3gazMXzftTqKkhm0Q9KWc5m9wdqeV0JVflpVbON2jBR9sMtfOXHOv60ZN4k4R9pk5B9r5HHxVtp9c3Re26TQW2TUMpq9lkzmNmHVow4t6g46rM9fzJzt28R8dO68Zl5W6oyx7H2G5xl4fVbcEQtd58DXmBw0uJLdeGkZ6JrHyujXwr+aPTbr0x8evf7o/zOj1nynQ/WXTHnvD8r53xP8TzH4eF+X8n4/j/T6oz+i3PyN+Ou9H7z7t7Hu4OjPe7Xc0+uMfPpzn4Zyr//AL7U/Gn5J7EntPtHvuzka8dnu9rV/HOfk1Yx9WMJafdMGfEOfC7ZAxLavp6jS0GBIPFdTYYsGcVaWJ+hpvkUwiK9M8B2Cyl5xSuUpljYnw+23D8tmPOOzHjV+XPNheO/I/G+Lcaq1LlrdaXIaG6WbUMtWtVstLLNWKs5rm2ZWNzpY/6TjIIOfSs/JnjLlPK+U3L1GptF/je4bTVqTQ27Vuq8Pq25rTXNfVie7Gp7PrGcEEY9VP23MweoLXNdLig+VZicIklCipGqnV+BVorP4T06t5pMAoL+2TMZe2QuOkCFtCrRjtV6VqZz0K+danXpxw8vns/D58keRuOco45ZpUrW63uQXt1rW5prVarWYGVqstZrWtrSvbq0vZ9IB0kk59frxj4y5RxTlFS/eqbRt/HNv2i3UhhqWrdp5fatw2nOc61Ex2nUx/1nGQAMelX9tO0wdqSyTbtvo3GumzMrthAiVZLUTpr3VSld064FWG5DmjvI7KlYYI/z6USR/OSeRJ5NI3xU2SCNNy5O4tu9eu/g00KtEIb+6DR+Z9r6qFZXJ8M0jDYh02uUwudE6jrEne7gmdnL0KONgJzuLJ4dMhgUpGgFpd/GDszOulS1rkEbbkMhc8dD6m0I9RFXD3fAK9wxBUZZW6sZald0ITBBaHIfAHR5crxTgHC6DbUW65kpeq83OlayvUq5kA2d2/AczNzU75ZMnhpXa3vNpxQJFO0iEmmUnFrS/wAHa7ylOeCeGsVRrGRyt6Cwk5m3b/F7i5u3cfkaieQpoItGXiTEmYw/NiVydeqb35u4QopcnyaUenNpSIl3BFMKyD6j42MM8R1D7ctw7OScimfuVNlST3Xq1BuCjNNhaEXsf4AqCQyUxM7wWTv0FbG+Zp9RFdHJNoeEKRU37kmt33bd2vQRaIqsV9IIHTk/uCARmi/cfrjOXBx9gQA/SBTZC0ovhaoStgonKMP2BsO3qyg4OGNpUsjj0jiKqVIovph6h1dNG1S6Z+mqCITqhj22MnOfRgJs3Fu3hceQShIUCbWywsNYTQXAzW2eu+x8MY9r0OiHGyeJK9AqvPK1tZxiiiLqxYkVg50bpYhadzO2J9ZFWh0jBuoZUtRYuK1cT0GZANTkRO/k45HIGRZDxYw3dwSXgmwsbK2UvV5ONp3GR09neEgaolPsnWMNKx0Rq0fCZSn1KNJEFEoujT24NtxxyfzvC9I6FFPl0lFiLBRO6OAHKx8BQh5hqW5Egt1GjTcWERqaxoskmEnYtLQ4MQqedjgyRFYvbOfMbSL+5cKIhnYjtqlENw3sKAeFW7sgsCd/yG9yswl8pwGJ1RDMuD1PKo2rnGyV2LY3hCdk61TLEGxzjTZ0rLt+WClwzVq0PJFbNJZq8k7is9GLHXLILobijGR9MwHzbibSvN1CUIKsOTzooMhtB+h3IAStzOCvPpQ2PoZjpKyfWRxGOpQqWqGBZo0s20ibyMBxCAkGRD2trZiOqE0yrZX/ALULzPzLMZxPWCBFaUyq7pFYYwMMJPGx7vkM+aonIIbrcInHHdLixPz88bEDprSIFSjfyRLZMySw/wDx43HcQyk9kI71jLhNsEZQmJRXIHGJVbAFu5EdZogCUOf3thdozJPZ9bVOUy13ksU4ZFMYzmOtNxk3rM0qZw1kU/r7YShAAfLbqGvuWUakTZb+vsvrfNH1TPDSyaG9ugcQIyWv5IHwwaw1mNhXmQpaXHbXKh7GOEEOg7a1pc47wv2LFSfXIeI7vBx/le2b9aa99WluFed7WAF5ZFKyRwaCWguIaQ0EgZ9SPVRrmey2OScP3Xj1NzGW7222a8bnkhgfNC+NpcQHENDnAuIBIGcA+iZ+LK8zIlGBeTB4PaBT2zIihY2gsom7bai06dax5yCtkYbB+7OMBUDFDEM98iBshbXPRr1JturnSqxz2c47+M/x0XL5Z4TNtEvGW7xyRnFpbT5jW+27af52TbLRMbHdx3SeurOOnp0WZofDvPIN4i5Qdl4w7lkVRkAtfc9z69uq2m15gFfs57LQMacZ6+vVNc+MU2/WH8RfX4Z1/wDEr2V6k9VXdB9Se33TPqvrHpXqPTvnf5PH8n4vg/3eF9/7fqqf7xtP5l/IWif7L9995o0t73a7/cxp16NenpjXjP1Y6q4/6LvP4U/Heuv99+w+y1andnu9jt51aNfb1fHt6sddOeiW53biNaaR2hElVxI0k1/D5VFD2gNitLF5GMa4DAJTPTOIzaAjWKsVK0ikPTNeiACNz2QGN6FzI6xOZIkrwv8AVki1M251SrbWXeUFSgTSyS8Dz/uvz55p6ylr2VsERA/HXdkL5/EUDTylgDVciyO1GMulljNkNgEWbW2OGaOoEMFjccjfDMpb96t+bFOgilXbF7slvank8/U3p/TyAHmFF8mPF7K6JoiIp5V9omdd48j0v56VBAVE9+kklUx8lCoSb2wdo0qpfuQSXHdlly8c5eSwInC9gw1HRttbaCrbcRiZO64bBwVLTP0SO9WTUEnSjtiy8WYwRWquCx3Jqxsa31C9RouvMk38p0iHl5408uKbw0+zn7kStr8VwPt94peZ7UdweniWOigOyuw0t2CQ9CY/EW+u0DR+ek7BjjUEGBXWyoF1oCvDJsVD2Kvqd9cInslrpmsdXLjPnnQRCbET6i7icsMMYqv2+bXwi2PcPqmGRWuPhDM7BzVyFiuq0nBrY/HyPolIQiidljDI+1d1Nylz3yrYhwkWzah8XhZtx08ETk3+Bdsq+caiXbFLrIykQzhcoVnfNtwk5nGlTyVcEp28eHdmtlautekysko3nBgmrwKWh/W7Izm+6yLi5oPSlWP46tm0iGbvN7BXFjd2+apduEk0Sj1YWxviAoJSwY2JDiUtKdQfMM4sq+hMh60JJ/PSN98lh+uQt6Le16druSFWlEn3bF6rQizIjabbxbbNxfvRCxzrFsrbSaJRKXtiSrywYzIG3yuobrj4l6RNk8HD6Qk+vKOzywauCr3Fpj22BPTwtVOevDXxvzTbcdhEMaipNVrSA+pE6iYMsLaG9YwtC+wCzl0pbFX2nEiHRQD4paj8zTi8Gs8j96UugsG4tVx5PimULY5lINzbqSIV+lQq06uCK/1cj7jt4hhcLuAwe11nosF66T2Kj8XCuhZTYt0VuexVlbyAMLZvgGhrVGCbIBk7HspRlqfoOqWZyTBuaV+3Xng7854q8CKDxcfouzRWZbVa2kyhOcYN1hxUJ5DFg9aoMVkcZ1V2Wz8XJOblEkBErAiEScTUxyF+kI6KihJyiw3DaH469mDdrT7V/BEZdZyH26bFM5xB/caqPT8NRVOZV2kZECSqY/GwyVxNXZwmQNps9ylVI3rJIJZx8X3JBwPEbw74KSBDclcgjujaz4bNmsiEiUVbLFHIgX0oLP8AbC2o8oRO31YH6R3OgUyGlXZfgpRsqWlbIESLPYzD4VYkvV/sE1cydKliK5UqnG70lmaEaNwz1KFBEOE9mBkv3b947XcIGdb61CCwtM2nBmsLA6WmcoSvc8F93ClgbxDFsn0TJqeJjaOtlzHF/wBMmcnbRuSRqWNOLM55YunP4/RF1DeIO5aLh5ZTtHhEHE86iah7y9W/CxTRWNHHFl4UGEGCx27b+IrTaYpt3uTiLijX+QOT1FUTOoe3/VuToUXpqjdq27SKZyntz2YtzK603ttd3PzeKrO2ChWuudFmOOVKN4Vk4HOkUHD+4ExqmQ2mry9zf0WZDAQT3Yu459G5kT49YOaLfilUaUe0i0FfHBp/QJ8VuuCJ6L+uD2e9wfj0TvdD0/2a6c6l+MX293OrvB/m6T+3rXmP8X/vvoiFju2679Euy0sC1f7WuTdVtRUZp1WGplXkWBSdXVnDaXZGXRuvno43WOiMbFCiFOaPSnTO3HXzc5NbWzuCvQk438pst5EpEngmsPbxXBeC9r0bjGWmJg0h5HbKstrIQFyw02AL0zFWmYQyvzoUZxsLUwDdqpnEN7hJ0TVBnFpG+xvYnjFY76VepqTLCIDu4tSufDq5FYr908sIQHgaRitIesBoOI+TcMBgPTYM5yQ59aggVzBK9AxhMasYcC7ekkC6BL9MMgu9Lt8shQqs1K7RyROtPMRucXAZR8QGbuCOoE5u8xymV2GsTCRDXiCY2ZhqpbMChXmAoZWwQtlIDBchrAsdjSLc3adLPAeWJie9OT7uU+RTuJEtKnpO7YTTtI1kM6SK7evVk2FqrXI5dT6RTqF2HS53zTyIPcRO4FfZTOgNVEET6xux72tLEmDCh4j7Y5pnPjQpQaNSLftIirvzbAPdvcTke2dRK5OdNrClGDj7t87UZOXPksKVTS7vdYQWGGCz6uzzIihUVlBE8rQOuqVjrDuH18cX96071qXNYsct2BFQh8GRCJoZqBPwZaWNHUhW4YXyk1l7yiKtYSZoCHTulbR9BaPieNs0xFUDmFVK5QCZkCZa9k9HcXZJly0Ya1efG5U3INacirTmdUiOMErqMaMyaS/tkYSuynjMny+rNbeEpxMbRKFVTCsN3NgkrW4AxtehzWpnciI1NzWl1MzhpZkz2oyylCtVxyRWIU6kdxuv8pfrBJ21Y9uNf+6yssFcOwttpgydHWpHgqL0+eaan9tahSrI0pFAtr/ANkr3y2ORdjYFWvXLkOhsZHbhL4SAiPutcvq+z2YIpZIbeZkJ0kteTBJSef5YS3lHNJre5vF5GWkAEy+mkEJTnRh7kMRpa3RiRsOxcz5tLsnVt2hRv5deNyfSRc6tPdQndnyHEasduifoojCGEeV5hcifWEAigdSdnYzSOUD/AGvu2QIVnAm4Jw8vU2K7GiYl0PZN+6KuDhNlfOxKt1okezSRLuJ1nqsV2shN2rR2lX2Pg+Yt0wrLZs69zYrmw2mdNLRvGHspEINhttZidZvCEu0rH06a+Ic5Nmxlb1cqkOOneuRJ9OzfoIipGFZe2JNO3xZO8qmvZfmPa4kDQzH6U1kMZTJGq3gUOdP25wrcKUECWaCu88v4zk8IkUoW5JZJNcMG7Xm3J0CPyWPGCciAahM2tBegozNj2IZ93UxPaOvNeLW3v0TAlFivyeq50GJLLJIzENXchc8DppaCy5aYIz6ojw2bWxkUPylFqcFyRDwoUayIwKTWPoJJrVraGtLQ4RuRuWkl179JfDOdocPw7X0nTTXYEsVgr9YyOynWcp/dmdWBZGeSTJROVyFobH1ulLaxSTcy6W7BwIjjNpmHsvhuIQ7WAfKWq7cqYKtVRulEzGWn1lfK0VcHU5kCVyFFsCtKio/zWOL3mMEOZN+ycDJbKJgmz0Klid0xVJm7dyRDsnpFaLuS2fA1gp7ZmBzbt59vLiXQJmNuo1lgcyWwMmbYlNt7pLIqmG7Uy4o9dZTW/qhri+ue9pkEoY4psUrsnDY478lRFoc91zh+nn3n+Uwp+Qfwh67+YnSbv7Ne5Xtj6r739Ge1PrfQ3rP+08j0Z5jyv9npf5fwfREubvN3HBus9MNKZ9XYkyEvI4nWiSA+y0NQuDnExe5XPsS81Zl8eLLugiDikg4mkMZYdiKTNi50RaiawuKuL6N6Dco85iRZ7bihLaEav7pJZjtTUlDTNFCUcIfPZZBQGkqgQbOCscmOUw2NzusJglWyToqznlyTs7MpjEC3oJk/EGLKHKSNeeLcg38fREQ6azS8/AI8EVvmhfHfcPsHBmceXHbLdYPcEEy4q1exeCul7YdTK2z5NE5MfG2wL0QFEKkg/j8gWuTK1TJLuVpFGDrp07yKOzwA1BBNVBZbbu7aTNdbuG13jqhwmHbdjZpayIO64CUpSdfuE8dnQSSQiZSCsQSjgvmcY8L1zHU3opGoam7xuVCpLryInCVJ7cUUKVhoWdK9TdwQ1Sr8Fu3QEh0Mjjrxl7v1RT2flWUkwd2hr4o3Q2Sj+1YcY5ez7Ik6PGKJbB5G4blmbWq545T/AERLqCsGL/cQFncdo0fDM6WiIIcmcwtWPLmSLQpsGB6UF8alVgUQKsAqIiF3zis+mspBG/JzddrO9tO6P+puTLvQbNyFRtzIhSBsxlPdQH12SJQ66EpLPceubVIFCO0VNrAyLIYiFlZJtDzMx2aVh1PL33jSSocKl80y1jxOh454HCdTs5UbXDh11c6yJkVoQA0h/td2AlhuqrLIzC6mbgC4QKj+pEr3YhO6WwlhNgjZJoxaLOK6oi8AKftcoSq5IwR2LLOV8reZIgzddavfv16iKhX8K3Zzjya9FkKDQik0mUMYWtWPZeHSI0Q4eyfuNM8edJ0lOvdKE/EYSuDGIPcuROLmodpO8MWgQIVrukdXBbtcslSciByFiiph2unLnWghjloHMBFicXYbgVBrDUGb9zSlbSSlEi55hZYYC/XaWDwd6BuPZspj0wYnLZpUJIxPGfFfyr2bE2WjEiZzLbKNhIPhJ7E0AkUbnVcQhTkhkPuUGYGD9ceLEXOLH5DFNZJMLYkOnlU7D+zMwJ0sf1kgyVYS90ykO3dzvSc7sM8eSKVCvu9jETCosWaHY9Mq5GjgIKpnTUqWmCE9e7T3NYXw3ZNSU1RY1O7fFlVnkAvfDA4Ltgaj7Xk96tUcUKsnjRi9auUREvvuRBzuodxk0jqDVLmYgZHq41aiZNLJioWPqMPpjBHalzUX1xdnq0Lupl7kkkU/Xvr6n51Dx1T6XsV61SqLOG9crbVKzMiZ/UYg92ymNLYDNpZCQnAQ5NQ6fDrlHCC0KBO4gw5kYPbYdTvt1AGqsikCSXtDay2AiTTkkRp1u3dKN025bUKFKp1+LvIkjRu0QT7rgkvnXYYdsKUgu2o0q86niYwQUuut9i0/trG7CA4ezs4NlaGYTNEqj1k4/qIsjStr7m5r3BgYXF0bd2O7hTnuxIip7kNCtDCpwFp+kYxsDa19swcxvE7BWasJBDxYOvfa6MmA9g0Os0YApnpYCMSWKurHzNpghfeFzE1jJS3rXhXs2ad+zwyJaVgRj3UA6CHgSgiL0sm1S7GjjTA3Ji7Y6NiL+8oDYTldkX5XukAlCs6mjttl0Zkgl0MDlON/OaFvWqdjJuz1rd+H4kW5n3M1foo92PmYTfC/Xt1h88OgZP7t/j7R+ofIb226q6u6z/8Au/pfrPnfM/x+a/P+T6Ig3744ROSN0VH0Qp6QxdPJ+KWRbfITdNLDJD6ZyZXa3SY4ASuUFh8LQO4pyj89Lru2NOtx260a7Tsflea5YnRp9CjQRZJJxVSy5cp/c23loEwGlRAnMms/ZhnE5LMl1nAvVX1V9tK5Agvt4cjkbcVtTnVbGyRKsGtt0yZevWct2776ectHCjnAiYTLjPF7b9wK98hsIFLUrBHxB4DGYFW42t9dB4PlF4MpETOK4ilGXa3y9AVdqWYGtXF2tmmkEkKh8clm/wDGXOnoqVHs1kQ6T4OW4Z2fty1q4H4zo53J2GfH5vkhCPM4cyzOnQDz6VHows/VilvdjoMppWWCti+NRfhUT8VU21SZOy4tuvY24ZKsCL87HchlRQjVXm0mSNaN9FD74YGOym2xcssRB2wwqb5ysTQwIvMcUB3ftkEon0Dk1eHtVs2T7BLCfHcE/qajahzXeERPIO8+tLXC55ljESV0BbiCSKWywnFeTPfNg20IA4LzOxEUB8LHQ8gFcIWqks9nZBcJNHZc7yKXsDk+p3R1cUyJ01R7WlT4kWfKGBstj9NBxbYQazOwkupARLd1pj5JxSxmufb+HQDqqoHsTswY52bahKxBfyZLg9HULS57tD5oc1Tvoy2eTTLlPKnVyREPb2ZjmwVKkNWbc9wwdQU9EZxZLzi64QwytW8VsNzS2SxFW6NDM/Qd3Gy4rCaYwqOQr8WRK0Q1oY3LJoaXXdtUu69YoUkT+qtVOG4iCNX2EVAdxvmO5BWVhs5a8ixKzBmlMjIVuQHC4Q4ASNxwcHo2RdCwNJ7XkWbb90YkbQzsO/lJrTvSPRylw06yJHkxdbD2E7UigsHAfpwNPojLXGw7jYU5oonVXS9D5nI6WGoq41wG/bi5jhvnqCX5Rre0Oi0jRfy7bqeXBxSr0/KNEtTkVTyQzE+1Ubgwc7fnc6hAojk4oMQ7BXWhkyrO0xfbU4fMyUJ87gNEjhAKtuVuSwnQckTeiTyBQ9SR/fU7BgvVuqtXv5U7yKSlk41/F0u6DstVE6jec9naTJq47pZ275Oyk6uEqAJfTM7A0DnXH7vknVOfcmWSk0viXa/xdm61Z9LskV6V6bJEj3pCJrBZFdE7W0uqoHaPTQg1wG1kYSY4xTV3lUtmLLGIR3A5eT0creIeUyLg+SC6q0qNa5BOtCxt42ugxWbUy3c5Zbl+hiz5IlPPVq5eFrj2+yOvc6lFR7bTm+TrELAMEHFmuxNHQkHBBwOJsyERmxOQYLU1h8qmTs+yBuHvLa3adnVLYn9S4RI8cFH0RGzKhkx9unkE503hq+6JqsjcyKWTrFZ4YT4cN0ntCWyCJSw/SIXXpj7lNYG4QGF7WWdyB9ZEEDZUrApTxlpzd8cXXnZhyRQ1ZK7vVy7qM6ekVoxfb+bSOGXAFxeK1wgvFWIEZVwprAVU81DN0YwUF26wekxDlrI8gWSXZGo70dK9Ls3pES1350Kk6Mit5lMV+Rejdjc3tFQnSzNET1Hq2nI+RaGkCNVsmHb/ALbAtzunEIRLxVFIE0y2PR9qMZVH7IlVxiGpJNkvRaNjrtySbHdVtItMPuCfP1ee5vxoEvyR+JHVfxO9Vivsr7o+3/n/AGb9Y6i6N6D9b/13jeq+R8p/XzH4f3/RFno7/sejLd3LaOl+fLbSnBQK49FiABaYMsUlI1q3JiINJnL5yQjhIbi8qJnDRYoD0MbUUonqbKGr9uuHxnRksWJEqnFSmIhiLVIJEnqatFZ6MNzkkzvk3Wzsj7U0ItfM7hCSHIi1ZFeSx8+tFGh6zRFEYqzOMHn6VTKCDqdW1oSSJUg17tGW1305aSJOVtKazBAEu329hLuGE4yxmpQ6hshLzeMCm7WYHVdZ/B3tJIzyS6EyKNzBAzkF2r6OWhulc1hke1NSiBMbe2ua5x4TOunYmIm7zQ7ViYkd2L+O9ZLJXHYNbdTJpLzkSRDIgmTlU3ZqsBuEDwWWiHDu2Eh2IVL7CxpkSGhQ8vKlIx8TXVGEfCdYpUInTgiomb167jMutVqsZDp/3XbVkSwxnCkOP1ZDb24D9Siohvr17jq8pKDDCSpKWS9C4VW1HGZq+Id7W5sro0pGh3XcZa+cNm38yKE18k9JR5deyE7PNoSLWWwBRty01dVuAE7vqdsQB8BxuoLcSUqyUH9jH7DyUBFHjCNG6BJtW1G0N8UV70TRxnt2s+GtSRbk6cBEFP8ARWAwz29HEnHdhBWklxia+CEw2YixtfS5FUO4ly6dmvVHmNrso5EzJVs2u8uUt+nmU87clWzVxxu/Dgis1dRumznJiFNHGrgHXS4st0GaCfJlQviO98IDWMnKJPA7b5e57GrJW/o4Q6wJkUtetTnsxQ7mlJnq4xy0a+cSKfDCt4ACctK89EAYGQymx1k/M0NEsgsLYYxISpLuXB9deZLPnZoQpVsqfOXOTuKjzKzPdt8Zdvz/AC/LbnzyRcuc1UrQTSoxnIiAQSTcyxmEv42jpSlMCjb3PWQfSprlDJJYW1ylwb97wijD8zzd4Sq0Wvbjo36HRVhnjzjv2cZEXigtQqsDAjNpfHNeA3BiozjRhDTSRIqPIwxzNuEsWa2RkjY2RSJvbdDomhLCzxpvSpG3Dbwk0aEWnDDDjHXjxwRZpu9UKIxCLH7ptFXqqldREnjQ/KFozyQ08NP89AJTOhDdQSI7aDSmatcOnMYlp0n7XHmZxOmqUa1eLWyJtfOnLiM44byIILHVPvKbYLGIyG41WsiEWvJLDURpyQaekhg12PF85OAylBdkfcstLaKEtDjIx+LrMLWFbM3iIuTfr0SF4nreu2SHfsbMN7iRU9DbV6+5aqXLxLVinrCcjuRJDZm0U+wTQslU1r5RzU0si+JuXdKQ6Y4yRSydix05wWcPTC2S5ZGVkec/T1+nPjYox54Ip8IpbXEjD0qOlH6Qj587iVLWyTWuobbqsVGG6vYuvexj4iIa5ktziovhu+WYyEejSZGLfHt7WikzunfFDDqfudiPLDJFrIghcx9c4S9z88EjunlceNFzdwnHM4GM3jveCau3EkHozJUgLjUtgoimTwNCUqlES/NmVat0bQcodDDozwzz53cL8fwIjCqVSXvVgcsXMa5tO2qyrheSujtO9Iwifdl3xWxGqItkiHDLBbJMk3TjabSUj5xyIxhtguL/AKmtHqcm9y8jip0a9/Gjkift7EGn/plfjn7TkH38/VB7YezHSL37ne4/sH6J0N0T5LqDq31r/F8h5fzXmP7Pw/L+n0RRnvwlY3Q0wdrEeCAPR6yLeULJTxdPa5yKRwyB6yuzCqLxghIdDMQpdKx5ixSmKqG3Y5tTdxIELfInDRpbXNM5oVG1v3kS6pPWiy9WTEdzryYDV2sA5J9ymz1ppXEn2uhpBqEA56UmtaMQRA5kiP8AamMnNBIp6xaJdmlRaRZg/oXf0v8ABHlH8eSLPiXu5GYh8Ah/IjX21YgLY1E69hid9p72v0zTOuNe9kvl0xbJhYyQyXWRXqVzsiz9pZGdImY5q5PKBTujaXU6s+aRVv1rCJ2k4opVkLCiv8hN5aMd4TNPaooLKaAsfE0hRgCvIyJZKhhHKNnyFHahxgbGcvxqLGSaJ4ozx9Gpljwg5lCThO1YM7fnuQkUtJwtsM89zni1QoDFXXClpsEB/Jc2lS60ZiDk8tcFLKRpS2bhA/hywdi4HJhPZV2iqBYkizk3RuJRFqfn7HatVaU6bLlKRLROXcSuNXGvQ/rmB+3mOqVu4yvWzwSM+zesAWM0EkKTKETIxOYxXPZPmlh5dP5k8L37J1cpWxqd8XbtqXcg3uCVVp5SYkX+h2LiKwLQPACfIY41g2POA7jspcYi9yWAKGoZolrMlW7I8ulMFfnsaqk8ew2eXyVNLiqatnGv8k+7Zq5xy5/erVs3bDKlON8tqR2GsY0uc4n0DWtBJP8AoBce3bq0K77l6WOGpG0uc97g1jQPUuc4gAD/ACSk/wDcB707JW9Q3xquDDCTRJMtqDdIX512zPZE4mmXcLcm9C8YoWqPJdjhJdaHfua80rsp43p0u3bzr4184Z86b8U/rla5gx9zl8tnbqeHCNjRD3ZS3GpzNTpDpj1NEgdE3S5zW5zkLK3l39mqfCnMp8Niq7lby3uSO7xii1B2lrw1sYLpA0ujLZnZa1ztOC0mZ0F7zowtLFyboNTG1hIgh+BPhRk3lXNS6w2RjyM6uN0kkUZ2qtOLulXsHG3Vwpa9vmN+WG7Xno27+OdmOnrvKf6671wi9SdxyV+5bVuFplaPLQ2WOeQ4jjkwdBa/rplGloIIc1vyl3aeJP2W2HntC8ORxM2zdtuqPsy4cXRSQRjMkkefnDmdMxHU4ggsc75gxfD/AP8AI3IDkXUiAbVtj60R7pEkbUaB9dH9eWpI1bVeCbDch0se/SwM76645cc6EPCdz8HZnxh4m7L/ALbYqfqFtUOwOm3neJW78IS4uY1jasbgM4drBe9jfi/VHkDOGqnrn7n7nNyNtfZNmifsJmDA17nusytLgBpLHCNj3fBmiUAnGp/qdD1e7dAuyMcjbqPiJEXN6kLJw964ukdF+p240a/AxXcoUMkZow9umlr3qcNCrbrQ44J1PPOrP7Z488fWS+WcB5Pw65NBu1SwytFJo7ha0tz106nRvkY0uALmgvy5vzDoVsTh3kXinNacM+z3a0lqaLX2g5wfgY1aWyMie4MJDXEMw13ynqEnjurVhr7bS0kWQSO2SePHCr4Ui9hktU5pGtysaZDDGaT7W+WM4SwgfKCgXyaPm6IvDtE4t6u+MGmSxZu2OLDsRK1uK6FKdLJjAAJZhzvmRRZUfuQEqqXulZ8NGeu7jbAcOshlFpzW4CuaL4nPm2ZV7CMpB0VbtUcmDz5OBP6lk3MiNbrQubIncG3boRkTp+0xfwOPHNd4I3S9Abe51bxlWxm7hAsCF1wUGNfA7XBs5KpYBEhaoQOg4OHd1ZYQ+ShTHdyVK8OGp4edeciV8tHCXXgRCzDKX3pHHcFKdoa99v2pQjMQijBzIFX675E6yDsisoMpIbo/yssxAZywHd/rhDZtpTyRPhoi78+MLMt1vKlbwwbfLaVKQiJSLwoOWxfTHC1pBrCe6yRNiGhT7jIKufGDbK7cRM4jF4mEwtETBKXKltDaOSaTXyHs6XzcfGj8+wpAraUflGpLpcOfPkVb6RzHqemRltpWmRgOvlDcR44maRCG7h0fi5xXMqo5SjrbGUQhYKwkmbWqd3owAl6VShLG3zc9x1o4ke3FchQPSFMnbyLV/wDanP67/wAfKyT4K/GT7eT8kd+qvj10R/3HkPC+RvrPSH9PD/Dqjxf6fbzX0RZyP+S42o5FKFGbDMIjJyiIxlXw6xqtDGW1b1ZwjwwZn6RTwuSuvMA0NfL9TpZAhnDHN5kBfjOTq6SBka9zYsSaEjLjuzIl2tjEeLBIrCKO5B3KgLVEaWYr+Go00SSSD+MWszDldiHAx2SBvViV2gn04FUgBxxN48ZGWYq2LQhUbSVtYF8mU8eYScfkRTy+VoYsfKhTjdSk0tU4qCVq7GNXtASmqkSkY6FguGI8eZeKK+V4rrrn62CM1kqyvi5ZJzERGv05+hEPeI2+b0qrFtQ6eSJqtOrWWjlPczq9UZmqUNm0Jw3tJhpw2WYlS3TFy/MxjJoXWh4lk5CxExgK2QvMYghOleiMr4gmctLesdtPq+1XpUodSbMiXzKqERe1/c9iUEMTeHLgLoXILRUumDwaD1vXP8qptHm+LxOArh1P36JTd7KncRpYxyeRyQh5ZcJH9rXvcc3KHTTmq1KdBEHz5IoL214ymPj3TBVEoBWydlistOK8SO0EgN1sR3cAr4EFvZ2EmvMhGEdlla66litU1kpBQwJFqdGh/fHlrfOceVDhyo1EWwbt11pyhfbWpA1F8MuT2ahTTUMR/eJipypT5ReeRgVRlGqiOcSlOe6NQ6RcP7Njo3q9qLFWmUZZ5Z7OOPy4+pFtW/bjUEe217TqNCR7WyyRN0yaC46nPewCWQNa4/8APXpIAAblRnd+PbZcMm6Wajb+4RxudFFM7VHrDQWtYyQmGMuc0f8ATRqBJJdjKz0FXt32aIsotfai8Ui3htNHBk7nWZbkzXtdtLkQHrS6ox0Goguz3Yxd2SsmpE3tu5UjVq9KTjfoQJ892/jfs0+guxeW+GbRR2Lg/jSEbg+a6ylEC4NLYGFpsW5RjuNL8ySBr2tc/S6Vwa3SHecfIvDPNt63LkHPPJ8x2+KCi+7KQwuD7D9ba1SE5EbgzEcZc172s1NhaXO1Fi5apgkgnZUe08BkrVF9wyrEWyxLMnPFbnjIIdFEjVw9xBDyj4++twf+FuGGvZt++nD8Oec+Of6cfVv865PtPGI9qfusL523d6q1YtOP+cspdoldn6WaSSB1OeipXx7xXd+Uy7uzZ7DK5o7Jbty6gf8ApDCG64hj0c/UAM/L65UoovVVuuUUpYHExGwHZEyFkrmQf5VoOVbTMJ5FNrY4YxF236duLi2pVbBksU+YSa96jTwly2ca9nGHOvPheTuczePNkg5C6mbe0++iit4dh0UEoc3utBGlxEmhulxa06gNQzkc3xR4+g8k79Z42Lgp7z7GWWpluWyzxFrhE4g6mh0Ykdqa1xbp1aXYwdLvaFq/YKCDOTBS1gWancH7kKMoCKRS5KkSygfz6SK/TyDAm9qcsdEwZNmapt1Oid0Q+Cjzy45UplOzznGOnGnn7m3FNz3qHknBtxfHyUONa1HESY54Ixqgnc5uYn9HGN0b8vH8Hsb2/m3F+u/BOXbVsU3GOf7bHLxgtFmpJMAJa87yGzwta/E0eS0SNkjwzprY9xl+X7t3hX2H3hmblOLSiSsO6vtBsXJ+MRZrbA3sqiuP2elR9r2K5qPu4RLyQ1lYeqWIlu/4poto0calHGjwuF3GTpt8HLVu1JcndZlbG2R2M6GNY3OMZ0sAaCfU4AGfgtZ06kdGu2tE6R0Tc41vdI4AnONbyXED0Gok4wMpGbFQwXDusqIwhCwXde7tLHX0iyuWQRpq7PTBCQlYW4BXkkrIbJZYMEKBEwooR4mCjZzK4iQX1obnNYolsgzzU7cFG7Zq2cZcpdgbdzGU2cUK7YGIT1gpSE1MXcTejpGwVVG94bt3GHE+bnBht3ZKPo5YmCEtj4WKIAjWyPSOYp9TvqVM0Xc/NYqNKDPVkRWZWu4Z4DtTSb3Ma5FY7vtGpKwlY1xaiR2gzkXRNHx8Hj0nqO0AuI3QlExU7a8OJC3LtEva4O2QhciZWNPub0/KhO34qNhEMYsm9shMTrbVKofTgSFyWTwyHwXtTaFd6UYzzslWfsiyIxYXZLDSRCBu9yJFVfcj4Yt0XmunRCdTzxC3T8UCXhFlx9ES7DDDL1utdJECnnt29u8lXVi5maZIZMa6A0Y49x0Uh4Yqtq5zmRbgMUEmBFhLUXZK0s0jwKah4yXOzZJEWGenZreucuCLfL+xFZ+oz9oftQl898LPlv7MdZ7fKeY9tPcHoTrzpnxvB/P/ABPUfSfy+38nlv8A3PoiEjug3SmlNjoqlghwUHMkKaySdXuqdPRBIdUAc9De3k/ZDZwLrHZxWKDRhn7lJedmiUw99myh2lcea0zVGmf15xR8rSJZshr5Xd0P3aksy6FMWC+Oyp+ZbYSYUPQnOcugwrJTrB3fZYIKQMusrE9BAJQqVmueObq/oTE873hokiBOhbFbcg0723MiULLM6TFSzoJuATro3tkVlIsrqA2BuvloQPvFnsWXJadXZsRu1xp7G6tiavbnU9I7rW/Y6ZMK9tepA2o3lGncdm3hLjoImASoE6Yx28hSHbuEl2kqCY2pOdpDiZBQ8Yy8dURrJkfTdEURcpcYxTpkEdcVUzLs/h+viCyN1nj4kSylfnsY9ODXv3NpFWN1x1fkZdzQnxtsK8XsW4QSOdumHMIthiJFFLUHPAiGI3xgJ2fYXZdrYRg024rrIWndKX6SKECIX+f3tux9ad7Vq3JvoiYqGiPRt+39tewyCnkIE+iOobQOiUiWWne0hEphl0AJNlIQSR8nRDkg8xVhKxHLLG5PeggzBqzHeOpdnHkCrQ8rWdDiRaa62mT5EV/C546HlQz94RnDCP7eTlL5KZQnq9iRPfTEoSeHq8s+svnPAU4fjj+O3DLj7cfRFlL74d8JMcjGqpUJs3BSPBbIk6WeaGHUqWuJLLSHHDZmx4o0WvYqWMg+UbfAwTY4ZeM847tmeOXlk2WPoV+tHi+lxnjzfI+/Bjd2uwkwF+A2vVd9eT0D5x8xd8Ii0AjW8Hzd/aXytuHKuRO8Y8c1u2ijMGz9vJNi0PVmG9SyA5aG/GUPcQdMZFhdlij5vT526kBXFU9GLKSa1PAYh6ufxV3ieUh2kncrzdVDSmfUqJWqTNmlhTeNs4w/DHzOHH3/AK/XVfsb5L40/wCwVNivVbtinvLLcoglZL2/bgaQ4sLgC4vdgZz8pXbfrJ4r5PE3kNvkFC3Rgu7LJSiNiJ8Xc9z/ACLA8NJDe2MkDHzD/KRsuGtr6aTqIkSRDYtgyawWQN71FpZJIW/sKFO9tm7jnRsSOy9BgxuyRV9ste3Txt26VabZlrz4y155cc6Yi3ngnkTa59oqXKG57dZhcyWKOZjyWOHXLWu1tI9QcBzXAEYIWWptj8g+Nt6g3y1R3Ha9wrTtfFJJDJGA8HI0uc3Q8H0IGprgSCCDg706A2/ZLuVphxpRIk7LJ/FVRMlRlLty26I6QWDWm4e0qPLZzlt5aXTQqTuKD8+ctnCJZqxzy52Y5/Xlx5V8f2fG3MrHHJXGSlgS15CMGSB5Ogn4amkOjfjprY4joQvWXxH5FqeUOE1uTQtbHdyYrMYORHYYBrA6n5XhzZGAkkMe0ElwKXp3sKixG6rAFR+jMQAEE/EEya7CySUSBNKJXaWMiwVvLeQ3p9rcNoe4uPEwkuxvgjpq4Tv0XlLbt4x2YpkfCnjnPiuVZiQ3S6vFw8LHWHeO4DMLJSaltni+P0jjLHu1FAQcL57XTXE3/IIbLcBdz3w0/wAJmEzE6ZpcMWOJIYdINvHCnNUj8TXt8Mi5N2+/1YZGNzkGyN21o3DYGUGy89ao07wWSjibkhuDyatqLRBpNFfbwjSrU5xKHSGbOLlJZk2I90AdWPXtTsyrlcgc+dRFKu1nc/ugVNELQJLdw0d2+EsnBkNWtomlxUrnXScVzQO7LG3UKMzHIDHNxUMbDi6fg5y0SBx5hfEodWl1VJ29wVJXbSsQ/RFXdXe2IAbbFAVM8EkhQfu36sV2ni9hSAhmOqugPCN9DdAobD4xA6piQ5p4fdviaQeYpWTc2aCJ1eh3Kd7fq1Y7tuLjhtIj3sDZKucPkMX7Q1t7LLpvJbsw3FqebN1wI4PikAp9Ba0Z69MGiul9lLe8zxFL5UxAdrdJVqkip44XSx2X4tulMi2JUOgifL7qBH9W/vH8qCV8ffiL1x8xujmP3X9tvb31P3v6E9p+nusvRv8AZ+ndF+W8z/H6Z+P8H0RJR7vQfu8/94KjjwNrHSKAVxJgHKqaMipBENFlmd3sHVOFmKxeyR41AIbvHQ1MJ/vSYR7XEntSr4dEEjRpFGjJPuQpt30RKZNllLtFerZys1tG9bowPILHDZPRFWuQmmRBN82tYOOyAH22NlnO3RDhW615ss8FKzazJ+eWiXua5NHXh/5S6lSvnHx9hFXlzDIsHp4L0M7rexrZzNZiy5kcRMH3UlPj8KK76YbHoQ804L5cfXluZ1FsO3Y6H9UrwSxuXMqeOQ5OxSNe2NCne5r020iYF24wzYu1ghMV5g08tDEG9sWdg/Ie1zLhwzMHalsJiMF6SKTcjVZmKHhxj8JZyBPBapm6iRMwyQuDbJnFa248b9Wzav2EQ8PCWV2pq6B7lztqkQHkwxrZYGyNdCk/2MJIK7hZeBoFE8fLBNpvH5fCm7dPbP15dIekRs2o1yGU6ZMm0SNc6Yx3jf8AlpVkUwAFkhRklGLrVCi1XkwGeO3bM38clfuH3KImTQ2hGR3qa+COzmmBSQHl6NPU3Tdw913qo4tVq1290adSFVypRbd/ktBFtWraiObdX4LoLOO8Wf7FIxlDExve4Pqw0w12KWlhRYTZwi+nW2MuvWxKpBjvzS44pE3HGnnH7asP/Z4Iq4rfSoBVhzkD7A4ikciXNXt8k09L0nTpHYjS5+kroteXnepftifHa1NW1av2eE3oeE6PXhxx98M9n57M53zDyPynmgiq7pYczZq0bI4KsZLa8TI2hjAGZ+Zwa0ZkfqeT6ENw0QDhnjTifCDLb2qu1+92ZHyT25A11iV8ji55L8DQ0uccMZpb8SC4lxLP6gin65jyys8ial7FIGlsfWR0TbEbmzvKBK6NTik28fbalXt63VvSLE23j+mWGzDLHL/08fX7V7NinO21UkfFZYctexxa5pHoWuBBB/2DlfhZrVrkD6tyNktWRuHMe0Oa4H1DmuBBB/wRhDlXmogbqw/lleEGbfCouXnpglDuOkG/7wuOyloQLWxwdoe3Z8ZbGHRIke5NwpRa8+UmrNJhynw1Yc84cS/lvPuQ83q0IuSyCzdoRvjZYcP+0kby1zWyu+sxkO0vI1EPOsuPVQ7iHj3jnBbd+XjEZrUNwkjkdXb/AOMcjA5rnxN9WCQFupmS0aG6A1vypG/eVFsJd77UFL85kzxW9xDrQWDUOLEgGMo5PYQspq0jwgnw81pIavh1HLxDg2tDMSVYs+7S+vOh4d5GuQqGxNpyzUKYUpwszFt+BjSsoT60ncC2km8gw7yNdLDWFFNX3l/euGuJSR1NAxe6WrHQgOr06vMAnsNrDK1jTg+tTZvcoVwqUsTXkpb1G3fyRElVmFU6jt9xoL9s2gle3HbWSj4vnlF7U2GmkwIUUJkrsYaI8XaeDuxsyZXcmjdBBoO7ti13F7W3pY2R0kg5j71job3RTt+iK17gXRpxWMhgU0WQP1KLpS2LWvIoZtJUqIhgPWf3CyvMMUGJqA2dbm0nM7Ojq9iOoVAYOwSyPRNK1tznJ1Sp0UqFK3jLNQRTDjulwewoWeqo1ppRiBz3fEVWI7mxwJF3Sg9wAOV3lzuL0suQ3LrkU9EWJcjeGyAucEVyGMuidpi+bOsj2lQkzT7MstmkiFml1LQghDp7rD3Tq41+K7LRAxxU+FG+MPfNQoguQvMQRSGOHtUktdFYHoJ9miaQ5yeY9injEs0aEHLCtzU4r+cm1Gl3EWtn5ZwT9GvzT+Lwu9uf19e+/wAQfAaPaDpb2j6q9k/LdH+idE+Q/wBZ+Hofl/Lf08r+P8f0RUd3hinVjLOXwexQxjeglgisRQs7TSxT5LW3elF1kGqJENbGeXBuZnHBwDrnpkI3Zco4+S7hHH5g+qNbK1ZLXLRvSfRFjibyAQHIctgkKFmO48zdtcvzMFS6x06c0sRYMU0QsWJXk23RlreEXuv+B2l8RU3OfMOUpAZkSmCt6NTqSK9ylY7NSnMicShpncerhpMr8rvzWRXJD4PoqHLhW3q/F1q6xVejfCHGYOFczpY2HSmXllYzMJnKk69JKLonjrMytsPY9m/PYw46dzlwRBlGLy2vD43Mt9pnaQeXUG1d5f0XUsHWhslXyRTCFm+Hr/aUoX0TjgQSASTCTDpM+t01Y4tD0iHORrY3N0LhhyvTptzhtIvY2W703rNUE7lRFBVMiGtpnJD0BBzZqOyNcLhAarAS1qiqDtgNpGraRS8oOANH+B8SLdiuSSzlmjGhvc9+axZo0IFe7SRW9GKWTZkWN99mnvTSMJXiuxGJFXB7et0Q1QaHc21bJU4E2LB+WsM1g23YLQXpryH+EDD6wob85I76Wl/bXZU0uKTQrIj7JncU7xtXXUJVsfEAFaZrAaqUxdzYRLFgw6Fhxn5UmcWfdVqnOGlEKkaJislT4TO0fTbm0fx7hdMZ+rdcEccTLlOGWvgiaFEb1WYdBKYJKPZNWS6ZlB9elLw7hECxGfBV7J5hVS9E6pyOJ3o0kVzaZHX2KC+SJmx10os3JZlOmV1Z8XLU5a+WtORSFw7mqaGVRphicJPGK+XguvVdrJsKapyDje+BIck9HAh45kZ6MzexZ6ncTiAaTEjoMHndJZCy+motnPmF+vLXs24kSbSx37rscFabygCudHnausEvQIqovAoL8SJYpuZsH86bgOlXG5oFxANUGmEiYHiaFpW3N2lBElG5Kmb8nDfjsQ69u/6ImLgbvbZymy91KIk0fDtzuyBJ2UFVcBWPjEO2yM2mGaWcvSMZRZoIrxLH2AwA4ooipZE8gYnx2RunDsoVc4tyXFKp0JyIQu7NGmizj+lN8a7brwUjyMZSEZrSu1g3KEOK7bYkP1qLjFYewsFi7sOX16jQZ5ViVnliFu6ywT8yhyV8tbZisX7k6bkiTUFCtK7BmmTEy6sG7hVd2AtG6d3PQmIXQbM8WJDZmAktkgipgFkYlGIQI0krmNWmsJQeEy5NOYrq2TBUzoXVoV6W/nnHcRU4SXIR3kGjwabMHqsMJulYCcT4bAHtysNcrGwyOsHcOJ0dj0OKEtsKwyGSriAzHaYR6QQpuik4ze2EfN8gakalSmVJ0DloyIpXbLs33EgS0MVnkQNC7lUSv9PuWxGW5m6th6tJAdxjmg1Ptmi5HASBiE3mUoSKAWXfngfMDg1RFzbkkXdcfH1rM8sHLEi4VszxVOuIx7Uh3o9NbGUZF0nvjcRos207mbZ7zU3wnzFUplsqC4K2ScaKN6tnGcC3/drSbWl74yUbM8cclOWWWrgibUNltf6290J2r832AO05OPcqiozZNFs5mQhfKLr5D9GIoEc2Ir8vUfHzcGwyCUUUE6SGrYLMoTrnjlv3antCp1tHPH3Itg/XIt9tfcPrCA+z/SvU3XPUEd9teiPIed6g6m830v0r6Z/N5vx/KeB/f+f4f1+iJH3cnjUW1Wp3mtQz1isc015rQ2lGydUTOvUwt+Z68ML2VXdaXU7YxQOUtNr3JfqaHrTDoRP92iMxiVMut2bdyFwWb1mBEnM3T7uMkcWSvJfS8q9xIVWNEi6IDgUxCvAHryCRfSY2OMdMwkYoPbwNPbbZTdOILDY5D2yUwzlkTRvh80rvsuXcNSBUqIhjnvcOcu08PW6foybU6759t63PFyb2oXOAxWLwW7EMt2g0h4dDKus/Yxo4yWWwQDSkbyF9eml3bY0k2Nr99uE6jlTu04EUjG1W6kutdBV3xodV0QWjmZ/PmGt1jNjGBnqHVCkcChcTIwod8JmIq6spFgE6hyMiQJuYmtxdIypXvKt1RuS3RqV792WBEbel/o33Aa0kyk9ihh25qIkKWwE3kW44trpLJNGT5V9TW2FcTQQyyVxuIhMfxsjyoJShTJF0xjzs9ekNaZLqxS7nHlYp16SILyKKwlaccnCx7iSq8m6tJIkYisqHqqWZMpRqTOGyC1VFcB7aie4j4TgFD5xPG+STYzQDKMRiIcLNscWNsoROm/elX44aNZEWRCuxDJtW6pdFnq5sdW2eLRgi9VSRU2Vs6CV2CpBLLCOUIHUFljUcJDoUEp5O3bEe9TmoaZYpd0z7Mnfb5tzcNW/Tp3cEXyCrS0+7Ydh9I1qA1m0vBYp11ng0CkfgMcZbD2nIhfiL3MyeX7NBRcaJ+kcNFMIrzCJImdGDGQtjZsJbI9b8WDZztzdVJEv0k90CuchL8etUerciu1+iTUrK07X1mdnB0hmhcW6xMA5TVtHBTTMse8oMZXd5LMXxSXxCya3AdLHpi0oFe5+StqBRrIu6fiygrvU0ehk41Xo8RjMPiJJwubL5nQgTCLlaMXPE0FS3zFzhFzFGhBLSjOR+jHcigUbYdzuvQbX6Q+LG1yHSx/5e4il69EC7RCGsHc7vbUB8jklqoEJzMbywii6XkKWqRk49KR8Ta53xmSocLwZzjCyYPh/KpMsUcSLJU0qpCnxTpt+Oe3ZpIqyrUTEXb6kEnGo5thWrZUd3gYaRABNb3uEXOAj1YZhFZieC9HLlhuIB8alRsHIyIkux2Qlxj7WpbG1z6LctSpLs0rVXG8ivY+GZ4hdibVWXVyG9TIfwq41Hs0Wr49vRpai7WyaCslV04nECE5qrWSSyERM8wIYw+XtTDHJIpjjk8yJmZeHJy1JFi1Vp5IuFeNokd1BgOe4sC+2crGFnbDUoCxLQX5hW/XI65gRRNiAU2my7ucWh08roZJOIAtr4kLWRW2NvU0bFe/QoT7E+5rQb8SJkehkj9cpKFCt3VbbK1Qvcu3PqqyF7zQuWSgQQs56CbNQpYbGPTIxQHbEScMDY2LhqoRxfJkSr85jAmVc+PC5K6797btIlvvktpdeS7UPl0iPFJLBuEbGtki/f6Hvczlw9qxGK9nWD624l51ScoyMNu8hWHqxDYRJJA7kJ8jcPl73grYeVLpnkj0cNxFN7OV6GHaSDjW00rsY9257hF0Sq0mCruclr4IDsZn+tjYGJLFHAdIy2Xnt7mUFDbIJ45s065MzLs33RmiSotKLhNvUZ6yJ5XX4X/wCm39zPj4j9hf1adWfGX3Qm/kfbv2L9R9qfd77+4Pgej/4HrX39S+38338T+v0RBv32BzusnaIMgaEh/RbXcnZgQ0WhExCiz5MmqrdebMHB5BTHamsDSwbGBa22AXvOx60vTvs2yVCzNMZbly1r0JU+3dvIly057fwNhVjI1qHAZMVW7ejA8EyNCCQTHt9WxfwkjmoAlkxC9dJzJjWhQR8YKgGba8IdspKCDF2Q7JKRVyN4QuTQhT7GrcRVTeqUtvbYrIPj3Vu01Fz/AMjY3t82ltJakhmVzntzbpHqeoF7QG4lROGmgiOQVPUTmiPa5Nz7IpmmbJUoZGxE2t3G9tWeaIvaCpBbeYXze3B3CFJe0cCFwdhFioVJrJjqQTCrBctwZx4P1G4vwwloDCMBvLLUvcNLcs4j6dA771LDElbq1LG9WuSKFuoi8gXM+4Vwm8vbPBZPP1PyD2vQnLI6MJ7UnSpijPejuANEVIzHIpDYCSOsSnrPisOsyFkWQD6EYKmuRvTksckKJU5KtmvWmIoWJK/JDbecjz4KgnuSdyje+UpZ2juWjW0svbavKHo68+3zizDQgrzUBYalmrHH4ulYpDGoo269bzuXN7W6alKlGn26txFUlpdyg2VNIwpGvbxve0a3GslOg01QaHJF9pJZIpTVeEk5jrW6SsxBMK8Qyv5Fry5zRwyNQ6lSHVMH9Q8N6RLhG1Dcr5UERqduepxXCViRfc7uZBEk67mBVRmIBaf6xL01p9UpIk8E6xkhUdv4BgSyEwpRucQwXEPV+D2vcYY364w3MyLbo4UYcqlZF8zunVPKxy6+q8ugAa9ye+hjaLY2FcDY/hWZJqTwu2Ebfl76NqYg+N6HJUpmhmJsunDogc4a1TZwk2hXHNSPJNr38ZY/REtXWjuZZVZLxnIbpFKKiWEWFYG6yjQ21nMoCIlkZkL4gODtBjRJWEq73JwlFhY8+6Y3E3HQjb+VA7HcNbpu+ocY03qluwid9zci7c8GRPrf3aYjABn2/D5Lq+UrixZj8yYNhGkAvtlBZrMB1Zh8vbzJJFWAu5wAcjXjGZrWOPJUbg9v2lVrxbdP2SbCJH5uKNhz9eoU9xCpwrr/AESsrII812aF86JtxK8CUbGaoMjdpSFYrgSW4iSiI5TM5TSZwGZNkv3t7o3YKIdm2JvSUmePn1ZE4WnDnYGDmR8PncNk4RFF0WwvxQ6SUp1bZ9llSbbymkyikne1FEnl3DU7IrUqcJh1JB3QXRDHR6+8QeFZrESVzRtqtdpIo41DozV5pIJyfQBfaUxHkkwGGVgoxWM9R1/PpA7Wxonz7uhNp+JYVhpExvDK4uicHEhjzS65q2tvLVvQeaVeYTflpwIhI7t1zC7YKs9ZaF2u17zFa+ETOIbodCw1DJKwmid2Ag2p8YXY3lKAuW+dSeHjQdRdY+xpXG16FC5lRcsQECOL0sWywSbiJgV7A/U6qZ0sMeh83AOyldLxkKq1nbnDsrSWLW0eTDX5cYJg+kMyVOBQHeYeUR1B6uwPe9ypfKXXXLGF7SqU+KbPVw1rMtxEOSBvDfcnpFPgyNheP660BsDYLBup0VrHTaNBYXduGeQhE8R5czAGKlJZBXezDtY7bE5FLVOEJXc62FbOFratxyVNa37kWqX9eL/+nv8AWB7ns/Uvwi+JXu70yt9D9U9sfb/rTpP1fz/kPH/yfJ+d8T8P7PF+/wDX6IoB3J10XixjrW5RQSxAqH0lsJ6DsfjbSXCqIDHII/LxPII5pWaVQ0Wx5gkonGuyVrn+TrJM6alcNYtK95iehVI9WhPtIswPeGrrZqhIlm6yhZ8IcomBzCcff7GilhtjZ4+Smt4KiDXDI6b1IP2FR6kre7COTHhYw71cvclqEjtW9YjbmtPgzr3fDSRRqge8Vhkq2LinceoDjTm90lBDIQsZbFtqiWM5dZZTySGkq24ktLZFItVHcoNUZlYlM8XNOliy1tmhAo2NzWoU5YaNhFK793jrLIq3xqNdqucvFiiJR+TRxCapkUIfqOAxllQSrwsnx2sUNxKbtE4gTSkhVj5yxxb1prYW2RwvNXsYI9wnjf5YfREQGY2hUICBFuOTQ/bs1gCGHQplXt0kSqsTCHmwkC67JY4SK93dNLzNS2KZ9eV5d9i9K9sWkr8zxbwpjKzxE2rN0VcrSL9DezoFD6YW10LoL7hkMfiOHZURLY3btgQ2METRdW2dmNyJY2NuUcrVZCYInspc2WeYFA4/mvRp1+iK7dTPs36GPnYl4Ilekm5g+MhzKsgP5LM9bSNXY1QFFZ4PuxEMdZSnYwYhiVSfIguYRF1K39SBJHcW6CBGv1ETY9uEfYY49p2fpp/UJlS5SmImJVeOzrLTmGrN09xvmzzjuJNU7CG6R3XZgmLKSXSmkIi0638upQloPMpRLVeyMOwqLNTI0u0IiiJ3eV8QQ5Ld3PLo4qdpEvKbVrvjTDuGyislOJg12jcg+cqf9xeVUBXkKXTpe/GJPuIpBmCgMEYgtqqVOAuCEtkO5nf395eGWWSTB4albmjcFeGzNIRfN5pMSlJ+KCkJSK6qs8OggqtO72MDYJAI9kOD2xINxWEXOeJTg7jOFQ8Bkhk9e8IhG27gY7dqOZt+1C0SfnFodHv7ETKKum4GXPsgMwDeJJZsLyuV28GSoJjEwjAHqKwEOR9rTdNKprAmhGMGm0xj4snZhyJmtxnzI3RtviLW+NeSVpWKUWpPszIqlAD3OLxzG9Nxs6DVttxOabSCKVyo2UK6Km52BsWGM0kDBGiMLhEBy4gFokJasDw4wSOfs7hOIzo2uL+5eT2qeUydN4RFLH+XtI9RHcR2+odZ6M1tEnAo7iA9dyy6sdfLB6ISAIJ7M2RJo7I9Ui+5ODsaVBzsKh3wKDOUmTwSNwlwVtzXsaETe3NnJF5DeHe6TQq2cRJzM3RIqDs3iMIlG+8g3nIgjGuB77m7YRZ+qHjbGnMZaGuejCblKYtsCYkLK3skciUmV7Ejc/8AGDPuV54EXSz7qCCxCN7PTFVkGw7v3Tt8dqmVpFoIjzoVjULGdsmGGwgzuwbQb4tHw6nxbEAd5b2mQNiySuSZmdk6XTu0aFCrRrIpCZaZQ9ptTfgSNA9jBGkO7ie2UKsrdyBNIBSke9umVJpooAYKm5uDK9TZ+uC8aaYJP93R4qjOUcl+ly1t75uWN+vRr0kVLdv7tfwG/NIAiN5t3NJaL2h4BNoZXAaixERDkgwUX1ogd8SAjdyYKZUQ4113sV5E9qTcpZorzSTvU3ue1r43akG7elyItW/Rgd/Tl0H8wSH7GfB/p/5x+JIPc7299sfK/IDxPt1N1V6R/tv/AKvx/wD4/oiGPuPyIxiq2cWkYt3duF6gNggGurtZeLWXkEEFpzbBy4e5aSITdZMpoTWnksguNyedqFymCJWRMocsUDmm1umra5YbUUh2riXK9+rm3se2bhdqteWl8FeaZgcACWl0bHAOAIOCc4IPxUa3jmfD+O2RT5Bu220LbmB4ZYswwvLSSA4Nke1xaS1wBAwSCPUJIo/A0m7VsIfCBXy4le5aPR0sIR8M5nppMYhARoLmB8nijfpWWgouxkIlEa60QhO+f6WOIJGeVRDmONWKZFntU5/jsybvxLlXH4G2t+2zcKVV7w1r568sTC4gkNDpGNBcQ0kNBzgE/ApsvM+H8jsOqce3Xbb1trC8sr2YZnhgIBcWxvcQ0FzQXYwCQPiF5yUsp6y2/Tz4o9wbuk2mBgxpMc0JqrWRq9m+xZlrG02tGBSD5RkZTJ0aYW9HVSUNkMbOFCyPSiL6nFrxavHU5+Fvw41R5SVJAh2RcDVhzgw1BfO4wzBqH0peHntoIq3TuQ2jb5WMZSfQfLDJpkpADQwTxhaDXqTO8kXTFs0pkemJT3wWFzWcuqLZhuItFNpO17BO4ZHKWkmn3dPhVT69iRwG9iabjcgwnnaXwU+W1e4ygBUYH+e8sDheOxm9vIkb0Avi3o2KvU5IV+lKqXbMvD0EQ+91SpDORLCCx6kNEAqs7jLdTVUVDIULE20DsZqa4MsYMSaokWKNiW2Vw1iSGadTxkWMa5k0apOyKGZyc25HsyV7G3LzBEO1BLskbt2m+tFSYLEzMktdZqWre1dY2Z2bd3I2hMamaqDpDQlW2XVnnbQwDuLSgLB6aGyTKpGOG11VuGps2tSLN3Q7NulTvIuWIZkLHpjB8aBAUpkbrg3ZLpKnElEM6PgmSU+pdZsDTsgaJufeO3kp2+5I6eHCqgDzdepl8vSaFC54x0455eLr1bCI7qFgKLiS/ZANMXSROzkpOdzRARCh3YQ/a0WVrAczlB+nRBnD1VyuQ7fmcpbjMxrHTaoSzmCsE4Xuj5vb2nRlyj2cauMiKwe2gYKX1lmUkP8Acy7cLZDr3B2wmhEC2cXSFlBE1NFYIJnKJQ3WWsUxTN/e3kWl5qKbDJ4MySx+Vp0binjDI3Jk+W7HX4pErEbFlbXu6ZfAPbtHkXn51CzLZy4c07ldjyEx1clxvgs7K8VnA/fDmVycjStJoqGys831+u5pV7c3lnj0uRNji1ItHGrcRXHUKohygwx7xB4VdvSrSvmANYTF9oKwyWbwiTVgIZkriVolZyx+8TQ1Hg3JxpCkVYZqzLoxoUrX3hJLU2xRgpV85eS1ERVi12PHc37cM2ELk7qKwAB1siEtdcKVzS1kIiVnTmE5oNi5KN1KJGSpKyxzEcQojbNja/iXQthqjHMcxxJikTuibDFyxIiw7h0WoFXqxRlnm9ZXEozHuRyevdWcqoPIY4MUDK9vq5mDcTZzGDnLo3M0bMNyyU2g3RZhRvr2kw6QU8pHlUlX6NflsiKszla0GfM8sQlwkzWK5g29sdxCFYHSA2UgVLRQONKEnVgRGKpQruARGiVCY1FeOlOMuKfiXRzSjRRZLH3GMq2fav8AEVaSJDIfhPcQ7UtkbKdvqmAegtWLH2oEBNNc6np1tUOiAxCim0NjM2UjWQR0ytrSJYiOCoG9OqZOjxKF+zeiV84od+LeixR55KCJjVL4bauTN9/G093HqT297NU8pczVqHPx6VR1rxj8QPpQAd2t9petG0v5IJbwaJbMcWpc6N/l0y6RzDPnjd5nZwm2kWiTqW5X/T79WeKdvnd+tf1nxvSZV8i/kP7L+Z/L0XyHWfud1h/4Hl/P+e/t/DxP6fRFWPcQb5/8pTrwIGcfrj690qAqgEpyKyip11PuyLWZmvJZSw/UZkimErXlqg79xmr0c8+Zx0qNeWHH5c6+frV3iSbav6Rtn9gktt4rHyO8LprvtNLO5t0PtTL7QiYMdMzDXfx1Ag9MrIPmOvu555up47FTdyuXjND2PuY6rg8x7nP7oRe8aYC9sDyXN/npIIGcIWYnnZmMtDa9Y1zD5xuv+vO0u1xr7qZAswxgqP3FtBChhEemqEY5tMA8LgfbNavR4mzXzlwn45zy8TnP7/PlubapOFbu3jMlqbizeSbb7czPtPxnbbBm0Otky472rPXGfTphPDsG7w882Y8oiqQ8sdxnc/ciBlSPONzrCDW2m1sWezpx0zj165SAAM8WH7btgb6VFBUfliViLpysyLH/ALqEuzi5aJ61DUQaMpUmKI0CksuUtFbuGBUxTPN5IC5FE1spWRZ6X4tOtycdCNJhlNa+U4LVprmARsgFm4YFA68GxhIMLtgVAlFZOgY43P69wQLyWqiQmVijokdm/lup8a1U7jkxm8VctbHLfdF60LNEezbUqlYmIqTtDUyt5Wrl21SiKAQb+3E8n4V2jlhW3oLCzadxGH7asDAOEQQmJ3Sk06kqQRusAPkE8dnlS3tqXEkt7Pgs9KYlDlkmT7iIiRUNC0IiBBBen7n88G1kSHTZ6ypOnshBavm6CzCvDGZUhdLwqOEgf4WXstJAnRBi8iII32Ks1GemKYMSZwXNq/hQzpyIjBPbRLU+sGuQWvsA+CYdXLs8PLm0g7hEWBICM9g1nFwpKsnFjNpmhUxgE1BwYl9fE3MNWTrTFUGhTgoc+MI7i4+X5x1ETMe2rRuyNQn0pLonLhFZKvUZmxDa6x7TQKa3x4gm4Yz2vqk0bCcIyoJoIlIcpIclsbNHeIurVKnpK1JodrWZa9OG3Sn18ES1+2tYR7DFmpjDJ/X17sceocUjsb9tKBJHdMFYaoFuy5BSEEgDmqmJMcBKGCS+AuVsGDBPlsqeV66PuKZpwHSla3LX3dyRWxvtnXehlKe1ec46MnaxtUrBRwyV2ZhlaICBCVlQXSdmm9gSU3mF3eICxSOU7kyEkO+htkjO2uzi1poe3b1zc37HnPLxyIdI7N3K/t6RpaoG74x29fdF4HvbzU2tjkfHJWCdv2dpbksHMQcg9ejegJz9DVWUxEiPIS8O49jbatiSVZlKNqBx4SpdpFIhXCbV9sYp9xqS32tXVE+O/cGEMRbo6Qn95OLhV8kTl7lbpDDtC5zE6tjPaShwQk4GbU+fC9sjKFDt5VoNOlfllr38aCK42yb1NBAHn1nQQ5P6qxUMr60zB8tfsZH1VnLqeAxFGg/LV3b8CRYSaBq7EOk0scIaKo/IivFI3JHNlxWK9zi4bVitWpIlKh27/cdqNGS1XIKUWCiE2tV4TLbGUguYspROZ1rvGhNCQwQSjp0ks3N04gj8PZ/Axora0r8glzpO+d2hZyk50qdTbt+iKyIPbqjsDcaAdzC6kSaZVGSFH7XNAN7cYyw6wfapHqXW1lm6ZWAZdpOdUKWZDKXSFlkjy+ts/kDmtbpTLU+tmafR0mrlGRGTbqgZGrT3cIjct4s0WhTVhbUpFH7Edx3iLiqxq6bGsraiLH31M8gGQx0sxhijBlyVpEGTUxQhNEEeG7Z5LQmx535cEQ14UVldvL+O9xe3FfguW3XLBy2sxZuk9BgExsKB81QLiItbGPrBAtzG0SaX4WoK5xDLY3JGKCP2zTKNLPnlow/DcoTkW3T3IYv12+6vy6mfTnxj6w+bntaxdeel9Eeo+/vs/wC3XTnUXgf7b0Tpbyvjfw+Q/H+L6Ipza/4V9NRr5pfHrpn1VT0d7/dD+U9Z8vr8/wBMdY/yed8r+HmPKf3eH+Pif2/b6nXBfyP7yb8dfdvedsd72Pezoz8vc7XTGc6dfxzjqoDz38a+0g/JP2j2ncPZ992ca8fN2u71zjGrR8Mauiqyq36zfcF0+G/xQ9zelV3rHsZ0B1Z0b6m0eo+e6W/2HoXq3kfF/L+LxvC+/wDd+P13nOPzL9pZ+Qvvv2Xvt0e87/a72l+nHc+XXo14x1xq+GV0XBfwp95f+O/sP3327tXsux3uzqZrz2/m7evt6vhq0564Uak36o+opr1b8N+qes7ddfes+2/rHXvs9HPm51J5n/J6j9jPSuv/ABv5unvL+f8A8f8AD6qlW2hBq5/04Xv8M/h9+rn5K+tqPaX2R9i/dXqD0lx8z0Z0x/vvU/RfNfn5b+/y/iff+37/AERWTZv9DHpiv5bfrp9J+Qp3877z+zfk/k7+EG+RvmOpP4/dr8OneqPy/wBh9vJea/8AC+iIOf8A+S//APTL/wDjd9ERt6v0Y/BRR4X6+P10+62Pmvw9ofjD7zeLo/Hxvt/5H668Xw/t9/8AL+/4/wDq+iIig/8ArU9v6aexvxU9tOsJ58EPb7oLpTrj0Eje5Hx39I/wOoOnOqvVfR/5vLeoeL/b430REKd/jj4Qh+Rvtd4PvwNPZD3R9B8P5HedW+03t/69/T3R9Q8x6L5P/P8AF/Pwf6/f6IqQGP67vRqf+0fxj9B6kKvwc6K6H9O6q6Zn/vL8ffS/4fWOkepfXfSP5PJee8f+zxfoiC+J/wDT8/MrX0Z+tj53++b74foXst8iPkT1S5dR/j5X/wA4+53WPm/Nf/Pee8T8v5Py+iK7u3/+nnrYo/rQ+EHX/ozX7v8AxS9r+o/QvVlno/WvQP8AmeneteP4Hmf7PH/L8f7vv9EV3Wi/X56vIfmB8a/W/jqROp/e7orz/wAXOtx37oerdT/y+0XuD0v6v4n+u9S8h4v8nhfREa+nwvB1eB+HgeFr8Hw/t4fhfjx4fh/b+n4fh9vt9v6fb6Is6ZF/6Wn3Bnful+of3N6yk/uL1f8AHrqzrv1td1d1R6j/ALDqLqDzHnfH/m8z+f5/3ff6ImxVf+BfqaP4hfHT1f4+BTyHsn0b534y+cnXsB5fpn+X2n891F039v8AX+J53y/9fE+iLxUv/X54Bt+BPxs8v7rOnyA+OfRfh+8v4Z+se5PR39Ouvw/Lx/O/5X2+/wCX0RG39EX/2Q==</QRCode>
           <Sign>/9j/4AAQSkZJRgABAgECWAJYAAD/7gAOQWRvYmUAZAAAAAAB/+EVQkV4aWYAAE1NACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAABMQACAAAAJgAAAHIBMgACAAAAFAAAAJiHaQAEAAAAAQAAAKwAAADMAlgAAAABAAACWAAAAAEAAEFkb2JlIFBob3Rvc2hvcCBFbGVtZW50cyAxMC4wIFdpbmRvd3MAMjAxNDowOTowMSAxMTo0MDo1NgAAAqACAAQAAAABAAAFeaADAAQAAAABAAACWAAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAEaARsABQAAAAEAAAEiASgAAwAAAAEAAgAAAgEABAAAAAEAAAEqAgIABAAAAAEAABQPAAAAAAAAAEgAAAABAAAASAAAAAH/2P/gABBKRklGAAECAABIAEgAAP/iDFhJQ0NfUFJPRklMRQABAQAADEhMaW5vAhAAAG1udHJSR0IgWFlaIAfOAAIACQAGADEAAGFjc3BNU0ZUAAAAAElFQyBzUkdCAAAAAAAAAAAAAAAAAAD21gABAAAAANMtSFAgIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAEWNwcnQAAAFQAAAAM2Rlc2MAAAGEAAAAbHd0cHQAAAHwAAAAFGJrcHQAAAIEAAAAFHJYWVoAAAIYAAAAFGdYWVoAAAIsAAAAFGJYWVoAAAJAAAAAFGRtbmQAAAJUAAAAcGRtZGQAAALEAAAAiHZ1ZWQAAANMAAAAhnZpZXcAAAPUAAAAJGx1bWkAAAP4AAAAFG1lYXMAAAQMAAAAJHRlY2gAAAQwAAAADHJUUkMAAAQ8AAAIDGdUUkMAAAQ8AAAIDGJUUkMAAAQ8AAAIDHRleHQAAAAAQ29weXJpZ2h0IChjKSAxOTk4IEhld2xldHQtUGFja2FyZCBDb21wYW55AABkZXNjAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAEnNSR0IgSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABYWVogAAAAAAAA81EAAQAAAAEWzFhZWiAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAG+iAAA49QAAA5BYWVogAAAAAAAAYpkAALeFAAAY2lhZWiAAAAAAAAAkoAAAD4QAALbPZGVzYwAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGRlc2MAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAACxSZWZlcmVuY2UgVmlld2luZyBDb25kaXRpb24gaW4gSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdmlldwAAAAAAE6T+ABRfLgAQzxQAA+3MAAQTCwADXJ4AAAABWFlaIAAAAAAATAlWAFAAAABXH+dtZWFzAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAACjwAAAAJzaWcgAAAAAENSVCBjdXJ2AAAAAAAABAAAAAAFAAoADwAUABkAHgAjACgALQAyADcAOwBAAEUASgBPAFQAWQBeAGMAaABtAHIAdwB8AIEAhgCLAJAAlQCaAJ8ApACpAK4AsgC3ALwAwQDGAMsA0ADVANsA4ADlAOsA8AD2APsBAQEHAQ0BEwEZAR8BJQErATIBOAE+AUUBTAFSAVkBYAFnAW4BdQF8AYMBiwGSAZoBoQGpAbEBuQHBAckB0QHZAeEB6QHyAfoCAwIMAhQCHQImAi8COAJBAksCVAJdAmcCcQJ6AoQCjgKYAqICrAK2AsECywLVAuAC6wL1AwADCwMWAyEDLQM4A0MDTwNaA2YDcgN+A4oDlgOiA64DugPHA9MD4APsA/kEBgQTBCAELQQ7BEgEVQRjBHEEfgSMBJoEqAS2BMQE0wThBPAE/gUNBRwFKwU6BUkFWAVnBXcFhgWWBaYFtQXFBdUF5QX2BgYGFgYnBjcGSAZZBmoGewaMBp0GrwbABtEG4wb1BwcHGQcrBz0HTwdhB3QHhgeZB6wHvwfSB+UH+AgLCB8IMghGCFoIbgiCCJYIqgi+CNII5wj7CRAJJQk6CU8JZAl5CY8JpAm6Cc8J5Qn7ChEKJwo9ClQKagqBCpgKrgrFCtwK8wsLCyILOQtRC2kLgAuYC7ALyAvhC/kMEgwqDEMMXAx1DI4MpwzADNkM8w0NDSYNQA1aDXQNjg2pDcMN3g34DhMOLg5JDmQOfw6bDrYO0g7uDwkPJQ9BD14Peg+WD7MPzw/sEAkQJhBDEGEQfhCbELkQ1xD1ERMRMRFPEW0RjBGqEckR6BIHEiYSRRJkEoQSoxLDEuMTAxMjE0MTYxODE6QTxRPlFAYUJxRJFGoUixStFM4U8BUSFTQVVhV4FZsVvRXgFgMWJhZJFmwWjxayFtYW+hcdF0EXZReJF64X0hf3GBsYQBhlGIoYrxjVGPoZIBlFGWsZkRm3Gd0aBBoqGlEadxqeGsUa7BsUGzsbYxuKG7Ib2hwCHCocUhx7HKMczBz1HR4dRx1wHZkdwx3sHhYeQB5qHpQevh7pHxMfPh9pH5Qfvx/qIBUgQSBsIJggxCDwIRwhSCF1IaEhziH7IiciVSKCIq8i3SMKIzgjZiOUI8Ij8CQfJE0kfCSrJNolCSU4JWgllyXHJfcmJyZXJocmtyboJxgnSSd6J6sn3CgNKD8ocSiiKNQpBik4KWspnSnQKgIqNSpoKpsqzysCKzYraSudK9EsBSw5LG4soizXLQwtQS12Last4S4WLkwugi63Lu4vJC9aL5Evxy/+MDUwbDCkMNsxEjFKMYIxujHyMioyYzKbMtQzDTNGM38zuDPxNCs0ZTSeNNg1EzVNNYc1wjX9Njc2cjauNuk3JDdgN5w31zgUOFA4jDjIOQU5Qjl/Obw5+To2OnQ6sjrvOy07azuqO+g8JzxlPKQ84z0iPWE9oT3gPiA+YD6gPuA/IT9hP6I/4kAjQGRApkDnQSlBakGsQe5CMEJyQrVC90M6Q31DwEQDREdEikTORRJFVUWaRd5GIkZnRqtG8Ec1R3tHwEgFSEtIkUjXSR1JY0mpSfBKN0p9SsRLDEtTS5pL4kwqTHJMuk0CTUpNk03cTiVObk63TwBPSU+TT91QJ1BxULtRBlFQUZtR5lIxUnxSx1MTU19TqlP2VEJUj1TbVShVdVXCVg9WXFapVvdXRFeSV+BYL1h9WMtZGllpWbhaB1pWWqZa9VtFW5Vb5Vw1XIZc1l0nXXhdyV4aXmxevV8PX2Ffs2AFYFdgqmD8YU9homH1YklinGLwY0Njl2PrZEBklGTpZT1lkmXnZj1mkmboZz1nk2fpaD9olmjsaUNpmmnxakhqn2r3a09rp2v/bFdsr20IbWBtuW4SbmtuxG8eb3hv0XArcIZw4HE6cZVx8HJLcqZzAXNdc7h0FHRwdMx1KHWFdeF2Pnabdvh3VnezeBF4bnjMeSp5iXnnekZ6pXsEe2N7wnwhfIF84X1BfaF+AX5ifsJ/I3+Ef+WAR4CogQqBa4HNgjCCkoL0g1eDuoQdhICE44VHhauGDoZyhteHO4efiASIaYjOiTOJmYn+imSKyoswi5aL/IxjjMqNMY2Yjf+OZo7OjzaPnpAGkG6Q1pE/kaiSEZJ6kuOTTZO2lCCUipT0lV+VyZY0lp+XCpd1l+CYTJi4mSSZkJn8mmia1ZtCm6+cHJyJnPedZJ3SnkCerp8dn4uf+qBpoNihR6G2oiailqMGo3aj5qRWpMelOKWpphqmi6b9p26n4KhSqMSpN6mpqhyqj6sCq3Wr6axcrNCtRK24ri2uoa8Wr4uwALB1sOqxYLHWskuywrM4s660JbSctRO1irYBtnm28Ldot+C4WbjRuUq5wro7urW7LrunvCG8m70VvY++Cr6Evv+/er/1wHDA7MFnwePCX8Lbw1jD1MRRxM7FS8XIxkbGw8dBx7/IPci8yTrJuco4yrfLNsu2zDXMtc01zbXONs62zzfPuNA50LrRPNG+0j/SwdNE08bUSdTL1U7V0dZV1tjXXNfg2GTY6Nls2fHadtr724DcBdyK3RDdlt4c3qLfKd+v4DbgveFE4cziU+Lb42Pj6+Rz5PzlhOYN5pbnH+ep6DLovOlG6dDqW+rl63Dr++yG7RHtnO4o7rTvQO/M8Fjw5fFy8f/yjPMZ86f0NPTC9VD13vZt9vv3ivgZ+Kj5OPnH+lf65/t3/Af8mP0p/br+S/7c/23////tAAxBZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgARQCgAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A9TSJDQXOIDQJJOgACSx/rjr9WeoV9raxSe+lrmUu5/k2JKdhJV78+ijLx8R4e67L3msMY5wDaw31LLXNG2qv9JWze/8AwlisJKUkqvU877BiHK2eoG2VMcJiG2W10WWd/wCaZZ6v9hWklKSVXB6hVmvy2Vscx2Fe7Gs3xq4Nru3s2ud+jdXez6StJKUkkkkpSSSSSlJJJJKUlr/ckkkpSSSSSlJJJJKf/9D1NZP1qE9Etb+/bjsOk/SyKGfxWssr6za9J/8AQrCn/wBi8ZIbqZZLo+s3TgfzsLOAPn6vTXfwWmsrqbdnXOj3dnPyMf5vpdk/+6S1UlOT9bWB/wBWepn/AEWNZcPjUPXb/wCe1NmW8fWa/DNhNb8Gm6ursC23Jrusb/X30Nf/AGFb6jijN6flYZ4yabKTP8trq/8Avy53CvfZ1j6v9UIn7d037NYf5V1f7SrP/wALr0lOh0O2Os/WDF/0eZVcPhdi4v8A3+mxbFdtdrBZU9tjDw5pDgYMH3NXOZ2S/puf1nPoaH2W0017eP0wFdOBucPd+mszLWf9ZU/qs7LoNXSmeiMDAwcUBkOFzn2sdYcrd7a/s7nVvp9P0t/q+p+lr9L00VPQ72bS/cNomXToI+lquZ+sV/ROo5GMG5FOdd0t5ycvp4f6rHYxDa8t2TQxzqvUxm2V5uN67N77KPRp/nnrnuhdPw/rF1TK6RmWk9G6ZZkXYuJW/wBmYbsvItOZa9kOdXjUuxqK/wDjftNV3pX/AKX0HE6fgYWN9kw8erHxtf0NTGsZr9L2MAb7vzkFMsbDxMNhqxKK8esmSypjWNn97awNRVX6fIxK63aupmkk8n0yat/9vZvVhJSkkkklKSSSSUpJJJJSkkkklP8A/9H1NZn1l06Na7/Rvos/zLqbP++rTWf9YRPQeonksxrXtj95jHWM/wCk1JSP6wH0acTPmG4OXVa89hXYXYGRY/8AdrpozLLrHfuVrS9VhtNIMva0PcPAElrf87Y9Kyuq+p1djW202tLXscA5rmuEOa9rva5j2qtgdLw+nhwxw+XhoL7HvtdtZPpVepc57/Rp3O9Ov/0okptrkrelZvTun35Ntfs6Rk024Qrduc7Cx7bMi1236Xqt6fnZmH6H5/2f/hV1qSSnmepvGZj9UyMJhzG034Lyygby9tJxupP9ENP6d32W5llbK/51LIL8zDprqxrMSzLZX02vJsYab3sfFmaaq37MihmLiUZVlP2ipj/tH6Suv0v0t/Q42Li4lfpYtNePVJd6dTQxu5x3PdtYGt3Pd9JV8wF3Uung/RY62z+0K/Sb/wBG6xFTzzuk5VnXuqDpdrcLOwXY+XgOIPourvorwb8DLoYR6mDf+x6v5v8AS49tdd1H8wtdn1lw6f0XWGnpOS3luQf0LyACfsmdH2bKb7vYzdXl/wClxaUm7q/rdZr7cvp1cDzxr7t3/wAUVroKanTLLbsd2RZW6kX2PsrqeC1wrJ20uex0PrfdW3131WfpavV9O39IraSSSlJJJJKUkkkkpSSSSSlJJJJKf//S9TUbamXVPpsG6uxpY9viHDa4KSSSmt0ynLowKaMxzH31NDHPrkNcG+xj/d+c9rd7/wBz+b/lqykkkpSSSSSlKpnn07MO8ztrva15Hha1+M2f+vW0q2h5OPVk49mPcJrtaWujQwe7Xfmvb+Y5JTQyGj/nNgO7jBzR/wCC9MWms3Cp6hZmsuzqw1+JTZjtuaWkXeo+p7r2Mb7qfZi1epVZ/N3WWVM9aqr7RbpJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//0/U0l8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKf/2QD/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////2wBDAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAQEBAQEBAgICAgICAgICAgICAgIDAwMDAwMDAwMDAwMDAwP/2wBDAQEBAQEBAQIBAQIDAgICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwP/wAARCAJYBXkDAREAAhEBAxEB/8QAHwAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQAL/8QAtRAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6/8QAHwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL/8QAtREAAgEDAgQEAwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhjRPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6/90ABACw/9oADAMBAAIRAxEAPwDfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYpolnhlgdnVJo3icxuY5AkilG0OOQbH6j37r3TTt7bmD2piqTBbbxGLwWGoRP9risPQQY7H07VNQ1TO0FLT+lC7szvb9TEsTf37r3T37917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Ur5nZL5ZUPTssfwuodiVXdlVvTrSCKfsqWli2vQbAqd+UdP2lk4BU3WTIUeCNXU00UilDpJAMgUHxr5daNaY6NjG2qNDdz6QNThVd7ceRgnpGr9XHHP4+nv3W+snv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TblpJo6J/t5TBM7xRpMoBMWuQBpDqBAAFySRYe9jpmdmRVK+bAdabP/Cgb+e38qvhB8xeofi78S95bc61paLrip372vurdPW+3ewU3Bk90T1NPsPEYddwzRxR08dPST1VQqlC/lgcSMllajsQDp49DvlbZ7TcLqGG7jV0mLqS2sUIWqhdDqSSakg/hFAQc9WI/ykP542zvnPu3qL4u9iVtTVfKDL9GZjtLcu5Nu7NhxfXO9JdoZl8RuSXEeGpkbF6o3gqIIXjKyFZgjhTGD5WJ49AuSizyRDgrMB+TEcCa8PWvzPWxP7t1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdN+Rjnliplp4/K4r6KR0EiRsYo5w0ttdgwt+pSRdb/ng3QAnJp03JG0gAXyIP7OvlgfzNui99/O7+dL8yI+oOvu5NzbYyXa+JwJ7DyGKqafbu1I+tOu6PCbnjoKPcAhIxEdRSTNRzQyBjT2MUBBF137mvHbSNIGDUnFSK04VJ+wEDhXHQz5Z5m23Y5BJdLI5Br26TwPkGIC1Fanif59Xw/8ACTTrrffXWb75x2/MJ1VRpPT52h2ssk9fVd27bg2hu9tsZnACLKBZoMJNII66QoZIjrhAZWJRSwLpcr6Y/MdA93SW6lmjrpdmYV40Ziaefr1u3e7db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdQa9wIoovKsJqamCmVmZUDmR7mnDsRZpgDEhBuGYEc+3oBV60rQE/wCz+XE/Ide6+aN/ME/m2di7C7/+SUHUm9sNHuTYnyp3x1JjN3Rde5DC02LxEG86vaeVx2KwNZV1kk38PxMbwfdyVX+UViTTpBGGEfsYiQiFXAJOpENeBJKgnyqMnh59JNJLkfaerR/+E6PWOU6Y+be+Nx95ZLO7k77+SPXe9Iup6/JSVskOM+NvXdRjt0Zjd2Sm8AxsmU3XnMlSieipap6vGx0RWeJVqdQBDEeM4H8Tf4T05FpBoPTreA9+6f697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TPm6iOmpEeR1gLzrDFWSUsdbHRTyRP453pZGXWCR4gFNwXBNlDEbrTIx17r4yHzk3ND2L/ADB/ktQ7YhG0aRPnXvTbm1sBDSinx9G9X3DX01ZVVUOIZT54q6EOSlRqZSfEw/V7bZnocngTxPSelG/I/wCA9fTJ+InVu3f9P3xXzO6qfsXI796q6f8AkCdi7t2TskUXxzyGA3TPgtgZ2iz+cleeoh3NLBg6PIRvLJadJXV3ebWTInMgVLALGqAaYa5/UqRqOKfCSTQV4AnhwdTiK8aH7P8Ai+rux+pv9h7jiL+0f8v8vV+uft7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690kd/OItkbumK6jBtrPTrZijK8WJmdHjkHKspF1Ycg8j29BH40qxk0qaV615Hr41GTxOWqP5gAoMI89bW1Xzow3YE9NPMkslZkMz3LBWmSSSVXYLSLX+FpG1eQAysgLFQdScvArVZeNPIcODHj5DI9eGOkurUanr62vxF2duHrzbzddVLCPa+2tv7TymIEeDymOhyOVzqVdZmcwuVqZCk8k14jNAq6Fb1j6ge2N13Y7jIC0QRkUJqBrVVAAwQKcK1HqR0pSqrp8ujngWJP9fZGqBWLevVuu/d+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIjsnsPaHUuwt2dmb/3HtzZ+yNjYWr3HuvdO7s9QbY2zt/AY4CXJ5fNZ/JkQU0EEWqRnkPNgigswHv3XscT0AHxT+cvxY+a+2s/u34yd37B7gwe2ahY83UbUr6qGvxkFTJKKCsyO3cxHDXwQTLE4hqZYFimZJBESEPvwIPVQwbh5dGxgkE0UcoeKVJV8kckBLRPE/qhdWP1upBP+P049+6t1l9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Qeds5BcV1lv7ItG07UWz9z1UVMs1PCauemwNTUQUeqqIQiVlEZQnm9vpf2rslZrldPH7CfMen+Hh1omgJ6+Nj0HWb133/MR69ye6cfVbU3Vne3tvVOcoEjipVxmX/jUM06aKf0xus0SSupAYSgki/sd6V0FqZ8q+mOHoMft6ReXX2Xtg0kcOxdl0rjyDH4DDJCzMzFZabHLTiVSxve2r6/19x5J/aN9p/w9LfLpZ+6db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qsD+dRsHcHaH8qP557E2rQ1GT3Hn/AI8bwXD4+lkWOetrMaYcylLGzK1zIKcroA1PfQtmZffiaCvWiaCvWnT/AMJlOzcZsT587moKxKSHcXZm1sdsTetZi6SbBYXOVOKpKiiw81HiVkSijp6TxqiQQUkRRizG+sWaUkN0mibvHX0T4GBjssbQrG8kKxsmiywSGFSq8ekhbr/UEEce3elXWb37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691734kAVPXuiyfIH5jfGL4uVOxqPv/AL56v6fquxq3I4/ZcG/tzY/Cf3jqsb40rEoWqJkIWN5ERnII1nQPVx7fgtrm6NLaNpP9Kpb/AAdVLKMHoc9pbv2zvPC4zObX3Ht/c2Ky1NLWY3KbczFPm8ZX0sTqsk9JXU7MHCeSMSD6qWAP491mhmt5DDcIUccVYEEeeQc8M9bwcjpUe2ut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAH8p87VbZ+NveW4KJIpKvE9Y7uq6dZl1J5FxEihrf1F+Pa7bgGvUB+Z/YK9Vc0U/Z18eH4z7kzGe/mH7AzFZNFHW5HvzBU0CxqxNTW5TdopYYolUXLAsXb+qjjn2OmNE0U8q18vs+3pHTFR19lvrbKR1+yNjyLHIpr9qYyuUvpuqimRWVwPySb+46k/tG+0/wCE9LRwr0v/AHTrfXvfuvde9+691737r3QJdxfIrpnoDZme7F7l7B2n1vsPa1A2W3FuveW48JtvEYnECOR48pLNmaiAzxymPxU0VGs080rLFHCXNvfq9a4ceiQ/Hj+dV/LC+VnYmM6h6F+X3Vu+e1M+uTG2tjSS7m2lldzVOKpWrp6HB1O+cZjKaomaFHkjiimZ2CtoVtLW916vVnwroWamWISz/dC6SU6GaBFDaZHkqF9AVTwSGN/wD791vqb7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oN+48VjM51J2diMzDFPisjsHdlNXQzIZInhfCTGzoLkjUBwPfjw60aEUPXy4viT2/N8Y/wCYPgc6864XE0fZFTDHkKONooGglzTIRI7WCBQfq31vx7YHr0iHa1evqb7B3Zit97J2rvHCZKly+L3Fg6DJ0uRo5Ump6nzQgTtHKnBKyB0a30YEe3xkdLuOR0rvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TdmHaPEZWVHaKSLG100ciOY3jkhpmlR1kXkWIHPtqf+wf7D17r583/CmbavbOC/mpfD/sjcdFg959Qb26eoIOtMRHjKWpm2nujYeYabe+fr8dVrJqLVlXTVVPLPEInUhGJZT7HHJbv4mlfh0Cp9DWo/bXpPMBxPyp0d3/hO181O+OzPmd8iPhvTUWw6f41dX9a1/de652OUO76fuTe258BjsbJj8lTVUVJDT1EyStV4unpki8jOVJ5uk50Ujma5/wCbf/VpOrRVp8j/AKv8vW6b7C/T3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+XUZn+NPddH9lWZRK3rbekEmKxgDZbJqu2KupSjxStYGdnjVlBNtIb2YbZ/uWD6D/AAkD/AeldjBHcT+FKKgj7PMenXx6P5bOXxdT/Mu+ImY3qxpKJ/kz1nmM3JU0M9QkU1Rl4/tp6jG0ekFVq5hK0KgBlOk+nj2I3lklmVCfhKNT/a0/I1Yn9np0ZDa7PxhEFIA0kipyCo/YdWfs6+0TgcDSYHFYbG03qGIxVPjYpBrVXRY18riNibB3BZRf0g6RwPYOf42+0/4eiNgAxUYANP2Hp891611737r3Xvfuvde9+69184L/AIV37b+UnZ3zf+PvV228NufcHQO3+kcZmtj0uMrZazZ1J2durdWRTsXdG7AlRLSY+vlhhxcBqq0xCSNB4ixLXdt4WuJ1gj4tX/PX7PXpt2Abu4f6v9X+x1P+Bf8AJY2n2h8Uqvs/b3VeD3dvvrrDVGWXfeFqchRbwy3YOC2g+48ht3CQ1M8dTQZqkqoWhenqNK38bxKFksRC+2bdFQSVGPNiK8B6+p/n0wA7g04dXS/8JYf5gXfvzZ+P/wAhdlfIneEu8d2dB96YkbSmzS0VPunAbA3vgKusbBZFaiNWliocnTmigCIkkfm0DSqW9hyQKJWCAhamgPECpwelC1HaT1tk+6dX697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6as7SLkMFm6B0EiV2HylGyMAVcVVBJAVYH8HVb37r3XyHv5gO3M90N8791YjKJW1GFw/Zy5GiwVCmlslSLXyVcmJln/AF3m9AR73FjY8n2zQZHSIjJ9evqpfCKTC1PxB+Ntft6I0+Jy3T+zM5BSmCOmainzuLXMV9A8MYADQVE8sLN9WKliSST7eHAdK1+EfZ0aT37q3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691AypC4vJkx+YDHVxMJ+kwFK58J/wCDfp/2Ptqf+xb7D1rrRo/4VX4jKv8AK3+Wvk8XtOuq8XvDbnanXu4dzU8tXUS46nm3Hi6rJbZMULCCA0okWoFQ41W1hW039jHk6VkuEQISGFCRWi0FQT5cRSp9cZ6ZmApX5f5egd/4TFYHHdT/AM0r5k9Ow0UtRUdhfGzZvZtNm567G5XGyPtnsWjy9VJEaECVEeorSixLJ6ZImDgqEHtnnJR/We6I4EqfzMaE/wA+jdIbX92JMFPiUqTXGWcCg+WgV4/4et/mOokaseEkeMK5A0i/H05HsPsiiPUOPQfiuJXvDCx7QCeH+Xqf7Z6MOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Wz5iqrfFnvzWQsY6v3aZWJAtGcTIjWv+efZhtZAvVr6H/B0ssJ4ra5E02FANaCvl6dfIP+I1WdpfzJ+hf4Di3zmTyHyZ2VhpYUjkdqWmy+9Y6asq4QoNxHG2uRzwoHJ9jKTtUSBak4J9AATX+Q/l0fNvu2fElSSKE6SKCn880FPz8uvtBCNYlWFL6IlWJL/XTGoRb/7Ae4/Y6mLHzJ6CzEsxY+ZJ6791611737r3Xvfuvddj6j88jj/Y+/de6+bn/wAKIdyVXyD/AJrfYnUnUnYGe21unp/oLrmj33kMNn41wmf7HoMtkcntfb+diidEjhxlJkqSaodwxjZXDLqFwpsJ47a8WeUkAV4CvlQY8xnpNL8VSK+XW4F/Iw+Hm1Ph5/LP6Q64xW4ajfmY7Gocx3H2ZuqtkjmTce++y3Wp3B9kQSwooo4YaSnWVmkZYzJIxd29u3FyHdPBYlU4E1ySalqHgSSf5dKI6aanz6OX1J8JPjt0T3jv7v3pnq3bHVW++3MclJ25UbNxePw+P7Dqaesevx+V3BSUZJkyMU0jyzVhP77s8j3difaOQl5DITUknPr+XWgqg1XHRvvderde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918wb/hSptsbN/mKw5Kannmmr5cHUyQ0dSEjKrHdPPN9BcvZb/4+2/MjpLIO4g9b/wB/Kz3vi+xf5d/w+3hh6SShx+Z6N2dUU1JNIZZYoVpmhjaST/VSBBIy/wBktpPI93X4R0oT4B0fv3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xY2Vj/QE+25v7FvsPXutNn/hU3QZ6g3//AC+qfbuK+7pOz96br2BuDJQkpXY2hpDHuMrSSfSN51lkOpuD4tP19jLk13WQaF1A6QTWmkUrq4GuQBTGTx6YmAOfl1Ut/wAJie2p2/nad6bK3I2agyO5fjZ2JsbE0GTmGRq6TLdabv2/uDJUAqLqAjihr5lsOdVvz7Y5xdW5numTgCo4U4RoP2VBp69GMV3WwFqxJpSnoMuSPz1cflT06+kFHTyrWNMQvjKuAQ1zz9OPYeZ1MekceiWK3lS8MzAaSCOPU/2z0Yde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFM+d9TNR/Df5H1FPbzJ1ZuQR3uAWem0WJBH1v8A19mG1/7nJ+f+A9Uk/sz9nXySfgWNxY7+aj8Zq1KRqqTcXyp6+2zLTQyxCoNHn990uMrFo46i4WV0lYI7grcC49jKclU1A4ai08hxyPn6/Z0mAqKdfZmT/Nx/tmH9uP8AZJDGH0D9ksPrp/Tf/D3H7/Gc1yc+uePSzrn7r17r3v3Xuve/de65J+tbfXUtv9v7317r5KX802jwmZ/nH/PvOY2PdNLNuvu3P7U27DXrU4qery2N2/jBl6+VqN4708tWWggXTbxsv0Y3DLfLpJIc0Hr19Qb4S7Si2F8SvjnsqGBqRNr9J9WYh6NiWNPVf3FoMnXs8j+tnkmqnZix/pb8+3FwAOlK4UDo0vvfVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6w1EkkUEssSq8ka+QI3AYIdTre45K303Nr2vx7917r5gP/CoTsuCL+YzuPFM+Lkm2qNsQVlFBVfcz00tTg4s1TY/NLC58dQIpI3dUIAD/wBefbZ+I9JZBVz1u4fyI+yaPef8q34lT0VJRUkG0uuf7m1sVIZykY2xOaSgqGEzMfJURsJZ+dOsnQFHHuynHT8WUHVyhFiR/Qkf7b3bq/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691wf8AQ/8AwVv969tT/wBi32Hrw61Ev+FQ1LuCs35/K9hweRqaCCDu3f8AlMsadElElPitlR1UTy07MrSBQJV0qf7ZP1A9jTktWL1DUAAqKfEKUA+VCQ1R/DTgemJeH5dVVf8ACefonF5n+ch8h+26zccWN3v0jv3tCSSlqcL9vLuHbffO2I8Tjy9JUa2jaklQmkIcAGZ2fWGUBLzjUcy3AJrXQeHl4aUH5cK8TSpyevRnIHy/ynr6IvsNdP8AXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691HnlaJQV0E2YhZG8auQPp5j6U/wBdvfuvdIDcHZ20NpUFTlN3bu2PtWhoNS5GbNbvw9MtNIV1wRl55IlDMpDAORwfqBz79UdaJA4nojnYn83b+Xd1VDJLu75b9FV7QZaDC1dJsTsPbO/sniclURO0VBuHGbZq6iWikZo5EMhEkKFSHlUsmrWpRx60XQefVfnYH/Co3+U9shd001J2jv3d+d23GzQYTaXVe6M6mfq49QfF43ccfhxSSmykPPWLpDAlCCCdageq+IvQIUX/AArY/l2Ve3qvcEewvkRXSUmM2/k227hdkbbyW4ZTuGomp/4TTUxzcaSVOPMDPXeoKFdWUCxv7V1rxl8weodD/wAK4/5fGSoJ8hB0t8uqd6ZxGcTW9a7Pir6tXbmppXbcau6xgHXHBTTsSQCY+NXtQ694q+XQk0n/AAqn/l2VGIXPz9YfNHG4ZszhNvjK5D47GmxLZbNqRS0ceRlzilmZ+FtDewJ0nUvverqxkUdG52P/AMKC/wCU1u7IV+GzXy/696t3LipKKHLbQ7cpNx7DzmLnrKdJkplra2kmx9a41gP9rVeg8MPz78CCK9eDqwr5fZ0fTpv5yfE75E52HbHRXfvXPaWcrMbWZSipNoZGpy3lpaVNZmWWGMQuoFyw86tb+yL+/VB4dbDKcA9GxW5Vb/Wwvxbm3PH4/wBb3vq3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+X+ObLfFvvzHJTLWPVdXbrRadkSQOVxruGCScXW2oX+lr+1+2Gl6n5/4D1VxVD18m/wDllbMOW/nI/DrC1H3uar6v5VY5IsdGzVNVC+MNflYqoCQ2U0k0MM8b3Hj0F1IK3Aqv3VVjJqM+poAFYkkcP2/5Ok8dTX/V6dfYfYhmZhyCSQf6gm49gfpUePXXvXXuve/de697917royJF+7IwSOMhndjZVUHkk+99e6+SL85p8FuL+cDvuCOuqQlZ8gsvTS11bVyS6G/vnHHUCeaUkk+ONVN/wqj6AWZ8j0jPE/b19Wrpakhx3VfX2MppjWU9DsnacMeT1tKMkBgoUWdZn9ThEVIgT9AoUcAD26OHSscB0KPv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6g5NxHjq1zH5tNPIRCEjlMz2tHCscxCsztZFVjYkge/de6+WD/wqW6ix20v5nPbuYoExeOTsrbXXvaTL97JNuOWas2z/A66uzVBN+7To1RRtTQF/wBfjYITGqn3Q4PRts1nHeG4jceSEGgJB7uFfXz9ett7/hLjuqLd38rfaVP/ABBqiXZ/Ye7NpVlL9w8gjraOhoKuqo61GNg8S1UD6W4tIpW/t2Fe1iejG/jgipFGi+QJCjBp9nn1s3n6n/XPvXQXHDrr3rrfULIOYqOolEjRCJBK7JH5HMUbB5o0UfQugZA39knV+PbsIBkAOa+v+ry4/Ph177eqae9v52Pxb6L+cO0/ghHjN+9kdqVcu1aTsXJbMipa3aHT1PvOkjr8HFuqr1maas+2ZJ54haSJHXVy9vZvDtrTxsSQrDNKd3E0J8lB8gBwz1RpAppTq5bG1VPXY+irqSZamkraWGrpKhUkRailqEE1NOqSlmAdCrDUbkG/snlBWRlOCD9v+DHV+pvtvr3Xvfuvde9+691737r3XCQ2jcn6BGJ/23tqf+xb7D17rUB/4VLSUUG8f5XmSrsRU1+Pm7h7cxtLl4J2hgoMpW9bKtBStbh3qXAaNGsCIm5/BF/J8qxyorDLlVGeB0k59agEfaQemJQafl1SV/Io+RAx/wDO37F27Xblro6vvWPY9FjarH0qwnckuwcVS1i4iuDMsMVPUJGY56jxtMSlhw7Xb50GnmW4H/NP/q0nVY+I6+lsRYkf0JHsM9Keve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rUr/4VtfM/wCUfxI+LXxuw/xo7S3j1Ce9O1t67Q7G3Vsed8Zn6zbuC2N9zRbYo9xRgy0ArJK+aZ2pik7mnRklTxG6+yXUTgEkquQDx1E0rUAmgFeltmpJIABJKrkA8dRNKggHAFetKbYXyz7p7S6eym2d19p753XUY+mim+43JuDPbnymQhpgZYpchkMxUzzzzGMKskzsST9LCw9itLS0KhhEhBGO1fs9M/b0KTaWZgEgiQgqfwj0xmn8/M9JvYH8uD5W/LmnXe3UHVe8K+i3GkgDYvA1dHBkKeR1aoler8eiVVJXUGuSTf3dreyVChjQfPStR9mOo7U4B406uQ+In/CVX5gb0fGZLtPF0/XuFqZmWer3Dk1jyNNE8MUhC4pAA0fqNmIuTqF+PYS3aOGO4VLb4QorwOanjTz6d0yMa8OruOqP+EnfUuzsuajdPc2Ur8aEWWogxeHieSaeoiAqRSBwAPWBqNhdVH149lmg+fVvB9T0bD/oGM+GVSIxlN69j1bijqYo6vGfwrC5ahqJSixV+PyVVDVwRzRW1ItRRTAkf2Re/tA634K+Z6Sm3/8AhLd8O6GpxJ3l8j/mx2pg6DsLb/Z8+0d17z2BiMLW5DayNTUdDUnbu1YJtP6HWljkQSKtgAW1jekdb8JR0Y3d/wDwmz/lTdlZmr3N2D0hu/cuQnwL4Ggiq+zd2UFJhaQ10eQXJYvG4ZaTw12uMxkHUpSSQFSxBGwoHDqwjVT2k9WvfGP4g/HH4idd7e61+P3VmC2HtvbsNVHQTGlbIbmlau0mvmr9y5by18rTlFMgefTxYKAAPewAOHVgAooOjM+/db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RW/m3NlIPiP8hnwlhlj1bulKEtIIR5noGUXkPA4vyfai2nFtMJyNWmuOHHHT9tbG7l+nDadQOaV4CvDHXy3v5LAzuN/nb/ABKw1RUzw5Dcfd278HX5Kko4aqU0SbC3BX5qGinkJMc5BiiSWMgqjufzb2ctvqS/DCRVafF+fp69LZ9iNtp1TDurQ6aDCkmpqaDFPz+XX1xAwYBgLBgGA+lgwuBY+w/59FZ49d+9de697917r3v3XuoeR/4AVn/UO/v3XuvkPfIrDw7m/mxb2xuSE07TfI3JVTyQSeKVjLvlNKKSDa31J/P9PbPl0iP+E9fWz6woExPXOwsVFE8UOO2Xtelh1vrdlTDxBtZsOQfqfz7eHDpb5dLr37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa5VakqNaLKqR+XxusTLI0DCdEtMCtyygAkcGxHIHv3Xuvmsf8K99snHfzCOuc/8AcY4xbh+KWx8HVR0tLWvXUVTgexNyQGqzWcq4ozXySIUEa63MKLo1WI90b4uhJy2aTTH5J/z91sBf8JTKzAVP8uvJbfwEmLE2O7gyWb3LLSU8vny2S3NBQVH3GWWSRwZYqTHRUkTIFGmx08G70PdqH+r/AFY6V7sQp1KM0bP+1IH+Gv5dbV/1906CHXvfuvdN2WeSPG1rxQfcssDEweUwmSO4EwEgBIITURxza359vW4BnQE0zx458v59e6+bh/MM2fvH4+/zqvmRkabPjGV3ZvY9N3PsTcEkFPBPiJd1bEpZMZ/GJUcmXHLU0GimmkhdIgGsup5C4vsIwlqDWuqh+whVUj+X+TpJMe+np/xfW57/ACYvknnPkX/LF+FvZm6N7U/a2+st19j9ldkbupq6mkrH3ntbMV218zVZCnpqeFAEajhA0xoCrqQAPqErok3L6qE6jXTwr8q56UqRpFOrY/afq3Xvfuvde9+691737r3WKf8AzM3/ACyk/wChT7an/sX+w/4Ovdav/wDwpR29t3cvSXxKo85j8hWZKk7nbJ7NqcbSfcVGP3hR7FzH8HmmmDAxQOzFZ7A6h9bW5GvJVdR+xf8An3pifgOtDj4kbr3v13/N26B35tWNY969ffInYuVMYqEhop3o86KXPY+csh1RTRNLBbkWvcEG3tNzuf8AkT3NP+Ff9Wk6EFhy9JdWq3QkCqU15Qmne6BeIz2E18q9fY5oMmuSjoqmCEilr8fDkYpvIrKq1ADpDYDk2N9V/wDYewzTFeiRzom8L7c9OfvXVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q7/m/wD8vXaf8y/4Wb6+O+ZKY/edNPHvzp3c0aQff7d7T21TudvGCacoFp66OWooKxfIoKShifQPa2zn8AuSCwI4VpwNQa+RByD0Y7c8ayMstdLAV+VDXV9oNKdfKa2zsndXwz+Tm4+o+1MHJi9ybN3bDtbdu0qmcVtXh8l976KfNxMqhI5YQlQkgBWSORbfX2ZLvsMceiOEgA1+Ov2/h6F6QxiFoYT2kYyTx+Xp6Zznh19Uv+Uj35tnu/4g9f1+ztv4PbsOzqNdvyUeFxEOHxvjKal8lNT2fzWHLarH+0CbWQyXaXzliGUGn4q5Hp5D546CNxtbWUa1cNXHCn+U9WqUkjyxFnvq1kH1u4vpB9Oskgf4e0coCtQdF7rpNOpXtrqvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV/fzTdx5faf8v8A+Tudwtvu6TrfKo/rWNzT1S/bSJETyXYsqKF9RJsOffiGYEIKn5Z6M9oMYvAZCBg0rj0/yV6+ZB/Ith3vvX+br8PdwYSnrp22336258wMe1MXi23XbbyWFzuRq6qpJ0Rw0tRKZNFmaMs31VHXaRTBwNDVqPI9Ce9eJoyxdaICQKqdRKkZ+zypx8+vruxi0cY1mS0aDyG15LKB5Dp49X144/p78eJ6AzfEaY65+9da697917r3v3XuoeQDGgrAoLMaeQKqgsxP4AUfX37r3XyZe+cE+M/my5StpxrqKr5AUau0f7pqZarcYlqdCcgkyqxIUcFSOLEBny6RGlfz6+sBsuXz7O2nKXWQvtrBEupUqWGLiDW0ccEEED6Hj28OHSwcOlN791vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuoWRpRW0VRSMqslQI45EblXiMymVT/rqCPfuvdaF/8AwsR6/mrdx/G3e8CS1GNfbOVw8jT1dZUHHNNnqvKV8MCTSNoWZ5RLoAAUW0BVsPetDu3YpP2An/B0IOX3jSWbxGAqqjJA82rx6OJ/wkFXbR+HveVBt7Kxz5Kn7T2tLnoTm0q6rGGXAs2PiXBPCpp450RykrTOHsxX6EB2JJAWDAr9o/zjpZuksCqoQhgAQADXypk1Jx/PrcZP19t9BLr3v3W+olfIIqKpkKqypExZXbQhQnS+puLCxN+fbkQBkUE0zx69w6+fL/woyoJuqv5y/VvYS4/FY/a2/fhpt7J7srvtnzGXz1F19vnLYCGOkpaiUpR1ETCip4pFWOOSIFpRISWIn22caAjMBgk1Oa1BHy/Exp/m6TzjJ/Kn+r8ur0P+EtOey2d/lW7KxuVgoKOu2P3v8gduPjMJg6bBx4enl7K/vLHj8zkLuK2UfxB5YWiUWp2jiLlowfYcvP8AcyXh8Z4cOPTsZGnHDrZV9p+r9e9+691737r3XvfuvdcXAKMDyCpBH9QRY+2p/wCxb7D17rWE/wCFKElbhtmfA3L4/Z2b3DRR/IrNbbyeUxeYqKSg23FuTrbJUmPbMYiAM9d9zKpFOFKmJo29QMgBGnJhIcinktflw/4rHrXpPLUgHr599Dk8ls3+YHiM7lhWYGrxPYO28lFKsMMFYxx+TR2qxTQtICZVUyeotdWDNYk+0vOx/wCRNckf8L/6tJ1JOzSqmyRa3UDwSACy1r401cVrXI/Knr19iH4/b4x3YvT3Um8sK6y4nc/We2M7SyNLH9zerokSUSQA6gC6tZrWuCPqLANg9n7Oo7mqbvV5UOf2dDZ711fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xum7IRiQQ+ksY5DIunVwwHB9P/E+3oeJ6ehbTX5inWgz/AMK3v5ff929zdd/zDuqNtwY45iXHdU99nG400hr8yyGv643qamG6zygQVNDm5qgApCtCsZBL+2plAfHn0JbG7YxAlxUduSK08j5do9KEkVpnjy/4TKfzCMZgd3f6DN67iyEWF3j4KCgEkqSUcW5JUUUkc0dvTqYkPY3X/C9j6FJUeulqcOB/zeXSq/EM8JVXUmlV7hx8vPrfgxMc8UEyVEhlYVUpRiFDCIhTGpCAfQf4e3Ja6s56Cd0Y2ceGKYFft8+nX210m697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VXf86qozNL/Ks+b8u3aN6zP/6ENwx4FYV1VVNuCV449vV9Mn5aCuNPIxv6UDMASApMNs1fWLo+KhpXhWnnxx1STToOrh188D/hOdtqlx387H450jRZOTEUe2+4cpi6eq/yWiotyR9TZKOiXc4QsnijLJaMlruUVRyT7Et+bkvWp8Mofh/i1LWv5fD6ZI4HpmMJjArX/P19YFb6VvcHStwQAb25uASAf8AT7BZ49KeuXvXXuve/de697917rkn60/4Mv+9+99eHHr43Pyg3rkaP+Yf8laXfEG5No5rbfyJ7dwO2qvbKpW5bA4bb/cNdNiM9Qxyzwxy1PgnEayrMoZS7Ai1iyR0jYUOOHX2CuuK2Ot2hgHjjkhP8BwDyxuFURzth4oqhI1TgL5I2e/5LE8X9ujpWOA6XXv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sCVYC1yCBf6Xtxf37r3Wol/wrSwWxcV8beh917uf7B81v7O7SxeRJpo6OPMUuz5s1DR1k08iFWqYad0ptCvqdCraBZiIdgqJJKeYX/Cek84rQ9Ey/4Rx9i4xo/mR1HhsNSU/wDd1uld8bg3Q2Vlmq6mozlNubayLFRi8ApKGCjp4kAfieeVrXa4WbyFI1YLH55NMU/kf2fLrcODTy63vD9Txbk8f0/w9hLp/r3v3XuoeQplrKGqpXAZZ4XjYN+kqeSD9fr7917rRU/4Vh9W7zPyJ6W7awNZ/DMfL8MO68Nm6rGZJqfKVdVtbsihnwWMFDCjSzRyx5pB6VKgo+sqAuttwKivTEwyD0Z7/hHH2HufJ/BTvLr3e38Ykxm3fkhVbo6/zmWmrf4VuOj3Ps3FtuiDB1tTCgqDj65YWqkeZ/3qhLAEC9lpw6vGRkDH+qnW4z7t051737r3Xvfuvde9+691xb9J/wBY+25v7FvsPXutbH/hTXs/L5j4l/HLd2K3PU7WfYXzH6d3BNVUlNm52raVIa+Cox0k2Kp5Y4vIWQJ91JGjm4uSLexlya4M3hjjpB8uFRjPr8umZvhBPXz7/mh15vXNfMvc21diUeCxWZrtrbP3jiqtslWY/HY7FbmlggyR3CK1paYmOsmMgmoo0ZI1QEPKrj2k5zxzHck/0P8Aq2nTAVRkjj19RP8Ak0dq7k7g/lv/ABH3PvLa67V3NierzsHLwULVE+JzeW6z3BkOucruzH5CQAzwZeoxM2SVZVRo5JWAX1AANrw6VoaoOrTfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RfPkz8d+vvk/0h2b0Z2ThsdldndkYGqocqcjRQ5V6CtWARUmXxtFVjxrVUwQS00moaZFBIIJ92QVdftH+HrTKGGk9fJn7I6q7M/lZfzIOxukM7U1+OyfUHZWKbbWVXNy1h3BtKugiz209zz5KKnokkmraGSGSrZKcKsxeNSyrraQI5TcRmQU0ngQeI86jyNainSJkCmh4jr6p/wACfkdtv5RfGPrbtHCVsNTkshgcfT7mhFWtXVxZuCkjjnlqmDMQZAFYXP09g/dYzHdkeRFR8uOP21PSuNtSg9HM9lvV+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVh/zkN0VG0/5cvyRyNN4PJUbU/hx+4jaWPRUszkhFZfUNAK8/UfT2a7OAbzPkp/wjpuX+zPWgp/wmGyNJub+bHi6GvLVeQrMB2FUU4ms6eBsC1NlKoi2oSxQEtCykBWsSGAsRTfOEtWYH4cfnQED86j9vTCA616+pKrrIqyKbrIqyKf6q41Kf8AYg+wEQQSD5dK+uXvXXuve/de697917rkn60/4Mv+9+99eHHr44n81HGYP/hxHvipxlQmz8LVdo7iymRzNFBV1RxUFTVyZWpATW7/AGwmRSyliQpN2PtmpoekZ4mnr19af4ibvHYPxw6Y36Mrjsyu+erOt95UtdjoJKRZ8fuXZdFlaeeeimeR4WeaSpKxs5IQKLkgkujh0qWukV6Ml791br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de61Z/wDhWn07X9t/y8dkTQPkRSdd9xwb5ZKBJ2U5SHblRgMfJWeI2KJDXVhVSAS+khgFYMf7EFLvX5edPX06NNssYL5mWevbSlD61+R6pZ/4R/dobUpO8vkp0fHipoNzbo69xW8MlumWNjJlMTsrdi0Iw2Skle4hSTN1MqqeTIIjcBCHN9xAMdRnTWgzWuP8/wCzh0tudnsbdC0RYkA4J9KD+HyqPt6+h+3LEn+p/wB79gkcOg711791vroi4I/qCP8Ab+/de61Uv+FHGVzGF7M+H+IOzKfIba7f6z+S/WI34uFjyGR2tvXHrtrdu1sRLlayWOmoMbkIYK9q+WUXcxRBHSxvSQcD0zN5dFe/4Rs7W3Nt34sfKDHZ/cde1PV947Tz0HX+QxmQRtnrDt1sdkpmgyB8ajOWx9bBNSIFZaNZGZrADY6tGa1/L/V/k63T/dunOve/de697917r3v3XuuLfpP+sfbc39i32Hr3WvV/wp5wFXlP5U28dwUGR3LjqzrnurpLfsJ27Uy08VV/C91jHyU2eSJSZaPRVs3iLLeURnVxYi3ks/7sVFBlPz4rw/y9NzCsfWhR/MONRtD5Y7Q3pgKPb8Q3l07tjbVdid1Vr4yryO3RuZkiya0DpOv7tLDNHJUMix+h5PHqT9w25m2pbnfZJW+FtOruoahVFVxnHl8uk4oVo3lw63qv+EsnZ+a7D/lP9W7MzdKuJyPxw7R736TyuLjp2pNTpvj+/wDgXZoGENSkVPnqmN5QgBkVSiqF5B13bC2NKEE1oD6AsPQVqNJB+fSpCCMdbIntD1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sFZHVwCjIyuG/SUZbOG/wte/vYqDUcevdaff/CoP+XTD3R1Bj/nD1HsiLLdr9FLjcf27Q4TCVC5TdnWU9euKodxtlodSOMKssUjkgn7cNyAtwLdslMaeE5w2VBIrwqwpg1BqemZlzqH59Fz/AOEwfzXlxudy3xu3PUxJTZSDIQ46qZZfA1bjpkp6KrgLSlVjqFjDrwfSwF/z7Nb/AGGC82p91Ut4yHSBUaSBQnFK17jmvpjqtuRqoeB63jkLaY9RVmKjUyiysdPLKLmwP459xzI5WUIvAn/P0pIp1k93611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVD/AM9SnjqP5Y/yL8sphSHE0c+tdV7qJUA9HP8Aa9m+zf7mf7U/5OtrbzXP6UC6m40qB/hI60QP+EsW3cE/82Ta+ey2SkjpqLrnttsbSwQ1sklbk6PEwV7Ru1Mh0L4FdyZSqEAre5sRPuAb6ZhH8RAHyrwr9tP8A6fG0bjGQ8kVAPmv/QXX1NUOpEIXSCikLwNIK3C2HHH049gI4JHSc8euXvXXuve/de697917rkn60/4Mv+9+99eHXxwv5s2Hy+zP5knzDhmqIa1+se/OzMbXYutpWZDiKev+5x8lfj3K64ZYqiFo15DKbgFVazVPLpJSrFfU9fV2/l8V+My/wb+IecxVPjYKbO/Gjo/Lg4rGNi6OVK7rmgmiMULfUC5sB+gGxA/NxwHSlfhHRxfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VLP8AP52xDuP+Wv3HNNVLSR4ZsTUtNLUx0sCtksjDhKXW8rIupqiogiTngvfhdRB5sZ/WcfIf5ej3YifFdR6A/sP+r9nWnF/wlSzOF2T/ADIspjFr4XyvY3UG/MBj8fMJBLkKGhmoM9LUU3lXSxX9pypbUQC1joax7uBR4GRjQgV/YK8ej6/MbwshNKAn9gr19MQ/U/65/wB79gYcOgGOHXXv3W+ve/de61Wv+FInYFDj95/DTr3LZPMrhK7bHyP3rmMNihRMJabGY3A4F859vUnXPPRU1ZVtBDGrlrsApZlBpJ5dMzeQ6p1/4SB/LnM0vbfavw23Q26sjlc7Tjf+3KzJ4yolqcZgNqUsVIMDFuSZmlo6WJbzNQTr45FbRE68qfDj16M5x59fQv8Ad+nuve/de697917r3v3XuujyCP8AD3SUFo2UcSOvdU+fz78kuD/lK/MPNyZKrxaYfZOCyCVFBQw5Cterp95437KCGCoV4wHc2d2X0jm4tf2ecu3VtY38U94dKqKEmpAx50BPyx1SX+yP+rz6+fF/Mo2luDdG3eoe0ZMpFNUT7GoamaaMI0ki1eMFUlNVvGebM7ho/wDNhmYKACbja9vba/vJLqycPG9NLUIrQAcCAeI6SA5z1s/f8I0dxT1vxH+Ym2aiWevG3fld56PIPC6KIc91xQVcijzyFkDtTswjVLC3JNxYFboSRpJyHeoNc1IIIr5CuM/Z0rTh+Q63I/ZL1fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de66NjcGxFiCDY8Ec3Hv3Xukvu/b2J3PtXObZzuIoc5t/N4urw+bwNfGr0OWwmSgbH5bFyREhbT00ksS6iFBYE2tcKbeXw5hIWp8+OfIn1FaV9R1s0Ip181/sPZWa/lq/zod2dWxSUeNx22N743evXEdDOaKkzHU+6K5m2UyUcLWJpfHLh5Y3GtpaVm0lHRnlHad32642F7bxP1dZJWhqAQo40p5Hz6Rsvhn8+vo+9R72pOzOttk75ppFmjz2IpMiSqSw+OraHRVwvDKFdWjl1xsjqCCPp9PcV7jAY76iigBr+RB6Vg6hq6Ez2z17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691S1/P83RJt3+WX3lTpRR1YzsWOxTu9Q0P2qyx1E3nRVRtZBjtpJA5+vs22X/cyn9E/wCEdG2y5vafI/4R1o7f8JdMLvSL+alszI7flpW22mwu0aXdrVBAlhosptl6CL7SIn1yayhFiL2t7E96QIWY54UH2dCm7osDMc8MfZ19SqI6oomAIDRRsARYgFAbEfg/4ewIwoxHzPQBYUYj5n/D1k91611737r3Xvfuvdde/de6+SF/wo/2nVYf+cj83qXGvek3hXdY1MyQ6GSr3HP07t6uZPqvqLuyuzG9yWI+gFa0PTDEB604Hr6TP8nyrxlZ/LB+C8mHOuhpfjT1dhZHfzCoOX27ghgc8syzO9lWrp5REQ3K82UWHva8OnE+AdWS+99X697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuqbf5+nXWR7X/lY/J7Y2JrRQ5DI7ewOUpp1DtURttPeWM3cZKdYypYsKAwMCQAspfkoFY52YEzt5DB/nw/Po52UEzP5AaST9h4fn188/+R1vHcfXf83H4VbogoZqulwHY24NsZ6nxdSzPT7f7H68yvXUMzQSaPuTQ1FetaYDw5gQEr+pRHfRmS3quAA1fnjh0JL6NpISVoAoYn59vD/P8uvrhsLMw/oxH+8+wH0Auuvfuvde9+691qI/8KXMtQ0XcPxSx9RFuCoq8j0Z8lKykgg26Kra0tPt/LbYyuViye6YSaiirpKYSLTUyR6JY/I7upRQaSevTM44da3/APwnp7e231J/Na6cpq7EZAVu+97ZzrCiqlrqWnaaHeksuKxM+QijqZCwgZ4iYvVq+n1HvQ4g9NoaOOvqXEWJB+oNv9t7c6Vde9+691737r3Xvfuvde9+691UR/Pho8xl/wCU78yNuYGop6XJ7k66xuHiqKmjSsSngrt9Yehq6qMSMqrJFHMzR3PLWIIt703w9UkNIz1oV9r4zIbq+IuKGUb+N5XamPodvSV0lKtGalsSTipqo08bOI/J49RVWI5uPYv2Y/4jHT+l/wAePSL8XV1P/COXsmCl3r8/uiaiWqhq6Oj6W7Xx9E9PHFSTjIxZHam4poiTqLUc0VHSrIF/cV7toI0lHvZBNPOqn8tJA/mD0rirT/V6/wCz1vRew7071737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WCoeoji1UtMKubWiiEzimBRms7+Vlf9I5tp5+g9+69015TcOJwVNLW5+uosDQwRq9Rks3VwYnFRu99MAyWSMMRfi9r/AE597690RDuv+at/L4+O0cH+mL5c9E7PqqrOy7bpqWo3smTknziVJhbHIm24MhJeBQfvZhGY4WGktyD71UdV1L69VZ9nf8KkP5fewIM/Li8R2XuCbFZWsxeLoM1hV2TVbljpKtqWLNYZq9qmN8fUgB6WpkeNmB9USe66x5Z6p4y+QJ6q521/wsvi3B8gdtbMh+D5bqDc2+tqbHfKp3XjpuyqCo3HkVxf8WxW34MT9lWU63EoV6qP1nwtIpsfewT1tZNVP9X+o9byk9MlSiR1K3EcySsiOwRpITdQTwSobmx+thf3vpzrUF/4U+fEHc0eS+PP8wjrLEY+Ws61rqTo7v2enx9H91/cDsrO/wAN6733mp5bSGmwWdqjTlxJanSsapZk0WYR7JL2mH1JP24H7SKfLBPHpiYVFerJf5F3yKl7P+PNP1zkcw2Wy2wTUQSSyV718skUkvqleVx6rMLeQMdf6vz7vvECmHxqZBGfkfLr0BNCvV7vsM9P9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcXuEci+oI5W311BTa3+x9+691TH/Prw2Kz38tvtnHZWqWiaasxH29SXWOSOcUdWfq5HBF7/wCNvZtsxpe/7U/4R1rx5rf9SBireo49aZ//AAl8w238f/NHbEjI5CpGL6m3tuYtGTJQGTBVFJi0p5pEOkPUyZGFVBPqbQALkXE18Ha2bTxIp04u5bhIdEkzEeYr19M21uB9BwP9YcD2A+qHj137917r3v3Xuve/de699Of969+6918pT/hSvt6kw/8AOE7/AFWY46kyUfUu6rxP471GR6Z29S5CEM97tHJHOk4HKFHBsVa1D8R6TSfGet+T+Qvmspmf5XHxtXIv5YMNjM7gMRIHDgY3F5qWFaYafp4ZfLEy3uGBU8gj3tPh6di+AdXD+7dOde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Rb/AJbbfpt0/HbuHA1WOiyceS633hTimlp/uVd2xRKKsViSxIFgBfj29HLLErNExU4yOjXaCRcUrSv88H/B18j34y5HcXV/8zrprMQJMzbK+RW0MquNp8ym3a+Wmx+8DTVUUddIUESiKXU9OwvIkRAFr+9ncr9koZmIPHPQumH6DknBQ/toa5+ePsp19jigqJK6ojyArDJSVuMoZqWnDjwyPLEKiapiQfW6uhuD9GH9R7Y6jziK9PQF/e6deAr1y+g4F/8AePdur9ayP/CjvaewNw4T4ovmJs/Q9hRVPfC7Nq6cVkG1ZsYNg07bmps7WqVp/uPH4jBHISxi87AaVJBvtVtDPrMyK4FOIyOPSW58utB74E9iQ9D/AMyTqbcmTWHb8W0O88LkMPlQUooaJqPO+SirBW1VkRPJoIkLW5HP09ld+ix3kiRigDYA8uhltthZy7fHJJCpOkHVxJ9T9o6+w9tPOLnaKjyMVYldT5XHwZenlhmSohWnrqanq6YRyx3Uq0cyuhB5UhhcG/urAaQR59El9CsR7RShA+34qn+XSv8AbfRf1737r3Xvfuvde9+690Q/+Zrsmm7D+Cfya2rWQCpppuqdw5oU7xNJHU122p6XOY6kITkvJLCDEo5LKLA296YVU9VfKHr582NqZNxfHffdBRQtLkMdWzz1dDWAxQQIaiSojpxqtoJWwOr6E39i7aP9wov9t/x49CLa7GzmskkliVmNakjPxEdDX/wlV7jp8T/Ng7FxeahrY8p2p8at3bMoxBKlJjpqna27MJu7KhsaLOXhCzTSSNdXZZplsoYhneUUQ+LQ1JVa+VBU4/b17dLK0toi8EejIHy/Ican/J19I3FyO9KUllaeWnqKmnllc3ZmimIFz/wUj2Geg/04+9de697917rizKis7MFVVLMzEBVVRdmYn6ADkn37r3QR96dtbb6Q6p3h2nujL0uJwm0MXLk6iacJJ93MkZajxkClgDLVSaYol+rE6VBYj34mgr1omgqetDH5R/z/AP5yYN+2e7OkO88VtLDUVbiMthNh7q21i9xbHk2fjM+lUNtRUVQPvMbkstGYqVayibW0UhQvEzrID7b4LeTbjcSqpKs2TWlBTBpnIwMHNDQ8Ok4kcvSpoet7v48dwDvrpjqDuanxNRgsf2t1bsff8GHrIKilrsbX7owq5PJ4yopar9yMUjnxDX6uRq5NvZbcwJCWVckMf2Yp+Zr/ACPSkGq16HH2j691737r3Xvfuvde9+691737r3XvfuvdYp5GhgnmVBK0MMsqxmSOESGOMuEM0pCIDa2piAPqeB7917qnXCfz2P5YW4N+92bLi+Ve2sdJ0HuJNq9k7nq6XJ0+ysPU+RoHrsRnWgqKLKY+GsjqaOpzVIwp0ePSZGTQ7a1Cv29V1KCAfP8An1bJtHe20d87T27vjZ+6MFunZ+7MJRbk2zunBZSjymEz+38lTR1uOzWMyVJaKanmhlilSRPTpdebEE76t0q/fuvdet7316nXv8TwBySeAB79Q9eoesMVRTTKWhqYJVDhC0U0cgDk2CEoTzfi3v1Ot06QfY3ZvX/Tm0Nwdg9n72wOzdmYGGprsxn9z5jH4nGYmnpYGnmUzVskYYhUOiFSXdvSgLED340GT140XJ6pg+R3/ChL4G9L4HJVmyMzvLvzcVC8f2+0up8dQHJZeOY6IZ6DMblqqSghhWQr5ZpHkGm4CG9xQyL5dNGVPLPRSuh/+FG+198ZPdFd35tjpvo3EVrzSbE2dtrvGn7L7fpccWtjJt47Yhp6TFwzzR/uulNUFVNxdrXJ/t9lDcWqzOK5NccaH149CLbbKG6tFmkWuWBx6H149E8+QP8APQ+PMO69/b/b5i/K/JY2q3Zt7OYLqTr3P7e2Psra2I2vhv4dk9q4D+7WEoM5VUmarCJag5fL1UgW7RvqAPs0j26AdpjU49P5/wCr/B0apttuAF8MH7R1rJ/O3+YD0f8AKTf1JuPM5TuzeMmDjrKKgw+8+6ey85gpKNJGrAEgq8u0SiWVyxCjlr2/p7v+77BfjjTPrx60du28GjxoD8+PVc9d33lN37UxOxOuupVoavH5ysym3q+KGrr8nha3JS+VqvE5eqEtWkjGxMwn1N9SSefYLuVRbmTRhQzUHCgrgdWTbtudPEjt1PyYafzz5fZX5dHY+FX8lX59/O3dgrIuvN2YLY1XVUWQz27cnQ5PH4ERZOqkQ1q1IiWComDh3kVHZxwzWuPbQqeHQf3iyWBUeNFUsSKKMAADj869bu38sr/hMp8R/hDuvZHeXaxyHyB+RO0dx5DM7Xz24RWw7C61rqqhSLbtTidhzQNTZqropA9VHX18irTTOSkbNGrBwDGeidUoM9bRqqqAKihUUBVUchVHAFz/AE976c6A35F9G7L+SXTfZ/RXZGGo9w9e9s7C3NsbeOGrpaungr8XncPPQQL5qFWlDQ1EkVTG6DVG8ayJdhY1SWRbkIGOnSceWcH9ox17rTs/kZ13Y/wi+YWf+I/cGfxuPyW2n3dsfNwVYNLNmzjM1NSbGrlq65YTKsuOhgdpRGt3dRYM1vco31nbScqzXRQF0SMhvOtV+Z41/PpNGaSfb1vCBfUX1OQ6JZCfSlrnUq/gm/P+sPcYdKeufv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737rXVBP/CjXdjYf+WX2PUUkcyVWRzdBR0jgpaKWCmrQ7S8/Q2NrX9m+y0+tz/Cf8I6bm+D8+tSL/hJDt+o3H/My3Ju3LU+cdtsfHLs6ppZaGmMmNny9VuTbghgyctxwYIagwqAT5BGeLE+xDu6qLatafh48NRFSf2f4em4fjp19NFQQqgm5CgE/wBSBYn/AGPsEHJr0p65e9de697917r3v3XuuvfuvdfMY/4Vg7JTAfzFX3cKCUt2P1psncWHyEK/sZFTgnwT42JmswnD+rn06fzfj3T8XSd6eL8utt//AITCbyqN7fygOlK6rqWqanFdk96YOQuCGhWl7MrqqCAg/wCpjmT/AG/uy8OnIvg62Cfe+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917pE9gY05ra2ZwgALZnD5jGoWBKB6nGyBQ4XmxtbgX9qIY/FDLWmB/hp/l6U2k4tphKQTT06+Ob8mqLL7H/AJjudoI4Zdu1G3e40NPUShonEyZmU087lRfSHOv+un/H2YHl+5EJk8RaAE/i8h9nRw/Mds8BiEbioI/D5gj19evsDdCZaTP9O9U5qpmjqaiu612JK1Ut/wDKaptoURyVTETzokksVvzb6gHj2TjIBHQdWukfZ0Mg+nuw6uOHXibC/usjiNC58utjPWtT/wAKKKCtrp/5flNR7pTEnLdu947ZqNtTQxvHuqj3B0rU0tR4ZWW6TUxChbtYiU/kD2KuWbZ7t5YkoK6MmvGppw/PpPcCtKdfOO7xwmF6r+T+6ab7uQ1W1M9W1eOoK95vFU1VFki9Hj6iVTrs0qBHK/2Txz7JN6ga23a4t3IJRyCRw+3ofbSQdsgXz0f5+vrh/wAsTsvKdrfBf4h723HhZNtbo3F8a+rq3P4WaenqnGYoNu0uEzEiVEDPrWKanVbsb2dQeQfaOtY16Du6K6sdX8X7K1NP5nPy6sC906KOve/de697917r3v3XugY+ReIh3B0N29hKimeriyfX+5qQwxgFtcmNfxPb/aWsTbn34/CetH4T9nXz2fj51lNk/wDSrgMl4RSyZrOUdTQOsqzSy01dLT0gUFbWIC25+nsV7UabfH693/Hj0aWO8wWtqtu6MStcilMkn1+fRDv5Wu7c10P/AD0fiCWpJ9u4Ks763H13uh4VEMS4/eO2cltqfH5GR7KIWkliqGF7lY+LkW963x2FkqgVBYVPp6D86n9nTl/vMN9bCCNSpDAkmnljFPtz19W/H6fFIVQxs8wqJVNuJKqBKkgW/pqAP+I9hbopI6n+9da697917rDUMq087PCahFglZ6dV1tOojJaFUP1Lj0gfm/uyjUwXhXr3WoR/wpi+Ym+8Hnfh78CetaXI47cHee7Mj2r2vn6ZZYq5epurqyqddmwrEqwNT5CsNPWRVKMxBo1jcoXcFam2yzFVRlo9aH7ACa+fE0+35dNTEaSD5Z61K/kfsHFV/VmI2VTPFDlOye0eqtheeSFpRQ/x3cuEpnqaCmjBM0UhSSFo3F9cMoA0kEi2z2OeDZPEeVAGk08G4l0FOHnWn55xXpiOpevX1m9kbMo9kbc2ptujipqaDa21sRtWipMepgxlPQ4mijpkFJSgALqMYJ44+g9gy6vBLKY14OxappWtPP5AcB0sAAFOlt7Tde697917r3v3Xuve/de697917r3v3XuilfPfcmc2n8IPl9ntr1n8O3VQ/GbvR9q5HUFFDuduscou36guzJptV+EBtXBIP49uwxGeVYVNC5pXpyGJp5BCpoXxU8Ovj6fDCjocxtfurZdXX1lFubf2Elws1TT0VFl8qaT+HTSVQTHZNHjqXMk2u8kkVi7MJC9rL02W5lzqVSMEGuDxpgU4U4dLF2O5mqdaqVNCDXB4+WOFOHWyl/IQ/mQdpfBb5BdSfC3vvcmc3F8Ye7twbc2nsqPc7V9FkOjOxqWglp9s5ra1OzMi4jOVMppstRSMbu8ckSOVuS2aI207QOQSpzThwriv29Fs0bWdy1tIQ2k5I4Zziv29fRuQ60VyjRllDGN7aoyRco1uLj6H34AdOADrn731vovnyA+TfSHxn60z3bXevZu0Op+t9szUy5vem9c5R4TDU7mtWF8dRvOTJWV0h/bix9JHJUOzAKnvzAAcR0sSxlcVNBiufT1PoPmcdaa3z2/4Vh0udzOW2h/Ly2jXZXYtJJLi6v5D7v2xUbfkacGNzj9obbyZ++kgls5qKieiRkIhKqA/tTZ2M9+W8IhQvGta5+zpJeQtbBCGDBq8K+VK5IoftHWp78wvnJ8ofmb2Mc32J2Lvrc2UztNFids7Fpc/ubO0Tw04s9FgNlYtXmUsSVpnmpFLO3DWBIfl2aWKgeRSx8hqJ/ZT/VjpBQtk9T+k/gt8ge0MDSZ7f4z3UuKauekpqnsmh3FtfJyQxwGfWMLuGGnkan0KSJ4i4Jstubiw2ScrqDrn1DA/mKdUYgGnQA/InZGzuoMtTYLCb9m3duGkqGhqv4ZNFDS3B9LRTRuZSLc8/wC8exJtlrJa2ogkINCTUcMn59CPbd7gsrQW8iMaEnFKZNfM9IjZXWO7e6dwUtLsjb2azCzzCkRqNayqd5phpRViRTe7fX27d3SWUBnkBNKCg45NOjAcy2o4xv8A8Z/z9bDvwD/4TOfIX5NV+F3j2PR1XW2xpw8r1mcp6umM1PE/qQI8ZLSsb6QoIt9bH2Tfv63ZvEETVpSuP8/Xhv8AbM/irC1aUqdP+frb9+Hf/Cer4V/GTEYyszu2qbsTelNUUdY+TzEKS0MD01m8SU0inUSQdR+n9OPYemKTTvMa9zE/tNeqS79XEaH8z/kHV5G0dl4DZFFHitsYXC7dwtNSQUVHiMDjqfG0UEUDEq3ip0QEkEA3v/W9/emKn4RTooubprhArEkgk1Pz8gPIdK/3TpJ1737r3XG3qv8AiwH+P1v7b0HxvE+VOvdaX/8AN+6A7A+Nf803ZHzP2lGaPrPufbGxqbPypkFVqftPaeSajzElFTz6Qaeqx60zugOvza2KhLH2P9q3ZNy2luUwpE9x2pIaaAF7+4A6uCkYB8vn0mlFH1Dz628umd/UnZfWezt50k3mGawOOq5W1RswmelUyCQxErqv9bH2EtysJtsuGtpiGK+YrQ/ZXpSMqG9ehPBuL/19l6MHUMPPr3Xfu3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691rnf8KY8jT4P+W7nY5KSSspandlAphSVkkWeeWWIy+RedIR5Rp+l2B/A9m+yCt9T+if8ACOmpvg/PrXZ/4SKbl2jUfKfuuncYjH5zF9TZrcktNLUVEu4JcFQZ6DBgUdMCEMTSVEes8klST9PYh3QFoDEuWNB9lTxP7D03CP1KnhTr6KyrpVV+uhVW/wDXSNN/YIJqa9Keu/euvde9+691737r3XvfuvdfOx/4WG4TceL+SXR24Y8QKnaeY6flmoctF42+w3jitytj6jDU88f6RTwFZSg4N+fdCO7pPL8f5dbFH/CXrI4iT+Vbs3BYtoRNge0OxJMrDDEsYhyW4siu4arUV+uppyy/6ldKjhR72nA9XiqUz1sTe7dO9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlCI1p53P7cNRTgD/m9PVR00bH+oCvICP8R/Qe1Ntlio8wf2AE/wCEDrw6+Td/OL2JVYD+aJ2lDl4oUL9wQon2ES0IFO+RdKQAQW5EWi7fUm5PJ9jUNW0Y+qH/AAdITgkHr6gPwvmlqviz8c5J2LyQ9K7HKt9CTJiI6ZjJ/U6Ik5P5ufz7AC/CPs6XDCjo04+nu46sOHXTfpPtm5/sG/1efVhx61vv+FIGy9h5Xqf4Tdhb23xldjT9bfLbEf3TqsJQLk8pnNzb12rVbaodtx0j2Xw1BYNM5PpCDjn2OeSq/WMBXgpp5efH1pXA/PpPPwHXz2/5nfXOa238v+2FzdJiC9HiMFvzBvjaiSmyOUwWUidMvlRTVdopUosxjslS1Sx+oGRfHqVUCkPMv/Kw3n/NVv8AJ0MdskrZJG2SiBgBxof9lTjPX0Tv+Ew/a1b2x/KK+MlTnMnS5DcGw8b2H1tMsTST1cWF2p2nlaHAvkJpixSY0ywo6q1nCJIw1EeyofB+fRNfMWgjJqSeNTXIFK/6vOvWwt7r0V9e9+691737r3XvfuvdN2WoIMvi8liKkBoMrjq7HzITYPFVUrQyLf8AHDfX8e99eHWh5l9pZbr3vvubC4bw00dL25tozo0Szj+7EnZOMwe6YUZ/pJJSV6rHKPUjHWvPsV7V/uAlf6X/AB49IThiOqwfnltnEfBn+ZDX9w7iw2TraLrbemE7IXF4ipZKqtTANJna5IixCpNNTwTRLMSCuq9/be81O3AD+Nf8vWwGDU+fX00Op92R7+652XviNqg/3v2ptfc0n3FMlKyPntt0mYWFYY7KBGk6obcagfYYGR0uGRXoRLe9063TrrT/AI+/U61p6b8vXY7E4nK5TL5CPFYnGYyvyOUyk0wposZjqKleprshJUNxGsEStIXP6bX/AB7sikuAoqaig69QDJ6+cF3h8mm+bHyV+Sn8xjs6q3Pt3o3HVG+9kfE6r3zSVVBtXDdFdWxPBk85gc1Rr5Fg3RkKaaRIoEYtWqIrnU3sY24jhtgowFBqSAK0+I+tCR5+QB6RSEs1PX/UB0X/AOPeJ2z2j82/5RmFxFNSdm7Y7b+U21uwqfadfSiH7rZvXxG66DL51T9UoqmeprpoJPS6U6rICvHsRSyEbBGoUMpllJNK0pGzBh6HVpAOeOM06tEDXPGv+Xr6hJYMysra1a7K/wDqgwuG4/r9fcRyYnUH5/4D0rPHrn7d611737r3Xvfuvde9+691737r3XvfuvdE2/mF08dX8IvlDSy4uqzUdT0t2BTviaJDJV5BZtt1EZp4UH1ve7D/AFIPtZYf7mxf6bpZt/8AubF/pv8AJ18XjrrsHMdD9nybgo6Cq+8w1e0f8LWplhqDTQM01PQySKJNKepPITGxsCAPYmDpbzODU1oBTOBnFPIV9P5DoRq62s7qwJrQACpwMjHkBX0/kOvrn/y6Oiun+5PiX8bu8u2Ogemx2puPqvrXdUk2LpaPeePwtYkRye3srg9wZOgo5xWPBLDU1L/bo0VQzwKXWFJGDO4gfXSH5j/AOg7uKj6+SozUf4B1cEqCNVjUsVQBAWJZiFFgWY8k/wBT7TdJeqev5nP85b43/wAtnadSm56x97dy5DG1VRtTqjHEJNKulhQZ3cdYq66aglkjlijZSS5R+Ba/ujPTA49NSS6BgZ6+aJ/MH/mSfKj+aJ2FgKztXcUm76LD5esm2P1xtuhymD2JgsnkpPDTVke0HrK6GXIfbhKabIXR5EBJABI90qT3HPQ+hiiNugQAgAGnkCB5/YerFPg3/ID7l+Qex271+cncOG+GfxG25jMturKQ10dNgOz9w023Mf58nWnGZcQUGJxtPExqVrauYtVQhjTU8sg1xnG1RmRHBYhKioGK4PE8Qo8+g7zA368YxhTQ09SK/I/6q/Mdu1vnT/L7/l50ma6l/lldSbfzGSmwuHhzfee78XT7j3j2JUQQDxV1buTNpUV89PVyMKqGipp4KVtYVqdlNiI4LZI17AAD6ef2nz+09Bl2LcP59Vn4DaH8xb+aR2bHlaWg3Jl58jkUgoa6lonw8GNx8sgpko1+1ihT7dA3ENyBYG3HtV+mnWvOgyetmP4Xf8JTsFNDgt5/LLesdJk4zUTS7bxtKMnnclJq1lZjUMFjVR+ki5/w/PsuuNzSKqxjUfOnAfaeH+Hp1YXb4jTrZ6+Mv8sH4W/FOkig6x6X2s2QSqhrY83m8RRZGvgngOuNoHnVgnP1HN/6eyG83Ca6TQQAvpxr08IkXI6P4tBRpSLQQ08dLRILJTUiikhjGrWVjjp9IUE/UAey3q3UlEWNEjQaURVRF54VRYDn3rr3XP37r3Xvfuvde9+6914fUfnn6f19+691TH/O2+O+U7s+FG4N2bcMddvvoXcWB7XwfloYammyuCx+TWh35hEqz6qQtj5WnWdDqRoNKg62sIuUqf1ktC3AM3/Vt+m5V1L9nUz+S/3lWdm/GLGbXzz0P949nOtPWx0c7TFKatMtZjI5lPClaURrx+ohiefZjzpAv1JmX5j+f+fr0Tdmk+vVxkQYRqHbWwBu1gt/UbcD/Cw9geCvgrX06v1k9u9b697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddMQqszfpVSzEC9lUXJt/re/de61wf+FOMlD/w3ZU1FbMIaWm3xSozEEu1Q1DUIkUcY5YnzL9P8f6H2b7J/ud/tT/hHTM3w/n1rj/8ACQXAZCv+aHymr8ZjInop/jBanzVRRyQ1dEydl0ePqqKgqpwFD1Mk0Syc+lF1Gw59nu6MIwJH4GgH2g6v5D+fVYsmnX0dgbgG1rgG3BtcXtccf7b2DDx6Udd+9de697917r3v3Xuve/de60Wv+FemE/38fxa3Xk6eGHZ0PX+8MNV0Jmi1TZR83LkIY/BCSbFLOZLWvxe/tt+Ip0YbOAd1jByNL/8AHT0cf/hJFn6nJ/C35UAQCl23TfLB6ja0UUqVFMKGs6f25959pLGx1aXWISj+w/pPIPtRbGlQejTdFLyqUyCTn/aqR9nW2tSKUpadW/UsMYPN+QgB591b4j9vQelIaRiPMnqR7r1Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuuJF2iP4WRWb/WAPv3XuvmI/8ACm3bW7dhfzEMhl4KJYanMQ7aykcsc8MgKRwrKk8ej6sI5YTpHJa6/UH22fiIPSVx+oet3j+Rr31/swP8tf46bnfcKboyeCw+X2PuGs8ckFTiMntOpWkixOQp5gHSTxsrLcWKkEH3dMr0/F3IOrexx7c6eGOuLfpPti5/sG/1efWxx61cP+FSnWWU7H6N+C8tBLVrS7Q+ZGH3JmYaeJ3gGKptmV3nyFXIvCLAQAGP+rPsd8kEC8kqPJM/Opx+f+TpPcfCOtKf+cDkqvFdydKdq4ampqaGt6xyOys3VSslZU7lxce5KnI42hyMNZdY6daSoMdOFXVAVVhZ7EB/mb/lYb0f8NP+ToX2C6bWC61aVVKHHGpFP8Bp1tH/APCL3t/GZD43/LT48GnEGY627bwPaVLUU7SSw5Lbfb+0qOlomrWYWR6aXButOb/urLKVH7bH2UL6f6v9WOiu+ULBRPhDnP2gsKf70Qfs+fW6v790Ude9+691737r3XvfuvddEgcEgavSLm3LnQv+8kD3vr3WjF3hvSq6Q+a3yH3rmoZJ8bsmrz2c3BgANQqYdtTHI1VVHILgtEtI7xAX1FVte49ivahWwjB9WH/Gj0haqyGvRMv+FXWG652TV/HvsKLrfe1Rub5U9UpmE33Pus4WlxUnTtNRY/adHmcLHC7VlYMfn0nq4JDHxLG1wfoj3Katr4NODgY4VoSR6+vAeWSOlGnvDDzpx+3res/l+dgQdrfCT4pdkwVCTf32+PHSu4p0WWKeWCpyPWWKlnWrnSGB3mkb96Qyx6wX03IUeyBeHT6fCOjhe7dW697917ohH8xjN5qj+J3c+09tZ3C7R3321tp+lNhZzMw1lTFVV/a+Ug2bksfjKGg1TfxH7KqmloqgqEWcRNf0ke1VhIsW4W8jkALLGTXhQOpNfy6bkrpIHnjrTi/nob/6j6srvgb/AC5IKPCyYHMVO08rvrDYHBNuPIUOxOtagw7cw24GjU5Cpi3lnovvsrLAdRpIplQXa4GnNsopRiSZGLDhwArSg8hUDppxSpX8I/2P9npy/lO7ZxlZ/Oy+LUWI25WpSdOfFf5Cbh3FWA4ug2ht/EbriOB2dHh9vTFJaSNamrGMxwlIkkiWlsG8TssY2JPhn/TN1WP4qf6vPr6AAHA/UDYXD/rBtyH/AMf6+19OlNOuJ4KizEs2kWUkXtfkj6f659661Q9QmyNMsZe7mZYTP9gFU5MqovoWgDeQufwgFz7916nUwMGsRyD+RyLj6qSPz/h7117rl7917r3v3Xuve/de6RfZO3KHd3XW+9q5TV/DtybQ3Fha3QCzinyOKlppCqjkkBuAPr7sBUU6VWbFLqNh/EP83Xw/flBhNwbD+TvfG2s7FNiNwbR7p7C2pV42KcQ5HH120NzT4fQ0sd2hfXBH4pFFmF2HA5Yz0JTMTM2cBqADzoPXyzQ/Ya+XX08/+EwXyB3L3R/KZ6tjy2CpI36Y3tvPo6iqoZJWOdxOxnoBtWomkq2MglSHIRwyFwLmMsFVTYOrw6DV6wa8kpWgNM1JwAMk8T1eT8nO79sfHXozsHundk0sGC2JgKzNyyArDGJ1gaLGpWSy2EcclQ8MRZv7Tqtrn3fXoBb5dP7fEJrkIaUpU18wPIfP/JXr4/fyi+RHY/z5+VG/d87jrszWSb13PkqqFaiGWU0FHBkZoKbGee2lVjAJVD9A1/z7Tk0XV59DFQqClKYHljq3P447B+EX8tjr3Hd0d+nDdo9y5xIsjtLr2iqpIoMRUxKrCbOU1OGbmJ3IuRZgD9PY+iAMSqooKDgPkOmgK4QUHywOihfLX+YB8t/5oXYe0to9eybqw+zqbLZCi2b1vtCv3A+HpI6qg/hdHFJisfNDT1g06V8s4bxAkXAYguqoA1Yz58egxzFpDwmtahv8I6v4/lSf8Je6jJVOO7s+bOXXK7RnxMCwdNLQTYndGUy0kccqHL5hmeGCiLnRNAHZytxcXHsu3G+VIjbjLMpHy4efp8uiFI2fJwOt27pnonqjoPb8OzupOudv7A2zjKCgxmPgw6AzVFLSQhQk8jFn9LKOWa7Hn+nsJgU6UgBeAp0MRNzc/wDG/wDb+/V60TXr3vXXuve/de697917r3v3Xuve/de697917r3v3Xuk/unFUmc23msLXU5qaLLY+fHVcKyNEftqweCeZWQq14lYy6VYFtOkcke2Lr+wb8v8I699vWrX/Jqz/bHTvzZ+WHx07qw9Ftyo2h3J2XtLb89AtfFj90UVNSDdOA3DQ0NYSUFZQOHaUcM2mO5a3uYt1gSXkCGSPuK6G+zND/n6YiJWUqfn1tWUkyVFNTzx6vHPEk0etSjaJV1pqRuQbEXB5HuHrY1gU/L/ACnp88epHt7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XFlDqyEkB1ZCR9QGXSSL+/de61uP+FPNLjpP5dvjyAqXi/wBI1BXQCAKS1dFjqgRRzBgf2iIjqI5ufr7ONkxff7U/4R0zN8I+3rXw/wCEjnX28KH5sdvdgJn5U2fS9B7ow2YxcdUy08rZTd+LzOOSWkB0NoqEUISPp/iB7Pd27rc4qTQAfnx+2n8uqQ/Hjy6+iuBYAfWwAvYC9ha9h9P9b2Czk16U9d+9de697917r3v3Xuve/de60yP+FdPWGa3P0x8f94UvnTG4fM7owrTU0rRFWSAvG8rqL6mLkaP0sOCPr7U2Vql3drA5IBByOOBXz6MdoFdzj8qh+Hl2npE/8I+dtZnafTvythjyNBV7e3Bu7ZG4f4dSVU0v8LzNVj5MVUpV0uopDM9PChAUDUqKTf2bXG1wWdGR2NajNPSv+To/3GNEWue5tXlggE4+3get2SjJakpiTcmCK5/qdA59kbijkfPoJyikrD5nqT7p031737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdaCX/CvTrZ8R2v1D2pjqVpJcxtOOir5HUCJJ6OYQwyRvENeqyKPUfdGHdXpPKBrB6uK/4Swdmzb+/l2vinpMTQR7R3tXUjQYujjpzNVVcSvPV10w9csr6Rd3P497TgerQ/CR1syj6e3B0oHDrpv0n2zc/2Df6vPqw49UCf8KEYd1z/AB6+PUW1I1lep+QS0efWZC2PXb8vW+crm/jEqeuKlkq6WmhkkUg+r0nVb2OeSv8Acxq8KJ+2v+avSe4+EdakP83X4x025viH1N3BhqPHtj9v7gym0MvklZmelyOOD006cfhShKi97AH3be9nhud7upWdgWkJoKU8ujG33ya3gW2ESsoGnNf8/Q9f8I++ypNlfMj5H7HoZMXPtnuD45UUq+KerNQm+Old+LTYWlKP6RTS0Ocr1pSxLvFEpFir6g9f7bHYxrIjltR05FOANf5j/i+m59xe8Ol0C8OFfKtP5Gn5Dr6LMTs6kuoVg2kgf4KCfr/iSPZV0m6y+9de697917r3v3Xuo8zRoUeUKVT1kC/m0rLGzGMD8CwL/wCw97691oX/ADWpN25X+YT/ADHOm+xcRTY1ttbdbeGA3Tt3JRZI7n6s7H2XWVolG35AZxl6eqeajjRZFjIhJZLkMZF2rbFHL8N+zGrGTAoR2u3yBHDhn1B8gkkX9Q16O3/wp++Omxe6v5PHXnyCg2luPcfYXROS6Y3fs3MUOA+xzu3tm9qY3D7T3xPuXG+R5Y8fUU1Njvuwocw1MNOW9Cyt7ANzckubYKoFa8TUUrw/bn8ulDDtBH+bo4v/AAl7+Tm3+8v5RHTu2sVW1dfvH455/c3S2+6fKRMJYJ8TlY9wYRoK4sXqoVwmVxwhkY/tACnA0Qr7TqcdWjOOtjvj8fT8f63u/TnXRPIH9b+22crIqfxV/l1umOq4PnpuXY7JsnbO76rcuMO0txYjuLF5DEzGnw1TlNtQ1FFQ4jcqq0ZqKQuVqngE0TO0ap5UViQK9g2OPcFN9I5XwSW0gDu0ANQnyBOD8umJSBj8+tHf41YjM/Ln+YD/ADI/nD2PHPhst8dTtTpv414uabFbj21gafLy1eJxFJTZXb80lPHLT7fofvKdImZQchPrfWnqfvZJN4upprlQmAoCnIGSfMipOfX8umnICgDz6so/ku/H/e0386Lvrvqtqdv4/rra3wxwm2M5jcdndt52pyG5d5btosbgsPNtMVFXl4EEmOnrIqqWkCM6aUd1cgBOeyj2+b6eNiw+LNK93ljq0Jrx8q/5Ot3mWcpB5lTyO4TxxlxEZJJbBE1S2sSTbkX/AML8e/KoZqE0HSnrWO/n0/zp818Icz198R/jni8nlvkn3Ptpc/ubdtBLURU/TPWNbMaen3EI2o6uGWsqpC4jksvhjUtq1Mo9mVrty3B0yMVqTTSBwFQWNcAVxTj0xLIQDpx/q4dabGZ/mI/PvB5TK9if6Tu1Ichh62nycs9Ru2smjx8kk5nkq8jVP4xeMjWWZEX+qgce1v8AV62r/at/xn/N0m1GvHrbG/4T7fzld+fJOmHxp+U27f709jQ1T0vVe+sqkFPuHN4Wno2qcrjN6PR6KR6mCqCw0csKKxiP7hY8+6XGxrDA8sTsxTNCBkfKnT8UhJ0N1tmtOQisF5JsbgqCR9So/ofwb/T2Dr+8e0NEUH7f9jpQqg9SfZj1XrsD8+/AdbA8+oOV5x1YNQW8Wm5QSAl3CBGQ/UPfQf8AA3HPu68elFvXx1pnP+DPXyEv+FH/AE7RdOfzhvlbTYqhhoMT2ZVbA7rpFpqiKaCrruzth0Gb3TkESFVWLzZr+JMYuSPqSb+2JBn/AFfb/l6Pxp8QqopgV+0VX/Ao/wAPWzv/AMIxu4t413x6+SPRuQn25W7R2z2JRdg7PxVHV1f96YMvnFpaPds2bhqX+2hpXjo6U4xkQPK61AdiFUCy8adBqXF1Io4V/n0db/hWF3NJtj+WxtbqypzdNhcz8gu8ustkvR0mUr8eGxG2qYdl7wyFU1OGaTH08VNEkwkGlS0bMSQFbT549GG1ajdaRxKn19Vrw+VadfOO2931UbJzlOds0EbtS1VVKJ4IleSrrJa6Rpm1RSyF0uLRP6WaMIWW5JLZFcHoUrNG7+HmtacPnT/J+zqzT+X5/Lh+ZX82b5GUtPtva+5aHqWhlgyW9e3t6R1mO2DhMVF6p9vYvPVECjJ5OYlYoqbHvdFDPIvjRiTxd7uFAVUXAp5/tJr0Gm326EhRESikimfI8a9fSv8AhN/Ks+JHw523g4Ov+vMPkN04CCnof745mkpsjlGyFHCYMlU0LTxgwLJLdgALmwP49+k3a5lWlAtfSvSS7umvmV5VAKg0p8/t+zqziKEwqsayM0MaBI43AYrY3BMh5P8AS3suZtRLEZPn/sdJushN/bZPVSa9de9da697917r3v3Xuve/de697917r3v3Xuve/de697917qNWIZKSpjVFkZ4JFRGYoruVOlS62IBP5B49s3P9g3+rzHXutVH+aVuPc/wo/mQdOfJbqbKYHIZP5Qbc2vgNzdfNjN4ZLP125umt64HF5jIYiXGRT0dPU1WB3DVtLHLoaYUiWU6XJlDl7cJ912A7BOAqL8Mn4hqrg1wQD+dK9J5MSBh59bVONqkrqClrY5lqIa2M1lNMsTw+Sjq5DUUJaKRVZW8LRhwyg6r3HuOHtzaObU1rGSprStRg8Mca0p5dKWwx6ne6da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//V35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WuH/wpwxjZb+XLX10VWaelwm8qbIz1CT+GKVo6SrpUoZGuNRkaUBY+dTAAAm3s32Q/49j+E/4R01N8I+3qhH/hIriq6o+R3emcqMlVrjaDr002Sw5q5Go5ocllaXHU1RV0JbQwgq/EqMynTIwtY8+z/dKm3IT4hw8sjJ/lXpuL+0r8uvoTx28cdnMg8aWkJuXGkWcn8k/W/sFH4j5dKeufvXXuve/de697917r3v3XutXH/hVLhcxlPgdsfN4SDIw0OG7aix9flKeAVONo6DLbaOWo8tVRtZVjkq446ISnnU9h9fZltH/JRj+xv+O9Gezf8lOM/Jv+OnqsL/hIX2jBgaz5V9IPh4IcruXFbK7Ufcq5aoqq/L5PCVzbdm27jNvP+2Ylo5fu5ahRqT6Xtx7Em5prQMeAP7MHJ+zoS7lGrIpPAHP7KVr8j1vg0QtSUvpC/wCTxekNrC+gcBvz/r+wbL/aN9p6Bcv9q3nk9SvbfTfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pT/8LGdnZyk6f+LnaNBks8+GqN7b96z3RtalpsXJj58fk9nxZTFbxbIMpnp/sqpPEuo+l21R6S1zRhkHpmXiD0pv+Ee/Z0e5uovl913ClZSUuzN39U7iocD9lFS4vbY3VgsxjsrT0eQis1b9xPi4pHWRbQSa9PqZ77QUr16A8R1uaD24OlA66b9J9s3P9g3+rz6sOPVKX89fMSbd+KGxslNkMDQYPJ947H2fuOHL1FFS1udpN0R1NDjtu4F6sqXrKqo9MMSG7DWPyfY15LI/eBXzoCPyOemJ/g/Pqj7s/oyq77/lAfKVIMJNX5jo3tPN1eJptuZLEZipy2Qn2nha2rXLYqSPyUlVSrViaogLidTKzgEuT7ON2kCb1KpPxMaflxz0mp2E+h61y/8AhPT2RvvrP+Z98cqTaUfl27nd+Ve0OwKKXNTYOnqtt5mlqsDj4ljV0SpmirJ4FpYJAwDEWANj7IOYcW8R/p/8+nqyHvHX1i8KT9iqeSomSFxDDNVSNNPLDHTx6JJJ2JaQm5vIxuxuT7C3So9O3vXXuve/de697917rgY43dWdEdlDopZQxCS2EqAn8NYah+bC/v3XutJX+ZGlXtv+bf3Njp9uyx7P7P6+6Ixlfm6epaqq3o6XDVVPmsfgqEkLToZJpGqY47B5JXlYFpWJlLbLm2/qrbweIviL4lV8xV2Oft8ukzmj/b1s2y9c0Xa/wRpdr7e29MlbX9B48bLot046DIpHkNsbeNNtPB5mCqWQPGZKWH9twQqyHSBfmLruJhesWBFAf8nH7elGkNHTrV7/AOEjlZvPqbfH8z/4f9gZTb7bi6o7R2Xviuwu1ajH5Pa67jz1Nltlbno8PlqC8KxPPQ4yEU8PAkgVbXi4qv8Ak6rHn9g/ljreCgkjmghmhYPDNDFLC63CvFIgeNlB/BUgj25091gqa2mppIo5pVSSUHxKxsZXaZKaONP9qaSREUf1I9ssrNPHQYFan0rQdXVHYEqK0/4v/ACfy60MP+FC/wDNhyE3XPbWxekd1VWTq812DuHp2g3BtiZavD7XxGz4lxPZcFfVwsLzLPO9CCy/tzE2/Tf3Iez7rtu3bXIglTxWjYBSclmqKn7P54HVJLG+Pe8TBRmtMU9egz+EXWWw/h9/J++Em7s1vbO4jevzL7zrd5S4iHBVFRWZjcG5PIYduZPGwshmwUe18Jha81U4eFXrIzpHnHsvsqiEBwdVKmvE1zX/ACCvkOtPYXrGqRMcA4Hl5H7OrLv+EzuG2VuXef8ANG7pw+F3JQ78re+9ndONlsznHytP/dzZ2xZc4+DpwkaJRQRZY5B4wrMI2kCAg6l9kG6EG+ankAP5eXy/y16bSN4iUlGlh5en29bdNelHUUJerSMUq+CsNyAYfAy1MclPILaZEIBjdSCGAIIPtLDq8QaOJx+31+Xr055dfME/n/8Aygr6L569y9v7HqqTLbnjosb1tbLVNZuDamH2ntmAUmFwONxEUq09KbPJPMQ63qLroYEki6jW1kQmSgrnzPmT61NT0ixJLnhXouv8iv8Al9yfzh+5flRtzvTvLuLZuzdi9X4HMT4Dq7Lvh4ty7t7F3Idp4KLIw1sFVikxtHBDVzTUVQkRqpDEnniTzSgiS81u7XLnhSgNBkEcPyHAcTXp/SooqUqOj2Zr+Tf/ADGP5M/W2/PlXkqzZ/dVL1dvykbZFB1NuHfUWXyOz6/cEVMN15yo+1oshSV9dGEM2LgE6U0ayapyGsx3YXcclvJDq1NmgJqxFfMnFfsx6dNyoVOrh19EjpzsvC9v9R9c9pYOVP4Xv/ZO3N708SvJLDRQZ/Fx1ktHBPIiF4aeVpIEk0+oJcXBv7jzerK6abTGhbNMevH9tOlcZBz0L3sxPVOuQ+nvY4dWHDqFkwpoKvXEs4WIyCFkDh3iYSxAK31OpVK/42PuykA1PTkVPEWpoK8fQefXzcP+FlvSp218ufjB3XBHSwr2N0xufYFXHFTRxV4qurt3vnKKWtnQXkjehz8aU4c+hIiF9PAalFXNMjo9F1a+EhaQBtNTnhSnEfPoAP8AhJ98htsdP/N7sjbW/dx1uH2d2R03DjKMy5uppsHQ7r2Ju2Lf2GyOYxdDDIZVlSGrx8Ms1isdTPCX8UpAqCAc8eiea2mmuWltoyyE1qMjgPP7Qesv/CnX+aVsb5u9sdX9K9TYfK4zbnx03Lvism3dUVckTbsyG9dqYnBZOPHQ07eNKSmNBNTqqG37jr9Cb+Jr07Z291HdB5EZBQ5OK+VOqzf5J38vrLfzFPmrt3rzIU1RJ1ls3F5LeXa2apaimfIYvFwU7jDRUeNmcSVUtbWBKYKqMoBZmIsL1AqadH8BcOZ6ii1rxrXyp5faT19dPoT47dVfGvY2H666k2jjtt7cxEKxRfaQ09K8lovGC0dIiL9AONIHN+T7fCheHQTIGokClST+3oc1jRNZRFQuxd9KhdbkWLtb6k2+p97691yPvR60euPuvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHIiuhVlDi6nSQCLqwdTY/0IBHtqdS0TKBUnr3VE/wDwoG6syW6vhxtjtfatVuHbW+Pj/wBsYLsHAb/2xnjhqnZyZKkfaeQqsvQiy11DV/dw0dSzuPs1cVq3anWwv5Sv7ayvf8dkVI2Arq4YPr5f5em5h2VHl1bB8YNx024fjz05XmpnkrafYG1cLnFrsoubrqXcuKxEOPzdDWZlSfu5EqkkC1TEtOhWZiTJclG9SRS7tcywMrI0jFStdJBNQRX+flWtMdXBqAeh89lnW+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfutda5f/CmSnw6/yzNw0GalqFal7C2VunDzUwj0Pn9pbwp9zYajrIpVbVTyzU4SpUWLR61BBIINtlUNfAHyUn9hB6bmPZj1615/+EdO2MgflT8ms/XJVjA1XSWOw+Mjlrl8cWSot/Q5r7qWG1pLrT6LCx5DE2FiIN3eRLUlaE1oceRx+359Nw010+XX0SUFkQcelEXgWHCgcD8ewUeJPSnrn7117r3v3Xuve/de697917qmD+fh1/gN3fytfktUbgxyZWg2fQ7Z3jRUoSXXSS4bJQUKSrJGbgRmTzE2tZbH+vsz2j/c9Pz/AMB6M9o/3PQ/b/gPWo3/AMJUd25fFfNrdG3chXiSjzfX+ZxNHTnTHL4IkFVFUQOP91kCwQ3N+b+xTfisBA9K/sz0Kr8DwCRxAJ/Znr6PFDGsNFSRJfTHTQouo3bSsYAuT9T7A8xLSsx8yegNMxeZmPmSepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6oV/4UUdTbY7N+AObrdzYhq9dl7koMnjq1Sl6CpybLj5SAwuC6cKf6+6vwr01MAU618v+EhOXk2z8mvlLsugrchUYrMdS7fqcrS1WSp0WTLY3dNPR46u/hhTyOYi2RbyBrKKgKebk6Tj1SE1Y/Z1v30dQKuCOoVCgfX6CQSNEhj5I/wBa/twdKRx6kt+k+2rn+wb/AFefVxx6pG/n5ZrCYX4XbGbN5ihwM2R+V3xtxW1a7I7Fwe/6es3dV72d8fhhis2rJSvPCk7LkEOqLTpUes+xlybndFAP4TUVpjH5f5emZ/g/MdIv+Xzs7eHYfwi+WW2cnR4NYd190984TZmPO3qSIUFLS9Z4PbmLptxollzFVFkccQ+Uqwar/KI1WQGLlbvzInMEjVyCeJ+dMemCT89PTaCsZH29fNe663dn+gPlLtrfeOr0xOb6n+SXVOdnrYg+NoYTt3uKkqclS1wZwUp3RSJXJI0KwNr3BXv+bWM/0v8An09MrSo1f6sdfZv2zJS1OGpa+jWl+3yZkyMM9BMk9BXQztopcpj5Y3cGnqoUiqKcBzaN1BJNz7DHSzj0/e/de697917r3v3XuvDgg/0Pv3XutND+cFBHD/MxwuPx8zDJQbO62ymblK00a0OHr5WioskiSzq8yPIr050hbOh+vsXbZiwT8/8ACekc39p1tK/GXMUm5fjT1TV4WriEcG1sdTpXamkjpKjEUzTwVrpGRqQSxxGSNjZkLKTz7I9zQrdsT50I/Z/sdK0NUHWmj03kd9fysf8AhT72B8dtupgcf0L/ADI8evZh2FtPFUs2Oy2a3Li8/unribC1LpPU4qVd5YzKRQusoihhqy0+qNNQLMj/AFeXVaEN/q4f7B63yUvoS9ydC3JYMSdPJLD6n+p/Ptzp7oHe+d9xdX9Y7w7Fm8Ftlbazm4qZKghYZclj6BpMZHKTxoExViPzb3atEJPRjtyCSRo/4hQ/6Xz/AG8Pz6+QD2fuXd2++6KnZeFq8fkKrdXbWapMdHWRwZWjrt2dx9hRTJPuWhq3RXgq8jkoo5tAbRCnIa4Htm3zMhHHUv8AhHQvYhYi/wAv9gY63vv5mPxl2ntzpD4C7UztFjkj+O2Ciw21aPbkUsMO2spUbJpdr5/B0NNCkUTUEcCxpTVGkvE8Ud7g29jaJqlqClT+35/4ekkZPcaac0+359D3/wAJmNnrT/yyz2zVJjG3d318mPkf2zu2up1hkkqM1D2bXbMgp5XpiCsMdJjFEVNIS0bSOdRD2Ab3MUui1KVAP+Gn8ugxuQpdFv4gD+2v+TrYgnUywonhSZJZIUljdY3QQSOFmdllDKwVSTptza3tIho1a0p/q8ukPXyk/wCcZ8Ot29PfKvetFurOxbtPaW+8zn8bVJjkwsNDjN45WSnxEdXQ+SQ/sRnSrmwLWZQALex1GQy6T6dF/wADEHrd0/4T0/Cmi+GXwA67w0nXkOzd77+3FuTeXZGb/wAmm3B2FOu4xi9jbvzWYpo9U0Jx0kkeLo1ZYaahZwyNUSPMQLOgiuHjXgrECvGgOOlcZJXUfPq+jNY2lzNBUYqu0/Z19LXUlSz30pDWUb0E5Jvpv4ppAusEarG3HvcDFH1DPDHrmtP2gdW44PVN38n2l+QOxNgfKjpvuDJpnOt+i/l72J058WYZs3Dntw0nSW2MDGcDj945GkVpE1VJkMNRNCoctqjTRb2b7ggd1dQFLJUmlDxX1pUjOONOqRVAI9D1dOPr7Iurjj1z926v1jmIWJyRcWAI/qHIT/iffuvdaan/AAs+6mjzXwY+O3bNLR0MmS2D8i8Xg8xlGpnNfHhN07GyuPigpqhQfFBJWRU7T62GopEvJ90bpqQdfOq6v7R3f1FuWLdGy8xV4fIGOSkqZ6OZ43no5gYqiIPGQbMhYcHkH20fToR7XJ4NqmKhq1+2p4enS23rsbsPcuzqTuyvxmVfZudrayGHN1Uc/wDD5cx9zM1XjcfVy8TyQJGDUlTZCyg/X375dGrr48YcYAFadbAP/CTzclRhP5nu1sdFuSlw9FvLY3Y2HyuIqfPqzr4Pa75/GwQmNdI8cisTqvzyP6G8eJF6YjbXaSFQSa0I9OGPL59fVJiDCKIMbsIowx/BYIAxH+ufbvQVahYkcKn/AA9ZPfuq9cPdeqde96691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Tz59/H2f5XfDr5H/ABsps+m2q3urpvfOwsDliDLLSbvyeNFRtGrgplaNpGhrYY30rMhb9INyCPHIp1VhqUjquX+QR3rke0vg9SbO3vXZZOzeh+wK3qbseg3Oop8mM5gZ5MJR5O6tIxWt+3OlJY1YMhBJuG90Th1WE9tPTq933fpzr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeH1Hv3WutbL/hT5lJ8f/K9z1cmLjy9bUdmbNxASVnjaloa/cJSsqkjjK3tGnjJI4Dlrgi/s32P/c//AGrf5Om5/gH29a5//CQXL52v+ZXam2paeUYOTpPM5w1flljWmzcGRojRoFUgOY2llbxtcHUdSkKLCHd28O2Lj1AI9RXP7R03D/adfR7W4VQW1EKAW4GogctYcc/Xj2CDx6U9cveuvde9+691737r3XvfuvdEX/mb7Aqu0/5e3zI68oGqlyO6vj72TQ40UMeNmrZMhS7cnylLFRw5d46d5WansiySLc8Kwax9r9sbTfI32/4Ol+2Npvkb7f8AB183X/hPH2xU9bfzPPhGcjuzGJj+95t9bCzuExk2Npsh98+zKjH7Rnro69KgwBMlBqYRyRPPLdVQxkJ7Ekksj2wMhBLqTSnpQmgHyqDnjw9OhI8sklqpkYFnQkginDJoOPCoOeJFOHX1aKI3o6Q6g96aH1g3Dnxi7AgD6/X6D2EJcSMPmegfLiVvtPUr231Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q4/nDbRrN+fy+/kjtqlhmq6tNuYbO4uGGNmlSpxmSE7GLQOSGRf1XUauRb3Vvh68FDlVbgWH+EdaLH/AAm07Ny/W383XbcMUkf8L7E6+7L683z/ABCRKWbE0mTmo8ztSQwRgQO9JXYt4lKrrb7ghy3FtIQGWvQuu9msY4Wa2jow4ZY19OJ/w9fTbwpBogl/VFIUdL38TsizFL2H1Dh/8NVv8AoYAHHQauEWOUheHl+0/wDFfl06N+k+01z/AGDf6vPpocetfL/hR7jdy7h+IPxy2ttqtTGS5z56/Gt8hX1NBHX0qYzCR5/O1MCqp86TvJTQeFoAGJAQOpezDHk5CdyDqQNI/MgkVH2YoTxFemZqaKHofP5K9djt5/B4ZCln3hJFX/Iv5K09dLviipcbXzSUPctZR09DhkoQrGhWmpaOOGWrL1JZJfJI31N+aG8PfbiornFP9Kcn7Knhjh1qEdmfXr5xn81jq7bfx7/mGfIXrulp6fO4PE75ytNk6GupmFNA+YMuSpYhFUXMhi1nTIbt+b8D2j3ttdjE3kWr/wAZPSUilR6dfT3/AJTvbtR3l/Ld+G3Y+RrJa3N1vSGz9qblq6imo6CSq3X1rRDrTc1YtDQxwwwpVV2Inq4YooUQRyroXQV9hsfCD0rQ1QHqwz37q3Xvfuvde9+691737r3WlT/woS6jQ/zCupO26GgnoGrfj5tDB7hzqitFFXR7e3tuLK4ijnkc/aiWnlVJAFAkKlFcshC+xhtRpYqPUn/D0muMNXrZD/lkJi674j9Xj+LzZWeCknZ6aV/H4pBAaeVJo49JayTEPG9wNQJW+kgr3gN4i9uKcfn6dPQ/B1rv/wDCnrrHP9DfJL+WX/M+2blU2Ttj45dv7N6j7n3JtzH1tHuam2ZujekW5MQJsph/FPUUH8Ko9zY6SmEwZRVFI2Rp/URNxp1t+Ix/qFetxXau5dv7t2ztfc+2chSV+3t1bfw24Nt1lKv28OQwmYxUWVxdXSUslnVHppI5FQi6qQD9PbnToyK9Vs/zjewf9GvwK7iz/wBytOJ8auKZdcSvULXHxtDH5OSf+C8+zLbbeK5d0mXUAB5kefyI6OdmFZXPmAP5nr5xf8sTqmp76/mUfH6ixexcTvHbK9p7Zq93Ll4PuRhMBT7kOVy+81eQ6oZMJLR0ElLKrLyQ4J5Ps5/dlhGNax5XIyeIyPPj/qp0Ip3KwOVbIU+nEDrdM/ncYTIYP5G9Db/zeWz0ewNs/H7uJVhgzFZDjJt30eWxeWoJJMSJFo3rHip5/t/MlmP67xBh7ptsge2L0zqNRT8+gO25XsPbE9Ac8F4/s6Gv/hMRtbMYP+Tr0Jm8v9zHT9mb8787MwVBV0ZpJ8bt3dfb+W+wpGkFhUBjBJULUoqq6yDSoA9kV4VMgINaqD/vVWofmAafPj1QySS90hqeH+r869X35iaWmoRJA5jdaqiTUADZHqFRwQ1xYjjn2lHTNwzJEWXBx/h6+Xn/AMKkOwc3sj+b1lKmnlyk1LiejOoc5SYyGcR0EFVBu7IzVVRPQzxyRFZqShjgBMdgWWQck6lA3O/jULHIR5cAf8I6PNrttud3kv4jIiqpIUkHBqeB8wCPz6+k58VNxbZ3v8Y/jrvfaWOkwm2949M9b71wOFbK/wATbEY/dez6XLwYySshcpOKdajw3A0XW6gH2mZ2kPiNxbJ+09Jd0gittwmgtxSNHYLxwoOOJJ4epPQ/SxRzI0cqCSN1KujX0up+oYD6+9KzIdSmhHSDpMYnYuztv5DceX2/tvEbfyu8MlR5fdeSwVImIrtxZOgp1o6StzFTj/G88ixIsV5CbqNLXHt1riZwFdtQXhXNK/b177OlYPz7aHWx1y976t1ErmZaOoZLFxHdAzKgL6hoBZuBzb6/63vaipp05EFaRQ/Cufs60m/+Fbv8wnZWE+N0Xwa2vUYrem/u0M9t2ffq05M1P1vgNm5Wl3jUVleqCwydXXQY6moNLARw/ehwS6j23KV1UXy6Of3dCbfW0Z1McZ+FeINAfT1B456+eNiafBGpwR3HJX0u3qjJ4xNxVmJjjnzNNhGyQXMVGJhqWELVCU3kaFJPSzhQbAn2hSRmumjJwOA/IU/n0UzTTW7tbRNRRwH5V48eJ9et8/8A4UI/E7qDoL+V38cavqfbG3tq7B2bQ9dde4OnpaKfH/5Xu3BaqKuydFTsSc2uMekr8zVSllqKmRvWxA9iC5gtlsvERdL6lHE1KkNU0qRQsDT7OjHbry4nmMUz1UqRwGDgDy+fWu//ACB9/wBB1X/NI+Nm4ZspWYTHQb7mxLQJmoKSOSh3rg5cNXgtLFJqjKN4mcm4A4Ibn2Ug0IJ9ej1NLRPGopXhWhGfOnHj69fX2iYPFE6sHV4o3VwQQ6ugZWBHHIN/b/QLYUYj5nrmfp791o8OuHunVOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6izUdLPNDPNCkk1Pp8LuCTGUqEqlZB9ARJGjXtfi30JB917rVp+BmG2x8R/wDhQD/Mx+Me2a/duP2r8kNmdY/JjEYfIzRYzbmO3NXN/EsrDg63My1dVkPNNVVthDIisHeLxhYF0jafZ9uHLMO520Z8Yirt3Mpyy6VoQARp1NxK1Fe1gBRMSkHga/5+tp651W/w/wB5v7Amo+Np8qf5ur9cvbvXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/Q35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WvN/wpZxNZXfy39yV1PTUlVDjt0Y1qhKmVoyqB5aoyRAK1yEhYc25IH59m+yf7nf7U/wCTpmb4Pz610v8AhI3u+gm+Vnbe2Y9tSGpbq3cmZlz8UUTUuPpabIx64pJBIJBIfMgRREQbnnj2IN2H+LHPEgfbkY/PqkP9p19EGAWghBN7QxC/PNowL8+wU/xn7T/h6U9Zfdevde9+691737r3XvfuvdBT3rtej3x0x2rsvIU1PWUG7uvt3bZraSr8321VSZvAVGPqIJ/AQ+lkkYHSb+1lgdN2h+fS3bjS8Q/Pr5OX8szH9ddUfzevj7V4/E00+2uqvk9j8LsujrYZpaqKtx+fye14pchDUStYJkGiqFPkPCCS2oW9i9oIngFEAUA0oKEVrWn+rz6F5t4XgDBAFA7aCjCtdVP24+Z6+uxQJUR0NFHVyJLVJSU6VMkQ0xSVCwgTPEv4UtcqP6ewRNQysVFBU4/PoDzaTM5UUFTQemepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6B7vjZp370r2ztLTE0+f2JuqgpPIzKmuXFGWJHZQSNTxgEgH3sKXOkeeOrxZkUfMf4evlCfD/smt+Jn81TZNTnYqykoqP5AYXbE8dDCtVUipz++0w9K6RztCviE1VCZGLXVQxAYixMW2O+VPE7MejH/ADdSFKw8LVT/AFVp19crDziopWlty8odyP0O8sCTF4ifqpDCx/1/aadGjk0txp/lI/ydAa6Tw5inkOH2VPHpzb9J9orn+wb/AFefScceqpP5r+z4Nxde9I7mm2zV7xPV3b1FvobdSnhbH10QxFRhJKysra14aemkxxqEyNNNLMtpIVI+hIG3JtRdPnB0D+Z6YnHbX06av5QFHgU+BXWG+9o9ZxdUYvs7cXY3ZJ27/fSXd9fmYtwdk5MY/e1fm/NU08dRlwIppqWnASNmNmIF/bPM06HfLmOSp0sRkDGAD55HmDX5U69EDoHz60u/+FanRO0Ng/PHqHtfEVb0Z7w6RpZN6U01FWU7f3h6zy0G3aTcclU8KU89bkKfIw/dCCaTSYlLm7C5Je36XFokGdQYtwoADWgHrStPy6ft7Ca9naOArUCuTTzp6HraP/4TW9qU2+P5b+1cHTZqbOQ7M3BPBSPWBUrqQV8jTJTTxK76UTx6UN/oPZdEpYEDy6UybZdWahZtOa8DXhn0HWxH790i679+691737r3XvfuvdapH/Cnnc/YOyaD4C1m0ZKOh2XvL5HTbN7Vy+Vp4a/E0tFX4WI4DH1lNKxZGqylQISkZuUNyLexNszSPAV4hTjyxkmnqa06YmpQE/Po9X8h3srZG9Pj13dtbbm86neOW63+T/ZGHzLZGmnpazbdRuTB4rctHtNBPcSLT0ZikLISoUp/XhjeA1VI+EgVHzBOT8+7h1eD4ej3fzGvjhj/AJXfDP5FdKVm18BvOv3R1VuObaGD3HhaXPUEHYe3qc7l2HmIqOrZQs8OQpYxEysCXKg3W4JCwqOnXGpSOgb/AJSnZW4Oz/gF8Vs12BnMbvTs3YmwY+v+0Ny4jCS7epKDsLaFFUYfce3Y8TkYaJtVBF9vSPU0kLxzOrsAqi/vSkEdVjIZQR1WD/wqP7efZvwu2pt+iq4of7w56etqaWYhJ6pAlMtA1Il/X49Unm+mnUv1vwINjy0lP6P+XoRbHkyD/S/8/dUG/wDCSLp2o3r82u1O486+ui6m6Yz9BicXGitS5fPdnblhoazN5aVxeY4/HU8WPpKP9OmZ5SQYgGMdy1pEaHB+fn/moDQ/58GO4B1iNDhgf2n/ACUBA/2cWj/z9t09t57uDvHEx5fLbb2F1D8FsxU/xWvhydLtjcW7d94LL5HIVFdT0EcyRVdLS0hjhYqbepCeb+62QQW3YKAlqZqAKngegHLXxP2dXr/yONrxbM/lHfAPb8GSp8xTw/HXZWVgylHHVx0lau6oH3dI1OtakchWKSven1abExkrcW9h69jEUwQGtFX/AAD/ACdKkNVr9v8Ah6tJycH3NFNACimRoNPkYKpZKlJQLn8nTwPybe0nVZ0MkRQcTT/D180b/hWh1fn8R/NP2X2fUYgvtbsD4v8AWwgr54qmXG1rbUz+RwmUx2TWNUQpMKqni0iUmwaS37YBZcZp0Jdh3bbtsm1X4YgkV0qGquaqakVBHGtR8uHW2J/wnE+SmK78/lrdN7XoaqWfM/Hijk6ZzGNqVjSsx2Bw1RENmGG0jtNAlMjo0rhSAtgGt72nw0Pl0Vbndw3+5XF3bgiOSRmUEUIUnFRmlB8+tgH3bpD1737r3XY92HWx1y976t1Wr/M0+fHX/wAC/jDuPtPd1TS1edymVqNj7R23USQSZDLbuqqGXJ0lFHDQyMEFNAkdXNK7ARxtGX9T6RtEaaRYY/iY0FenILhLadJpK6VNTTj18vztXqn5G/zJe4ux+1cNidxborMrNkd37hyJkq8jTYxfB98GYwRTOI44tCMQh5IU2+vtb+5bwcSv7T/m6Ozv23uhWj/7yP8AoLqondmKq9t1uU2rk6eppctgqqsx1dBUQ+GSOoppmDK6FiQbEGx5/qB9ASNZzW98/iUwfI/IfLorlt3unN3CQUbIrg0FBkZAOPXr6Yv8yja0Xzp/4TdUXY2N2/m6zcuB+L/RHfOLotsF9z1lbmdsY3DZWsaOdLySxwUFO6ZNEQtEVmUavFqJvcXSTQeGCaVFKilABkftJz04kMlgnjXFO5Rpoa5qCCeFBjPXznPjX3DuH419+9b9qYSOnrshtLN4DcNNCQ0kNXS2jyVMIf08lCoUMBzwbey2hPSqHebaFzq1Fafwiop+fAcOvtg/GfuXGd59E9Pdp4mvoMtS9hbB2tuinyOJqKWsxlXT5XCpUmopKilkcFfIJI7HkMjqwBHtUEbwxJ5H/iuk19t9zZSET08jgn8QDAZAyAwr6ep6H3UDqA+osD7qeHRZrDEqPLr3unXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rXU+e+1Mv8fP5x38tn5hwUlPV9b9rHe3xX7YqpMRW5Crx+c3d+/wBc5pcnRxuKY0U8kdJAsjIBG8pvp1exxY7ilxyzJthw6VKgDFKA1PqSdVTTjT06bYhZVb162JwwM0qWOqKysSLKS3IKH8/T2BDGwk8TyIp/MdOkdZPd+tde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUnf8KCMJR5X+WN3S9QZvLQT42WjEbIFM88NUCZQym4AvaxHs32T/c3/AGp/wjpqb4Pz61T/APhIzgcjtf5id5Vce2pa5tx9F55Jt11Na0dNgIcRnaCphoEg9KK9Y0niEkgItz+PYi3Qq0A11pqGB9v+o9NRf2n5Hr6LsTmSKKRo2iaSOORomILRM6BmjYjglSbG3sDsKMQM06VdZPeuvde9+691737r3XvfuvdNGdh+4xVXTgRk1CeBVmdkiZpgY1WRlDEAk2JCnj8e1VmaXCn06VWRpdKevjy7V21vfqL+atna6TFpTf3I+aW8Y51qat4qeSXCd45KClNO0iwkxsIj6gPV9RpvpA2QsyFjwIwPsJofzFD9vQ3j8RkLt8JBoPsJofzFP9jr7Cu2MhHl9s7cy0TB48pgcPkUYSLKGWtx0dQCJU4b9X6h9fYGuRpuJF9GP+HoCXIpcyD0Y/4enz2x0z1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdY5Y0mimhlUNHNDLFIp5DRyRlHUj/EEj3ZCVcEeRH+HqyHS4YeRH+Hr5Lf82na69S/zTN1ZDa9GsB2p3HR7roKR0DLVV2B3Km5aeF1p/GWBlpVBC2JTULgnUB+lHi0nz6kFQJIdJ8/+L6+qF8dd8L2Z0V1H2IgRF3v11svcniRWUQS5PbVLPUwkOzG6ymQcm4FgbkEkGX6hLpl/wBXE9AvcAFu2Uf6qk9DHUSrBBNMwYrDG8rBFLuVjXWwVR9TYcD2WXRpbsf9XHpHWmeqUf5y3yBxPWHxx7GlGTw1HuPbvVG/t1R0uQxdNVVtBR1mza0Y2mnqUWSsglqZ4lMZo3jFlbWSQpA85ORPG8UkjK1zinrT/i+k8xrjoaf5NO2sbjP5VHwdnxGKqMFNuf487L33kMdUVGSqiu5d70Y3TnZic1ecRz1M7lYmsqoQEA4b2TcysJN/u5AKapCc4OacQaEHypQfZ05GKIOqC/8AhYl0rt7cPxx+PncWRqq5KvYm787tbDr99GtFfclZi6rI0K0ckbchMZG6eNlI/cvqBGkPvgjo82NA12wPDSP5OpH+DPy6Af8A4SPfJfEVE/yD+M0c9PR5ubZuzezNkYWtkk82ZocHuaq272HPTMGVESkOT24Y1Kg3knJLa0CXgajkDz6Ot0jV1Bc0pU/Ph/sH86db2ht+OR+D/h+PfugV173rr3Xvfuvde9+691qS/wDCqxaDb/X3wR7KyeNq9yDafymzmFptoy5WPHYbNV26erZX21kMjKI9OrF1tJJUUiSlm1PNpJDgKJ9lB8JhUaSK8OBBIP5kUz0xPwH59DH/AMJysJvCgy/8wHO5jKYhNkbk7l6fXZm2MbWUlbWw7ox3SVKm/d25uKKmhlppshH/AA6GBZCC0cJVtbJrLe810JThnPyxj9vW7c1BPWzhNSJUOjPJNZXR/Gj6UfTFJCY3Ci5VhIdS35sPpbkP9Keq8viX1Ptf405z5G9M9W/HrOdHdOQ9gZXsfYu6p917R3DsLuLc/Y1J/FN65rbsdDK2aoamDIeVKnH5FLFizRS6QEFBio6bXBIpjrVY/wCFcPYke6O8vhp8Z8TUiKfHdV9t9qb8eXJ0uLiXA/x+gwO0aaKoriIVmnqMXVqDIG1H0KoLcH+xuRLIgHkDXyFK4/Ov8uj/AGJz40kagnANfSlRT86/y6GX/hI11jWYrpT5P9rVtJHR0FT2vgerdv161MEuRy2Mx22MdubdlRU0yGMxfay5CJUmjmIRf91sVDMY7gXI0MM1qPnQeePM4p/PPRnuWrw2STHEjPkB54wa4p6efTv/ADymoqLsX5PId2RZHDZrrB6HsTH7j3Bkv4JQQ1G23wuIxeJpIZ4tCPBUSIIDI58r6gQt1N7MA28dBQU4f6qdAOY95oetqT4UbOwvXvxB+MWx9t42PC7c2r0L1HhcBg0hmhfC4mi6/wAdHSY2f7h5HeRBdnkYgsW+g/IaviDdPQUyR+wkY+WKfl0rjroFejMTQR1CxrICRHPBUrY2/dppRNET/hcC49pOr9a/P/ChT4T4v5E/DbL9nUNGtduzovBZSpx6SUMdXPU4XIAir+4mVPIUpifLEqsoVyGOr6e2pBio6YmXtr6da2//AAmS+ZOA+PnzBpvivn6mSEfJyoq9r0yT5rGYum2vuzaNC2cwMLYuqYyVtRmYx9uYYlSSF3F7/Q1U9329MwtRs/i6+iiQRwQQf8R7c6Vde9+691yH092HDqw4dM+Zy0GDppcvkqyjx2CxtHW1uXrqwlUp4KaLyBg+oAWGom4N7WHPvxNOvE06+Y//AMKAvmvN87fmttrrXY9fnM9tDqWPPbT2vhsOzU1HU5Wryc1Nn82lDQ2Sqq8gI0p/NOjsIEiRbEFme25tW4REfxf5+kUr6iT6dbXX8k7+XBR/Fj4c027tytkY96fIjZj5zP7c3hBDHJgsDkaRRV7RaSngpaqFZqSkL1Cxza7MpV1t7E09yni+EMlSK08q0of5j5dORRkLqPn18yb5ydSwdC/M/wCUnUFBTVdNjus+/wDtHbuMFXWtk6k4Gk3vVzbdnnrZVBd3oHpiXk1FmJLEkn2F75fDu3Q+tf256Eu3HVaIVxowf21/4rr6R3/CZvfuL7d/k89S7MrayDO0+3a7tzqPceAzNVDUS0GLG8qqprWaG+mHH/witmaGByXmRZkj0hCVYX4COq7k4ktUK8AT8vMj9mMDgB186r+ZZ8Qs38C/nF3/APGnJQSDFbE3zW5HYORSGtpI8v1vuaX+8OxKunWtvIHgopkoKsajoqqeeMnVG3up6Dci1r+zrfm/4SXfPeX5F/FXN/FTe+dqZ+zPiln6w7eoRFQw0df0fvanNVtQ+Gkp4Qi4jIx1uPiGt2JkDNfUNLsb9hT04ft/1ft6He9u1xbfUOo1hUViPQU0ECp4r2scVKCnn1t5r+qX/XHvZ+HoDx/2j/aP8vXP3Tp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6ot/n11TYj4X0nY6ZfIYafpH5SfGXsZhjqbIV05p6XsSip1rGhw01PJ4JEaXzxSlg4UrqW9iJNnGllHHWjZ+w5XPpXBFOPTM3wg+hHV1e1Mr/HMNiMzBL9xjstg8HkqCoenmo6ianrsRBWpLUUs9yrP5SxHGn9JuRf2S3KqrED4tTV9OJ4dP1qK9Kf2l611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNP8//APhtF/Kf+Um6Mu7pj9lYnau5agR+UtIg3VS4Ro7QAsQRWkkAH6ezTaJFju6tgaT/ACFT/IHpuUVTHqOtSP8A4SgRdif7PRvn+GDHZfpzIfHjsPdWTasrqYVdRX1O7sXQbFpVxNTItVJGJWqLyinMaAFnZdI9iPcmLWwaM0rpyPQ8Tw9PnXyp0zF8dD19G+Ng8cbhlcPGjh1/S4dQwdb/AIN7j2CSKEj06Vdc/euvde9+691737r3XvfuvdR6kTGFvtnRJw0TRtIoZAVlVjqBvwQCL/j6+3IiocFxUef7OvCtcdfKs/nD5PCfHz+an8rJMlQvNTdf7/rex6rbz1H2WQzuJ3tGauGKiqtLCAV0uQiMMijyRsGm0j9RGqXEUdoJGPBAxA404DH24HlXpkyXBbSrtxp8Rp/h6+nZ8ad4Ynfvxz+P29cLP58XvHpTrDcmNf7ijrGNJldk0NeiSVWNL07sgkCu0LFCQShIsfYNuqfUyU4aj/h6dBJFTk9Df7Y631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJDaOQ/wBI3P5/Cn+nva/EPtHWx8Q+0dfLf/4UydaVOyf5lu7q3GSPBNW4raW9p44Zlikios+kkdLXaYmBs1pXcjkBCHsWW48tH8SJX/1HBHQ+tj4kSvX5/wAqH/V8ut5v+Ql3fku9/wCVJ8U957ly9Ll904rb+5Nh7mraYgq2S2TvOv2vTI0ai6kU9PTrZlH9eVIJDG8Jovj8wOgvvK6L4/YP8vVv2S0/Y1GoAjQDyjyWIYFWCJYkg2IubA8txf2SXf8AuO3+rzHRUeHWnB/PS3jiZ+0fkPnK2gw1ZQYLpXa/X2OzEG+avK1f94d5UUOJxOI3DtGhRBjp55M3B9pGEkEgdpHdNJtIXJrLG4djQBkJ/wBWekstdWOttXoXY8XWHRnTHWcEwqYeuOqOvOv45wZCJhsraVJtlpA03rN2pSbtyfr+fYT3N/F3K4m/jkdv96YkfyPSsCgoeqfP+FI3VuL7N/lG/IxqnAJm8tsLIdcdg4Bo4KQ1mPqMB2BjpcxVU9VU6fEjY9qpagq4LpdbMSFLu0qrXdHAIp5/aKdG2yn/AByh4Ef4CD/q/Z1ov/yAe28R07/My+P9XuDPbWxW0t40+8vj9uSr3FkaugjpYOz9sY+swTY4Yuz1FUdwYiip49cgiDy3chfWp/cWcWkMqiqgjgM5B9Pl0I7iAsFkFToUj7RUH9uP59fV39Q4e2sAa7CwL29RAH+PsFnj0Azx697117r3v3Xuve/de61jf+FK8gyOyf5fvX9ZjdiZTD9lfNGHFZei3xjpshBUU2N6pyk9P/DZleGOlqY3ZnjmeZCGCaW+qkbe3aa98l19wA4HI+EcAcV8/Pzx0zOO0dDj/IXrpKfCfODalXjoqWq2/wDJ3b4hyCR07VOZxVV8f9pJjKqrqqa5cFqeraPytcNr4Bbkv50ovMpjTChWwOHH04dbgwOtgT2HOlHTfXNRUkEtTUQU5WaWhp52aNVM5qKyOjp1nkVSSA0ihdfA/JVbkaPXuvnFf8KdO3cNU/zGstt+lpK2qzW1vj51XPX52qxEVBR1e2c7NlNy7YxOLiSonmqFjBqpJJ3hi/cblbgH23qdW7GIHyJH+DpK8kiP+mxWtOBI/wAH29X8f8JWa+m3/wDyyane0+HSihyHyB7cxlDTtErSS0uFyGIkgklqtJaSRxMY5ZrNZY1QkiNQHopZQwJck1HmT/hPT8ckumjOT+Z9Oq2P5yPWWG7R+Qnyiqth1NbuPdXZUuwa1MZv/NCk2Nia3qx6Z48FR0qJFDDRVjQjVPMylv0uTr9jS1BijRGOVHHpHIQXPW8PsJaiPZO04Kymx1HXU23MJT19LhmkfDU1dFi4RV0+HkkA10sb6o4GHp0qAvAt7CNyP12Pr60r+dOlw4dKw/T2wevHh0mNzYqHN0dThq7DU+bxGbxVfjcrRV0VNU42ppfGZHxuUpKzUjwValoCRGzKSDwORry60eHWg9/Nc/4TyfLP4x925b57/wAqypki2F01Ht3ufb/T2G3NuCr7u633nsCojqs/X9d1eXeQZijnSqr8gKJKr7k08D0qQ1L/AG8b0006a8PTlejx/wAun/hVl8Qt9RY3qv5sZXNdE9jU2Lx9IOzKjb083SO5K+KnqsjKaqix9VkMlteekl00UsNUsy1ElpJJYT+0vgT59bRjTuH7OtsboXu7rT5JdOded8dObqp979X9pbep91bL3XSUuRoqXNYirkeEVNPR5eCmqolWSOSPx1NPHKumzqD731foXiyohdiFVQWZibAAfUk+7Dh1YcOqNP58Hz52r8JfinVQVOXli3Z3FLW7CxONpQ0s/wBqKUVdbVKqKxiYJMAJjpBHp1XFvZ3tECzamZQdJxUeZGflw6ZnYgaRxPWoL/Im/l07u/mD/MzIfKTcFPujG/G/p7ehqMzvN6akqaXsDsWh8OSh63wGQWQo1LFDkKebJzfrjeyglg6quv2t0tJFjAD5GAAR6kH5eo+Yr0zGjNQEfPr6VWNx9HQ0cOGTHrBj8ZEuPw8VQFqddHT0Ig1I0mogFbp6iCRcWtx7DGpga1NT8+lnDHXyAf8AhQF19WbI/mnfJ7PVUsLUHYu5MRu6ko6Wnakko6ZdtUOEngqEsEkd5qOWbWAbltTDVyTq2hX6RbmTurWtRkZI4+fDz6O7WLRZLOxqprUemSPzHn9vW23/AMIvc9tXI/C35ObRiUVu7NufJafK5ykqYZJ2xm2t2dZ4OHbEwlmQQeGpmocsFijZmVhMzKglvI1epGlsAgp3Z4elf8BB/Pql5QWYA/jzU/0a/wCAg/n0WL/hZB8FKCvTpT55bNpJky+AaHpPuOMUkywVO39w1dXnetdzU81IOfsq9snSZCWUAFqukQO0hEZJWweiGUUqetVH+UV869//AMvT5x9Rd67VyNW+BlzdJsTuDZ8zSpR7s6w3JlIsfuWkq0LqrVuOJXKY7yAFamBFvpdwagkGvp0MIENxEFD6u3SQanA9TWlVOR5gVApWvX2RusN24ff+0sJvvb1TVV2A3jgMFuLb+Qqo5oZazAZalevxMlTDIAqVIjlP3KoLA2Fzx7UMdQB9eiK9jET+GAARWoHrQV+en0r8+hC9tdIOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qpr+dftLfO9P5cnyFwPXFFFV5+ufq6XLp9hSVs1NtDGdp4qq3Rm2hnkiMq0NEJqlokkErIjpGNbAE62cgXC66/ipk8acKfZU9UmFY+j1fF6Ooh+PPS1NV52l3NU0fWu1aV85QUktFSZBYsZHFHKtPLPVFXCoFdWnZgR6gpNvaTcBpunoKAn/V6Y/1VPVk/sx0PftB1vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Vl/O3rdt0P8AKf8AnRJu/Gw5fb9V0ZnsTU0M04pg1dm6uDD4GpjnKSaZKfIT0tQlk9TIFuurUDLalV70I3mGH7Rn+VeqSGiE9aTP/CQzE4TZH8wTtKnysVRXZDdXQGV2VtnKS1M8VPjM9T5+h3DmqZ8cmtXFVSwSwRlpFEJBkGsnSDq7svpLM6XLCi1B+VakZNK4x8qeeKJIHkFR69fSughjp4IKeIWip4YoIhe9ooYxHGL/AJsAPYVYlmLHiTXp7rL7r17r3v3Xuve/de697917qLWU4qqaSndisUw8c5VmRzAwtKqOhBUkfRgePd43MbhxxHD7evdfNi/4VKdabW61/mc0Xb0WJp6is7U2F15V7giyePhymIy+O2tteDCMlXR1YeORHSBEZdAIkXyXN9Ps1t95+njEZiDEDjWhOSQD2nArgV6TS11063Tf5Lnb2G7n/ly/G3cGDzNFkqfb214dj1SwS07S42t2rSxY6PDy01LHDFGwpVim8caKIwwVV0i/sqkl8aRpaU1EmnpU1p09EaoOrWvdOr9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XCS5jkAFyY3AH9SVNh/sfexg1695160dv+Fd/RaYbaHUfyCwm3aKbM5vE5DrPcm4aTDqcxUJjZXqcS1XlEkJ0RR1TKsbR/wC61OvmwN4d5a3XQI6+ndw/l69HCb41umhY61rTu4fy9c9GF/4R8b+y+Y+EffOxp56mpx+2+8JtyYaOpqIxS4qm33jlerx1OjnUBS1WPaVmCgO1V9FKksgurt7yczMKeVK1xUnjjhWn2dFtxetfTtMwp5AVrQVJpXHCtPsp1t8V8lSmMkkSkiqavwwE0r1KU0JldkWQNVSiyqly1yObWtc+0sqeLGU4V6p1oo9hbe3p8zf5qnZuy947p3z111x2J/M72xtzGbWz2Ax2Wo8xsb4oYynnyApDjEFqDcUmBM9O9W/7K6jafxsWOts32TazSGME1Ga04eRFDg8DwPoekZ7pc8Cet7mmcSU8LrrKPGrIZPGZGRvUjv4vTdhY+njn2Vs2pi1KV6WE1NeiufN/qfF96/Ezv/p/MUhrqDsLq3d23pKZV1yNLNinqKaaFbi7RSxpKBcX02uL39v2s5tpPHAqV8q0r/h6MdrNLtT18hrondf+ynfNnF1mZWuw9L1H2nDuBaqjoKSvy6RbHz33C1FPBkY5omnPjCxxGM/659mR5hZloYR/vR/6B6GVNVVHmK+f7a/5P9Q+zVtrclNujC4TPUgUUWfwmEzVBKJBJ54sxjBkgosAPQp5/wB6FreyLqOjxx0oveutde9+691737r3VBH87/aG2eytwfy+9i5+TD1lS/yb3pvDGbbyeGrchWZWm2V0dlq3KVeLykQWhovt/PEZWyNVBfWrR6wrWGnt2xXfZiD5f8+jpqYHSB0G/wDINzlPlexP5iVHh5MnFitu9udWbQz2FzuIr8VmcJvja2wZaHJTSy1A+2q6etpmheCajllGmIFyoZboedqjmhgeBRj/AD69ATQjrZC9hzpR02ZmipMliq/HV8EVVQV9M9HW00yyNHUUdTaKphPiZGBZCwV1YFGs4vpsdHh17r5bH89/bWYqP5n/AH5uCixUVJj9n5TanW7mDI1GWpp8Ns7ZdBtjb1JPHWMWpY3pgSI1MgV/I12LGyzb9vF+XBfRpp5V41+Y9OkMhqxHW8D/AMJ+epYOlf5Tvxe2dGtBSVWLh3znM3LQwKUr8huLsOq3NW1M86kGSRoJYYDKReyC4NgBu4svppxAraqitaU41HqfTpTEaoD1T98usrit3/NVdr7dwlHnZN19+9X7EyOHzA8WNr8LvDtDFbZyT1CaW8gjWq8xh4DabFlHIFIOlNTmlBk+lB0lbMhX1PW5RiKM0FBFS2gSON52ghpYlhp6SmmnaenoIYk4C06MIFtYEIDZb6QD531yFs/n50xX86V/PpeMdOB9snqp6691611wddaOgd49aOmuJikial0643H0YfUH+vvfXuq4vkl8B/hFvDFJvTs74i/HHtrcGNFRh9uf3u6Y6dfKDK7wySHIU+LyGVxqwrU5WtkarqZ3hlmM+qRCuph7qR1UgcadHw2BtrF7N2bt/aOD2/QbVwu2MfBgcPt/E4vD4PEYvF4xBS0NLiMLt9UoqSlWNQIaenRURbAAfT3vq3T/AJc0C4uumykqwY6kgkra2d5DEsNPSIaiSRnH4AW9jwfexw62OHXzL/58vy7y3zs+XKdFbYrHrdu4Pdb7RwMUbmYCrq618Wgp6rSpjIASTSsbXvYn2JNhAa1kJ82I/wCMjpG7VbV6dbw38mv4fQfCj+Xt8Z+jPCsOXwO28nmd6tLQPQtlt5bj3FX7ry2clo/O6x1M0lZSxrMxdvBSRx/Rh40F8UiY28fBAAOFTUCtSB9v5sT0qSpGo+fVrboWMZVtLRypJe2q4W4ZP9iD9fZZ0518xb/hX/1jj9hfzButs9QY80eO7H6ciy61SQrHDUZHBZ2XG5SPWD62XyRs1hxccc39iO2dRYxxnzqf2E/5+hBDIgsIoW4NU1+wn/P0dv8A4RU7pzWF3l8yNq1Dadu71xHW+Up4Za8lznduzV9J54aLR6h4ql0MmoWGkWPHtNfIVslduLODk1/DT5en7AOmLyMrYLI1QWcHJrTtp/k/YB1uvfLH4w9a/NL469q9GdybYTM7O7M2bl9sZDGxeNq9bI9Rgclj60qkkVRj8mlJl6OzWFTTxEnTqBIzkV6JGXUCOvjjfP8A+E3dP8uj5RdidB9o4jckR2xubKpsLsTIYHJ4LEdo7OiqteI3tteqyEYWojnjKGZ4WcJMGXVdfaqSwMYDVNDwNBTgCRxORkU9B0ZW+7PFQaBqHGhp/k8x59bRv/CdH/hQnD09ksN8NfmlvKjoeuNwZXEbZ6R7Ky0la0G0M5WxzD+FdnZqo88i4yqkFPTY+thFqeoYRyRCGVpok7RiGg1VrXFOHD/Vj8+lEjjdT4jUjKmgAzqr8zQA4oK0BrQZ6+iLRV8csFIYUBhmjieJhOs48cwDqRNHqV+DwysQfwSOfbhiGnUD5dFkkGgspPw1/l07+2Ok/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAl33tOi3R0321tusr6fG0W6+vt74KuyFasbUuNXOYaSIZiZ5WVVWib9/kgC17i1/ZnYSFp0U+RFPyBFPzrnrTDsPRDv5S3a3V29+o+3OreqP79S4f4s93bg6AztbvPIUteuT3Titp4Td+Zy+EkgkdjSVMuWZYEa+hYvqfJYKd4+Ja6anjTj5+foARj5/LqkVAtB1a97I+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vaf84TamH3v/Lb+VO18/RUuSxGT2HAavH1pcU1VJQ5umyWPVxGysWSqhgljAbl1X6/QmmzkC9BPoaf6vsr03LXQadaV3/CZfBw7J/mQ5DG53J4mlot1dRdt7i27Sz/AMQny+Xz+06rDmrrsTJQI6UUdDS1Nd91NOdE0TzRqQyXUSbjqe1IHqB/q+ZNKfPpiI94r19HSjZWo6NkCqjUlKyKgkVAhgUqEWazgW+gcarfq5v7BT/G32n/AA9K+pPunXuve/de697917r3v3XuscjKqjUGIdljsqluXOkEhfoP6n8e/de60YP+FgfUzbczXxN+QclIuQwGZoN79U5Kg+2mkiSuwlMu5sfNVzoNKeaCc0kALgtoIAJF/dG49MTCpBHRv/8AhI5uiPI/DfuDZhmnajwHdFPvjEwiQzUVBJufa0eBylLCSToklngEzpf6ngD3tfPrcPAjrbk926e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6pK/n+9T4fs7+XR21LkMJNk6zZdONz4mppITJV0NSiNDUNCxDACQFWcWv6ARax91f4em5RVPs61Fv8AhKx39U7H+eGS+PdLHnqXaHdHS2/M/TU1QkP8KyO4evs/hN3UWTpKnyhpjHQpkmcxRMEilZuVJKaXjXqkIOqv+r/Vjr6RtfkYKHGfxOtEcVJGtHUVz1J0QUdG80bVtVVPMAESnjLyyNIAFCEtYA2eAJwM9KeA6+e38Uewcl8kf55HwM7l+O+Bq8TsXcfanzE7s3tFLSZvJ4fFbWXG5Wh3FU5injqfDTvlkAmxFZUWQT5CmeHXFKsb6+nuF7mjYfapH+TpLHQv+devoWY9kaipTH4/H4VWNYWV4440JRIVZQo/bACHgcggi/vdCMHpX1HytMlVAkUkPnjZzHJHpLh4Z4zBOjKPwyMVP+HtyOlTX06ft3KPWtMf4Mj+fXyff5wPx/l+MH80buLCYfFGQS7vot9YbHx0EzUEGO3ekuRwlRTJIpDRvolVCbozRuBcowCMilVPQzivbR4hqlUVHAsAf2V6+jf/ACpO88l8iPgV8VezNxT0J3Tketl2/uSjirYJxHm9gZKu2PkayCKIkiaaajmSpB4Vo5EsrIwDimq9ABDVc9WSe99W697917r3v3XuqXf5wcuL2jtLqTtKXJ1tLktj5jsekpMRRxeSjyT9j7Hj2dJkMnEVKu0UCSxIWv6XKgXI9jDkEom9SNOdKGmWNFqAPM0Faj16amNFB6Lz/wAJ6Ost3bI6/wDmZvjfOcosnVd8/L3fvbuyqCjlqKumotlHBY7a1NX01TKziMzSxtBNTKxEbRFQqkEBJzmA/MjTRnUhDUYZXyxq4fs63CRp62K/Yd6f6w1HELEhyFMbMsal3ZEkDSIqLySygrYfW/v3Xuvl2fzh4xR/zQPkJmG8VXBuHfpysuPrZmFJJLUmKCGKtiLBQ9OIwpU8rfm1x7POX+M32r/z90gk+M9b+n8pCnak/lu/D18utBS5nJ9O7RyW5jBJF45ty5HCpWZiWpAOkVDTc1EfBWQMpVSCA1ugc3pCgmiilPt6VRf2Yr1rgbS7Q/0l/Pn467q3X1FDSS9qfPr/AEV4rBZDc0uPrsdVdbZ7I7lTeL0lJBPLGyNgJZFx1Uia9Ej6gIHIPJv7B2rgKTXj5dJVNZB9vW6hhoIoKCNYWdopGM6K+m8fmRXZA6pHrBa76youWP0AAASuGZ5SX4/6vtp9nS4dOR+vtOePVTx6696691gqdYp5zGdLiGRlYNoK6UJLBz9LfW/v3Xuqfvnf8hm3b3R8Wfhf0jiz2D3fvLf/AFz33uP+KY+gbBdbfG7bGfal3p23kavNVNMtTlKVwExcNIkjq7l3jK2vVjWgHVGNSEHHq3yknM0MzERhoquugZYZ1qU/yepaNW1qBpZlAZoyLoSVP0926v1WZ/Nc+UEXxn+GXam8Q8keSyu0Mj/CZ1qo6WbHSeEionQuRqEKks62Nhe/u5imYHQrH7ATTqsjaV60Ov5A3xOP8yn+Z1Wd572+5z3VnxvqR3DvSsx2RfAQ57eGRqmi6t2NlBURSpWU1TkYZ6nILT2k8IALBDcm233K2lg6MaOXwM1oVHdTzAFSPmB0xGhJoR9vX0/4xHPDTyusTkrBOpjcyRCRYxoeJ+NQAPpNuR+PZWWIY6TxqPy6WdSPdevdaLf/AAs16VgyuwPjv3bBDB91tGvze2pplTVVU1NuKpgq6iMyC+hKmSCNvVYM0fp+h9n9lNELExu4Uj5gHBr5/s6PrWaIbeUdwpHzAODUAA/LHVJX/CW/5ITdI/zLOqdk5jcclNsPvGm3j1lWY3zUyUlRvCpx0Ga2hk2LIGhhjakqYWvIoeWVbBrABjcZUNqqJIrAPnIrwwRTy41xx6T38qG0VEkVwHpxFeBoQB+H1xx8+vqo0pUwq0bM0bAeMOLMgVQjIw+oOoEsDzcn2Tjop6qb/m3fyqukv5oPx23R15v00W2excBgMllOr+z1wYr8vsveNJS+XB1qVNNDLWNQPIn22QoaYMJaeWUJGJikimFvcr4f0swqjHBBFVPrn/L1RlqdQ4jr5GXys+JPenwq743z8a+/dk5HaHZuw8q9DWUnjepx24qRkFRi90bSykSKK7G1tOY6mmmiB0hismiUOipL0IrKqENStSKEHhQ/mPI8DXowsJFVHDsF4cTQ1z8/L1Hy63rf+E5H89qTenXnXvxH+d/c+28ZuelzVL118ZOzN3V5wr7wp8UlHS0nWHYO441FIuRhgkCYOoyLRyVt0g1yy8lOkhA0Hh0vmEEsGtWRpGrXI1HjSg/iJpwpXyFcdbwQqaZmKLU07OAW0rPEzaRa7aVJ45HP+I/r73Q+Q6IjHIOKkfkeswYMLqQw/qCCP9uPfiCOPVeHHrv3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690B/fWVpsN1T2BXVlXDJRzY84+WKoEU1NBFUD7bJ080LXDp4Wdpo2/sXB49mW3vGLhC1F0hqkmlfT8+tP8HVSH8gTHSV3x2+UXblXtqHCVPyF+dvyC7UxmWpqqnrqXdm1I6TBbT29l6Cpof8AJ/tYxQzU1OITp/bccsrWf3h4pJVaFgwCitKcftrnA/Knz6bhPZ+fV7/sm6d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV4fzYdnRb+/l4fKLa0+UrMNBW7DhrJ8hjiwyEUOFztJmpI6HT9ZJBT+MAkCzG5A9mW0/wC5yn5H/B1ST+zPWhh/IF7VpKP+cL8eqSlqpnnyeI7v2R/DF+6EVNgMvsmqmkeojjqYo/K09PDI9o25BNyQthTuCarJwftH5Z9Dmg6TRV8QHr6bvPFyCbckfQn8kf4ewL0s6796691737r3Xvfuvde9+691737r3WuX/wAKd/jxTd3/AMuqq3E1LkKvI9Rbyh3XjkoUaQRGvo/sKieZV+gAUDV7q/CvTUo7a+nVLn/CSDuag2l2J2n8fq7Lpo3dh1z2LodaIBl8ACZIKkSFT5jzoCBgSPqPdVNG+3qkTdxHr1vr+3OlHXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QI/JPrGn7o6D7e6pq8bDmaffnX27NunDTSeBcrUV+CqIqChFUDeEtUeIiVQWW1wL+/EVFOtEVFOvktfC/Kbk+C38xboqr3Zhcxhuxvjv2/hsdBiYNwNi6enqovPt7O0UuRyD04kxeSSRkrVnCt4kX0G5Htqp49JdRBr+3r6TX84b5TbU6P/lCfLDuSHcZij3d8c8rsnYOZqaowVOV3X27gF2btVTNipPKtRLUV6u5pmJUhpAfGpcGNiwF0hP+HTXBoK+VeFfn0qY1THn1rKf8JZNu7v7J+Z3eHYlRsxcR1X0x8PeuOkuvKWfNYvI0u0o9zbqxmWzNLV11FJJJPl56XFy6pyGOpVjkZV59nu4eJbwrpJVAFCrx7hXj6gCgzxoT01FQtXiTWp634aeLwwRREIrKg1iIWj8reuZkB/Bcsef6+w251MSP9Q8v5dKeuTF9UejTp1HyaidWnSdOi35vb6/j3SvVa560C/8AhWP0Au1/l30D8ncchxmJ3D0jFsLc1X90sEOb3Fgt919VjolWRlVqijxmQlcX5Eekjj20/wAVPXpNOAG4dWg/8JPu9U3l8Mu2fjvlIv4bvX46fInsDO5nCTVP8RU7M+Q0S9p7B3BiKk62jp3mbMQFfQr6/IbyMQbKajpyNtS9bWnvfTnXvfuvde9+691q+/8ACgrcWaj7a+G3X8MdOu2d67e7oyu5Mk+QroK6hG15sHQ4qOhoYE8El5cnrLTuCBr0m4UETbKa27/I/wCHpNceXRlv+E80O/Jfhj2DmuwZUqsllflx8lItvRULwyYTbWyMLuChwm38Dt+qj9VRQt9u0xMlnWoMmpAbn2l3gtqCkjAGPzah+R00r5cR6dOQ00Y6vuB9ko6fB68XEY8jEAJY3YhR9eASeOTx731vr5TX84fdE2U/mUfJXa8UtP8AxTD9m5HG7gMj3/gtfE0OQnpJZUuBKsUiMyA6jxpB9nnLw/tif6P/AD90gf4jXr6A38ljNUG5f5anxZycFVJl8TW7XyEmJqqqmnpZpExm4anEVDVlNWqrr+/r0alN0Gr8j3rdNa3WpDQhQD+ZJx+zpTD/AGY61zfjFLvnfX80X4l4el3RjayfAfzDPmdvHNYXNwUlDlaTb3Xa9lYuto8B9vrSeMrlIEhkmdJtTAlVS59mc+j6B68NC0/OlK0/n0xH/a0+Z63f8RTw0uPhihSSK4800ckryvHU1CionQsxIFmb6KdI+g9hadmaQk/YPsGB0s4Dpw9p+q9e9+690CPePfnUfQXUnZXcfcW+Mb1/1j1ntzKbg3lvDKVUdFTYvG4yeXH1K07TAmSqkrIjQ0tMiNJPOyRwq5YX917hnqjX+RpuHu75u1XyI/mbfJvZOKxdZ3rvrfHXfxFp8nRZHE7x6t+KG388tPDsWlxr0qQLRVVVonSsad56iWKV+IJAToZOrqi5JbjX/VjrY0ihjiUpFGqBnaRgoA1ySG7yNb6sx5Y/k+99X60gv+FPHymoKzM4/wCONFnaCoo6fHZQZbb+U8sFEzVUQqKiSplBW0cNOlRIRe7MFVVbV7Gu3xaYFrxIBPzr/sdJZmJeg8urNv8AhMT8GMf8T/5bu3t61L4nJ77+S+7qruzLZenSpglqdoNTRUvTtBLLMrSRQnEpHXSxIGUNUEC7ByQ7uUfhziPiVWlaUrk0/YKL9g6UR5Gr1/1f7PWyNSQimpKWnEUUAgpoIRBAzvBCIohGIoXkCsUW2lSygkAXAPHsv6d6ke/de61tv+FS/wAdKfvD+VV2/umNzSZvojLbd7fx9VCJmaqxWCrI8ZuPGZH7dGbxeCsWogBBW6OWKcEtuPPpqVagdfNt/lz9n5Tob5vfHTfSoGO3OzNrZqnvpCSxy1iJT1kHlKjS8TkqWtweefdDwr0mOMjy6+1/trNx7l29g9xQCMU2exGNzFN431jw5Ghjqxqb6XDOw4JFgOb39vDIr0uGRXp6dSylQQNVg1wTdCbOOCPqLgH8fX3vr3VSH81v+Vd0F/M26TqNn9tbYoMR2dgMZuCLqPufFyU657qvMSYt5aHI1OWeKlmqsfVTRQwVmPqpHgGoSghkBNGFeHTbpqyOPXyZPlH8XPlB8B+0NwfH75Gdf5jrvdONzFJmKejyFHNV7X3vHgpycTvjYe5oQKbI0LK7AVeOqPoTFKEcFVoR6dagBS5jf0Zf8I63EP5EX/CjfdEyU/x8+e2+8ZnsXQJgsLsLuPKUcVPv5aWko2o5MN2NkY3WPLRxKIBj8o0azxRRmnkWQMHW6SlDnh0MpLaO9hLr2kVoo/CeOePE1NQBUEeY63v9gb52jv3aWO3fs3cuK3RtzLU8eRocthq6mydM9NWxioplLUTPpbQwIRvUPyPd3IY6hwPQYvI2inMbChAH544/n0uvdOk3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ST/P8A/kjmPjP/ACzO/wDfO0JqJN21NPQ7XxtDXU2RMGUpN0Tnbu4KeOsx6jwzfaVMkvmaRNEaM+sMF96alKHqj4X7elh/IP6pyHTH8pT4UbMzGN3BhczkOpv9IOTw24snT5Srxk3Y25a7dUEVJNRaohSSwzx1FGnkZ1jks4V9QHhw62nwjq4b3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RT/nXOtN8O/kZO8NPOkXV242aKriSeAr9vZi8b8Gw5H9Dz7MNr/wBzk/P/AAHqknwH7Ovm7/yEN07Up/5yfT0j0UIydbuzfuGx0oACwyZvbNbj6gIn4sr+i36TyPYwvAwtG9CD0mjwy16+phSBlpKRXOp1pKZXb/VOsChj/sT7AUmZGI9T/h6WdSPdOvde9+691737r3Xvfuvde9+690Vj5q9f0va/xa7765rKeGsj3R1NvekoqaRQWbcEWGkrduzRsQbaJ4CWFvUOPejw6qwqhHXzaf5HHeOM6C/mO7Hr8pNDQ47J9iZHA5GV4RIsWOrJikjAG1isjk6vrbj2JodntHs45wDrZAa6sVI9PSvSRW0sCOHX1M42qDUFW0tTCByJAApMxqP2hp/p4rc/19h9ggXHGv8AKmf59LT1K9tde697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XusckaOYmYKWilSWJmv6HW4LLb86Sw/1iffuvdfMH/4U3fF7I/Hv5x1Pbzbbkp9p9xNV7v28+Np7UtQpyX2btJPGQfLr8pf6GzJ/sTzbNutLm2aW4DEhiMHyx5fn+zo62za7O6tmnuAxIanaTwx5D7emH5r/AMxrd/y6/krfE74u19TRdgb52J2lh8V2ZufNZKRt2YnZHVGLrm673atO0i3ydfS1EuPysUnm+zpqGnAUmqLru926O0g+ogqShBqT86cKZ/2et7htkNraGaAE6aGpJ4HHCmeNPz+XWw5/wkC6khp/hf2T8gctW5TKZjsjsrKbDo4slBDHSY6h6xEYyb0ssAUVT1VdXGV5pBqjVI4h9D7L5dxvLiPw5WBHGoAB/aPt6D8a0q3W3zDEIIliDyyBdfrmcyStrcv6nP1tew/oAB+PaRjqNenesvuvXutUf/hWz8cqHur4I9d9iQV82Jzvx97swW5XmMXkpcxh+xNtZLac2FEKkGWoeooKQxMf80P6+Qj3pzivTcvw16pL/wCEsHeVN1t8zMntaq3vBg6Dvzr0ddSbZloBV1G8t6bdphmtnV8tTIbxri6XE56GH/aJEivYc0Bo1OmojR89fRjp5zP5/wBp4xBUS0waTSPM0DaJJUVfouoEC/8AT250p6k+/de697917rU2/wCFCO9sFX98dFbBow8e8to9a5jMJVu5enp8N2puamw1QGp+LsZcFCyNcaQHt+s+xTs4/wAVr8yP2Z/y9Jbg5A+XVuX8m7qbrzqT4IdNYPrqOnOInruyNwTzUs9RLHJmt77p/vHuSqlNQ7sZJ6pVcEn0KdC2BNy/d2YzsD5hT9tKj+Venoh+mD1auPZP04OuMyJJGY3CMjlFIkvoJMgC3sD+bW/xt7t1fr5Rv857r3L9f/zJ/mNBT4rO1idkfKTcXbUVRlP4XUT1mJzNLQ0uLhxdRRyPMtOtZ9xrMwXREiKASXPs+5fNTN/tf+fukUmXI9P89evoDfybd77M3x/Lp+NmR2PvTD7mwbbf3Jt+o3BhERsZi9yYjJqc1QQvUogl8UqSgMyaSbW1LYnV+aytIorpCnjxHcPL0PT8PwAfb1rCfCTAQ47/AIUU7Y6P3Fu7Aybw6d+V38x/t+uxtBlo8nWriN7bafcmw8NIaYhY2qaDNNM0dyEeCVGs4IBa26XjxG3YjSQB8PkPn+XTSr+rX5/5+t96g1infWrIRU1caoxuVip6hqWAD/XjRT/rkn8+0rMWNT0q8upftvqvTbkJ5KVTUvVxUGPo6eWsr6qWFZVWCD1SLdv02UFibH/W9762B69asv8ANH/mFda/LPvXrf8Alc/GzrHb/wAy+5d474ps1urqOrmhperdiUuysguZo+w/kJnqwRwtjcAVXcVPhaSQySLGn3ZWSWGJ6EluHTT1fC8P9X+r/D1spdK7K/0cdebU2P8AxCmy8238FQUmRy1Bj8dhqDK5QU8f3uVo8JjLRUdNUPqNDTINKU6qASefdgKCnVwKCnSr3xuum2XtTdG66xwtFtrBVmUqOLkNDGXQ3/wHNre9jj1vgKnr5cXy5h3V/M7/AJptJ1jsypy+8cXvntDbW0K2peuqYZocDXZunGYqoqqmZJIylKkvrQiwvx7HxVFgIbAoeGMdIgSWqOJ6+oN1P1rt/qHYO2euNq0lNQ7c2XhcPtXb1PTKyrDt/beMiw+Ep5ixOuSKCJVklNjI13b1En2CbqbxpdYxjh8/Ony9OlgGkU6EgH2wD1cHrv3vrfRU/mx1nie3PiX8nes8rTU9VTdj9Kb82cyVpU0sVVuPbU2EoaltQIQRTNDLq/BXV7q3A9UYVBHXxV9mRZHbe/dkZahpFzdTsrK4O9HRVrvV5iWmq4ozR0sw9SqJ0m0WHpWyji3tdtdrFeXJimrTSTg0zUf5+kjGpJ4V6+1P8Ft3Vu/fht8Yd6ZOilxeU3R0b1pnsnip2ZpsXkMttGkyFXQys3N0eUkX+gIH0Htu6hWCdokFFBNM1xUjpXHlAejW+0/V+otTTR1OnU8sZUgFoWjBkivd6eXyKwaNv7S25/qPeqjrRI6Ib8//AOXR8Zv5jHROS6M+QGxMdnMf5psltXd1CkOK3tsDcxV5abcm2NyY2NauF/MyvWUav4KtB454nFiKkV4darmo4jgevldfzPf5PHyy/lY9uVWP3TtzKbr6jzNdWVXVnc2zqPI5bAbkwT1rxUlJuSWgR1xeWiUAS0NTp1KpkUm4u3Shz0oTdL63fUhAJ+Qp0aL+UV/Pm7u/l4b1Gyd3nL716j3Jm8NFujb+YzVS0WMTExNSh8YkykUpIv5Qi+q3q9nW3WllcRAS6g5JzXtPGn54/PoytRbbofFvKiZ8VBohpWgp5H/D19LD4Q/P7ov54bCwu++mt14zJmsxIr83tlJRJlsDOSVMM5CqHUEfqA/17e93u3C1jLipoR/P16bvttFpEZFqaEU+w+v+fo9nso6KOve/de697917r3v3Xuve/de697917r3v3Xuve/de6+ft/wAKh/kAflp87fjx/L425vqtx3TPTGe66b5IZ7A0MuZTAdod37np8Nsza32ePqE/iFdHiaylC42OMyxzVLSz+iBjHVumnPdjiP8AN/k63yutNtY/Y+ydn7Kxjf7jNr7S2xtzCx/bpRLHids7YoMHDEmLhUR0IURL/kak6CxtwSBbpzy6X/v3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690AnykpKat+OndEFXG01P/AKO9zyPCiGRptGLkIi0Le9/p9Pa/bSReJTzqP5dVb4D18zv+Tm+z1/nB9OTsj7WXB9sVmQWqeGSSQ1TSVVJGFhUXJaRo00gfm54B9jK4BNs34qg49ccOkifGD19T4BlAVyGdQA7AWDOBZiB+Ln3H5pU06W9d+9de697917r3v3Xuve/de697917poytBJXxyQWWWmmo62CanbSNby0ctPFpZuPV5SrX/ABb6c+/de6+RP8kumIP5fn8yzuLrjJUL5aPYneWQyFKzTFadqHcWbO9cBjEqUOlhj6OWFGkQ6WYFQSePY9samwiBPBB/g/1AfIdKE2TcZUEkaAq2R3Lw8vPr6w/x87Ip+3Om+tex6ek+y/vrsTam56mDS6hMjlsNFNlEj1W1Ik+tUccMORcc+whfwmGYgnzNPs8v5dVnt5rchJhQ/aD/AIOho9oemeve/de697917r3v3XuiM/PXuug6Y676xiqexNw9S13a/eHX/UWH7F21t2LcdZtqv3XUyOk9XBPFNHFSyCDxzSSJpsQGIB96Y0HVHNBxpXo7OOgkpaCjppp3q56enjhqKySnipZK6piGipyD00ACIaiQNOVQW9fHvfV+pvv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuqT/wCeV/Ljk/mF/EncGB2XtfEZnu7rinfcPVtXX1uLxUtRKVY5XbRyGTglRIqtAtjJIiKw1Fhz7OdsvobUFJjQGp4E/wCD/N0dbVfxWgKSnBPoT/q/Z18u/bfxT+btD8j8p8beuPjf3Rl+8sHulNsZ3rA9e7izD7Wz8+UTD0uRyrRUzUceO80sU0eUqJFozCUmMviIb2p3Lc7We2MEB1aqDIIpQjhjz+fDp7c90tZ7VoLclg9ARQjTQg4FPOn5dfXe/lyfD/aPwR+HvTPxl2lgsXhZNhbVx0m9qnE00VPTbo7OzVKmU7E3WbSSSOarJyTRq8jcpEhQePT7DowKdB1RpUDo8Xv3Vuve/de6L78oOgNpfJrontDpLeWLXK4XsPbsmMlp2eKMrWwWfHSxSzcIyuB6/wAc+/EVFOtEahp6+Rz8ePkXv/4HfObbW9aja52buL4mfL3GPvDC7mrKbMf3aweK3fLsfsrCy1FGdFTE+NkyEX3FKXUK6TxsylWLdKGvSYKVcev+r/iuvsLbDzm3t07bx269oVlPltpbsosduXbW4KHJ0eYxm4MNlKCM4zK4nIUDyRTUktKlO9LPFIySxssiuwYsXOlXHI6WXv3Xuve/de60uP5/u6cxnflv2fHjZMZjKboT4i7Uyy1NZksekGY3FuDcFduGhociS+qmAp1fQk4UsBdeJEuLdpXTZqf4iT/k/wAnSScVk+wdbJ38sZ40+BvxIhMOKiq6nobZuYqlwNPNTYhJ8tTfd5HxRzgeoVhmQ6b3tqB0sD7KN1H67uDioGfWnl8qGv29KI6eGOj8+ynq/XCRmWKRlGoqpNv8Byx/21z72OHWxw60FP8AhRX8ecrsv5jJ2rjsdPPj98bRp8xSPA0EjyrQQLClW0akODBVtH5UI1LGWlI8aMwNdqvLeyMv1Bpq00wTwrXh9vSSYEP0fT/hKn8u9hbo+NXc/wACM7W43HdsfHjsHsnfdXTRuaXI7n687T3euUi3lQLWL4pFo5qgwSmLXp1U+pNMseut3cW85Bic1OocCBSrEeXE6qH9uOn4qntHnw/wdV/9P4HGdCf8LGd8NvnGVmLqu+8f2BuXqvw4bM0uFTcXYnTxmpajI08lJStX0ROMzFOaumAger0S+ZvG59lYBrQ8a9KvorkNQgZBbBBGkVrmtMeY4jrfWwdXDS46ioZ/uoJ0jCxUlX/lFbHFwPHNPDqWZla5eRPT6lHt8QSsuoDHVvppSNQoQPmP8PRRfmL/ADDfiB8G+usl2B8ku7trdc0NH4GpsJUVEmQ3zlCalIWOB2BjhJlcgya9fgjpbSAFSQtyLvaTxRmV17RSpqPM0H2/6q9be0uIYjM69opmo8zQf6v29aHnz+/4UQfOT+aNn8v8Ov5XXTHavXPWm68zS7Sm3VsLF5jJfILsbAZyY4AxZut2qj0Wy8RkZ6gtO9C8VQID4amuEJmiKQnpAXrj/V/s/wCD5062fP5LP8kCg/l1PnvkX3Xu+ft75t9u7M2jtjsXe88NBFsjYm3qWPH1+V2R1/jKKVJa4sKKkpMjncpElVNV0iTQQLAztN4CnV1BAz1sR2Vfoqrey+lQL2FlHH9BwP6e/MwUgHzNB1bqqP8AnEfIat+O/wAN+yNw4mZKfI53GNhYmmUqsksxBiWNzwb/AJN7C1j7NNv2fcd1YrYIHK8e5VwM+ZHp1SUlU+3rVG/4TD/HLcXc/wA7e6vkfm6TMQbS6S23RVozUeNeTb2c7Y3rkmnmwH8Z/wA0KujpddVJArFwhUkAG/szu93s5bYxwksWBHAigPnkdMRLVq+nX0D6dGjEsZTSgmd421BtYmPmc2H0szMLH/X9h2QhiCONM/lj/B0qPUj2317ru/vdet16wVaxSUdYk3h8LUdUspqF1U4jMDBzOv5QC5Yf0v73Xrdevhz997ZpOtu3e+9vY/K1dNkev+++2dq0al2pZqLE4TeNVS42qpIGAZfJK0mpB6m9LAWv7VbbcpbTNI5pVaD7ar/kr0j4sB/q9OvsEfyitxUO6/5Y/wAGc9j8tLnIa342dVRS5KWTyvLV4/adNjaqEsbEeF4TCVbkFCD79dzJPL4iGooB51wM1r51rnpVGewdWME+0pPVieuPuvVeuvfuvdIrsTrnZHbGzs11/wBi7bxm7Nn7ipJaLL4TKwCamqYZkKEqfqji/DqQR78c4PWiARQ9aHv87H/hMbkcDi8v8hvgPtl8/isNS1+a371PTT1bbigpVkMhzO0KVRoqmgSwlpYi08ltaoQCQe2F5Yx2gtrokUJIIBNKnyp0eWF1YRWQtrqo0kkEAmlfSmetT74m/NL5Ify9+zcjLtPcu8dkZrbeSqKDObdWepopcbkIC0ORw+bxkqrJHUDSyGKRbq31+nutxeJdWjWaEu1RpJrkDiKmhr6cSSadMXW4pNYtahizVGls8Ac1Jof8Ppw63+f5cf8Awps6O79x+z9j/ISgOxdxSY2kpK/fE1cJYqjJMRTxy5GgRSULt+prgAcn2l/dG5AVaMf70v8An6JBMODdbRmzOwtlb/wGN3Jsvc2I3RhMnSx1VHksNXU+RgmhdAwcvSFgPqL/AO8ce0ZicMUPFSQcjy6Wm3mVQ5XtIBB8iCKjPSuiqIpiRG2oqAWFiCAeBcH3VkZfi6bZGUVYces3unVeve/de697917romwJP0AJP+w9749e6Id/MT+enUH8vb417s7y7Nyh/jkkP92eo9k0VHW1+5uyu1M9SyxbP2ftvGUUM0ksss6+WeRkEUMSM8rqLH2phsrq5r4C6qV8x5fP8+qu2gZ60cP+E/Xxtyfzf+bNB2NvGTHbs6S+JPdNT8pu5M3naQZHNdnfM7tVqyj6p2/X1dRRTPNR7UjiqKkM05iiqICxb96KyV4mikMcgypofPh/s9NICSCw/wBX/F/5evpA8XJsLsSxNgCSfqTb37p/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690k9+UlNkNk7uoK2FKikrds5+nqYJBdJYnxM2pGH5Bt7UWpK3CMOII/wAPXqVBHy6+VP8AGKUUX85nrGkwFRRbdlxnyKoYIqYTNEmUgm3Y0X2w1clrXAC+x5J/uOa5x/k6QDiKevX1hn/W/wDwZv8Ae/cedLzx64+9de697917r3v3Xuve/de697917r3v3XuvnU/8Kz+jaHrr5J7N7uxVJ9qvb1PDHPX0tHJonzeClGOyFTVVKixliQKn1tYC/sb7Wxa2QHyUD/N0OdsctapXyUf7H8s9bMf/AAm3+RO7fkL/ACxeq59/TwVO8OscruTrSrmjrkqqibA4LJa9q1VZEzGWOSWkkBIZQvFkJHsl3yPRIrcK1x9n+xTok32MpIrHzr/L/Yp1fn7IuiHr3v3Xuve/de64OWVbqAxBW4PHpLgSN/sFuf8AYe/de6pU+T/fVNuP+bl/Lw+LeMpJazMbX6179+S+867buXrRVYjbWM2xDhcJjMxiXkWjlpMhWmnMc06GVGS0TIHa9T8QHTbf2ijq5/GRiKgp4gSREJY7t+pjHOyFmuz8kjm7n/H3bpzqf7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917riQ1wUbQwYEnSGuB/Z59+690yvgqcCqNLI1JPU0cdA1YIxNWiljhkjWJ65is8nqfX+7K1ioAA+o917pzgpzA0jGV5A6wIitwkMcEXjVUW/5N2ZvqSf8B7917qT7917r3v3XuvfTm17fj6X/AML+/de6+aB/wqa+D83Rvz1pflhQbXXbXTHy92NjcNu3ctPlKGsxUPyVw9G8G7cJlMbTOzUlRVYKnx1UHEYilcSTK5YuPdTx6YlBrUf6vX/V8+th/wD4SxfzBx8g/gnVfFrszMV1X3r8KMhS7ArqXJyJPlNwdMZSqWl6lzOMjV9fgxsbHAyF4wCtPBIGcysRsU6cRgwx1tPghgCCCCLgjkEH8j3vq/UWrmmhVDCkbM3nu8zMkMPjpJJo5JmX6IXVEY/0P9ffuvdfM4/mnfLnFdlfzXf5pGOpsbtumx9D/cboXaL5OOaly2Z3J1t17SbCz8VZGHKT08lf/EJ43dNSRJFb6H2LtncyWQxhGI/yn/COkk9NdfX/AIrr6HvxL2tjuu/jn0F1xjaekpKfZvT2wduIlIWlgq5sZsvGVVbWUczfqgeaqkdHvzcf19kd+rGWSQ57vyFagfn2jpUuEA6Mr7Let9Y5UMiMiu0ZbT61AJsGBZbH/VAFT/gffuvdVFfzj/5ckf8AML+MeT2z13S7fw/yg6/Z93/H/fe4XyFJhsZuKjCU+T23nqujvCaTK0TS0njq0eMMRJYaCfemGodUdQ4+fXzH+1Osvnn/AC8O+N1dwxbL7F+OPbe2ZK7ZmX3DjEraXFVKz4lcduJNvZIRyUeVoatBFLAbtEhjiIUslw35aeqQMUmQGuGHDjg+XQvdJ/zkO6NnfOHq75wbnw+1t79w7L6ky/T38W3JhcBBNLi85V1E9Tn5ziaWhtlViq6unWuBMnjldQQGI97BYZHUjNbwTEPxNCKH0JBII9cDqwTv7/hQt/Mz+TmK3js/q7dqdYbZ3HV1WJmPTu1sZt7eWF2/nap6mqoMV2FEKrIRH16FlWQOukHg3PsW7NEkln4kgFSzfy4GnCorx68tpAgoRX7fUClRXzA6DP4kf8J2vl//ADDM3juwN17uyu1du7j3JRncnZvZeR3Hnt2JhzKJ8xWCXcEk8uQqhCGFPqdQZGGr08e67rDClo1KlqilSSeIrxJr69E27W9utkxFS1RQliTTUK8Sa+uKdfQE/lj/AMqf4tfyuOqNwde/HbGblrNxbxyK1vY/bG+pFqd/b9yWPVYsfJV1EKwpTY6msxpaCkSOK7uz+R21+wwMdBdRp6s2o6SGhpKejp44ooKaJYo44IlghVVH0jhUkKL3OkHj37rfWR9euLSF06jrJvqHp9Om3+P1v7Ymrrj/ANN17rUF/wCFNPyb25QbRx/SOWq6xaODGLmnp6UALUyvEJJVYn68E/4gi3uXeRbYRoXA7mDkn7AafsHSeZ86fTqwX/hOB0vkesP5afTe7tx7f29t/c/dabj7RnO36XwtujatbnJcV1ru3caklYsu2ESOkqVhsrxiN29XPuJkFFHTkQolfXq/r3fpzr3v3Xuve/de6j1Su9JVxxyeGSSkqo45iwQRO8DKkpdgQukkG5BA+tve+vDr4yn81brCt2H8/P5hmx6SLLYrE4b5N7oylJhs/PpyUdZvzMJuGomR6hfNVU/lq6URzauIXgk+kh9t4BB6TmisPl/n6+nb/IK7V2727/KN+Fuc23Tpi4NsdX0nWeV29qV5tvbh60nbZubpaqUAMz1s9I2YBcAhKxF/Sq+7jh08nwADq4b37q3Xvfuvde9+691737r3UF6ISVbVUjRMfF4I1NMvkSB1tPC0+q7K55IK8e/de6pO/mS/yGPhV/MbpU3VvXHZzqvvWmgahpO6urYMfhc1k6OoVIUwu9MHTQ/a5TFwhbQU8qq8QZj52vb2rsJhbXSzH8NfOnl/qx58OqsgbAx1od/Oj/hN1/Mf+Eu4cvnOpdr1/wAhuoaVs5lJd99W0yxZDAYnBxnJrUbn2nXPA8bNTrrUY55tZDKsZcAESwT1KizZdL5KmlFrxIWoIHrQ8anSa9NMuP1B/q/1eo6J/wDDf+bv8yPiPu5YNvdp7vxFHtcVlJWbcrJpvsaYUcwpqmgyOMyrRyReIqY3iaIupFigII9hG6LG6kfgSzHz9fnQ/tz69Dfb7i3ntEhag0KtTUEUAAz8/wDVXrdz/l9f8KifjN3JisPtb5KB+u97y1VJg23NF4EwFSY0Hmy+akmYGBWLXuilfrxf3QyswAfy8+ivfLaG0EbKKByfPGAPLy62duqe8eqO8drY/e3UHYezeztq5dKiTGZjYmdoc/SVEdHWyY2sbzQup/anhlikBjBVlZTyL+9gg8OiIEEVGeha9+631737r3QWdkdv7D6l2nmd89jbt2ds7aOCaSDJZvcm68Pt2ihqgRamWv3I9FSeQKdRRqgE/pXUxAL0ETTTLEvFj8/8lT/LrRIUVPXzY/5zn817N/PP5T4zob4pblyvd+Oy27abrfrrbvXorfHu3M5WZMFT4ilerphdKmqkiYPSSSI5TWZ4kTURZHcWloBBH3NWlFzQ+ZJ4CmSfMDiOk7K8h1HA633P5XvwH6s/l2/D/rDofrXA1eBy70FLvft2urMrSZvM7m7g3Jh6Yb7q87m6VdFWKWqiNBRhWKxQwIqE8sQteOJLuSQfiYnz/LjnIz0+oooHViftN1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Sf3L68cKUx+SKvqqeiqQRqQU07HzrMDxokUGJweCHseD7VWgBlr6Co+3/Vnr3XyYusto1tV/Nm6S3JSzZLHx4f+YrgMduPc9Ek1bksftfHd9VdNTR4/Gob1NJURJJTVr8pHFGgb0+xtJqMICmg4njwp8vn60HSEUDGvX1v3/UxIsSSSP6Enkcf09gA8el3XH3rr3Xvfuvde9+691737r3Xvfuvde9+691RR/Pp+AcXzo+EO60xFJVL2H0pnKrszYgoYTSVuRxsVMcfu/blbKo1NT1Kr94mlrHQrkH6+xBtV0IpljJ+IAca9w4U/I0PzHThuLqNNUMjLT0JGOH8vL5datH/AAm5+ZWT+Kny7yXxk31kP4ds/uCqxuBr8S0hppcfvSghkpMAIndlD/5UzJWJ9bEFr/T27zCf04W9S3+AdJvq7mZgJ3Zx/SJOfz6+jNS+f7eMVRjaqAK1Ji1eHzqxEoiDc6Qf0/4ew106epHv3Xuve/de6as5VigxGRr3qI6SCgpmr6yokUukWOomFVkzpHNzTJKq2+hIPt2FQ8oQitcfmeH86de4Z61qP5eOCofkt/Og/mWfMOvo46nHdS9V/G/4qdI4mTInLSYrrndtE+4uxMzlqedmloqmpfExxBLLrc1V9RjY+zu9tbe3hUkKHIbPCpAJwPmSB59oAx00hDuWH+qvWyzhYHpsVQQSJ45Up0MqaShE0hMsxcH+2XZmcn6sSfz7JJ9HjNo4VNP9j5dO9Oftrr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69117917qoH+dn/AC42/mSfAbs/ojZWM2me58ccRvXo7JbnVaGhouyNuVdP9pFJn44J5KD+IY6KoxMlUE0lJVjmIiJt6nWiK9fPN/lv/Pfef8s359YLufeu3N5U/XeJxm4fjP8AL3ZWDilossu3cDNBj8xkKSiWSCpfKbVzFOmSWR7SUyKgjZBLy2uMdJ0JU0P+r5f6vTr6qfTPeHT3e3V+xe2emuxdrdi9b79wVDmNn7s2xlYMnjsxj5oY7FWgeR0njLrHUwTWlikukoVwR7cr0pGRUdK/fGSpcHtrNZuv0SUGJw2Traulkm+1Srip4VrGp5a0/wCZidIXjlY+kq5Dce/cM9eHXx8+yE3F8sv5nW/t119FS7c3V8gfmXU7eeFKtM9S0uc7g7KbYe2koSWvI0dPXidGDXL07MpBUWtFdXMK6YZGUHNASB0kNWPrX/i+vsE7L2xSbS23tDbtLQwwLtra2G2tA8cCR/bUeDw1Nj46eEqBpjPgRQo49AH4HvbSSMKMxNTU58/X7ePSvgKdLL3Tr3XvfuvdYZqeCoVknhjmV43hdZEDq0UljJGwbgqbC4P9PfuvdAn3N8b+jvkFh2wvcfWW19+4+OjqaGKLNYuiq5Uo6mBoJqeCSZGKgqxAAta/HvRAPHrwwQw4jh1TH2B/wml/lZ74yEldX9N7m8NZlkylThsXu2u27SRU6Rshx+Nym32pZ6Q6mBDq7jSCNBPqGtA6UfWXv+/5P97P+fo5/wAY/wCUT/L5+Hu3q7DdSfHXBwQV1ZPUu+6q/dnalctTMFP3Brd3yVdRqBUWKaY1+kYW59vxzzRLojdlHoCQP2Dr31l35yuftYn/AC9WUYjA4PBY6lxWEw+Mw+MpIfFTY/GUFPQUVPGy2ZIaWnVVQH8gD/X96eWWTMjFvtNem3llkNZGLfaa9OwAH0/oB/sB9PbfTfXfv3XuotTUQQNTrM2kzziKD9QEk4QyLEWHA1BTa/B9uRxGQkgV05+zyqOtj59fNE/nj9x7h+SfzHxHUGUqjQ5DdO7MjsvEwbaojuXOUOGyuT/u1SZGDC43yzxRQpGKmN1QfrMi/qv7kGzlntIybZ2QAHgaeXypx8+kDFi2o9fQ9+L3SmH+PHQXRHReCpqiLD9N9QbH2FjJ5IDTSVH93cDHhq9skigAzzSqapweS7Fz6ufccjAA6WgUAHRiPe+t9e9+691737r3XY+o/wBcfi/+8e99e6+TR/wop2HiuqP5xvyzrsbjKmnj7BwHVfalZFUy1mRoqneG5ti0zbrrKaol/aSB8nQ1sCRchWBjj4Rh7NNlhjnuykyhhpOCK+a+v2npiXB/b/kPW31/wlC7oxG8/wCW/mtp09KcLD113LkNsGOaREFVkdx4alyq5eKBSWSOrml+2gdlAdoCATp9rN1tIo5F8BAtKkgClQKHy40ByerQHtIPW0ygIRA1ywRAxP1LBQGJ/wAb+w+aVNOneufvXXuve/de697917r3v3XuuiAwswBH9D72CRw691DqMbjqt0kq6Cjq3jUJG1VTQ1OhQ2sBBMGAsSSCBf3ZZHUUUkfZ17qrX5k/yb/5cfzhqsvmu+/ipszJ78zzSeTs3ZWLbY/YwqIAYhU1269q1NM0/kDGVDWK6s1jIC10ajVYlicnifPq7SOyhGY0Xhk4+wdaUvzV/wCEjvzV6N3NmewvgrunBfInrymrJsrj9gbozmD657f21jknedMQuY3caTAZ6Onh0Rff+bHzzkMf4dGApepFempTNLTxGLU9TX5ef+r5dU7435Q/zJP5bfZMNDubbXb/AMaM7tyaOKrwu5Nt7j25jsi1RKKtTjsgmmhqVkEgcS00zxuGLKbG3vyKNYHzHSfQVPb1db0p/wAKrfmtgcF/D8lV9a73z9VSSS4Y9nGpixT1AmRBU5fK0bipWnRCwP7iDUVJYfkbzbZYE6XVVrwpQHPpwr+w9eEko+fUren/AApe/mWbqy+5cbRbq6t2njspTV1NjqXq3Y8kUeG81GskE1Llt4VeSr5p/IzaKuCeOFl0COJGVi3l2uzTJStPX/KBg/sr1UzSHhjqs3YPxu/mF/zYOyqCj35u7unvClye5J6rRv7em8d4UeNqMgzz1tZjaHMzzU9MY4lawRVEcahVsqge2dytrSKxkeGNQ4AoQACMjgePWgWZhTj1vRfyZv5DHx9/lm7bo+x927awPY3yiq8tk8lSdkZvC4bM5Xr7F5PHnGJgtnZSSnaehJgkkSrkglXyXAa+n2E1lmCGPWdJ4iuP9WOlaqeLZPWwbDEkEaxRqqRpq0oiqiqCxayqvA+vupJJqcnq3WX3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TbkqGTIR00UcqxeKsiqJA6lhKkSNpiFvoS5U3P9Pb0MoiYsRWop/g6918wHvXcnXvxj/mj5afce1qr+BbR+RZyU1XFk66i8mRptzncE1ZFS0NiFE9VJIOdX+P09nY5gi06DE2McR/m6QkUOevqBYysiyOMxmQgmWpgr8dQVsNSiyIlRFV0iVEc6rNdwHDBgHOrnnn2QMQWJHn0u6ne69e697917r3v3Xuve/de697917r3v3XuoGSpKOtx1fR5CmgrcfV0lRTV1HVC9NVUk8ZiqKecWb0shIIsf9b3dHZGDrgjI63XFOvmQ/zoPiVvT+Vx/MLXu7r/AGhuCg6k7Y3HLv8A6P7ApsfXZHbz74J/ilR1KJoNBgz0ZBljpZyheJldRa59rdx3D66GOPTpKGpNcGoAx6dI2jKnHAdbsX8mT+aXsb+Zx8ScR2DicXX4bt/rKum647w6/ramhkz23d2Yuietwefmp42DHG5+hRKiirSgQ1PnpD+5CzMXjh0pU1HVxZ4J/PP1/r791br3v3XuqXv55/8AMPl/l7/y6e5O4tt0mLreytzZrbfSvVdPWT0WWx397uwqurtmq+jgmjfTR4LHZTKxIpLCWONSDpch63lWGdZWFQprQGn8+qtwI6rz/wCEs2K7E7P6r+c3zp7MzuVz2V+XvySoKXa+TyET08Gc2T0lhKnbNFuaipzGkf8AlGRyGSpJnhZkL0pHDA3VXu4G9CjTpCE0HyNMfM1BJPzp5dViGkEnz/1f5etqwCw9oOnD137117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rBUxyyQssEhjmFmjbySRKWHGmR4QWCkHnTz9Pfuvdalf89X+QrkPlZv6P5V/Fuili7Hy+0azE91bBp2oaSi31mduYvRtLszHx2jiGbdB9lm5HQrWQJGSPPqdqsDxHTMiFjqXrV3/AJZ/83z5QfyWe/8AfHxj7Jwv8Y6ixGQnxG6Ondy4aso6zZudRv7wzZrZVbH45IjkxII6p5FeKcMs0fpCH3UVGR1VWKivGv8Aq/b0fb+bb/wpL7G+T3ROR6S+IVRunpmm3oaCbfWbxOQqKjdlVgHp2jzG2Y8nLp+3oKzyMlUsXqZAFuBe/ixOOHXmkLY4DoGf+E3f8sbtH5H/ACt2l8u+xKbb1H0t8ct5YHfc9TnqKPKU+9N/0FLPVbM2zjqfJK6LPS5M4/KfdEsEEEgt5XW3hk48uvRjU1R5dfTUblj/AK5+t7/X839udKOuvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QS97bsxexen+yN45cTtSba2TuvMrHTpK801Vj9u1VVTQx+H1BmZbKwIsbe123rI9yBH+f2VFetMaKT8uvm5fHT4/VHyl/n4/F3YPXmYzu18z0RTbd7n7j3Bh6WplxtPhuta3/SxHTV04aKeJsrNWQUMslVVOi+eKMKRZAJJ5o1fSWIIWpA+EgmihvOpOQB5A+vSZFNOHE/n8z19OhjdmP9ST/tzf2DulXXXvXXuve/de697917rhIXWORo1DyLG5jQnSHkCkxoW/AJsCffuvdfOp/4V09Hsnzz6E7Io4JBke0/jTU7dqkhEEGOrarrPetZNFqH+cknip8yq3vb0v8AggA52M0v2P8AQP8AhXp+1sWv7gwqwSi6qkE+YHl9vRt/+Egu/wCgw8Xyf6qoMZAlTHhto7rzefNQ8hysGDq5cJR4lKNjpi8Ulc0vlUaiNSn+zY53WMSxiozUUPpXj9vS+TYZrQazIGrQYBHW8/Hfxx3sD40uFvpB0i4W/Nv6X9g48TT16KfPrn7117r3v3Xuve/de697917r3v3Xuve/de697917rr6/Xkf0PIP+uD7917oN979aba7DxFTt3e22Nlb32xVTq77W3jtrGZ7bfhVVIWpwmYgrKWpkEoaVZHgUqWsLkajsYIPp1o549VC99f8ACdX+Uj8gshuLPbl+I2yto7l3TO9ZmM91jn969fV8ta8wmaqolwdd9hSlzfyiHF3b6BlFwTFr8SNWdQ59SBX+VD9h1Y60FA4Y/wAHSs6O/kFfyu/j6lBHsL46Ubw40KYo907o3HvKauqTGgnr8xX7lmqJp55GWxKNHGEChY1IYs7+951jEcYAAFPPH2ZP8yc9V8JCanPVnfVXQ/UPR2OqMR1J1/tnYOMq5BNV0e38ZTUq1EgvYvNpMlrn6Brf4e0c97PcjTMa04eX+Dj1cKq/CKdC57Sdb697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeBVWQswUB15JAF7/Tn3vrw446+Y1/Ne/hfX384XekW8qOjqNlVHc9FnZYqiOFoo8dU5ukhlEuuzaQgcF2P9r6/T2wRk9JmR9eFJz6Hr6XmyMimX2btTKxFDBktu4evpvHHHEn2tVj456UJFEAqgRsoAUAD290p6VPv3Xuve/de697917r3v3Xuve/de697917rHLGJopImaVFkQoXglkgmUMLaopoiGRv6MpBHv3XuiLfzBvgd0p/MM+Oe4PjR3djq8bK3HlcfuiPcm28jFid77I3rtqO22ux9rZKrDU5rqASTRVP3KN56aWSE3DsD7rRFRTr5uO6euPnh/wmZ/mR4HcW1a+PdnXG8cdU0eA33ueHNbT6b+S/WUo+9yWD3PU1HkXG5fD1EkSBwfNSVSQ1cANPUjyV4dNUKH/V/g8/8AJ/h38v5en86j4b/zD+v8fuXYXaW2Nk79pKOmj311JuvJwUW89nbmaNJMpjBjpIx/EcNCzrFQ7kp5UhrWuPBC4aNd19enA6nj1bdBnKFY4pajJYtlqIRW0ssFTGIpaEi61R8zfp4JLfpA/PuwBPAV6t180H/hT1/MGqvnv8yuq/gD8Vq3ee/drfHff2a2Vk9rYnDUWTx/YnyhzmZbbCV2zajDz11XlocdRS/wmlZkiUSyVjRxMJC5qQa06bbJoeH+r/UOt/H+XL8WMD8K/iF0R8ZduaHp+qOp9h7eztRBPHLSV2+WxbZTfmapljp4ArZPLVNXk6kXf96d+Ra3vY6uMDo9Hv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rE8McjwyMt3gLtGwZlt5EMbhgpGoEHlWuPza49+691VF89f5LP8vP+YdVPuX5AdCYyXsT+HDGf6W+usjk9h9r01JBTikxzwZ7ByLT18lGgApIMzSVlOgGkwsvp9+oOqlVOT0QP4+/8Jf8A+Wr0HvrC7kJ7w7NoMdQS49Nodwbw2nmcHuasqJWkq64HHYfHVKJ4WjjMEFQQAupSrMb6Kg8eq+GpNT1sM9YdTdb9MbOw/X/VWyNsde7KwCSQ4nbGz8TT4TDUyM5byPSU3+dmP1knlLO7XYtc+99XAoKDoRffut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdEw/mA7vh2T8VOz8zMX0yYt8ZZCRrjysEmPqI2H0IaKV1sfyQRyAQbbOpa6NBWin/COqSGiGnWpV/wmg2rWbn/mL/zIOx6iomrpdtdc9aUeUr2QQVr5neu5K/IY7bVVkEAkqKWakoKeQwyMVTQsahRx7ONynjSPwqipKginw+Zb544en59NQg8fket6T2EelHXvfuvde9+691737r3XXv3XutHj/hYdsuKlpf5cve01HmNGK332h1JuDLU7TLi0O8NsY7cmGiKK4USGWGrkU6BrEciXIS3sx2uQR3ysxoCCD+fD+dOjDapPD3CMk0BBB/PAH7adV6f8JPew81tX5rd2dTy0ryYPdfUG7JazcITU1HlNp70wTUONZyLD79554NRN18gKkFVsKr4qYwykVFPMfPoXXoJj1L5H/P19I2md5KamkkTxSSU8DyRE3McjxBnjJ/Okkj2BmADED1PQDcAOQPU/4es3uvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TJuAlca7LbWk9M8d/prSYMt/d04k/6uI6WWABuQDwII/aOvmU/8KpvDs7+ZbhtixYiTGHfG3uu+yszvOKRFp6rbe49w1WFlwU07RnQYKjGfczKzlReM2Ia3tqQUkYHoTJNM1tCsWoaylSBwUEDj61pT5dfSf6byVDX9V9UzUMhlpa3rfa1ZQyjSyS0bYWmMMgkWwIZSGVgLMOQBe3uw4dBCX+1Y/M/4ehS9+6p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QDfIL429N/KPr/OdXd6ddbU7B2XmIZF+yzmOoK+rp53pjB9zRVGRpZvtJl1Hxzwkuhs49Qt78QDx60QGFD1oQfMT/hLX8vPhrkt29yfy8N75HvvbOa3rS4fD9JPmsLsfuHC7XrpWyONC7rzFfS4jcNDRSqaadJfta9wsM8VK5M2ipUnpp4yeHQCbI6m/nq5rsAfGLdHxx+X+HpKqky23a3cmfwm5YtlSUFXgY5s1C3YNJWvQVA8IEMApK8pIAgCKSx9iXY5YorVxKaUYmpI9B86/yp8+mSj/AJ+metlX+S7/AMJ5OofgNufbfyn7mxNFvv5UzxZjP7Wy8OQzUeI6dpd34o0dVt4YPLyOanNrTVE8NRk1t4WeaFNSnW6a9vLZleO1UKWPcaZOQcNXAqOHn5U6UIjihc1pw+XWzwhm8kiuqCBBGIGVyXPB1h1P0txb2S9OdZvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6916555PP1/x/1/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VR384fsmk2x8a12n9xJDV7nyEeQMZgmdKukxhHjo4JowV+5kmZRFFIVVhf1cWI45GRWu7lzxWLH2FhX/B03IaLQefVY3/CZLrHce3ek/m523maWD7nsz5a5bb2MqUk27NjUi6x2vSYukFXW4h5K6qCZCsWKSGYqsXq0CwbUQ83kG6NDXA/LA61EDTraq9kvTvXvfuvde9+691737r3XRvY2FzY2BNgTbgE+/de61X/APhXHsqbMfyi5N3V5pY8v118jenM/Syid9UFTlsnkNtxz0ZRCHdY8i4IbSApY3JFjpuH7f8AB0tsiQ7MDSgU/sdOtXT/AITIbtk21/Og2LgqbLVmWwW+eke4qGOmgqZYaKsyWSxVPk/v8tj5Qqz6ZaAPCGB0ssUoI029+ioGGM16Ee4K7zMmrSqoWoD56hx+3h8hX16+pUv6V/PpXn+ptz7sePQPPHrl7117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691EraOOuganlaREZkYtGVD3RtQsWBH+8e7A06dhlaCQSLQkevXz/8A/hYH0fuDf3yt+De3tgQVZ3V21szc+0lnqIZVw9bNFuaAUdJU5KlpGKSU2pqhYDM7tGZGjjuPU25q5Y+fSk7xdxQfTJQLTyrX9tcfIjrdC+C+dzW4viV8VsnlaWgpslSdHbL2xnIIq01EbZDauLXatdlcdVw+SOaKqmoPPFEzLIiSfuWcFBYcAR0h1F+88Wz/ADr0cn37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gqKaKqRUmXUEkSVDZCySpfS6FwbEAkXAvYn37r3WCmx8NGjRUrSQQEKqU0bf5NDHrMsiRwEFfWzMWYgtza9goFw1BpoPX5/t4/lw69XqWqKoAUWCgKo/AAFgB/re6kk8et165+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHLKkMbyyGyRqXc/0UfU+/de615f5+m48Ht/qjr2tz02UQYLbXd27shR0lXJRYZ6HaW2R/d984UAJLVUwMGqQL5lFh+CPOQs3N2PPwl/4/01LTA6if8Je+saLaP8nPoDPTVuNyOf7U3b2/2nuDLYmajqJ5K7cvZ1XTwUORrIU8n3NPTY2mhqYpWZkfUtwAoUHb0S4Ex4y95+RYljT5Zp64z04AOtin2k631737r3Xvfuvde9+691737r3VJn/Ci7rHDdp/yZ/m9jMzWUWPO0uvsN2dia2vRzCmZ653hj900VJE6EaJ6wU70UBNwZJlUj1e9+R6WWOou6KaVRq/ZSv7K0r6DPl1843+Ut2NX9AfzNvhd2RQx1dFWx74652pUPS1ctTDkKPf9djdpZLHVCBuFFLlJCYQwtNYtdLxloE1BHr0MjEjINS5MdCT6DTg+X+rHX2JAugKl2OlVW721nStrvbi5/Nvbp49AJviP2nrv3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wmd/wAKx+tN1bkqfh/2Ptve2U2JF1bXbo3FLmcNSbeq8jHnxIlLg2x0OQKTvVpHJUtB5XMIGq2ljc0c06YlNCD1bd/wnrz+Qz/8rn44UmQnr66q2c/aWzsjXZLN0uZrchU0Xb249xY/NV5oQkcE9VQ5OkYxevSmhL+gW2pqOrxUKCnV4fu3TnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcH0aG8gDJb1ArrBH5BSxv/rW9+691qg/8KPtxzihbYYWKOgn+IvbWZjy9clVX0lJPld6w4KsSvx9NIGeEqYomneFzCWDxAMGIHnIah7m8QioMIFDwNXOD8vXpmU0YdWVf8J8tq4XaP8mX4DUWEw8WFiy/Ts27MhCkSxPXZrde8cpnctmJtJOpquaYzhiblWX6fT2BtzLUUN5LHSlTjQD5/bnyBrTHT56uX90611737r3Xvfuvde9+691737r3RI/5knWcXcfwM+XHWUm3KPdzbu+PfbtDRbbybeLFZXL0vX+RyeDjr6gAtF4q2CCemlSxWoSHkLcjdKgj5dL9scJdAtwOD9hIBp+RoflXr4+3xI37h9jfIL4eb9zlHuLc21trdv8AX+S3xi8XXzY3LVNXTdiUv2ckM9L5Jp1gKwOixqryFVjLqWVlbxXoSxSXBt4JASykaW9dRNAx9QD/AJz19tykr6TJ0tLkKKYT0mQpoa2kmCPH5aaojEsUnjlAZbhhdWAI+hF/bnHPQMYUYj0J6k+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691qn/8ACrPDbepfih1VvDM1cuOqJt/SbVoKhVdqeepfFTZSKCrluqwn0FYv1GQsf06bGjg4PTE4wD0qP+En28IN1fy2M5FQVMl8J8n+z8PXUc1fBk5KGipsFRVVC14G/aWqZy6hlFtJA1fUbXq0QopHz62iPduneve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6xTiYwyimZEqPG3haRdSLLb0F1uLi/159+691qAf8KCNjb3qu+Nw9hybfp83s8fAbfm38dFWVFU9PQ7tfN11XUUC0tO8fr8csNSkrggtABo9V1HnIVfqryhoTEtDxHx+f8AxfTEo7hjy62Bf5VWJ2jg/wCWX8BMdsWlpqPbMfxE6AqKSClaV4TkK/rXHV24KgtMznXPkZKueQXsHcgAAW9gvfFMd1JGW1aSACBQFQKLTjjTSmTjzPT+CAR0f/2n691737r3Xvfuvde9+691737r3SS3pSCvwn2E0cU1BXV1JRZqnqIhNT1WAqy1Pm6Wojbgxy07SI9/wTwfp7cTj0rsf7fHGhp9vl/Pr4x/afXGS+L/AMlex8DhIAtP0f3T3JsrAV+BCFcfjtt9gZCnxRrJZPIDVwmCKeNiLqni/wAD7TU8vPoc26DTSgFCwFPQnzz5/wAuFBnr7Dnxl3km9Pjr8e91CV6qfcvTnWORrJZZhLOarJ7NhqqmoqJAo1O8sTljYXLE/wCu6OHUfSf2jU9T/h6MD791Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WsN/wAKruoexu2f5eO1qXZmLpazbu3Pkx1PursmRpV+8p9j4jb+djqsrTxu2sfbVstHC/gAJSdme4UFasaCvTchIWv+rh0Wj/hIjuqOt6U+cGzqHIxvtLanyb2WNq4unwNFiUxtRnerWrs3TO+PCOyNVQS6Wqi92jJBu5t5eHWovh/1fPrcQ926d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rg5Ko7AXKo7AD6khSQB/r+/de61f8A+dt2j1fh+0JOu97bu3BtzObz+Gnae/cti6fCx5Wiw+1trYuugqcxj6ifR9vWJUvBGJLOCGZSl/Y85CDG6vCB/oSfzfpibDD7OrS/5MmHz23/AOVD8AcPueJYc3R/GTrZayNK1cgoWXF+ajYVSAKdVO0R0DhL6LnTcg/mAabyRKU0lVpWoGkAUBIBIFKaiATxoK9PL8I6s49o+t9e9+691737r3Xvfuvde9+69015ZdVOg9LNrl8UBYI9VUfZy/bU8MrelXMmkqXuDa1iSB72CRkdWR2Q1Q0PXybf5wXX1Zsj+Zt/MW2RIuKlx1d8g/7447H4WmrYsXSwdjbQg3JUVNVTrZ3808oFWsJOufUY7BtIZPxdONu24RkBJmFPs/zf6vPr6R/8q/ceB3l8AfiBuTbWaqdy0Fb0rtaBM9OyOuVgwQqMBLNK0A8aS008L0yREh1QeoEg2cX4R0wrFl1Nknqxf3vrfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VQv88mXHR/y4fkDWZH9ukwWCoshWVjy0sMFMlfWjE0lOz1Lp655pUVP7PB1EcXq/wAPTUuEr1rzf8JMN/RUe+/kps+io3ocfuOjoM1lKenWEwZLO4qd6emzVadfM6Ra4lZQfSx5sfeogWfSOjRtmu7aDx5GUqQDgmuaU/D8/XreNhnSbVpDDTa+oAfX+lifbzIU49ImUrx6ze6dV697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64SSCKOSU8rFG8rfT9Mal2+th9B+T7917rVl/nd0EdV8oem6KfFbJy9Nuv4i95bJoa/c1Mz7mOWqMyb4uOtyX29GmPnbJUvkaCpnm9DfsWClh7yF/uReH/hS/wDH+mJfiH2dWo/yTHrj/KY+BMOUytbmcnQfHza2JyFdkaqGsrRWYipqMbPQz1FOzKftWi+2VSxZVRVclwT7CPMiGPcJkYliCMnBbA7j824mmKnHTymqDq0z2g631737r3Xvfuvde9+691737r3TblFY00ciqH+2q6SrdPq7RUsollEI/L6QSoJA/qR7917r5if/AAol3LXUv81b5JbFrMRicNV0u2+u94Y2ro0qJoNy4nI7No8EanKxNFCTVQS0TyRHzaDq4YEGzbLmvSSUEPX5/wCbrbS/4TIb8ot8/wAsXrLB0shNN1Pv3s3YOLigyFU6Q47FT0OWENfSPdBIZcw0iqCQLk3Jtey9PRNVc9bFnu3TvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vef81fp+PvT+Xt8ueu6jH0WYpcj0ruXLnGVcRYPVbV07oWsSRCrK8UVJI0ZvwwBtx703DqkgrGetLv/AISd9z7S/wBnb7L6Sw2aoqitzfVO4944+KloclWrJi9pVcNFXUcuTmVEjkvVwuGa4IUqLlh79BiQHoaX08T7cAjBjoStDw4DP549evof0H0l/wBdP+J9qJ/LoKTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuotb9v9nVirJWlemmjqWUlWEEsZilKsPobE2Pv3XutaT+e/Lktt5T4wbtyBpKrENSb82DifuqSmqP4fuKPcWNzFbLTNIpZXkpMfTROQTdNY/tEge8hKTcXpHDwV/4/0xNinVuP8tunpcX8OOp8FjKGixuIwUGRx+KoqGljpYYaSoys2RfUkVlLNLNIxYAXv9PYX5pAF6zeZpX+Q6cT4adH09lXV+ve/de697917r3v3Xuve/de6wzLE3jWVramZUGrTrZ4WUp/j6SxH+tf8e/de6+dv/wqN2Edt/zNtgvkabDU1H8gPjlsavw2bpcdU1GYWs6631lcDn6fclWJIo1pZqeenSiRSf3tRkK+RAaOCM9J5ga6ur4f+Er02yJP5ee5Zdt1bNX5P5NdwtX06gwRDJYfEYLH5YQUhuIogkVK3jDMAxuGN/fk4Z49XiFFoetm33fp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3SR3pt591bc3Lt8xq8eZ25lMXGrsgjlqK6naFI5Q/GkmytqGmxIPF/ejkdeORTr5o38kzceJ6o/4Ufb+2/1pjMpNsTsHfPyk6pY06UVFLhNvtTy7oXKbhw7f8B6B8lQ0tNDJDY+WaJBwHHsVCNFVyUBNFyOI7VNSp+dcrXJyOhSscaF6qCdIyDw7FNSp+ZORWpOR59fTNxDg/crckr4ieDazawOf9dT7ILkU0n7f8nRBcimk/b/k6evaXpL1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6910QCLEAg/UEAg/64Pv3Xuqav51nVtL2D8cdrZasglaPZO+KXLU0kMDT+OprovtJdYjBKAra7cXPF7+x1yI+m5u1/iiH8m6bkWq9CX/ACr95Cv+O2RxNY/hpts7qrqGN6kPDIl6EZecPDLZgghdHWS2k/pBuCAHeawBdE+lP8HXozinVpfsn6c697917r3v3Xuve/de697917rqw/IBtyLj6H+o9+691oTf8LBMZHW/K3+XHTUWJly+WzWye5MZLSUEipX1FLLXY6lo1qdYsKaOWVpWbVpAD3sbH3V/8nTM3D8v8vRrv+EZVJX4z4a/Kb76olFJmPlpkmwVG6TSRLDjetaKmyc0MhusReVLPG2ljoDEHUpOx1aPz/L/AAdblnvfTnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xdS6sgdoyylRIn649QtrX/EfUe/da6+bv231hsL4e/wA93eG9tv0VXsnJ0nyY/vdWVVNBJiKXK1O+tyDclXg8QEkIkw5ppftXAX1NaVhrAHsdQLHJbB1AqyjNMnAH+r7OjM786AoIEBIClqmpoAM4+XX0btvtT1GOp8nSVBqKbLwQZOnchQFgrk+7hjQr9QoksCfYPumYyaGFNGP2Yr+dOkk03jaTSlAP8Az+dOnz2l6Y697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qtX+b5T1Mf8un5RbnoMflMrk+u+tcv2RicbiJfDU5LJbPMeRp8bNIvrWCYa/O8YLKillFwB7ONi3OTbN0jMaB/GrGakigNMinmOqvmMjqsb+TB3buyu7Q3R1NlJzSbS7G+MXV/c3WeKy8cdRPkMyc7VwdkJUVh5daWjqcGyfU2qyGAEaXEfP2xx2NnHfpKXMnFSAAMClKfnx9B01C2o0+XWzH7AvT/Xveuvde9+691737r3Xvfuvde9+691pPf8LAsHXYvM/wAsPtTHVENC2M7k7P6yylV5qoVlRi98Y3b+SmoFx0U8H3NKYsfVfcGIqwZ0jeRdUXvTUpnpqUArU+Q/yjpi/wCEb2eylDif5iPVdNU1tVtLZfd/XOexlZ5GnxclXvPA56gnpaenqT5KefRgY3msLgOVkJaxbS5z1uM1Ffl/n63fvdunOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xh9f98f949+691om/8ACnXay9Y/LTo7vSj2rIaLKbKpqobsRpHpv49hcqFBasAt9woVVUFtQFrexptbl7UKeIxSlOHDH2U6RzikleI62y/5bne6/I74ZdIdmSSrLkqjaWNwmbX7laioiy2Ho44Z1rSCSsxUozq3PIP59h7dohFdmn4s/wCT/J0pjbUgr0ef2WdX66uL2vza9v8AD37r3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oEvkhtiLenQvcu0ZMBTbobc3VPYuCi2/WRu9LmHyG0qoJjJ2RX0iodEjFxZmKr+ffonWO+tnY0AfJ9MdaPAjrUg/kf8AdWzN57/+De8i9bW5jcvX3evStDWDMw0dD11msfgaGszWy8piJGAqmWbE0whhazAQwuF9A9yx7gFNw2dBtpFwEALGPvpQDJ01pQ8ek8IowHn1ume4n6U9e9+691737r3Xvfuvde9+691737r3WoJ/wsN2zmJ/iJ8ROycVi6Grg6p+XmCzGbr6qniepocXm9oVWNhgo55VJ8U9WkAqYkPqKxsQSg96anA9NS0pn59FI/4SRVlRtv5N/wAxfa9fuelmTfMmxt+4fas9NUruilp8LmctSVu6MveNaSHHTrlY6GklidnnkjYIQiSA6SpIA406eW3uYxWSNlFBkggZJp+3PW9ero99DK1vrpINr/S9vdyCOPXiCOPXP3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ro/wDClvrOo3D/AC398dpYXZ1JuTMdL1c246uBKRJstTbRllhpNw1NDUP6I1ooXkyUuo28ULhbyFR7Ee0SlXdWNRQN/nP7KfaR01OtVB6L5/wlB+QMfZXwZ7R2yuZkztF193DBTwCpraYZPHHcWJpvuElxBdqiOAL9u6SsoR/UEOpG9t79pMkbrQ6gcj8v8/VYagFT5dXv/Of5vdY/Aj4z9gfJXt3C7yy+39n1OL2/jtrbDxX8e3fuzeO6cp/AtnbZwNK/ihNRX1TRorSS6ItQLm31ICQOniQoqejC9P8AYR7R632Vveo2zufZOT3NtLbO5MrsnelAuN3ds+p3Hh4sxHt7c9HEXjiroI5VWoiR2Ct7914ZFehN9+631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdNeWZBTNHLAlXFURzUzUcrJHDWtUKIEo5Zn4Ty6jGCeOefaef44wf4uvefWlJ8BevOo/jv8zk6AwGJwMEXRnyY7F3Fj6GhrshV4zF7tqcxU4rNZWjrnN3yEMDrRxoSaeyHUCfctbCjz7XJGv+iRyD9oPH/L59JoyBIK5oet3Bv1N/wY/wC9+4tHDpT117917r3v3Xuve/de697917r3v3XutWn/AIVq4fH1X8ubr3OZnOZPD7e238r+ncjnoMTXGHJ5UVmOy2KxUGPp6n/JytNMwq6iR/0BAVBkK203DHTctdGPn/gPVKv/AAl47Zx+T/mxfJTaFHg6oUW5vi75MPl4qaaojMO1N20uYlyOUqYbiH7w5FxEZfSSoHDMoPoBRwft6F97K30piI+FIj/vVa5/IUH2nr6F9B9Jf9dP+J9qJ/LoNTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAX8lektq/Ir4/d1dE7wV1273H1tvPrvK1kWPp8xUYqLee3pttnN0eMrXjimlovOKqOJnUM0Y5B9vR3E0J1RmhAp5cP8vXuIoevmK/ywPklv3+QN/NY7o6a783DjcN0JFvnc/x3+QG4auklyUkNFiqSq3B1r2jgNv7eiytaagKlPKEjpp6ZUq5IZ2DKroy0jNQHy/4r9vD9nTQc6s8fTq8Peu4qH/hRd/Np+N+3emsVufNfy4P5fc8G+e8d/7kydSdodub0yW6Kfea7Mo4MXKaWternhx+Mpo1leSOhFXM3hUqr1Br14d5r/qp5/t4dbxVDiqLGqqUaTJFEJI6aF6iaWKjppEiQUVJG50xwoIIxFGosgB021G9unenH37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gliWSSB2uVjLgx3Oh9YFi6fQ6bXW/0P09sTDvj/03XutTv5p7M2Z8cv5nG36Mfwjb+b742/lO09qUeHoqeiXM5elnFNm6ibQq/vzVkckswH62JYj1e5f5PYTWlVyBrB+WP9npM40v9vWz/wBY7lye59l7MzuVyEdZXZjbFCck8dPTQrJuKmjP8XqQtKqoiuwJEagKtuAPcY7rEto0qRCmkmnn2kY4+nSkZp8+hFgdnVixuQ1voBxb/D2S7dcS3EbtKakNQYAxQHy6swApTrP7MOq9e9+691737r3Xvfuvdax3/CtDEY+v/lM7hq6uWL+J43vjpjJ7dglphO9bkKHKVMb4OFlBYfeLOxYD66APemwOqSfCAfX/ACdU/f8ACRjCbXqPmR86cjBtVKfcNF0d0VXDOQoYaTbFJnaupi3BsalKH9wT1EdPJrkux+2PIP1PLy1tLaENEpD0X1IOoVxU+VKnGKjpWNxu500SsCCAPhFe3hmlcVx+fW/ZDEkerQLXtfkn6fT6+yd2LcemnYnj1m906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa2KeellhppVgllCoJmUtojZwJygUg69GoIb8NY/Qe/de6ql+cn8mP4E/zCd7YXsj5H/H/bu7OwMDjKbD0u+6Lde/NobuydBBUQRLR7orNlZGghyVOlPGTCatJJoyNETxCRz70RXqpUHPRmvhr8FPjn8A+nKfof4t9eUPXHXcu5cpu/K0tLlc3mcvkNz5qanbIZrIZ/ctTV1tRrgo6SkWGWdvHEioraV53TqwoOjle/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64kX0/wCBv7bkRmZCPwmp691qXf8ACmTrldodjfy5fmzBWVmPi6S7wqeqd15aOIzUuHxfZOErM5gJJBGdQaqmxlXSxkgBpTFHe7j2PeUeYrDZkmhv9QEnw6VLZIpmhxwHTM44MPLq9X+XNuafcnxu2z97HKK6kyuYZyU/ZEVSxaF1mvyGF7G3NvZTzZt1xbzlJKAsuKGvn9nTkVSK+Q6PvApRWBtfWTxz+B7Be2wvCkiycS1f5DpxjXrP7Meq9e9+691737r3Xvfuvda4n/Cnneu29q/y/Ns0meo0y0uc742Zh8bjJ4ak00WSrsRXQUeblqIlZUajaRXQHk6jb6H3ST4adNTU0dUj/wDCWrdTbZ/mBdz9Z4mkhbGb9+KGI3zuHMo+qSty+zuzKvG4aOS49DPFWTPo+pCk/j2MNyoduFQe1VofLNP82ftHTcHx9b+C/n2FD0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNf89fovB/IL+Wv8n9j7iqsTHQ4rb+1+wocjWSPjq7aFZsHdWP3Uu6cXVY+nnqZq2gx1BmailDAxESSRyxPHYrta61p6j/AA9UkroNPLovn8i3v2q7B2XU7Iq6upqkx+zMPJRGoyNLUOwxpJkrJYIgCZZA9nZQF/wHuTufoRXxPNW/w1H+r7OtQsaEdbCq/n/X/wCI9xVB+L7f8g6cPXL2917r3v3Xuve/de697917rWk/4VVVEGI/lmY/dVXlJMbj9pfJbpDMZmoSinyclPhqmryGNmejoKeWnJqGlMYhLS6SdQIH1FHFRTpuUErj16qZ/wCEve39q4b+Yh8rJ8c9Xkmy/wAT+ssviZ834aSuwrS75nMtNgqAKry0k0ZZp6lC0ayMVLXI9i3ckb6ASKxyEBGKUA8vOpJqfs9Om4PipThXre+X8+wuelLdc/detde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlcDg8/QZPE53E43LYvOY6qw+ZosjRU9XTZLFV9HLjqygrop1ZZYZKeeeF43BUpI6kWZgdg0NevdaLX8pebtn+Xl/Mi+VHxg7ZrEg21hvkRU7M6vgarhyS0PXW6Kxt37YrJcu3+ULRnbslNCsBAUTEqwJF/Y5nea+ti1y/iawSKknBGONe4HFfsPSUHRIAPsPW9jTCIRkQzedGYyrIXMl1m/dQhj9QVIK/wCFvYIkBDZXSfspwx0rNPLqT7p1rr3v3Xuve/de697917rXn/4UxZLr7E/y0N55jtLBUe4NjYXsnreTI0OToq2ri/jtXVVEe0qvHUlK0S1jQ1BkMsEsuhSwNgTf3R60x03JXTjqgz/hN5n8vJ/NWlnnztNm9v7s+EFfjdp0+38VQV0WD27tbcNLPTUWeysTySY+maWWR0pxJzUGNHQH1exjuK022uOCcf8AIfP7PIVPTUPx0+3r6BC/n2Ez0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcHXUjqf7SOv1t+pSv1/H+v73WmfTr3WnJ/O56MX4u/LbrX5y4jMU9DJ3IMD1zn8JSiSCuyGa65xkeYqd0Y1XeQykQOkU0jqhIAA9IC+xVsV5+8gttp0fERmtBk+g6TSrRtXr1sgfAf5DYn5E/G7YW/aGaeSuyGPWOqpa2ZGrglFGtM9XMFUWBI4BF/x/j7T8z7eduv0jJ1a4w9aU4kg+Z8x08h1KD0dxWV1V1IZWUMrDkFWFwR7DnV+uXv3Xuve/de697917qgf/hTF103YX8nn5cKaSlyDbMwOw+zMbDUGsWfFV+xeyMZJW56hqY5VijdKOslhMTRsZNf1Gn3o5x1VhUU+Y61kv+ExNbk8p/NG6+kwmbjk2+nwQ3Tl92UM8UW3MjlM3l92rQU80WA8itOtM9ODWqolWJ2jcltQdTe43c3MH03h6RQZrU1FM8PQH9vHpiIAP889fRkAt7Kia9KSa9d+9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69101irA8gggj+oIsR78eHXuqov5wnxIx3y2+FO8NvR0Msuc63mpO19qTUUCtmaav2dTPUSUGNqnHmhiq4P2quKFgJUUB1awsb8qzx29zGZTprUZxxrjPDpuRdS48uqd/8AhPP8g8lT7hzHQ25KpIK5YMlqwryyRPjXgp0VaeSCvPlDHx+UhSFIYED2IeeWSfcbZ7YiRRAoJUhgDqbBK1APDBz03AaYPW3DCkccUUUVvHHGiR2bUNCKFSzXN+Pzf2CKEcelHWX3rr3Xvfuvde9+691Tr/PkwdFuX+VH88MFmN2YzaOCrvj9WVMuRqpZhVf3hxG6aDKbfopE1BBSVzwfZSNxd3UXP096OBjrTGi1/wBXHrWm/wCEnPVe2st8qN5dyV2dTL762j8EerNqfwqsoZZDhsTvXdf3tHlsPmZ4AJJaiKgMVXEknkh1MJCwkAFV49Mx11H0Fet+P3fp/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRK2KWemkhjSCXzAxyxVQVoJYWU+WCZHVgySD9pwR+lmP1AB917rRL+UXx53l/Kp/mX0nZeHo8vSfHb5KdiTV3Q+VhzjSSYTtzP1P949+dF5jKVX25WMvJNUbelmYxy0bxw6kkiaJRJsYX6WRF4h60+RAFf5EdJJF0NUcOt1PobunY/eXWG0Ow9j10lXg83jaWEPLSVlItNlqZzjMhiT96iMZIamKSMgi9gCbE29lV5bSxSszUySRQitONadK1YMuOhs9oOvde9+691737r3VFH/CizPbfof5YXc20828KSdl5bYW06Wkkimkl3HHjd10+6pdvQmnRrRzNSqsxnZEAY21G1quaL03KezohH/CZbbFdPjO0Owv4P8AwCjk2ZgNh/w1KyJkix238nLU4amFKlKgtD5ZFB8/HH6gfdY/XqkI4nrbO9udP9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XXv3XuiYfO/4ddQfO/479g/HLuvFPUbR3PilyNJnIlNPltk7txkFVUbQ7C2VlKdGqIMzhK5Ip0MR0vA8kMiOstg/FcSQ1EdM1/n/lBAIPEEAg9aIqKdayn8iH5l9/8AxI+U/Zv8nT50Z7K5HeXWxyNf0vurLLT/AMG3LtymqDmcHn9v5GZpqiubcFNOrRoZddPKHjmb7iOZE3PezXBHi0qBSoFCftNc149NKdLafI/yPW5wjrIiyIwaN1VkYfRlYXBB/wBa3tP091z9+691737r3WvB/wAKQc5kIPhngNu46reIZXf2Kqa+m8cciSx0qt9sG8ikqCxa5Qgn+vHuknCnTMvwjpR/8J9tq/wv4rZzcCQQQVWQ3ZDjaxUWyGlgoXqQY1/st5ClySbj8fn35OHXoR2k9X+e79Pde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XVgSCQCV5BIBt/W3v3XutPv/AIVG/EDeuL626w/mh/G3cGe6+79+G+cbbO7dx7VkekzWX6c3rWvkVyTV0Lao6vbtfNO8cpVlelrWUXaMKntJY6VFSf8Ai+qspbAFSfTjjPVzP8oL+YRs751fEvr/AHdUZnJ/6Utq7Xwe3uxcPuGjlTcVVkaOgWSPdQkCBqqlro2WValE0XJ5JJ9rH2+8iFZEp+a0/wAPS47dexqDKlPnqXz4Zr59W0RyJMiyxtqRxdWsRcXtex59pWUqdLcR0kZSjFWwR1jqamCkj81Q+iPWkerS7+uRgiDSgJ5J/p73HG8jaUFT/m611p5f8Kot1dpb1xvRHTvTG8qbBZ3b1Pu3c1bjljcVGb3DuGnp8PhcK8zp4gfBHUSo8reOMgklWYXfTbrydRJElVOeIH+E9J5iKgHy62Of5dnU+y+l/h30XtLZtPJHDV7JxGYzVVNHKtTkdy19GtRnKqcygNYzl9Gr8WA4t7SAae306dQUUU6O5731fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QZdmbA23v/rjsLYu9sTQ7s2r2BtvM7X3hgMljVq6HO7dzlK2JrsXUUocWX7SV4jKt2X/OgalA9qLQlblGBpQjpRaGl1GR5EfL/V/qHXznO7Mp8qP5H/yt3jnaR9wdLdKdddu7counNyV9Z/GtpfJfpZ4o6/8A0d7fmp0lq5Pt8SslG8kkAaMwBmAdmCi8zQSwFpsLwzTjThQcCDinyrw6FzTwPAXn7VOBWnGlfhHAg4054VGOt9X4M/Ofoz54dBbR716I3DS5jbO4qRpqjEPJ/v4ts1j5aooXoNwYIH7ykSOSGSES1EKa2UsoKWYhC60fUMEOoYz64HQRu9BuG8NtQxn17Rno52Rmp6Wkmq6ldVPRJJWSgmIft0sZmc6piqCyqTdmA4+o90hDM4RTQtj9vTA60cu1d813zm/m747aWAx1ZufZ+M7HgoKExs2QooMbQVLJI+SkiDRRKp1BijMtrWJ59jZFFvbDVjSB/IZ6Qt3yY8z1u9ba27Q7WweE2/jY0gx+DxVNi6WniUCJEgRVLR2/FwbC30PsDMQWJHmT0spTHSg91631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJI0lRo5VDxvbUjXs1mDC9v8QD72CVNRg9bBKmoweqn/5wv8r7rj+at8UW+O25dx5frneWA3dj+yupuycFg48+m0N74TG1WCSbcuDlkpvv8PUUeTq6etooq2GoIcTUxaSEr7c8aamnUafb1czTFdOs0rXj/q/b1oYdU9d/zCv+EyPyz7U3/u7Ze2N79S57YOJwNdvBdxxba2V2xtmq3ZRZvCz7ZoclNFlFyqSUdRTyY00xlUM0U5WCYlmGZi2ePSUltWeP+rz6tk/mRf8AClvNd+fFvA/Hj42dU9udQ91/JykxVFuHJUUUO+Oxuuum86aN6/L7Z2dt2SGpqcvuGmk1YlnCLFA8ugs0iOpltID3JY1GhSQQNVDUAGma0rXh+XWjJqFKfb1dT/Ic/lp7k+HXQmJ7f70pWyHefY1HXZfGU1bRZeTcW3dh5YQz7Rot0R5Zpmo81JAr1WRo6aUxQSzlAfIJADbc7xZSbWIgZoxqB9oH+DrcMdO49bEaElELCzFFLD+jFbsP9gfYaPE06e65e9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690DvcvSHXffOzMz152nsXYPYWy8+1HJlNsdh7SxO99tVk+OqkrKGsqdvZuJ4WqInQGGoDgxkKwVrW9+Ir1oiuDnoH+u/gh8UerO39yd8bE+PfT20+4d0YXDbezvZ+B2Vt+h3huDDYakgpqPE1jw0SU9BSwimpkEONjjWZYojL6okHt2GQwklfMUP2Gn2enXgq+nRuIKcQq4CQxtJIZHEOoIXYBS1m/wA+gH+t7876jxJpjPV6jqV7a6r1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9k=</Sign>
         </User>
       </Profile>
       <LogoOptional>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</LogoOptional>
       <AdditionalLogoOptional>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogoOptional>
     </Fields>
   </Content>
 </PrimeDocsFieldPart>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="d6d03aed-fec7-4ea3-a9b9-0e389148e37f" colorThemeId="Huenenberg" profile="61f621f0-5fba-4ef6-87bf-aa03bcebaffc" lcid="2055"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F858822-8F0E-4225-9EBA-54A5E52D82B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64A36781-DBDF-4463-AEB6-F5C9BFC50A3C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>282</Words>
-  <Characters>1780</Characters>
+  <Words>285</Words>
+  <Characters>1799</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2058</CharactersWithSpaces>
+  <CharactersWithSpaces>2080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>