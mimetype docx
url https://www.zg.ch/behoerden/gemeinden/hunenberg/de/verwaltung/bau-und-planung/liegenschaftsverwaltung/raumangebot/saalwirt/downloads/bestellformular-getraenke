--- v2 (2025-11-22)
+++ v3 (2026-03-24)
@@ -138,174 +138,144 @@
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14D0C5E7" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2844E4A5" w14:textId="2309FBD5" w:rsidR="009842F9" w:rsidRPr="008B6618" w:rsidRDefault="009842F9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6618">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ihre Angaben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C965AE" w14:paraId="414EC7F5" w14:textId="77777777" w:rsidTr="00BF04C7">
+      <w:tr w:rsidR="00C965AE" w:rsidRPr="00FA4578" w14:paraId="414EC7F5" w14:textId="77777777" w:rsidTr="00BF04C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="715781AF" w14:textId="6D9D0F01" w:rsidR="00C965AE" w:rsidRPr="008B6618" w:rsidRDefault="00C965AE" w:rsidP="00D124A1">
+          <w:p w14:paraId="715781AF" w14:textId="6D9D0F01" w:rsidR="00C965AE" w:rsidRPr="00FA4578" w:rsidRDefault="00C965AE" w:rsidP="00D124A1">
             <w:pPr>
               <w:ind w:left="-109"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4578">
               <w:t>Verein / Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4517156E" w14:textId="77777777" w:rsidR="00C965AE" w:rsidRDefault="00C965AE"/>
+          <w:p w14:paraId="4517156E" w14:textId="77777777" w:rsidR="00C965AE" w:rsidRPr="00FA4578" w:rsidRDefault="00C965AE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="219DE45F" w14:textId="62F9FEBC" w:rsidR="00C965AE" w:rsidRPr="003E2575" w:rsidRDefault="00513D1D" w:rsidP="00C965AE">
+          <w:p w14:paraId="219DE45F" w14:textId="62F9FEBC" w:rsidR="00C965AE" w:rsidRPr="00FA4578" w:rsidRDefault="00513D1D" w:rsidP="00C965AE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text2"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004100C2" w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004100C2" w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004100C2" w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004100C2" w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004100C2" w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009842F9" w14:paraId="2B4BF998" w14:textId="77777777" w:rsidTr="00BF04C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAA47E6" w14:textId="551F67B3" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00D124A1">
             <w:pPr>
               <w:ind w:left="-109"/>
             </w:pPr>
             <w:r>
               <w:t>Vorname</w:t>
             </w:r>
             <w:r w:rsidR="00895F70">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -519,56 +489,56 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F702B5" w14:paraId="508E7EE8" w14:textId="77777777" w:rsidTr="00BF04C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C76F7BD" w14:textId="3B78FE4F" w:rsidR="00F702B5" w:rsidRDefault="00F702B5" w:rsidP="00D124A1">
+          <w:p w14:paraId="4C76F7BD" w14:textId="61BE88AF" w:rsidR="00F702B5" w:rsidRDefault="00F702B5" w:rsidP="00D124A1">
             <w:pPr>
               <w:ind w:left="-109"/>
             </w:pPr>
             <w:r>
-              <w:t>Telefonnummer</w:t>
+              <w:t>Telefon</w:t>
             </w:r>
             <w:r w:rsidR="00895F70">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B0AEB40" w14:textId="77777777" w:rsidR="00F702B5" w:rsidRDefault="00F702B5" w:rsidP="00F702B5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CEFA4B5" w14:textId="3A2D33AB" w:rsidR="00F702B5" w:rsidRPr="00FE7418" w:rsidRDefault="00513D1D" w:rsidP="00F702B5">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -755,50 +725,82 @@
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FA4578" w14:paraId="6F559BAB" w14:textId="77777777" w:rsidTr="00BF04C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28230F1B" w14:textId="77777777" w:rsidR="00FA4578" w:rsidRDefault="00FA4578" w:rsidP="00D124A1">
+            <w:pPr>
+              <w:ind w:left="-109"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64074683" w14:textId="77777777" w:rsidR="00FA4578" w:rsidRDefault="00FA4578" w:rsidP="00F702B5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06290947" w14:textId="77777777" w:rsidR="00FA4578" w:rsidRDefault="00FA4578" w:rsidP="00F702B5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00F702B5" w14:paraId="1EF6C387" w14:textId="77777777" w:rsidTr="00BF04C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7411EE18" w14:textId="5035EA2B" w:rsidR="00F702B5" w:rsidRDefault="004B4448" w:rsidP="00D124A1">
             <w:pPr>
               <w:ind w:left="-109"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Art des </w:t>
             </w:r>
             <w:r w:rsidR="00F702B5">
               <w:t>Anlass</w:t>
             </w:r>
             <w:r>
               <w:t>es</w:t>
             </w:r>
             <w:r w:rsidR="00895F70">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1006,2309 +1008,6061 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BDDCC2A" w14:textId="77777777" w:rsidR="008B6618" w:rsidRDefault="008B6618"/>
+    <w:p w14:paraId="15B69198" w14:textId="724ADECD" w:rsidR="00FA4578" w:rsidRDefault="00422F61" w:rsidP="00422F61">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FA4578" w:rsidRPr="00FE7418">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>*Pflichtfeld</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="EinfacheTabelle2"/>
+        <w:tblW w:w="8994" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3681"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1045"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1207"/>
+        <w:gridCol w:w="1628"/>
+        <w:gridCol w:w="1339"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00513D1D" w14:paraId="0202744D" w14:textId="554804CE" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="007E1398" w:rsidRPr="007E1398" w14:paraId="0202744D" w14:textId="5A7656E2" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D772B8" w14:textId="6BB77E73" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk208215229"/>
             <w:bookmarkStart w:id="2" w:name="_Hlk208215241"/>
-            <w:r w:rsidRPr="00B832BA">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Getränke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...52 lines deleted...]
-                <w:bCs/>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E33DB86" w14:textId="2B90EA43" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1958E2D3" w14:textId="6BD912B9" w:rsidR="007E1398" w:rsidRPr="0080243F" w:rsidRDefault="007E1398" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Preise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>pro Stück</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E45E70F" w14:textId="327321EB" w:rsidR="007E1398" w:rsidRPr="0080243F" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gebinde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Stückzahl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46ED3824" w14:textId="2569113B" w:rsidR="007E1398" w:rsidRPr="0080243F" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bestellung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="007E1398" w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anzahl</w:t>
             </w:r>
+            <w:r w:rsidR="007E1398" w:rsidRPr="0080243F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Gebinde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EFF6FE" w14:textId="733105C6" w:rsidR="007E1398" w:rsidRPr="00FA4578" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rückgabe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Anzahl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Flaschen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w14:paraId="57645D59" w14:textId="158F86BC" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="007E1398" w:rsidRPr="007E1398" w14:paraId="57645D59" w14:textId="78E32E69" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33345191" w14:textId="6CBD1554" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk208215011"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00582B5A">
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00582B5A">
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="109CE8CA" w14:textId="1A2BCFE2" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7929E5DE" w14:textId="24A993BB" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754D2CD9" w14:textId="5965A432" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="007E1398" w:rsidP="0080243F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E30A2FA" w14:textId="2793B600" w:rsidR="007E1398" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text1"/>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...48 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E785E91" w14:textId="304FAA2E" w:rsidR="007E1398" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F821DB" w14:paraId="66EEEDA5" w14:textId="77777777" w:rsidTr="00314E52">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="2EB9571D" w14:textId="2AD0B439" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42678AAC" w14:textId="2CE83AB7" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00582B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193FBF54" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9BC0FF" w14:textId="786DBAF0" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20ABA793" w14:textId="0CC32B2E" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B47DB6B" w14:textId="68B9F43E" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...42 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239EB67E" w14:textId="5D2FD8FB" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F821DB" w14:paraId="2AE707A9" w14:textId="77777777" w:rsidTr="00314E52">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="66EEEDA5" w14:textId="1ACBB3B4" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3944C816" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00582B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cola </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBCD58D" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5948BB" w14:textId="30F4352C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA9C132" w14:textId="09EF076D" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754804D9" w14:textId="40DBCAFC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...42 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B9AF26" w14:textId="7CCC9D47" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F821DB" w14:paraId="23FE4B37" w14:textId="77777777" w:rsidTr="00314E52">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="1B0F0FB6" w14:textId="55810578" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="771FB3AC" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00582B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cola Zero </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163CBA6F" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C8EBFF" w14:textId="19851E77" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C5F868" w14:textId="403140F0" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61126DE7" w14:textId="4B0704EE" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...42 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BB9D11" w14:textId="5E8A8909" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w14:paraId="7D6AA1EA" w14:textId="437159DA" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="2AE707A9" w14:textId="2585722A" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDA75F6" w14:textId="77B2E468" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...36 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fanta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC24B9" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C49BC8D" w14:textId="328C8B3C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3852C944" w14:textId="3C951A51" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D34411" w14:textId="67550111" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...45 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7978B2" w14:textId="4BFBD970" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w14:paraId="53E110AA" w14:textId="0302F1C3" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="3543F2A1" w14:textId="4E180A6C" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1D9CCE" w14:textId="5728DC44" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...36 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sprite </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4578" w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="171596CE" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32471C00" w14:textId="557E1956" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2DB284" w14:textId="3F1F7B2E" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0A0A8F" w14:textId="4316C483" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...48 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B54AF33" w14:textId="445268D5" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F821DB" w14:paraId="4E7C0288" w14:textId="77777777" w:rsidTr="00314E52">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="23FE4B37" w14:textId="4AD1E276" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABFECDF" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...39 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivella blau </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEEED71" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C17FE5E" w14:textId="72B2E112" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CH</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4578">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7675B992" w14:textId="701FE1E1" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F86086F" w14:textId="5B7DBF89" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...45 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E9A5C7" w14:textId="3E624AA2" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w14:paraId="5B2601AA" w14:textId="474429CE" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="12F4800C" w14:textId="4E89A61F" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D983BFE" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...39 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivella rot </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04427643" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BFACE7" w14:textId="0E825E7E" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1503331B" w14:textId="572844F5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4858D51C" w14:textId="0229E4D5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...55 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B6E395" w14:textId="114A8C3B" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w14:paraId="0D383A57" w14:textId="16F7421F" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="7D6AA1EA" w14:textId="30458952" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05902217" w14:textId="120D0FD4" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
-            </w:pPr>
-[...46 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bier hell (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hopfenmandli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1862 Original)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E2C8B6" w14:textId="2D4CCE7A" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.33 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0578914B" w14:textId="6DF8FAB1" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54835DC5" w14:textId="3EC9E856" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E90CCC5" w14:textId="1C3C6EBC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...59 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B1DF7C" w14:textId="6907889E" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513D1D" w:rsidRPr="00F467F5" w14:paraId="6E0EAF23" w14:textId="6CA221B2" w:rsidTr="00312EA0">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="78AD2362" w14:textId="20D789F1" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED28CA2" w14:textId="3499CB00" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="30"/>
               <w:rPr>
-                <w:lang w:val="fr-CH"/>
-[...54 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bier dunkel (Höllbier)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AF0660" w14:textId="194978AE" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.33 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6A2227" w14:textId="03C4B1C1" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF1BDBB" w14:textId="39A8AF6A" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31902C5E" w14:textId="5570F458" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...15 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...73 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D399A0" w14:textId="487D5A72" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="53E110AA" w14:textId="5BB95601" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25335220" w14:textId="4C0852ED" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bier alkoholfrei (Feinherb)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="589EBBE6" w14:textId="2B12944F" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.33 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE26247" w14:textId="625CCA00" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C33190" w14:textId="177E81DC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230170A0" w14:textId="695AC0D6" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70255E1E" w14:textId="27DCEDF7" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="75069C81" w14:textId="6498AB78" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD4087B" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A565203" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C953CB1" w14:textId="4A5AC9A5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B015F40" w14:textId="6B48A28C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64463907" w14:textId="59A4CF05" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF6FD20" w14:textId="2F65B30D" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="4E7C0288" w14:textId="515988FE" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AEEE56" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FA1B41" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F4676E" w14:textId="6CBA0685" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E95CF25" w14:textId="5C90B597" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7230A021" w14:textId="22A6E7A2" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E96657" w14:textId="64C44F70" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="793AADE2" w14:textId="7F081149" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16663050" w14:textId="604AD41F" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivella rot </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7556C1C8" w14:textId="096C5CAE" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69583D75" w14:textId="0749D31B" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DEBCE6" w14:textId="36934EE1" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0166291F" w14:textId="7810EC25" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738C1D1F" w14:textId="7B8866A0" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="5B2601AA" w14:textId="614614FD" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2DA505" w14:textId="54A60E9A" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivella blau </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BF1281" w14:textId="1D2C2427" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01209CA4" w14:textId="12AC770C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2B7271" w14:textId="4C45CC3A" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D04AFBC" w14:textId="3C402D6B" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A008F2" w14:textId="203F62AA" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="4530CEA0" w14:textId="0E84205B" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1AB88A" w14:textId="535665FE" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sprite Tray </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4578" w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B47456" w14:textId="4173B4B3" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08266D03" w14:textId="607AA847" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00FA4578">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D42585" w14:textId="2CB8B9A5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF18E91" w14:textId="051B43F5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA00DF" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="0D383A57" w14:textId="2F606599" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C73B55A" w14:textId="1E3D447C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fanta Orange </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4578" w:rsidRPr="00FA4578">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374F19DD" w14:textId="0EE80A47" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0126BE" w14:textId="1871486B" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFA3DC2" w14:textId="45B6A9FC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B052E4" w14:textId="020AB891" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2026585B" w14:textId="6B2D7476" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="33BA76C0" w14:textId="7A185041" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4122E410" w14:textId="43E3B47B" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coca Cola </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E2904B" w14:textId="76DEF1B3" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72940616" w14:textId="465A9BAC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D29273A" w14:textId="0BA4077C" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEAE00D" w14:textId="70574CBE" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CBCC78" w14:textId="214EA134" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="6E0EAF23" w14:textId="526FDF00" w:rsidTr="00FA4578">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136A67DD" w14:textId="2BD8A692" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Coca Cola zero</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E066457" w14:textId="61EB4ACC" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5 Liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741F4107" w14:textId="7B378C07" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  3.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027FF581" w14:textId="2EBFD8D8" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F394BD" w14:textId="60280C76" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CAE0D0" w14:textId="4F2A42A6" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F544E9" w:rsidRPr="007E1398" w14:paraId="386F55E1" w14:textId="0A1F4EED" w:rsidTr="00FA4578">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514ACCEC" w14:textId="3E1578A5" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="30"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cafe Créme / Espresso </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(ohne Rahm/Zucker)  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA453B9" w14:textId="4A50446F" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tasse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642CBFD0" w14:textId="38330E16" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHF  1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007E1398">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B53B3C" w14:textId="77777777" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C78613" w14:textId="7B72E9F3" w:rsidR="00F544E9" w:rsidRPr="007E1398" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2398E3" w14:textId="160873A9" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00F544E9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="z.B. 1 Gebinde = 24x 0.5 Liter"/>
+                  <w:textInput>
+                    <w:type w:val="number"/>
+                    <w:maxLength w:val="2"/>
+                    <w:format w:val="0"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F544E9">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="7C15E009" w14:textId="77777777" w:rsidR="00513D1D" w:rsidRPr="00EC31A0" w:rsidRDefault="00513D1D" w:rsidP="00EC31A0">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B55A9E3" w14:textId="3EAF740A" w:rsidR="00735159" w:rsidRPr="00735159" w:rsidRDefault="00735159" w:rsidP="00735159">
+    <w:p w14:paraId="1478FFA4" w14:textId="37D0CD8A" w:rsidR="00F544E9" w:rsidRDefault="00422F61" w:rsidP="00422F61">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00735159">
+      <w:r w:rsidRPr="00422F61">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Eingeschweisste 6er Packungen, die geöffnet sind, werden in Rechnung gestellt.</w:t>
+        <w:t xml:space="preserve">Bei eingeschweissten 24-er Packungen wird ab einer Bestellmenge von fünf Verpackungseinheiten </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00422F61">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>geöffnete Verpackungen in Rechnung gestellt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA1F910" w14:textId="77777777" w:rsidR="00EC31A0" w:rsidRPr="00EC31A0" w:rsidRDefault="00EC31A0" w:rsidP="00EC31A0">
+    <w:p w14:paraId="78DFA520" w14:textId="6BBB9F9B" w:rsidR="00F544E9" w:rsidRPr="00F544E9" w:rsidRDefault="00F544E9" w:rsidP="00422F61">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Auszufüllen nach der Veranstaltung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA1F910" w14:textId="77777777" w:rsidR="00EC31A0" w:rsidRPr="00EC31A0" w:rsidRDefault="00EC31A0" w:rsidP="00FA4578">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk203490307"/>
     </w:p>
     <w:p w14:paraId="539E3BDB" w14:textId="5FEA37FE" w:rsidR="00E02C9D" w:rsidRPr="0098593D" w:rsidRDefault="00E02C9D" w:rsidP="00E02C9D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestellung hat per E-Mail </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00942BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0098593D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="6E288F76" w14:textId="77777777" w:rsidR="00EC31A0" w:rsidRPr="00EC31A0" w:rsidRDefault="00EC31A0" w:rsidP="00EC31A0">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B65042B" w14:textId="5CAF3F9A" w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
+    <w:p w14:paraId="5B65042B" w14:textId="74033811" w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidRDefault="00FE7418" w:rsidP="00206854">
       <w:r>
         <w:t>Bitte beachten Sie, dass die Getränkebestellung aus dem Standardsortiment an die Vereinbarung Catering oder an die Nutzungsvereinbarung geknüpft ist.</w:t>
       </w:r>
-      <w:r w:rsidR="00735159">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidSect="004F442B">
+    <w:sectPr w:rsidR="00FE7418" w:rsidRPr="00206854" w:rsidSect="00422F61">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1985" w:header="522" w:footer="521" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="426" w:left="1985" w:header="522" w:footer="521" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06CCD693" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
+    <w:p w14:paraId="61818E9D" w14:textId="77777777" w:rsidR="004F3440" w:rsidRDefault="004F3440" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B1A2BD0" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
+    <w:p w14:paraId="072A9EE9" w14:textId="77777777" w:rsidR="004F3440" w:rsidRDefault="004F3440" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3346,117 +7100,119 @@
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
     <w:tr w:rsidR="000B1F8C" w14:paraId="489261A2" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="2FA0D82F" w14:textId="3A082960" w:rsidR="00F9353E" w:rsidRDefault="00F9353E" w:rsidP="00500070">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="32B86689" w14:textId="24F284F2" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
+  <w:p w14:paraId="32B86689" w14:textId="04DB7602" w:rsidR="00F9353E" w:rsidRPr="004F442B" w:rsidRDefault="004F442B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00EC31A0">
+    <w:r w:rsidR="00422F61">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00735159">
-[...2 lines deleted...]
-        <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
+    <w:r w:rsidR="00422F61">
+      <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
+      <w:instrText xml:space="preserve"> TIME \@ "dd.MM.yyyy" </w:instrText>
     </w:r>
-    <w:r w:rsidR="00EC31A0">
-[...2 lines deleted...]
-        <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
+    <w:r w:rsidR="00422F61">
+      <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>November</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004100C2">
-[...2 lines deleted...]
-        <w:color w:val="545453" w:themeColor="background2" w:themeShade="80"/>
+    <w:r w:rsidR="00422F61">
+      <w:rPr>
+        <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>17.03.2026</w:t>
+    </w:r>
+    <w:r w:rsidR="00422F61">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="675ED880" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
+    <w:p w14:paraId="29A02107" w14:textId="77777777" w:rsidR="004F3440" w:rsidRDefault="004F3440" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1096DBDB" w14:textId="77777777" w:rsidR="009842F9" w:rsidRDefault="009842F9" w:rsidP="00F657BF">
+    <w:p w14:paraId="058296DB" w14:textId="77777777" w:rsidR="004F3440" w:rsidRDefault="004F3440" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="716D91BA" w14:textId="77777777" w:rsidR="00F9353E" w:rsidRDefault="00F9353E" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD689C">
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="8504" w:type="dxa"/>
@@ -3653,51 +7409,51 @@
           <w:alias w:val="LogoOptional"/>
           <w:tag w:val="primedocs.Field=LogoOptional"/>
           <w:id w:val="1214085226"/>
           <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/LogoOptional[1]" w:storeItemID="{4F858822-8F0E-4225-9EBA-54A5E52D82B0}"/>
           <w15:color w:val="3366FF"/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="7030" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="5C2A072D" w14:textId="77777777" w:rsidR="00F9353E" w:rsidRDefault="00F9353E" w:rsidP="00AD689C">
               <w:pPr>
                 <w:pStyle w:val="KeinLeerraum"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67094FFB" wp14:editId="6B4E48E4">
                     <wp:extent cx="1962000" cy="744309"/>
                     <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                    <wp:docPr id="1879882000" name="Bild 1"/>
+                    <wp:docPr id="326536630" name="Bild 1"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="3" name="Bild 1"/>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1962000" cy="744309"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
@@ -4026,127 +7782,127 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C490EF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:numStyleLink w:val="ListCMIAntragAlphabeticSmall"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4477BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55D2BC5A"/>
     <w:lvl w:ilvl="0" w:tplc="12B8A0DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FBD06EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="638C4EC0"/>
     <w:styleLink w:val="ListCMIAntragNumeric"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="CMIAntragNumeric"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -5445,56 +9201,168 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="541E45A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDF8E9CC"/>
+    <w:lvl w:ilvl="0" w:tplc="88826090">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D997B83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:numStyleLink w:val="ListNumericList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ED9725B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E1854B8"/>
     <w:lvl w:ilvl="0" w:tplc="B2062394">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5563,51 +9431,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632B2579"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52505E02"/>
     <w:lvl w:ilvl="0" w:tplc="43F0E546">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5676,63 +9544,63 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C454AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:numStyleLink w:val="HeadingList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DF5DF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73530032"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:styleLink w:val="ListCMIAntragAlphabeticSmall"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="CMIAntragAlphabeticSmall"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="283"/>
       </w:pPr>
@@ -5803,51 +9671,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3402" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78860D5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD4CF1CE"/>
     <w:lvl w:ilvl="0" w:tplc="80EEBACE">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5916,51 +9784,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DEE6C55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE186F74"/>
     <w:styleLink w:val="ListAlphabeticWithLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="CMIAntragAlphabetic"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -6077,78 +9945,78 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1896887914">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="948052518">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="538057007">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1508250717">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1613829348">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="885068017">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="417293055">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="115224692">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="188376372">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1034038349">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="144779441">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="949706372">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="53046455">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1897663071">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="524438978">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="246690134">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1917279202">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="124125522">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1019046980">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2124760623">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2081051607">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="504052389">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1061444924">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1749232349">
     <w:abstractNumId w:val="2"/>
   </w:num>
@@ -6188,183 +10056,199 @@
   <w:num w:numId="36" w16cid:durableId="1897862320">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1770471088">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="390613915">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1543208548">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1749882015">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1227692266">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1876503468">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="754404314">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1349679663">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1855418980">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="864441267">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="109664975">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="202786672">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="376470020">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1812549984">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="156652539">
     <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2033609800">
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AvEsI2gPCSt6ubTq+URkg431Q3U0rkXe+snQydMWhyfBvv/f+JNXllUIp8TsvpDRBw+bRMNSiiPhqX+D3EP0dA==" w:salt="2Q6a4cKpJgRwtCO+HU0ghg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="oKzdaQYKRT7V2/oKG7fh52pQV4wYo5PTFNVdnQfEl49BBw6tuaHV4bvebyWYpkZCa+IihHEUjot3cbSnOaRpcA==" w:salt="/OiyWf7zPcPtyAJBTCbt7g=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
     <w:rsid w:val="00014F99"/>
     <w:rsid w:val="000636E8"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000A7A9A"/>
     <w:rsid w:val="000B6A62"/>
+    <w:rsid w:val="000D1D9D"/>
     <w:rsid w:val="000D7C50"/>
     <w:rsid w:val="00146403"/>
     <w:rsid w:val="001951B2"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="00205EE9"/>
     <w:rsid w:val="00206854"/>
     <w:rsid w:val="0022315D"/>
+    <w:rsid w:val="0022401B"/>
     <w:rsid w:val="00242379"/>
     <w:rsid w:val="002B5D9F"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00312EA0"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="003A389F"/>
     <w:rsid w:val="003E2575"/>
     <w:rsid w:val="00403ADB"/>
     <w:rsid w:val="004100C2"/>
     <w:rsid w:val="00417655"/>
+    <w:rsid w:val="00422F61"/>
     <w:rsid w:val="004A2844"/>
     <w:rsid w:val="004B4448"/>
+    <w:rsid w:val="004F3440"/>
     <w:rsid w:val="004F442B"/>
     <w:rsid w:val="00505330"/>
     <w:rsid w:val="00513D1D"/>
     <w:rsid w:val="00540F40"/>
     <w:rsid w:val="00572FD3"/>
     <w:rsid w:val="00584C8B"/>
     <w:rsid w:val="00653246"/>
     <w:rsid w:val="00711526"/>
     <w:rsid w:val="00735159"/>
+    <w:rsid w:val="00750293"/>
     <w:rsid w:val="007A407E"/>
     <w:rsid w:val="007B7789"/>
+    <w:rsid w:val="007E1398"/>
     <w:rsid w:val="007F2389"/>
+    <w:rsid w:val="007F5CD4"/>
+    <w:rsid w:val="0080243F"/>
     <w:rsid w:val="00890E85"/>
     <w:rsid w:val="00893B1B"/>
     <w:rsid w:val="00895F70"/>
     <w:rsid w:val="008B6618"/>
+    <w:rsid w:val="008B70BF"/>
     <w:rsid w:val="008F52AF"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009842F9"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00A02F8B"/>
     <w:rsid w:val="00A35273"/>
     <w:rsid w:val="00A76316"/>
     <w:rsid w:val="00B45D8F"/>
     <w:rsid w:val="00B54534"/>
     <w:rsid w:val="00B832BA"/>
     <w:rsid w:val="00BB6CC2"/>
     <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00BF04C7"/>
     <w:rsid w:val="00C127B6"/>
     <w:rsid w:val="00C42D97"/>
     <w:rsid w:val="00C71E8A"/>
     <w:rsid w:val="00C7655F"/>
     <w:rsid w:val="00C87BEE"/>
     <w:rsid w:val="00C917E3"/>
     <w:rsid w:val="00C965AE"/>
     <w:rsid w:val="00CA304C"/>
     <w:rsid w:val="00CB33E0"/>
+    <w:rsid w:val="00CB7B9A"/>
     <w:rsid w:val="00D124A1"/>
     <w:rsid w:val="00DB3DA9"/>
     <w:rsid w:val="00E02C9D"/>
     <w:rsid w:val="00E953D8"/>
     <w:rsid w:val="00EA67F0"/>
     <w:rsid w:val="00EB088A"/>
     <w:rsid w:val="00EC31A0"/>
     <w:rsid w:val="00ED0004"/>
+    <w:rsid w:val="00F15426"/>
+    <w:rsid w:val="00F544E9"/>
     <w:rsid w:val="00F657BF"/>
     <w:rsid w:val="00F702B5"/>
     <w:rsid w:val="00F772D3"/>
     <w:rsid w:val="00F821DB"/>
     <w:rsid w:val="00F9353E"/>
+    <w:rsid w:val="00FA4578"/>
     <w:rsid w:val="00FE7418"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
@@ -6953,50 +10837,51 @@
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift9Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
     <w:name w:val="Subject"/>
@@ -7833,50 +11718,130 @@
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E02C9D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB3DA9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="EinfacheTabelle2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="007E1398"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
@@ -7960,71 +11925,76 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
     <w:rsid w:val="00014F99"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000B6A62"/>
+    <w:rsid w:val="000D1D9D"/>
     <w:rsid w:val="00146403"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="0022315D"/>
     <w:rsid w:val="002C0DA7"/>
     <w:rsid w:val="002D6AF1"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="004A4472"/>
     <w:rsid w:val="004E4ECC"/>
     <w:rsid w:val="00540F40"/>
     <w:rsid w:val="005B08A3"/>
+    <w:rsid w:val="00632D5F"/>
     <w:rsid w:val="00711526"/>
+    <w:rsid w:val="00750293"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B7789"/>
+    <w:rsid w:val="007D2A11"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="009535D0"/>
     <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="00AE07DE"/>
     <w:rsid w:val="00AE7192"/>
     <w:rsid w:val="00BB6CC2"/>
     <w:rsid w:val="00BB72C2"/>
     <w:rsid w:val="00C42D97"/>
+    <w:rsid w:val="00E91D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -8441,51 +12411,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE7192"/>
+    <w:rsid w:val="00632D5F"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Theme farbig">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8774,66 +12744,66 @@
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F858822-8F0E-4225-9EBA-54A5E52D82B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64A36781-DBDF-4463-AEB6-F5C9BFC50A3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1799</Characters>
+  <Words>348</Words>
+  <Characters>2198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2080</CharactersWithSpaces>
+  <CharactersWithSpaces>2541</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>