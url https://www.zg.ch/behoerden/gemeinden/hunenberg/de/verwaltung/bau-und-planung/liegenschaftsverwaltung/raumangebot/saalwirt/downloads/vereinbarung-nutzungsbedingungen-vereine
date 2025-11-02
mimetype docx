--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -1,2587 +1,2356 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3D64849D" w14:textId="356D79CB" w:rsidR="00C24EF5" w:rsidRPr="00375350" w:rsidRDefault="00663953" w:rsidP="008E76A0">
+    <w:p w14:paraId="308C10BC" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00375350" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nutzungs</w:t>
       </w:r>
-      <w:r w:rsidR="004C1E11">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vereinbarung</w:t>
       </w:r>
       <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> für </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="008F5B0C">
+        <w:t xml:space="preserve"> für die Selbstrestauration </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D16F93" w:rsidRPr="00E73EDC">
+      <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>durch</w:t>
       </w:r>
-      <w:r w:rsidR="008F5B0C">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>e</w:t>
+        <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>inheimische Vereine</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="008F5B0C">
+        <w:t xml:space="preserve">inheimische Vereine und Körperschaften </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004A79A6" w:rsidRPr="00E73EDC">
+      <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">im Zentrum </w:t>
       </w:r>
-      <w:r w:rsidR="00E42552" w:rsidRPr="00375350">
+      <w:r w:rsidRPr="00375350">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552" w:rsidRPr="00375350">
+      <w:r w:rsidRPr="00375350">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552" w:rsidRPr="00375350">
+      <w:r w:rsidRPr="00375350">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DB89FB" w14:textId="77777777" w:rsidR="00663953" w:rsidRPr="007A65B9" w:rsidRDefault="00663953" w:rsidP="00375350">
+    <w:p w14:paraId="086AC535" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="007A65B9" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2679D847" w14:textId="4CD49A71" w:rsidR="00C24EF5" w:rsidRPr="0027558D" w:rsidRDefault="0027558D" w:rsidP="0093488D">
+    <w:p w14:paraId="031C2B9E" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nutzungsobjekt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343103F0" w14:textId="19FF0507" w:rsidR="00CB2BED" w:rsidRDefault="00CB2BED" w:rsidP="00375350">
+    <w:p w14:paraId="6AC20A10" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zentrum </w:t>
       </w:r>
-      <w:r w:rsidR="00E42552">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="004568B1">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (siehe Punkt 2 Infrastruktur) zum Zweck der Selbstrestauration. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D387E2" w14:textId="77777777" w:rsidR="00CB2BED" w:rsidRDefault="00CB2BED" w:rsidP="00375350">
+    <w:p w14:paraId="3108F476" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBAEEEF" w14:textId="69E2A935" w:rsidR="00C24EF5" w:rsidRPr="0027558D" w:rsidRDefault="00C24EF5" w:rsidP="0093488D">
+    <w:p w14:paraId="3F972BE2" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Infrastruktur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEB72D2" w14:textId="24CE17C4" w:rsidR="00C24EF5" w:rsidRDefault="00CB2BED" w:rsidP="00375350">
+    <w:p w14:paraId="257B4EDA" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Es wird folgende Infrastruktur zur Benützung abgegeben:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B8E8124" w14:textId="03BD5DCC" w:rsidR="0027558D" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="068CBB32" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1 Küche (57</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E42552" w:rsidRPr="000F49CC">
+        <w:t>1 Küche (57 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> inkl. Geschirrspüler, Steamer etc. </w:t>
+        <w:t xml:space="preserve">) inkl. Geschirrspüler, Steamer etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17EBF453" w14:textId="25A090B1" w:rsidR="0027558D" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="5FF610E7" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1 Kühlraum (7</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E42552" w:rsidRPr="000F49CC">
+        <w:t>1 Kühlraum (7 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0027558D">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEBD435" w14:textId="56118C9F" w:rsidR="0027558D" w:rsidRDefault="0027558D" w:rsidP="0093488D">
+    <w:p w14:paraId="7DF36068" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00E42552" w:rsidRPr="000F49CC">
+        <w:t>1 Abstellraum (6 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2BED">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42023DA5" w14:textId="1812865B" w:rsidR="0027558D" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="7CC66499" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1 Putzraum (4</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E42552" w:rsidRPr="000F49CC">
+        <w:t>1 Putzraum (4 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D7D61D" w14:textId="7CB8D44E" w:rsidR="00CB2BED" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="620E344C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>2 WC-Anlagen je (1.5</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E42552" w:rsidRPr="000F49CC">
+        <w:t>2 WC-Anlagen je (1.5 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6324FC68" w14:textId="77777777" w:rsidR="006247A2" w:rsidRDefault="006247A2" w:rsidP="00E73EDC">
+    <w:p w14:paraId="55F9250B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="015D801B" w14:textId="341C34EC" w:rsidR="00E7272A" w:rsidRDefault="00E7272A" w:rsidP="00E73EDC">
+    <w:p w14:paraId="520F043E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Das Kleininventar (Geschirr, Besteck, Pfannen </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Das Kleininventar (Geschirr, Besteck, Pfannen etc.) wird von der Eigentümerin zur Verfügung gestellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252291EC" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">) wird von der Eigentümerin zur </w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Ein mobiler Kühlschrank wird bei Bedarf durch die Einwohnergemeinde Hünenberg zur Verfügung gestellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F1DA30" w14:textId="77777777" w:rsidR="00B97FC0" w:rsidRDefault="00B97FC0" w:rsidP="00E73EDC">
+    <w:p w14:paraId="3A44C494" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64CF66AA" w14:textId="7B430CFC" w:rsidR="00F25DC6" w:rsidRDefault="00036C0C" w:rsidP="0093488D">
+    <w:p w14:paraId="7B36444B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Übernahme</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> und Abgabe der Infrastruktur</w:t>
+        <w:t>Übernahme und Abgabe der Infrastruktur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04499B34" w14:textId="4028BE79" w:rsidR="00F25DC6" w:rsidRPr="007A65B9" w:rsidRDefault="00F25DC6" w:rsidP="00E73EDC">
+    <w:p w14:paraId="6BE6EBFA" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="007A65B9" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007A65B9">
-        <w:t xml:space="preserve">Für die Benützung der Küche erfolgt </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Für die Benützung der Küche erfolgt jeweils eine Übergabe/Instruktion der Infrastruktur zusammen mit dem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A65B9">
-        <w:t xml:space="preserve"> zusammen mit dem Saalwart.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Am Folgetag nach der Veranstaltung führt der Saalwart eine Kontrolle durch. Werden Mängel festgestellt, werden die Kosten dafür in Rechnung gestellt. </w:t>
+        <w:t>Saalwart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A65B9">
+        <w:t xml:space="preserve">. Am Folgetag nach der Veranstaltung führt der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A65B9">
+        <w:t>Saalwart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A65B9">
+        <w:t xml:space="preserve"> eine Kontrolle durch. Werden Mängel festgestellt, werden die Kosten dafür in Rechnung gestellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3D6A72" w14:textId="2056CE51" w:rsidR="00A96235" w:rsidRDefault="00A96235" w:rsidP="00E73EDC">
+    <w:p w14:paraId="14F7C40B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5928C86D" w14:textId="65D21039" w:rsidR="00CB2BED" w:rsidRPr="0027558D" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="002894F8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kosten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296201B1" w14:textId="1A3AC69A" w:rsidR="005370C4" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="2FE79FB3" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Für die Benützung der Infrastruktur </w:t>
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Für die Benützung der Infrastruktur stellt die Eigentümerin Rechnung. Diese beträgt 6 % des Umsatzes exkl. MwSt. Wenn die Infrastruktur benützt wird und 3 % des Umsatzes, wenn diese nicht benützt wird. Vom Umsatz in Abzug gebracht werden die Getränkepreise des Standartsortiments gemäss Ziffer 6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F278FF1" w14:textId="04BEDE47" w:rsidR="00CB2BED" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="63E652F2" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t>Wird ausschliesslich die Tiefkühlzelle in der Küche benutzt, beträgt der Ansatz 3 %</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Die Nebenkosten (Strom, Heizung, Wasser Licht </w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212465466"/>
     </w:p>
-    <w:p w14:paraId="43813369" w14:textId="57E99294" w:rsidR="00CB2BED" w:rsidRPr="00E71F1D" w:rsidRDefault="00E71F1D" w:rsidP="0093488D">
+    <w:p w14:paraId="1608E9A1" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E71F1D">
-        <w:t xml:space="preserve">Für den Abfall können Gebührenpflichtige Säcke bezogen werden. </w:t>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t>Umsatzbeteilung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t xml:space="preserve"> von 6% bzw. 3% gilt bei einem Umsatz bis CHF 40'000.—</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t>Wird dieser Betrag überschritten, entscheidet die Gemeinde auf Anfrage</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve"> über den Ansatz für den Mehrbetrag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065F0944" w14:textId="2158BB2F" w:rsidR="00AD667E" w:rsidRDefault="00AD667E" w:rsidP="0093488D">
+    <w:p w14:paraId="6EF7858D" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Die Kosten für das Verbrauchs- und Reinigungsmaterial werden durch die Eigentümerin getragen</w:t>
-[...17 lines deleted...]
-        <w:t>getragen werden)</w:t>
+        <w:t>Die Nebenkosten (Strom, Heizung, Wasser Licht etc.) werden von der Eigentümerin getragen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3456F109" w14:textId="5B639BC9" w:rsidR="00AD667E" w:rsidRDefault="00AD667E" w:rsidP="0093488D">
+    <w:p w14:paraId="28CB57AD" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00DA63DE" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Die Reinigung der öffentlichen WC im Zentrum </w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>Einwohnergemeinde Hünenberg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA63DE">
+        <w:t xml:space="preserve"> stellt kostenfrei gebührenpflichtige Kehrichtsäcke zur Verfügung. Grossmengen sind mit der Gemeinde abzusprechen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEF5F97" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:t>ist in der Saalmiete eingerechnet</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> und werden von der Eigentümerin getragen.</w:t>
+        <w:t>Die Kosten für das Verbrauchs- und Reinigungsmaterial werden durch die Eigentümerin getragen und zur Verfügung gestellt (Kosten für Servietten, Tischtücher etc. müssen durch den Verein getragen werden)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFFB767" w14:textId="77777777" w:rsidR="007B1043" w:rsidRDefault="007B1043" w:rsidP="00E73EDC">
-      <w:pPr>
+    <w:p w14:paraId="41044138" w14:textId="77777777" w:rsidR="00DE6AAD" w:rsidRDefault="00DE6AAD" w:rsidP="00DE6AAD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC70AFE" w14:textId="36B6FA1A" w:rsidR="00A3074D" w:rsidRPr="00E52A8E" w:rsidRDefault="007B1043" w:rsidP="0093488D">
+    <w:p w14:paraId="2E872A4E" w14:textId="42F16032" w:rsidR="00183567" w:rsidRPr="00E52A8E" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52A8E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Getränke</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Getränke </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B491964" w14:textId="7AF864B9" w:rsidR="00DE07A3" w:rsidRDefault="00A3074D" w:rsidP="00E73EDC">
+    <w:p w14:paraId="126EAFDB" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00126085" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      <w:r w:rsidR="00E42552">
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve">Die Einwohnergemeinde Hünenberg führt ein Standard-Getränkesortiment. Die Getränke aus dem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00403592">
+        <w:t>Standardsortiment können über die</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve"> gemeindliche Website bezogen werden. Die bestellten Getränke werden im entsprechenden Lagerraum des Zentrums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03B2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552">
+      <w:r w:rsidRPr="00126085">
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552">
+      <w:r w:rsidRPr="00D03B2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00E42552">
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve"> bereitgestellt. Das Leergut muss unmittelbar nach der Veranstaltung vom </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Verein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve"> separat im Lagerraum deponiert werden. Die effektiv verbrauchte Getränkemenge des Standardsortiments ist zwecks Verrechnung unmittelbar nach der Veranstaltung der Einwohnergemeinde Hünenberg (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00126085">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>raumreservation@huenenberg.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve">) zu melden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ACC249D" w14:textId="77777777" w:rsidR="00DE07A3" w:rsidRDefault="00DE07A3" w:rsidP="00E73EDC">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3B5D1CE8" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567"/>
+    <w:p w14:paraId="7E2ABA88" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...22 lines deleted...]
-        <w:t>G</w:t>
+        <w:t>Standardgetränkesortiment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>etränkesortiment</w:t>
-[...26 lines deleted...]
-      </w:pPr>
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Für das Standartsortiment gelten folgende Preise für </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Für das Standartsortiment gelten folgende Preise für die Selbstrestauration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367A4B">
+        <w:t>inkl. M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>wSt.</w:t>
       </w:r>
       <w:r w:rsidRPr="00367A4B">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="8493" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4197"/>
         <w:gridCol w:w="1940"/>
         <w:gridCol w:w="2356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="3A88AED1" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="0DD3A20A" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="541B902B" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4842F3D5" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4076B131" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4B91191B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24786A09" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="187CFBC6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="0F87C391" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="11F3D449" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28A74FB5" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="0AFC1B93" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A9AD0B" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="04BA83E3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4960541D" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="026258C3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="7314E403" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="67EB3F4B" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66663BC9" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="5223A4C6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B106B01" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="3C752FE0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE5EF2A" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="76BA6616" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="581046FF" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="6C750A0C" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="037C4B6B" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="46E81044" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Cola Zero </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5265F2F4" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4FC4C962" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C26657D" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4B6E95C8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="3C29D2CA" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="0A8AD658" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="038095A2" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="610F59E1" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Fanta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F91807" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="24F7FFC1" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1BBCE1" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="591B61FC" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="38AF9B64" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="79810098" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B885B10" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="0B4DA0A0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Sprite </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="291A39D3" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="3C17C582" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E29124A" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="7700EC95" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="5AD30BD1" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="6F06E5B2" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43E92491" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="6500B9C8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Rivella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="622CB553" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="67E42384" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68352B82" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="36337471" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="7E90D749" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D0A6124" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7938D9" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="76A6C4EA" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Rivella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E86DA8F" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="76DD2A88" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="767B985B" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="1DB5A868" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="2441B923" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="32E76DAE" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15A01205" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="723D873B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier hell </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Hopfenmandli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1862 Original)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38DFFF17" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="3D79C484" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0449F4D1" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="0374CCF4" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="1D68B847" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5963DEB8" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08684AEF" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="73677929" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier dunkel </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Höllbier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240F76C9" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="63A008A3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="004CCD32" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="0D78410A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="311822C1" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="01908684" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55724FB7" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="67641AA0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier alkoholfrei </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Feinherb)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D68F221" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="065E478B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1D9CE0" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="69EB43AF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="0D77F26E" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="2BA08CC3" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05FA16BD" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="208525AF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66471538" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="2F03791A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5005E6E6" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="3349A736" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="04C90309" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="31E56D7B" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9C1684" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4944D145" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78189466" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="701D1DA4" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62021413" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="28070F5F" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="29762A55" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D83B1E8" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E86137D" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="49A5C37A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Rivella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A6641F" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="7748F735" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="525BDE90" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4540AEEE" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="662F78C2" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="3A96293C" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3542C78F" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="204CFC22" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Rivella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEE9A21" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="44715894" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259BD462" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4B5FF065" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="08470D1D" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="52345D7E" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46389D6B" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="2DB8B4C5" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Sprite Tray </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04FBDDC7" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="21FBB878" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D77CED8" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="50E09155" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="686B504A" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="3F6006DA" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28CEC071" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="3DF38F07" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Fanta Orange </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB97DA7" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="43C2DABB" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1637E6" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="254E13F3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="1B78EF37" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="49D96599" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F409A3" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="61F3AE2A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Coca Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68229B7D" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="5C6D5A59" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B3EC32" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="6A2FE10B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="275CF857" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="7DB2BC24" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097DDB8A" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="341B6910" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Coca Cola </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>zero</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5BE658" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="1A9A536C" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA09410" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="2D7F0A16" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093488D" w:rsidRPr="0093488D" w14:paraId="373D7252" w14:textId="77777777" w:rsidTr="0093488D">
+      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D59BCCF" w14:textId="77777777" w:rsidTr="00EC4147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34AFE2DE" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="4CE89C3A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Cafe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
               <w:t>Créme</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve"> / Espresso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9F4081" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="12BE2D52" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>Tasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7A773F" w14:textId="77777777" w:rsidR="0093488D" w:rsidRPr="0093488D" w:rsidRDefault="0093488D" w:rsidP="0093488D">
+          <w:p w14:paraId="24DD6ADF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
-              <w:t>CHF    2.50</w:t>
+              <w:t xml:space="preserve">CHF    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F373D2">
+              <w:t>1.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14752A90" w14:textId="77777777" w:rsidR="00E42552" w:rsidRPr="00C947B9" w:rsidRDefault="00E42552" w:rsidP="00E42552">
+    <w:p w14:paraId="56AD3C32" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00C947B9" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6193ADF8" w14:textId="4BBEA5A7" w:rsidR="00C53017" w:rsidRPr="00C53017" w:rsidRDefault="00C53017" w:rsidP="00375350">
+    <w:p w14:paraId="4EEB32B0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00C53017" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk203490307"/>
-      <w:bookmarkStart w:id="1" w:name="_Hlk202867710"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk203490307"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk202867710"/>
       <w:r w:rsidRPr="00C53017">
         <w:t xml:space="preserve">Die Bestellung hat per E-Mail </w:t>
       </w:r>
-      <w:r w:rsidR="005370C4">
+      <w:r>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005370C4" w:rsidRPr="005370C4">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="005370C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C53017">
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="2863DAED" w14:textId="77777777" w:rsidR="00A6086F" w:rsidRDefault="00A6086F" w:rsidP="00375350">
+    <w:p w14:paraId="300472B0" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26337442" w14:textId="6764C7A5" w:rsidR="00D14D5B" w:rsidRDefault="00D14D5B" w:rsidP="00375350">
+    <w:p w14:paraId="35B0A13B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007A65B9">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> stellen.</w:t>
+      <w:r w:rsidRPr="00403592">
+        <w:t>Bei Nutzung einer eigenen Kaffeemaschine müssen die Kaffeebohnen, Kaffeerahm und Zucker selbst mitgebracht werden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A626944" w14:textId="77777777" w:rsidR="002C4520" w:rsidRDefault="002C4520" w:rsidP="00375350">
+    <w:p w14:paraId="54261F5C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34E70CC1" w14:textId="287FF00D" w:rsidR="002C4520" w:rsidRPr="001A0F7F" w:rsidRDefault="002C4520" w:rsidP="00375350">
-[...25 lines deleted...]
-    <w:p w14:paraId="1510E131" w14:textId="21DC1AD3" w:rsidR="00D14D5B" w:rsidRPr="00D14D5B" w:rsidRDefault="00D14D5B" w:rsidP="0093488D">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="558DFED6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00D14D5B" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Abrechnung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BCEB0C" w14:textId="20C6A76E" w:rsidR="00D14D5B" w:rsidRPr="007A65B9" w:rsidRDefault="004E59FD" w:rsidP="0093488D">
+    <w:p w14:paraId="43763F98" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00153658" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk202868716"/>
+      <w:r w:rsidRPr="00153658">
+        <w:t xml:space="preserve">Nach der Veranstaltung meldet der </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Verein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153658">
+        <w:t xml:space="preserve"> den Umsatz auf Speisen und Getränke ausserhalb des Standardsortimentes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153658">
+        <w:t>Werden Getränke aus dem Standardsortiment bezogen, verrechnet die Einwohnergemeinde Hünenberg die nach der Veranstaltung gemeldet resp. bezogene Mengen.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="2A727A9E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49112336" w14:textId="77777777" w:rsidR="00DE6AAD" w:rsidRDefault="00DE6AAD" w:rsidP="00DE6AAD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...37 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A9678BF" w14:textId="1401018E" w:rsidR="00D14D5B" w:rsidRDefault="00D14D5B" w:rsidP="0093488D">
-[...38 lines deleted...]
-    <w:p w14:paraId="2B9B3CFD" w14:textId="31C56CA5" w:rsidR="00CB2BED" w:rsidRPr="0027558D" w:rsidRDefault="00CB2BED" w:rsidP="0093488D">
+    <w:p w14:paraId="40C6316E" w14:textId="5B46E020" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sorgfaltspflicht</w:t>
       </w:r>
-      <w:r w:rsidR="00E7272A">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> / Reinigung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381CC6FE" w14:textId="25ABE391" w:rsidR="00B97FC0" w:rsidRDefault="00CB2BED" w:rsidP="00375350">
+    <w:p w14:paraId="0E630E59" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Die </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Die gemäss Punkt 2 zur Verfügung gestellten Räume sind ausschliesslich für den vertraglichen Zweck und mit grösster Sorgfalt zu gebrauchen. Allfällige Mängel sind der Eigentümerin (Einwohnergemeinde) umgehend zu melden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092A2774" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31384CAE" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Räume sind </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">emeinde) umgehend zu melden. </w:t>
+        <w:t xml:space="preserve">Sämtliche zur Verfügung gestellten Räume gemäss Punkt 2 sind sauber zu halten. Sollte eine nachträgliche Nachreinigung notwendig sein, so sind die Kosten durch den Verein zu tragen. Sämtliches Material (Lebensmittel etc.) ist nach jedem Anlass wieder abzutransportieren. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E712BFC" w14:textId="77777777" w:rsidR="00B97FC0" w:rsidRDefault="00B97FC0" w:rsidP="00375350">
+    <w:p w14:paraId="57E28A3F" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18329CE0" w14:textId="1E515C3B" w:rsidR="00CB2BED" w:rsidRDefault="00E7272A" w:rsidP="00375350">
-[...54 lines deleted...]
-    <w:p w14:paraId="477BBA91" w14:textId="7DA80CAE" w:rsidR="00E7272A" w:rsidRPr="00E7272A" w:rsidRDefault="00E7272A" w:rsidP="0093488D">
+    <w:p w14:paraId="28DE8754" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00E7272A" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7272A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Sonstiges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AE462E" w14:textId="77777777" w:rsidR="00D83E4E" w:rsidRDefault="00E71F1D" w:rsidP="00E42552">
+    <w:p w14:paraId="7BFA5F54" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve">Parkplätze sind </w:t>
       </w:r>
-      <w:r w:rsidR="0060640C">
+      <w:r>
         <w:t>in der Umgebung vorhanden</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve"> und es kann für die Dauer eine Parkkarte zur Verfügung gestellt</w:t>
       </w:r>
-      <w:r w:rsidR="00BC279C">
+      <w:r>
         <w:t xml:space="preserve"> werden</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71F1D">
-        <w:t>.</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="0060640C">
+        <w:t xml:space="preserve">. Für den Warenumschlag kann kurzfristig </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">vor dem Haus </w:t>
       </w:r>
-      <w:r w:rsidR="00096875" w:rsidRPr="00E71F1D">
+      <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve">parkiert werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEE6F4C" w14:textId="77777777" w:rsidR="00D83E4E" w:rsidRDefault="00D83E4E" w:rsidP="00E42552">
+    <w:p w14:paraId="4F281419" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B1A7F3E" w14:textId="7D038411" w:rsidR="00E7272A" w:rsidRDefault="00E7272A" w:rsidP="00375350">
+    <w:p w14:paraId="4F97E337" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71F1D">
         <w:t>Ein Aufzug ist vorhanden und kann genutzt werden.</w:t>
       </w:r>
-      <w:r w:rsidR="00B97FC0">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C54C83" w14:textId="77777777" w:rsidR="00927CFD" w:rsidRDefault="00927CFD" w:rsidP="00375350">
+    <w:p w14:paraId="10F4908C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69B2D088" w14:textId="77777777" w:rsidR="00A96750" w:rsidRDefault="00A96750" w:rsidP="00375350">
+    <w:p w14:paraId="1159FCFD" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="198357A9" w14:textId="77777777" w:rsidR="00A96750" w:rsidRDefault="00A96750" w:rsidP="00375350">
+    <w:p w14:paraId="444B3D3E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03EF2EE1" w14:textId="77EB1719" w:rsidR="000978A6" w:rsidRDefault="000978A6" w:rsidP="00375350">
+    <w:p w14:paraId="15794A5E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Hünenberg</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Hünenberg, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1184736721"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D83E4E" w:rsidRPr="00AC25B8">
+          <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4B5A89FD" w14:textId="35D4E67D" w:rsidR="000978A6" w:rsidRDefault="000978A6" w:rsidP="00375350">
+    <w:p w14:paraId="6926BFA1" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02587090" w14:textId="77777777" w:rsidR="000978A6" w:rsidRDefault="000978A6" w:rsidP="00375350">
+    <w:p w14:paraId="0E926845" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="386733C3" w14:textId="77777777" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="21B6DE4F" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42DB06BD" w14:textId="1A0AABDA" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="7F7B3BDC" w14:textId="3BFD1EE8" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Verein / Institution (vertreten durch)</w:t>
       </w:r>
-      <w:r w:rsidR="00D83E4E">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:id w:val="-250744595"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D83E4E" w:rsidRPr="00AC25B8">
+          <w:r w:rsidR="0063061F">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:noProof/>
             </w:rPr>
-            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val="Text1"/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput/>
+              </w:ffData>
+            </w:fldChar>
           </w:r>
+          <w:bookmarkStart w:id="4" w:name="Text1"/>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:bookmarkEnd w:id="4"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7E16F4E6" w14:textId="03EE3144" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="35B46BD8" w14:textId="4C3388F0" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Name / Vorname</w:t>
       </w:r>
-      <w:r w:rsidR="00D83E4E">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:id w:val="130295549"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D83E4E" w:rsidRPr="00AC25B8">
+          <w:r w:rsidR="0063061F">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:noProof/>
             </w:rPr>
-            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val="Text2"/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput/>
+              </w:ffData>
+            </w:fldChar>
           </w:r>
+          <w:bookmarkStart w:id="5" w:name="Text2"/>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:bookmarkEnd w:id="5"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="079815D4" w14:textId="10BA0E3C" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="659A204C" w14:textId="0F32EB8C" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>E-Mail</w:t>
       </w:r>
-      <w:r w:rsidR="00D83E4E">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:id w:val="-100110993"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D83E4E" w:rsidRPr="00AC25B8">
+          <w:r w:rsidR="0063061F">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:noProof/>
             </w:rPr>
-            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val="Text3"/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput/>
+              </w:ffData>
+            </w:fldChar>
           </w:r>
+          <w:bookmarkStart w:id="6" w:name="Text3"/>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:bookmarkEnd w:id="6"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6B685391" w14:textId="68C08699" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="64D5F3DA" w14:textId="488CB213" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tel. Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00D83E4E">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:id w:val="-983239668"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:placeholder>
-          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D83E4E" w:rsidRPr="00AC25B8">
+          <w:r w:rsidR="0063061F">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:noProof/>
             </w:rPr>
-            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val="Text4"/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput/>
+              </w:ffData>
+            </w:fldChar>
           </w:r>
+          <w:bookmarkStart w:id="7" w:name="Text4"/>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t> </w:t>
+          </w:r>
+          <w:r w:rsidR="0063061F">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:bookmarkEnd w:id="7"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0E2F0067" w14:textId="77777777" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="7EF8CFC7" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03E2C2BF" w14:textId="77777777" w:rsidR="00EF1F2E" w:rsidRDefault="00EF1F2E" w:rsidP="00375350">
+    <w:p w14:paraId="2A48007A" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00EF1F2E" w:rsidSect="00A7069F">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w14:paraId="03E2C2BF" w14:textId="77777777" w:rsidR="00EF1F2E" w:rsidRPr="00183567" w:rsidRDefault="00EF1F2E" w:rsidP="00183567"/>
+    <w:sectPr w:rsidR="00EF1F2E" w:rsidRPr="00183567" w:rsidSect="00F609DA">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1985" w:header="522" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1985" w:header="522" w:footer="385" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09C5F1E9" w14:textId="77777777" w:rsidR="00C24EF5" w:rsidRDefault="00C24EF5" w:rsidP="00F657BF">
+    <w:p w14:paraId="314AA907" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DF4D5BC" w14:textId="77777777" w:rsidR="00C24EF5" w:rsidRDefault="00C24EF5" w:rsidP="00F657BF">
+    <w:p w14:paraId="6406D5F1" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2591,227 +2360,127 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="53CE8F1B" w14:textId="1C99CF26" w:rsidR="00A7069F" w:rsidRDefault="00A7069F">
-[...66 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGridPositioning"/>
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
     <w:tr w:rsidR="000B1F8C" w14:paraId="0DFDF302" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
-      <w:sdt>
-[...68 lines deleted...]
-      </w:sdt>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3005" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="23FBCD41" w14:textId="316937ED" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00701A80">
+          <w:pPr>
+            <w:pStyle w:val="Fuzeile"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="626056A3" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472">
+  <w:p w14:paraId="626056A3" w14:textId="34350F1C" w:rsidR="00396472" w:rsidRPr="00701A80" w:rsidRDefault="00701A80" w:rsidP="00701A80">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00701A80">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">30. </w:t>
+    </w:r>
+    <w:r w:rsidR="0063061F">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Oktober</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00701A80">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33DED1F8" w14:textId="77777777" w:rsidR="00C24EF5" w:rsidRDefault="00C24EF5" w:rsidP="00F657BF">
+    <w:p w14:paraId="1943609B" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E275F60" w14:textId="77777777" w:rsidR="00C24EF5" w:rsidRDefault="00C24EF5" w:rsidP="00F657BF">
+    <w:p w14:paraId="04A1965A" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CFB4DB2" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD689C">
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="8504" w:type="dxa"/>
@@ -2921,52 +2590,57 @@
           <w:id w:val="-2034716603"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w15:color w:val="3366FF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2761" w:type="dxa"/>
               <w:noWrap/>
             </w:tcPr>
             <w:p w14:paraId="08488EA9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="SenderDepartement"/>
               </w:pPr>
               <w:r>
                 <w:t>Bau und Planung</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="62958D0F" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
+              <w:proofErr w:type="spellStart"/>
               <w:r>
-                <w:t>Chamerstrasse 11</w:t>
+                <w:t>Chamerstrasse</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:t xml:space="preserve"> 11</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="1E5163F9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>6331 Hünenberg</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="33751409" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>Telefon: +41 41 784 44 30</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="2D8E692C" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>www.huenenberg.ch</w:t>
               </w:r>
@@ -3008,51 +2682,51 @@
           <w:alias w:val="LogoOptional"/>
           <w:tag w:val="primedocs.Field=LogoOptional"/>
           <w:id w:val="1214085226"/>
           <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/LogoOptional[1]" w:storeItemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}"/>
           <w15:color w:val="3366FF"/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="7030" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="135ACE33" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
               <w:pPr>
                 <w:pStyle w:val="KeinLeerraum"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F3C963" wp14:editId="6381AA2A">
                     <wp:extent cx="1962000" cy="744309"/>
                     <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                    <wp:docPr id="2" name="Bild 1"/>
+                    <wp:docPr id="28980033" name="Bild 1"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="2" name="Bild 1"/>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1962000" cy="744309"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
@@ -4449,294 +4123,299 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="53046455">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1897663071">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="246690134">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="340083041">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="568617631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="66920046">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="d+KB/iaQc3rr4Sx0QQXcPDUSBgAY/SrJpHHpyAtel1nagf7qc5oknTOwxEgsQ9Lbh0AmLdH5PimUFSSlKVJJ6g==" w:salt="L7TK8zTzGWIXaovqzZg/Cg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
     <w:rsid w:val="00014D7A"/>
     <w:rsid w:val="00036C0C"/>
     <w:rsid w:val="000554C2"/>
     <w:rsid w:val="0008524F"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="00096875"/>
     <w:rsid w:val="000978A6"/>
     <w:rsid w:val="000A7A9A"/>
     <w:rsid w:val="000C298F"/>
     <w:rsid w:val="000C5BC6"/>
     <w:rsid w:val="000E78DE"/>
     <w:rsid w:val="000F2C65"/>
     <w:rsid w:val="000F6908"/>
     <w:rsid w:val="00103474"/>
     <w:rsid w:val="00105A68"/>
     <w:rsid w:val="00123FE7"/>
     <w:rsid w:val="00144999"/>
     <w:rsid w:val="00170768"/>
     <w:rsid w:val="00173748"/>
+    <w:rsid w:val="00183567"/>
     <w:rsid w:val="00185E1B"/>
     <w:rsid w:val="001B7C92"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="001D13A9"/>
+    <w:rsid w:val="001E07CE"/>
     <w:rsid w:val="00233D19"/>
     <w:rsid w:val="00237ED7"/>
-    <w:rsid w:val="00243977"/>
     <w:rsid w:val="00250D63"/>
+    <w:rsid w:val="00256D01"/>
     <w:rsid w:val="0027558D"/>
     <w:rsid w:val="002809F9"/>
     <w:rsid w:val="002828D0"/>
     <w:rsid w:val="002A6E42"/>
     <w:rsid w:val="002B5D9F"/>
     <w:rsid w:val="002C4520"/>
     <w:rsid w:val="002C470E"/>
     <w:rsid w:val="002C6EB8"/>
     <w:rsid w:val="002E1748"/>
     <w:rsid w:val="002E564D"/>
     <w:rsid w:val="002F76FC"/>
     <w:rsid w:val="0031538C"/>
     <w:rsid w:val="0032437D"/>
     <w:rsid w:val="003569E8"/>
     <w:rsid w:val="00367A4B"/>
     <w:rsid w:val="00375350"/>
     <w:rsid w:val="00382AF6"/>
     <w:rsid w:val="00382B34"/>
     <w:rsid w:val="00384018"/>
     <w:rsid w:val="003843F9"/>
     <w:rsid w:val="00391A44"/>
     <w:rsid w:val="00396472"/>
     <w:rsid w:val="003A389F"/>
     <w:rsid w:val="003A74CC"/>
     <w:rsid w:val="003B2482"/>
     <w:rsid w:val="003B467F"/>
     <w:rsid w:val="003C2355"/>
     <w:rsid w:val="003F13F8"/>
     <w:rsid w:val="00403ADB"/>
     <w:rsid w:val="00411516"/>
     <w:rsid w:val="00413D8A"/>
     <w:rsid w:val="0042092E"/>
     <w:rsid w:val="00436E85"/>
     <w:rsid w:val="004568B1"/>
     <w:rsid w:val="00482072"/>
     <w:rsid w:val="004912BE"/>
     <w:rsid w:val="004A2FBF"/>
+    <w:rsid w:val="004A37B0"/>
     <w:rsid w:val="004A79A6"/>
     <w:rsid w:val="004C1E11"/>
     <w:rsid w:val="004C7ACE"/>
     <w:rsid w:val="004E34E7"/>
     <w:rsid w:val="004E59FD"/>
     <w:rsid w:val="00510D83"/>
     <w:rsid w:val="00527B02"/>
     <w:rsid w:val="005370C4"/>
     <w:rsid w:val="0057139D"/>
     <w:rsid w:val="00572FD3"/>
     <w:rsid w:val="005750EA"/>
     <w:rsid w:val="00585930"/>
     <w:rsid w:val="005D71DB"/>
     <w:rsid w:val="005F1E7A"/>
     <w:rsid w:val="005F3EA1"/>
     <w:rsid w:val="005F5B61"/>
     <w:rsid w:val="0060640C"/>
     <w:rsid w:val="00615232"/>
     <w:rsid w:val="006247A2"/>
     <w:rsid w:val="006268FA"/>
     <w:rsid w:val="006271F0"/>
+    <w:rsid w:val="0063061F"/>
     <w:rsid w:val="006429C0"/>
     <w:rsid w:val="00663953"/>
     <w:rsid w:val="00672B01"/>
     <w:rsid w:val="00691C92"/>
     <w:rsid w:val="006B798D"/>
     <w:rsid w:val="006C1FAE"/>
     <w:rsid w:val="006D6C2C"/>
+    <w:rsid w:val="00701A80"/>
     <w:rsid w:val="00725687"/>
     <w:rsid w:val="00736062"/>
     <w:rsid w:val="0074302A"/>
     <w:rsid w:val="0074376D"/>
     <w:rsid w:val="007801D1"/>
     <w:rsid w:val="007A65B9"/>
     <w:rsid w:val="007A7B92"/>
     <w:rsid w:val="007B1043"/>
     <w:rsid w:val="007B2BDD"/>
     <w:rsid w:val="007D638C"/>
     <w:rsid w:val="007D6EC4"/>
     <w:rsid w:val="007F009A"/>
     <w:rsid w:val="0081620C"/>
     <w:rsid w:val="00817C39"/>
     <w:rsid w:val="00832D46"/>
     <w:rsid w:val="00864892"/>
     <w:rsid w:val="00866A34"/>
     <w:rsid w:val="00886B72"/>
     <w:rsid w:val="00897BD2"/>
     <w:rsid w:val="008B23F4"/>
     <w:rsid w:val="008D4582"/>
     <w:rsid w:val="008E76A0"/>
     <w:rsid w:val="008F52AF"/>
     <w:rsid w:val="008F5B0C"/>
     <w:rsid w:val="009131D7"/>
     <w:rsid w:val="00915D11"/>
     <w:rsid w:val="00921D22"/>
+    <w:rsid w:val="00921F98"/>
     <w:rsid w:val="00925AF8"/>
     <w:rsid w:val="00927CFD"/>
-    <w:rsid w:val="0093488D"/>
     <w:rsid w:val="00962179"/>
     <w:rsid w:val="00973420"/>
     <w:rsid w:val="00990A8D"/>
     <w:rsid w:val="0099465F"/>
-    <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="009C61FF"/>
     <w:rsid w:val="009E1172"/>
     <w:rsid w:val="009F0F89"/>
     <w:rsid w:val="009F64D6"/>
     <w:rsid w:val="00A025D3"/>
     <w:rsid w:val="00A026B6"/>
     <w:rsid w:val="00A0592A"/>
     <w:rsid w:val="00A070F9"/>
     <w:rsid w:val="00A263D8"/>
     <w:rsid w:val="00A3074D"/>
     <w:rsid w:val="00A42AAB"/>
     <w:rsid w:val="00A50738"/>
     <w:rsid w:val="00A6086F"/>
     <w:rsid w:val="00A675EE"/>
-    <w:rsid w:val="00A7069F"/>
     <w:rsid w:val="00A7265A"/>
     <w:rsid w:val="00A8739A"/>
     <w:rsid w:val="00A92F05"/>
     <w:rsid w:val="00A930AA"/>
     <w:rsid w:val="00A960D7"/>
     <w:rsid w:val="00A96235"/>
     <w:rsid w:val="00A96750"/>
     <w:rsid w:val="00AA2704"/>
     <w:rsid w:val="00AB16CC"/>
     <w:rsid w:val="00AD667E"/>
     <w:rsid w:val="00AF7F58"/>
+    <w:rsid w:val="00B07952"/>
     <w:rsid w:val="00B13BEF"/>
     <w:rsid w:val="00B1532B"/>
     <w:rsid w:val="00B312BF"/>
     <w:rsid w:val="00B53088"/>
     <w:rsid w:val="00B5780B"/>
     <w:rsid w:val="00B61100"/>
-    <w:rsid w:val="00B84931"/>
     <w:rsid w:val="00B97DE4"/>
     <w:rsid w:val="00B97FC0"/>
     <w:rsid w:val="00BB46D3"/>
     <w:rsid w:val="00BB4F0C"/>
     <w:rsid w:val="00BC279C"/>
     <w:rsid w:val="00BC78AD"/>
     <w:rsid w:val="00BD0A2E"/>
     <w:rsid w:val="00C24EF5"/>
     <w:rsid w:val="00C25177"/>
     <w:rsid w:val="00C34245"/>
     <w:rsid w:val="00C50A6E"/>
     <w:rsid w:val="00C53017"/>
     <w:rsid w:val="00C65858"/>
     <w:rsid w:val="00CA1A1B"/>
     <w:rsid w:val="00CB0200"/>
     <w:rsid w:val="00CB2BED"/>
     <w:rsid w:val="00CB33E0"/>
     <w:rsid w:val="00CE19C0"/>
     <w:rsid w:val="00CE6ADE"/>
     <w:rsid w:val="00D02FBD"/>
     <w:rsid w:val="00D10FBD"/>
     <w:rsid w:val="00D14D5B"/>
     <w:rsid w:val="00D16F93"/>
     <w:rsid w:val="00D22BE4"/>
     <w:rsid w:val="00D239CD"/>
     <w:rsid w:val="00D83E4E"/>
     <w:rsid w:val="00D849D4"/>
     <w:rsid w:val="00DB6A48"/>
     <w:rsid w:val="00DC148F"/>
     <w:rsid w:val="00DC5FB5"/>
     <w:rsid w:val="00DC77FF"/>
     <w:rsid w:val="00DD20EF"/>
     <w:rsid w:val="00DE07A3"/>
+    <w:rsid w:val="00DE6AAD"/>
     <w:rsid w:val="00DF0E30"/>
     <w:rsid w:val="00E04122"/>
     <w:rsid w:val="00E07AF9"/>
     <w:rsid w:val="00E42552"/>
     <w:rsid w:val="00E52A8E"/>
     <w:rsid w:val="00E71F1D"/>
     <w:rsid w:val="00E7272A"/>
     <w:rsid w:val="00E73EDC"/>
     <w:rsid w:val="00EA06DC"/>
     <w:rsid w:val="00EB088A"/>
     <w:rsid w:val="00EB6940"/>
     <w:rsid w:val="00ED0004"/>
     <w:rsid w:val="00ED41FA"/>
     <w:rsid w:val="00ED6C89"/>
     <w:rsid w:val="00EF1F2E"/>
     <w:rsid w:val="00F03E93"/>
     <w:rsid w:val="00F04E53"/>
     <w:rsid w:val="00F07389"/>
     <w:rsid w:val="00F25DC6"/>
     <w:rsid w:val="00F339BC"/>
     <w:rsid w:val="00F41433"/>
     <w:rsid w:val="00F41E75"/>
     <w:rsid w:val="00F56770"/>
+    <w:rsid w:val="00F609DA"/>
     <w:rsid w:val="00F657BF"/>
     <w:rsid w:val="00F75C1B"/>
     <w:rsid w:val="00F81A78"/>
     <w:rsid w:val="00F872F5"/>
     <w:rsid w:val="00FD6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -6354,120 +6033,115 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2048677091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0147FA33-10BF-4C5F-87BB-3829202A47BD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007B3D7D" w:rsidRDefault="007B3D7D">
           <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="EC24DD99313D45AD9080FC83BA88741E"/>
+        <w:name w:val="C8D44CA2306D4EDE9792208729DA684B"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{134F07B1-171E-4A0A-85E2-5193ADD18B41}"/>
+        <w:guid w:val="{C109E175-1E02-44E9-AB4F-2E4A0B9D8A70}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BF18B3" w:rsidRDefault="00BF18B3" w:rsidP="00BF18B3">
+        <w:p w:rsidR="00B32599" w:rsidRDefault="00BD661C" w:rsidP="00BD661C">
           <w:pPr>
-            <w:pStyle w:val="EC24DD99313D45AD9080FC83BA88741E"/>
+            <w:pStyle w:val="C8D44CA2306D4EDE9792208729DA684B"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>[Autor]</w:t>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -6507,84 +6181,86 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
     <w:rsid w:val="0008524F"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="000C298F"/>
     <w:rsid w:val="000E78DE"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="001D13A9"/>
-    <w:rsid w:val="00243977"/>
     <w:rsid w:val="00250D63"/>
+    <w:rsid w:val="00256D01"/>
     <w:rsid w:val="002809F9"/>
     <w:rsid w:val="002F1648"/>
     <w:rsid w:val="00384018"/>
     <w:rsid w:val="003843F9"/>
     <w:rsid w:val="00413D8A"/>
     <w:rsid w:val="00436E85"/>
+    <w:rsid w:val="004A37B0"/>
     <w:rsid w:val="004E34E7"/>
     <w:rsid w:val="005750EA"/>
     <w:rsid w:val="005F3EA1"/>
     <w:rsid w:val="006268FA"/>
     <w:rsid w:val="006429C0"/>
     <w:rsid w:val="00672B01"/>
     <w:rsid w:val="006B798D"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007F009A"/>
     <w:rsid w:val="00832D46"/>
     <w:rsid w:val="008B23F4"/>
     <w:rsid w:val="00915D11"/>
     <w:rsid w:val="00921D22"/>
     <w:rsid w:val="00973420"/>
     <w:rsid w:val="00990A8D"/>
-    <w:rsid w:val="009C03D9"/>
     <w:rsid w:val="009E1172"/>
     <w:rsid w:val="00A263D8"/>
     <w:rsid w:val="00A42AAB"/>
+    <w:rsid w:val="00B32599"/>
     <w:rsid w:val="00B97DE4"/>
     <w:rsid w:val="00BD0A2E"/>
-    <w:rsid w:val="00BF18B3"/>
+    <w:rsid w:val="00BD661C"/>
     <w:rsid w:val="00C65858"/>
     <w:rsid w:val="00CE19C0"/>
     <w:rsid w:val="00DB6A48"/>
     <w:rsid w:val="00DC5FB5"/>
+    <w:rsid w:val="00DC6131"/>
     <w:rsid w:val="00E07AF9"/>
     <w:rsid w:val="00EB6940"/>
     <w:rsid w:val="00F04E53"/>
     <w:rsid w:val="00F56770"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -7005,58 +6681,58 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BF18B3"/>
+    <w:rsid w:val="00BD661C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC24DD99313D45AD9080FC83BA88741E">
-[...1 lines deleted...]
-    <w:rsid w:val="00BF18B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8D44CA2306D4EDE9792208729DA684B">
+    <w:name w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+    <w:rsid w:val="00BD661C"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Theme farbig">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -7362,66 +7038,66 @@
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42E35700-A5ED-4EBB-8E17-079DD4FAC49F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>678</Words>
-  <Characters>4275</Characters>
+  <Words>704</Words>
+  <Characters>4442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4944</CharactersWithSpaces>
+  <CharactersWithSpaces>5136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>10. September 2025</dc:creator>
+  <dc:creator>Glutz Solange</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>