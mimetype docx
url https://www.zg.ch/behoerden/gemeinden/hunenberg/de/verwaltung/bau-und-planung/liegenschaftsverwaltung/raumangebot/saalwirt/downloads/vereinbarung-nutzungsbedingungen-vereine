--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -1,64 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="308C10BC" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00375350" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="716540F8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00375350" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E73EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nutzungs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vereinbarung</w:t>
@@ -134,2223 +133,2198 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00375350">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
       <w:r w:rsidRPr="00375350">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086AC535" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="007A65B9" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="547A60A1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="007A65B9" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="031C2B9E" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="75D9E81C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nutzungsobjekt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC20A10" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="43AA8264" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zentrum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (siehe Punkt 2 Infrastruktur) zum Zweck der Selbstrestauration. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3108F476" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7F5918DB" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F972BE2" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="181B844B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Infrastruktur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257B4EDA" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="72AEF919" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Es wird folgende Infrastruktur zur Benützung abgegeben:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068CBB32" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3D973BB4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1 Küche (57 m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) inkl. Geschirrspüler, Steamer etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF610E7" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="6DDA3989" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1 Kühlraum (7 m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF36068" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="67DE321B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1 Abstellraum (6 m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC66499" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="52352108" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>1 Putzraum (4 m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620E344C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="5B4106F9" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2 WC-Anlagen je (1.5 m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F49CC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F9250B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="68B55AD7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="520F043E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="106AE8E3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Das Kleininventar (Geschirr, Besteck, Pfannen etc.) wird von der Eigentümerin zur Verfügung gestellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252291EC" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="70750CD3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ein mobiler Kühlschrank wird bei Bedarf durch die Einwohnergemeinde Hünenberg zur Verfügung gestellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A44C494" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="5579FBFA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B36444B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="43C49371" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Übernahme und Abgabe der Infrastruktur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE6EBFA" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="007A65B9" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="675925EC" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="007A65B9" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007A65B9">
-        <w:t xml:space="preserve">Für die Benützung der Küche erfolgt jeweils eine Übergabe/Instruktion der Infrastruktur zusammen mit dem </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> eine Kontrolle durch. Werden Mängel festgestellt, werden die Kosten dafür in Rechnung gestellt. </w:t>
+        <w:t xml:space="preserve">Für die Benützung der Küche erfolgt jeweils eine Übergabe/Instruktion der Infrastruktur zusammen mit dem Saalwart. Am Folgetag nach der Veranstaltung führt der Saalwart eine Kontrolle durch. Werden Mängel festgestellt, werden die Kosten dafür in Rechnung gestellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F7C40B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="6210C0B3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="002894F8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="37BD776F" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kosten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE79FB3" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7A9BA015" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Für die Benützung der Infrastruktur stellt die Eigentümerin Rechnung. Diese beträgt 6 % des Umsatzes exkl. MwSt. Wenn die Infrastruktur benützt wird und 3 % des Umsatzes, wenn diese nicht benützt wird. Vom Umsatz in Abzug gebracht werden die Getränkepreise des Standartsortiments gemäss Ziffer 6.</w:t>
+        <w:t>Für die Benützung der Infrastruktur stellt die Eigentümerin Rechnung. Diese beträgt 6 % des Umsatzes exkl. MwSt., wenn die Infrastruktur benützt wird und 3 % des Umsatzes, wenn diese nicht benützt wird. Vom Umsatz in Abzug gebracht werden die Getränkepreise des Standardsortiments gemäss Ziffer 6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E652F2" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3F593FC3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA63DE">
         <w:t>Wird ausschliesslich die Tiefkühlzelle in der Küche benutzt, beträgt der Ansatz 3 %</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk212465466"/>
     </w:p>
-    <w:p w14:paraId="1608E9A1" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="5DEFF8AD" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA63DE">
-        <w:t xml:space="preserve">Die </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Die Umsatzbeteil</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ig</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DA63DE">
-        <w:t>Umsatzbeteilung</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> von 6% bzw. 3% gilt bei einem Umsatz bis CHF 40'000.—</w:t>
+        <w:t>ung von 6% bzw. 3% gilt bei einem Umsatz bis CHF 40'000.—</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA63DE">
         <w:t>Wird dieser Betrag überschritten, entscheidet die Gemeinde auf Anfrage</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve"> über den Ansatz für den Mehrbetrag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF7858D" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="5A23E0B5" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Die Nebenkosten (Strom, Heizung, Wasser Licht etc.) werden von der Eigentümerin getragen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CB57AD" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00DA63DE" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="2D70741E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00DA63DE" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA63DE">
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:r>
         <w:t>Einwohnergemeinde Hünenberg</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA63DE">
         <w:t xml:space="preserve"> stellt kostenfrei gebührenpflichtige Kehrichtsäcke zur Verfügung. Grossmengen sind mit der Gemeinde abzusprechen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEF5F97" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="4E23801C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Die Kosten für das Verbrauchs- und Reinigungsmaterial werden durch die Eigentümerin getragen und zur Verfügung gestellt (Kosten für Servietten, Tischtücher etc. müssen durch den Verein getragen werden)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41044138" w14:textId="77777777" w:rsidR="00DE6AAD" w:rsidRDefault="00DE6AAD" w:rsidP="00DE6AAD">
+    <w:p w14:paraId="42F68A83" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E872A4E" w14:textId="42F16032" w:rsidR="00183567" w:rsidRPr="00E52A8E" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="072CA35A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00E52A8E" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52A8E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Getränke </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126EAFDB" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00126085" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="56836C6A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00126085" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00126085">
-        <w:t xml:space="preserve">Die Einwohnergemeinde Hünenberg führt ein Standard-Getränkesortiment. Die Getränke aus dem </w:t>
+        <w:t>Die Einwohnergemeinde Hünenberg führt ein Standard</w:t>
+      </w:r>
+      <w:r>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126085">
+        <w:t xml:space="preserve">etränkesortiment. Die Getränke aus dem </w:t>
       </w:r>
       <w:r w:rsidRPr="00403592">
         <w:t>Standardsortiment können über die</w:t>
       </w:r>
       <w:r w:rsidRPr="00126085">
         <w:t xml:space="preserve"> gemeindliche Website bezogen werden. Die bestellten Getränke werden im entsprechenden Lagerraum des Zentrums </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03B2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00126085">
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
       <w:r w:rsidRPr="00D03B2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="00126085">
         <w:t xml:space="preserve"> bereitgestellt. Das Leergut muss unmittelbar nach der Veranstaltung vom </w:t>
       </w:r>
       <w:r>
         <w:t>Verein</w:t>
       </w:r>
       <w:r w:rsidRPr="00126085">
         <w:t xml:space="preserve"> separat im Lagerraum deponiert werden. Die effektiv verbrauchte Getränkemenge des Standardsortiments ist zwecks Verrechnung unmittelbar nach der Veranstaltung der Einwohnergemeinde Hünenberg (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00126085">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00126085">
         <w:t xml:space="preserve">) zu melden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5D1CE8" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567"/>
-    <w:p w14:paraId="7E2ABA88" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="0AE30B9B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1"/>
+    <w:p w14:paraId="4340FEC4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standardgetränkesortiment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Für das Standartsortiment gelten folgende Preise für die Selbstrestauration </w:t>
       </w:r>
       <w:r w:rsidRPr="00367A4B">
         <w:t>inkl. M</w:t>
       </w:r>
       <w:r>
         <w:t>wSt.</w:t>
       </w:r>
       <w:r w:rsidRPr="00367A4B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="8493" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4197"/>
         <w:gridCol w:w="1940"/>
         <w:gridCol w:w="2356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="0DD3A20A" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3404665B" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4842F3D5" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2F7A8DA8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B91191B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="0B992174" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="187CFBC6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="0CA51431" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="11F3D449" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="01A1B651" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFC1B93" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="27D780A2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BA83E3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="116E9CF3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="026258C3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5B87BE70" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="67EB3F4B" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="41D13DF5" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5223A4C6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="33DBFCEB" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C752FE0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1982A5C1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76BA6616" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="441DAF0C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="6C750A0C" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="78931A5D" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E81044" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1342B307" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Cola Zero </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC4C962" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="00DAD0EA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6E95C8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="658D4B6A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="0A8AD658" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="4212F509" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610F59E1" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="3E676CED" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Fanta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F7FFC1" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="20CAA5C7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="591B61FC" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1946896E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="79810098" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="2D3088F6" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4DA0A0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="6C4F3D53" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Sprite </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C17C582" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="36F077F0" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7700EC95" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="4236037C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="6F06E5B2" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="10727027" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6500B9C8" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="3A0301D6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
-              <w:t>Rivella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> blau </w:t>
+              <w:t xml:space="preserve">Rivella blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67E42384" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="206A38A0" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36337471" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="260B0959" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D0A6124" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3A524DE6" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A6C4EA" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="11455353" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
-              <w:t>Rivella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> rot </w:t>
+              <w:t xml:space="preserve">Rivella rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76DD2A88" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2B9A51BF" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB5A868" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5A3EE7DF" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="32E76DAE" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="08DF87A6" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723D873B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="02833C03" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier hell </w:t>
             </w:r>
             <w:r>
-              <w:t>(</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 1862 Original)</w:t>
+              <w:t>(Hopfenmandli 1862 Original)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D79C484" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="7FA1EF31" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0374CCF4" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="02621C2C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5963DEB8" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="49F34DF2" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73677929" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="02639F9C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier dunkel </w:t>
             </w:r>
             <w:r>
-              <w:t>(</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(Höllbier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63A008A3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="42EEE5E6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D78410A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="61F68904" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="01908684" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="0DFE92A5" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67641AA0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1602218C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Bier alkoholfrei </w:t>
             </w:r>
             <w:r>
               <w:t>(Feinherb)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065E478B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="6ACDA929" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69EB43AF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="6EDF77A9" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="2BA08CC3" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="596006BC" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208525AF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="7A4C8E58" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F03791A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="65FDADF8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3349A736" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5007E16E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="31E56D7B" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="0C4CB0A8" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4944D145" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="53EF48F7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701D1DA4" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1DCF1070" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28070F5F" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2BB650F6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D83B1E8" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3D2C09E6" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49A5C37A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="7521D4DA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
-              <w:t>Rivella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> rot </w:t>
+              <w:t xml:space="preserve">Rivella rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7748F735" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2DEF9566" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4540AEEE" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5B433A9A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="3A96293C" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="799B939B" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="204CFC22" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5D84A23B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
-              <w:t>Rivella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> blau </w:t>
+              <w:t xml:space="preserve">Rivella blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44715894" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="44509DEE" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5FF065" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="63C78DE6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="52345D7E" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="11ACD26F" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB8B4C5" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="607AA674" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Sprite Tray </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21FBB878" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="5C50A7CD" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E09155" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1D424063" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="3F6006DA" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="2D762F3C" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF38F07" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2E11B634" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">Fanta Orange </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C2DABB" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="7887C679" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="254E13F3" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="0BD60B25" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="49D96599" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="7881843A" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61F3AE2A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="29FECB64" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Coca Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6D5A59" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="2ECD96D1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2FE10B" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="201FA173" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="7DB2BC24" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="7AC5E09F" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="341B6910" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1BBAA1E7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coca Cola </w:t>
+              <w:t>Coca Cola zero</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9A536C" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="61E1E612" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7F0A16" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="3244217F" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183567" w:rsidRPr="0093488D" w14:paraId="5D59BCCF" w14:textId="77777777" w:rsidTr="00EC4147">
+      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="56A870EB" w14:textId="77777777" w:rsidTr="00DA087B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE89C3A" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="14472BA6" w14:textId="1C644633" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0093488D">
-              <w:t>Cafe</w:t>
+              <w:t>Cafe Cr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00941CAD">
+              <w:t>è</w:t>
+            </w:r>
             <w:r w:rsidRPr="0093488D">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> / Espresso</w:t>
+              <w:t>me / Espresso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12BE2D52" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="09624AC3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t>Tasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DD6ADF" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="0093488D" w:rsidRDefault="00183567" w:rsidP="00EC4147">
+          <w:p w14:paraId="1ADACAF2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0093488D">
               <w:t xml:space="preserve">CHF    </w:t>
             </w:r>
             <w:r w:rsidRPr="00F373D2">
               <w:t>1.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56AD3C32" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00C947B9" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="1700BA65" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00C947B9" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EEB32B0" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00C53017" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="11FB7210" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00C53017" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk203490307"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk202867710"/>
       <w:r w:rsidRPr="00C53017">
         <w:t xml:space="preserve">Die Bestellung hat per E-Mail </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="005370C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C53017">
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="300472B0" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="76537A38" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35B0A13B" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7B84AF33" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00403592">
         <w:t>Bei Nutzung einer eigenen Kaffeemaschine müssen die Kaffeebohnen, Kaffeerahm und Zucker selbst mitgebracht werden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54261F5C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="2C423748" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034F9376" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1727">
+        <w:t xml:space="preserve">Beim Weiterverkauf von alkoholischen Getränken benötigt es eine Bewilligung für Alkoholausschank. Diese ist bei der Abteilung Sicherheit und Umwelt über folgenden </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Link</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1727">
+        <w:t>zu beantragen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED8C23A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="558DFED6" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00D14D5B" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7C9FF2ED" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00D14D5B" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Abrechnung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43763F98" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00153658" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="1F37665C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00153658" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk202868716"/>
       <w:r w:rsidRPr="00153658">
         <w:t xml:space="preserve">Nach der Veranstaltung meldet der </w:t>
       </w:r>
       <w:r>
         <w:t>Verein</w:t>
       </w:r>
       <w:r w:rsidRPr="00153658">
-        <w:t xml:space="preserve"> den Umsatz auf Speisen und Getränke ausserhalb des Standardsortimentes</w:t>
+        <w:t xml:space="preserve"> den </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Gesamtu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153658">
+        <w:t>msatz auf Speisen und Getränke</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153658">
-        <w:t>Werden Getränke aus dem Standardsortiment bezogen, verrechnet die Einwohnergemeinde Hünenberg die nach der Veranstaltung gemeldet resp. bezogene Mengen.</w:t>
+        <w:t>Werden Getränke aus dem Standardsortiment bezogen, verrechnet die Einwohnergemeinde Hünenberg die nach der Veranstaltung gemeldet</w:t>
+      </w:r>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153658">
+        <w:t xml:space="preserve"> resp. bezogene</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153658">
+        <w:t xml:space="preserve"> Mengen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="2A727A9E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="2B5E9F6E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49112336" w14:textId="77777777" w:rsidR="00DE6AAD" w:rsidRDefault="00DE6AAD" w:rsidP="00DE6AAD">
+    <w:p w14:paraId="681707CA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40C6316E" w14:textId="5B46E020" w:rsidR="00183567" w:rsidRPr="0027558D" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="5692BF80" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027558D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sorgfaltspflicht</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> / Reinigung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E630E59" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="56C979A6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Die gemäss Punkt 2 zur Verfügung gestellten Räume sind ausschliesslich für den vertraglichen Zweck und mit grösster Sorgfalt zu gebrauchen. Allfällige Mängel sind der Eigentümerin (Einwohnergemeinde) umgehend zu melden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092A2774" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="0A4CC194" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31384CAE" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3DAB104D" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sämtliche zur Verfügung gestellten Räume gemäss Punkt 2 sind sauber zu halten. Sollte eine nachträgliche Nachreinigung notwendig sein, so sind die Kosten durch den Verein zu tragen. Sämtliches Material (Lebensmittel etc.) ist nach jedem Anlass wieder abzutransportieren. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E28A3F" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="669D2307" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28DE8754" w14:textId="77777777" w:rsidR="00183567" w:rsidRPr="00E7272A" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3555A134" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00E7272A" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7272A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sonstiges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFA5F54" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="311623AE" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve">Parkplätze sind </w:t>
       </w:r>
       <w:r>
         <w:t>in der Umgebung vorhanden</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve"> und es kann für die Dauer eine Parkkarte zur Verfügung gestellt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> werden</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve">. Für den Warenumschlag kann kurzfristig </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vor dem Haus </w:t>
       </w:r>
       <w:r w:rsidRPr="00E71F1D">
         <w:t xml:space="preserve">parkiert werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F281419" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3963913E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F97E337" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3BC7D8DB" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71F1D">
         <w:t>Ein Aufzug ist vorhanden und kann genutzt werden.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F4908C" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7CD72185" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1159FCFD" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="642DF4F5" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="444B3D3E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="521B4EC4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15794A5E" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="7CA9A764" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hünenberg, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1184736721"/>
           <w:placeholder>
-            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6926BFA1" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="1387A0A4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E926845" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="552A6A0D" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21B6DE4F" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="57335095" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F7B3BDC" w14:textId="3BFD1EE8" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="66A7587E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Verein / Institution (vertreten durch)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:id w:val="-250744595"/>
           <w:placeholder>
-            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0063061F">
+          <w:bookmarkStart w:id="4" w:name="Text1"/>
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text1"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput/>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:bookmarkStart w:id="4" w:name="Text1"/>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:bookmarkEnd w:id="4"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="35B46BD8" w14:textId="4C3388F0" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="3CFAB6FC" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Name / Vorname</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:id w:val="130295549"/>
           <w:placeholder>
-            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0063061F">
+          <w:bookmarkStart w:id="5" w:name="Text2"/>
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text2"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput/>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:bookmarkStart w:id="5" w:name="Text2"/>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:bookmarkEnd w:id="5"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="659A204C" w14:textId="0F32EB8C" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="794AB9E2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>E-Mail</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:id w:val="-100110993"/>
           <w:placeholder>
-            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0063061F">
+          <w:bookmarkStart w:id="6" w:name="Text3"/>
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text3"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput/>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:bookmarkStart w:id="6" w:name="Text3"/>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:bookmarkEnd w:id="6"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="64D5F3DA" w14:textId="488CB213" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
+    <w:p w14:paraId="42CA1939" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tel. Nr. </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:id w:val="-983239668"/>
           <w:placeholder>
-            <w:docPart w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0063061F">
+          <w:bookmarkStart w:id="7" w:name="Text4"/>
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text4"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput/>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:bookmarkStart w:id="7" w:name="Text4"/>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t> </w:t>
           </w:r>
-          <w:r w:rsidR="0063061F">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:bookmarkEnd w:id="7"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7EF8CFC7" w14:textId="77777777" w:rsidR="00183567" w:rsidRDefault="00183567" w:rsidP="00183567">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00EF1F2E" w:rsidRPr="00183567" w:rsidSect="00F609DA">
+    <w:p w14:paraId="6EE449C9" w14:textId="5F3E3ADE" w:rsidR="00103474" w:rsidRPr="007467F1" w:rsidRDefault="00103474" w:rsidP="007467F1"/>
+    <w:sectPr w:rsidR="00103474" w:rsidRPr="007467F1" w:rsidSect="00DC64E0">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1985" w:header="522" w:footer="385" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="993" w:left="1985" w:header="522" w:footer="385" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="314AA907" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
+    <w:p w14:paraId="310AD94F" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6406D5F1" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
+    <w:p w14:paraId="06F01C73" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2375,112 +2349,163 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGridPositioning"/>
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
     <w:tr w:rsidR="000B1F8C" w14:paraId="0DFDF302" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
-      <w:tc>
-[...10 lines deleted...]
-      </w:tc>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="AdditionalLogoOptional"/>
+          <w:tag w:val="primedocs.Field=AdditionalLogoOptional"/>
+          <w:id w:val="438340569"/>
+          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/AdditionalLogoOptional[1]" w:storeItemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}"/>
+          <w15:color w:val="3366FF"/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:tc>
+            <w:tcPr>
+              <w:tcW w:w="3005" w:type="dxa"/>
+              <w:vAlign w:val="bottom"/>
+            </w:tcPr>
+            <w:p w14:paraId="23FBCD41" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00500070">
+              <w:pPr>
+                <w:pStyle w:val="Fuzeile"/>
+              </w:pPr>
+              <w:r>
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0069E6E0" wp14:editId="79CADC23">
+                    <wp:extent cx="529200" cy="529200"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="1272911397" name="Bild 2"/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="3" name="Bild 2"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId1"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="529200" cy="529200"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:p>
+          </w:tc>
+        </w:sdtContent>
+      </w:sdt>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="626056A3" w14:textId="34350F1C" w:rsidR="00396472" w:rsidRPr="00701A80" w:rsidRDefault="00701A80" w:rsidP="00701A80">
+  <w:p w14:paraId="626056A3" w14:textId="66292CDF" w:rsidR="00396472" w:rsidRPr="00DC64E0" w:rsidRDefault="00391A1D" w:rsidP="00DC64E0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00701A80">
+    <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">30. </w:t>
+      <w:t>20. November</w:t>
     </w:r>
-    <w:r w:rsidR="0063061F">
-[...6 lines deleted...]
-    <w:r w:rsidRPr="00701A80">
+    <w:r w:rsidR="00DC64E0" w:rsidRPr="00DC64E0">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1943609B" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
+    <w:p w14:paraId="4388E680" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04A1965A" w14:textId="77777777" w:rsidR="001E07CE" w:rsidRDefault="001E07CE" w:rsidP="00F657BF">
+    <w:p w14:paraId="68AD5F7C" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CFB4DB2" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD689C">
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="8504" w:type="dxa"/>
@@ -2590,57 +2615,52 @@
           <w:id w:val="-2034716603"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w15:color w:val="3366FF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2761" w:type="dxa"/>
               <w:noWrap/>
             </w:tcPr>
             <w:p w14:paraId="08488EA9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="SenderDepartement"/>
               </w:pPr>
               <w:r>
                 <w:t>Bau und Planung</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="62958D0F" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
-              <w:proofErr w:type="spellStart"/>
               <w:r>
-                <w:t>Chamerstrasse</w:t>
-[...3 lines deleted...]
-                <w:t xml:space="preserve"> 11</w:t>
+                <w:t>Chamerstrasse 11</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="1E5163F9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>6331 Hünenberg</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="33751409" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>Telefon: +41 41 784 44 30</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="2D8E692C" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>www.huenenberg.ch</w:t>
               </w:r>
@@ -2682,51 +2702,51 @@
           <w:alias w:val="LogoOptional"/>
           <w:tag w:val="primedocs.Field=LogoOptional"/>
           <w:id w:val="1214085226"/>
           <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/LogoOptional[1]" w:storeItemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}"/>
           <w15:color w:val="3366FF"/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="7030" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="135ACE33" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
               <w:pPr>
                 <w:pStyle w:val="KeinLeerraum"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F3C963" wp14:editId="6381AA2A">
                     <wp:extent cx="1962000" cy="744309"/>
                     <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                    <wp:docPr id="28980033" name="Bild 1"/>
+                    <wp:docPr id="1800924773" name="Bild 1"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="2" name="Bild 1"/>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1962000" cy="744309"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
@@ -3502,139 +3522,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="434D1A8D"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="496B532B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A6E5A7A"/>
     <w:styleLink w:val="ListAlphabeticList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="726" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
@@ -3704,72 +3635,68 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D997B83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:numStyleLink w:val="ListNumericList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A21B49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A6DE3156"/>
-    <w:lvl w:ilvl="0" w:tplc="FD52FE38">
+    <w:tmpl w:val="D9F2CCB4"/>
+    <w:lvl w:ilvl="0" w:tplc="0807000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3800,63 +3727,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C454AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:numStyleLink w:val="HeadingList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DF5DF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73530032"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:styleLink w:val="ListCMIAntragAlphabeticSmall"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="CMIAntragAlphabeticSmall"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="283"/>
       </w:pPr>
@@ -3927,51 +3854,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3402" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DEE6C55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE186F74"/>
     <w:styleLink w:val="ListAlphabeticWithLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="CMIAntragAlphabetic"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -4070,357 +3997,367 @@
           <w:tab w:val="num" w:pos="3402"/>
         </w:tabs>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3827"/>
         </w:tabs>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="948052518">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="538057007">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1508250717">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1613829348">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="885068017">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="417293055">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="115224692">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="188376372">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1034038349">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="144779441">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="53046455">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1897663071">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="246690134">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="340083041">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="568617631">
-[...2 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="66920046">
+  <w:num w:numId="15" w16cid:durableId="66920046">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="16"/>
+  <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ACoJKBBT6UNsF/s6GKJfazPSyuyHlx9kAKjF8PGJvsIl/EsdYPzznjpUGnRUpDlQ/LWkJiFEdo3VfDVW06tLNw==" w:salt="I2ij2EITErCb5EgrUt5Y+A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
     <w:rsid w:val="00014D7A"/>
+    <w:rsid w:val="00021E61"/>
+    <w:rsid w:val="00027400"/>
+    <w:rsid w:val="00034DB3"/>
     <w:rsid w:val="00036C0C"/>
     <w:rsid w:val="000554C2"/>
-    <w:rsid w:val="0008524F"/>
+    <w:rsid w:val="00067BF8"/>
+    <w:rsid w:val="00080F36"/>
     <w:rsid w:val="00091713"/>
     <w:rsid w:val="00096875"/>
     <w:rsid w:val="000978A6"/>
     <w:rsid w:val="000A7A9A"/>
+    <w:rsid w:val="000B6484"/>
     <w:rsid w:val="000C298F"/>
     <w:rsid w:val="000C5BC6"/>
-    <w:rsid w:val="000E78DE"/>
+    <w:rsid w:val="000F1684"/>
     <w:rsid w:val="000F2C65"/>
     <w:rsid w:val="000F6908"/>
     <w:rsid w:val="00103474"/>
     <w:rsid w:val="00105A68"/>
     <w:rsid w:val="00123FE7"/>
     <w:rsid w:val="00144999"/>
     <w:rsid w:val="00170768"/>
-    <w:rsid w:val="00173748"/>
-    <w:rsid w:val="00183567"/>
     <w:rsid w:val="00185E1B"/>
+    <w:rsid w:val="001A0F7F"/>
     <w:rsid w:val="001B7C92"/>
     <w:rsid w:val="001C2E2D"/>
+    <w:rsid w:val="001C65F9"/>
     <w:rsid w:val="001D13A9"/>
-    <w:rsid w:val="001E07CE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00256D01"/>
+    <w:rsid w:val="00226CD4"/>
     <w:rsid w:val="0027558D"/>
     <w:rsid w:val="002809F9"/>
     <w:rsid w:val="002828D0"/>
-    <w:rsid w:val="002A6E42"/>
+    <w:rsid w:val="002A0529"/>
     <w:rsid w:val="002B5D9F"/>
-    <w:rsid w:val="002C4520"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002C6EB8"/>
     <w:rsid w:val="002E1748"/>
-    <w:rsid w:val="002E564D"/>
     <w:rsid w:val="002F76FC"/>
     <w:rsid w:val="0031538C"/>
+    <w:rsid w:val="00320DF7"/>
     <w:rsid w:val="0032437D"/>
     <w:rsid w:val="003569E8"/>
     <w:rsid w:val="00367A4B"/>
-    <w:rsid w:val="00375350"/>
     <w:rsid w:val="00382AF6"/>
     <w:rsid w:val="00382B34"/>
     <w:rsid w:val="00384018"/>
     <w:rsid w:val="003843F9"/>
+    <w:rsid w:val="00391A1D"/>
     <w:rsid w:val="00391A44"/>
     <w:rsid w:val="00396472"/>
+    <w:rsid w:val="003967B0"/>
     <w:rsid w:val="003A389F"/>
+    <w:rsid w:val="003A72BA"/>
     <w:rsid w:val="003A74CC"/>
     <w:rsid w:val="003B2482"/>
-    <w:rsid w:val="003B467F"/>
+    <w:rsid w:val="003B5365"/>
     <w:rsid w:val="003C2355"/>
+    <w:rsid w:val="003C6CBF"/>
     <w:rsid w:val="003F13F8"/>
     <w:rsid w:val="00403ADB"/>
     <w:rsid w:val="00411516"/>
     <w:rsid w:val="00413D8A"/>
-    <w:rsid w:val="0042092E"/>
-    <w:rsid w:val="00436E85"/>
+    <w:rsid w:val="00422EB7"/>
+    <w:rsid w:val="00445F2D"/>
     <w:rsid w:val="004568B1"/>
-    <w:rsid w:val="00482072"/>
-    <w:rsid w:val="004912BE"/>
+    <w:rsid w:val="00480C06"/>
     <w:rsid w:val="004A2FBF"/>
-    <w:rsid w:val="004A37B0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C1E11"/>
+    <w:rsid w:val="004C2DB0"/>
     <w:rsid w:val="004C7ACE"/>
+    <w:rsid w:val="004D7E26"/>
     <w:rsid w:val="004E34E7"/>
-    <w:rsid w:val="004E59FD"/>
     <w:rsid w:val="00510D83"/>
-    <w:rsid w:val="00527B02"/>
-    <w:rsid w:val="005370C4"/>
+    <w:rsid w:val="00520302"/>
+    <w:rsid w:val="00567F02"/>
     <w:rsid w:val="0057139D"/>
     <w:rsid w:val="00572FD3"/>
     <w:rsid w:val="005750EA"/>
     <w:rsid w:val="00585930"/>
+    <w:rsid w:val="005904B6"/>
+    <w:rsid w:val="005A1727"/>
+    <w:rsid w:val="005A32F8"/>
+    <w:rsid w:val="005C0326"/>
+    <w:rsid w:val="005C5BF1"/>
     <w:rsid w:val="005D71DB"/>
     <w:rsid w:val="005F1E7A"/>
-    <w:rsid w:val="005F3EA1"/>
     <w:rsid w:val="005F5B61"/>
     <w:rsid w:val="0060640C"/>
-    <w:rsid w:val="00615232"/>
+    <w:rsid w:val="00624465"/>
     <w:rsid w:val="006247A2"/>
-    <w:rsid w:val="006268FA"/>
     <w:rsid w:val="006271F0"/>
-    <w:rsid w:val="0063061F"/>
+    <w:rsid w:val="00636B74"/>
+    <w:rsid w:val="00637620"/>
     <w:rsid w:val="006429C0"/>
-    <w:rsid w:val="00663953"/>
     <w:rsid w:val="00672B01"/>
     <w:rsid w:val="00691C92"/>
-    <w:rsid w:val="006B798D"/>
+    <w:rsid w:val="006C1C96"/>
     <w:rsid w:val="006C1FAE"/>
     <w:rsid w:val="006D6C2C"/>
-    <w:rsid w:val="00701A80"/>
+    <w:rsid w:val="006E74EF"/>
     <w:rsid w:val="00725687"/>
+    <w:rsid w:val="00725C57"/>
     <w:rsid w:val="00736062"/>
     <w:rsid w:val="0074302A"/>
     <w:rsid w:val="0074376D"/>
-    <w:rsid w:val="007801D1"/>
-    <w:rsid w:val="007A65B9"/>
+    <w:rsid w:val="007467F1"/>
+    <w:rsid w:val="007549A5"/>
+    <w:rsid w:val="00777AD0"/>
     <w:rsid w:val="007A7B92"/>
     <w:rsid w:val="007B1043"/>
     <w:rsid w:val="007B2BDD"/>
+    <w:rsid w:val="007C2D7D"/>
+    <w:rsid w:val="007C62A5"/>
+    <w:rsid w:val="007D4EC4"/>
     <w:rsid w:val="007D638C"/>
     <w:rsid w:val="007D6EC4"/>
+    <w:rsid w:val="007E3B74"/>
     <w:rsid w:val="007F009A"/>
-    <w:rsid w:val="0081620C"/>
+    <w:rsid w:val="007F6366"/>
     <w:rsid w:val="00817C39"/>
+    <w:rsid w:val="00820696"/>
+    <w:rsid w:val="00832650"/>
     <w:rsid w:val="00832D46"/>
     <w:rsid w:val="00864892"/>
+    <w:rsid w:val="00865CEC"/>
     <w:rsid w:val="00866A34"/>
+    <w:rsid w:val="00874281"/>
+    <w:rsid w:val="008757AD"/>
     <w:rsid w:val="00886B72"/>
     <w:rsid w:val="00897BD2"/>
+    <w:rsid w:val="008A3EE1"/>
     <w:rsid w:val="008B23F4"/>
     <w:rsid w:val="008D4582"/>
-    <w:rsid w:val="008E76A0"/>
+    <w:rsid w:val="008E375B"/>
+    <w:rsid w:val="008F4BC2"/>
     <w:rsid w:val="008F52AF"/>
-    <w:rsid w:val="008F5B0C"/>
-    <w:rsid w:val="009131D7"/>
     <w:rsid w:val="00915D11"/>
     <w:rsid w:val="00921D22"/>
-    <w:rsid w:val="00921F98"/>
     <w:rsid w:val="00925AF8"/>
-    <w:rsid w:val="00927CFD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00973420"/>
+    <w:rsid w:val="00941CAD"/>
+    <w:rsid w:val="0094385C"/>
+    <w:rsid w:val="009555A0"/>
     <w:rsid w:val="00990A8D"/>
+    <w:rsid w:val="009931E2"/>
     <w:rsid w:val="0099465F"/>
+    <w:rsid w:val="009B01B9"/>
+    <w:rsid w:val="009B2421"/>
+    <w:rsid w:val="009B4F7D"/>
+    <w:rsid w:val="009B699E"/>
     <w:rsid w:val="009C61FF"/>
-    <w:rsid w:val="009E1172"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009F64D6"/>
+    <w:rsid w:val="009E470D"/>
     <w:rsid w:val="00A025D3"/>
     <w:rsid w:val="00A026B6"/>
-    <w:rsid w:val="00A0592A"/>
     <w:rsid w:val="00A070F9"/>
     <w:rsid w:val="00A263D8"/>
-    <w:rsid w:val="00A3074D"/>
     <w:rsid w:val="00A42AAB"/>
     <w:rsid w:val="00A50738"/>
-    <w:rsid w:val="00A6086F"/>
-    <w:rsid w:val="00A675EE"/>
+    <w:rsid w:val="00A57A16"/>
     <w:rsid w:val="00A7265A"/>
     <w:rsid w:val="00A8739A"/>
     <w:rsid w:val="00A92F05"/>
     <w:rsid w:val="00A930AA"/>
     <w:rsid w:val="00A960D7"/>
     <w:rsid w:val="00A96235"/>
-    <w:rsid w:val="00A96750"/>
     <w:rsid w:val="00AA2704"/>
     <w:rsid w:val="00AB16CC"/>
+    <w:rsid w:val="00AD6670"/>
     <w:rsid w:val="00AD667E"/>
+    <w:rsid w:val="00AE3782"/>
     <w:rsid w:val="00AF7F58"/>
-    <w:rsid w:val="00B07952"/>
-    <w:rsid w:val="00B13BEF"/>
     <w:rsid w:val="00B1532B"/>
-    <w:rsid w:val="00B312BF"/>
+    <w:rsid w:val="00B20236"/>
     <w:rsid w:val="00B53088"/>
-    <w:rsid w:val="00B5780B"/>
     <w:rsid w:val="00B61100"/>
+    <w:rsid w:val="00B66B8E"/>
+    <w:rsid w:val="00B820BA"/>
+    <w:rsid w:val="00B87AC8"/>
     <w:rsid w:val="00B97DE4"/>
     <w:rsid w:val="00B97FC0"/>
+    <w:rsid w:val="00BA2AB4"/>
     <w:rsid w:val="00BB46D3"/>
     <w:rsid w:val="00BB4F0C"/>
-    <w:rsid w:val="00BC279C"/>
     <w:rsid w:val="00BC78AD"/>
-    <w:rsid w:val="00BD0A2E"/>
+    <w:rsid w:val="00C058B9"/>
     <w:rsid w:val="00C24EF5"/>
     <w:rsid w:val="00C25177"/>
     <w:rsid w:val="00C34245"/>
-    <w:rsid w:val="00C50A6E"/>
-    <w:rsid w:val="00C53017"/>
+    <w:rsid w:val="00C40982"/>
+    <w:rsid w:val="00C6233F"/>
     <w:rsid w:val="00C65858"/>
-    <w:rsid w:val="00CA1A1B"/>
+    <w:rsid w:val="00C9370D"/>
+    <w:rsid w:val="00C947B9"/>
     <w:rsid w:val="00CB0200"/>
     <w:rsid w:val="00CB2BED"/>
     <w:rsid w:val="00CB33E0"/>
-    <w:rsid w:val="00CE19C0"/>
+    <w:rsid w:val="00CC6449"/>
+    <w:rsid w:val="00CE42FB"/>
     <w:rsid w:val="00CE6ADE"/>
     <w:rsid w:val="00D02FBD"/>
-    <w:rsid w:val="00D10FBD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D16F93"/>
+    <w:rsid w:val="00D204AE"/>
     <w:rsid w:val="00D22BE4"/>
     <w:rsid w:val="00D239CD"/>
-    <w:rsid w:val="00D83E4E"/>
+    <w:rsid w:val="00D7398B"/>
     <w:rsid w:val="00D849D4"/>
+    <w:rsid w:val="00D86578"/>
     <w:rsid w:val="00DB6A48"/>
     <w:rsid w:val="00DC148F"/>
-    <w:rsid w:val="00DC5FB5"/>
+    <w:rsid w:val="00DC64E0"/>
     <w:rsid w:val="00DC77FF"/>
     <w:rsid w:val="00DD20EF"/>
+    <w:rsid w:val="00DD6E98"/>
     <w:rsid w:val="00DE07A3"/>
-    <w:rsid w:val="00DE6AAD"/>
     <w:rsid w:val="00DF0E30"/>
     <w:rsid w:val="00E04122"/>
     <w:rsid w:val="00E07AF9"/>
-    <w:rsid w:val="00E42552"/>
-    <w:rsid w:val="00E52A8E"/>
+    <w:rsid w:val="00E34A10"/>
+    <w:rsid w:val="00E5294A"/>
     <w:rsid w:val="00E71F1D"/>
     <w:rsid w:val="00E7272A"/>
-    <w:rsid w:val="00E73EDC"/>
-    <w:rsid w:val="00EA06DC"/>
     <w:rsid w:val="00EB088A"/>
+    <w:rsid w:val="00EB0C11"/>
+    <w:rsid w:val="00EB33B3"/>
     <w:rsid w:val="00EB6940"/>
     <w:rsid w:val="00ED0004"/>
     <w:rsid w:val="00ED41FA"/>
     <w:rsid w:val="00ED6C89"/>
-    <w:rsid w:val="00EF1F2E"/>
+    <w:rsid w:val="00EE4524"/>
+    <w:rsid w:val="00EF4D76"/>
     <w:rsid w:val="00F03E93"/>
-    <w:rsid w:val="00F04E53"/>
     <w:rsid w:val="00F07389"/>
     <w:rsid w:val="00F25DC6"/>
-    <w:rsid w:val="00F339BC"/>
+    <w:rsid w:val="00F33B24"/>
     <w:rsid w:val="00F41433"/>
-    <w:rsid w:val="00F41E75"/>
     <w:rsid w:val="00F56770"/>
-    <w:rsid w:val="00F609DA"/>
     <w:rsid w:val="00F657BF"/>
-    <w:rsid w:val="00F75C1B"/>
     <w:rsid w:val="00F81A78"/>
-    <w:rsid w:val="00F872F5"/>
+    <w:rsid w:val="00F827D5"/>
+    <w:rsid w:val="00FA6F87"/>
+    <w:rsid w:val="00FB1B1B"/>
     <w:rsid w:val="00FD6B48"/>
+    <w:rsid w:val="00FE4644"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="48AA6A3F"/>
@@ -5927,215 +5864,193 @@
     <w:rsid w:val="003C2355"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C2355"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A6086F"/>
+    <w:rsid w:val="00637620"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A6086F"/>
+    <w:rsid w:val="00637620"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D83E4E"/>
+    <w:rsid w:val="00226CD4"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="7173202">
-[...12 lines deleted...]
-    <w:div w:id="141654045">
+    <w:div w:id="280840463">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="408576723">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="773549341">
-[...12 lines deleted...]
-    <w:div w:id="2048677091">
+    <w:div w:id="421486167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/hunenberg/de/verwaltung/sicherheit-und-umwelt/polizeiamt/bewilligungen-im-sicherheitsbereich/downloads/gesuch-um-die-bewilligung-eines-anlasses/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0147FA33-10BF-4C5F-87BB-3829202A47BD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007B3D7D" w:rsidRDefault="007B3D7D">
           <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+        <w:name w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C109E175-1E02-44E9-AB4F-2E4A0B9D8A70}"/>
+        <w:guid w:val="{91712790-BC05-4BDD-876B-6574A4FC91DB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B32599" w:rsidRDefault="00BD661C" w:rsidP="00BD661C">
+        <w:p w:rsidR="0032420F" w:rsidRDefault="0032420F" w:rsidP="0032420F">
           <w:pPr>
-            <w:pStyle w:val="C8D44CA2306D4EDE9792208729DA684B"/>
+            <w:pStyle w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
           </w:pPr>
           <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6175,96 +6090,104 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
-    <w:rsid w:val="0008524F"/>
+    <w:rsid w:val="00027400"/>
     <w:rsid w:val="00091713"/>
+    <w:rsid w:val="000B6484"/>
     <w:rsid w:val="000C298F"/>
-    <w:rsid w:val="000E78DE"/>
+    <w:rsid w:val="000F1684"/>
+    <w:rsid w:val="001429F0"/>
     <w:rsid w:val="001C2E2D"/>
     <w:rsid w:val="001D13A9"/>
-    <w:rsid w:val="00250D63"/>
-    <w:rsid w:val="00256D01"/>
     <w:rsid w:val="002809F9"/>
     <w:rsid w:val="002F1648"/>
+    <w:rsid w:val="0032420F"/>
     <w:rsid w:val="00384018"/>
     <w:rsid w:val="003843F9"/>
+    <w:rsid w:val="003967B0"/>
+    <w:rsid w:val="003B5365"/>
     <w:rsid w:val="00413D8A"/>
-    <w:rsid w:val="00436E85"/>
-    <w:rsid w:val="004A37B0"/>
     <w:rsid w:val="004E34E7"/>
     <w:rsid w:val="005750EA"/>
-    <w:rsid w:val="005F3EA1"/>
-    <w:rsid w:val="006268FA"/>
+    <w:rsid w:val="005904B6"/>
+    <w:rsid w:val="005C0326"/>
+    <w:rsid w:val="005C5BF1"/>
+    <w:rsid w:val="00636B74"/>
     <w:rsid w:val="006429C0"/>
     <w:rsid w:val="00672B01"/>
-    <w:rsid w:val="006B798D"/>
+    <w:rsid w:val="00677273"/>
+    <w:rsid w:val="007549A5"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007F009A"/>
+    <w:rsid w:val="00832650"/>
     <w:rsid w:val="00832D46"/>
     <w:rsid w:val="008B23F4"/>
     <w:rsid w:val="00915D11"/>
     <w:rsid w:val="00921D22"/>
-    <w:rsid w:val="00973420"/>
+    <w:rsid w:val="009555A0"/>
     <w:rsid w:val="00990A8D"/>
-    <w:rsid w:val="009E1172"/>
+    <w:rsid w:val="009B699E"/>
     <w:rsid w:val="00A263D8"/>
     <w:rsid w:val="00A42AAB"/>
-    <w:rsid w:val="00B32599"/>
+    <w:rsid w:val="00A91AC5"/>
     <w:rsid w:val="00B97DE4"/>
-    <w:rsid w:val="00BD0A2E"/>
-    <w:rsid w:val="00BD661C"/>
+    <w:rsid w:val="00C058B9"/>
+    <w:rsid w:val="00C40982"/>
+    <w:rsid w:val="00C6233F"/>
     <w:rsid w:val="00C65858"/>
-    <w:rsid w:val="00CE19C0"/>
     <w:rsid w:val="00DB6A48"/>
-    <w:rsid w:val="00DC5FB5"/>
-    <w:rsid w:val="00DC6131"/>
     <w:rsid w:val="00E07AF9"/>
+    <w:rsid w:val="00E34A10"/>
+    <w:rsid w:val="00E5294A"/>
+    <w:rsid w:val="00EB33B3"/>
     <w:rsid w:val="00EB6940"/>
-    <w:rsid w:val="00F04E53"/>
+    <w:rsid w:val="00EE4524"/>
     <w:rsid w:val="00F56770"/>
+    <w:rsid w:val="00F70C6F"/>
+    <w:rsid w:val="00F827D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -6681,58 +6604,58 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BD661C"/>
+    <w:rsid w:val="0032420F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8D44CA2306D4EDE9792208729DA684B">
-[...1 lines deleted...]
-    <w:rsid w:val="00BD661C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A72DA9FC0DED48ACB80C4BB215EDAD66">
+    <w:name w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
+    <w:rsid w:val="0032420F"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Theme farbig">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -6940,63 +6863,55 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="e136e50c-3690-4197-be95-28cfc8ff3754" colorThemeId="Huenenberg" profile="993a2ca8-9c9a-44f9-a795-1e70141bd00e" lcid="2055"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <PrimeDocsFieldPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/FieldPart">
   <Content xmlns="">
     <Fields>
       <Forms>
         <LogoYesNo>true</LogoYesNo>
         <AdditionalLogoYesNo>true</AdditionalLogoYesNo>
       </Forms>
       <translated_Phone>Telefon: </translated_Phone>
       <Profile>
         <Org>
           <Postal>
             <Street>Chamerstrasse 11</Street>
             <Zip>6331</Zip>
             <City>Hünenberg</City>
             <PoBox/>
           </Postal>
           <Phone>+41 41 784 44 30</Phone>
           <Web>www.huenenberg.ch</Web>
           <Unit>Bau und Planung</Unit>
           <Logo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</Logo>
           <NoLogo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAA3ISURBVHhe7cghAcBAEASx92/6amDpFAWE5N0dAAAAAMCvZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAdO59VOJAK9nFU4IAAAAASUVORK5CYII=</NoLogo>
           <AdditionalLogo>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogo>
           <Email>bau-​planung@huenenberg.ch</Email>
           <Fax/>
           <Title>Gemeinde Hünenberg</Title>
@@ -7016,88 +6931,79 @@
           <Function>Leiter Betrieb Liegenschaften</Function>
           <FirstName>Roger</FirstName>
           <Alias>maog</Alias>
           <Salutation>Herr</Salutation>
           <QRCode>/9j/4AAQSkZJRgABAQEASABIAAD/7gAOQWRvYmUAZAAAAAAB/+E4mkV4aWYAAE1NACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAABMQACAAAAHwAAAHIBMgACAAAAFAAAAJKHaQAEAAAAAQAAAKYAAADGAEgAAAABAAAASAAAAAEAAEFkb2JlIFBob3Rvc2hvcCAyMy4zIChXaW5kb3dzKQAAMjAyMjowNjoxNyAxMDoxMToyNAAAAqACAAQAAAABAAAAjKADAAQAAAABAAAAjAAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAEUARsABQAAAAEAAAEcASgAAwAAAAEAAgAAAgEABAAAAAEAAAEkAgIABAAAAAEAADdtAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAjACMAwEiAAIRAQMRAf/dAAQACf/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A7rrXW8jDyDj45ppbTSMjIycgPcxrHP8AQqYyqj9I977EDpXXc/LzsWt92Lk4mW27bZRXaxwdSGbh+sO/4T9xC+s2HZ9pvy76qn9Nuxa6L325DcYNLbjc39LY17fpmtZGQ+jo+FXk3CnCwq8TMsxQ3Oabch11bHD7FfsY7f7a/Stp9TZ6jFaAxe104qPWP7v/AIZxe41Ccvu9eHiHSf7/AP4Xw+2329f+sX2qWX4GVVtuvZiNpvx7300WfZrYyM22vFpe21zWb7v0b/5yv9Gq1H1+zshtfSqset/1ic1gLGy7GNws3ZWIy9r/AE/Up6duy9/2n0/7f6NYmY+jrd5fm5D8TBy7cX1LMq70X1YTcf08zBuvu2+lZm5basyrGf8A8oVV/b02b1WnA6dZZdi0YfS8h7WdN/Z4bQ6rMJYy+7H6nQ39Yp+w/wA5n1Mr9f8AS4P+DVVtvY9Q+uGH0v6xHpWbbWKXYzskuAcHUipr7bHXud7L/tDR+r1436X9HZ6n060DJ6/9YT1WyrDpxz0/IoZb07Isa4exzK325+VYba6242NY/wBN+L+hzLfU/Q/zdq896nTX9YrM6qrOx7rumYjqsm+0Nsuub09lllGZgXus9R/7T/Sfa/R9T7Oz0vVsvV52FVV0XpFXUetX2YnUMjHpfZ9vPo24r2POYz7GXOZjMwLRVh2P32f9a/m0lOuz6+fW/qV1v7Jw8WlrbQxmNmtfVYKob+snJtvxsS39L7PQp/WP+DV3oP1061mdaz+h9Rdh0ZWLd6dFrarhVa2hzndS97rHtY9mO3dVvf7P5axcYdNyeu0VPyf2x9mw/tVHTMjqQzKftItfTYxl72vrssqwP1n0vRQcjp7+u3YIwcken1XO6rmU+jZDn0vqx7ThXPYf1W3Jr/QXtf8AzHqfpK3pKd7rH1y+svS6rm21Yv2ix1tmEyuu28elW4toqyfsltu3Iz6n1XY1v6KnZ6nqofW/rn9buj4rZxMfNtbe2vIyKabm01tdX63oejZZ69l20+r9or/Vv8D/ADyhifWa1gymdBwDWMD7P07M9Kk5N/qem6pmU/0m125NXSvs1uP6f/av1P53HVWj6yZ/Qq8h3V80ZGR03BONlYVuSBZZlW3jIruqqfvfbs6fkM/StZ+Z9mSU9G768DJptf0vEOT6bDc63ezZXjEH7P1G5m5lnpWbLf1Nv69+h/mf0lSybPrf9cMayu4swOo4b6xlVfZGWtsvxWgPzbcf1b3ejbib6mejez1bH2/o6vprFbV0fHxeiYDbaun05VOQci2nIbh2ZlDaN2BkdQe33Y7cu/1K/SyPX/wn84rHRer9F+qj87JpaMvp+NZg01Ft4yRjfa2W3dR+y5DGltrfVp/SMq9L1/TSU9DhfXLq2XnW5FGGzL6Je0M6U+nS+3Ihhtx8j1LP1X09mX78qnGr/Q/T/SV+pDrv1zz/AKvfWGrF6i+i3p97brW100Xm9rGMsfj7rpsxrH2XV+m/02fov5yz061yNHXB0zq3Tj0rDz+nj0rLndKLbN2bc+2zZ6tmyv12/Zn+t9odRd6Xo/Zl1uflZHWOl0VC3Dy8qu60VZ+LdW59raK2ZNzMXGq3v9TqNW/DysSu5/oY1vq2+tX+jSUkx/8AGBhdYa2voORS/PdiW2Dp97LG2HJ2tONQ3Id6OL7bd1d36T9L/gUSnrP1txsbPyeqHp7q8ekPxRj7ibHTX6j/AOkW/oKHvtxrP+HWI39mdRLPsv1aPQ8nENGYzqN1H2aulzP0uVbda+ihltWBZs/QerX9v/4FCxM7pdx6vji/p1N11Xp1EZFLa6XE1Pdi4Tvo24ue5rupZD6dldOY/wCz2erd+mTsdcceL5bF+S3JfBLh+bhPD/eejd9Yeq15VuIMnAvy8cOc/FbXexzvTb6tjGXPLqt+wLf/AGlT+yv2pB9H0PtO3vt2ertXLt6Zk5Gfk9Qx+nVvzZsquc3Oa9rLH1+m9j6m0+x7a7d3puW/+z8n/mz+zYH2n7F9nidN/p+l9L+urMhiuNVtrrj+bhl/gcHE1Yyy1O+Kr00yfLxR/wAPj4X/0Nb/ABjs65nW2dLwXuy8azHpsf0qhjHPc5t7nvuy7XBt2PivZVsqsx7f5+v+bXPdO6NV1nMGKendSxuj+pjUX4rWC+uvIoc5mfScvLvOXh41T3en+q+99f8AOV/oq12X1k6V0rqHXhV1fCo9K/D9LB6hZvDvtDTfY+h7637K6qqv0zPVYz9I/wDnP8GuLw6q+kV09C6h6bOpdHyH5nTr3b3NybrXNs6aym+kmijFyrsVn2v7b6L/AErP0VlX6VJT1F2LXldMyc3p3RqeoZWLlV2Fpttdj3/Za7MLHdhu+lkXY1O3GyKbqq6ftHrfzuz1FldLszL+p5vT+ohx6rdj+l0bB6pRVjUGjdvda2vDFzGZTP1z+bp/m6/51U3fVjJoqu+31WjA6haMnqFPq1WOwhDvXzGVYzn3W5PqP3YPosyafsd/6xVZkI2V0v61Z73SyvrtVVvpu6b1QgXYhhrvXtsx34VV3sd/OYz7qv8AriSnN6b1rB+q2Ll9MFzG5PTX+hkzTU+y6zIJxs92K61pdZR0z0vWxm2Oq+1+r+tVqqGdHuuzDhdQwaxkYr8d9WbY9tVbsj07vtXT9ld+3I9m/Mq2U1Y2VZZRj+pSukGdnZ3RuqdKa70f2e19OazDAbRThYwf7sT7X6l1lnWKG31VWepkM/Q1+p6X59PA+t/T6buhWvoy6+nsD6a+pWGq3Ic0Pa37JezFY79T/R++v7MzLs9Gn0LP5xJTV6Zg/XfIxKvrV0cV2W10ih9Tsait1gFh3fYK6qXV207H+7Js9HI/nq/oLXwcTqmVlZvS8vpjMPFyK6ct9GE95ycW/MdZX9qpJFLm7bKa/t2N632eqmn9H6v82tPp/T/rX0roDasHLxMyvpwJxasXcHW+o/8AStzHWu2baaL7b62U+i/1qqv+LXP7c77NlO6J1LLyf2hlPZidOzNlf21zS13VLb3PqxdmNfjWV+jX6uNf/OJKehqxaOjjP6LjPrGDh4bnZLy9zQ+2xrbXX9YzmD7Zh22Oda/F+yPu/Q+r/N+nWsCvp/QbM/Fp+tPS3113YhyPUNtg+yM9Z2OyvKv9Rl2RRc/9KzJyPWyN+TVj/wAwruBf0urpTuodTH2e/Hs+3VYrDF9jul78W/EutfvxbMbHss9DCrZ+n+zfzll1n6RDd9WsGq8Zf1pwsjNdZcLcnrHqVmp7X1+nRjtxKz9udRXuq9jKPV+0V+r/AEdJTmfWPPwLcn9k3dPq6dhdGsux+mdVLnWHfht9avFcy7dXkes4U1enf6n88l0zLpw8MW1H0n9efS5zcWmrJ9TIaHBzenY+cG0P/S3v/aTP0H2DI9GjD9WldNf9X7OmdWx24WYy/DPTbOn/ALPtBcch+PVe9rcq+trKKfdezfvtx1jt69nUdGFmUaXdKbi5eG3priLHfbBspowbG47vUfiepXdTgPo/7Tf0nJ9T9Ikp0OsX9Lvy+pnrd78Sz1qelYOe1rWuxmPx6epP3BrmNZuurs/Sfzn6T0f5lU8TD+uvTPrFZbjYz830HXVtdbj04+K+hlbn0W1WYjN9WZda6yv9HSz1f0FVl3p/QfouD1v7XjXZ2FbjYvTqjk43R6b8b0zlOJra3FqtttyWV/Y8i7Is+1W/z2/+RWqGFj/WfoHSsm36vZgt6bmXG7plNzXOttpp9PIuy2WtFdFDbcdj23MyvSe+ur9DX62xJT0PWvrZk4uJhv8ArT0S9mJLb8mzHJNbLDtsw8c7n0et/ha86i79D/x65jKw/qUxtQyKs7qWLj7s2rJx6amVHFc532in1ab6bH1U52R6dt72+tTbV6FX6FafTM3pnVOjZXV+nsfjnNysU/WPEP8ANei03ftB2PvBfazLY+9z6aLbsn/ripZfSOm1W5mMzHf0d/Ur624uHW5vq3YXpD1cSvIebsPEdkZldeZszH0vSU6lPS29K+oQwq+ofbczrGRXlC2l7peGvx3532e/2XPrqwsa22yx3v8AT3ruJ6T+wJ9X/JP2X+f9R/8AR/T/AJ37Tu9f+Z93rb/VXnGEzqN31S6j0TqhH/ODqPVQG0ZBA9Q1/Y78guewtq9H7PVZ9Cz9L/NU/pV6P+zX/wDN/wDZfpY+/wCyfZ/Rh/2afT9L09m71/sv/XPV9JJT/9Hovr30PI6zkUY+PkPsq2f5S6eMsUM9D3nHzH0P3bvSyv0m/Z+k+z+kudpweldWpoZjZFVtnTIozKnZdbaMmnpG37NZbgu/7T9QZ636w99lWDX+k/TLd+tucMP6zUZnq2ej07FFmZj11Mc57Mp1/TsT03y1+U77ZdX+p3/q/wDhf5xYVHUt+F1Bl+BmHBqoysXJzqenY1VkvY6nJbkCl9bcb9m7f8FZ+sb7PX/m0lNG/qV2Oy/qP1ewMjF6thn7X1XIybDY2qioejR06u810/aMTJofjZNNDH/zNNWzf6S1ek/V66zqFt31h6rl4tlOC2rOufmGpxsda87a3v8A5zpbq7a/Ts/o/wBq9av+dVzOflZ3RsnpWJZjWZL+kuF3TqIdlPfOOOnZFn6Ntn9Ac31G+p+jst9P9J9NYfUuiW52Rdf1Z7772Nbg9SFFjzc/JpI6hb+zcGasfIx/sb6fUqf9nro/Wcqur1a/0iU9NiX9BPQ8ivEyK+oVYORVhWmhzaLnYlL/AE8fEtd+mf1NnperXXWz/lT300fzi5z7F0F31oyLsk53QOi224/2Cqui3Cq+0isN+0vvc2unHfV+sfSZ/hPU3rmsk9Mx6cq/ofUhj9FzMik34T4+3sFVhfW7Hr3Wb2Y3q/o7ftdfq/4RdXZ1HAd9Wq+i9SwszrbRa12A2xz2ZDr7RZdj1dT9O3fi+sy17sL07cn18T9L+jSU2qemZuKyvonT80dJO43Obju99L2h1jhnZ1Lq29ZybKK/6Bsx768e2rI/mqFN3VMbr1Ys6p6ltuJRbb0jq9mO/CxDbfWW1b/tPqU1WUWVU2YuV9p/nbP0X0FQwfrP9Yn9U6b0jqfQah1jc/Ix7r3ux/Uf6dtRusqor22fqzX43va9Vurt699Z8BuB1Fh6QenX+pfhvHpD7Nkurq6di4dNYa3LyG2Y99dHrel+l9P9Ikpt4v1Vrs+rbcTq+PZ1Hqv2lrgbMptNROT6t7P2Z1C6u6m77S0ssyqcff6t6udM6P8AWuvqfQr+qZN+QOn5L6LMQ1vLWE05F1WQ/NLnVZXssrx/tPp/8B/g0bF6j0/6z41nQulB1XUOmYFmJUc1xptZc0V0suqxaTfVuqfV+lyf5/F/wP8AOrNyOk/Xb6v9Npy+kWZl3VaicXqDCDk02NO7K+24v2o2fo2t9HG/mav0nqJKamN1667635GL12nI6dg5eW7H9HBsLcd2QD+mrzBUz0eo23+pRTlWfo/0X84rGD1/ojPrXfjfsfB6XiYWdXRX1D7M14rdW99VlduQ1tLcezLcz1KMh7/1T0v8Ms3pvVOv5Vv2nqgOXmdVr/VOn0Y9RtdWQ42dVawNq+zvYyx12Nk0/pMu7G9G99ddSln9Q6E/qx+r/VMXI6Zh5GPTXk5OQ3Zc/KYxtWH1LKp9TZU2r1Mi23Zb+s+rvvSU9hgN+r1Gdm9UGTR1KvGf6NN4x/XzjkWNbaPS6ix9lnUdlD7NtdNX6Kn9H/2nXPt6v1jBsPRqcbLzen9Aqf091GJVYRm2ua/HvdbkVNtrxfs9N1eTXTYy/wB7P5avYX1Ap+q2Tg9WxsrO6rXXcLGYmLS1zS5zHtbfY31mtazY7b6qJ9ZG/X5trWuwGHpmXIysXpTnOt9Tn7a7JbVi5HqfzXs9XZd6HpW+x6SmrTTjWdIxOj4FJxKqLa76enZOYzFz3ZVh9TdTZexl2P8AY7v5r9W/XvV9Sn0/TWXgPxvrDVV0V9luR1TIbdR1AWVuuFNouccfrORlfQyLsTEZX01j/wBH+jyP57/BK/8AWPGzeqP6PR9X/dn0UHBvycqtousLm0UZF2+L3+v0t9X6/dv9bAuu/QLMzOidb6Lb0w9DszbutMrss+zfZa2ObQLXsyLMlzHvflb8o1up+0+p+hsr/m/oJKbmR9XfrJ1p+A/Pfi1Nfhtxx1M3Mzcix2M67P8AtPThW9lzrrf5p/ovs/RL0TZkf80tn2nI+0fYI+1+m/7Tv9L+kfZZ+0fat36T0N3rer7F50zI6rkH7X1Tqz+nY3Tcp2D0yluJRXletcyvHyG/Y69lNezGzN3tuf6f84vTP2S/9gfsf7VZv+y/Zftv+Fn0/R+08/zv+E+mkp//0ug/xgU4raMh+Rk4/T351NFGLlvZc+31Me/7e5j20NuZ6DGN3s/Rb/V/4Ncr09vWrun5XT/X6flZuRXm3Y9lovF11ea2bb6LmGrp9f25gY+mvJ9O2r/C11LsfrsM5mTg3E47+nhxFlZezHy2uh3qOwsu5/u9astpuxaqPUvo9an/AAyy6fqzRe23orMip2B1JmXlYeHpQ7EOS31Md2T0y1/r5Tsfcz7LsZjfYvRt/wBL+jSmr9Taa2tbdl5+L1LMd1HFY9xZduqfVRbRXQx1bKmfaGV17GPfvw/Z/wAWi19e6V9VJxK8d/S29Qvuybqski51NZo9HHycW3DdkV+ldmUMx/01lln85/g1jfWPonVehZ76fq3n5GH6noMvoppsxcUbaWtsy7OolzcL3WN3P9307lh9DdfgdVwmdROTmYPoWY+Zh2Y9rmMfW2/Kp6c+gh32hlN3oZ3t+h6nqpKd3rF1f1v6B9XQ7GybepufZW70zTV6vpDFPULpt2M3Wsd+qf8ACKOT0HL6N1rpeJRkWevRl446Nj5pa5m25hyM05TsNu7dRmbKv5z/AIn1GKf2C/qfQum9Qzss7KnWZfT6q/1OylzBTe/pvT6b3PszGXbKcbptuG3Zif8AD7/TW3ndR+34Jx8XpvodaodRk9VN7wyyullRbj5R6zYyvHp6l9nsp9J7/wBLT+m/R+xJTv8A1e6L0LNwOndV9DHtyaKn14+Rj+qK2tLrm2NpGS71tv6W3+dWv0zo3TOk4xxen47aKS7eWAl3u/e3WF7vzVR+qGBk9J+rGDhZ4bXfjsd6o3BwEvfZ/ON9rva5Vev/AFzo6aGswmsy7DBJDjtaD+8Wt/O/M96fjxzyHhgLKzJlhjjxTNB0afqz0KivNrpw2Mb1KTmwXTZu3btzt25v03/QTYX1X6DgVsrxMRtTK7TewBzzFhYcd1nve7/Au2Kj0L654fU6bjlNGJdjMNtgnc0sb9J7D9L2/uLLP+MdzswMqwpxS6JLj6hH721o2/2VIOVzGUo8Gsd2M83gEYy49J7PQj6qfV5ttVwwmCzHxziUul0toLX1Gke76Pp22NXL/WHoWd0jNu6rhdQOBgWOw6raqvTLq8PHY6nKyH/amWvsdj17fR9D1H/8HYu0wepYWdW1+PcywlocWtMkA/Ha5cx9cen4nX3WdNt6fXm5eI6t+K2vLppyHMe0uyXRayyyiqt3pbtzP06hIINEUWYEEWDYeJ631HKz/q065vUb+uWV5rcX1HN20tc5jsmvMw2U14+T6ldX6tZ9p/R++/8AR/zS6vrHWfrRV1m3AdUzKwndMA6k+ghtdFzzk1HIoNz22f6L1Kv0t3p/zdfqLI6X03rHQ+h3/VvCcOl/WHLcctlb7mvN9TXentw8lhqZjX/Rbs/TPf6VtitHIr6q39ptx3dLyH3OGR9XMnIZjfa3uDRR1JgyGU7Mqq9/q15DqbfUswq2fTQSl6Scbp+B0z6udSvobh9U2jGvwBZ+m3bBfjdS+1B9tTuqeuz+a+z/AOG/mUL6yMybOpszehGvq9WbhvxP2blbqm10V2sZdZRa77F7G5WKxrm25Hr/AKTfV+hVbKr6FgUZppbkN6p0q3HyZbcMk5PU8j1cjGxuofZ6/wBadh5lNlP/AF6399aX1j6Vl9Yx86nJ6tjvqtZTkv6ccd2VlYrhVVU9+LRVf61O573O/o/+HSU8hnZ/V3Z3XcO/J3XnMpvx8LFYXY2Rlerj+oPUex9rGspqrf8A0in6C9e+09X/AGB9q+zN/a/2X1Psk+z7R6e/7Pu3/Q9f9H/O/wBteds6N1HpnTremfVbrDq7ek3tdnMsY/Hruy3uqosr+322V43pel6G3D/SP/l/pl6Jv61+wN+yv9tfZZ9P/BfavT+h9L+a+0fy0lP/0+h+vduV1DIr+rdGG37TmMru6X1C0fo25FNhycil1ha70tuJi7vZ/Oep6S5DLH1lqyuo9VzOosyuqYjWOe/pdFeR6TsT1Xsq6lbGO7p9Dn+23+c+0113euz9Auv+t+f9YcLqzn1WOxuh/Ywbc5jWPfj5Adca3VVubbbuyn/ZsOz9DZX6V3/XFynTOm39Os6P1TqtWDm5PW8um83OdkjJm59VlzrWVengN+y+vuey1uxJT0FHWenW9Of0/odzup5+bj/a+oAvOYK2gNZkfZ8TIdbVZkevez08D9DS9n/FLnPrBnZlfRc/K6R1Sj9mYuf6GMxwa662K8e119HUHbsrJyHer6WRuf8A0Rnp+p6X6NbleJ9Yer1Z+Ti5ozOiZQux/sO2pmc0Ms9G1+M6iurH9T1aX/ZvWu9L0LP0v6REPSfqz1S809S6Ux3VsnKtw7cml1gxvXrx/tf2ljfVb+h9PZX/ADf86kpyqvrIzP6Xi9Wd0mu+jC+wVWZuVa7GqZlMd/2hpqrtooxqLtrsr0fS30+n6tSerJv6r9YL8DHx3D1Ladu6x7rK23M9XIzr8R3s6x0xlrv1d+e/068a3HprrrqsVbq3U29KuwOl9UY7qf1ZxcVuJk4+M0Bj8zFaGX2Bx9C/9Hb6b9+/ZYiYHUm24+TTgZmG/otLftd/ScYX/aRhsEZOEy++v6V77WPu/Wv57+j2MpSU+g9AxMW/omI9wZkhrHBgbe/KqJD3fQvvj1vc36VjP0f82uRzfq/1TKyc3qXWD9krZU694AkAiWY+NWf5t21rWLsvqpTbR9XsKq7Db057WGcNhLm1y55a0Oe+13ub7/5xcr9eOt35ub+xcMOdVSR6rWAkvs52bW/m1f8AnxW+Slk4zGNbeqR/Qh14Wnz0cfAJTs0fTAfpz6cTzvS8HIzPtfovDPQxrLbJn3Mbt3Vj+sidE6T+1rr8eu30sllRtx2kaPc0jdXP0m+1dF9Tvq/1BjeoPzKH44yMY0VeoNpO+d3tPu9u1q5s4XW+i315T8e3FspcHMtLTtkfy/oe5aHu8cskIzAkOHg83O9kwjinOEjE8XHvt/3L3H1T6XnVYJxOqY49KuH4lp0sbvk21f6Wv03/APVrm+v4F2L9dcrqJyDji1mPjV0HS7Mx3sDeoVdNtn1X51e2mqr0v0nq2/zta7zofVq+r9MqzWDa53ttZ+69uj2/+RXC/XTIyupfWlnTB6mNVRZRguy6dhAo6gA7LF/rb3ss/QN+z20V/o/0nqrIzSlLJLiHCb1iP3nYwxjHHHhPEK0kd+HowZmfW2m7CyusN9Ki+izd1DIxKw7pxba9lLn3Obue62itv87ZX/Slz/S+iVdeyLOuMznPysD0s/7G6x2S2vFbZvONZm3O9b7XU2vId9n9L/RfpP0q3WdUqv8AteN0nf1nqXTMtmRUXQ05DG0DFfkdQbd9np9DH9b7KxuN6fvros9N/wCktWH0LM+qVXT68PKuyMY1ZmVdiG5sBjXUVMw7upei33N+01/omUb/ANN/Ofo1GyupdX1nErGdX9hfjdU6hX1rpWO+z0su8Nsdm1YgrZS5+Rfd9qpq9P1X+hZ7K1PrOVmZvW8i/o1leLidQYxufl4ZF+W+4Nrb+z6Nza30ZrfS9uHTkM9SjHsyVm0fWPqOYMjrFv7PsHR3UtNlgvH26+nf+z8jHZWPZa12PZ6bGNxaf1n9Zr/0fS9Krr+snTKuh1W1dOw7KrMqx2AHF17jb+k+zvzG2urx67b31ZHrejlfa6/1f9TSU6VlxPWrsPO6bS1j+nNzOruZc9zR78jY7Hx/TZVfk+pj1/rbvRyP+2K1sfbOmf8ANL7bN/7M+wetO532j0PS3/zu/wBX7T6X+E9bf6n+EXmHW24VHW7s7rNWViZfU8r1G1MIffj4jQx+NmU+k63Ff6uWy6i5lvrfod/pVeovVfVx/wDm96v2x/2f7Ju+37G79npz9q9H0/T37f0vp/Z/+tJKf//U6X68Z32B/wBp6XXeOviprKX102OpfU9zqjXmZDGejsx99+TU199fo3encuI6M76w0dFzbHtuy67X5g6hOdT6NtTf+VrMbF/nLcr0nO2ZbH3Vep+l2WLe/wAZWdd076wdNyHX5bcO5gpux2vfTimTb+mffW/ZbbW57LLsZ9Xvor97/wBIqrOjZzMa/D6f1nEv6fnjIZg5dWLSajkZI2ZWA7JY8/sz7TY+inGZR6nqf6P9Akph9S2U4HR+ndVwcEYud1C+zpeHl2PbYx7brLskZGXTWK7bH4n2NmN9Or1ETEz+t/sNnQcEPq6L9iYauu1MeXe7Ic1+R9nZ+m2W/wBFfi/z9DP1u39XVHL6k3oPScfoNPUMPMp6YH3W1Msa19pLnPyG05bd93T+oY997sfGZR+kvx/VyP0X80tWrLtz+g9V6v8AV7JyMjpLLv8AkRtPouDttE142VRZZbTjVbmZNtVVXp3fp67P56xJTUtwzXRjYmBnZWT1IuxemudTjXs6fdiVO+zj7VLXVZdLabLvUtry/Surf+jVBnVcLC6/1bB+rldIz84VdPwhj1nHey/Y2vJyMe+w+nRjNy6nb6He+79HZ636Na/+L/P+sWXdVkdNa/J6eS39pPyXGmkOf/2l6VjgXUVV9N/Sf0f0ftHqU12Mp9i5vqvUszI67j5FeEcLOxbsv9mZGNjNd9tvZfspY+poqb+i2+lbd+se9JT7B9XHWu6JiG5z32bTudZczJeTud9LLoiq7+wjYPSsHBdY+isC69zn23HV7nOO87n/ALv8ledM+sPWafq1f1HpPWQ37IxtlPT7OnU45fW+1mP61DGW2fq/r2vr9VjP59mxdJ0X6x9T6d0rGP1tkdRzGZGTUyqsAtpx6mZNjLq/0fp3tbv9iIJAIB0O6CASCRqNnrUzmtc0tcA5p0IOoIXA4f1j6/dk52b+0G2dBtp29MyG47PVfk3N9SjFxaAf13IxdtuPbR6388xLpP136r1PqGS3JryOn2dKqNmV0pmML7bmHaxt3qPNNtFu6+t/2f0/5uv+cQS9pgdMw+n+sMRnpV3v9R1Y+iHQGu9Nv5m7avPvr4Mm/qvUH9Ixq2ZdNLOnZ1rxPq1dQrltz7ZrZjMwmY231r/0X6VaWD1D64db6fb1PpnU6G4lGP8AoPSpZdbkXMDnu+0Ue37DfZ+i/VmPv9Nc3Tj9Q6raeu0dUPUOss2u6r9XHMGM61mN+jyMW3Fpfd6/+gb6uN+l9REkk2TZQAAKAoOxg9RwL+p4VfUun4wt+sVXoHEsod9oayn9H6+bmOPo5VDrcD9HS2qr2eh/olP659CHVsVr/wBoNf1DKw/1p+PcxmO+rF9TNqs/ZznWZGUy2wWsq9K79C/9N/g1YyuuDM6m27Kp/wCb2MzCNePn9TxGMNeWbG/o8W3J27/1X1/0TbGfvrEp+plHUOk35H1Y6pZeMVren32Or3us9FwuybOm5Pq2WY9VtGRtbjY36PI/mP8ACoJavQcD7b9VOk4QqdXm4lmR1BuUHCqymut1d7KhfZ7cL9pt/o2Vd+h/Qer+lUs7Cz8DFxulfVfPnqQqszepZlGXVVSWG1zf1xxdtsy6/tGPV63r/Q/wShi9Sy8NmV0zrdVxptwL8Wl9FOzLpxaWehXldW6ZXs9Rn2dzLcezJv8A1b9P6X85Yh9H6ZTi5xxumdbwH4teMfXyX49L6xhPfXbe/P3vcx2ZXnuopqov/wC0/wDhv8EkpJhdXONkdO6DbbZ0rq3T9uFe/HDrH7aCct78mzHDm5ODc19lVeOz+iW+pl3W+ivXftGP6H2n1WfZ9vqetuGzZG71PU+hs2+7evJ7Pq91fA+sbv2q4ZOZ1rHNtrmt+zUutb61mXjV9WqmzC9HEp9ex9NX61X+q3V+lYvQfQw/+ZnobKfsf7O2bPXPoel6O3b+0Nu70PT/AO1fp/zf6ZJT/9XrurZWV/zqqwbTRk9Hswy7Ox7B78cfrH69u2/QyHMZi/zv/W1ynTb+gDqNuTTiBv1c6U23L6XU99gsffiA35mRgN9Tba1/p4r/APKL/wDRegz+fWn9crA/62Y+Jfdj4GK/ED35GRVY5t+x19v2V97HMq/U/T+24rH/APar0/5z+bS/YXSeqZuFdn9QfmUdQbTYf09dLbaKNtnSG9Qwshv2rLyclt1nrWU+l+k9T9FUkp5+mrFoz2YNXpjNNhy7atpdfddkk5mBk9N9RrsZ2RiYWT9kspy31Yfq+p/O/o7ltdG6TjVdZ6vgdKxsrpmM932E5uMWPx2hra8t99v22y1/2q7d9ld6VPpel6f+ETfWXqzWszP+avr2darq2FltNlZx8KoNoyP2X6tdH/ahmL7a3ZG/6ardW6P1Z31aoyes2dLw8Lo+5z+n149lra7LGmhlNwoyLffuyGWt2/Qs/SJKRZON0y5l3SH9Ub07p3RxXi9SzMcum5tZdT0qva5jm/babKr/ALf6DGV/pmfpLv8AB3z9W8Wj629P6hkWt/Z9pxXdNzAXb/Wqqrqrwraj+ib+0f0uXv8AT3/of5xi5vpXUcnZ0L6v39LwsV8Nyhnvc1j2Y9wpLeoYtr7tlPUfTq9b9Jv/AEzKf1ddLjOysrI6lV1akYuf0y6nqGFnVUWXDIZj1uqxb863H9Vma70L6v0OO+m5JTj19ers6tkYwZX1fG6nYWZfSqGuafVpZ9pZldNssGO/7G37NT6rLr6/0/2n9B+eqtX1kzesX5WHuopqyaHdT34295oyqW2ZtlW7Mb/O3vqppy6Pfi+n/MrX67Z1q7qmT1KvqjqOlfZmZuHkZGPcPszza3B9LHYfTfRkXO3sfvb/AEXIf/xqy7Ov0N6X1rEzsDJtzMmyvIzcV36bFLnvd9uzOnOorLMX2NdbjZF2RkVeyr+e9NJSPp1nVPrPjW9SwaLXZDnU4vVRjhoe2ktcxz+mU2Obi7r20+plWWelbVkbPs36L1FtZb+uY2Dh9XwskWZt+GcTL625jRisYL3vY9zPT+0vzN1dOJ/RH1KPTPrFj9Cxcv6u4+PmHAbh15ODfjgvyW2ZVbct2PZfTVZU21z7v0F3osrr9NVcXrDus14tFd2Y27FeepUWZWdj/aLGjd052JRfsqrxH7rHW7Mmv+b9T/SJKRjp2RgC7BzPtFmT1SinL6w5xZXXXkFz34WFj/ZXV7X52bX9jv8AZ7KrFk9e6Pn3ZY6nbX6TrMK708fphcXUPwW1UW15rsv03ubS92zKfVZe/wD0fqLrfstGXfm3fWDCHS7nZDsjp9lT2ZFNd9JbkvN7cT1/Tz7tlVWXvsq+3V+lj4tfrJn19ey76s/q+eMQ5F1TW5WICx2Ljn/Bei5192F+2afTyX25P6LE+zfraSnM+tnWek9S6ddTdk5OQ1+NXd0hr2MGMbmGrHsfh2Vfrll7f1qvZm/ov57/AIJM/CzbM2tnTa6KszPtyKLMttlgzGPpq+0Z1WTiNP7IZmX4jvR/V2ehvt/nK/5xXMTrH1MawfVr6vtyMvMcX342YxwqvfmbnMhuTfSypl32Z936y5no+j+iUOk4V/1Wy+ldHzsOi/GuxcnMyRa5tmQzJOPcMynHNdn6LGtx8aqre+mzf+l/TJKcrI61gXHH+r/Sm5dX1gfl4uP+0M9tUgY7jRj03fZ33MfXRv2/zL/X/wAN6qni9H6j0DrIxaC/Hv6k11pftY/NsY0+nf06uh4s6X+s5Dft2Pv/AO01X87X/MroPqp0z6n9dqZ10PsoyqbmXU03X1Ofj14biaqaQ2tjqsDZ7Njv8DXX+lV/OfZ1iu3I+r+S9rsu37YDgsdj25FOOD06+i3PyQ/F9f7V/M/916v5v/CpKee6J0D6sfWLo76MC1h6pW+t9dl12QLhjl9frfa2bnY7cq6v7TR+qfof5temfszB/Zn7J9IfYPR+zehJj0tvo+lunf8Azft+kvKT0jqxyuifZq+ndXxul1CLC30sj0m+o59GRg5GQzMe/Ga5+VUxlH86vV/t+P8As/8AaPv+z+l6/wBB+/Zt9X+Y2+v6m3/Ben6qSn//1uz6z0fGyOu42bn5NV2I6l1TOj5FLbha+sXXutxG3P8AZk7He/0aPUfVSuXH1gwepZv2ivAwOmMwLXYjL8qqo2UCs+ljZGY62ut3SrcTZ6mDgbv16z1sdltH2dbvWq6cf61ftDK6lVj0fYPRbhPmbHl2QN73em52PV+kb+mxrPtHs/0axD+pUDNwcjA6rdhY1tz8K/e1tLK2epbViOqp9TqPtZsZd1X1Mj9HX+k9S69O9udcXCeHvWi33IXw8UeL92/U0ruv9Jv6VjdT6t1LK+2Py3Ny83p4dHp1OvopwWWU2s/ZrM6munN9Kt/6x6X2j9IrWf8AVsYPThjdVy8pjOsZQvrwaWuzHNuYK7LvteV6lVnUMf7Ji/4arZT/AD3+CVPp3ROi35GB+zWWM61c825+LbG7GbcXZDOrHG3WYb/szLKaMat++t+NlfpqfWVK76o9RfOZ1uv9i9Nr3ZduSy+62ylrx9lr6ZXXc+2v1nXfpv8Aisn+f/wSauZdTyeiZ2Tf9kwTkuGTbj4Aczfi/ZmO29QuZ1KHMqxq8R1dmMxlXpdE/naP5xdBgZIxix1VmTkYWNfj4vQGVZVhx7rrq3XX49+azczMx8fKqsx/UfXZ9n/mfTXPZmfl0YXRXZWPVgdF+y5uNiWWbhk241lNNL8iyqoPo+3ZOOWfZW+p6VmT/PenWhNy+sVW9G6ZTivozM527GyMwNZX6jHel0jqFVWKbWNsxMF/p3V+j6V1tnqXV5Fn6VJSbNzszL6nn4OcMjrzbi2/FdTl2UU5FQ9OvbgdLqbkUZ32e6u17/Sf/gLf3Fp9As6/+1ck5c49V+Nditxb8EY7rcfGrtdgHp+A53629r7rPtODV/N1+kz/AAiyP2dn5PVW9R651LEzjhYIysGysuoxnNOQ7EFFj8SjFvr/AE77P5qv+c/4NdRlWZ+U+nO6ndT03L9MN6rgYznWX2U3fo+nYNP2huzHycm/7Tj3PxraPp/0hJSvq11279pdQtqwMaqigYzOrZ7soVsYyus11vGF6PpYtlNLX/aMP1v0F36D1FyHUsbDZmsqy6sCwZPUPtBNllfTshrBQ5jaMrGay1/T8dz2faG2b/0/6P2frC6jqF2d9Xq78Pp2PWzI6vU277XkanHxaW+na/qdMW07+nfaKamelVk/aWepblercpdUo6vghlP1Zx8brGPTcGZeO9ofbWbKt/oOutZ6j8XdazL9b1/tHqfoP6P+jSU0+t4XWGMyPrJj9RppDK2Zv2M1NPTHusc7btzN/wBl6h1Ctzd1eR9m9eyz7L/wanifWL6xOZh19RwMO5vUDRd1rqFQZYG4LxvazqtAq2YzPslv6O3Iu/m2WrJbg/ZOsYXSrMzD63fi4wrfVkW31U4b8IWZN25mHWxl9Ht/Rvvrvt9n6RNZ0P6z9d6j1ai3NZZVkjFe5uFAqi6ux3S3PdZXRZ+zcWhz2ZO39Ps2fob0lMvrDkZFXVemVfU9mH1PLxGuyrcjpuLVIeX2Us9ZuJ6myplN1bNjn/T/AEqv4PS/rSzOv6x1htPUbca9zX34UZd9JsDasrAOCxu6+l9Fvp/ZH21swfXszPTWVR9V+nYPT+o3NqvrZ09za+oZFrzVm1OcK3tbgY+LacLIof6lTv1t60OudVwKcdn1W670/K6f1CqwfYbelPL2uY4srbaLMu+mzIff6dlX601JTO+nE69h9QdjYjegYnquxvVrxG1ZBLDZT9gx/T+z2dSu6n9HIwd7PsltfofrHqqr0T655TLOoYvRn+i92ITidKdWP0eXU+jFbVh1z+ldlUNvzbqK6mfp7Lf5z+dWng/VF+ZFl3UMrP6W+/EqOHW2ttzbMYvqvb1BzPS9D7G52zIvwr7Miz32fprPTTdU6liu+tlGX9WMnBrr6Vg2HPde1wq2NurqNdljKbrvV3vq/S1/pP8AhElNfr/1fyc/Pr6z0zMfi/WDCwK826t2N9jNo9W6u3IvLbN1N7qm2V2UOZZvrr/nP0i7X9sZv/MX9t7m/bf2Z9s37Rt9X0PX3en+76n5ix+m5ecXZeXkvxultxuo3YvWH1l9wtdZRTViOodlV2PbtzMin9B+go/8EXWfYrf2X9h9c+r6Ho/adjJ3bfT9b7Ps+zfy/S9L0UlP/9fq/rC7Kr6rkjEtGPl34NbcWxzm1y5l5fcxllvs3+i5UsS7rLXYZsezL6xXRnupYbGWAu2VHFrsfS/Zse/+Wus6l+yvRH7U9D0Z9v2nZtn+T635yrdP/wCbP2kfs37F9pgx9n9PfH538171bEj7VcI2Ovp4v5v+9xcHA0zEe7fGa4hp6uH+c/u8HHxvF9MN/X7bMrqXSmU9VNNv2zGx/ZZmtqe3Hbi23WvtpxsPYyr1KMp1V+S+qnIxrPsyxzV1PHzsvM6TjdXr6u+/0Mm63KxX1l9LWZl9OT6VTfb9j/m3+p6fqf8Aba9Xx/2f9ryvs3pfa9zPtvp7fU3bB6H2nb793obfS9T/AASan9mfrfoej9M/btm3+c2t3/atv+E9H0/53/Bqo3Hy7M+s31i6njjqWDl39O6ccqsVY1l1Tcq/7VY1lleO9+2qnExWbPstl9Pp/pf565ZvXMfovSaauo9GOVl33+rkuzw9r78bMpf6ey26uttX2Vz33+t+j/WPTqtx7/SXpWd/4326n9ofsnd6DPs/r/Z5+zx+g9H1P+02z+a2fo1YwP8AmZ9gy/2d+zvsEfr3oej6O2D/AEr0v0e3Z/pUlPm9WN0rrbm9d6rn27asdrcarqhGSHb7fQL3u6fXV7P0tnpYf9Mru/W7P1RLp9GD036yjFxuh1dQONkX4zHutqY8jBHq15f6W2v0Mr3epmZF36vkez7NXX6di9CZ/wAwfsLdn7L+w/aPZHoel9p2j6P+D+1ej/1300T/ALCP2hk/8m/tHbb9r/mfW27Xfa/tH+F2+n6n2j1P+uJKfKcTq+cfrTlWZ9P691e04bHdQ9+K3Fsdstrt9I1ev6bW0MruoyPR9NaNGZ9YKMDG/ZeIzp/R8lj8LD6wWuyMtte9+RZW77G9zvSfl12sZ+p/zf8Anr0fqn/Mz0MX9r/s70PT/UvtXo7PThv9G9b2+lt9P+aWj039m/Yav2X6P2GD6H2bb6USd3pel+j+nu+ikp8o6F9Tus9Hpbl9a6oelN6f9oyK8Cm6oZB3VbTZj2n16W/aPT9L3M/MTdEy/q/1DrldXUqbOuZee+ljnZjHm1rLf5h9T210V11YFTvTz32N/W7PStw/0K9F61/zI+2D9vfs37bsG37b6Pq7Jdsj7R+k9PdvVnE/5tftBv2P7H+0fQbs9L0/W+z7W+lt2fpfs3p+ns/waSnxzC6jRiPz8nD6dXbm51/2Y9L9G1+KcFpbvya2sO71PtmPU3+k/wDW12OTaw9V6lcXYmDkUZtlLKcyi99T25AZhtzMf0XVuszcz1XY2Y+u19f2eur9DT/OrtcD9gerX+zvsvq+k/0vQ9Pd6PqfpvT9P/A/a/5z8z7R/wAIn6r+wN+L+2Psu/1P1P7V6c+pp/RvW/wv0f5tJT571jD2YrcjBx6KcfpF7MPDyMeq11dWTcTX1rObitdZl7+nZWLVZh/+7Spj6z9Fzsjp937X6jhZeHj219QzoL7HVesT9nf6WK7bZbZ6F1VzmehTR+gu/WF6th/YNln2H0tnq2er6O2PW3H7R6np/wCG9X+e/P3rHp/5ibsv0P2Xu2O+3bPQn09zfU+1bf8AB+ts3+r/AIRJT579X/23jfrfUepZ7cDqNDOoW5OG9lYbfe92FVXkevVd6119tOPR+h/mvU9W39CvUdmZ/wA39m3I+2fZI2epX9p9X0/o/aY+y/avU/w+30PV9/8ANp/8g/sqv+i/sn2ej/N/Z/pt9D0/8D/P7PS/4VaCSn//2QD/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////2wBDAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAgICAgICAgICAgMDAwMDAwMDAwP/2wBDAQEBAQEBAQEBAQECAgECAgMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwP/wAARCACMAIwDAREAAhEBAxEB/8QAHwAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQAL/8QAtRAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6/8QAHwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL/8QAtREAAgEDAgQEAwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhjRPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6/90ABAAS/9oADAMBAAIRAxEAPwDa6+anzU7C6T7Cr+tutq/pfYGP2D0tQ9+9zdz9+UHYW49m7P2buLsP/Rfsnb+39k9XtBu7c+6d0bthmQlJlipokQBJJJFUTV7ce3G08ybTFvO8RbjdS3W5NY2lpYtBHNLNHb/UzSSTXNYo4o4iDkEsScqAT1BXud7nbxyxvMux7HNtlolpti395eX63EkMMMtz9LBHHDa0mlllmBGCAophiQOgl+Knzo747f7v6B29mOw/i93D0r3zg/kDJit49Kdad59fZ3E7k6IotlzZXHVdN29uN52pqio3rAupaAhxG2l/ofZ9zz7Zcr8v8tc1XdvtO97fzHtctiGivLiynRo71pgrA2kdKgQt+PFRUdEHIPupzbzDzRyjY3m77FuPLm7RX5Saytr63dHsUhZ1YXkhNCZ0pSPgGzw6Lbjvnr/MNj7TMuH7a/l991bLfbvfXdW2/jvgugvlT8b/AJBdhdF/H3uZekN/RY7uH5NdrbT6G693Tg9/ZOhxgyu5YqLEZQyff0Ec2NljqRjv1kp0B2xv593dvYmN2j8P9n9Ndf7m/mp5fbWyaTI7Z26mUzvxOq+9aTtpMx3n8e9t9n4re9ZsnI7x60+G9BWdgDJQ74qcLUu8NJBU1NaGxze690fj5AfzgenPiZ/MTrPiH3x2D13QbEyXxq3N8garJ0OC3ng92dB4PqjaG7N7bwzXaWczMtTtvtOi7dxlBHT7Owuy6SfPUNXha9K+KY1uPUe690GHY/z5/mCz/KTee0Oleu/j1X/Fvtjo7YXZPw47c39tzfWIVNn7p68673Fvz5Yd971yPZu09mYro/pPem6hhslsN4du9kbgGZoqvDxT0mPyc6+691U5h/57v83r5Pbz3w3w7+OPxU2Dj8d2nQ7V270h8xtm9odSdlY/qn+723Ia3uyu7x7A7x6W+P3YFHWdgV9ZQU21tuVE+7RSxrUmgkplapb3XujO/BP+c/8ANLu35p/LD4CfJzNfDbrLuTpDuiHY/U3YG3umvkVieou5dqdA7x3FlPmuaXP5rsvcWK29uTa/TeFgrcG+SylDBja6vilrIq6EGD37r3Tb8wv5xv8AMl+JO2exKDd2yPinL2pvDNd2b/8AjFtzY3UXfvyFx8HTPV266/GdW7A7uk+P/aO94sP218ttk7j2/uXZefkq8DtjHY6kyK5SKOWSFIfde6RPzX/nMfzc/hP1hhjVfHr4/wDyM3vju/8AZmx+2+4OoOgvkngulur8BufqGm7Nn6nm653Z2ZL2zvDs2iweRpc4+8sJNX7GhopziZLZmGeGP3XurC67+eBSdpbL7By/xI+PWY7jbaO0c523lt/jsXrY7J6w+KmYxNfN1L8yex9rzbpwG9q7ZG66vbm4amr65oBH2lj6TbU6VeIpJa/Gmo917qvzcX83T+cB1dnNo75n2v8AAP5ddC7g67wHyb2PD8Wuve79udk/Jj4lbSwWH3R8oN99OnsDvrNUXXu9/j9R7pwWNqtu7sx8e4crk89CMfi6sUldHD7r3RrOlf5x/wAsO3+79/dldf8Axq2p31/L27RwGD2h8CM/1DUR4fv7uL5LCh2dXb56h7ej3d2LJQ9Ew7Qp8D2JK2S3ztvZWKqk27SLTVs7ZDHjIe690xfOX+cr33/LY/mC7G6i+S+e6B3p8YOydsd6dk4naPT3xq+WNb8h9qbC2d1b2BuTqOmzHZ0eY3V0vuvcm9Ow9oR4nKJisbfBULNkclDj8eyVo917pQde/wDCgHpf5tY/C7f/AJeHcPSW5PkxmviN3B2Djvh13fsLtzbPYuc+UjbH2rkukupsL3DnKrrLoeoxeD3/AF1dhdzQLl5Zs2ZKeTEVkMUc0ze690q9n/Mr+bR1f1v8t+1flhP/AC6sptnqPpqj3T0PR9B029q3Mdr7vet60pt37pqaSX5Eb9q4esept07gzuyc0klPj6up3Pjkmpqj7MqJxv7b8tWPOHPPLXLO5SypYXlxodoyocDSzdpZWUGoHFSKeXQD9zuab7krkLmbmrbYYpL6yt/ERZAxQnWq9wVkYihPBhnz6V+U/mEfKbbXZ+++n4e6fgT2b3V1XiN47h3V0Fg+rvlR1/ujcNN13tWr3xvDbm2uydzZTM9fU24YdrY+eemkY1cDtH6l0Bys3Qe0/I97su2cwNy5zTZcuX0kUcV89ztk8cZuJRDFJJbxqk5jMjKrDsYV41pWBp/d/wBwLDfNz5ePM3KV7zHYxzSS2EdrutvLILeJppo4rmV3txII0dlJ1KdPClSLaf8AZjto/wCyqf7Nr/Dsp/cb/QH/ALMF/CLRfxr+7P8AcD/SF/C7f5j+Kfw39n/UeX/D3A/9UL/+vP8AULxk/ef71+g150eJ4/gavXTqz606yD/rrt3+t/8A64fgyfur90fvDR+Pwvp/qNPpq049K/Lr/9DYm/mYdQ7kj7H7a7g3/sXqncPxQ378Xepele0t09mfK7a3xPodm5zaPyFy/Y+Eq6jfu69tbgxlFS5LP5LD0cRl8K1M9R4FYu4U5Ee2XPXLXL3K20293zVLtfMm373c3kTCwN7GyT2UdoQyiaEA08TzNMGnWNPupyBzTzFzdvF5ZcoxbtyzuOxWtlMhv1sZFktr+W8DKxhnJFfCBGmjAsCfWujsDK7K+FHSezOzt7UHT/xt+Pu0fiD/ADA989DU+3/5lmxsj3N8ntw91dN7NzdDT/GDtWm2ntbNU+4q5sRiBg89tyjzcuLqc1Q1sMbsYFmMPcP3D5a37lnnBRzjLuvM26y7dw25rGNI7Fpz/v6YEkTHiR8NM1wg9uPbjmrYuaeS5ZOSodo5Z2iLccfvFb6SR75IFJxBBpCm3XAVq6iSRTJDO3c1sn54b4qMv3p3Du/oX44d79q/C4bt3X8lvkFN0j2B0z8Dds/Ein2j8lfiz2X2r2Y+Brdg7z+S3yDxWB7JwmxsmtDP3FgMSN90tFU0cIqo8Z+speofc/ys2l8dPjxvXdG8ujOg/j78OO2d97d2r8K5fgjjNm/H3cHSXzizGa2dgO0Ox+m/nP1ZhFx/cfWuN+LANRlu3cHi8PQbsQZTY8ph+xqZ2917qtr5NbT25/Mxznyu2ftT5T/HjsTfXwy+JG5Ot+7+2u0cHsrtDvnvrBfyxuvezN19W/JX4m9o5rsBt37hpfm/XUObqOw6Xb0+WG0MbDjZ8pkc3FV09vde6NZX9L7Z2n8MP5d21Pk7/M6713b0d8tfkJ8YOqNz7u/4c9zNP0l3J8QN89db5rfkXt1vjbW7qym1ul9v/EzfWNwnXOXyU+Ty1HPW0TTVEeLerGOi917oc+uaP45dofOnqza2e7n/AOHB06h+GK/JXq34Pd8/zeNufNvo2f5X4vvLfHXG7dv7f7O3Vhd1bJ3huvYfxGpajfNNgqXbiV1M9GpCxoDVr7r3Qe9ifH/L/wAwXenxWg6F7pxse2PnH88/51/yw66bqXtikxO6ewOid+dG/H/fdf8AGXszcW2smKvone3dGyqeo2nuqiykVfPtSHMmavxtcgNJL7r3VhXVX8y7cuFg71wn8vL4j5naFH8Wpfi1/L5+R8nV/QOW+WHyGTs6HqfOdf7f773NBsDbm097947D+A83SGb2jS4adIYewafLwVdNk8DGi0s/uvdAdsb+Y73t/L82925kfmb8mqDtvtX4efA7NfHrvL4y9j/LqjxfY/aPy57j+V+I7i2n2FsDr/dFdn9xb8/uz8RO38aGz9Fjax8f/C59u+VPtJHj917os9Htv4d9c9Yfyu/j5jd/9XfFPr/vDpX5VVPbnYHUfye2P8Euzv5gHx2218XqXNfEbuL5iblw602b6bwXyJ7Xp8xiVwm8J91QUFQ1dEtZXvLPEPde6Fr4WfLz4V/yfM18o+0dlYjHd6fFzp/f/wDLf6m2PV7a+R23vlNRfEZ/mp1h2t2H80IeiO4tvbayOL3xi6LfvW1K2bxeAp8Gu7KnC0ktSYXhiEfuvdE+2R84KX4qfLP4YVnxG+OP8wP4oQN1X2523l/5ftZsvuuLO/zDe994/IPf6bWl7B3jBs/ZT9o4T/Qtur+80G7q3a244cHQbcpttqhWnSsg917rYY737P3982PjF1btWl378Le/O4dndw914nYfyw+OHyI6o3VvnuHbPx16p2h3h2Nt3oPpXY1buPdGO3Z8ztgUuV603317h9y5Sr2rsrOPkso2Zx1UcdJ7r3RJcYPjJ8m59vjqn+SDW/yyu1uhMl8Y/lbtX5ndp/G0fFnqr477r6/pavffevYHY/YO4uiusNv796/+I266SgrJNp1WewtN23j4JhHWYWOB5V917pC9T93/ABc3xU/zGetKXtb+XF11vfsfqxNkbHyFN8rfjztDrfojcmXzHU25cv0V8Xc795SYXfHRvywzOJru6t45HbUmLw+2+yMlVYHI0eTy9NLl5B77X8wbbyrz/wArcxbw7rtlpc65Cql2C6GXCjJyR+XUe+63Le5c4e3fNXLWzqh3K8ttEYZgq11oxqxwMA8eJx1ZjQ/GjsrsXvbvD5Gda/DTrXOfIaSu7U607Ize3f5j+2d47Z697M391PPsvdOA3T1/jOoCMDuLF7O3zT1pwtZVU9VBHV08x0rJGxn+29xuUouW9p5Mn91pX5XtJbdhGNjZZSttcJcIvjfWGhLoAW0GorjrHW79tec7jmXdec4vaCCPmm6iuVMv7+Ro1a6t5beR/B+hXUAkrEIZAK0yKDq2/wD2X7sb/hs3/ZXPtMT/AKWP9kn/ANBn2X8Vh/gn9/v9Cn9xvtv434/B/DP496fudOjxeu1vcKf1r2f/AF5/67eJJ+4f6yfW6tJ1+B9Z41dHHVo/Dxrjqcv6n71/rG/1C8OP+sP9V/odOsaPqPovApr4afE/FSlM9f/RsF/4UbYv5ud97r3X8R/j9uPdXfnVO7fj70DvzcfwC6R642Fu3f288/gPk9ms/uLsfv8A33mcXg+yenuh9wba2NSY3b+V2jm67I1e6sPLSz0FLSvJVye691Tl8dPhvtn5w9xwdSS/DP8AmXdPfA5N/wDxH6X7P6EwmwtufIzrXrT5JfHzduf238t+s6/5D9/991/f3xt6P2PubJQYmat2HWU2SymGppJK/Gxy43H05917q8nd3WOC7W+NXd3enxp/lpdM/K3uTpL5VdVb7q8LX91d3Z340/JCT4j9R9kfGLp/PfGvMVMVdku3OyekOsqGh2Pu3bO49vYTbrbupsz5JspJRUlfU+690QX4vbi7f7D+TfyX+N/ycoc9X/M3sX44r1t/LU+LX8yX46dE/E74/wCb+PSbsqtx5jsHFbM+NWO7J25tfvnAVi9jG+H25VSVeJxFEs2UKu8FH7r3VcXxz+aPSX8o3rL5DfFCn7E2liO2fh9vMdKd2TZT499F777R7/7L+R+QzPS3yuzHQuU7CwuRyW7erPg8dhPuLZVDla3b9F2JDuD7Pc+PpKO0S+690BEOL+IW+t6fJCt6N+XfwK2tB2x8Vt+9Ebp2R8ye0OxdtdM9ZZ/5MTdfdm0/fXw6/gHW3bD4zt2R9s1OQ7IwEGM2xgdk79zeRwm35a/D0tLVN7r3RofjR0b/ADtuzOpdgfzePhPB11uneu1+n6TpbPbGzHw5+LnXm6e1sJRdt1/8Sk+I+z+v+ksvtHfnXVfgNwLHX71y8u2d4Tfb5nH6HoqWmWo917qxTpHqv5Qdvdo/Jf4k9z/BnYnx36a7b636A+UW4uqvh92D2NVfKP4Zd+fOndHY21D3x1vkMljutcvhJ8RuvrvEVfamy49z0ezsFtjbITHUWTSqrKCb3Xuj4bZ6v2P8Jqb5afBTrDcHXNJ8d/j78LN2bi7w3TW9hby2pRb77a7N2jtbfmV7S/mPfKXb1BL8lPjVvndmYze4MpsKm6+r9x0tZtnIZaokOOlx2OpG917qo3BfHz4G7m706G2X/Ny+CG7NrbY378R8z39/fCu7j7hpZ/gns9PkbuXpzauy+9e04+zNrdidvdU9l7ip485i98byq9zbwpsrvTGYCJIcJTUwo/de6Aj+Yz3x0Rursd/hzvn4e9W/En4+fy7ewvkL0R8G/wCYFkty7t7FysHYXwg2XTdl7O6KzO3exEye1O3h2NlMft3BVeH3Y+aoqFdzPLTh5ZH8vuvdc/jV2xtLpfpyh3fs6ri2JuP+aPvL49bjzWF+NXx66R+Wh7c+S+2MLuChyeI+GnTfykxeM6o3FVPvntjKRd14+pg2vj+p931eJwezoclh6mael917q2D5f70+MG++1/nDN87+2N49Ebm/01fHn+WH8V/ljt3bu2Nv5/4l7N3/APErqD5sblfL4/FZzbGB2xWZ7snambpqvNUq5HNUEuZOIp50xDMie690XnqvqH+dZ8V/5iW694dW9Hbr+R8nW25/kDsbF5Xsv4rfHf4z/D3sj4+bD6l3Hn+pt+bA3d8e9n1Of2P8kezd7ZbLYqeTC7Zxv8fgTB4zJZaXHs8ND7r3R3PmZ/Nj7I6i6q+Nea/m4fyvu89tdGNV7T7m7m3Z0Rnc9m+ttldpV8O2d5fHHp6vky+++qF7MyEaTZ3E9pbS3LC+2o8hSRUcaZyklkdPde6or7N6e/kt4jF7Eo+y+vvnn8xenuqzvL5h7G7r6N+PPSXX/Uea+HW5t356HuHrOr351z351tu7c2xuuvlP3JT4fN7pyVFUbl23ncG2Bxsgw6qp917q0DaXxfx/xG/kNU3Ru3/mKfkX3x/MG+SHVnyVpt8dQdjbzhyPZOF2nv8A+PO5PlNF1B2hTDavY+59pdffGjpLPbgy+Zrv4fkVxFPW6lCxxo3uvdbUHl+KX+yD+b/SDL/skv8AsqHk/wBKf+lLf/m/2Wb/AEU6v79f6Z/7w/6T/J/oz/y7+8n8V/jl/wDLPuvuf3ffuvdf/9K9L+ZD8Vfix8j/AJ5QbV+afxl6OOzezvhj/o6+K3y+32/YlLuCD5LYHPd47yz/AFRujcO0N8U22dnbE2DsY0m5cfU53GYuLIZXJSUVJkayslhoE917rWU6c2vt/wCGm3es/wCX58kW67218tP5fnyF338svhl2jmI9/bmwXy77r7o3htjdnwi271n2f15kcj1N1X0J392H0ZjaTsMdnVW3snWbfzFGcVkMVNTZOpp/de6FOu/lidjdfbZ7Hk+Quwu2qL40fLXtHG/Iv5edbT909Gdkbk/l34dMTnaTtP5J7f2B0dndwdjb67wqd67pet6pqdvY/em26LrXdctJuHF5DPmGop/de6EDtL4v/wA1L5DZjJpV7d2F/NB2XsXtlevsr8K/5k2axWL7z+CeQk23gMxUds753t03vb4w7A7Nhk21m4oJsxsrKbjwUtPXmljU5ClrFg917oY6Tu7u/v8A+Hfzw+H9Bk5ev3+KmC3v1N8mMB8S8NidofHHof4C/E3Dbwhjyfx9l+QVDvDsvdu7/wCY51Lhd2bfweYTNbtxdFNtqhqMkmKp281d7r3Rc+g/5uvx+2VvL+VDu7N9UfMPaPxfwOL7A6k2p81OwK/oXtr5J7v2hhu08Hgj8f8AtHb3RG083RwfG6kg2pLBksKuyMb2Hmo9tYiowle9NFXyVvuvdW+9BfH7+az8PvgXito/H/5A/Ez5DbT+IVFX1fRuxvjPFumk3N2/N2J2JUSb9xHyVzHYG6pNtV2E626w7Rze68Pj9uvtzKncWDxXkNZB5qGs917qnz+G93v1n3xkfgT80/mF3BJ8tflh2Dtn48/Dj5ct1x1yv8wzd20c9tjL/PDsDtDO7g6q6Hj250t2z0hvXCjbuGXO7L3O8slfTQq1Y0MEfuvdG36E3x8Xtp/FrLfJH5X083U/YfVHYFN81dg9D7XzNHRfIzsvc38n6r3t0F2n8duxN+59tw9F7r6R6g3pvSDaXWeGxlVSbqn2RDRrkMhmMjDWZBvde6SuQ/ls9I7V31j+4f5ufxe+R3yTr92dx0faXdX8yGTtHpiv6d7E25vbquTZnWPUOG+PmzsjD8pM51bsuPLYJpMXi9qy7gTeOEkyhqf7vxSx+/de6PDvn+X/ALi+LHyt6kxnRPyR2N2Z0LP/AC1O2PgtF8Qu0MFm90ZL5Vb4+L/RXfe5sTie+uz9obawHVPWwx+T7UxdXk6nJ5zZ1RVRRyxQya9Cr7r3VbWM+eHduxPhxRbj7dn6czHwsxPxW+cPxKxfwp3LkMZ2NuJfnJhZtqdd9Y/Fnd2G6c3LV7y3H8dpt17P3Nt7qTJ7XqVqsdsilX+8m46nIVFJkJ/de6Xnww6M+bA7U6O3p8gvjN2l1B018Q+p8/8AIbpb+W/1J8kfhf8A6M838tdwZXKbMwOC6M2Hvrs3fPdW2NnV/wAbe3dx7vy1PvnPNkDuQ1ppKyGklocb7917op3S2wf5mn8uT4td27q/lq/JSj338T/kN3Xne2Pgz1121t7dG4e5+7ekOiKTrnuTsb5Aba31hcXs7qvqXFb+6Z2tkaHcWL33/AMrlMLg6qkw9BDmKqi8/uvdGb+M3cvxo+W3w471+Z3xy27vbqSp+Sfys+E+T/nRfH6uhq26ai6EwWa7ln+YOe6fptyY7I7k37t75B7e3Ruqsr9tbTze5d8SxwUlLRUdPXPHFUe690WHtX4i/Gzae5vkn1XiOnd3/wAvvN/MvvfqLAdF/HXY+89mTdzfIP4Ej4/Y2o7C+O+0e4M/kOzPjf8AH7MdyfJDamJ7Kgx/ZWT25kvs8ebqqssT+690vOl8L8it7/ymvmX8C/lvW4qT+aJ8uv5r+Oo8F1T3ln8Fi5+yst1nF8Me1e3Mhmt07ezOD2RRdeU3UGwMzLV1eNzOOpc9FR1OLxE9TlZo6V/de63VP9lxy3/Df3+yl/3J+Pv8b/2Ur/QD/o7/AIN2D/srf8T/ANE39wf7n/wD+8v+lL/QX9z/AJH9p/F/47/A/wBv7v7r9337r3X/07lP57nwh7A+cO/+p+u+s+4N97t2XFs6eb5p/EOg+cO3/j/sCl+P9PJvLI9SfJPcfVGfhzGPyf8AcXvehp8vU5SpxzxZql2eMXFPTTRrV0vuvdU0bM6P+KnzI2h1fiOru4upt+bs+F1PiemPkjsncnzu6d278c/mJ0j/ACTosFR9Hbu398Ucs8tNX9P/ADE2vFuSWm3fX5HM7f6txVfPkZ5MzTTv5Pde6LBvf5Ibw65xPavyX/lpfE/5BdK/OD475c/KD599x/I7tbJ9i7V6e+PfU1HUdc9V/DjanZ+Q626zoe5vj93Z1dubY+89s7UxeSgx9TtzbWLaipa2lxkNXD7r3R9fiX/Lz3juX5B7931/Mq+fvzC6R3J1z8Ctn9Z/K3sbdX8wWv6o3XWdjZ75AbsyEuF2nuPdVVT1O7vgnmNp7+w1LhsxRzVOzKrfkuXx1PVy5OCrhj917qwfqvfPwSm+D3b22ume2+vvlltH41fIDpj4cb+m6c3Rtn4+91bn+FvQnYT7K6f+O3YGWSt7G3B84dsVWxJdwYfDYrHUtJQd9GurcRgqSnevdffuvdUwp018Ea7+Z53BvjtWv+en8qv+X/vbs74vQ/EzY2yvjb3l8Auoj8qMJ1JjMJRd5Z/tXO7c2h1301nuvcjHu+Cnaux8VZWxZqpyEVbBBFULP7r3Rt9mfGPufqPC7O+BHxw+TOP+B88mfz3buYxnQO5opd7dA7+2zhM1vLK0Pyi+VXXW6doYH+Zd3VvPq/aqVMvU9Pj9obsw20M9itwTebFYVGrPde6UeQ+UPW38wvb1JuD5ZP2Dvbe3QnR/eHaP8u7+Yt2H8W+xvgN8KMj3P371Lk8VseHclb3RLu/rzYu9Ort5bB21mNib5n3rGuQz2Xp/4ZBFV0StU+690Wzq/wDlY4Dc/wDLgxfTXzR6c7G+W/zVPyh2dn6Oo7B+au1uiuqc3X/KWs7d7U25J8Hvl12RsHsXrbsyo7txOSx+X33tvZs2UrNw7oFPU1rrU0aKfde6MR8ZfiB/NY298mf5UO/flr3f3327D8Uvkl2F0fvX48ZbrPtPKbR63qsx8efkT2RsfuXcXycrt0Zzr/v6k/uvvLFbNO+aPD46hoJq1MC0vnoJIZfde6rz65+d27d5fzeu3+pP5gvW3yQ+IHxy71+XO5+go+s/hf29uPafxe3D8laLcQp+xdmfJTHdf7Gm69+aW/8AtZd37V2zvvLOcTUS4OenmyMDUkkUa+690L/Rvz7+FWB/mt9pdVN/Lh+DPwh6O+Nfzn6x6c2b8vV+Heyt6UnWW7esuyt3bI3ZtLe3bmEwHXmD6i3b8hc1thsztTeVfkKWDrylwdYZKXMrrqKf3XureOiMd/L26/7y+T/y1o+6egPmPtXpjfVN1F152lifijR/ID+YJmfkx2VsXa2+8bTbD+aG2947s3t8ycltnrHcWZpaHC7YwaV2B2xRJQNKKfb1Q8vuvdVEUXy6+YHQu46z4O7M6W+X/wAj/i5/Kp6v318EM51N8WOm+6K/B/zDO2d27O3Z1D2vnd+9wdfbY7C2d0NT9Sdedk4beeF2xmcbuqogyeNTx1SS10M0HuvdDHs/afWm4fiJ0B8I/jz1zmOi9m9Y9s9Q91de/DH5EfPPYfw+/mPbx+X3YmUO66TK9ebt7S2Ptrsnp6m+NXZdNNSbekj2TkJO0nzlNX4efHLjyKv3XuiEdC5rrj+ZVtjYXwSy+9O3O2/mN27ge/Ol/mBj9/dT7z7soPj72xhvkPuqu6e/mW9t96yNFgO3ew/j98fdt4XpWgylR/Ba+PCbt8UGYpKSJsZUe690MG/v5df8yL515v4lZn5E7k+LOxcVuL4WbP6Ex3zjqu9esfnp8kuzM/8AFHfndHy5pu7Phrj9n7r2v2Vnex97zV8GBydHtjIZfIrgoqmSWqkhLxr7r3W5h/Bt/wD/AA0v/AP9NvyH/wBJ/wDsgP8ACf8AZiv9EXZv+zVf34/0Bfaf6Yf9BP8AFv8ATF/p4/jf+5j+633394v47/kPm+79fv3Xuv/Uth/mz92R9K/zMOq+8H332AdgfEn4p47fHyP6d6+6X66z25997L+XO5+9fhf8f6raO4KvKYvcPf2coPkj2Jiaip643XUUWzcdQ0bZWlknyNRNTP7r3VUGyvkg2Z6Z+X+D7D+JnzOm+OWxuhPmf8ae6vlb1D/KR+FnVPZk2b3l1xujrvvDGdyUHW+89oYvpOi+E4xUs0MOCzNUN3HJV8OcSmTG0vn917o8fema7Q+QHw47y+IXTW7/AI0bp7Xz38ofctL2b8M+k6nG7n+W/YXYMWS+PlF8MO5N1Uo6+w+8KyGf4jZeh/jVBJl5KPD5fPwUNKmQpYqau9+691VV8jvhRub5Bdh9k9h/Mncu7ey+wsHtfbnwr+a1F0p2x2Lle9uyPln0VnqD5jb8f4RfFujyexuoO5emaX407k20mYweSqtm4na0NLuLc9Bimy2PgmyHuvdUz9j1Pxl662Z3nv34DfNqh6j/AJfXyG+Rnx9yfZ/xj3pHgqb+Y7sGg6f7dy26NnZ7p3ZUua3bNnsB0njd8TVeGzjdiYWvz09M/wDERGYlk9+691sE7g+QvQ2U/lqbN+CPye+MHzL/AJlWOh7a2Zn/AIkYneu49/bN+S24u/8AuPBdk9idP7J+clHsztOtz/Qc/ZG1975Ku6zpMJnd6R7n6/p4stNDQ1IWjT3Xumnoz+Z3/MSzfyd+EXwt+Vn8prrKl+dqZ7snv3qDsXu7fO9vi8Oy95U/S3bvX2Q7E3lsnq/rOpwO7K2u6TweQ2ZSHI0OViq56Gm1+N1EkXuvdAt8uKD54/zXuisN8fPk5t3MfAKs+IvftT2F2j8cN0YCLqPDy/E75Sbk2Hsf4X9D/GnrnamKw2G+RPcOJ3j1BunCbUotzUu3xWZ2poIEyKfczSU3uvdWrdY/InoH+a31tu7+X98RaDP7F+UPwy+AnaXxf2NWfMTdmc6M7l2R3xtbB7B612x2PsnoLrzM9r7Fiyux8/seYZ3fHlpt2bArp6ekxAliyVYV917olO/vin/Ox/lu/HLrzuD4Zbz+Zm/vmrsjK1/xi+Xe1ctjs98ruhu18Fk4dwd70Xyd6Kn73yO8lo9q4LDf3a2ZV1dHtnb5izFDkYNJLSy1fuvdV+/HL5PfPTtfdH+lH5YY7J9798/ObrWpg+P/AMQOlPip0fV9v7j64zWD3HX7v+feIwGN23sKXqXcu3dsbqrtx7L3rtmR812JuHY4xGarqHH4ykq4/de6e+/O/fgtl/lfWfy2/lh0b8jPhh0J218e+hNj929496bYpdjd675+XewOrdu9f/HL5p999cL2PUbd2Fh+v23bu/PZ58dn66Dehzhrs7DW1EMTRe691bT03/II2h/KN7L+LnzI6x71+eXzo2ttDueh35tr4+fG74/7V3ZgMpuPP9W7ywmH7Q3nipu5sJi8DtuHb+TaifPwQVldGtZDTpGY5mK+690s/wCZHQ/z7qHdmCx9f8UdkVPw+79bL47vjon+WFu/e+d7gg7OgWbIR/JzPd04nqToftuk3lj8i+ArKbFpnUxW5m2mmLybiiraot7r3RSf5i/XXdnyzzf8t7r7+W7FLkvkx1f0LXfCjtTvH5H9Y7PxXfPaOX3Ptbo7qftzsOHc1Pi+2Nz43tX4F7g2TMnbu4aWvh3D1FuHcNMcLV1k1XNMnuvdEd7g+EnzX+Cu5Pg1P8Ad5/N3f3z/ANt9f9qb+i6Wk+GHT+zc9tf4+Y7vPem2O394d45fa+8ty7j75o9xd65DEVu24t60mZpa7bWYx07TULRU9EvuvdGCwfYnyp7IlbuL5afzCt4fEnqP4bfKnenwo+DHW+I+EPxY6s+YtR3b3b15sLqTt3D1nxr2om1ut9m0u2umfkpDWzy0W5MlPiac1GQpIY6umpmf3Xut5L/ZUs1/sg3+ySf6d+yP7w/7Kf8A7LL/ALMv91V/6W/4v/oo/wBGf+mr7z+M/ff6QPu/9zXk/iHl/iHP3Gr9z37r3X//1bhv+FAOy+r8VsbuHN9kd2fHD4p7j+TnSvx06W6N7+3Vsj5Ib77im7G+Mfyuo/lpmNt7ixPVW2OxdrJ1PtrbeGGTxUsODXKR52aoetnkoFjjT3XuqAfj/i/mjvPoDvX44jtD+Xh3l8hu3euP5i/b3Um7+zcZ8psJ3T3/ANZfPnZDVu/u1OsOx9vV+xviLtPJ/KPAY7HZDbWG3y+JzeCqJ4Y8tjsY4qYV917o8n8m3ZeAoMdh969zfLj4t/MTvXKfzHfhXs3cmWyOw/kuu5emt69R/FntrqzafU+2sxsnYux9sT9u7W2jtFcXjMrkXyfXMlDi6t62qnq5qCV/de6Xm2/nd8Wv5Pgm6c2/09vb4PYz5W94d+fI3szr35D1uE753B0V1vmPipW9ddPd09G73+Oub7g2ZSbA7G+SvVeO2jHT7ky2azK5CbIeaCKgelqE917qt75hbs2//Oq+A38mOjyfSXyg3l8v83u/tDrzKrsis+M/VMvdMXUG2/i1W/Lrss13YU21tuVea3vtvMfdddpTy0tPJlmnWtppUMcZ917pu7F+B/avwc+afwP6e6+7f7LbsHq75gfFCh/lodQ/L6t2Ru/YNNtLuzrnK9t/KLI9+ZT424Gmy0GU6q+Rtdj8DBTyZahq6qhnmkw8VfQoauP3XuttL+Xx8LPgz3j0X8Lvl+vU/wAdN+dq9XdWdg7A6l7g6CqPkDjes9vbTze9+4MVu3CdaY7urcf+kI4Sprt97hinbcMVRWLV1tS0DrCKbR7r3Vi3xn+G/wAZfh513UdT/G/qTAdadf1W5ajeFTt+mrc/uMT7kqRQh8pLk945fcWZeWM42BokNR4oHTVGqMWJ917oLtnfyzfgp1/gvk3tzZnxz2ft7E/MiozdV8l4sfk93JV9qz7kl3BPnHyuVk3HJlcOMjPumvd1xc9CoapJUAqmn3XuovTH8sL4J/HrAbb2v058fsNsrAbR7Tyfde3cbT7u7Gy0WO7PzPW+W6hye6lk3BvHLT1M9X1znavGNTTPJRCOYyCEThZR7r3TZSfyp/5fFBuvr7fFF8ZdnUu7eqvj5kPir17nYM3viOt2r8fsptTeGx6/rXGsu6hH/C6jau/sxR/cyLJkFjrnZagOEZfde6om/mC/BjvD4Zd19jfLrob5g5H4r/GbeOf+A/WXYGyOsj1Nlc/1X8JPjD1fuHr3vjtvcdN37sbf+4N353qPai0Mu3KXbDZXI1UNTOKvH5GoaEJ7r3VCnzc+RHaXyH/ltZjeuK+Y/d/8zTc21vm9tX4zLu7P7UO2+itm7p3H11ujuzZ/yQ+Oe3utuuOmu76LeOzdgQQ7GzKb2jrsJNW5TNyUuOlR8VVwe691f78wvmN/NA2j8xOwPjtkNjbI7q+Pua/lg4eh+am4elMnQ4Lq/wCMfdPYVd8l9jV3bXVtd2HvHBb2raWjyFNgJMvgKh8/uWTC0OnH49q6ophP7r3QQ/E+s65+OfRHwd/lhfKXtnoXC9BfNc7VpumO0fgvi+49Xe67ij2Ljuz+kPmpU99Y3dW/+vsz8827OxiSrgKPaFbSz0uXQ1GHeGARe690hv5j+I7L3R8l9vd8/wAvibrb+YFs75G/DvfXxZk+EnydbffTG1ervjj1t3jsva3Yu6+rt+5Kv+Mz0+2sN3l0HjKKtoM3vHI7syGQzEtdjaWowqtUUvuvdUbd399/Lau7x/mwdJdgd5fxvsif5k9Bd4dR/Gj4y7Bzu5/iZ8pPlxT96/HpN50Q3ruTZW5t87XwO3OutjYrJoZ93bdeSTFojzyo7wy+6919G3/SN8tf9kJ/0sf6Ftsf7PJ/sqX9/v8AZev4lF/c3/Zof9FX8f8A9EX8W/vd4f7uf6T/APcR9x/HdP23q++t+/7917r/1r2f52NP3dh+zPinvOWu+PWd+MNLuStxu7Nq5PsbYPxs+ZO18+2I3Mu9c98ZvkN2Ju6tjzVN2Tsyvo9s7m2Jgdp1+a3RtWTL4gVCjMxyUfuvdEJ2f/LN2P2Hj9+/BPEdy9RZf42/MHZfzh+THxs+OT0uB6B3T8Hsj8p9tU26ums73l8Gd9bsqO0e+8r1HUZbFtsSegoNly9ZVe3cmagSNlIBQ+691U9/Mb+Enyq/l+997o2X/K6+V3yM+O0u6qj4ybO7T6s6m6H7r+Ivw+wcu1vjTtbDbw+RG8/mZkc/ifjNNS5vduLNdlHqKyJqDI7iqKepqzU0dUX917qq74N5HfPx8+VfxjwHycqPkx8g/jkvQ3bnQ/yR+NO/Piz3zuPYWxd79d7F727467+HG4+rq7H5KLt3bvXXY1ZtjtOeCipYKTFR5dsq8EC0ktWfde6tfPRG+flb8FfhV8je/wD5EVn8F2Tn+zflL8RNk7F+5+EnY/x5z2ytv9Qdrbi+Evw5627XzW6t5fJPbXYVPgNubG6RznXVCuL69rqaOsWkz0ddT0MfuvdWkd5fIxPkJ0lU9d9SfCOTrD+YB1vuH4xfIT5/VXce+tt7F7M6m6U2R0XlcN0/3nkP5mW7dlbQ6g64+a9H1BvXbVXg8plI587tyDI5ilOOb7KtMPuvdXy/yg+hOyfhz/LI+LvRnyFo8Ls7sXqvZW64t900e7sHufD4l8v2PvXdVJNNvPFVMmBywfDZynlmq4pPE0jseDcByKKWeRIYY2eVjQKoJJPoAMk/Z03LLFBG808qpCoqWYgAD1JOAPt6L/8APn+ctsX4wU2MxHRWH2f31uuvFBVV9ZTbgzR2ptfHVctUlPNnq7E4U0TDOilkGLenyEn3bQTegJEW95He1n3edz52eafma4uNrsV1BQUTxZGFKhFZ9XZUeIGjGmq5qadYze7X3kNq5Digi5atYN1u3oWZXfw4wa01lU099P0ysh1UbGOnz4KfzmOnPlPtDsyXtbDUvRe/Ondi5js3d9BPmWzu1c119t5FbO7n2rknoqLJPPhnmiSqxksDVKmeIwvUBn8ab3O+7xzDyPuGzLsdw257XuFylvEwTRIk8nwRyrUrR6HTICF7W1BKCqn2p+8ny1z/ALbvcm9242vdNutnuZlL642gj+OSNqBqrUaoyC3cNJfOkhlT/wAKN67KdyUGH2f8ZxV9O1GejxsdXkdyZOp7TymIaVohlqbA4XFVmJoK6VLS/YIchJGl1EkjixlFPuhxwcuy3O4c5aeYBEWosai2V6V0l3YMw8tZ0AnNAOonf7531HMsdltvJZfl8zBQxkY3DpWmsIilVPnoAkp/EethvpD5JdN/IDb+KzPWvYeztz1eQweOzs+IwWdFbXUlHkYTJFUpR11HiMxPjmdHVKlqOKOQobWIIGJnMnJ/MPKt1Pb7xtNxDGkrIHdKKSp4VUugbgSuskV6zD5Z5y5d5stILjZ92t5pWiVyiPVlDDjRgjlaggMUANOqMf5xfx96o/mNZPeXxZ3h8PthfI7u3obN9W7r6MxGw/nR8c+jPk3uXYG/NtZPLdz5ilx299o713j1RsLZ2Xo9v09fR11BJFus1VJV08kSUnqDHQp6ph+L3xu+XnwE+EPa/wDK76MzlH8If5pvfOarvlJt/aO5u/Nl75r/AJN9N7e3VT7Kiwfxx7m2rkevtrdH9s46ihoKGox9XNuPK5WjweVroqKKlq/8i917of5ew8B8wKIfK2h6iz3wh7Sz3d29KPuL+S38hflP158XF+b++t27f2rj+rPmxtig7i2l1xR7c742R2fuSkzuJ3nWbaz0+Yy/WOPoaJ0rqOOWL3XugU7M258GPjxsX5QVGxcN8i8T8xfgz2h8YfkGmR2933i/ljkvmJ/Nm+Sydr9u9J9J/L1OouuqTId75z40/JTrHLbegmqailnWXcmV8bUkta1/de6Ox/MV+K3bnza2B8ptl9ofzBvj7n9lb62N0J8h9y/C3LfE/ePy9+XPwy3PjOjeruv9y7j6C6o2L3fF2d17WZzcu6q2vb7XaRmp4d0zLIzeeSaX3Xuq+sX8NfkP8Uvjrv8A+Kf8o7+ZFubaO9fgf3ttHcvyl29vzYG/PjX1d338yt9bm6s6w3jsyn+WO9uwdodHw7CfYp2oaHreSbK5SfIeVhWzHNUsdP7r3W5v/Ffmh/sg38b/ALtddf8ADg/+yofxP+6HnpP9FH+zc/6Kfuf7vfc/3h+x/uF/pb/yfX/FfF9hz91p/d9+691//9e4v+evuXtP5H792d/K62F8c8HF218hdn9Xds/BL5h9iYimqests/J3pTuHI93dv9ZZLdddtXOTdf5LGfHvouauE+MWuqcz/GIsZVU0dHUSTH3Xutcntim/mTbO7Q+ZHzA7q+ZG0e7/AJj9BYPYWa3Ln/5Znx26m+UB6N3d8Nx2rubb2w/mnvlaDpzMfELqnObkoqmhz1NSUeao974jE5mLNUVRBgoqaf3XurtNjfMj487w+PG4PjX8B+zNx/NL5M/JH460vyg+YNNWb7yfzpo+pdpYui21t7uGPqH479wbk3vsXdfb6dn9nY1MT1Mafbm3cnjDWSzVlN/Daann917qlX+YJ3h3Dt74XfLTtr4X/O/pBfh/0Z/MHbpfpjAZ3FbE3P3j2+2O6g+Pe+Mp2f1T8xMtRZ7vfuvuLMLvqfb+7aatyiz1HXWMqsfVV9Vi9eNPuvdGE2r/ADIMR8hvjB0V8xcr/Ly627N62+OlR/LK6v3f8ovkl3duz4mdQ9cfMLZm+aOmeo+LfXvX2wN99W9XdMdX9iJRVu/qrbRwMeV2ycdHlsZPT0tLTR+69057a7G358vvn72x8dOt+nNwUibp7T6Jhxbbi7a37uPtDqbBd47Ah39238q+1vj7lKKt2x/Mm+D+2ewMzFJtLJ9r15w2I2XntvYigoKHFV6UdP7r3W2R8C+qesN+/Cn4/ZzKUuye4aDD7S3BT7dotv8AyY398uunK+sxO/NxOKvb/avaFLjZ+xKmfMYtNVdlsa82GqI2x9My01Imo723fty22MW233n0qu3fLGoEtDUH9UDxdIViNCsoI4gmnRFuewbZucputws/q2ReyKRiYaihFIifC1FlHeysQeBAqOtd7uv+X38n+2ux/k18nvmrkf8AQDtbb/Vm4O59zU+MohnMXjqvFU2QwPUHRuy66CdNo5yXF4vG46leamqZo6aKeOBC9bJOIOgXLfuvyVsOz8mcle3MP71vpb6O0jLHQzBir3V7MpBlQMzSMAygsQWNIwurnTzV7P8AO/Me+c7c8e5c52rborCS8kVV1qrKGjtLKFgRE5RVjWqsQFKpmQsFrD+LnSO/+7B8gf7i7kxu2X6y+MnaHae71yKVko3Fs/bX8E/jO0aE0dvFXZo1KeOSW8KeI6gbj3NXO/Mu1ct/1U/elm831u821tFpIHhyya9EprxVKGoGTXHUD+33Ku8cznnH9zbisC2OzXN1LqB/Uii06ohTgz1FCcCmelj8JPiinzD3d2f1vt/sEbJ7Z291NnOxen8TU0jy4/sLce1q2gly2z6iuppP4njKufB1MktPLSxTSKyNIyNHG6kv9yuej7fWGybxd7T9TsM1+lvdsDRoI5VYLKAe1gHADBioNQAQSD0Ye1ft6nuPfb9s9rvBteYoLB7i0QrVZ5ImUtEWB1KxQsVKhiKEkUB62j/5Tnxh7s2p0hkOn/lr07j5NlbPGI3b8fN/ZWT+Cdh7cpuwKfMVnYHXtKtNUUW/tly7Q3FLPJHUxS08U5yUjUss1OYXGEnvtzpy3f8AMsXMHIfMDjcbjXFfQL3wSGAoIJzUNBN4sekFSGK+GA6q+odZ6+wHI/M+28rScue4HL6HbrYJLYzt2XEYnDtcW4oVni8KSpDAqGMjFGZNJ6pL+fPQ28+pv51PfPycqO5cx1JT742Z8V/jttLqjJ1EuL7x/mB/GbeXXlBhPl5sP4T73/iVFvfcHyq2jWYLbmCwKbfmoMv/ABvP0yLlqCYxvLjRPKZ5pJjGiljWigKo+xRgD5DHWUFvCLeCOASO4UUq7FmP2sck/M59eoWJ7c/mz7N3Z8Zu3vmphqfYnWnZ3R3Z6ZX5gd/fBnpbB7r/AJSVVtvvDem1+uctujszN7crMxn8xvrq/aVHTyUmby+IV6jfi1Qlnniiadrp7qnr4xfCbbf8w7fu9Pn7hflZn893F8VYOjvm5F8a8z2vvH5V7c6p+IOA7VG6ch0tuz5P9l7ok7LpfkFsfCbJ3fXHaVXg3pfLPjGbIJ/FJ3pPde6sA3ltv5l9PYOn7628nwL3B1D82v5iPWv84n4A9R7p7Up+o/mz8isPgu5NzfJ/ZHx+odqbc6ZzO4e4O2eyMf3ttvB0+Jn3BlV2tlqtaLHPPHWFj7r3Sq+ZfZ3cXfPzY7c378IN6dd9LdI/LPYvXO2vln8gfiTkcf8AIb5m7/70wexes8ZVfELqeqyWD2Vujq75OYyk69nlouttu7uxcGb2ts7I7lqJI6yOel9+691dvuDeFTU/NLsvo/vz4R9NYnDZ/wDlx7b+WH8w7J7L+Qm/M/tTCVEO/PkHFtvLdN9NTdbbd2J2t3lR7y6ew8n+kWu/u7u2KBKVVrSMJQRv7r3Vjv8Apg+NX/DSn+nn7rvT/ZQ/9kA/0q/e/wB8N1/7Mn/svf8AoB/vV9z/AH9/vt/fb/TP/o+9X8V/vF/E/wCNfv8A8Q83+Ue/de6//9C5L+bv31/ME6K+WGVzW0d3bn6Z/lzH4a0Ff2B8qtpbd6u3rvD4wfJHFbu7nr9m5fr/AGlmMDvne2Qy3fO4qbZPXGYeo27lcTFhNyTS0zUdVFLXU3uvda/Pxj+OW9fjPn/5bvy3+Xmw/gX8ku3v5l3y56H7mn7Cy+4vmxjPlEK/vXtLqvePYud7A2319XbL+JmKrugqjtSOuytBnqNMd5HmhaCtiWWM+691ZJt/qb+YV8zNq/LLtDqf5OUPf/8ALz7yw/f/AEX/ALKs+3uiOvf5gm0sNsDuZuut/wC4Oj811d1/sDqVd40u+OsslFsttz7nkwdRtPK08uUjOR0NF7r3S4rPin/LQ+W+9K/Zvyl+AmyM383e3/lF3N8SN+d0dP7q7jxvxbT5B9cfEWh+QtN3btzFv2ti5KTrGo2TNjMN92MMldNn6OoienNOFlb3Xuqnflj8nKP4gbw+J3xK+WO2NzfNX+UB0l8WdofGHvHqL4+bfw2L2Vv35z/EfZ2P212zuuhz2QTqvtcY/Z2/KnC5T+K1WTosXmIXD0z1ix1Mae690ruhPkjjt09ed17H+PfyS+F+4v5fWwduj5Udtfy9/jzgPk/L8ssJ8IdlUZo+6vjLt/tLtbYdG2QzPa24OwMZX7lP9/pHoNyUyQ4DI0WHTxe/de63PP5VGzt0bA/l9fGfaO8/jft34i7ixG0M6K345bUzGZ3BgOr4a7fW68ljMVQ5jcO7N85qtbKYqsgyUxqMrWOtRWuupQojT3XuqBv533zY313x3VJ8E+k6PO5vaPXWYx57Cxm0aDJZrOdk9owwwZCHbqYzEwVNdW4LYH3EamnSNvLmPI8gP2kDDP8A+7V7b7Xyvy4vufzJLFFf3cbeA0rKiW9sSVMmpiAHnoe6uIqAHvYdc6/vR+5u8c18xt7U8qwSy2FpIv1CxKzvcXIGoR6VBJSHhp85dRIOhCFx/J6/l+fILAUPzBy/dPUu8eq6HtP405vpbZC77xJwNdm6nsIZCTK1NNi62RMpTQ4tMTR63nhiF6hQt7NYt+8F7r8qXcvt/By5vtvfSWO8peTeC2tUEGnSCy9pLa3oAT8OfLoz+7j7P822Ft7iT8z7DcWKbhsslnD4ymNnNxXUQrUYaNC5IA7hSuaUm1fS/wA1fgzvnZ3b+f6l7a6W3R1/naPNbd3zlNp5L+7VPk6JjE8E24qOOs2zX43JwtJTVNM9SY6ullkiYMjke8kI+Y/bj3N2vcOX7XfrDcbK6iKSQrKviFTmojJEispoysFqrAEUIHWMUvK3uf7U73YcyT8u3+33lrMHjmaJvDBB+HxADGwYEqy6iGUkGoJ63w/g38rMD8z/AI1df97Yejgw+TzdPVYXe+26eZ549sb92/KKDc2HhlkJlkoGqQtVRM58j0FTA7+piPfL/wBzORrr265y3Xli4kMkMRDwyEUMkDjVG5HDVTtemA6sBgddXfa/n209yeSto5qtoxHNKpSaMGvhzpiRBXOmtGSuSjKTknrU9/nR9gdm/KL+aVtz4rUzdk9Q7M6w3/8AGL4X5z5CdQw9aV1Dj+g/5nGCxeV+QeP7Sh7JG4dxbf3pTp1TQts7O7YxUVFiqeDINlayCV6LWAupB6D/ABPyg2rvtfkT1V8PJt7/AMxH5a/Cr5f7F762JV5qqoNp1/yi2Btn4o4/ozcPcXzFxfY9T1H1vjuquoZOyW2Dj6LY1LhcjkclhcFkJqGtEuQytR7r3VVfwT7c/lLbQ6C2j0v252d8iOmKzY/zM+a3bnQNd2ttSfFUuwtubq+K/WG3/jZ2Z826nrTblbWZnC0Xde09W38ftT+J0M+46LxZGkkx0lQknuvdCBsf+Yx8hu7Ie3vm1vH/AIbz3XQ/y9tyfHzblfu7fmM+V1DD/Mf+RHSlJvSl+IHbfUO2tnUFCdr9gYTL9SZesw+OxlBsXbc9VvZE3Jj2hhokx3uvdXefFjBYD+aF8adk/ADaW9urPiJ0NurqPs35M7szPwjx28K3cPyKz9b3nVHeknUu5/kXt3fOZ2d1LtDfXZ9fgd4Hcj7b36OwcOy4ESbQYzz+691R581cX0vsT5s9l9/fOHYXym6K7t+ZnytqN7YjZG1c3gd6fID4m/C/BY/Z+4OmPkp11BsLdG+ugtxU+/O/9v7n2ruXFZ6s3JSptjH1r43GRZBoKqX3XuvoBf3m2F/w3p/fD/Zjt2f6Mv8AZQ/7w/7Nn/cTbf8Afj+5P+iP+If6fv8ARr/o1/uj/ef+Cf7n/wCC/wB0P4f91/k38J8X+Se/de6//9G7n+eB3anx3yknafxN2n35B/M0oOpNt7Z6y3D1/wBFdu57ovsbqXfu+dybDyWz/kl3HtfZy9dUm2OncbufdO98FQ5TdWG/u5uemoMxUrJTusNT7r3WrZ8Ocn/MF2F8LvlBuLPYXuvvva+9N8/PfF/MOao/mWfGr/Qh3R1PghXL/MD3p0p0TVQ129N+96UmxczX1eL7FxeT3Jg1y+Ro8p9jkaeRKao917o6P8mHE7O+PfxD+HPy/wDj/wDFum6Q+RXyu717b/lnfG/5Bb133srsjZ3Y21e+e5u5+5sb3B8g+stn47Z2+t1574/p8ccfsdKZ8rgZctSq9XSrHStGqe690qupe+vmv/sj+3/5ePQNPvfY/wDL9T4T7Cr9h/zWur+tuxMluCKm3F8t9y4fPdvUfTu2pZuyl2tvg0smwsnsFIk3RtjGVFVu7KTrt4nR7r3SW3T1BV7c2N0p018evlR8q+3/AJcz5v4Vfy9Mrl+pPh/8n9lfyzu+Phl1DvWh6foJ+/Y63aua2P8AIbrzF9cb03FU5bP4nsCi2/ufC5OVqARU85lk917oouI+UvS/Q/z5/mG9C/yx9odNU3yb+S+L6g+CfxkoeiOpdwfGfeGw/kFL1Xt3afeHbfUPa+9sidq9TdK4Hv8A2BXDJbTr2fJ7irchj8jSZbwUE0lR7r3W/L/LprtzZL4VdAVm8s1vHcW6pNq5JM9mewPkDsD5UbxrslT7r3BT1Emd7/6to8fsHsmqjaLQtVjYY4qaJVpXHlgkJ917oTej/iv0l8fa3eef692bQw737I3VuXenYPYuWigye/N357dWbrc9kmyu45YVrFxcFXXMlLQQeKjpoVUJHq1Owt5l535k5rj2613bcGO22cEcMFupKwRJEgRdMYNNRC1Z2q7GtTSgAQ5Y5F5Z5Sl3G72nbkG6Xk8k09w4DTyvK7SNqkpXSGY6UWiKOArUkxHsJdC/qHkMdj8tQ1eLytDR5PG19PLSV2OyFNDW0NbSzoY5qarpKlJKepp5kYqyOrKwNiPbkUssEsc0ErJMhBVlJDAjgQRkEeRHTc0MNxFJBcRK8DghlYBlYHiCDUEHzBx0B/RXxo6i+Nh7EpOmNuLsjbXZW8v7/wCW2Vi5RHtHDbonw+OwmUrNp4cII9vUWZp8TTyzUcDClSdS0McSsV9iXmbnLf8AnD90ScxXn1N5Z2/gLMw/VeMOzqJX/wBEKFmAc9xBoxYivQY5X5L5f5M/e8fLdn9NZXtx47QriJJNCoxiT/Qw4RSUHaCO0KMdad3896k7J7B+Vny9z3wt6W67273b1x01178AvlbvvdeBgq6buzqD+Zp1StZieyt09gx5famA6R2/8YNs9HVNBNubdlVPg6CDN+eeSmghYOFuhX0JfSHyK6K378mPjJt35QfD34x0u8f5uPUUXS1Z8fd8fGzc1P8AJnbHX/RUv9zl7O+S3yRzWTPXXe3VmT3x8TYKrEbbosDgq6XG5HBVsFVLTY0z1nuvdP385n4MUnzI6xweaX5hYLOfKPuz4Wwyd57h6N+QfWuw/jTv7p74lVnYvyi2DvKP4cZjP7s7g722vvneePzuNwdXg9zVdLtnKRpl6hpqegqYpfde6qm+B/RS98/yo/5fnR1PsbNbV+QfQ3Y3yr+euG76x26cJ1P2R8fOuOqt49b9qYDr3Hdq7xov4J8Z8j84sHNT1Gyd/bjeLbkf91myn2+TpaOXxe690+949Nd7/Hvq3o74ffyk/lwaz5YUHVvbXy8+bXyL6U+cPRfUvRuf69y/fO4sQP8AZjcpXblpsRuzv/Z8/bezsBT7mm3RSRVmKx87QYwwzI1J7r3Sb6V+XFR1lv34cfy9N2777K+C/wA1/ilT7O+G/bO4ehMHuvsveT7V+P8AuLM/IDc+5+8N6dQ43OYfub4u9h4LdWY2/iNnYuooqnr3OnJbtzGTqsOz0q+6919FX/SDsL+4n+lL+++0P9GX91f79f6Rv7y4b+4n9yP4V/Hf74/3u+9/u/8A3V/gn+WfxD7j7T7X93yeP1e/de6//9IxX/ClLu/efxk/mB/CjszKdsfL/GdCdg7Gx/UfY/Uu3d9dm9HfDzJzZLK9uU9F2FuTtPam8f7sb337srLbmxuW3LsqvwBp8rtfDUtPW1wo69lh917oC8R8Ou8sD1t2d0p8bP5lXxL7N+LnypoPlNs74q/IHrr4T/HHI9M1/wAl/lfihtbvr4k53unb+7sjSfB6j7t3huHam2tlY3a82ZbNxSTQ02OhOEpqao917osPbHyOxn8vT4pdOfy8tmfLr4a9/wCxfhTjd69v772NtXtrZG3ewe6MhkN357cfcuH62+QeEpdxdkfET5i9Q9p9r12zdjYrai1ma3VtGkye4GrcVKkuKf3Xuj/7U7Z3X8ivgb8/Pmd/LV7w+RnbHwl273W/k/lebc+PUPQ26sbumDa/Rn8Q2d0p3v1b2LvHe/XfS+wYMvjd653B4HBU2H3DSUeaxtfSJS5jI1MnuvdJ/wD4T/8Ae38w/uXd+xOyPi9jN29v/FqsyG1D81dyfIbcW4+julcNuPfMFqnon4BdM4/EdmdV7A2V8JpJMvLHT7RfbcG7qDK4ehr6HDwUlFp917qlD5SfI/uTsT509Pdmbc+L1b8c/kb0h3F83W+Dncnxy+H+0Nxw/wAwz5E7F+Wb7d622xuLYWEw3X2EroNhwY2pwGc3FBNvDIDJ0zSVFI1RVzaPde6uKxP8wX5i7N/ls9r/ACW+HP8AMpw+JPRWy9tb462+HO9v5UHxx+MWV7G683l3htDp+t7I6q2xtjtDdZn6il7X3vkMQmfx2Lmo6vdGNraJgJw7e/de6uz+GH8xf5NfGr4tdITfzmY8tS/Kf5D7S+V3yH2Nt7rrrDG4Sv2v0N8Yeh9p947x2t2XtWlpdnrtLtTD4KoyEYxjU80stcUppJkK3X3XuiT9PfzF/n3vrsv5S94/7OHtvdf8tjeXUNNiPgx27gvi91q/cG/PlX31tul3l1V0N0J1ZQZqSh+T3cXRNdiM/tDObXG5YKuu3FjPtqmGOoMixe691i+J387r5S/Kj5Bd14rs7ZXyH+KG6fgr1lXb175/l/bO+JON7+7d732dWT7X23hexqPdW4K/rjsDqzfNNmu1MTlZ9oUeIrqZcJiJKn+IOk8ix+690uekPkF/OB+e/wAfd+fKr4ofOnofEdHdZfHiWPqgdd/H7q3vvuT5Td9bIwG5t05yk7i6skqcRB8Uuzt6UFZt+nqNkYzKbqTDVFYFilm1Bpfde6pV2n1/3/8ALnctd/MB69+e1b8tfn1gajZu4Pnx/Je3BsnEfFfdfcux/iXSzbS7d6F3/wBG9e757Fl7Xx9BkaeXa1BR5zZc0WfpcrIZ6eFp3pH917q6DtD5v0vdHyZxW8+2+tp/5TPUW2vhHkdj9N/Lf+Y18HOr9jZfq35oVfa216mi2h0Xvjuerwsu5cfJ0NNumOLAUWWxsMsMVTWiC8D+/de6q52l/Jq2X8kvif212P8AypPnp2B2lB0dt3Z3wO7S3buHq2k7B3d2XTdH7qxvY/dG7/hF3VP2ruzd3T3X+9uqu35qCh2Xsqejwm8DFV4OrnWkytU6e690XrrL5J9r9LYjvv4qfPLY/b0+xd5/AT5M/GfrfP8AS/RcGwvmn8f/AIedK9W0nU2z+8/5gnwb2nU7ah3jtuXpzN4zObQzO99010WzIKDOfwqsEWSrqhvde6S/w9+M2y+p+8qzrH4pfzSPgRuPp7avxfyZ7V7q3j8X/jLvrrqi/l/747D68392xuD5cU+f3XmNv5X5K7U+V+c2xtvb+1Nz1dbM20ozUx5mkigXGSe690Mm4P5e3y3+PP8AMXy4+X+Ux3c/fv8AMd+O9f2XvfM4Xb/+yu9H7l7m2t/ph3b8gukdo/zBtkU2S3r8Ysd1z8dutF3TmMjtrA+XfeJrZdr5ahpsTkJ6tvde63Dv7ldOf8M0/wCj3+7/AE5/oC/4bh/uj/df/Zl8n/oC/wBE/wDsuX8J/gf+zgf3b/jH+ib+6f7H+kT+Efcfwn/ct9pr/a9+691//9PYi+WfaXaTfzTdidCbuqejO5Pgfuz4c5fcvyo6d3vhfJvv4w4inj+RElL8o4MvNtqiV9sdv5fb+K2FHT0ubrq6KppJZIsdTsyVcnuvda//AMbd9fAel+RO/u09j/H3E4r+VB8G8J3b8pvghsLd+9e5cL2lvr5C/DegyPafyR7m+JOKpd/rhd/4Tc2R2hsPIzUvcmVoxCj4tcHQwGozkQ917osmz9qdW9fd87e6D2q3XNF8ha7f1Z8p99bBXa+W3Z8jO/e7vlLksj8lPiP3h8JKfeW2Mp0tnu2vjv8AF3u3/R5mdtdhZLb/AFrV5+pyE9VRZaSmx2WX3XurN/h38Uettp/Mf+Yp8e/iD0l8pfhl1NuPNSfCqo+Tfx9z3V2+/jJs6l25tnYXyD3H2pveP5O9l733Qe+eyaDOnYldHt/b2Q2/S4OroHo1grxUVcXuvdFJ7K65+M+9sV2b8Mc5879r/EH4r/y+6brL4zfN35G9FV28xm/kLtnrvKZ/rz+X9tCXG5XZeVxlJ8mOtN3bG3ZUdtT7YxeKxFdPuOhEWQzEUcaUPuvdG3qP5b3V2wP5tfw9+SPY++9uyfF3eVX8Ls38I/kjis/uuTf9T3r1J0j1xsjafxe3t19WUtPsHCR/M6CnzfYNZk6XDfxKWo26GbI0Mk89PP7r3VdG3fnbt7cnyx7e6xh2x1/8+Opvmb2FnNs/In4DdI7a3ftSrbtjpXYFH3ltbvT4V713ZiOmtxv8bcKvSe26XOYzcu6cVXtujH7jmpsHNA9FW1fuvdANtv8AmPd1/NTfne/S6Zno/rjZPcvQm9P5kf8AeP4+v2nvPI/GP5hdDbO7D+T+7tk1ma+S2CrWod89s7l6/wBvbb7A2pTyZLYkeJpoIMNGGqKsze691G+O24PlH/Ne61378oegepe28v2jm830V8bf5gFF0XR7Ew+8tv8ASuR2RuTauV3J8Feut45vCdA0Wc7awnWy5rf2ZzEWD3Bgd4yUUW2p6fGVWQt7r3VnXa+V+cPV/SPxs+aXQ3eOO3R3/wBmfDbPfF3v7+aFndk7UofiP1tsDEfKzfO5dsZ/J7dpuuo+69y/JMZfZO3OvpYZeuspt40dY04dmQ1sfuvdFEg+Om/vj5D2H0J3VL8gN09u/ODo34//ACn/AJj+S3DkevusevOpPkrld8bt3H8YPjB0/S9Cbg2nPidz/Kb5Q7Li663aKSgp0xmCzVHNSVtG4eopvde6rv8Anb8Qe/N7drUvyu3htKn2Zld3fBv5DNtXpv8Al05relZnfjjvT+Xltjq/qvfu0vk5mfkBNtTcWUwvXu6cumP33kdv5bdOTr6+hnmoZshdKib3XurM/wCbF8yPil8oPj12Ls3e3d/yY7YxWf8AjV1L25/LmwW69kdWUvxNzvfGycp1Z01vPcPx03fsSmpfkZuztPBSxb/xNXi+y4Y8G1R/GZUhkihxVR7917qJl+mO6txd07LwPxd2n0bsXvj5U9r/ACm6W3p8iMH2V3Rg/nDsTfXS3QNL298qNhd1fH/CZB/5dO3fkr2n8f8ALzbapztLF1u1cfk83TTUdfjmgjyNJ7r3RZN//MzoXfEvUv8ALe+IWE+Yexf5omf+Yfwy6HHy8+cO2+i4arCUfxj3ll+p+n+uOxqXqTdnZO28/s7rFs99jVeLbeVTddLC8mZfLNoLe690qerfh/8AIT+XR8ycf1H19Wbv6o7J+ZG1t0djV+6js7rbfXz57K2Bt7cdDs3tn4b7U6p3FiN4fBPHVfdPbuEHam0ajKHHTLsjB0Yqsrjqx58PJ7r3RrfhP8BP5Y/8zb4ebi2H8dd+7JyHzK2fvfqrd2yt7dw99fLag7swnxnrexuuIeyIvkRt0boyfT2C717O2XQ702vW03X0FftxaauoBDVwu000HuvdbxP+yydF/wCy0f7J5/o/oP8AZbf9Cv8Asu3+i7+Kbg/hv+hj+5f+jv8AuN/Gf4v/AHp+y/uZ/kP3P3332j1+fy+v37r3X//UsL/nI52mzn81/prp3f3ZHx6+LvTe5PiDg93bn7a7y6N7X3bgfk3PsTe/fu+qrobP9nbZ3Rt7YWNyPxxp9mQdobCx+QkhqKXf64+oVMg81Pj5vde6wH4L/Ev5b9z/ABl3n8i/l5vr5Edc/LLavRe+p4X+SHTPSW3O5egug4cDur+XVjPl/wDGPuLAP318he6+78D2JmItxZfbcO36Cpys9dImMxIq4IV917oM/wCZV8rKDH4T5Hn+UCO+92/zAdrdXNtau2t2J0X3L13kvij8Bupsbtbq/uNvgXNvbr/qtKiCu7lwGwqqsocPXbvqclX1c9bS0xpoyaf3XugS+V3xD+WOT/ltdV9p/OPeX8qn4+fH7+XrBujPbi+H+yfi/wBw9sbX6k7D7Q2plOqMD1x2JQ9W/IzfUeQ3CuT7gxedoFoFpf4Zmq2jr6vXSQyo/uvdVf8AxY+RXYpwf8p/+W32D8FfhH0ruF8Ptb5M0vyw3XuXY2zt57H+M/fWF6grsT8wuid9Z/uOh231n8yafZ3X1VuaorMtHlKnIbixWIMO3lenajqPde6u+62rO0O1t/8Azc2f8xOvMd0b8mfhd290R87fi98qOt/jt3L3Vg/lPsz4wdVZ3YPRHbXyi371DLv7b3yazMfVvaWDNZtvZuR25uOtlqahKWmgNJVQwe690Xj5z7g+aO+vlJ3h8ptsfO/cXV3wxX40df8AzJ+OPbfevxZ+S9DF8St5ZfvHA/Fuo2L1Dt2uj2nn+sO4Ow8zSZHGZSoyVDUAbB3lXPLSx0838Tj917oi+e+euxcX8Yv5mfTPfnxQ+SW+O+O5eyOqu+Pkt0TnJZe+/h/nc/vrs7cFV8pfkX8MM91TsLIbV6FpaTb2Crc3snd+593bvwVTNisbNDLlkx9UtT7r3R9PjL/MR6//AJfPV/yH/lldZ9P/ADSyHxmxXw26r+RHxY7R6Cx+Z338pNn9ifLrpnC/IXJ9S7v7S696n3VsHB79zW6ezakbU3NPtrG4bEUmIcViVhZZffuvdF86w+YGS+bu3+h9h7Y7M+aOE350rvWv/mK9U7s+Sf8AMm+HEnyQ7SwVFT7p+HOU+PHVvadZsvYGzPjtuCfO7vrs5UYzeeKevrcPQV4ihC5KjqE917o8j9Y7K7h3x8l96fzJPjDjfg9vfL/I7ePffw53d1dv7r35JdLdafIfpDI4Tujc9d2tjPj9N2jWbR+WPZFRtnb2E7DTJ5bBVXamJTE7f2vQUmZj8kvuvdQ8rgvnn3NvXYfyH+aXy0o+gq7tvuTp3b2E72+LWMz2y92/CT4vZuqqoqfZNZ1tnM/2p2b8aIf5lvXkOF3rktwb0pIMF1/V7HRN1x0sojpl917oJOpfmD/Jnx2Lo/5WH8tvB/IDvjvTL1O9u7OlvkntHcuM6e+Ru9vnHHuXcO1qmhxXd3Z/T+B2Ft/sx+ldzbiNPvetx0e2jtimfFrI9ZUwF/de6Yfih0pvr+UZ2p8B/hL338bOguy+p9//ABN+Y3y07rpeyt0bD7L+SXXPylq/h73XRfJLrnqHJbK37Dj9jdLb/wCpOmNv4IZDIbey2PyS5HK00WXqJQ0dJ7r3Rnv5U/xp/k+fzBNtbZ/mD0m4N/dXdybB7s697h646z7e+SXSO496fFbqv4KbrytdsHrPrygxuw9uZXYHxIxu3ZaOgrMbXRSyJt3EY9P4lEYTUS+690bXu/M5z5qbe3/2L/Li7q3hich3v2nF8sqTI/C/Yu+PjH3R8o+hPjNtzM/C7tbqzfny07qxm4ehIe14e+aWmn27LWUlB59obejaDH1kenJe/de61+JviN8sqjtP+V6erdlfy3/n51J8JurMHLjd4ZXbJ6d+Ts3VO3KrsvKbl6q7k+LXcXyB258it07p6OwuUyO/MFQY7alBURZ+qhlWmqmilppPde6+g3/p868/2Xz/AGZ2+8v9FX+iP/Tdf/Rzv7+//wDcT+6X99r/AOif+7n+k7+9n8C/5cH8J/jf3f8Akv2v3P7Xv3Xuv//V2ZvmX8QutuxfnP0v3t8iO7+q+xOlcl0/uLrLAfy3+8uhdh99UPePYHW+E7f7Tym+fjriuxN21Cbc7wgwOXppclJt7bFbl8lg9tx0lRUClYGn917qh+P5+dI/J7ug9k7e+JHwI+FmE+L3Zu7vi1ge1fk31B0TkexfjXjeutyU+wOk+3fkdl+wOvdnZf4D76+Ox2zLluqeo6uumXtfMUOYwFFlcKdvSVcnuvdF93b89/il2F8Vul/lf8xfml8sm72z3y43lgvkF8n/AILYneDYym6w6a3f3h1L118WNsbq6z7V21F8JMD8q+tNm7c7Ln29h8hUQ7uqsAu4JaSumIrIfde6HLvr+W/D8fvjpTdV/Ln5D/KvB4b+YN8q8L3NtD4tdP7V3384917M7t2Lidhbu7IHyB73q+wNj7r+YnUb/HzoKSpqodzYGgxu2JBNmRDI2L1v7r3VdXyY7H+E3yA7K7VTp/4u5PuTMU/yg7l6C+JVJmdkU+9fh/UfFDZ28aHD/MPsXb3zXqMNm9sbB6S2d8fMxicvsrGY3CTYL4vUKHLYSoZMiZE917q3/onsul6urMBkto72+SPbfQXTnd/xO+Nv8ozb3WvzV7azXxi7+757w6Y3J2R2v1L2v8odvnJ7W+SnTXUnfGw81s8ZvKYfK0m0sdQpho8dBF/kie691UF3T3Z3B3F8mvl10D3/AA/ID+abjuxsrtvuToLKdRfOLtn489HfJ7p/HHr/AGZUYj4mfA7YeF7e6t+VydS9i7Uz2SytLg8g0dVFtfKz1H27UNS0fuvdHo+A2f8AnwflN3NV9xyZLqvZPZnxh78+NON6J7q/loYL42bh7i+M/wAWOmu2M58Ta34gfErLbhlofkBuXBZ/s3MT746swfhp8PhpMbQ1dbUU+RhMPuvdHP8A5a/zl3hH8j/mFu7aHxP+NOy+vetKH4dbS/mB/LPN/NjHdY7J2NsDq3pvI7S2ZubG/GVel5ti9Cb26x65wWQp94dcRbjp02luGmlwlTXNJRGf37r3WuR8juuen8J3NtjaXcmwvgBuym7k/mIjvLI1e+u2eqP5XHyT2dsDG/F3O7dwvUvf3R2F2dvrdHw86czW6Nu0u7aHNVWRqqHdVdW42s+yWbPpUJ7r3VsfzY6Z+YGExXcf80XrX5kdKbBoMF131v8AMVvjTkOndk1v8p/f24uzN6Z44WqxHyRqd5UXQ/zE+XuzMxiaSvxG76vZMO7crm4NrvE9NO2PeL3XulT1T/MT/mJV2G+Ne3vkx8TPh1v/AA/yyzPxx7W/ma/MbrHE9f8AZGD2z/L235hINw4jbvz66tx3VNLt7pDb1V8et+Vn8Hze8dxT0SYXGZWaniNOtTb3XuiB/wAwff8Av/aHyq+DW1v5Ju2Phd80O6eg9tbu+SPYHcP8vD4TdFVOVx28avf3ZnWW3IOwsT8e6Xe0u3thbb6x7LxOMqcfXZBqCtylPS5WVEqJIUi917o2fRvxh/mi4HvTtD5rfNXFdJ/LneHTneG7Nvbn7X+HsWJ+a3yG6HzfYeEwWwu9fidkPixtXA0+V7S6z3N1hvdsUvX9fnMTjOqk3bkN40+PqJjNTVfuvdM++Np9S/zEOnvl3lerfjvg/wCVZ0h/pU3Z8eYd99f/AAg2n0x8nq/KbEzfYPXVH8RuoaLacPUu9fml2Z85JaWSg3h1YuUxkvXudw9FgZIdxPlRLTe690BHwo/nK9p4DP8AzD6p+Du4n67zmU+IWTynx1+A+f6ixoXrT5ldNdldGdDYPYPxw2e+RR9/5zv3qfB7n7O3PtPD7exklHurM5PzR5GeiqMpU+690Pfz3+AHYnyD712Z84Pin8it6dI/zRfjh/L46l+Y3Y+09x/EWL4SZPuKgqe7u7Np757j7TyGC7Iq8x1r2pntk4TLYrLbVr6DMvkcTh6WjqMg1PkGWn917rZ3/wBnC7l/4Yu/2fX+M4T/AE//APDXH+zW/wAf/u1Rf3d/0s/7K7/pW/i39z/L/D/4R/ez93+Ha/D4f2b6effuvdf/1r5fmpg9odd/zT4/kb2x80+repeu5PgJF1HifjJu3+M1OR7R3hmN0fIii/vFubM0/X+ezXT+xiu9qJU3JsfMY7dtVPi56OcNQhY5xvy37b8884WMu58tctXF5YJKY2dNOkSBVYr3MDUK6k44MOgFzR7ocgclX8W2c1c0W1luDxCVUk1ajGzOqt2qcFkcD5qeqsagp0NsSn7z6A7l+Avzr3x8cvjL3L2tub4y9x1PaG1todAdfdadaUe8OwdifHXNdf8ATFFvL5oomGwEuNoNz9/VOW3hTRYWgrYa6nyGYzs0z3MHtfz/AMq7a+8cw8rXNrtiuqmR9GkM5ooNGJycDHTXLfuv7dc37iu0ctc2W15uRUsI016iFBJPcgGACePAdFT+PXwj+F2/+w/iZ/sr+A7K25/ME7A3rW9m/LfoPs2nxM26vh/tTuncO4e3Nu/zCMh0lPund3x0z1D0dtreO2tq7IxGSpclicrsrf1HV5nEDMa0pgF1IXRYN2/yjfkJm/ve6fnjs2f+W/8AE/aUO5PlZ2D3jtn5JfJXt3tToTaG+cXXdA7O+EG0Npdm7x3vtOo7FzHYdPR7mq62oJlbB71+2/jcsCR4yD3XunDt7vntbYXTX8svJdrdQ9X/ABe/l+L8Wv5g/wAcfj1vHfcW58J8qO6Piv2H8aek+udwdx7x2LsfDbn6ppPlH3P1DkcbVbCoFzD4HMb3lnp8vWUGPWOsf3XukFQ9rfL/AGduv+Wr8U9jdE756v71+T+cqs30j2/8taTa2wuuZe0tjbrpNkfy7/mFsPYvRmY31tjD7x6B+LO6Fwm5sLJtuLb25s5m6mvzOP3BXpFk1917p4Hx6777O+VOG+Tfz6+bfxE+TlT8bPglgPkn8Vt37Iym+fjp8V94bXzXy23F8eMd1fvXdXx/6P6I7Y2lVL2vuPNVVG2Dwsj1+Zekpa2obHT1SL7r3V8Ham4e9+2sr118gPlX2X0v8Ou74+ucLhv5gHxP+P8AufcnZ/yF7L6H72p6raHwx+LHW0HcW2ara/TXePd3Z9ZvbZm4spsrP7VyAGSo3OemakpJqL3Xugn+Qe8e7v5amB7Y6R+NPTfX23O0/nz1Ltnt5fkT3jTQZGt+J/xK6Q2JSbR3zur509dUdBvrrWPPfDeHuHbe3sZVYPB72m3vjaKuye6KjKZdjLW+690+/J/Yvy26Aj2zsX+VV1B8aP5g3VnX/cWJ2x8huoN0bXwW/O4uqMl2H8fqjcdX1Zmuw987Ll3juDoOvy+98X2DS7kqN0Vm76HLZCnwkLQ4GFKGL3XuqhKPo89P/L34yfELcvyP+F/8yrsLo743Uexty7D777l+UfUPS3wM3t8A8Fv7vLsKkzO2PjhsDauB7Z6wpcbjVjw+R3RiN0Z7IVuNliyFNBAFeT3Xuomd+EH8zf8AmC/In+YR19u75LbK3Ps7uPE/CvdOTxnw5psTj+pKmk7t6j7GzfwUzG5MlvTrbqvetH8Kug+qM1X47etTR00253x1VRSriM7VAvB7r3SS2N/LB+Onx/6C+Ze9sfsTvrZ+3viVntqbE+YncvZnYu4+p/n11BuXc2N67z2IxXxK6l6F7UyHxh7f6n3VDu7B1xqexcpj65abIVDrTiempU9+690b75ufKnonZXX22v5R/wDMB+H3yu+KHye2J2ZQH4rb/wD5ZW+812FtzeOx9y5Tamz8HvzHbt7/AO++tt59wbj7Wr9mZbAVNRvqirqunokgq1kiq7snuvdGV6R/lGZbuyPHbj3v8wvll8ofhrubv34J9Z1/xu2FtTpPaHeWzeyfitld17F7Ywvy/wAlt+o69j6tk+OOZyz4vd26usd15nd2bqJa7IVVTl8hT0FWfde6bPlB8k+rsn/Ne6o7n/lOd5fBXam2Pgx8FO0sh8s8z3ht/dOK6mptm7d+QnXOyK/ZW7d1ba6X7F7Kx+/pdzbgwk8WcxNOuWMNJUI+REU88NT7r3R/fjb2x3nV5L5Adzdq7j+MPwkxvT/8yL5D/HD+Y5uLY+b7C7twneG4OzfjB05178dsn1Rme++v95bjw1FiPkb3Jtqpj2vBHtfa3+RvI9FIayuiqfde62E/9DO5/wDZXv8AZfv9K1b/AHy/0G/6JP8ATb/o36s/iH94/wC4/wDdL/Sb/ok/up/oW+7/AIl/uT/u/wDwT+7Wr/JPsvs/2ffuvdf/19gj+YRk+0NufKnueHp7feI6r7r7L+BPV+E6C3XuHd+1evKfP7o6/wDlTktzdlbb23vHfNTQ7Vg3DT9e5kmSnmnjd6esBuqkuuUvtPDst5yNy63MG2SX3LlnzTcvfRRxSzmOOfbFjt5JIoQ0pjM6YYKQGTzODiT7vzb7Y+4PMp5c3SOw5kveUrRLCWSaK3Ektvury3MUc0zLEJPpnNVLAlX4gZBY+p92fMehyPxpm3Bn9j97fO7anRH80HN9dbby3Z/WXYePz+7DsDqqt6D2pvbcXXe8Ydv0O2tw7ooRSsJ8rQGOBptU8GlpENvca35bi5R91puS9oltOWHl2MRhre4tlaVXvPGKpcIjkiqaiBT4eir23uuZp+dfaGLnTdobvmmODffFKXNvcssbR2Pgh3t5JVAJWTSC1cN+RLfjHPvr+Ytufenbnyk+BOxdhfNGv6c7jk+S3SnQwptkdj/zDcD1D2ht/p7CdC9gdjb73xvvrLpL45HbmBwMOW2pvqtwW7N7ZPB4jcO3Mh/duCcz4idZl9Vv1O1/k31p3n8gO7fh50p/OJ2l85s93rJ0n3j2H2X82Pgpv3rzO7y6V2Zsf5K9s9b90NsTq/CPLiKX42QGXD5OLLUOJmys1HSR1dVVJLQSe690vu4/5l38xL5VbAoPlD0H8hu7/iF8WKv5U9XUmyOj99/IHoXavzD+RY+XHau2sDvHZfUm5s9BiNkdZ/HfojAR48bCzW7duLiKKDOVdRWZbL09LUNSe690SL5xdefDP4bbT2R8lfg9N8pe/uxe0afuD5AZX5cUe9tlb2+Q3xB+bvR+/p9mJtzsDsPZ3WeJ2BR9E5TdOe3TV7jQYZJt31uIxeW2/mo8UrNWe690P21etPiv88shjP5gPy++XPbP8J2T8c9qYbpnYX8y3LYv5Z4XeEu8e9P9GORz2eyfw9666/pE25FVb6yybf61aox3Y+H3NSUu68lDNtVgJ/de65/H3ZHRfxg/mV0vUfVn8q3qv5WVPS/yB+S/x52tn833f0lsbfGXxv8ALwoKPe+zvkDSt2D2lsqj6x77+4zbZnsrd256Sk2fu2loaKHbVBQVNBX6/de6J11L8u+8a3+aJ35uX5C9aiL5D/zAu2s78RdsZ352TDeHw4218OuxN3Tbe3vtXfJ2Fluvq7tGDZ2Mwm0sfhdw7X3bDt04imqntVCrpJ4/de6OVsvt/wDmA7B6F6WX4nfHXaHxM+B/c21N7fD344/zJchtLd3yT+Z+zerYOzd9dwbt2dmqf42b2zOUo9kbo+QO1M5j8VUy9cUsFDiKykWeod0atl917qf8F/5PXzJ+EmzMb3J87fnjkfg7jfipT/KDvTZnxO6e7+6HxXygydTuro7+CZHenUu98jXdpdb4aq7lk2rT7fqo6/H1ss1Ji5I1SJ5I5V917pv+FPav8v8A+SXze2htX5R9b9lfzMO6/lPvP477WzOY+WPW3YWa7i2r193CtKOrNybF3Fith9YbO2psX4mbJzMeF7aymWo6vH9gZWfGZbZs1NiKepE3uvdEH6W+ROxum8p8uezelfhn1nvfv/5M94n475H4Gw/H7vveXw9rP5ee0q7b0m5O5tn4LbWZjzs27Mf8lem8FR1NXJvSsp0rq2tUY0akaD3XutkjsXdGFn+Vfzd3vLmPh78aezerfnH2h1NgOvPl38Yvk9vbpfsnaXydxexPjni/kZ05Sdebk2nlN6fJf5KV2+a/ZHYuSxWbyeKh2ZiMVUSYfDU0NRlKr3Xui6/MDp98H1hiuyeg+m+juuOr/gP33sb4k/HHtzoHpPu3P9d9P/KzunP5Tav8zf5U4boXB57eff0u6fht3l0Vt/K9a1kcM1LolmHj3M0kUkfuvdFui/mcfC7v7f3w83mP5jP8xn4290/H349dy7F+X3ynbAZffnZe4uml+ROUrqvqTPJsD4t5qPDbz39uxtrbm2/uOuxw2xtzauOhweYD7gdHPuvdI34Br82+ryO5vkr82f5geN+Nvy96D66+em+O6/iX2B1z13RbS78+RnY+c+M3X2zO237W6o7Lk7J7E7W3z1jtHaqSbZpI48EMzR5PK/b4mmqaqP3Xut8n+D9wf8N+/wAB/gvyE/09f7KT/Cv7vf6WOnP9mn/0rf6Jftf4P/pw/hn+gL/Tr/ev9n+9H2f90/47/lvh+w9Hv3Xuv//Q3cvkd/sqn90Mf/s2v+gP+4v8VX+Ef7MF/o//ALs/xvR6f4X/AKQv9xv8U8P/ABx/d0X/ALN/Yt5P/rz+8Jf6hfvX956O76Dx/E0f0vA7tNfXFegdzr/UD93Q/wCuH+6P3V4nZ+8Pp/C1/wBH6jt1fZmnQKfH3/hs7/SJTf7K3/slH+lb+F5P7T/QX/oU/v7/AAbwL/Gft/7i/wC57+G/b2+50/t6P18exHzX/rzfuh/67/1k/cWta/W/WeBrr2V8bs1V+Hzrw6DHJ3+sf+91/qD/AFY/fuhqfQfRePpodVPA79NK6vKla9GK2D/svn+lXvj/AEY/6I/9Nn8b2B/szH9yP7o/6TP7xf6P8R/ov/01/wAE/wB/N/GP9F32H8D/AI3+9/AvB9t/k2j3F/UsdNmzv9ll0/IL+4X+hPT/AH5zv+zSf3U/uVp/0kf3G23/AHl/05/wrj++X+jf+Efe/wAd/wAs/g32nk/yfxe/de6rb7z/AOgfP+JdZ/7Ml/w0d/F/9BnXH+h//TR/spH8R/2W3+Czf6Jv9Hf99P8AKf8AQv8A3e8n8A/h3+4X7PV9r+3f37r3QvdC/wDDNX+gf5Ef7LL/AMNxf7LR/B6b/ZrP9CP+y5f6Ff4B/A6/7T/Tz/cj/fl/wn+7f3Xj/j37P2Xlt+1q9+690HOG/wCGEv8AQjgf4B/w1J/sun+zDp/dr+E/7Kn/AKHf9ms/uRjdH8F+0/35/wDp6/0c/aW8H+5/+DeL/lH0e/de6Vr/APDJX+zB91+T/hsv/Zpv4H3P/sxGv/ZZv9Ov93P7tbl/2YL/AEw6v9/1/Bf7ofxf+938Y/Y/h33f3/7Xm9+6908fKH/hmn+43QP+zmf8Nw/6N/8AR5/zjB/syH+y5f3L/wBFX8J2r/zI/wD0j/7hf7h/wT+Cf8WP/IPtfsv7Hh9+690dH43f7Ll/oS2D/spH+hz/AGXX+H5D/Rh/sv39zv8AQ9/Cv45lP4p/cj/R/wD78/7D+8f3vn+x/b+882r9zX7917oifzS/4ZH/ANMeP/4cK/4bI/0/f3Nwf8K/2bz/AGWT/Sz/AKP/AOJ5v+7f2H+l3/f2f3S/jH8R+y8f+Sfc/ceP1+T37r3Q4dT/APDav+zB4X/Qf/sl3+zTf6Cto/3e/wBGH+hj/Tp/stf92trf3F/hH92P9/z/AKFv7o/wX+F+H/cL/D/s/B+14ffuvdKboT/ZBf70bP8A9lk/2VD++f8Aop37/cL/AEJf6Kf7x/6Ev9M1X/pN/up/cr/cj/oz/wBmB8/8b+0/3Gf3t1/c/wCX39+691l+VX+yF/xnoz/Z1/8AZU/4/wD6Q4/9lt/2Zf8A0Vfxb/Sr5MX4v9DH+kv/ACv+/nk+z0/wb/L7+G39j37r3QydN/6Cv4NvH/QD/ot/gH+lXs3+/wB/om/ut/Cf9Nn97sl/pi/vZ/dP/JP9Jn9+vu/7xfd/7k/4r5fu/wB/X7917quXZ/8AwxL958h/7hf8NZ/f/wBxN0/7NV/dT/ZW/u/9Gn99tvf30/08fwr97+5X+kT+FfxL+Pf5F/GPtfN/lHi9+690bj/nA3/ZVNlf9kqf7JPr64/0ef8AMq/9ln1/3/wP+ib+6H/NNNX+k/8Ahn8A+z5/jn232v8AlPj9+690b/37r3X/2Q==</QRCode>
           <Sign>/9j/4AAQSkZJRgABAQECWAJYAAD/7gAOQWRvYmUAZAAAAAAB/+EJjEV4aWYAAE1NACoAAAAIAAwBAAADAAAAARNgAAABAQADAAAAARtgAAABAgADAAAAAwAAAJ4BBgADAAAAAQACAAABEgADAAAAAQABAAABFQADAAAAAQADAAABGgAFAAAAAQAAAKQBGwAFAAAAAQAAAKwBKAADAAAAAQACAAABMQACAAAAKAAAALQBMgACAAAAFAAAANyHaQAEAAAAAQAAAPAAAAEcAAgACAAIAlgAAAABAAACWAAAAAEAAEFkb2JlIFBob3Rvc2hvcCBFbGVtZW50cyAxMy4wIChXaW5kb3dzKQAyMDIwOjAxOjI5IDEzOjM0OjUyAAADkAAABwAAAAQwMjIxoAIABAAAAAEAAAK8oAMABAAAAAEAAAEsAAAAAAAAAAYBAwADAAAAAQAGAAABGgAFAAAAAQAAAWoBGwAFAAAAAQAAAXIBKAADAAAAAQACAAACAQAEAAAAAQAAAXoCAgAEAAAAAQAACAkAAAAAAAAASAAAAAEAAABIAAAAAf/Y/+0ADEFkb2JlX0NNAAH/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCABFAKADASIAAhEBAxEB/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwD1VJJBy8vGwsazKyrG00UtL7LHaAAJAXoFJklgVZH1i60PWwyOjYB1pstrFuVaP3/s9hFOJU//AIT1r/8Ai09nT/rJgsORh9Sd1J9Y3OwsuupotA+lXVk47KXY9u3+ac/1at/84pPb6GcRL93X/pcPB/zkcXgXeSVbp2dR1HBpzscn0r2B7QdHCfpMePzbK3eyz+WrKYQQSDoQlSSSSClJJJJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//Q9VWZ1bptnUcrArsaHYFFpyMlhP0n1j9UY5v+EZ6z/W2f8CtNJGMjE2N1EWpJAzqHZOFkY7HuqddU+ttjCWuaXNLA9j2+5r2ysHD6zlWfU3ByWO39Szaa8WguOrsl49D1Xf8AFObZlXf8FVYnRgZCx+8I/wCN/wCioJpv/Vcsd0htjG7WW35VrB/Ifk32V/8AgbmrWQMHErwcKjDq/m8ettTPgwBk/gg4/VcXI6ll9MZubk4QrdYHCA5to312Uu/wjPbsf/wiUvVKcgNLMvoSoaAAt1JZPVeq5OH1fpGDS1jmdQttZduBLg2us3bqy0+33fvLWTTEgRJ/SFj7eH/uU3v4KSWZ1rOy8G3p9lO00XZbMfKa4a7LQ6tjmOn27LvTWmkYkAHpL9irUkkkgpSSSSSlJJJJKUkkkkpSSSSSn//R9VSSSSUpcf8AUTDOTiU5trg/G6e6/H6Y0aiHWP8AXzD/AC7P6PR/o8f1P+5K1etW2dQzqfq9QS1l7Df1GxpILcUHZ6DXNj351n6H6Xso9dN9VGCqnqNDGiuunqOSypgENDJa9rWNH0Wt3KeNxwy7y4T/AIHqj/zlh1kPC3cXHdbfn4X17xMzAp+0Os6e5l+OCGusqrt32NpL9rfXr9Wu1n9Rdiud66w1fWn6vZsHYX5OM9wGn6WrfVu/t1IYCBM2AbhPQ/3DJM9vqGmc89T+tnTL78a7BxsDGyrqzltFT3PcK6bXenud+ioqP03f6RCPX+o4u362ZT7XdFyXGmvAaBuZQR+p5uwljftGTkM9++z+ZyKlpfWrpeZmOqfitJFuPkYNzm6urGSK/SyNn0n013UtZken+k9G1Cu6d1/qvTD0nJox+l4gq9J7mWfaHv2gCtlLTXWzHp3N/nH+pf8A6P07P0ylEsZjAnhquCQJ1hj4p8XD/XktqVnfuPEoOrfWCjL6fiZ91FmH04ZmJbTk5ENNoD/Veacdhst9NtDPV3P/AJz/AAabqP13sd0jPzumY5ayq2vGwMm4Hbda6XZEY/stZXj1N+nZ/OWf8W9BGN1P/mKxjsS0dR6Zey2mgsJeTjZLbmegz6T2ux2+nVs+mxB630XqONj3MsdXZisfkP6XUwu9WzIy3eqxt9bm7Gtw6vtO52/31J8IYeIRlXpySiPVoYR4f+n/AN+gmVWOsXt6XufTW92jnNBIHEkKaBgZFWVhUZFTg6u2tr2uHcESjqkRRIOjKFJJJIKUkkkkpSSSSSlJJJJKf//S9VSSSSU85Xm4nS/rR1E9TtZiDqFeO7CvuIZW9tTHV3Ustf8Ao/VqtdvdVu3/AKVN03rnRMPN6uy/PxqmPyxdU59zAHB2PjbzX7vc1trLF0F1FGRWar6221u5Y9oc0/FrlndP6Fi4efmXsx8dlN5rNDWMaC3awV2NgMbs9zd/tUwnAg8QN8MY6HQ8HDEf9FbRFV3J+1rN+s+Dfc93SvtHVrLA1jaaK4oY5u473ZdrKqa/U3/pXOvt/m/0dX+k3W7i0F4AdA3AGQD5OhqdJRyMT8orzPEf+5SL6lSSSSalSxfrI7Jx/sXUaKLMpuDc99lFLd7zvpvxqrG1t9z9l1zN+36FT7LfzFtJJ0JcJur7jwO6CLDQ6Hgu6f0fDwn6WU1NFms+8jdbr/xjnK+kkhKRlIyO8jZ+qgKFdlJJJIJWTpJJKUkkkkpSSSSSn//T9VSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp//ZAP/iDFhJQ0NfUFJPRklMRQABAQAADEhMaW5vAhAAAG1udHJSR0IgWFlaIAfOAAIACQAGADEAAGFjc3BNU0ZUAAAAAElFQyBzUkdCAAAAAAAAAAAAAAABAAD21gABAAAAANMtSFAgIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAEWNwcnQAAAFQAAAAM2Rlc2MAAAGEAAAAbHd0cHQAAAHwAAAAFGJrcHQAAAIEAAAAFHJYWVoAAAIYAAAAFGdYWVoAAAIsAAAAFGJYWVoAAAJAAAAAFGRtbmQAAAJUAAAAcGRtZGQAAALEAAAAiHZ1ZWQAAANMAAAAhnZpZXcAAAPUAAAAJGx1bWkAAAP4AAAAFG1lYXMAAAQMAAAAJHRlY2gAAAQwAAAADHJUUkMAAAQ8AAAIDGdUUkMAAAQ8AAAIDGJUUkMAAAQ8AAAIDHRleHQAAAAAQ29weXJpZ2h0IChjKSAxOTk4IEhld2xldHQtUGFja2FyZCBDb21wYW55AABkZXNjAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAEnNSR0IgSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABYWVogAAAAAAAA81EAAQAAAAEWzFhZWiAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAG+iAAA49QAAA5BYWVogAAAAAAAAYpkAALeFAAAY2lhZWiAAAAAAAAAkoAAAD4QAALbPZGVzYwAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGRlc2MAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAACxSZWZlcmVuY2UgVmlld2luZyBDb25kaXRpb24gaW4gSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdmlldwAAAAAAE6T+ABRfLgAQzxQAA+3MAAQTCwADXJ4AAAABWFlaIAAAAAAATAlWAFAAAABXH+dtZWFzAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAACjwAAAAJzaWcgAAAAAENSVCBjdXJ2AAAAAAAABAAAAAAFAAoADwAUABkAHgAjACgALQAyADcAOwBAAEUASgBPAFQAWQBeAGMAaABtAHIAdwB8AIEAhgCLAJAAlQCaAJ8ApACpAK4AsgC3ALwAwQDGAMsA0ADVANsA4ADlAOsA8AD2APsBAQEHAQ0BEwEZAR8BJQErATIBOAE+AUUBTAFSAVkBYAFnAW4BdQF8AYMBiwGSAZoBoQGpAbEBuQHBAckB0QHZAeEB6QHyAfoCAwIMAhQCHQImAi8COAJBAksCVAJdAmcCcQJ6AoQCjgKYAqICrAK2AsECywLVAuAC6wL1AwADCwMWAyEDLQM4A0MDTwNaA2YDcgN+A4oDlgOiA64DugPHA9MD4APsA/kEBgQTBCAELQQ7BEgEVQRjBHEEfgSMBJoEqAS2BMQE0wThBPAE/gUNBRwFKwU6BUkFWAVnBXcFhgWWBaYFtQXFBdUF5QX2BgYGFgYnBjcGSAZZBmoGewaMBp0GrwbABtEG4wb1BwcHGQcrBz0HTwdhB3QHhgeZB6wHvwfSB+UH+AgLCB8IMghGCFoIbgiCCJYIqgi+CNII5wj7CRAJJQk6CU8JZAl5CY8JpAm6Cc8J5Qn7ChEKJwo9ClQKagqBCpgKrgrFCtwK8wsLCyILOQtRC2kLgAuYC7ALyAvhC/kMEgwqDEMMXAx1DI4MpwzADNkM8w0NDSYNQA1aDXQNjg2pDcMN3g34DhMOLg5JDmQOfw6bDrYO0g7uDwkPJQ9BD14Peg+WD7MPzw/sEAkQJhBDEGEQfhCbELkQ1xD1ERMRMRFPEW0RjBGqEckR6BIHEiYSRRJkEoQSoxLDEuMTAxMjE0MTYxODE6QTxRPlFAYUJxRJFGoUixStFM4U8BUSFTQVVhV4FZsVvRXgFgMWJhZJFmwWjxayFtYW+hcdF0EXZReJF64X0hf3GBsYQBhlGIoYrxjVGPoZIBlFGWsZkRm3Gd0aBBoqGlEadxqeGsUa7BsUGzsbYxuKG7Ib2hwCHCocUhx7HKMczBz1HR4dRx1wHZkdwx3sHhYeQB5qHpQevh7pHxMfPh9pH5Qfvx/qIBUgQSBsIJggxCDwIRwhSCF1IaEhziH7IiciVSKCIq8i3SMKIzgjZiOUI8Ij8CQfJE0kfCSrJNolCSU4JWgllyXHJfcmJyZXJocmtyboJxgnSSd6J6sn3CgNKD8ocSiiKNQpBik4KWspnSnQKgIqNSpoKpsqzysCKzYraSudK9EsBSw5LG4soizXLQwtQS12Last4S4WLkwugi63Lu4vJC9aL5Evxy/+MDUwbDCkMNsxEjFKMYIxujHyMioyYzKbMtQzDTNGM38zuDPxNCs0ZTSeNNg1EzVNNYc1wjX9Njc2cjauNuk3JDdgN5w31zgUOFA4jDjIOQU5Qjl/Obw5+To2OnQ6sjrvOy07azuqO+g8JzxlPKQ84z0iPWE9oT3gPiA+YD6gPuA/IT9hP6I/4kAjQGRApkDnQSlBakGsQe5CMEJyQrVC90M6Q31DwEQDREdEikTORRJFVUWaRd5GIkZnRqtG8Ec1R3tHwEgFSEtIkUjXSR1JY0mpSfBKN0p9SsRLDEtTS5pL4kwqTHJMuk0CTUpNk03cTiVObk63TwBPSU+TT91QJ1BxULtRBlFQUZtR5lIxUnxSx1MTU19TqlP2VEJUj1TbVShVdVXCVg9WXFapVvdXRFeSV+BYL1h9WMtZGllpWbhaB1pWWqZa9VtFW5Vb5Vw1XIZc1l0nXXhdyV4aXmxevV8PX2Ffs2AFYFdgqmD8YU9homH1YklinGLwY0Njl2PrZEBklGTpZT1lkmXnZj1mkmboZz1nk2fpaD9olmjsaUNpmmnxakhqn2r3a09rp2v/bFdsr20IbWBtuW4SbmtuxG8eb3hv0XArcIZw4HE6cZVx8HJLcqZzAXNdc7h0FHRwdMx1KHWFdeF2Pnabdvh3VnezeBF4bnjMeSp5iXnnekZ6pXsEe2N7wnwhfIF84X1BfaF+AX5ifsJ/I3+Ef+WAR4CogQqBa4HNgjCCkoL0g1eDuoQdhICE44VHhauGDoZyhteHO4efiASIaYjOiTOJmYn+imSKyoswi5aL/IxjjMqNMY2Yjf+OZo7OjzaPnpAGkG6Q1pE/kaiSEZJ6kuOTTZO2lCCUipT0lV+VyZY0lp+XCpd1l+CYTJi4mSSZkJn8mmia1ZtCm6+cHJyJnPedZJ3SnkCerp8dn4uf+qBpoNihR6G2oiailqMGo3aj5qRWpMelOKWpphqmi6b9p26n4KhSqMSpN6mpqhyqj6sCq3Wr6axcrNCtRK24ri2uoa8Wr4uwALB1sOqxYLHWskuywrM4s660JbSctRO1irYBtnm28Ldot+C4WbjRuUq5wro7urW7LrunvCG8m70VvY++Cr6Evv+/er/1wHDA7MFnwePCX8Lbw1jD1MRRxM7FS8XIxkbGw8dBx7/IPci8yTrJuco4yrfLNsu2zDXMtc01zbXONs62zzfPuNA50LrRPNG+0j/SwdNE08bUSdTL1U7V0dZV1tjXXNfg2GTY6Nls2fHadtr724DcBdyK3RDdlt4c3qLfKd+v4DbgveFE4cziU+Lb42Pj6+Rz5PzlhOYN5pbnH+ep6DLovOlG6dDqW+rl63Dr++yG7RHtnO4o7rTvQO/M8Fjw5fFy8f/yjPMZ86f0NPTC9VD13vZt9vv3ivgZ+Kj5OPnH+lf65/t3/Af8mP0p/br+S/7c/23////bAEMAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQICAgICAgICAgICAwMDAwMDAwMDA//bAEMBAQEBAQEBAQEBAQICAQICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABEIASwCvAMBEQACEQEDEQH/xAAfAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAv/xAC1EAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMXUnGBGGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbzdSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU1dbX2Nna5OXm5+jp6vT19vf4+fr/xAAfAQAABgMBAQEAAAAAAAAAAAAGBQQDBwIIAQkACgv/xAC1EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhCgSORFVKhYhYzCbEkwdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6vr/3QAEAFj/2gAMAwEAAhEDEQA/AN/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddFlBAJAJ+gJAvb+nvRZQQCRU9aLKKVIHXiyjgsAf8SPe/Onn1YAkVAqOuIkQmwdSf6XF+Bc8f4D3sgjj14gg0PHrsuqi5YAf1JsP9uffgCeA6114OrfRgbfWx+nvxBHEdaDKSVBBI65e9db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddFgv1NvfuqsyqKsaDrg00aFQzAFzZByS1rXsACTa/P9Pe6GtOroC4JXI6rP8Alt/NZ+JvxSz1JsXLbsyfZ3atRRyZQdY9SYlN45alx1PVJTVku5Nymrx+xNm1NKpMv2mTytNkJogDDTSl49Ug8p+13NvOfiHbtima0VgrSt2qhIqONGNR/CCMceincd92vao2+qkU3BFVWuTTj8v29U87q/4UCd35inWo2H0L1ZsgGfI64ex9w7i3VmoqCPOVkWIkio9q5Lb+FfKVmAanllgavWFKvyokriwE/wCx/dFjdYpd25nMVwQCQEkamB5hWFAa44+fn0ApPcCeRpVW28NQ1Ac1I9cGmeGRXomO8f5x/wDME3Fla2vxfd21NjwLWS1gwO0OluvZMRSxSQ01sdT1e86Pema/h9PUafE9RVSVbCQ+SUg6Vlew+6V7Yi1jXeL68u74VrLG+hSPIaW0mo88U4U6Lrjni/aSqfDT06Y8b/N4/mJ4zI4+syHyIGSjhmTJy4yt6V6kNLWwSxxwtQ5CHHbRwmQpcZSyeSZTHUJLUSFQZUReVJ+6t7VxEpDb7iUAoD4yfty/HpE3Pl2jkMwDA+n+x0d7aH8/f5A7Zp8PW9j9Q9W9m41slFNuXFddUW5thb2x+24aWY1cGJ/vNu7cm3Nw7wq50LQwE4+kQRFC7tIpUAc1/dDt7OJ7/Y+Y2W2kGqOOSjMgPwhynEj8VOPl0c2PuFNAqyXm2EQkVD1A1D1Ga5+Y6v8Avjj8+fid8p4aSHqDuPbuX3DVNJDDsjcFLmdhb+qZ6bDx7grhi9j78xu3N1Z6ix+Hk881XQ0lTSRosmuRWjcLiNzRyVzPycHk5g2We3tQWpIV1KQppWqFgK4IBoTXA49SNtu7WG7or2NyjsQCQDkE+WacOjjB1IuDcf74ewrUatFe6ladGRBXiOuXvfWuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XRNuf8Ajfv3r1omnl0Sz5n/ADi6Y+GHW9XvTsKvyua3LLHW/wB0erNnw0dd2Dvqvo8dkK5aPF42uqKSnxeJmFA6SZiukpsXSyFBLMCwRhVyTyjvvPO4LY7BYGRs1L9iqKgVq1K5IwMn+fSG+3mw2eIz3bqanSBXOogkcPkD1qPfKb+a58wflzLl6dt4SfG7o6prWpsb1Dsitx8WXymEYLTvD3D2uqjIbgqcis8qz0eHkxGGjgKpJHUMnnOdvJP3aOUOU7Nd65r3RJN2jjVnRh2KeJ0DIb9pIA456iHe+dLncZzaRuYISToKVbX/AKamVoKceJJ64/EP+U78t/kJtinq9pbGx/QXWFWtdlKHeXaeNr9p43PV1RXxYzIVmI60xzU3ZGcyH2VK0wr8rT4eHIxJAYqmWF1kVZzP95T2/wCSoU2flTblnuFB16IyASMKdZAU4rwOP5dN7byPvG7LNc7jeELUaCWrgipwDUeXHq5TrP8A4T5dLwxYbOd0dy9q7y3KJaKtz2D2DlcPsTY0NRFRpT1OF29Utt7Ib5h28srNIkkmRjyMkp1ST6AsQgje/vb+490k9psLQWVg2aaAz1pQsScV4YApjz6Gm0cj2ljbvFcv4jl61+VAKfy6O51v/J1+BXXO39v4QdOT73q8Aakybm7A3vvTP5/c/nqa2pi/vn4s5Q4bcqY85CVKVKijMdPGxCKpeQtD997we4+5Ty3N7zTO0zilVogAHClBUEetejj+q22Ar+gpp9uft/1Dp+rv5RH8uzI4hcDL8Xdn0WOjXJCFsJuXsLBV9O+VmnqauanyeJ3fSZGKcz1TtG/l1QFrR6Rx7Qr7nc9qQw5qvCfmwYfsI6dPKmwupL2KeIfQH/CW/wAPRNu2P+E+3xPztJXzdEbs7g6Bz8dBMuAWDflV2psiHKQ0MlPQS5vbvasG6tyVOMqaioZqyOhzePqJAAUlQ29jLlj7w3uJsM6C5nS7tVNAJKVI+0Up+YPRJuft9s98hEUrox8vIfl/qx8+teX5NfFf5X/y8uzNm4ntDJrjanPx1FH1b8jehq7dm28PufKJTxV+UxNHlaqnOV2DvmhGPdzhK2qq4Kum1PBJVRF4/eYXt17o8pe823Py3v202/71fjHIAB/vRxQ+RqPyIoI7u+U935ULzw3jeDU0KknHljjwp1sj/wAsr+aVW/I+XH9K/IKnpsN3Qqzx7U3tjKRKbaPbGOp6d66npamnpw0O1+zKTFxGSsoyIqDJGKSWh0sTSxYh+9Hsfc+2dyN/2yTx+XJjpDkgOpNcFD3UGKGn2+vUh8n83x73I9lcyEXyjgVIBx60pXq8QMD9P96PuA47iKX4Cf2Ef4eh6QR137e611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691wd1jQu17KLmwuf8AYAck+/YGSaDrRNBXqmT+ZN/NUwnxUyFb0P1DjZ92/IvMbYXNVGYnpKTI9d9KY6vkngxuX39LHkKWXJbprRCaig25HJDU1FJaqmkhpzH5pc9rPa3defNytp5LZl2FXo7ZBb5Cg4eprw4fIKc0cyHZQlpZhX3FxUV+AL+Kpya04CnHz61UcJtrv75gd0SVEmO3Z8hfkZ2PJQxZjcuf/hn946vbtXl4cHQbpr8lRYejwnX/AFVtl4FhF4KDBUKRBE1VEsMcmfO5ye3Xsny9ZpYT2sfgLUgGsrGhYgA5Zyc0JqT1EU+3X/NG5K9xNLrrqIzppgY/1DHW1P8ABT+Tr1P8bEwXYXdMuA717upWhy9JU1+OSo6v64zjvkxLUdZbby9BJkJaxMfXR04yeXlqqu0RenWkMjqcFPc/3t5k5/v2+kuHt9mDMAtSrspAHdpJHlwBp8z1L+z8m7HtsMUhiMlzQZYAgEZx/wAV1c9HTxRaiqAFjqY3LEngXJYkm1uP6e4V4kkkknoUIiRjSgoOswUKLKLC9+P6+/dW679+691737r3XvfuvdBZ3F0z133111u3qjtTbGN3dsPfGKlw+4sHkUfRUUzkPBVUdTE0dVjMxjahVnoq2neOpo6qNJYnV1B9vbTeX+x7tFuu2XjxTKa4Jwf8x8x59NT29vdx+Fcxhk/1f6vX9vWjP39053v/AC8Pmqm39snHYpdpbwou4PjZmN6ZSq3Htrd+0drb4ng2wue27iMhRl0xCTDFZJJJJchFqgrZRHLLQFOj/KW6bF94X27k2Pf2Yb5Ch4ABRIEqDUEkAmhqFNAaZz1Bs0UvLHNwKKRCTWo4Urw8s0/Lrdd+KnyH238pujNi92bVgrqLH7uophW4vIUc1LPg9w4mqmw+6cB5pQYcpFgtw0VTSpW07zUlYIvLDI8bqffPHnDYLvljmW45fuY/8Zt3IZlyjAeYNAc8QCo/y9TZt+4W25wG5tSfDPkcH9gJ6Md7KOlfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//19/j37r3Xvfuvde9+691737r3Xvfuvde9+6910TYE/W349+JAFWNB1sZNOqr/wCaT/MDofhR069DtGfF1Xf/AGhFkcD1BjMm1JXYvbtRTURnyXaW8cL9/R5Gq2ftBmjEcEVjlspJT0IeJZZJopJ9ofb+89zuYks/AePY4XrNMQSukAkAU4aiABXyz0UbrvFrtMMjzAtIBhQQDU4HH0JqfsPWpF8U/jX3h8y+7X2Ts6aok7E7C3ZVdp9u9q7kwm4KjC4zEZrO0FR2D2XuvI4+A4zI7i3ETLDjMeKrH/d1DJTUbU8NKSmeXPfOvLfsfyfFt2y2iSXTKsSohVW1Mp7+6p0rSp4nhTPUO7ftu68w7tMsswFauHIJCqD8Jp5moA8ut3H4lfC3pn4a9eVGweocQ6nOVzZzem7M9K2W3RvrclRTU1LVZrPZCYKqqaejiihpKdYaSCKMWjMjSSyc3eZN83DmvcpNx3m5kkJkLBdRoOOPmM9TVtW22e2QqnhBpaULcK9G5jVlUKSpsoX0rpHF/oPoBb2SUo500EVBQen+rHS9qFiVFF6ye7da697917r3v3Xuve/de697917r3v3XuqMv57vx8h7M+KFB3Th2o8bun4z7j/v5WZCQUEArurs21JiOycFJLUUrTTGwx2Vhginp3nqcWkYYvIqtOn3a+dJOWfc/bbC7dm27cUdBTgrU7NWfU0JpwPEU6BnOu2LebG1xHpW6Q1DEeVc8M/Z0Uv8AkKfIHNR7v7K+Omf3WKvb+48FS9wdb4iqR6aVc1jf4Htvsiiw8M7TVVJQLQz4mvlpZHVTUVEzwxRqst5C+89ynBttxtXM1tADJdNpcjyHEE+RpnP5dB/28u55GubF5P7IV+R8sdbQPvEnqU+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3UHJT09Nj66oqqqnoqano6moqayqlENNSU8ELyzVNTKZIhFTwRoWdtShVBNx9fbcsKXEbwSAlHFCBxz1sOIzrb4Rk/Z18/f5Sd7bm+bfy+352hgcZLv+PefYP+iz49YbAU9XuVpdgbZzU21Os6bG09PGJjJvTKSS52qZXi8QzDuwsWUdRPaXZNr9tfaSPcbnw0tp7fxZ5SNOlhRgM1JGoKgNRQcPTrHnftw3Df+ZJI7WMiGN6UrXUP2Cnr59bjn8vH4f0vw56JxOy6/Jx7i7J3XVS7w7c3VFT08NPlN2VdPT0lJg8StNDBFFtvZGJgjxeP0qvnjgapcCSok989PcfnHcOe+brvepHMVhGSkcWWqppRqmlDipAXzA8qmbOXrKO02uPUgFxip/b0fr2Cujnr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xui1fLfrDGdtfGTvzrfLpJUUO8emeycC6RwU886VVVtDKDHVlLHVRVFOa2gyKRTwa0dPKi6lYce13LAl27mDla7in/VtbmPPDVVlrU1x/Pov3W1F9ts1mX0rpOaV9Tw61TP5GuF3Dmfk/1zvqn3TSI+39qVx3dDU/xaTHbyw3ZOza+kjm25NR/aRT1mO3Vt6kmK5CjihjhqA0Lox8cmev3mZo5uQtpja2rIW1Bw3DSVxSmQQT5jh59RnyH/AItvO4w8QwpXh/n63SPfPzqXOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0d/j37r3Xvfuvde9+691737r3XvfuvdePv3Xuq+f5pG9N07H+BHynzGz6oY7PT9TZPblJlBVmhkxsG9Mhjdm5SuhrjDNFRVdHis/PJFLIFiRlDSSRKC4kH2l2yx3z3G5V23c0rYtfRhxjuAq1DXyJUDon5jne02DeLmL40gYj/B1Rp/Iq+L+0+0+wt6/Ind1Fno8h0purbWO64wVYKWfaX3Oc2bUyvvCnraOsrqfN7johqoBTVixy4hKeGdI1mnVxkh953nm+gsLDkLatNvs7xDVoJ1ERujAZNACQOAzkdAXkLa7cSSbm7F5mJwaUFQfT0+Z62z1XSAB+P8AAAf7YfT3hcK0AJqfXqUseQoOuXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6DfuDKR4TqzsjMzSCGLE9fb3yckzTJTrElBtjKVbyGokjljgCJCTrZWVbXIIFvZnsq6942lDwNzEP8Aja9M3J0287DyRv8AAetQ/wDkLyJX94ajhKquwke1+oqWnzf2+SyGEpq2qxHY25KEUMsmPioaHJw/wajMVVKlFUClkqIE1iSVDnJ96ICDlTl2BJO6shoTQkdgJoDkCvoQCR8uoq9vx9Tu25TOKFV8uHn1ucXv9PeBHUt9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcXYqrMFZyqlgi6dTkAkKuoqupvoLkD37r3UeiqJKqlgqJaWehllijkko6owGopndFdoJjTTVFOZYi2ltEjpqBsxHPv3XupXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/9Lf49+691737r3Xvfuvde9+691737r3XvfuvdVw/wA2fa1Ju/8Al8fJ/A1WLymaWr2Li6hMRh6DL5XJZWqxW89sZShx9HjsHHPkauWoq6NBoVPDcgzERByB97V39rtHuHypfXjabNb1DIa0opBDEE4BoePRRzBbSX2ybpZxD9SSFlH59Jn+U38TM78Uvi/jcdvKLKUfYPaW4KvtPfWFy0VPHPtbK5fFYnBY7atM0MjzNR4nA7fpnAnAqFeoZJPUmkKfdbm1+b+bbq5ikRrCAlIyvmo8ya5NSR6GgPSPlnaBtm3osgbx6Zr5dWie446EfXvfuvddAAXt+Tc/6/8Avh7917rv37r3Xvfuvde9+691737r3Xvfuvde9+690Rb+Y920enPhB8nt8Ln6LbFfS9O7wwG3sxXUM+Thj3dvXGvs7aNJFjaVlqq+syO487TQQxIbtI4/oSBPyHtk+989cm7aik2k93GZCPiCq6saHNMA+R6KN/unstjuruOni+G3HI4Eeo6oH/kX42rPc+XhoZqL+G41toY3NY+TPeCpxs229g9rVWPjxe1JcbOZqVH3Yn3VRHVwy05npvMZkkhUZf8A3rr60NttFjFqLRxvpwTRXdK1atKnRhdNSKkEUNY/9ul0ma4B75R3fs8h1tvqoQaVva5PJv8AX3gz1K/XL37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/T3+Pfuvde9+691737r3Xvfuvde9+691737r3XAorG5ve1vqRb/WseDY2v9be/cM9e4Z67VFXhRYf0ueOLcf0FvdVRVLkcWNT1sknJ49cvdutde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VKP89vsqj2d8IF2Av3xyHe/cXWXW9L9nR1lQUocPl5Oy89NJUQFYMeoxGw5IVlqCYDJOoZJP0+5n+7ltV3u/udtwt1Bt7MM/AGgC0P8jx8qdAznu5kh5cKxtQswHAHBND0C/wDIu6t3BguuK/fGQpJqLFbmrd3bmhlc7ux7bnG4c5idt7Vzk+G3A9PhxQ0WD61q5KGfG0609RBXpKJJNQsIfvD7+dx5vvNvWdWtIGCIKLVdNSRqHcTVshiaZwOi7kS2iS1BCZAxk/6vLrYW9479SJ1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VYf80f+Yjj/AOXp07gN143bCb47U7KzM+0uqNo5ZMzjdn1uZpI6etzeW3duygoZqTGY/bmEletGOE0OSy6wvHSWWKomhkX2u9v7j3L5oTlu0uhFN4RcnidI/hHqSCKnApwJp0Qcyb1HsW3i8fhrp/xf+x+3qD/LX/mVbS+eW08xQ5DCNsTubZVDjsrvLZXk1YvIbdzVfksfiN77LarnfNy7SrcjjJqK2QigrIquF1IkjMcrve5ftRvntnfg7jMZNulLKjYpqSmpT56s19CPmD1XaOatt3tYxaL3ECv20z/On7R1aSDcAj3GpFOhERQ0PXfvXWuve/de61G/56nbWY3z8mdh9G0G4oK7CdRdf4XOtsqgp6WfKydxds5mrixGqsxs1VnKivG1cNjIYMb9mj/7lVeFpDUenNn7pmxW+w7TvPPe4wCmiVPEaoFFU1PELxrU+gpXHUP883tzJvUW1GUmwpXRQUqc8aV+wVxn162AP5f/AFtP1z8d9oYzIVNNkq6Cgwu26fKR0dZTVFTheu8DjOvKAzzZGsyVfWxV2Q21W5OGSSqql05IlJXVtRxZ5/3IbzzLe3Z4l2c/6Z2Z68B5MBwrjPUj7Na21ttlk9tCqFlFaVz5Z6PJ7BnRz1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z/emZe2f5cnZ+fx+Gx+ZznQuc2l37jaasGYWdqHZFZWYrdgxs2BqKevir49k7oyUqBvJSyCIpPG8ZZTLvsNzGvKfujs+6mo8VfBqDSmomhPqK4p6kdBTm+CG42meOeNGQLqowB4YwD9tfsHWvp/Iw7Kfr354dO4CGurxS9x7T7M6+3Ggx9EkVVPQ7Yrt9bdoqjIVk9PXzQUuQ2zHIiUqzqjzBpEXVqGWv3qdt/e/IFndoB+jMZiTxAlIFa+ueo+9vkijvOyMAa3AoB+XW9xH+heLcfT3zpibXGrfl+zHU3N8R65+3Oq9NGfz+F2thspuLceVoMFgMJj63LZnNZWqgocZicZjqaSrrshkK2peOnpKOkpoWeSR2Cqqkn3okAVJx17rSO6fzG7Pmz/MIxvctZPSz5TN9kTd0Yt58hQYGjxdXgMpj9mfGnZRyGXwmXzlJg4cg+InWqiiNRPJSSQGOM1TBOhPMKx+2/wB3i35YCol/cYZwKMyuC0mRQtVa4+ytQOodoOYebTIBURkGnyB/wf4et13Zu28bs/bGB2rh4xFi9uYrG4SgGmNGemxlHDSRzyrGiJ9xP4dchAszkn6k++et7JK90kjuS7NUkkkmvqfPqYlSNF0IgCDgAMD7B0q/duvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RNPnJ8yev8A4PdKHuDfsGUywyW68PsPaW2sJCtTlNxbz3NHWphaIQahNFhqJ6VqvKVUayPRY6CacJJo0MK+RuSdy585js+Wdsel1ctgk0oKiuRnzx8+i/dN0g2iAXNwOyvQCfBT+aZ0Z822n29QlOqe2RWS02P6e3huKgrN45+jxO0du7l3LmdvClpaagz+NwFXm5qSaShkq1KUf3GoRv6RP7l+z/OHtlMse7WpMR/HTt+LSAamtSM8KeXRRsvMEO/FjbmgB4eo9f8AUf8AL1aN7i3oT9e9+691737r3Xvfuvde9+691737r3XvfuvdUy/zWf5km/Pg7lOo9i7G63irMz2qYtz0PZ+6sxj4th0+D2DvHbjdkbCpcFRV0O6cpv3KbXy0Bo+KWgWlqpZjVCWmEbTN7Ke0v+uzzHPtQvzEI4iSBWp9D6evlXAHDoI818yx7FBChxK5BB86cOh6/l0/Pra/zW6qoqmuio8D3dtnAYbNdt7CxVNuH+D7UTduc3pQ7Rmw+ZzonOaostjtoPM/jqaiSkeVUn0F0BDnun7d7j7Y7zNY3ra9qMuiObjqoF1V/hIY0p8qjHRxtW82+7pF4K0coCf2fz6sbgfyRI/PqF+Tf8kfX3HmgR9gYkDz4/Po5kTw3ZK1p1l9+6p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690APyk63oe3/jt3t1bX04qIuwenOx9oKpgaqZajObUytHQyx0yFXnmp6+SKVEB9ToB7X7Rf/Q7xtLhqEXCNX0AIJz9lR0k3FFfbrlWAIofL5Gn86dfO9+G+6K/a/eXxL7OzNdi59s7A726Tyu85J0ze3JcNSx7rods75rI0r5kyWPpsZT5SqetFSmv7KmlAI0hvfUz3Vcbn7W3LRoC7bSlKAE1EeCK1HHz6ha0YR7lZFSAPH8sefy6+lrQ6RSxqrs6oZEDMQxOiV0/UpII44P8AT3yhj+E/6Zv+PHqd5PixwoP8A6l+79U6o3/ng/Id+vPjjjeisUs38R+ROVzOC3Tkf4nl8RHiOpNsUDZbfTJXYmsoJjJuSubH4IwPKIZKTI1LOGWMqZu+75yP/XDnZN2kRWs7XiGFU1KSBg1WuCTXNQOghznvP0dokaGjkeWDj7OgH/krfGapqtp4fv8A3RTZW1Tmq3ceCjzeNxzfeRSYufCdf1OIytBXy1MuNhwddk83XUuRiFX95m8a4jiNJGwEv3jOemv+bZuWYJw1nCNICkldQy5NO3yCihPA5yQCbkXY2hia5cENWtTxPn5/z+3rZAt7xs6kjr3v3Xuve/de697917r3v3Xui/4T5T/HbcvaMvSe3e7OrM/23BW7ixtR1xht84DJbxiyW0Kehq92UBwVJWS1zVm2aXJQvXRhS9LdxIFMcml1re4VPEa3kEf8RVgv7aU/n1QSRk6RIpb0qK9D+CGFwQQQCCCCCD9Dcfg+2ur9d+/de697917r3v3Xutdf/hSTW0OM+GXUeSlo5ZMtD8rNkUmDyUNJUSPjZsh1x2zTV0K5CmlibFtlqHVApfVDOxEbqQ1xkj90TUfeLdc9o2tiB5g0XK+h+Yp0Afcyv7kiofLqjj+SkDnf5i/xhmq6hUagfveuoaOTxVNRPV1fTO5KbI5dkqDM1HHDFFFDaDSS0yXbQCj5T/eiZh7ULK4LSGdBU8cuBxOadRzyCzf1lRQxC6OHlw9Ot+/3zH6yE697917r3v3Xuve/de697917r3v3Xuve/de6oN/4UJfHhO0fiNt7vPFY+bJbu+K+9aXecVBS08cs+V2Fv803X+/aCWWSopBTUmNbIY3NFy7IHxA1IRyMg/uw89ryX7rWQemi5gKZ9STT5eR8/PoFc/7YL/l+RwtXRxn0GOqrP5HfZWX63+Ye1NiZ0yR0vcPXu9dkVNJLV1UdPi9wYDD47sPb0sSiop8bWyV9JtzIUiXgnm1WKSRr5FfJL74mxR7z7f7ZPoFIrxpiQBWkzDieIANPPNOgv7dQm03aeAvX9FTk+o63P6e3hjt9NP4+nvnVjgOA6ltKlRU56ze/dW697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UKrRJF0yC62uw49Sm+pSD9QwFiPyD7bafwFmYjtVAa+XE9aOVmX1Q9fMs3/AI9utuy/knsKTEZSpfYXb3em1YRlK+n11u3dq7z3b/CFlrVp6qnaHF01KkdVHNAyyy07IyujsrdcOT4Yt89sNruEkVppdkhVQpBLaI6HSBk086Vp59Y8T/pTQLIAr/Vvg4PxcaHr6SPTGfbd3UfVe8Zlihn3X1vsjcs8EARaeKbP7ZxmWmSBIwsaQrJVkKFAULa3vlBuSeFuN/F/DM4/YxHWQVtT6eCnDQP8HQgZHJ0GKo6nI5GtpKCgooZqqura2ohpqSipKaN5qqrq6mZ44aelpYI2klkdgkcalmIAJ9olBeWOBBqnf4VGWauBReJqcYHHp1iEGpzRfU460n/kDudv5l38xTFY/asVPU9Zdgbu2/1VtibKVcz4dOkOtcxX5fdu8WSfMU5ipe2MdHkHpPsqaKOVqygjlM7IrHPblfZG9nfYXctzZlTdLweKYz2uHlAbSVajVXVmoqCDw4dQ7dSR8x81hAwMEbFdVajtNOPDy63M+t9qLsvaeLwAuGpKaLyIyY9TDI63amD4vG4ehmiov8xC6U0R+3ijBHFzgSeJPz6mP06Xnv3Xuve/de697917r3v3Xuk9unFDN4PJYg5DIYr+KY/I4z+JYmVYMpjxkaCpojX42ZklSHI0Qn8sDlWCSqDY/T3tbmCxeO+njDLCwYVBI4+dPIjB+RPWyAYrhTXKHhx/Lr5hG6Ml2l8a+2tz9dZGpy3Wnenx/wB3Z/q2qzuIylYmWwm59opkcSewMNnIZIfuZN+YfKRZGerUxTZGhysjftCoZB109vo+WPcb2q2q2lth495bsFBoVrGB5edCR9nWM1zcy7bzPcgI1decEEfb6eY+dOvok/y9/kc/yw+HvRfe9fR/wvcm89k46Le2KNLVY9cfv3bgbbG9oqWhr0ir6fFT7lw9TPQ+ZEd6GaF7WYX5Y87cvXfKvN2/bFdvUQzsEHnoxT7fmesgtlv03GxjmRgaYNDWhp5/Po5/sMdG3XvfuvdcJFDrpJ0i45H19+691rT/APCk/dFdjvjt8ctt0OQkpqbN/IPNVuYpFqqSNq3H7a6m3y0FQaOqil+5WkzGYpUSVSjU08yOCLgHKv7nVu7e6e/XQjJiTajqamFrp4twFft+3qPPdB402m1QuokYYFcnA8vPqon/AIT+4zIZX+YjtOoTET5SLa3RndO4pcvNlKejo8FS18uz8AKqPFywrV5evymTztPTxsG0U8RlkYMStp0+9xvTp7Z2ds4ZZGuEotKEgVP20xWvpjz6APt6jPzPVVJpGfKvl/q+zj5db5sbMwOtdBBsB/X/AB984Osgesnv3Xuve/de697917r3v3Xuve/de66uB9SPfuvdFz+XOx4ezPjF8huvJ0eRd59HdqbdiWOoWldavKbJzdNQVENS1lpamjrnjmilJHjkQN9AfZhsO4NY8x7O4JUCZG1elHFftqtaj06K93jaWxnRULdjYH2Y/nTrS2+Dm7pdgd6fFzsaU5zb8mM7B6kgzUFNSxpXZHDb4mxGzc1RZekWQU1T99iN0yPUsq8lmlUgfXqP7k7ZHzR7N87RTlVmj262eNWwXKrq7Qctw8q06hrlqWOHd0aVwvfTJpU1yPt+XW+bRi1NCoN9K6b/ANdJIvwAObf0HvlOGVgCpx/mx1PA4L9g/wAHUn3vrfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UCuDGNwieRhGSEte5Aa1wOfr/Tn/X+ntLfqXsLxFFWZCAPUny6tH2u7nC6eP59fOq+YFPHkv5gvz0wde709T/s0PYlH9kklNTSJi8/QYbKROIDPlosa8tNljUukrEy+VqhoofL4E6r+xF3bTe3HIssdwrJBYzpIQfgbICtgUPAU8uFTxOPfNkbLvdChFJtRBFKAnBp6U63mvgHug73+EfxJ3LU5KlydTX/HnqiLI5CikZ6efK4zZ2MxOUCvKqSGSHI4+WOQMiOJEYMiEFRzW5ytprLmrmOC5hMbreSkqRSgLlhj0III9Qepu2m5gl2yykSYMhTBB40JH8iKfl1XR/Ok+br9I9ZN8YuusngD2f3ttfMf37qMis89V110JkzW4DcW7YacRigkym9Vpq/CY5qiWOOmYVNY1/tBFLJvsB7eS8680xb/AHlq42ywkUiSg0Ghqor6DDfkB0R85739HZxW6yDxXU0HmRjI/wAHRdv5JvxKqZaOr+Te7drZfEPnKfDr1m+RxdK8U/VkslTW4zFUlTVeb7D+8GUx2LzkyRR008NFjcNH5RHUVULDH7xXuLablfDlrZ9xjudugLIxQkqJAdLV4ZWhXhQEtmo6K+TeXpbbVc3cBjMndkU45/y9bNQ+nvF3qROve/de697917r3v3Xuve/de6iVYOhLC5D3H+vpYD/e/dJY1mgngbg60/n1oMVlgx2as/IUPXz9/wDhQ51JT9W/zHaremPqMfDiPkb0rs/tWox1FTwUtbQ7z2bWz9T7omr44iZqtczj8JhatKiVEeRjNHyIg3voZ907mR7vly92XxQ8u1OojFclbjWxNPkU0+fD8uog9w9qt7LdIr23aouQ1ftWn/QX+Hqz7/hMl8k6zN4n5L/GPM56orqjaeX233jt2DLz0tVVSU+/BJtbfJw9SkaZKoxFLm9tUEkxqmktUVwMQRdQ9xV97Tlmw2q927m6zcPczI6TUNdDgllVh5Egscfn5dHftxPC1nfWZlH1BmBVPMjSAT+XDrbSRw66lIIP0I+nvElGDxxuODKD+3qR2UqaEUPXP3bqvUaoZdDLqGq44vz9ffuvdamH/CnfcKQ4v4b7VikqZK2fP93borkp4anVR4Olwmy8Qk9W0LCklpa3KVUUMavZtbBrGxvmb9zIad69w7xsW52/ww3kXOAv21UgfYeof92JUa52WJSCwXgOPkD0WL/hOdTTZD5mdkZGlixU8eC+K+UpsrXiZEyUFdnO19sHDUtNS0yTRtRVFBjZRO87wnyRx+FJDG7IN/vmuP6q8tKD3Tuvh8O/ShrT7Dio88cOkntbBKd9uLkRt4GgjV5f6vl59buKM7X1rp54/wAR/X3z76mvrITbk+/de6h/eweYQ+WMk3UAEkmQI0hjW3Bk8aFtI9WkXtbn3pWDglDUD06qzqjBXYBvTrMtRA4VkmjZWF1IYEED6kf196jdZUMkbakBpUevp1ehILUx1mHPI+h92611737r3UaZGZ4yoJCnn/Dkf8U9+690hu04ZqnrzftPT6PPNsXeEUHkBMfml29ko4/IArkx62FwFJt+D7tbKTum1MVJQTCv8uqP8Fx/zTP+HrQy+KNWuL7C+MEY/g+TlyvaXQMENPmoBS4x46nsDZKrWPShitIaZIvKgLEROArWIsOrvPX6Htruhn1KG2ZACOJ/SPw/P0+fWOMf/JWtf+etv+PDr6A1KwMKgk6tUpIYWb/OvybWuT9b/n6++S1mCsFGBB1v/wAfbrJI50/YP8A6k+1XWuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UeZW9TL+IyPx9b/ANCQD7pIC0YVeOoH9nVqjw2XzPWgZ/Mj2Vtvr/8Amf8Ay7hppMrPBvPeO1Ow66sfHPGaPO7w6m6+q8zS0L1DCOqp4hHTxCSILEsrkSaZA/vpN93GVJPaq10Go8a4QcfiD8M/l8uoJ52V13+bWKMY0P7Qetkj+XV8l+qemv5SfVPb2/twfwDY/Se3t77Kz08666ySt2F2XuXaWH25haR5J567ObmlkoqSgg1PPNU1cau7EtJ7w59z+Xt3vfeHdNjsrXXcz3CagCDp1wxkas0pmuDgY6HnL88Nnyxtt1dvpg0sa8cCR+AFTn7P5da/vTeN7L/ma/NjJp27Qw5999Zyi3n3hU7TajxWN230nj4q+g2J1Rhqbde4JKbC5rcmHxjY0JTS1ErvBlMzTxsyF2yp5kuNi9jfa/8AddpfCLmieBdKFXY6yKszFQVxk0JFTQdBfTJzVzDG1uvibfG3H4cfINQ/y63g9lbPxOysBjsDhKRKWioaGkpkAKM8xp4I4TPM6KqvNIkagkAKFVVUBVUDn3uM0m4GSdiTNIxZq+rGp/mepgRViVEHBQB+zHSy91HXuve/de697917r3v3Xuve/de6wTxtIFC2uDfk2/Hv3XutQv8A4VT7Cojgvg/2YlHItdRbw7p60bIU81JE7/3j2rtbdVHj62KzZLIUMtPsmtZEjXw08t5HZSyrJlx90a+kXmvetphFZrhInA9Vi8XVnhgMDxqfLqMvcmNhBttyR+iniaj6V0UxxPDy6oF/lp/IrIfFP5fdN900uX3DR4fbWSfB7629ghUGDfXXO5WixW69pZSOmeNJ4qZJ4c3SCfVAMjh6e+kFr5Ue8HtxBz/ynutttqLJdlGkjrQAMgIr3088HzoTToB8rb5BtW82l3NMVsnQjVQ8SfQCv8uvpj7R3Rht24DBbk23l6DP7b3Hi8dnMBncZIs+OzOFy1DBkMblKCdCyS0dfSVCyRkE+lrfX3yha2uLWa8tLiAxywStGVPEFaAj50OKjGOp/jvElYanGp+5fmp4H5V9DnpXe6A16VdNk/8AnX/1/wDiB7317rSS/wCFJPacG6fmL0f1dR1dLUwdSdLZbI5laKvZ5qXcHZm74qkYnN0MD+JJIdu7SxtbTrMFkVawuAyurDoP9zjl1bfljm3e7uPRbzS0DHIKoCcAZ+J2BNOI+XUD+6V1HFvW2RSvnSKcTxNfL/L0e3/hNj1lXY7YHyf7NyWHNM1VvHYHWeEyEz0yz10G2tsSbwzzGKJI6h6J6/d1EIpHJjfwssfCMWjb74/MQ3DmrkfYNvlL2dpCxkFCuksCR8QFeA+GvHPQt9rrZ4LK6vJxphLUBwag1rgZ9P29bRkMhdWZ7cH8D8Wv7xB6kvovfyh+TXVnxO6a3f3b25l8pjdm7TgxqTxbewtXuPc2ZyucyMWIwWA2zgaNHqMvnMxkJljhhXSqqHkkZIo3dTfZeWN15u3O15d2m3L3903hqAQvHiakgAAcT5fs6L9yv49vsrq6Z6GNCfXrQc+Sn8wzur5Od0bg7H39u3f+2oc7RUI2v17szsDeGB2n1hg8bZGxG159s5DFNR5WaKtqf4zl44jW5SMeORzCUjXqByZ7Dckcncr7PabvYJNuU6frF1DEMRwrQigOABgdQPv/ADjvU7SHbkLTAjSBjAIrkkfhqcmp+09bU/8AJg+Ye4e/Oocn1J2f2bkex+0+r4zlqLN7phy02+dx9b5eeCLGZbdG4K+nWg3Pk8NnnqaKSqppA4gamSWIFRLLgt94D27s/b7nFf3YHTaZxULpOnU3Cn2eXp1KXI++TbxtgNw366YYeY+31/zdXgByyKIipcBbg/QC1j/vPuESKYPQ26ylgoGo2J4/1z/T/X9+691y9+690HvaDB+vd/aJSh/uLu8CVEMrRsdv5GzrErIZGX6hQQT9Lj2ospUTcNtDcfHU09aEdNv8Fx/zT/y9aJ3xBqlftz4meKE1VNku0OgJKGqpoKWrECtuna1Xfwx5HGGdFjjkR2RapacAtIraCT1P91biL/Wo3ScP+nBtMWs+hePt+Zr8q08+sd7aGR92tWRar9W3/Hh1v00qx+NZEFr6x/bFvW1wNYDHn8/n6++UkYon2kn9pJ/y9ZGkEUB40H+DqV7c61173oMDWnXuo81VTwIzyzJEio7s8h0oiIrO8kjtZI40VCSzEAAc+9SMI9GoHuYKKAmpPAUFetqCyGQfB69E96D/AJgPxD+Tm/d29YdHdz4jsDfGycW2ezmHoNv7vxkT7fXJzYX+PYLK53b+Mw26cKcpTtCKnGVFXETZr6GViLN+5I5q5Y2613XfdnkgsJvgclWqfQhGZlPyYDouj3Xbpbie0julNxGCWGcAcc8D+RPRxYpo5kWSJtSPyrWYXH9RcA2PsKg1APkelsciSqHjaq9Zffur9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdY5VDRup+hUg824I5/B/Hv3XutJD+ejtLLbQ/mDncOUhQUHaXUPXuU2tHSNE0eZxOz4cxt3PDNR0iUs9NVYzNwKiSzzSSzxTxBDaPSOhv3W9wttw9ur7a7ZmN3t1zNJNUUAWUqU0n8RoMigp8+oQ9xVNnvAvJxSCSNAKZNRUHHRCD3x3t2f1P1F8Ydkz7u3htLam+N5bl2vsWiy0FNF2V2p2HnKWPZ2DzS0+OlrKmm2NSQuuIqJmqJYKitq6t08cFPokW/wDb/lnl/e+afdXdJAdwEcb0NCFCRIBp/wBMApIxkDjTojg3y4kjsdh7jGx7QBUdxJz6cT/qJ63Vf5dHwj2n8PehsTtSehx+a7K3RWrvntne09PSTV26N+ZPH0ysKeoGHxlRDt7ZdDK+GwtPYiDHxM92lqpyed3udz7f+4PNe4bzK7fu95W8NGqNEde0BakAmlW/IeXU6bLtNvtdlaIqj6oRjWR/F558/kerFALAD+gA4+nuPujfrv37r3Xvfuvde9+691737r3XvfuvdY5RIQPGbG/P+t7917rWz/4UubCqdy/FHoHdlNj8rkn2L8j1FYlCKdcfR4/dXVvYGInyWUqJ4WNN9vVQwrAEdXnZ2hQM8ilcnPul30Np7swQy1rLZTUoK5AHn5cegD7i20s+wO8YFErXPrT/ADdaUeHov7u7nwrV0UEkNbVCCnjq5GihMsqr4nDw+t5EcgiJjob6H6++kdrbP+6YAKapBJ5/h1kH8+oDnjkfZYmtx+ujf4OtuX+Ut/Mup+pUx/xu77yr03U09dRnqns+qnhfF9fZbcuWqIa3r3dtXPXJVUW2q/PZSj/gC09JNS4pJ6lKmrjp0po1wK+8X7BMf+RhyirLcgVmhIKMzKa60Wh1Ag045pgV6k7knne0nitrLcGlF4vaOzFMU7q8P8HHrarpcglXFFPT1KTQT+qCeNlkhmiZRIs0MseqOWBo2UiRSUOoWJv7wxeUozrJbSxlcHUtAD5+fU0m4gcB0cBaD9vn0gO1eztn9Rdfb27R39mlwOzOvNu5fd27My0TzCjweBoJshXyxwxJJLUyvDDoijVdUszKi3Y29rtvsrrdr7b9u26Ey3V0wEengSTQAnyz03eXMFjbi6uH/RIrjJp9nXzavl53vuf5WfJLsHuTckGMjyW99x1uUpcRjxXKu3Nvy1zw7ZxOQ/iLeSPJ4zbkVHT12gywCanJjbQLe+vPtbym/JvJvL+ySRhJPoohcCtf1SgMlDQVGstThjrGvfNztd1ud3mvCxuBPJ4OKjRqOip/CdNMeXW7d/JU2HPsL4K7VNR9u6bz35v/AHjQSxLKatsbV5WLC0S5KoqUWqqakrgWdC7SaKd44wVVVjTnj947cbe+92t6S3L6bSONG1CgqFb4cmoyK8Opp5HtpbblVfGC1OcGuDTq2zyOiMFYgWJOkBiePwD9TYe4IZihACkmvkOhogq6D5jrTp/nJ/LiP5NdxY7pzrXcVLleneiKvO0ufkxMeSQb17eMmR2/uZah3r48Xk9tbBooVpscxpTLLXSVVRDK0DRF+gH3Yfb79z21xzpzBZFboqGgrkLpFQWr8Nakk+mkU6hPn/drubcpNu281VcP5fbT16VP8uX+T/tT5FfF7s/vbtenpIK3vLZGb258cE8VDVQYbGUeTwec253fV/xLHSVuIzuZ3jtgQQ0ojSMYHyPKsrVS+MKe9H3kt4i552uw2NiNvsbgCYUoGNCunj3L3A4/FTyFOhBy3yrDc7Q9xcxDx2jNK/Yc/tFP9Q6IX/L5723N8QvmJ1rn92LPgqrCbzy3x07828teMyuFoazPQbS35jaj7TLUVNWT7F3jiqOtaoUTqkdD6IjcaJo92Nqsfdn2uTe7OCNtzjtFnRqgGsalqVofiFRTzB6B/KO7x8vbtdR7grrZlylAtTqcjQaVGK8T6db6UFeEDRh5HlgiT7nQolYccSvpAIRwpYMVUMAbe+X8InjhuPqUIZZGofVfKnr5VHl1OhuIgqEVJalKCpp8+p3nZ/qxOkK44H5+lv8AH3eJ454xJC4ZT6HP5jy6ef8ATRHkNA3CvHoDO8PlH0R8a9l1/YffPam2OrtnY0RGszG5qmRChmq6GhVIsZQwVuYqnFXk4EYRU76TKpNgQfZntuz7vu8/023bVcSzUqAF4/nXpNLeWkFPGuEUnhU8ekZsn5c/GjvJqfaHWfce0ty7i3xtbeWU2bhIqubF5vduB21FFjty7k2ziczSUuUyu28BX5KCCpyKUz0Uc0gXW309uXOw7ztO52TbjtssPhTLqDqRStCP2+Wc9MJfW1wl00MmpRGRUft/wdajnwCrqig+UnxdyGPjq0rcX21t3CRGuhp8VQ10DQZXEZuinymPp46WGE4Wukrqdgn2la8aW0GQAdJfcm7gvfZHnGeEN4f7ss+IoahR5fb1CmyE3O6RLD8SXTMa4FNXr1vFUUwSJBd/CqsEDIwfSGOjUpGpW0/UHke+YkYHhxkkAaV40HkOp/bS7alYAEDifkK/z6Lp8q/lj1R8Peo8x3P2/k8tR7YoK+kwmMxmAwdduHc259yZFJ3xu3Nu4OgXz1mRrVpZXMjtFT08MTyyyKim4i5W5X3nnPebbYeX4Fl3CX4atpQfNmyAK4rn5A9Fm77nZ7Ha/WX8lIf6Pcf2DoqnwU/mj9VfNiL+DptfdHUHZKwUNti7vq8Rk6fO10mBqtw5un2Pn8Y8Mu46fatHj5/vppKKkjQhdBckqBt7ke0PNvttt0d9vFtG8JXLRMWKsKVVgQK1JohHxUrQDpJtXMe1b2B9AZK0HxLprX8z9vQG/wA8n5JZPqH4c5rrXauRbG7y+Q1NuPYJrBX12LqcTsOhwzZTfmSoK7Eymqhy1bRtTY2kBSWnmNe8cgsfYk+717fDnrn+KO+UHabUCY54sAdCmoOKgkjBwD0Rc8btNt2zNa2Mg+qaoNTQU4nP+rz60+eoN3dgR7pxn+hiqyuB3f4NvYunm2xmcpt/K/3Ixu7dn7ry22YKbByRtV4y+0aEDHxMlPL4Y0kTxFgegvPPLmzb3y5uW07xtsXhrbymIgA6X0NpbhihPHy6hiwurWKfapob6c35mTxaggFdQqK1zX06+lXiJTJTq+l0Wd/NGkisjpHImtVaNvVEyggFT+k++PSyNJc31D+ikmgf6ZcN+VeB8+slbNQlrEx4Pkfnkfy6efbvSnr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WOVgsbkgmyMeP8AW97Ar1V2CIXIwOtIv/hRxuLZ2M+cHTr4hqV925D4vTUm45MTNQUuUoKqi7Hyo2pNnaqJpMlMFxuRrTTUjeJYwyzgPdWjz1+53DM+x8628kTILrCMw7eylc5rXypXqEPceVNyuoLeAaXRVJrwzXGCc/lw6k/yD/i7g+9d+7o7T3Viq+tg6m3TS0FRUx5aaLakO3dxbPjqsVh58L93LSbm3bvIVcsNRJPSxvhMJSSaJnfKhYU33mufLnbLa02W2DLDdRUIx3MhVCxFcKlKrx1FhUDRlZ7e7Xb3d1uU1wgZ006f6PaPP554dbtNPGkUEMcaqiRxIiKgAVVVQAqgfRQB7wSpTHUwxAiKMHjpHWb37pzr3v3Xuve/de697917r3v3Xuve/de697917qjn/hQTs4bt/lu77qI4Kesrdn9qdPbtxtHPC0xnyFNvKnwlP4R5I6dZokzskg858ThCp9TAGbvu6btDtHu7y5PPE7pJHNH20qC60ByRgedM06CXO/8Ayrd99g60xfg1htn9g/MDoDqvtTFy5bYnYHZ2F2buugjr/wCHTGDNxVFJjHpKh9DLWpkADHocTCQIyK2ko3Sf3Gvtx2n263efZJ1i37breScSMKoUBLaQOJNeNQBTzHUD7FELq6s7Nx2Px/bTq375ffyl/lJ8Uqvde6di4bIfIXoWgq6HK1W8tppjMh2Rt/Ep5sjkMhvPp6GjpZW29tCRWjmq8NUZSWaljjnakRy8aY68j/ef5c5yj2215ss5Id6YaNTaPAKgkJ3FgdRNa1X7K9DHmXkfc9qcX21wq8YiBOmtagmuKfZ0S/qf5rfJ/wCN1PlMb0J3/vPr3H4yprcRm9tVrUm5tlbdnr8jUZ/LtJ1l2bT5Tb+1t1TVOUWaecUVHWGIKrExgqJJ5i9rfb73AkG7XO3wyxSqtJbdkWoUUpXUpNMhgcVrx6J9r3jmFbJFljkRwWqrDIox/wAPl17t/wCT3yT+VEdDiO+++M/v6koshjYsRsyvqsTQbMo87TxyimpKPZ2Diwm2cpnKv+JvKlfUU9Zl/tpkTyNA6hm+VvbT2p9uLqPcIrbwruI1V5ShA+0hmx8hj8+tncuYNxne1ldjCpoAa4HH/P0CGyupJ9p9zblpuxsLXYzLbIzU2Fqdv5ih8dZidx06yU8q1uJlFP4MtjJK2J4xLEzU3pkEYIUiYIuYtu3COG/sp1ntZhrEkZBShzUGvDoM3thPDuP0UpHjOfnivrivW89/K0xxxPwL+OlEWEg/uxuLIRyiOnjEkGU39vHIwkLSySwpqiqVOkt5ASQ/qB98mve+5jk92fcNlWnep/4z/h6yR5bXRyxGpOQtP2GnQYfzdvmZlfiL8Zqqn2NJVQdvd1zVvXfXGUSojpKDZjTUTS7l7Cy1V54Zli2zi5gKSGLW9VkpqeKwQuwXex3Js3PfMdkpiQWNoyzTeIKh1Rg2gAA11hSM4xmlahzmHfINk2trp0ZppBpULTUGIoCakYBoTTPp1q8/BL4q5n5h994Dp2WpFFsuvjr919hZCkaSkOG6hw1VhsNuykw9XHW1OSw+4M1/HaPGYJ2ingWaokkc3gv7z398vcK19v8A2+/d22oq3V7A0cYSgKMwwSCRgCpanlwr1DnI9pdb3zDc3l4NUSNVga1I63wtuYDHbX27hdsYfG4/FYXb+OocJhsTjIFgxuMw2Lp4qHF46jp1jjSKnoqGCNFUKAAvH9PfKy8e7vmvZ55QbmRtYY14g6iT8yfTqfY4FUeDbgKh/wAA8v2CnWoV/PS6IxXUXyp2J3Xtajqdv43vTGz7qzU+NimgjHbHVWY2iuXyGMyFHHI2Jyu5tp1FBNLEViWoqKWWo1s7Te86Put84R77ylvPK24MzTLGwjVqECNqilK10htQH9EgeXUM88wW6bxaz21sywA1c04uDilDx+2nVKHanzx7zzvyh3b8ko+zexqDe2X7HouwMBRLvTJ02H2guBkkptobVhwdI0O3c7gMFt2ioqGopq6gkp8l4ZZZY0kmdjkRy37J+3ltyfc7HvG2GWaRdKugXBI4ksQQeJxWn5dEV9zdu0F6l7ZvSLTp0t+3yx5dHVzX86P+YJ3NtmPb+a7/AMTsjB1FLH/e/J9fbKwHVOZExp0qTTYPeuKyVZuHamOWkpJZJZErGqXMjBJI1CKI92n7r3tJy1JPuF9JI9TUCYgp65AoGp/SBp+fS6Xn7dN0SOAyCOVeFOLV4gU/nw8ult8Zfgd8ivmtkj2NsbYm3YqWesx+F3d25vzcZ2tS08WfnoavLT4sjD1e7N5ZM4mc5L/cdSR46QtBEKouyEoucfdH239s3sYdht4r2/8ABfT4KqwjKkACUsRSpOOOAfQ9KbTlrmDmaeG8uZ/AtocUfUNerJK0BGKUNacetpb4d/yz+j/hkM9u3bC1HY/def2m+0sx3Ju7F4aPdDbcjqnrk27t2Oloppdr7fqKiGlerpkqqgVk9JFPKxlW/vCDnH3a5r9w96t73doYV26K40hI6qQuGzQANQk5J+ynDqUrDZoNtt57aCTBjJLN5mlMenDrVI+JnaPWPU/fXSm9N973G09o7E7Nw+4dzz7ckr6uooMPiUzPiwyYamxj5ysaOvSnpZY1pkrZI1bUpUtfoTzxs93vHtFu+0bDZM17uFhbCNDQEFQNRbjQMPhpX506hvYpI9u3Ge4uGqgnfA4/Fxz1e33P/wAKAvjVt/A18fRXX3Znae5JMXHldv5DdGGbrLr6qiSdFqEyNfWVGR39Q1JHphpWwEbzSSJYrCs80GIPKH3YueuYp4YN8jjsrA0Gpw5OBQ4VacR5mlOhrec8WKTMYYpm4eSgYA89RrXrVI+bnz07y+WfYtLvfvHfNRlsZseu3P8A3M2zjlXaewNm7d3NGseQhwmznyFTStkKrFY6mpf4zkKyfIzxB5GEBkaFc7PbX2Y5S9p9ujex0PvYQD6hvgqK0JJGqgrgAY6ivmjmDdN5luFRibatFXzAH2YzxPz4k8etlL+Rj/Ly3Ds7HYr5r91oaHcO6tv1bdDbCE8zy7d2fuijSkzHZG6A0KUlRn94UdKseDjg9ONw0sr62Ne8UWF33mvdmbmjmg8rbcQYIHKSsKeG0kfxUoSdOoHyHoaEHqXOTdluNptLW4uZUbxIkYAVqNSg5qB0Rv8Ank9+w72+Wm6etHrqWfbXSvX2E2ZRjGVNZSVDb/3NiZN8brXJZYwLEkeNptz4ZTTQ+eMmK0oRuPc6/dO5fFlybc8xyrS6mnIqeOkUjx8sV/b0DedhdXu4tYx3SBkWpJJpjJAx+zqqTqzZeMrsrit24aqn2TTZybDUePXH5jILBEuS3Jt3FJBi8vIi1yVEkVY0DSylBM8vjcBWUGeOfLqOw2fer2RSUhtJnIHHtRjiuK9R/tqGXcbBFwWmQZ+bDr6UeNQLEmmPxCNvH4iVOjQugAaCVtpUe+M8SNHLfIzAs0zSVHo1D+316yttW8S1tlC0KDNfkCOnb290o697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdF/8Akn39118aeq90dtdp5Gox+0duUEeqnx6ioz+5M1XTGnwe0No4wyQyZvde5K1RT0lLG4bW3kcpCkkiGmz7Bf8ANG5WOy7VU30kykChI0g5rTgPU/lQkgFLuVxDabbPczHC+XAnHAf8V185r5dZ7d3b/ee8O/twY6goN0919wbh3dmqCnkp1hxmSqKPHR7c2k9VT5CemrKfbGzsDT00zjyLJPHK97sffWD205Nn5K5N2naott0SIG1y6viLGpqtK/z+ynWOe4bw29btNObUxKaCpNRiucAdbQf/AAnVpqen2J8jaHBJFBgaTfGyaTMUL4bcNHNRbzTaFTVLWY/L1MlTtfcGHy+z6zHO7UjRVtHVRmKoTxvTu+Gf3tblW5o2a3W2KhIhR6ijKxUk6aVFGBAzQ1PmOpJ9u0EU26qrh1qM/wC1HzPz/Z8+tl+MWRATeygX/wBh7xZY1Yn59SWnwr9nXP3Xq3Xvfuvde9+691737r3Xvfuvde9+691737r3VZX83LblNuj+Xn8osZWUdDWQ0+wafcC0+Rr6fExSSbd3ltXKgwZioaJsNWmKF44auKSOWF5QyMH0n3IftJci09zOUJycC4pT1qP+K6DvN1t9Ry3uZ1gaVHlX1/zdaA/xy3nF118gukd+RFHxuze2eutz7lTLRz0Uubwu3Ny47KV9KnhE8+AylfS0jwCeDU1NrOvVEWB6te4Nk97yxv23wSd1/tTgPSojJqMivd+0dY+bJKLOezviuoI+nTwrU1rX/Y6+oViposjTU2QgZGjr4oauKeJlljaKphSeCSKVLI8TRSgoR9VIP1J98VRbOj3EBLJcwO0RPkdOa6cUyxFM8OspFnmmit5F0iJowaEVOfn/ALHQI9n/ABR+N3cOcptw9rdAdJ9mZ6iIekzm/OqNkbuy0LEoWAyWcw1bVlWMYJDOwJA/pyeWG8b3Y2628e+XaIPKORo1+VFBoPnTj0lmsLSdzJJCCx+Q6m7X+OHSGyq8ZTbHUnXeEq4J4anHPj9nYKliw1VFIZTWYamSg+0xFbUTt5JpqWOGSeRVaQsUUqou+ZOZ722Wwud8lexWtFZnLEGnxkt3cMVGBgdMW+02MFw04hBqfQY604P5lO0sphf5iXyhpTXzVTVu/dm7kxNVWVNJW1GOotxdT9fZZsasVLU1DUeNpsk8xp4agJMISB4ggVn6Lfd5mluvaGzlmfU8k5tUxTRpNNXz9aCma5rXqDub7M23Nvja6q76qegJqBXrZ9/lYVcNf8AvjfVU1IaMttbdFK9P5KeTXWUPYm9KasmiSmeSmpYaqtSSWOnQ6KVHEI9KD3g175WbWnut7hwxy+KwKLgUqQg9a+Z6mfl815aTGR/0EetXr+aL8iaj5P8AzQ3tIMjUVvVPTX3XTvV0EtHSU1Mz4kxzdlbxx9U0VVU5NNy7sR4IKzymN8ZRxCNVuxbN37tnJNrytyLBu9/Do3K5kUyVBBC4HngBUPAAVyTnPURc17u97uwuonElivwxDj6/F51Py/ljq+b+R/8AGZuo/jBV9z5/b0+C3n8kM3jt60i5KoSqykHU2Fxox/VdCQHeXEwV+Lq6rKyY+X92mqsk4fmNAuJv3gebzzLz7f7faXBbb7FmRc1U0PcQOGcCtTwNOJ6kfkvav3dYSX8i6WuqUWmVrwBPn+wV6uwjTW4W9r35tf6An/iPcESozxsqNRj59DLPkc9VK/zq/j1U91fBnsfdGBvJvj46B++9qUP8TrMPS7jptk0FVNvXaWTqKRwJKfceyJK2OESgRJXR07O6Rh2Et+yfN0fJPPW1XcsGuxmRrdwG008WgV+BHa1CRThXh0Gua9rj3HaJIo6JOJFbVSvA5HrkdfPV3Hj6PMbYO4ofuJNWTpocdmqRI58NnoqpKl6lP4hRwSU1bLHLpKSxukI0HlgR764RG3ayspLW5WaGSMPqApSo4cT68esdNzLxTm0eMjSa19flT/Z6vE/kG7C6Q3B8nn2f3Z09tztePd3Xm7czsbPb1pKDc+3djbu60qsLnqmR9lZWaqxFTWVuErqhoMvU001XQ1MSRUzxJM3vFv71jb3bcm7PuO07g0NvDcusyrUGQSBAg1A40sCSPMH5UIo9v4tsn3h4NwttcjKPDatAhFdVR51FB5fz63x4Yo4lSNIYoUgjSCGONERIIY18aRQqihYokQWCrZQOALe+aHhXMg+oju2Cy5YGpz8s9ZFspjCx6wVAxQUp9ueqzv5wWM7Kr/5fHyKyHVmc3Pgs/s/bGM39mZNoZ7JbczuY692XmYM72htqlyeJlirooc519S5GKoWM65qUSRr62T3IHtQdstvcDZIt5jVttaRK6gKBixAND/S058sfb0FuaIru82+aysZDFOF168nGQVoKfbWvXz6tobZ3zvDO4rbWyMDPVJLWYujxWCxS0xmK1DxPRx0FDU1FCZDLRy3jL6WaRtBa5Le+xl5f7Vt23zbqjLDYW1mj6zRlIC1IpilKcesbJby7mvY7dI2Us+gmtakGhb8+NP59WSfIn+Wh8oPjN0BQd+980Gzusarc+/todc4DriDfz7z33VZ3cU+aqIqyspttbfq+v8SaXB7darjhnzNWKiNzFeGdtPuDuQfvE2nuTzvDyXt9hSyeORludQC0jGf0yoY1PbhsHjw6H248rXG0bfFdXF6ruQCRpIOa+dSOnz+XD8OsN398r+iMFuXDS5TEx7jm39u6XMUsuMk/uhsSnrc5VLClTGanTU55KPGIFHjkFWF8yBVJV+/vO7cue2m7R2cTrdyHRHIGoVLGgxSpoKniKU6QcmWMV7uUrzgNGzE09B1v3T1uH2vhZK+rXHYnDYXEy1dXOopsdj8fisRQyVEzmyxU9JQUdFSk86I4Yl/AHvlXaJcX2iSaTXeMRTjWrU9SSSSePEnqfI4IzavdSSBIkqKU8l/YBgYxjr52vdu6q/u7sftjtTN5GCryXZnYG7OxpZaeaV8TTSblzMjUtJh6mWnp/Nj6bFpBDTusaJOkSyi4cMewvInL0HJvJu3crwMHMYQ+IBpBoAT2kk5Nc6j1jfuc1xuG7Tbl4ukPUaeJz88f4Ohm6H65jbevU+Lp6auzZn7O6UjGLpqHDSPWT1nb+yNYeGuSpx4eZ4401OrG7GRxZS6E/utfhOTub5PD4bbc+f8AwpuvbJtxbedpXxRm4jHD+kPn19AeiS5aQN6DM7AC9n1KG1g8XDar/wCH04tYciHYJcsKfGB+VB1k1bxGBHUtqJ/Lzr05+3OnOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UKrq0pkLM0QXxyuWklESqsa6nZmP6UVLlj+AL+2JpWUxxQprunYBV9R5mtDw6pLIkMMkrNkeXr1pLfzDvmnuP+YN311dtXqTbOWHX2J3XndhfHPHZermwf+lfee6Y8TR5XsPcOJlWR9u47b/8AAK96bJVSwrjNuyVVbOsafuP0J9meRdj9otgfn3noA38sJkRSo7Ep2hfMsTXFMmgHUObvvd1v+7R2Numi1C6SQSc6jUkcPTpUfKz+XKfjH/L+2d3RvoU2b7tqu+NjLvmRKusytJtraPYFHX7dotvbVTIRUUGKqYd71tA+Sr4IKmTIUEemGSKCRgEXt/737x7he8NjsdlesnK1yXRUNKhkqS37FppJAFTWpp01zHyzBsewQzpKzXLympIpg+n2evnXy6MJ/IF39QUvyB7d67EjTVG6uhMPujHxwz16Q0Sdeb/GLytTW4pZziKerzB7EpdFQUNSYaZIi/iWNFJPvipC1hyruEUCo4eVSB56XZQa0r+GvoKno19sY/p5NyhMhYimTxyAf8tOtsKByQFK6QqrY88+8JQ2sBj556lOPKJ9nUj37q/Xvfuvde9+691737r3Xvfuvde9+691737r3RV/m7tKj358Rfk3s3IYx8zRbl+PvcmKmxUWPpsrNXvN1/nZaelpsbVw1FNXVc1TCghikjkVpLekm3s15dun27mrlncUI1R3kYoTQdzrkkZxp/n0i3a2W82bcrZmKho+I44B8j18zLHfdY3IUNXjnpaIU7Y6aaWYSVWNx8BipFqWlWKlORlpZVEyNNTQpUxRyGSn0SBffap7dW22C2kOoSBYKnioeMPqA9QTSnA9Yus5tCbVRqVZxnh19O34kbsO+vjB8ft4SVdHXS7j6c63yU9VQQzU1HNVy7Pw8da1NTVJaqpoRWRyBY5WaWMDS51AgcZOc9uXaOcubdtQ1SDcZ0B9QHIB/ZTrKLbZDLt9i5FKxL/g6MR7DfS3qFPLfVHp+hHN/wClj9PfuvdaYX827AVGG/mHdwZaGhOJpcxtLqDcUdXVUvnhzdVkNj02CytfTKK2Zqim/wB+tFSlTFTqJqaXTrOojo192Hco7v2xfbp2CizvmlBHFu6ukjyHz49QV7hgWu/2kqZ1AGnVsXTfb2N6i/ki7g7U65yuVweU2J0T3a2Fy+U+0q5MX2RVbu3ni2q8VVT4vDY2uwtHv3MhsZUPTN/kQiErVDpI74rc3bLc7z94fc9m3JwqX95GSwqdK1DU0mtToOQaCvoDgcWG7Pa8gXG4LAC2hhQnAzStetXLqHqOt7S7U6p6Lx9bFTRdlbo2R1VkM9X5mgw6xUG8M5hMVu2rppqylqZajLVuBlyCQwU6tU1NXKCuj1OOgPubv68s8n7zf7dt6Ihs5qICQEPhNQg08jQjhw6h7lGyMl1ZpPcGQGZBkf0h9vX0T8Pg8dhMXSYrGKlNjsVTUtBjaSJgyU9Bj6aKkoadTfhUpYkAH9PfIkCVr2+vppzJJPxqOHmafac9ZPy0dLeNVCrGRw86dPkb6KfVa9ieP9drf8T7cqBxOOtdJTdOQxVHhMxX5qaihxNBQVeQy5rVE9ImLo4JJsiaunKS+emNJG4dCpDglbG9jVrG8u3gSFmjIkVgyirEg4Wn9Lz6bleFIpWnakek/t8uvm/fO/sTqbtT5Xdu7w6Mq6Ss6K7PymB7B2PFRbXfY8WHfcm1MM0u0MjsmbG0U23MvRZqhnmkpaiNJ7VqzSJE8zp761ex1rv23+1+0/v6JxcJJ4a62JYqAxDVOaEcP2dYyc2X0dzvVykMKiKpbUPt4U4dKrofd56d7C6O3ujVOHHV3aPXnYVVPQRyUdZS0e1Ny0OU3PT3xtbhxJDl9tx1dPV+SUU1VG5WYOth7OfcfaE5q5O37ZHT9SS1lZCBU6kXVgH19fL06Z5bZ493tLhGIaNgaetf83X0baSpgyEEVbRTRVdHVxRVNLU0zrNTz01Qgmp5oZYyySRTQOrqwJBUgjj3x7i1iLTIml1dxT5BiB/LrJ22GpWn8QnXQ/YB1DzNDRZLGZHFZegiyOJytDU43KY+pp1qKfIY6uhlpa6gqKd1ZJ6esppGjkRgVZGIPHuoMn1KyxymJoNMgYeeTj5UoDXjnpQkaSvOrr/oR/4rr5mXf3WE3xn+SPdXVm3q56qo6N753zhNuTZR8lWT0m3ti77TcOxc1JUQ1VJkRnqXawo2pzDLIyNGreW91HXLkW5Xnn2p5ft5u/8AeO3yB/PQ0a6SB65Ga8Osb9z8HaOYY4HjHhi4J1Hjk5HW23/On3RguxPgl8aOxtr1clXtfdve3Te9NuV1Zh8kIcjt/d/VvYTYg5SFKCuGHTIvn6RUFaY1+4kVA3lKA4W/dl2yLb/etNtuZhbtbw3a6VoQXDNgVpWpqTjHp1KvOCQXe0rcwOfBZVI+ylP8nVff8oOSOH52dfGtyVPqHXvbuBhheq+1mnqMhh6HMx0VNRyNLUTwpS4KSQIWKDQSmixRpt+8ubmX21BeH4Zo2rx8yPy48egDyIBHuEqE47h1eL/OA7ch6n+AvcsVPlzjNx9m4zG9P7YqaeknyElNX9h5CnxWRyklPS1FPJBTYrbEWQqRMx8cckS6gwujYkexfLN1zP7kcuReEWskVHkAzTQB/wA/FQR6dSRzncJHy1cwJP4d22FUedf9jrUs6b2pSbi2j3ruypaskxfS3Q28e3psZQ0wqMxl6Xa1dt3B4XHUlI0H2xhqsrlFSa8lODoZI3Drb30m5z52tuUByJCY1k3Dd51jaMmnhAtSqkZbHqONMdQpttvc3ySu8WnQpJpnh0aD44UUFf330+81LA9HF3J0BQvU1+Qz+JmxNRk+1cP9hkqSv2tOGinp5MfpqVqiaSSMshUgmSMNe7t4w5N5vAWhG23Pnx/RYZxwzXHmB5dGWwn/AHd7Qf8Al5j/AOPDreFpVPjJJ5MsjWsBp1MbKQCQGUcED6H3yqdA8iScCOsi68epXu/Wuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xZtIvxwCef8B701dJ0jv8vt69gAk8Otbj+cp8/J8RSZH4d9WZuPG5Hc1Jo707FwW66jE5Ha20paSpnynV+2qvbtVLmsP2BXR1WMqsnPP9nFT4WsEaPJNKUTKP7vvs/dcy7hBzTvFsf3Xb5XFNRFSWWoNVBFBxqc+h6j7nHf7eE2232soLyI2r1wQABQ/PNegZ/k1fEjI5Pf8HyF3LHmHzlNtbbFdhMjX4mrWn69693fi6TIQ7ApkrJ32++9+4sHBQZPLPTpVz7f2lT4+lWcVGZqFhMffz3Oh5guDy3YyEWFiPBC1A1MrElzT8KV0qMVepIoqnpjkrl2FYJr+5dzcmYkcKaaL8q8fnw6sU/nc7HTc/wJ7CyX30scmw9+9RdgCmLY5f4q+P3xjdu0+N+5rcFnDjo1l3T9w88ccciRU7apFjMmqOfu77hJZe73JjRwIC80i0ANKUPdx4nzP8uj3ne2j3DaNEpKqhDAL50+0HqqT+Q1uKhw/wArN+YSriydfnN6dIbgoqOWlxmMiwG16LYu6dmZTMUVZkhh3zE1ZmK3ccH2caV0dGIaeRmSaQxmKdPvc2k0/L+wyYEcc81PmWeQ5z618uHpnoFch3ckF/dIig+Iua/0R5fkOtvOP/Npf/Uj/eveDMBYwxFx36RX7adS+o0gD065+3et9e9+691737r3Xvfuvde9+691737r3XvfuvdJjeG3aPd23c1tbIyVEWP3Hh8vgK56VxHOtHmsbU4uqaFmDKsy09WxQkGzWPuouZLS7266jQEx3CPQ8CVNQD8j59VdRKklu3wOpBPmMeXXy7twbMymxexN2YLKV0+ShxW793bQp8zDS1FOKp9j5/J4OulpfuZ6qaRaKoxpp7CeVY3i0Ky6dCdquXN6TmPlXkndYNJu7wo8ij4VYIFAUE1A05IJJr+zrF7eLVLffbmzUkxiWtTxx/Lr6C38pfdsG8/5evxZytOQ8dFsKo2z9wtSa1K07U3FnNvDIxVhlnNVFkkxwnVzJI1pLMxcMffJz3cspLD3M53glBEh3CVj/tjX9nWQfLF013s9uzgBkJTHotKf4erIvcddCDrC0EbEsQbn68n37r3Wq5/Pb2BNh/kZ0T2kiVEdBvvqzP8AW8rJFFFQTZrrzeUm46QVLeUSzZM4PfUxgYoVWmppiWH095k/dS3WG42vm3Y7qYrcNLqQDGDqXzrx0g/bWnUP+49nFLLBeFiJUFABwNM5x/gPQnfCfZ1T8nP5QHym+Ne1cs0e7cY3em0cDDMtLkc9i8rmKej7G2a9Rivt6GSOgzWbqGixz63EkEYZXumhA172XF3y37+7dv72yrAEgJOQDpCoTxzQCrD7D59LOWB+9+SLjb7gUiOoVXB8286j5cOtdj489rw9TfID46965eCuG3Nlds7Q7D3HhWxiDciYNzBQ7uxoxEKJW0eWx2JztVN4V8dQtRS6FCuRbMjn3lufn3263WPa5kk1WkoAU8T4bFfXiadR9y3MNsuLaS97WWRTT7GHX0Bdid+dK9gbG2/2LtHtPYeV2ZunFYzO4fNf3qwdPDJRZmmjqqOOqWoyCyUVedZSSnm0zRTK0bKHRgOUF1sfMW2bjd2G47VKGjJHajA1BpmvEehGCMg06yCtd42+5haXx14VHco/bU46LR8jv5nfxA+NOFkm3J2ji9/7g+7loqfYfT1Riuxt4TV9OKeSahr48XmIcHtaW1XCA+XraBP3VNypv7GPLPtZzpzpcR2u0bXIqsRVpFKKPxcTSuBXtB6Ltw5o23b7WS6kkBC0wCCTkDFPn1rS/NT+YD3588zjtjbc2pm9odOZHdGHrMV1HtnCfxne28KyBaOHEUe/a6lrKs5WuqctLemo6Z6fEwN4Wn8zgSnM7lf2b5Z9pYYuYubb5J9wSBiUcroDHKhVpUU8zWp+Qx1HW5c3bhzL/uqsrULCxDagG1dvlWtKGucdAF8uP5a/bHxJ2L0T3L27BTfxvtLcW9Nqbn2ZtOip9xYTqh6SjweR66pc9vSKmkxuQ3FuiGnyCVbIwx8GReKko5agKJZDn279/ds595v3TYEt1t7eG2BgCVCOwkCt2kkggEUzU91QOg9zBync7bt9nfks0skulgaEAaSf249eiI5/z1WFqMfVJNBNV0mVomlpZ40rWxs1LLSOIg7R6K5RMSgdlgLaRINGo+8morSJJFeWv1QhkGk/CRItDUcfLGeiu3W3sIxc2zlrpaVDUoPThQ/z6+hj8L9/RdjfFH4472gydFmxubpHqzI1GToHpnpqjIts3E02WUGjihphPS5WnmhmRFRUnjdVVVAHvi/zhZXO2c6c17bLBoghvHEdeJBZia0xThpoBg56yM2aZrjabC4emt4wTTh5cOjO1UYkjcEEnxtYC1yQDp+v+J9heYeKXtWNEkQgkcRx4eX8ujRe0lhxIp189r+aftvH9MfzPvlis0dTO+9N3bS7MpJ6vJwzukfaHW2zKjKLTUlJDOsWPxGSoplSCoikFRdnB0njqn91W+MntftEpIe8s5LuNAfhKl8Fhg1z5EfZ1jf7kWif1imgVmCUWSo46nqWHpQHh5j162K+our8n8yv5EPWvXW0cVSUG+YenqOPYWLwGQnxcU+/ehOxK6XbsdFVVFRuupwsu8K3YgjeJ3kNOMk8VoFAWPDjeL4+3P3h73e9Z8GC9q4amnROiM+BT4BIaGvACtTWsj7ZazbnyHtiJUzsjfPKyOBX1xX+XWuX033nuT4y/IHrLu3aMK1+X2lvX+OZna9U4hXI4ox1G1t+7WqWlqqFI67H7XyuWx6xl4kpsukJnVVjkX3m3z3y4PdTkO4t9mljeykjDRMPiphlLHIrUZoBjqN9pu7zYN0ufqolAWQg1B9ft6NH/NL+dOF+bHb+xMd1dDUzdNdbYzN4nZ38UjNFlN55/dOSwsW5t053Dz0LS7VSkO3Ysfi4SxrpaYTzSoiVaIoN+757UX3tJsu4cxczRJ+/ZG7EqGCoCSoNMk91aggdGfNG9Qb3eQXVnMSYhQL+E+VWGc8PPo+3wP8AjLm9xfyv/nvnpsLXU1b3jsXsvb3W9dXY2XH5XIbV2F13kJaZsXHBRUWYTG1XYs+RFDN9zItdHDDIgRVHuC/e7nZbv3u5WsXnR9s264hEfhVqS0isddSy14HtC4x59CrlrbZ15bu7+/iCTvG4oMCgUnzqfL16qC6x7N3xku3+g8v0HBtLPVdbujp3fu4qrNz5mPb8G2Nq71od1ZyppBtPKSV33WI2qamoklanrEeaVqeOGaQOTlP7obZHd+3/ADHcFj9TNYzoAOFWjYUGK5Pz6AWzuYt122SmVmQ/mCOvoG4+QPDZbFNbFHF/WjEsrC/40kWtwB9OPfJrVKlzNbyoBp4fPrIm2lM8XiEefTh7e6e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RUvmj8ndufET48b87z3BF/Ev7t0tJjNvbcgqKenyG6t5bkyFJgtrbfxzVDBmmqMpXLJN41llSkilkWNylvYl5Q5Xveb+Ydu2WxRmkkfNBWi+ZP2cB8yOive9yh2raL67lajhO3/TelPPrSa6E6q7g+U/YtTX5SpoexMqd9bXru1MzVV9Ft/Ib27H7ZzeWpto7fxwoI448gm6s3j56rM5RZIBj8FRu5khL0fvo9zRzXtntTyftGz7cph3iOzlr260VUC6iy4WoBog4seAOesfdnsb/AJi3eDcpW1Rq1DTFdRr/AJOt67o7qbAdO9a7Y6+wdNTxQbcxWNxtbW0lBR4xs7k6LF0FFXZyshoYohLU5BqRQXk1SeKONGZvGp98zd83Obfd53Ddblv8YllZjTAqx1UA4DjwGPQdZJQW0NrBDFAtF0/z4f5OiK/zkdrYzOfy6fk9X5BZmbYuzcT2dhmSpraU0+4uvdzYfcuEkp6mhqqSSGeSuoljdpTJTCJ2MqlbaRt7T7lc7X7g8rX1rT6lLkKtaU7qg1BwceWCTQDoi5mBba7mpwFr/On+X/VjrXp/kh19efnd19HD9zRLV9Y94tkoIHSnilx5x2zp46Ovi80z1wfK0lPPYSzGnkABFn1jMf72apF7c290qfrRXcYQkVA1rrb8yzGh8hjqNuSQDuj1ONLf8dP+XrddgMpUawqjSNIW1h/h9T9PfPNgAzAcOprIoadZ/detde9+691737r3Xvfuvde9+691737r3XvfuvdQqzWQmm/Ackj6j9IBHIN7E/4+2JgGNJP7FVLH1qtCuf29bjoZ4wfho1f2dfOs/m1bLTYH8xj5I7IpqKrx20EymB3RtWnqqCsoNuUuK37gIN2Zel21RFYcfBiqHdOTyEU32iqstREztqf31b+7Luse9e2fKO4ai1zAGJzUa0JCk/LSBUevWP3NtjBb8wXMiKRJWvE+vW1J/IEzpzH8vrblNNXyVtXg+4O28NVRyU1JC2PljytBkhjxJiqDGYWanhgykb05pKaGNKaSONw86SyyYVfeYgjj9191uFSklxBHK/oXYupIHkO0CmeFfPqTOQ5Wl2NmfiJ3H8l6u89wB0NOve/de6rO/ml/Frc3yc+MGZxXXuLqs32l1xuCPtPrfb9NmxgW3ZuHCYbOY6baD1bzU9NUJuDGZmdIqapkSknq0gExCqCJL9o+co+Ruddv3O6YjaSaS0FTRjU/kDnzpnoJc17D+9rMpbKfHPzx51+z/UPPrX8/lefNXbvww7B7XxnbS78q+vu06vaGHy9TDRVtbWdS7s2ZPncfVZnc+3cnS0eQx2Gli3FFSZJllhaiahM5p5r1Eq5Xe+3INx7pbZac1cs7xbyX8UZ7VpVkYKwAoSNShRQEd3Co6AvL29RbBA22XVlIsJalc4atK1xiv7OjKfMP+UrhflHn97/Ir+Xt3p1Rv4703Nkd69idf5bsKi3VtSbdm4HpsvloOrd77TrcnQbBqc9SzS1oxeU8mMWrrDNFJBE5CxT7QfeDvvbd15b52jlm2kDTULpeMU+Ig0LADOk0qBQ149GW++3rbpKbmyugAM0BFK1rg+Q/wevVT4/lR/O7BVFft/KfDzMTrk9zz4TJV2FbqvdeEzdZU0ke5KjP5DJUudjq3wLy1OieuMCRTZCBoozrKw+8ibX7w/sE1y8sV9FLdTYpJBWpPqadueJ8uiCPlffIIZI4kbQR6Vx/q/1V6Nl1B/JQ+YvZtAh3xsjZ/S1I+CoZ8XXdg7k2/Ufa1VfVULVtNJsXrJtwZmXJ4qkFTohrKzGwK3i1SP6lQFc1fet5R2kypy7soLhqB0XSo+YxkeWB0aw8j389mzyVEuOJqOIqCv8An8+tk74W/AHqX4bYjIz7RGe3P2DuXF0eN3Z2HuqrojkKynpJZan+GbaxGKhpcTtHb5rZ3cQUkSTVCCL7uWd4IjHiPz37mb77jXz3253h+nqdMa1CgeRIrkj1PnWlOpD2XZrXbrRAbcC5GK0Ffn0IvzS+NdJ8p/jH2v0XNVSY7Jbv2zI2z8qs8Ef8F35tuSPcewssXqqPIQxQ0W6sVSmdxE0v25kCFXIZSXkvmOflDmLZd3tSqiGcFiV1Eqfir5nHCvmB0r3u0XdNsms3UawCU8u+hAz5jJx1oK9p0+59jZhaLOwtgN17a3PkNq7t27URtDPt3cu3MjLQZvHLII0rWdMhA6RJMf3ad4pSpV1duv8AtHMdvzHstjzNYurTzCJAR8BDce3hw8+sadysp9ojvY5/9ztQ1V4Urig8vPrb/wD5EvalL2b8C8PQJJO2S6v7h7f69zEVUxkqKaoO8azfFBC8qM1K6riN6QBVg0xRqoQKCpvzS+8lsbbD7t8xW3haYpNEi/PUoqSftB/LqeOR72W85ftDMwLIKCgpjj1dIyhgQb8gjgkHn+hFiD7gbQpdZKdw6GFetMP/AIUPdfU+1fmR1l2LNhZ0wfY3RWOgqcqtFKMdXbk6+3Zm8flsfNk3q0g/js+183ihBTqq3oqaZzqKD30M+5/viNyhzrZTPW6sn1wjyHigaqj8VWB48OoK907SGC+t7+MH6iRFBzigJAx5dWbf8J5u1qXfHwj3F11T5Csqj0Z3j2HtWnpaylqz9ltvedRS9jbWpKfL1MssOWjgXdFZ6oLCI+iT9xXZ4E+9LsVztvurFfohW03OzjmkNeLrEqVTzQDQtQME8OpB9uZXfZFtmoYoQdOOFSWyfPJPSp+df8m7a/yF3PnO2+h9yU/VvZe5snX5vduAzlMtd11urLVkNdUZHNYynpIBX7N3huTIyI9XXxmponnAnmoppC5ZH7R/eF3f23hg2zd3F1y8oCKgAEiICaVbi1B9h+fDpjmTkiLfrf6q0uNF5INTZPE/Ly6If0F/IC7fpu08U3ye3v1Hm+maDIUufyg6g3F2Vjux9ztSecU20vvMht3bVJtWgapggnr6+nnlqKimc0tMlPIDVAc8w/exj33ZrxuXtrlg3sSuI3lIeNUBOk+G2GNKUPCucjBJOWfaiGydn3S6Z/OgYjj1dZ8+u/sH8JviRla/ZFBQYrN5HH4zprprbVGcTTx0GczVBJjqGsx1HmJo6OqotkbZoKvKzQESLIlF+4CHdxBXt1y3uPuBznZQITMDKJZWNT2hgXLMMivDNMVpwA6F3M+42+zctfrUUkaBT1PaP8PWlV0Dtjb2FeDdFDRKMNsDsDH7VXD061dXkF23jZMVNl6amOPyOLqKnMVuDrreSnqI0hqzIRKA5HvpnzJdxDZr3ZAvj3DwukJTgHZSEJA+IVpg8eHUG2sng3VvMTlXB/YevoJdG71xm/utNn7mweYps7jqyiloTk6aenqYqmpwc8+DrmjqKWSWCRPv8bIVZWIdSGFgQByc5n2u62zmS/guIihRjgrpYV7sg0PnkeRx1kNsV3Bd7frDVkoPPHp0M3so6M+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XCRiqEj6/j/iP959s3LtHBKyGj0x9vl1ZBVgDw61Av54nfydyfIbCfG7EZT+J4L440kGc3Nj56KGlpB2z2Fhi8M1HWxVlTLnKvCdeZ6CmiRoaQY+rqqpbzMymHPD7p3ItzZbLdc57lbA3tyQlvKeI8IkyEKKLQkgZDV0g46h33C3a3vtwj2KI1CirL8zj7fLo4n8jr4qZvDbb3N8j96/3TyWJz2YkounqTHVU9ZuPB5CkGZ2x2Tndy1jYympVmrURMfiIaOqq4KWhkrdQgqamoX3F/3k+e7bmHmqDa9uZ1mtEdLo1GmWQurIaVIBQAg0Van1oOj/AJB2ObarG7+oFUkdSleIABB/bX+XWx0qKgsosCb/AJ+v+x/1veMYUKWIGSan7epB6Ix/Mq2bkt/fA35f7ZxE9VBkajoHsHKUxooaWpq5/wC7ODn3PPQ09PWRTQTy5Knw704QhS3lsrxsQ6iXlLcE27mflybVSQXaH+YH+Xov3GGO5sr+ORNSiP8AyE+XzA610/5CGNo635Vdk58jblXkn6PwuQ2y6xChzNLg9zb3pju6rgjrWq3oaKF4cPEtLSQQyTGolDVniijjkzI+9VfTXvLvLtprY7dMVkZfIusQAJpT50qdII+Ek1EZcixRtcu7L36iP+NEf4MdbiUYIRQfrpF/eCp4nqXm4nrn711rr3v3Xuve/de697917r3v3Xuve/de697917rg6B1ZSPqrAXvxcf4EH/eb+6squrIwqpBB+w8evDBDDiOtMX/hQh8cs5T/ADb6T7eoMFDDgu5Oiqfrqj3DTUldXSTdmdX7zyklHhq6no6isrZKrL4HsTHQY+OClImaJ0CSSXPvN37pnO2y8vbTunL+87+traR3AMMR0gCMx0ajEVPcDWpNOof9w7C+fcrKfb7IsrxHWwqasGoP2LThTqwX/hPDiOzdn9XfKTYW79v5XHYDa/f9EuNq8w09FX4veEuwsJRdhde1+3ayipq7A5TaNbjKKoqIppJZC+T0yCGSIxGL/vQXvL+5c6W++cubklzC9minQwapV3PlXBDggg59PQVe30F3DsMiXsJjm+pfBxii5/ketjdfoL/8R/xHvHJGLorFCpI4Hy6G549d+7da64MiOLMLj+hv7pLGkyGORaof9Xl1tSVNV49Ek74/lz/Dn5JbuO/O2+mMfn93T/aDK5rFbp33suo3AKCCOlxz7mh2RunblHuapxcMS/ay5COpkp9NkZQzXFuyc7818uWpstl3uaC0P4e1h+WtWp+XRfd7Xt99m7tEc/s/wU6GD46/Fn48/Enr5+q/jd1JtDqDYM+byG5qzb20qKWnhye48slPHk8/ma2rnq8nms1Xx0kSy1VXPNO6xqC1lA9kN9f3e5XEl1fS+JO3EkAVrWuAAPM+XT9vbQ2qhIFIWnqTilKVJJpQAU8uh0+ypLEeBLFdB4N9P9Ab3H1/HssktreVGjeBdJFMAD+YoR+R6foPQdc1poF02jAKCym5uABb6k/09uxIsEfhRCkfpx/w1PTgkcLoDdvp1msB+PetCBtYXu6pXri6BxZhcf0uR+CPwR/X3qRNegHgGB62MMreY6op+ff8nyu+VXeFL3f1hvXZewMxuUbcxPaGG3Rg8nlMNmBRM+PyHZmNTEVFPVzb/otrUGOx8dM709NXJRxmWohZNRyR9tfvBbh7fbBPsM1o15ZKQ8CkgeC4OrBAqwJJOSwUAAKegXzRyZZcwypcIwiuTiRhXvA+EUrQafkBWuejmfy6/hJL8Jeos7srKZ2g3Hu7de7qrP7myuEkycG254Ma0+H2v/BsRlJJp8TK224YGrV1v5KxnOpgAzRx7ne5m5e6fMP9Yd0twlyECVoAW+3TQUHAUUeda+Rhy1sUmwWkto90ZVLArw7QBSnD/CT1Yb7jnoR9VK/zUP5dGY+eWF6Zymytyba21v7pTdG4svRQ7wjzL7b3ptXduAGL3BsyuqsHUrV4GsmyeOxtbSZI01elK9K4NO/kuJU9p/dp/azd9wmuIjJtV5GqSJUAMVJI48CK+RFa8eghzZywvMNsEWJTcKME1/1fPrH/ACvP5fu4fhRt/sCr3Um2MbnOzf7oVdftzaOWzGToMRLhqLJ1GQiy9dWypQ5/LR5XMvTwV0VPG/2VMijQj+JV/vX7pye6O7bTuFqGjjtU8MAhcJjtGKkYrU5zQEgdJeTtj3nYVaK9udUZBqO2nn6D06toSFAiqVBIAv8A4n8n/Y+4Z8KIE6YxTob+HGD2LQeXWCeKNFXSoW782v8A6/8Avft0OwpQ8Ps6rJEkuJBX8yP8HWnh/Nc7c3L8p/mpN0Rsusraxel2k6L67xkbY809T3R2VjcLLvHLUcVQKjGnJJVZHE4yOsqn0UNDR1t4j5HV84vu98vx8m8gbxz9JH4bywyrryaKEcCgNfUnhWpx1D/OJk5k32HZ1bVt8bKdHlqBGajOCPXy6Wn8z3o/FfHbvPq2kxhVdq969F4ra+NqZJDI+R318etr4na2YpaqajqGqKms3DsipxlXLVLFEpFPICGkYD2bfdk59tt82bf7Lc5vH3Ow3MMWbiI5JGeRaUAFX1YyR5U4dI+fdiG1WdjdWMYj1FQ9KmoAAPEniPMdWDfyVu/afcW29+/H2uWSjr9qLF2vtunq3hjqajEbpz2e2pvaGKminq0RIN8bb/izDyFim4I3bRqEYiD7zHKh2nmiPf7eDRaXtfWhIyD+YNP9r0LeRJXazVC3aKnq+L3jJ1IfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690lN77koNn7Wzm6ctURUmI27icpnstVzyyQw0uMwuOqspXVEssKSzRpFT0hJKRyMByEb6H0UBu77bLFV1PPOqAUrUkGmDQcR6jpuVisUjA0IHXzvdzbh3N2fvbeva9TPg8xvbtveuc7AmymRq5MVj2z29NzrDtSfK1CZLN3oca2eooZmpCYpoog0UUTEInWvYYm5E9u1t6FYdvttYUfh1rTHzOn8+sf7uNJeY3uJUBnZwCx4n8+t/D4xdLY74+dD9VdN0Mv3q9ebH2/t2ryD1L1kuQy9NTvU52vkqZaelkm+9ztXUyo7osjRuuv1X98qOYNxl3rmLet7m+O6mL/lU09eAI6nuzAW1gQfhUD/AD/z6H32V9KekD2hghubrjsHboeeF9xbJ3RgFqKVglVCczgq/GCandpYAs0RqtSkugDAeofX2/ZKg3Ta5So1LMpqfkQekt0aW1784z/gPWml/Ij3Kdo/NLa23UzC43I786M3ztXJ4GqzWbr6LNJsKPaO76zIL96lTI+Qp6giamnrJkq4Y1qIZFbyllzo+8Vawz+z8G5PHW+t7uERyV7kVoiGWvHSa8PWh8uoh5GklO5yxq/bV8eWCT5fZ1uzxf5qO51HQtze9zbnn88+8EOpo6ye/de697917rpjpBP1sL+/de6wrUI7BVBub2P9kgWJsfqSAw96BB4Hr3Wf3vr3Xvfuvde9+691737r3WCalpqm33FPBPpKFfNEkoUpIkyFQ6sAySxqwP1DKCOQPegAriQYkApXzp16gPEdN2I29gtvxTw4PD4zER1VU9dVrjqKnozWV8sNPTTV9Y0EaNV100FJEjzSFpXWNQzHSLbPd8WevDHDp3AA+nv3XuPXfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de66sP6D3oKFJIFCetEA8R14AD6C3vdevAAcOu/fut9dFVP1AP+uL/AE9tSwwzqEmiV0BrQiufXPWwSOB68FUfQAf6wHu4VVqVUCvXiSeJ6792610l925+k2tt/M7iyAnej2/iMtnaoU8cs0rUuIoKivqIooYI5pZZ5IIGEahHJe1lJsPd7RPq7+K0Q5NB+bGgr9la8R1cDURQdaWHwF2rkPlP/MK2XubceRx1T/ebsTsX5Lb+oJTVYebPY2gzFRvCjxtFhK6lE1XjI8/m8LHXwVcSaV/aYQs4C9C/dHcoeRfZO32XbR4ELosQC4GorpLH1JySfXPUCbFNJu/Nk0trKVRSWOk0wDXq9L+dptGjynxCx2/UNLTbi6m7o6r3LtypajFTXV53HnpuvsxtqlkDRtT02Wxu6zPMzN4FNEjyK3jUrjN92tzae6UG3QKRZXtpI0yA0R3Cs3iSLwZgV48R5dSP7goknK5kdAXVKg+hp/h6qq/lL7obF/NrriiopsxTjdOB7Hw9Rj6apoP4QaKTZH8ZrvvQlFPU10EWU2nQmMpLCI5hGb6Q6yZQfeks7efkfxnhBlg8MofNP1FU0+RBIp8+o/5Bu7kX1hD47eExIIrg9reX8+tveMkxoSbkqCT751dTj1z9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RLv5i+cbbfwU+WWbjyP8Hej6E7NQZZcZW5mXHrkNq5LGSTQYvHSQ1tZUPFWmNFR0sz6iwUH2KuRoo5eceWVljDj6yMgGnHUKcf8AUeHn0h3QldtvyrUPhN/g60t/i51rtTtH5BfGbYWdxVHU4zdXePSmHz2FrqypJrMPhdyY/cGUxsNTHQZDxytFt865I0ikZVNpYlu46Xe9tw1p7aczzI5UizTh+YHmK5Pr1BHLQM297WJe6szVrmvDjWtevoJxJpMhuDrYMbCwub3P+x98pkNY1rxqf8PWQYp4klBjH+DrN731bpurGsHBYKC0KksfSA7opLcj0gNzyDb8j6+0N0zLFOwYgh46fKrLX7Pn1pAGNwCMaR/gPWjp/LbxM3X/APNO6lwMVG2O2/je3/ktsup88EFDV0Vc2N7fj2zhchTp4ZjPR/aqvkd55W0RPL5C4kXoj7qD6j7uF3K9HkrZGpoTmGOpqfX5dQ1tyiLmKyWNQoMpwMeZ9Ot5Wmv9vDc3PiS973vpF73sbj/Hn3z86mmSgkcDhU9Z/fuqde9+691Er0lkoayOCY088lLUJDUCKOcwSvE6xzCCUrFMYnIbQxCtaxNj7pI4jjeQxM4UE6RxamdI+Z4DrarqYL6nqjH+W/8Ay7PmX8TPlH3Z3B3f8qYe2eve2J+w63IbSxm6N+ZSXdu789viDcG1exd17Z3Vg6fa+0s1RYWoyUUtFt14KKnnrCiNNCBaROb+eeW9/wBg5Y2vaeRPob6FQrzLSuFyHIAJqfNqmvRNttjcQ3W4SS3LtHXALEjj6HH2dXs+4+6OOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917orHzQWpb4l/J5qSqrqSqi+P3c80E+Np1rK5HTrncv/AAGpHV1qZufTHb1nj2ccpCNeeeR9SKUa/UMDwYaloG9aHIr59Fm7tIuy3bxuRINWQaHieB61kf5D8W2q75Xb1yFVHUU+5sP8f2i2n5apqSkqcduLPbSnzkVLSTVi1MlfBR4eEIClXIKZZSwptAkbMz725ePkbYlixGbla0x9mAKU9cr5DNadRX7frGOYb0hQD4Z8hnHVpn883dUFF8a+suvIIzNl9+92beykMUWUSgmTD9b4PcW78tVNTXEuRpxVw0dO0YBUyVSXtYXiH7smwT7t7h3l/G7BbWB2xX1UUr5VGrHnnyr0KPcGQja9tir2NKlR8vQjzBrmvy6L1/JU6cw03Zm8+5Z6pKyr27saPa+Ap5NuRpJTneOUSbM1v8cnp5o0+0fbH2kEdG8cxEtUZ2MbIglj73u/tbpyzsSyEJKe4AnJUVAIGCPPNcgfb0Ve2saMdzYxrqU4NBjPkfL8vn1sne8IepU697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690WD5p9Z5DuX4n/Ibq3DxebPb46e7Dwm2k+8qqD/AH9km1cpUbSLVVHFPURoNzU9JqAjk1D06GvpJ9yrvDbDzRy9uq0rDdxtmlKVzWtBw86449Id0tlu9s3CFmpWI/t+XWiN8ZO0pOu+6fj92jXx0NIOuO1usN452mrhTTMEiycMe5MRjnTLmmiyVHjKnIqZ/PUxRpcXdjYdQ+frRucvb7mW9gNW3KxVFIyKxBmHDHFgOoI5etE2y7hdpAD4nmRih454dfRFxlVSVdOlVRVNPV0dTFBUUlVTTRz09TSzxLNT1EE0bNHLBPDIroykqysCOD75MRxG3mubTQQY24GtQWyQfmDjrIUFVt7c6wV08fI/OvTkCD9CD/rG/t6hHEdaDK2VYHqJWhjTyhDpZtKhtIawLAEhSCCQD/j7bf47c0/GOrjrR97YzGX6Y/nF9gZ6RcRWV+zfmftLduKiqsuXEWB7BrdmtVxZqTNmpkw1ZBtTes8sE88hiFC0KUxghMSr0J5f2hN3+7V4mvVrsZK0zQrJIM04UK/L06hnegU5+hbgPET5D4F63iYdIjQIyuoUaWUixX8EWJFre+e8ahI0RT2gdTKTUk+vWX3bUv8AEOtddXH9R/t/fiQOJ61UevXrj+o/2497Gcjh16o9esbzRorMXT0jka1H+H9eOfdda1C6hqPW+PQF9zfJXozoLFPlO4+19gdbweKOeCDde5qCgyddC9RBBrxuDjefO5NRJOAxp6WUIPU1l59mNpy5zHzAPpeX9uuJbpjgpGzDty2QKVoDivSS7vrKxjMt7KqxClanOeGOPHqlH5E/z4Np42gr8f8AGTqDc/YbUNdn6Wt3ruueLbRrMficO9bSZHrPrOCDM7/3rltwSF1xFLlKLBrUzU5DqY3UtPfL/wB3Hmo7Wd35lvYYLVY66Syh9WCFNSKYqDSvQcuOcNrj0Dbay3DMAVA1EKeLUFTQYzSmersPjbu7s/fXTmw929wbVwez987l23is/X4Lb9buKspsbR5nH0eUx9Fk03Zt3aeex+46WnrPDkaWaghFPWRSKoC6R7x73Dwrfd73boZA6RE0IIIPcRUUOQaVB9PPoVQOZYI5ytCw4dDv7Z6c697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XukB2dsqn7E6+3tsOpl8FNvXaO5to1M2l28MG5cHkMNJUDxPFKDTiu8npZWspA5t7f266/de7Wm9JUywMhHn8Dhv5kU6uGPDy60kPgR2ltz4r/NPrPcncucoeqsTsrdO/um+0Is3UT5LE7KyE+A3DsSSHcNdDCKulTH79oUoqfJGnPjSrMlRKkMry++jnvVCvPPs9bXnKtq01uNEtFyTSjGnrQVOnieFCeoC5dP8AVrnBopDpDNQ1xgn5/wCH/J0br+dN3xH2L8rNodbbez7ZrbPx668NPl8BjaPHTQHtDsqooM/lajHZmKsNXlJqXY+MxMEtM8YSnecGJtUslwv91TkeXZ9i3Hm+9TwjdAqgaqkooI/FTi2oinlSvyNPcrdku7+zsoWDRswUkGoFTxJHCg6um/lQdL7i6x+N+E3RuepoKir7WG3t9bfp6Vqk1WF2Lktp46s2xhsyhqJMeufppMnUtVGnX1O4MpMtwmNXv/z0vN3PjWkJJhsmeLypVSwY+tCQACeIFRg1I05M2pLXblmDAn5dWne4Z6GXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691BylacbjMhkRS1VcaChqq37KhiM9bWfawPP9rRwAgz1dQI9EaXGpyB+ffuvdYcHknzWFxGYkx9fiXy2MoMk2KysP22UxhrqWKq/h+TpgzinyFH5fHPHdgkqsLm1/fuvdOnv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYKiJJlRHTWPIjfn0shur/AOBQ8j+h91KK1CeKmo+0daKLIro/AjrRb/mofBzcnxg7533unIbQr9xfH7vzsHcm6uvt0VGNSrwm2N6b8yuTz2W6VqBF9xLiJaStWqnwTTR02OehnEFKwkieH30Q+7d7h2fM+yDkrd9yhimt41EayOFL6qqdIJqxAC14kVzxHUJc27Bc231t1b2bspNRQE1p0fr+Xp/Op2z1hsvbXQHy8XI46g2p9rtjY3eeMpMlumIbZp6iqjxGD7awOMolzuCrtvY2ejx1HkaCmyNLU09Oz1Jg8WuWOPef7se922/XfMXKrmS3fVI8K4dmJBrGAO+uTSooScmuDPlj3Ct1tbDatwgLSoNJx8Pyb0/y9bBHU/zL+KvcOD25nOsvkZ0tvCg3n55NrxUHYW2qXL5f7aF5aumg25kshQ7iirqEU8nnp5aSOeHxtrRdJti1uvLPM22TPHuXLl9bMo/0SGRaj+IEimniK1pUHqVVutvlVJLR4xGR5EDP+qnHox8mWpDSpUtV0K0c6K8NYaqEUsqOFZHiqTJ4ZEdSCCGIIN/ZAYpQxQxNqHEUNR9vW/HhHGZf2jrR1/mpVO3dt/zOvkPU7lnTObdydT8fuw5aT+NRpHkdt5HYWzcBlMTg6vGQZGshrahdoVcUcEYadJW8/jEMgk99B/Y2S43T2K33Z1ibWkE6gU8zJIwoPMZ6iHmiWEc0wSeMugMpJqKDtXj6dba2Y+f3wi2fiEyme+V/x4xsTU7zCiHb2w6/JLFTwQVFRGmGwuayOW81LHUx+SP7cOmsAge8HLTknm7cJ5rba+V7+4eNiCI4JGpk+in0PUqncbCOCKaS9iWFlBDFgAR6g14dBTP/ADcP5d0dI1fH8n9k1lLFS19ZUPi8D2HmZEixzeOqRIcVs2qlapSXgQ2EslxoVrj2dr7K+50x1L7dbySfS1l/6B6p++tppjdIKf6df8/RWN9/z7fhbtuvpaTZmP7d7YpJ3xrT5vbWyYNqYSmo66rpYamt83aGb2TlJkx1LNNNLGlGzg0ckP8AnXhWQZ7R92z3V3KE/vWysbMkHEsoRv5k5p5Dzx0Qvzxy+moqASAfTy6Jxv3/AIUJbqyFVAvTnxfxVNip8Mahpu2985CmrjkzWTrHAybLxVfRUtLUUFPoB8szx1EqXuLp7kDl/wC6JucbQW97zbarM7ABFcFmqaBQG+JjjGnjj59B249ytseGVYbM+IUNMedMcKHj6HohvbX81f5k9wT5KCbtSv6awcuJnlGD64mo9sYylGTbIQRsm7afHYrdtZJRM321OJsskcrUrSSIWYxxzfs/3c/bHloKOZohJfL+J2FMUrUHtFT6Aeg+YVfnXd7lWg2+N/rHwoUGtflTPAHoEuo/il8sPk72WKbAdN9udgZw1RqNzd3dgUWYx+38IIUo5pMS/Yu+BGuSJosuskNFjDPHWRie0jMiCQ9u/d32j9rLOa12lbeW6QaRHG6s3dgnSprgZJ8uqry3zVzEP8anaNiQSWBHDNM+vWyt/Lt/lWbT+MU8nZndmI2zvvv+Svqq7DZ6iqc5m9sbAoa3CbZpp6La8GdjpKB9yRZyjyMiZtaCnyAo6sQI6xhl94S+5nvLvPPN9PBZM9vszMG0cNVK4YjJBB+HgaZB6lLlnlyy2ICRbb/dnoKmT1U0qPzIB/Lq5hF08fWwAueSbf1Y/X3Cv6ZkdhHSSmTTiPSvy6FpNQOufu/Veve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XutVr+c7/Lg37HvXdvzD6F2vuDeWH38m28X3V1ZsLaGU3FugbtY/wAAHa6YfER19VuDamWwkNFQ7jp6akNTR+BK5hLA1Y8eW/3dPeW32QDkDnC6RdgIJjlkYLGGNdK6iaA1oB+z06jjnPlt7mm9WUDSX2BpUVanDhx4dVTfDr43dh/Mjt/anV52xmd54aryuHyvdG8KzA5gbG2117WV8wyWRy2bx8+Mel3RuSHASUOPohVpWyyETLphXyxZJe7Pu9ydyzyfcbdt17b/AL28B1jRXQuJCpCdorwYg+n+DoC7ZsO43F/Zwy7fMtu0ihyUIAUkAkn0p1vt7XwVDtzC47DY2lakx+OpoKKhpXkmmemo6SFaekheeoZ6id4aZFQvIzO5F2LEknlrdO825T37HVJP8RpTPGpAxk9TvY2UW3W/0sNPDHp0o/e+lXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIPsrrjZHbWz8v1/wBj7RwW+9k7igWlz21dy4+nymDytPFNDVQJW0VUrRSNTVlPHNE9tcU0aupDKCLQXu7bXd2u67LfPBfW5LLpNC2OFfL5eXr01NbxXMbRTAFD5Gv+TrV673/4Tj70iyWTzXxe+Q2Hlw1Rn6nK0HV/f2Cychw2LqMhRy0+DxPcO0p85uGtTE0xqmjqMvhMnV1LeJJZQNTjK/k772HMNjaQ2/Mmz/UMAvcWBYUFDXNM/I9RvvPttaTyrc7bdeHLmvHJrUeXl1Vl2R/K6/mLdcVj0eW+H2/OyIqaSqwi13U+U603ztp8RNUUmNp8qY63c+My+Q148l0X+HGoip2Ik8UqMonKx+8L7Vcwxxyb9HBC/wANHV604+SGmSegu/KfOELlInkKDz1L/wBBdARUdPfLhBj9qQdBfMPLjZsmLk2xtSv6c7nrKDB0jUlTHhcdjpK/F1O2KOlpY6KR46WKdlx7OrWSSQBhPae4HsU6eJt28bCkTcRLFIZK+ZJ8GtPTPDpJLsfNkLaJZZA1OFQf8vRae+di9vbO3ljNsb26439trLz4fH7gx+3c9tHcGOzWXfKVlZLFlKM1VAKityEEmFlo2Ju0U1G2gqpYiVuTeYeUL7Zd5vuWFtLrbFU/USQDTFGAKHtYIfhyaKfXz6J7uC7tJkivyfqHPE/i9P5Yz1YR1f8Ayqfnx2PWDK7d+JWfwVLV4+n+33pv2t2Z19kVo4aWETxLTbyy+Pz8mUFXMYdKUjQ1PjaVZmj/AHTC+6feH9pOUiycvyQXN0jFaokhqRxNSgHEUrXjToRWfKHMe5JGJ5HjsyvbUjC+WK+nRztgfyPPn/kMDJLXw9FdftNFUiu23vnsjMZ7JV074yjqaWWlqtj7Y3hh4BHmFWnkaeZ38dO0oViUUgjfPvZchRoku28r7jNdNl9LhRqOWoGIxqrT5dLP9bjc6kC9NPLPQy7X/wCE8XySrMxXV++Pkh0xiMPV1tFPTYnBbE3luyvxVGtFI2QjgrJsnsKlqKpq0LDGpREaF2l1JIAhCm6fe+uLmjWnK6iUZUsVoCPhrSuAcnpQvta4ZGO5VoQSM5z0dfY//CfzoeIUTdsdv9vb/iizFJWZLDYOTC9a4fL4mjpZKf8AgElXhZc5vOhxs8krOZqPM0dWyhFJBBPsDb/9673N3eC4toxYxGWNl1pHRk1Y1ISMMvEY40PQkg5GsIbiGZk1KrAkGmaZp9nl/wAX1ZH1b/Lf+FHUOPoafa/x26/yeQx/8VEe4t+YmHsjdNSuZy8WcrUrc/vg52tqYhkoY5IUJCU/jURBObwbvHPnPG9+Ibzmi41NT8TYp9lOPn6/kOhXb7PtMMsckdgiupwaDH+Ho7VPTrE+pUZbi3LAgAABVUD9KgfQDj2FAGoDLJrk9adGXhRIdSfF1M9+631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcWUMPqw/4KSD/sCOR79ny49e6Te39rbe2xDUU239v4nBU9ZkKvK1cGIxmPxcFTk6+V563I1EGOp6eGaurJ5GeWZlMjsSSx92Z7qYBr68aeUUoWqSKfb/AC68YYVOpaV49Kb3Xr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYGp42t+2pF72/BNiv0/1j7bd51I8GlOtinn1FloI3RkAksW12NTPyxZWJZvJqNyvNzb35RMwBeYq3y6Zkt4ZTVuPWnr/AD29u45/mpip8vS1VXiovjj1zl8pBT5GhTKtisR2D2R9xVYietxtdRYaSmAKU82RSqp5axuYmiSZWzd+7msj+2HuRGl+6v4T4z/B50/1U6jDm+3sV3fbw5Oqo8q9be+2WpK7BYXI0iu1FX4fG1lEahWWdaaqooJ4RJG/ML+F11KLAEWsLe8KZAyySKxqwY1/b1JtqEW2twnwaFp9lMdKDxR/6hf9t7p0/wBZPfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdan/wDwob23htvdtdCbwYYjFS9m9X9vbEr6+vzj7ZxuUzW3Z9ljbD7nyklMYoaTEJvOaSOrhl14+lWsqJk8MIngyw+7bzJY7XsXuTabk7+C1uNKgA1JQ1oCQa/6vXqMOdbSb977M6JUTOACM0oQO70HW0R1rjstiOvdiYvOsTmcbsva+Py4NfNlCMrRYShpsj/uUqHlnyX+Vxv/AJRIzPN+tiSxPvFm9dJb27kiWkTSsQPQFiR/LqS4omhiihYjUigGnqBTpce0vTnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFe+U/w5+PnzQ2Rh+ufkb19Q9ibPwG9dv8AYGJxVVk9wYSWl3Ltr7gUMy5XbOWwuWWiq4KuanraYTiCtpJnhmRlIsu2rc7/AGiS9ezuWQTrpIHoQAQa1B4VHp9hNW5ILeco08IZl+H5HozdPF4YIYeP2o0jFixFkUKOXLObAfUkk+0TGrE+p6cqTk8es3vXXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//Z</Sign>
         </User>
       </Profile>
       <LogoOptional>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</LogoOptional>
       <AdditionalLogoOptional>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogoOptional>
     </Fields>
   </Content>
 </PrimeDocsFieldPart>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C8398C-04D4-4F36-9959-34187C8FC3E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42E35700-A5ED-4EBB-8E17-079DD4FAC49F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>704</Words>
-  <Characters>4442</Characters>
+  <Words>754</Words>
+  <Characters>4756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5136</CharactersWithSpaces>
+  <CharactersWithSpaces>5500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Glutz Solange</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>