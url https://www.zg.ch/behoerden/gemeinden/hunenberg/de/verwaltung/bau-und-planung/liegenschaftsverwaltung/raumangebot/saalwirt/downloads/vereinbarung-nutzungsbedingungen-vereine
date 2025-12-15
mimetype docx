--- v2 (2025-11-22)
+++ v3 (2025-12-15)
@@ -13,2797 +13,3187 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="716540F8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00375350" w:rsidRDefault="007467F1" w:rsidP="007467F1">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6FF0AB50" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E73EDC">
-        <w:rPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nutzungs</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Nutzungsvereinbarung für die Selbstrestauration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vereinbarung</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">durch einheimische Vereine und Körperschaften </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> für die Selbstrestauration </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">im Zentrum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>durch</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Heinrich von Hünenberg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE91CF0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50080D36" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Nutzungsobjekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEFAB5B" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="007C5829">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zentrum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Heinrich von Hünenberg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (siehe Punkt 2 Infrastruktur) zum Zweck der Selbstrestauration. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088D9AA1" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B71BA6D" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Infrastruktur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1509BA52" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Es wird folgende Infrastruktur zur Benützung abgegeben:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313DA3A6" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1 Küche (57 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) inkl. Geschirrspüler, Steamer etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BBD233" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1 Kühlraum (7 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547BBF86" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1 Abstellraum (6 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6F5F15" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1 Putzraum (4 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9F7595" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2 WC-Anlagen je (1.5 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396E9D83" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639D6FE6" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Das Kleininventar (Geschirr, Besteck, Pfannen etc.) wird von der Eigentümerin zur Verfügung gestellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DAA512" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ein mobiler Kühlschrank wird bei Bedarf durch die Einwohnergemeinde Hünenberg zur Verfügung gestellt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FB6733" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB2EA31" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>»</w:t>
+        </w:rPr>
+        <w:t>Übernahme und Abgabe der Infrastruktur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547A60A1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="007A65B9" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="50CF2B66" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Für die Benützung der Küche erfolgt jeweils eine Übergabe/Instruktion der Infrastruktur zusammen mit dem Saalwart. Am Folgetag nach der Veranstaltung führt der Saalwart eine Kontrolle durch. Werden Mängel festgestellt, werden die Kosten dafür in Rechnung gestellt. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75D9E81C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="36C0BA7A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABEACAB" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Nutzungsobjekt</w:t>
+        <w:t>Kosten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AA8264" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
-[...32 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="1FF2E780" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Für die Benützung der Infrastruktur stellt die Eigentümerin Rechnung. Diese beträgt 6 % des Umsatzes exkl. MwSt., wenn die Infrastruktur benützt wird und 3 % des Umsatzes, wenn diese nicht benützt wird. Vom Umsatz in Abzug gebracht werden die Getränkepreise des Standardsortiments gemäss Ziffer 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A7E900" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wird ausschliesslich die Tiefkühlzelle in der Küche benutzt, beträgt der Ansatz 3 %, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212465466"/>
+    </w:p>
+    <w:p w14:paraId="78A2741F" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Die Umsatzbeteiligung von 6% bzw. 3% gilt bei einem Umsatz bis CHF 40'000.—. Wird dieser Betrag überschritten, entscheidet die Gemeinde auf Anfrage</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> über den Ansatz für den Mehrbetrag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4DC246" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Die Nebenkosten (Strom, Heizung, Wasser Licht etc.) werden von der Eigentümerin getragen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4122B865" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwohnergemeinde Hünenberg stellt kostenfrei gebührenpflichtige Kehrichtsäcke zur Verfügung. Grossmengen sind mit der Gemeinde abzusprechen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C08C0AC" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Die Kosten für das Verbrauchs- und Reinigungsmaterial werden durch die Eigentümerin getragen und zur Verfügung gestellt (Kosten für Servietten, Tischtücher etc. müssen durch den Verein getragen werden)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D4795A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404036B4" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0027558D">
-        <w:rPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Infrastruktur</w:t>
+        <w:t xml:space="preserve">Getränke </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72AEF919" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="7A7F7C64" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...366 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwohnergemeinde Hünenberg führt ein Standardgetränkesortiment. Die Getränke aus dem Standardsortiment können über die gemeindliche Website bezogen werden. Die bestellten Getränke werden im entsprechenden Lagerraum des Zentrums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00126085">
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Heinrich von Hünenberg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D03B2C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00126085">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> separat im Lagerraum deponiert werden. Die effektiv verbrauchte Getränkemenge des Standardsortiments ist zwecks Verrechnung unmittelbar nach der Veranstaltung der Einwohnergemeinde Hünenberg (</w:t>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bereitgestellt. Das Leergut muss unmittelbar nach der Veranstaltung vom Verein separat im Lagerraum deponiert werden. Die effektiv verbrauchte Getränkemenge des Standardsortiments ist zwecks Verrechnung unmittelbar nach der Veranstaltung der Einwohnergemeinde Hünenberg (</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00126085">
+        <w:r w:rsidRPr="00F74548">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00126085">
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">) zu melden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE30B9B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="07D402D7" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B7DA4FB" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standardgetränkesortiment</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Für das Standartsortiment gelten folgende Preise für die Selbstrestauration inkl. MwSt.:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="Tabellenraster1"/>
         <w:tblW w:w="8493" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4197"/>
         <w:gridCol w:w="1940"/>
         <w:gridCol w:w="2356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3404665B" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="0C2D8953" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7A8DA8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4E2F17D6" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B992174" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7FB240E2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CA51431" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="74701DA0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="01A1B651" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="6B62EFFF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27D780A2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="49F9F4EB" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="116E9CF3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="1535A4F4" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B87BE70" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4605E65A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="41D13DF5" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="280B22E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33DBFCEB" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4D9DF9A7" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1982A5C1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="407F6AC9" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441DAF0C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7330892B" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="78931A5D" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="00977E17" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1342B307" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4E4670CD" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Cola Zero </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00DAD0EA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7F62387E" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="658D4B6A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="761E39AC" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="4212F509" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="35E3219C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E676CED" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4ECCDC8C" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Fanta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20CAA5C7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="2435B670" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1946896E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="3BA4A1E2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="2D3088F6" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="09A67168" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C4F3D53" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="658D3496" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Sprite </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36F077F0" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7527534D" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4236037C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="00B3B7FF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="10727027" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="3C3F6D0B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A0301D6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="515945FF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Rivella blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206A38A0" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="68DF3B36" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="260B0959" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="56EF7A9B" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3A524DE6" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="1BBD63AC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11455353" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="68470594" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Rivella rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B9A51BF" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="07ADDCA8" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A3EE7DF" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="33F6BCFF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="08DF87A6" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="2EB2A7B9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02833C03" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4BA57994" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
-[...3 lines deleted...]
-              <w:t>(Hopfenmandli 1862 Original)</w:t>
+            <w:r w:rsidRPr="00F74548">
+              <w:t>Bier hell (Hopfenmandli 1862 Original)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FA1EF31" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="2635F02B" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02621C2C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7E4B6D72" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="49F34DF2" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="38B559F2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02639F9C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="16D9410C" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
-[...3 lines deleted...]
-              <w:t>(Höllbier)</w:t>
+            <w:r w:rsidRPr="00F74548">
+              <w:t>Bier dunkel (Höllbier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42EEE5E6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="27A11EDC" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61F68904" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="6B29ABEB" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="0DFE92A5" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="705AFD50" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1602218C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="20487142" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
-[...3 lines deleted...]
-              <w:t>(Feinherb)</w:t>
+            <w:r w:rsidRPr="00F74548">
+              <w:t>Bier alkoholfrei (Feinherb)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ACDA929" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="162DAA60" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>0.33 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EDF77A9" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="70EDDD98" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="596006BC" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="35DAED8A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A4C8E58" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="6DB4D1E2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Mineral mit Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65FDADF8" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4CE4B3A0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5007E16E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7CCBE9F2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="0C4CB0A8" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="3C41F55E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53EF48F7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="2AD78E17" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Mineral ohne Kohlensäure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DCF1070" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="2A72E2B8" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BB650F6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="147088EF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    2.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="3D2C09E6" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="625F0035" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7521D4DA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="496EE7FF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Rivella rot </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DEF9566" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="3EC6FB1A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B433A9A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="729BE9A3" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="799B939B" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="7094B633" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D84A23B" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7197E3F7" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Rivella blau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44509DEE" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="6B117E74" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63C78DE6" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="192D0E92" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="11ACD26F" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="335EB1F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="607AA674" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="141EC774" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Sprite Tray </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C50A7CD" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7BD6699B" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D424063" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="6B9E4F8D" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="2D762F3C" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="4EA0E926" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E11B634" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="52DDE6D5" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t xml:space="preserve">Fanta Orange </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7887C679" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="25ED69A0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BD60B25" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="1FF9D659" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="7881843A" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="50F216E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29FECB64" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="0E1D4853" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Coca Cola </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ECD96D1" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="146C52C0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="201FA173" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="1AAF44E0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="7AC5E09F" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="6B374961" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BBAA1E7" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="72654101" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Coca Cola zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61E1E612" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="317BC032" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>1.5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3244217F" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="73890950" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>CHF    3.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007467F1" w:rsidRPr="0093488D" w14:paraId="56A870EB" w14:textId="77777777" w:rsidTr="00DA087B">
+      <w:tr w:rsidR="00F74548" w:rsidRPr="00F74548" w14:paraId="1929BA91" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14472BA6" w14:textId="1C644633" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="4307103D" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
-[...6 lines deleted...]
-              <w:t>me / Espresso</w:t>
+            <w:r w:rsidRPr="00F74548">
+              <w:t>Cafe Créme / Espresso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09624AC3" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="0106D3B3" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
+            <w:r w:rsidRPr="00F74548">
               <w:t>Tasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ADACAF2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0093488D" w:rsidRDefault="007467F1" w:rsidP="00DA087B">
+          <w:p w14:paraId="7DF41DD7" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0093488D">
-[...3 lines deleted...]
-              <w:t>1.80</w:t>
+            <w:r w:rsidRPr="00F74548">
+              <w:t>CHF    1.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1700BA65" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00C947B9" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="70E71C9F" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11FB7210" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00C53017" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="6D41F8B2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk203490307"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk202867710"/>
-      <w:r w:rsidRPr="00C53017">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">an </w:t>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Bestellung hat per E-Mail an </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="005370C4">
+        <w:r w:rsidRPr="00F74548">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>raumreservation@huenenberg.ch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C53017">
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> spätestens bis 20 Tage vor Veranstaltung an die Raumreservationsstelle Hünenberg zu erfolgen.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="76537A38" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="16EEA51A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B84AF33" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="5C40813A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00403592">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Bei Nutzung einer eigenen Kaffeemaschine müssen die Kaffeebohnen, Kaffeerahm und Zucker selbst mitgebracht werden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C423748" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="31AA8369" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="034F9376" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005A1727">
+    <w:p w14:paraId="758017DA" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Beim Weiterverkauf von alkoholischen Getränken benötigt es eine Bewilligung für Alkoholausschank. Diese ist bei der Abteilung Sicherheit und Umwelt über folgenden </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00F74548">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu beantragen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED8C23A" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="4E1FF5B0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="7C9FF2ED" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00D14D5B" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="3B214591" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Abrechnung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F37665C" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="00153658" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="0676A359" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk202868716"/>
-      <w:r w:rsidRPr="00153658">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> Mengen.</w:t>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nach der Veranstaltung meldet der Verein den Gesamtumsatz auf Speisen und Getränke. Werden Getränke aus dem Standardsortiment bezogen, verrechnet die Einwohnergemeinde Hünenberg die nach der Veranstaltung gemeldeten resp. bezogenen Mengen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="2B5E9F6E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="10652E61" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681707CA" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="14B0F6B0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5692BF80" w14:textId="77777777" w:rsidR="007467F1" w:rsidRPr="0027558D" w:rsidRDefault="007467F1" w:rsidP="00D7398B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+    <w:p w14:paraId="63F4814C" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0027558D">
-        <w:rPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sorgfaltspflicht</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Sorgfaltspflicht / Reinigung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361125C3" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die gemäss Punkt 2 zur Verfügung gestellten Räume sind ausschliesslich für den vertraglichen Zweck und mit grösster Sorgfalt zu gebrauchen. Allfällige Mängel sind der Eigentümerin (Einwohnergemeinde) umgehend zu melden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE28BEC" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701EADA8" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sämtliche zur Verfügung gestellten Räume gemäss Punkt 2 sind sauber zu halten. Sollte eine nachträgliche Nachreinigung notwendig sein, so sind die Kosten durch den Verein zu tragen. Sämtliches Material (Lebensmittel etc.) ist nach jedem Anlass wieder abzutransportieren. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F8E676" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EAE3460" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> / Reinigung</w:t>
-[...37 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Sonstiges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311623AE" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="5C1C3C36" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">parkiert werden. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parkplätze sind in der Umgebung vorhanden und es kann für die Dauer eine Parkkarte zur Verfügung gestellt werden. Für den Warenumschlag kann kurzfristig vor dem Haus parkiert werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3963913E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="423ECEB1" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC7D8DB" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="7E8C256D" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ein Aufzug ist vorhanden und kann genutzt werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD72185" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="6184D197" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="642DF4F5" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="3F696599" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521B4EC4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="496B6CF5" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CA9A764" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="393FCCB2" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Hünenberg, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          </w:rPr>
           <w:id w:val="-1184736721"/>
           <w:placeholder>
-            <w:docPart w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
+            <w:docPart w:val="CC55566C270A402A914448974FCFAB33"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00AC25B8">
+          <w:r w:rsidRPr="00F74548">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+              <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1387A0A4" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="5F9C8C66" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="552A6A0D" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="13C306B0" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57335095" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="3BE45B6A" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66A7587E" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="4293C44E" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Verein / Institution (vertreten durch)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:sdt>
-[...81 lines deleted...]
-      </w:sdt>
+      <w:bookmarkStart w:id="4" w:name="Text1"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="3CFAB6FC" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="39DEB329" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Name / Vorname</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:sdt>
-[...81 lines deleted...]
-      </w:sdt>
+      <w:bookmarkStart w:id="5" w:name="Text2"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="794AB9E2" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="2F8C0908" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>E-Mail</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:sdt>
-[...81 lines deleted...]
-      </w:sdt>
+      <w:bookmarkStart w:id="6" w:name="Text3"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="42CA1939" w14:textId="77777777" w:rsidR="007467F1" w:rsidRDefault="007467F1" w:rsidP="007467F1">
+    <w:p w14:paraId="2A434948" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tel. Nr. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:sdt>
-[...81 lines deleted...]
-      </w:sdt>
+      <w:bookmarkStart w:id="7" w:name="Text4"/>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74548">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="6EE449C9" w14:textId="5F3E3ADE" w:rsidR="00103474" w:rsidRPr="007467F1" w:rsidRDefault="00103474" w:rsidP="007467F1"/>
-    <w:sectPr w:rsidR="00103474" w:rsidRPr="007467F1" w:rsidSect="00DC64E0">
+    <w:p w14:paraId="725F0CAB" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43760132" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2118A56C" w14:textId="77777777" w:rsidR="00F74548" w:rsidRPr="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F74548">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D983AF" w14:textId="496CD9E9" w:rsidR="003A389F" w:rsidRPr="00F74548" w:rsidRDefault="003A389F" w:rsidP="00F74548"/>
+    <w:sectPr w:rsidR="003A389F" w:rsidRPr="00F74548" w:rsidSect="008637D7">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="993" w:left="1985" w:header="522" w:footer="385" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1985" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="310AD94F" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
+    <w:p w14:paraId="6E8581FD" w14:textId="77777777" w:rsidR="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06F01C73" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
+    <w:p w14:paraId="1DC0BEDF" w14:textId="77777777" w:rsidR="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGridPositioning"/>
       <w:tblpPr w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1299" w:tblpY="15718"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000B1F8C" w14:paraId="0DFDF302" w14:textId="77777777" w:rsidTr="00500070">
+    <w:tr w:rsidR="000B1F8C" w14:paraId="1A035549" w14:textId="77777777" w:rsidTr="00500070">
       <w:trPr>
         <w:trHeight w:val="839"/>
       </w:trPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="AdditionalLogoOptional"/>
           <w:tag w:val="primedocs.Field=AdditionalLogoOptional"/>
           <w:id w:val="438340569"/>
-          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/AdditionalLogoOptional[1]" w:storeItemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}"/>
+          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/AdditionalLogoOptional[1]" w:storeItemID="{43CC322A-B185-4FE5-88B1-446BDE0DDDB7}"/>
           <w15:color w:val="3366FF"/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="3005" w:type="dxa"/>
               <w:vAlign w:val="bottom"/>
             </w:tcPr>
-            <w:p w14:paraId="23FBCD41" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00500070">
+            <w:p w14:paraId="0D1FDA38" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRDefault="000D0B49" w:rsidP="00500070">
               <w:pPr>
                 <w:pStyle w:val="Fuzeile"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
-                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0069E6E0" wp14:editId="79CADC23">
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23A0B576" wp14:editId="675E42BC">
                     <wp:extent cx="529200" cy="529200"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                    <wp:docPr id="1272911397" name="Bild 2"/>
+                    <wp:docPr id="4" name="Bild 2"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
-                            <pic:cNvPr id="3" name="Bild 2"/>
+                            <pic:cNvPr id="4" name="Bild 2"/>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="529200" cy="529200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="626056A3" w14:textId="66292CDF" w:rsidR="00396472" w:rsidRPr="00DC64E0" w:rsidRDefault="00391A1D" w:rsidP="00DC64E0">
+  <w:p w14:paraId="0CEB9B2D" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRDefault="000D0B49">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-      <w:jc w:val="right"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r>
-[...12 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4388E680" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
+    <w:p w14:paraId="4D656905" w14:textId="77777777" w:rsidR="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68AD5F7C" w14:textId="77777777" w:rsidR="00567F02" w:rsidRDefault="00567F02" w:rsidP="00F657BF">
+    <w:p w14:paraId="6DC5E6A4" w14:textId="77777777" w:rsidR="00F74548" w:rsidRDefault="00F74548" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4CFB4DB2" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
+  <w:p w14:paraId="42BB09DC" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRDefault="000D0B49" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD689C">
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="8504" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8504"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AD689C" w14:paraId="413DB868" w14:textId="77777777" w:rsidTr="00181958">
+    <w:tr w:rsidR="00AD689C" w14:paraId="7A03609F" w14:textId="77777777" w:rsidTr="00181958">
       <w:trPr>
         <w:trHeight w:val="351"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8504" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="5FE076E2" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
+        <w:p w14:paraId="1C761B56" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRDefault="000D0B49" w:rsidP="00AD689C">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="77D854BB" w14:textId="77777777" w:rsidR="00396472" w:rsidRPr="00AD689C" w:rsidRDefault="00396472" w:rsidP="00AD689C">
+  <w:p w14:paraId="6E9E9E4F" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRPr="00AD689C" w:rsidRDefault="000D0B49" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD689C">
       <w:t> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="8852" w:tblpY="534"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2761"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00076E0E" w:rsidRPr="002D6558" w14:paraId="4B6596E6" w14:textId="77777777" w:rsidTr="00181958">
+    <w:tr w:rsidR="00076E0E" w:rsidRPr="002D6558" w14:paraId="79745682" w14:textId="77777777" w:rsidTr="00181958">
       <w:trPr>
         <w:trHeight w:val="2375"/>
       </w:trPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:spacing w:val="3"/>
             <w:kern w:val="14"/>
             <w:sz w:val="14"/>
           </w:rPr>
           <w:alias w:val="OrgData"/>
           <w:tag w:val="primedocs.Field=OrgData"/>
           <w:id w:val="-2034716603"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w15:color w:val="3366FF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2761" w:type="dxa"/>
               <w:noWrap/>
             </w:tcPr>
-            <w:p w14:paraId="08488EA9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
+            <w:p w14:paraId="761E6A38" w14:textId="77777777" w:rsidR="00C528CA" w:rsidRDefault="000D0B49">
               <w:pPr>
                 <w:pStyle w:val="SenderDepartement"/>
               </w:pPr>
               <w:r>
                 <w:t>Bau und Planung</w:t>
               </w:r>
             </w:p>
-            <w:p w14:paraId="62958D0F" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
+            <w:p w14:paraId="07DDE07B" w14:textId="77777777" w:rsidR="00C528CA" w:rsidRDefault="000D0B49">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>Chamerstrasse 11</w:t>
               </w:r>
             </w:p>
-            <w:p w14:paraId="1E5163F9" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
+            <w:p w14:paraId="65F98528" w14:textId="77777777" w:rsidR="00C528CA" w:rsidRDefault="000D0B49">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>6331 Hünenberg</w:t>
               </w:r>
             </w:p>
-            <w:p w14:paraId="33751409" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
+            <w:p w14:paraId="30762B65" w14:textId="77777777" w:rsidR="00C528CA" w:rsidRDefault="000D0B49">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>Telefon: +41 41 784 44 30</w:t>
               </w:r>
             </w:p>
-            <w:p w14:paraId="2D8E692C" w14:textId="77777777" w:rsidR="0099465F" w:rsidRDefault="00396472">
+            <w:p w14:paraId="406B8FB1" w14:textId="77777777" w:rsidR="00C528CA" w:rsidRDefault="000D0B49">
               <w:pPr>
                 <w:pStyle w:val="Adresse"/>
               </w:pPr>
               <w:r>
                 <w:t>www.huenenberg.ch</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
     </w:tr>
   </w:tbl>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-686" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7030"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00076E0E" w:rsidRPr="002D6558" w14:paraId="1DA5296F" w14:textId="77777777" w:rsidTr="00181958">
+    <w:tr w:rsidR="00076E0E" w:rsidRPr="002D6558" w14:paraId="31C8054C" w14:textId="77777777" w:rsidTr="00181958">
       <w:trPr>
         <w:trHeight w:val="2375"/>
       </w:trPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="LogoOptional"/>
           <w:tag w:val="primedocs.Field=LogoOptional"/>
           <w:id w:val="1214085226"/>
-          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/LogoOptional[1]" w:storeItemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}"/>
+          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/LogoOptional[1]" w:storeItemID="{43CC322A-B185-4FE5-88B1-446BDE0DDDB7}"/>
           <w15:color w:val="3366FF"/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="7030" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="135ACE33" w14:textId="77777777" w:rsidR="00396472" w:rsidRDefault="00396472" w:rsidP="00AD689C">
+            <w:p w14:paraId="7F27B7ED" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRDefault="000D0B49" w:rsidP="00AD689C">
               <w:pPr>
                 <w:pStyle w:val="KeinLeerraum"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:drawing>
-                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F3C963" wp14:editId="6381AA2A">
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7917C899" wp14:editId="2077811B">
                     <wp:extent cx="1962000" cy="744309"/>
                     <wp:effectExtent l="0" t="0" r="635" b="0"/>
-                    <wp:docPr id="1800924773" name="Bild 1"/>
+                    <wp:docPr id="3" name="Bild 1"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
-                            <pic:cNvPr id="2" name="Bild 1"/>
+                            <pic:cNvPr id="3" name="Bild 1"/>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId1"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1962000" cy="744309"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="643355EC" w14:textId="77777777" w:rsidR="00396472" w:rsidRPr="002D6558" w:rsidRDefault="00396472" w:rsidP="00AD689C">
+  <w:p w14:paraId="617FF45F" w14:textId="77777777" w:rsidR="000D0B49" w:rsidRPr="002D6558" w:rsidRDefault="000D0B49" w:rsidP="00AD689C">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r w:rsidRPr="002D6558">
       <w:t> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="19B6AD68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="744866E4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1BDAE038"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="58845C56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B010DED6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="9DA8D11C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="CF50E51A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="AC10705A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="454262CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2A36E796"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00FB46C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:styleLink w:val="ListCMIAntragAufzaehlung"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="CMIAntragAufzaehlung"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="283"/>
       </w:pPr>
@@ -2874,170 +3264,170 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3402" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065806FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC5668F6"/>
     <w:lvl w:ilvl="0" w:tplc="BB6CC6C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C490EF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:numStyleLink w:val="ListCMIAntragAlphabeticSmall"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FBD06EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="638C4EC0"/>
     <w:styleLink w:val="ListCMIAntragNumeric"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="CMIAntragNumeric"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3135,51 +3525,57 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3402"/>
         </w:tabs>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3827"/>
         </w:tabs>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19FB5AB8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7BAC0EDC"/>
+    <w:numStyleLink w:val="ListLineList"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E3E54B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:styleLink w:val="HeadingList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1.%2"/>
@@ -3285,57 +3681,57 @@
           <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1701" w:hanging="1701"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="berschrift9"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1871"/>
         </w:tabs>
         <w:ind w:left="1871" w:hanging="1871"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F5F47A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BAC0EDC"/>
     <w:numStyleLink w:val="ListLineList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20173F22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BAC0EDC"/>
     <w:styleLink w:val="ListLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListLine"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="850" w:hanging="425"/>
       </w:pPr>
@@ -3406,51 +3802,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274B2C88"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10D295E6"/>
+    <w:numStyleLink w:val="ListCMIAntragAlphabeticSmall"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB47336"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:styleLink w:val="ListNumericList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumeric"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="907" w:hanging="544"/>
       </w:pPr>
@@ -3521,51 +3923,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42D11417"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26D621B6"/>
+    <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="496B532B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A6E5A7A"/>
     <w:styleLink w:val="ListAlphabeticList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="726" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
@@ -3635,155 +4043,159 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3856" w:hanging="3402"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D997B83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF164CCA"/>
     <w:numStyleLink w:val="ListNumericList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A21B49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D9F2CCB4"/>
-    <w:lvl w:ilvl="0" w:tplc="0807000F">
+    <w:tmpl w:val="A6DE3156"/>
+    <w:lvl w:ilvl="0" w:tplc="FD52FE38">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0807001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0807000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0807001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0807000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0807001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C454AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E2482DC"/>
     <w:numStyleLink w:val="HeadingList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DF5DF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26D621B6"/>
     <w:numStyleLink w:val="ListCMIAntragAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73530032"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10D295E6"/>
     <w:styleLink w:val="ListCMIAntragAlphabeticSmall"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="CMIAntragAlphabeticSmall"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="283"/>
       </w:pPr>
@@ -3854,51 +4266,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3402" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3827" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DEE6C55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE186F74"/>
     <w:styleLink w:val="ListAlphabeticWithLineList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="CMIAntragAlphabetic"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -3996,394 +4408,282 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3402"/>
         </w:tabs>
         <w:ind w:left="3400" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3827"/>
         </w:tabs>
         <w:ind w:left="3825" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="948052518">
+  <w:num w:numId="1" w16cid:durableId="1896887914">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="948052518">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="538057007">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1508250717">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1613829348">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="885068017">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="417293055">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="115224692">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="188376372">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1034038349">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="144779441">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="949706372">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="53046455">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1897663071">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="524438978">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="246690134">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1917279202">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="124125522">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="538057007">
+  <w:num w:numId="19" w16cid:durableId="1019046980">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1508250717">
+  <w:num w:numId="20" w16cid:durableId="2124760623">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1613829348">
+  <w:num w:numId="21" w16cid:durableId="2081051607">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="504052389">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1061444924">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1749232349">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="196085850">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1461656382">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="885068017">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27" w16cid:durableId="1576471579">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="417293055">
-[...8 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1034038349">
+  <w:num w:numId="28" w16cid:durableId="1126584265">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="144779441">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="29" w16cid:durableId="237978621">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="53046455">
+  <w:num w:numId="30" w16cid:durableId="2044163622">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1705210755">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1526211435">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1152405752">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="870610667">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1923105355">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1897862320">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1770471088">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="390613915">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1543208548">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1749882015">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1227692266">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="830370197">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1075739265">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1897663071">
-[...11 lines deleted...]
-  <w:numIdMacAtCleanup w:val="15"/>
+  <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ACoJKBBT6UNsF/s6GKJfazPSyuyHlx9kAKjF8PGJvsIl/EsdYPzznjpUGnRUpDlQ/LWkJiFEdo3VfDVW06tLNw==" w:salt="I2ij2EITErCb5EgrUt5Y+A=="/>
+  <w:documentProtection w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="v4sxTFinlUoJV8CIcW1py09o+Xi3KRsR4n1Esymj0KpKYcnM9tOpMWvR5zLe9yG5EU1gbChVw0VVu4XedN9Q/Q==" w:salt="MvUbOdmbqxWF146tarpH4g=="/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB088A"/>
-    <w:rsid w:val="00014D7A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="000978A6"/>
     <w:rsid w:val="000A7A9A"/>
-    <w:rsid w:val="000B6484"/>
-[...20 lines deleted...]
-    <w:rsid w:val="002A0529"/>
+    <w:rsid w:val="000D0B49"/>
     <w:rsid w:val="002B5D9F"/>
-    <w:rsid w:val="002E1748"/>
-[...13 lines deleted...]
-    <w:rsid w:val="003967B0"/>
     <w:rsid w:val="003A389F"/>
-    <w:rsid w:val="003A72BA"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003F13F8"/>
     <w:rsid w:val="00403ADB"/>
-    <w:rsid w:val="00411516"/>
-[...13 lines deleted...]
-    <w:rsid w:val="0057139D"/>
     <w:rsid w:val="00572FD3"/>
-    <w:rsid w:val="005750EA"/>
-[...56 lines deleted...]
-    <w:rsid w:val="008F4BC2"/>
+    <w:rsid w:val="006E37FD"/>
+    <w:rsid w:val="007C5829"/>
     <w:rsid w:val="008F52AF"/>
-    <w:rsid w:val="00915D11"/>
-[...56 lines deleted...]
-    <w:rsid w:val="00CB2BED"/>
+    <w:rsid w:val="00980CD5"/>
+    <w:rsid w:val="00AC4F11"/>
+    <w:rsid w:val="00C528CA"/>
     <w:rsid w:val="00CB33E0"/>
-    <w:rsid w:val="00CC6449"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00E7272A"/>
     <w:rsid w:val="00EB088A"/>
-    <w:rsid w:val="00EB0C11"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EB6940"/>
     <w:rsid w:val="00ED0004"/>
-    <w:rsid w:val="00ED41FA"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00F56770"/>
     <w:rsid w:val="00F657BF"/>
-    <w:rsid w:val="00F81A78"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FE4644"/>
+    <w:rsid w:val="00F74548"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="48AA6A3F"/>
-  <w15:docId w15:val="{3C0243F1-F185-45A9-9341-BFDF7FB4DAAC}"/>
+  <w14:docId w14:val="14A81127"/>
+  <w15:docId w15:val="{80BF9233-EDD6-4908-92A0-A5AC94D8F16D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4540,51 +4840,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="31"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -4761,51 +5061,51 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00E7345E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="berschrift1"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
@@ -4842,141 +5142,141 @@
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift5Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift6Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift7Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift9Zchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -5088,86 +5388,85 @@
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="006C7484"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
     <w:name w:val="Überschrift 4 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift4"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="006C7484"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CMIAntragAlphabeticSmall">
     <w:name w:val="CMIAntragAlphabeticSmall"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="007654D3"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="12"/>
+        <w:numId w:val="14"/>
       </w:numPr>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
-    <w:uiPriority w:val="34"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="35"/>
     <w:rsid w:val="004D7849"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumeric">
     <w:name w:val="ListNumeric"/>
     <w:aliases w:val="NotYetCustomized7252"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="00FD1909"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListLine">
     <w:name w:val="ListLine"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="00837690"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="8"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SenderDepartement">
     <w:name w:val="Sender Departement"/>
     <w:basedOn w:val="KeinLeerraum"/>
     <w:link w:val="SenderDepartementZchn"/>
     <w:rsid w:val="005E2B21"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EnclosuresBox">
     <w:name w:val="EnclosuresBox"/>
     <w:aliases w:val="NotYetCustomized9408"/>
     <w:basedOn w:val="KeinLeerraum"/>
     <w:rsid w:val="00C14959"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="284"/>
@@ -5505,91 +5804,91 @@
     <w:basedOn w:val="KeinLeerraumZchn"/>
     <w:link w:val="SenderDepartement"/>
     <w:rsid w:val="005E2B21"/>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="20"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubjectZchn">
     <w:name w:val="Subject Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Subject"/>
     <w:rsid w:val="00AA0571"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListAlphabeticList">
     <w:name w:val="ListAlphabeticList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CB45C7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListNumericList">
     <w:name w:val="ListNumericList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CB45C7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListLineList">
     <w:name w:val="ListLineList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00837690"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListCMIAntragAufzaehlung">
     <w:name w:val="ListCMIAntragAufzaehlung"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00082CC3"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="HeadingList">
     <w:name w:val="HeadingList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C58EE"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BriefKontaktperson">
     <w:name w:val="Brief Kontaktperson"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00132106"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2835"/>
         <w:tab w:val="left" w:pos="5670"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="14"/>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGridPositioning">
     <w:name w:val="TableGridPositioning"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F44E2C"/>
@@ -5637,94 +5936,94 @@
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="3"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZusatzAdresseBehrde">
     <w:name w:val="Zusatz Adresse Behörde"/>
     <w:basedOn w:val="Adresse"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D24261"/>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="20"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CMIAntragAlphabetic">
     <w:name w:val="CMI Antrag Alphabetic"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00737424"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="9"/>
       </w:numPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListAlphabeticWithLineList">
     <w:name w:val="ListAlphabeticWithLineList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005B5420"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CMIAntragNumeric">
     <w:name w:val="CMIAntragNumeric"/>
     <w:basedOn w:val="CMIAntragAlphabetic"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A807F4"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListCMIAntragNumeric">
     <w:name w:val="ListCMIAntragNumeric"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002B1A0C"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListCMIAntragAlphabeticSmall">
     <w:name w:val="ListCMIAntragAlphabeticSmall"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008B1B25"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
     <w:name w:val="Überschrift 6 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift6"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00D96825"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
     <w:name w:val="Überschrift 7 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift7"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00D96825"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:sz w:val="20"/>
     </w:rPr>
@@ -5766,222 +6065,104 @@
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CMIZusatzinformationen">
     <w:name w:val="CMI Zusatzinformationen"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007D500B"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CMIAntragAufzaehlung">
     <w:name w:val="CMI Antrag Aufzaehlung"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00737424"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="16"/>
       </w:numPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StandardBlocksatz">
     <w:name w:val="StandardBlocksatz"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00E7345E"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
-[...99 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00226CD4"/>
+    <w:rsid w:val="00AC4F11"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster1">
+    <w:name w:val="Tabellenraster1"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:next w:val="Tabellenraster"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00F74548"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/hunenberg/de/verwaltung/sicherheit-und-umwelt/polizeiamt/bewilligungen-im-sicherheitsbereich/downloads/gesuch-um-die-bewilligung-eines-anlasses/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raumreservation@huenenberg.ch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
@@ -5990,204 +6171,154 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0147FA33-10BF-4C5F-87BB-3829202A47BD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007B3D7D" w:rsidRDefault="007B3D7D">
           <w:r w:rsidRPr="00AC25B8">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
+        <w:name w:val="CC55566C270A402A914448974FCFAB33"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{91712790-BC05-4BDD-876B-6574A4FC91DB}"/>
+        <w:guid w:val="{03CF44A1-06A9-491A-923C-87EEADD1C488}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032420F" w:rsidRDefault="0032420F" w:rsidP="0032420F">
+        <w:p w:rsidR="00E6472A" w:rsidRDefault="00E6472A" w:rsidP="00E6472A">
           <w:pPr>
-            <w:pStyle w:val="A72DA9FC0DED48ACB80C4BB215EDAD66"/>
+            <w:pStyle w:val="CC55566C270A402A914448974FCFAB33"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC25B8">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B3D7D"/>
-    <w:rsid w:val="00027400"/>
-[...24 lines deleted...]
-    <w:rsid w:val="007549A5"/>
+    <w:rsid w:val="006E37FD"/>
     <w:rsid w:val="007B3D7D"/>
-    <w:rsid w:val="007F009A"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F827D5"/>
+    <w:rsid w:val="00980CD5"/>
+    <w:rsid w:val="00E6472A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -6604,58 +6735,55 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0032420F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="0032420F"/>
+    <w:rsid w:val="00E6472A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC55566C270A402A914448974FCFAB33">
+    <w:name w:val="CC55566C270A402A914448974FCFAB33"/>
+    <w:rsid w:val="00E6472A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Theme farbig">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -6864,146 +6992,148 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="e136e50c-3690-4197-be95-28cfc8ff3754" colorThemeId="Huenenberg" profile="993a2ca8-9c9a-44f9-a795-1e70141bd00e" lcid="2055"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <PrimeDocsFieldPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/FieldPart">
   <Content xmlns="">
     <Fields>
       <Forms>
+        <Subject/>
         <LogoYesNo>true</LogoYesNo>
         <AdditionalLogoYesNo>true</AdditionalLogoYesNo>
       </Forms>
       <translated_Phone>Telefon: </translated_Phone>
+      <Subject/>
       <Profile>
         <Org>
           <Postal>
             <Street>Chamerstrasse 11</Street>
             <Zip>6331</Zip>
             <City>Hünenberg</City>
             <PoBox/>
           </Postal>
           <Phone>+41 41 784 44 30</Phone>
           <Web>www.huenenberg.ch</Web>
           <Unit>Bau und Planung</Unit>
           <Logo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</Logo>
           <NoLogo>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAA3ISURBVHhe7cghAcBAEASx92/6amDpFAWE5N0dAAAAAMCvZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAlGYCAAAAAJRmAgAAAACUZgIAAAAAdO59VOJAK9nFU4IAAAAASUVORK5CYII=</NoLogo>
           <AdditionalLogo>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogo>
           <Email>bau-​planung@huenenberg.ch</Email>
           <Fax/>
           <Title>Gemeinde Hünenberg</Title>
           <Description/>
         </Org>
         <User>
+          <GreetingsExternal/>
           <GreetingsInternal/>
-          <GreetingsExternal/>
           <Attendance/>
-          <ProfileImage>/9j/4AAQSkZJRgABAQEAkACQAAD/2wBDAAgGBgcGBQgHBwcJCQgKDBQNDAsLDBkSEw8UHRofHh0aHBwgJC4nICIsIxwcKDcpLDAxNDQ0Hyc5PTgyPC4zNDL/2wBDAQkJCQwLDBgNDRgyIRwhMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjL/wAARCALoAugDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwDvCfp09KM/T8qD1/CkrmOoXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFIWVerAfU0CFooyPUc+9FAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAooEB6/hSUp6/hSUDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooEFFFc/qPi2ysZpIArySoccdM0m0txpN7HQUySWOFd0rqg9WOK4OXxvdyLII1jQn7vHSsC91m7vX3TzF8du1Q6i6Fqm2egzeLdMhLDczbfTvWRL4+j3DyrbA/wBo81wD3BeQ8jNVhNnr2qPaMvkSO31TxxdTqqWo8gbfmIPJrk21e6nLBp5HOeCzGqpbqe9QAHGec96Td9xqNjaGr38m3ddSDb935jVldYvyMi7mPPPzmufUk8BsGpRIyNkHn2ppg0dzofi2a1cQ3rGSEngk5K13sM8VxEskLq6sMgg14elwZcoeWHcVo6dr97psg8mU+mOxq4y7mbiex0Vwlp48mI2zxIW9elaVj4ygmuWjul8pD91qrmRPKzqaKqJqdlIqstwhDdOatghhkEEHuKoQUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRTZJEijaSRgqrySe1YOp+JrCOB445XLsMKyDgGk2kCTZq3mp2tgyLcSbS/QVxOr65dtd+fbzshQ4G08EVlX+rTXb/AOksWdR8p9RVGSfcu4nr1FYynfY3jTtudNb+MrqS0MbkCQcbu9chqNy0l45ZuWPX1pjsUferd6ilYSNuJOT6Cobb3LUUiAzsFwp5ByD6U1ZGZTk/MTTD3AB+tPjXAxipuVykYRvMp7IxA2AA/wA6kCEZJBxT9uUG09fQ0wsMjUlWBGaesZzt7Ed6mhjA5GTU8aDdgnHpRcrlMry5BLgHHvUhVs7uhHFXJItoyPXmjy0dc8gj8jRcnlIIG2upAGR0NFyu1wyZA7inRxbGbjipmTChsbhjn2qkyHEijQsOTg/zpTI4Hzg5FOBB7HipjsePaw57Gi4uUbFfuqqoY7e1dFpfiq8slUBhJCDyj/41yxXyzgg+xqZJSFxgEH27007bEtXPVLHxNYXcQLyCF+6sa145opQDHIrA9MGvFjOUYZBKnjjtWha6jc28ivDcNhenNWqnchwPXKK5LTPGCMix3q/N03r3rprW8t72PzIJAw9O4rRNMhponooopgFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUVzdQ2kJlncIg7modQ1GDTbZpZmGf4VzyTXnur65dai+JGxGDlVHQVEpqJUYORd1zX5L9mjQlYOgX1rmpJXVWwu5aZJOQcbvzqAtKDjJwetc8pNnTGNgZy64z06H0qvI5zgE1K0bkdcfSmsnlEbcEkZOam5fKM3HHfPrTtrbcnHTrTgpI3AfXFTeURgdj1NJstRKAjOcn1p6pl8CtGO3G3c2MdMUx7YZyBz7Urj5RiKAMdcdRUogjJ6de47VMkBBBYEDvjrVhItpPBGegNFw5SmItmSM4BqURcAjJI7Va8tCCMfgasRRA4yPai47FAQg5UjORVcQMpK9geK1TAcZXGRTvs+4E8dOfWi7CyMk24bleB6GkNvIPmHPrjtV4RkN83II6VOkHdc1SZDRj7FIIKbT3K0wK6nbjJHQjoa2ntsnJXnufWofspSXAHynkZ9adyeUzZFfyGOOmCMeneq+4FcE/NngjvWybZvMyM4qpLZdTsxz2p8wuQqZKkE4HODUgcK3PHuKkMB/OoGjdeCOhp8wuQsox5PHPQirtrqVxZSrJDKQQe1ZEZdenQ1IhOST+NFyXA9N0vxVZ3iKk7CKXHOehreVldQyMGU9CK8cXjlfxFaVj4iv9PO2OVinTa3IFaxqdzF0+x6lRWJofiCPVU8uTCXAGcdmrbrRNPYzasFFFFMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKo6nqtvpkBeVsvj5UHU1PeXcdlbNNIcADj3rzfUrv7XdSTFmYMcjJ6VE5WKhHmZX1PUZtSuWmmbGTwo6AVnnO3G4EfWpJDk8Coih9MfSuZs61EgO3dwwb1pwTjI5FPMIznufTvU0MFS2aRiRqm4AH8xSNb56iryQDIHSrC2/wDDjOPapuWombFCPu/nVpbbIwDkdsVoQ2mGyV5+lWhbgD7lBSRlrZllwR3qVbUdMVprD9Kb5XznBwPpSHYo+TSGLdxV/wAj58MRtPelMATt0pXCxnKhUMSufSrSQkAZ9Oan2cbgOR1qdYwwDAYFO4rFMxZU8fjTBH1Ude9aPlAqVAqFoFB4GDRcLFFIR5hLn5e31qQJxxzVtoNxDAfhQY9pzincnlKo3gHb+VO2ByDjDd6seWD93iozEwY5zkU7i5SBowDwDwaaYc5AUdKtYJOMYNN5wMDGDSHYz5LRuCFFQyWwf7y/jWvkdTSOiY6Yz2p3FYwHtR2qtNA0XA6dQRW+0C9vwqs8IwQy5GehpoTRjLJLH82Bj0xU/wAk6/LwfTNTSW2M46dBVMwskoxnjqaq5nKJctbiW0bdCzK47jqK6vQPE073K295JvVuA56iuRgkL8MPmHepFJjfKEg9RWkZW2MZQueufSiuZ0HxFHLCtvduFkXhWPeulBBGQcg9CK3TTOdqwtFFFMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAooEB6/hSUp6/hSUDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACkJCqWY4A6k0tYfiC/EUQtlfDP94j0pN2VwSuzn/EepG7vCiSAwoPlANc8wODx+VaUkeRuVAxz3qq8G452kN7dK5pO7udUVYqKhbgCnrbtkcGp0t2LfMMY6EGrqxnAB5x0rNs3ijPFuOvII7VLHDgjIq2YsnGBzU8VrxlqlmiRXEBY8CrsVsEHNSxRgVL2xU3KsRqqqevJp7dKYV5zTscUFCBCB0pmw5A5qwAaXaOvSi4WIihYdKlSAkYY1Kq8VIOO1ILFfYASAM4/WlwQFXHt9KtiMEbqUx5oCxR8ohs84NKEO7kcEdatGM5zSbRmgdiEJzURjO4gjir20Y6U0oMEU0KxR8vaOnFAUtwase5B/GkzxjFO4rFfZjPrUTId31q04weajCA96BWKpXtimkN0xVpgufWmNjGTRcVivtA470jRhqkYDgg8UzBByOc0XCxVeEDgc5qrJCMY61pn5+vBqvJGM9OKd7kNGRJEw4HFNRzk5OcVovGCCpBxVVrcqcgdatMzlEbHIC5wPpXYeGNYIf7HcSZU/6sk9D6VyccTp91P+BVYRHjO5chgecVpGTWphOJ6jRWRoGoPe2myUHenG496166U7q5ztWCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAUUUCigQHr+FJSnr+FJQMKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooACcDJ7VwmrzCW9c7wRuwOa6PxBetbWyRI2GkPJHUCuOaAudxPAOayqS6GtOPUaqsG3K3Xrg09cM3IPFRSLu+WMNtHfpUsClFANc7Z1RRNgY6CkxzxTjkkYFSpHzz2qLmyQ1Iuc4zU3QCpcBV6Uwj5v6VLZokKDx0p2aZ8zHA7VIoA5Y5PpSQ7DcE9aei800sWbAqVEOfb1oHYdt4pNmePSngEHFPC8fWmFgVcc1KBxyKQL75pQCGoAlXBo2kA+9IufwqTPHr6UBYZgHtTSAKlx6UjJSAj2ccflSbMjNSZ9aKAIDECMU3ZipyMimH0NMViuyZqIx4zjpU7Eds004zTFYrMvHvURBA61ZkA7VUjS481zIw8v+EAUgsMlQ7cg8imoDt5qw6kjjmoc4wDzSFYj2nJ4pGClOetPJI96ZtLc00JorlT+PaoznHSrDgA9aiccHNUjNor+WQ+SS3oKsINp5jxn3pinIqSPA+909T2q0zGSOn8O3nLWxAAPzLxXRVyGjXEcF2DIcq3AYdq6/6V1U3dHJNWYUUUVZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/CkpT1/CkoGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUVDdSmG3Z1+92oA53VEefUGMqjanCj2rPbaGwiA+uatz5ZszORu5PvUBZFOcMPoK5ZO7OqCKsigjHQj1FRVO547n3NNC8881kzoih8Sc896m46Ac1GMg1ID2A61DZrFDh2z1pwXnNRgnqMVKhGOSM0jQUAY6UFc8YpQSR6VIqetIYxIsDmplTkDnAowRz1qRW+XAHNO4xCnpxSkYHFPXn60qjPrSuA1OlO2gH607bwSOtKRxnvTuAq464p+BmmoeOacOaLhYQ8U1jgetPIzS7QfwoAYoJHIpcAcU/wDnTD1oERtmo2BPWpyBiojQOxAyc5PSkCgjrUx5GB+VN2cj+VMREUPPGTUDgnI59xV0qR0qvImDmkIpnI4/nUbAmpX9KafXpQDRAQccc0injBp5IyajIJ7UEjWAqJtoXpU2KjYZGKaJaKnfIFODkHH8JpW46CmEZGep9KtGUkWYZfJkWRMZU9PWu/sbqO8tElj4BHI9DXnURUcEV03hm9VC9rI2MnK5710U3ZnHUidPRRRW5iFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFU9RmEVseeT0q5WVrj7bdRjk9/Spn8I47nPzszSZ61VJO7k9e3pTJ58/dPA6e9EczsQBj8K42dsESFqF65pM+tOxlMGobOhId1yakTjbTUXPGaco29ak0SJGIHbApoJLYx1px5AOKdH97n60iiRAR8tSrnHvTRkjipVQjtQMcBgc0oGTS5AHJpyEdqQxygZp3U5x+FC9OBTj15piI2yeATTgMe/vR34qQAdTQMMZoUYPTpSrzxTgOcmgBHPHFNBz0p5A6HoaTGDimIYw55JpVX1pxHrUTHnFAyZkDR5HaqzhqmiPy80rKMdaBFYKRyKUjbyKewxyKO3WgGR8kfypjLuFPPXjrSHJBoEUZI/nPFQOrbsY4q+4qpL6ZoArsvPWo2U4qVhzxSdRyKCSAnnFMfPSpsbm4quXGSP6UCaK8oJqIe1WHB9KgYbR0FUjNobuwa1tFvobe9CXCjy5OC3p71jOQ4GPzpI3ZW55HrW0HY5qiPVxjAwciisHw9qpuo1tWGXRepPat6upO6ucbVgooopgFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/CkpT1/CkoGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVy3iO9M0q20R+VeWI7muivLj7NavLjJA4+tcTPcHc2CWkJJJPasqj0saUo3dyk6iMkP1PrT7Yc/LkfWoHyCST8x5q1b4KZNc0jtgh55bHYU4t6UjDFAxjGOtZnREsQYMZIPPrTvrUcXHA6U7IzUstEy/dxinLz35pAwCgscAdTUcSF592evQUrjsW14qfk881Aow3JznoKtKOKYDCMHPOTUiKEB7E04Bc5ApwUEZA60hgjdR6VJgHk0iKAT8uPenjmgBmACKeOTmgp83OacFPGBTGKAPSlwMd6UD2waUAGgQwrmjB4zUoA60mAaAIyMDNMKg81PsyPem7ecUAQdBil69aeydABQUKrnFMCPbSGPK8damCZGaGAx0pAVPLI5YU3kirXOKjdQKBFWQDH0qlIMn1rRIAJGOoqvLHnp0oEUSvHrmmlcDGasmPPWo3Ug8DNMllR17g/U1Eyhvm9sVaKjdUEi7TxQIqNkdetRPxgN36VPJy2ccVWfpzTEyFkKsQOlPiG7tRk4I9KSJsk84I7etaxOaotDX0N5ItUiKHGTg+4rvq870u5FtfwzEdDg/SvQ1YOgdTlSMg11Q2OKe4tFFFWSFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/Ckpx/pSUAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAYmvy4i8vzCpI4HrXISAR7jnLe3atjXpmbUJAeQpxWLIuYmfj2Fc83dnTT0RVZiTz61ch+5VVVUn5jk+gqdZDjAGAKwkdcCwrEnaDUiA9TUUPJOB0qyOlZs3iOXOM/pT0G5qRQCp9qljXPOKRQrJkDI4BqaLaoyF5NABpyJjv16mgZIoy+asY4qKMDHuKmXnigZIi8U5gdvy/jTQrKPlP51YWLcATnA6YpANEZZPQ0+OIjk8mpFU7cZAxUoUDvz9KAuQEZPSl2kGpgnORTtnOTimBDtb0zTgvtU4QYxRtxQBDtyMYxRtz2qbHX/GjH4UCK4Q55o24z61Px3phA7mgZDsoK1KMA4zTWG1shhimBF04oxxmnHGeKTkdqQEZA9KjkxjpxUx4qFzntQIrMDuyOfeom6Yqcr17DPeoXBGaaJZAfu9KifkA1YK+nNQsP8AJpiZWfB6VBINwxnFTkHOOtQupDKcZ9aAKZ3RnaRmq8hByBWhMoAz2rPk6lsU0iWQHjihBz1600HcSM05cq4yflq4mE9ieL5lAxyOtd5oDu+lJvbdgkD6VwSHB6YPSuw8L3bSwvARgIOK6aZxTOgopaK1MhKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFKKKAA/0opSP5UYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLiigDidadW1ObBxzgmsaZTyA455BArV1vB1SYKQQD1rLkYLjnkrgVyyep1Q2IwhBznmnAZ+tMy+QM9s1ImTyOKxbOqGxZt+47mrQA2kYqrGT1FXFHFQzZACFz9OKsR5GCfSq4U55/CrSD5eRSLJBnJx0qRQMc9aatSKBuoAeqjtUyA0xQAamT+XWgCRQSM9Pc1Ku7GAcD0xUaEnrnHape1CAmRB6ZP1qTaeg4FRxt0qWmITao6Cm4FP7e9JRYYhHHUikyQcAmnHntSYyeaLAHXnPNISaMjnFNJzQAmWB6cetLnI6Ckzng0uR2xQMBj0pcDbk4pufal5NADOpzSEAAmpO3TFRM1AEfeoz34qTPPSkkPyYHSgRXPPWoJM81Mc5qCRxnFAiM9PcVXcHJPr2qZmqJjz9aZJXclWxTDyeehqwfvHnPHSoXXHNMCtcHaCPSsyZudvrWhO2cnoTWbMMyZxTRmyIAEkAfjThg+4ppBxmlXO7A7jpTTM5E0a/LnuO1dB4ZlZL/AGq3DjkGsKBhvXPINXNOuRZ6zE752E/pXRFnHNHolFAIYBgcgjIpcVuYiUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACCilAooEKf6UlKf6UlMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKbIdsTkdlJp1Q3m77FNtBLbDjFJgef3BMkkjsclic1AF3BDjO0frUpyXKtwRTmQ7FwMLyTXIzsiVNuTk8U+PBYrnOKVkO0Fh96kji2tkDg/pWMjqgTocDr0q5Ecr/SqQHzYq2hwBmoNUWQucE1J5hIwOo9aZHg5yO3WpAuORQULkkDHFSQuDx6dTTBSxHaxzQMsLjd61YU5yKrKRuz3qZW5oGWVxtwal3Zqup6HtUqf/qoETocU8ucjHOahX608YHNMCwDjijk+1Rbvanb+KYC5pM5HHem7ucUm6gYv1pufelJ460nbjrQAmO9Oz2pBjHNNJ54oAUcdOadu9wKicheajDZbikFix1ppAx1poPuaBnnNADWwDUTnI9Kc2D0qFgSeelAEbNiqsvzPmrTgc8/SoNpP3hQIhxxzUUnWpn64BqJvemSQ98mmtnaR+VSle9QvyeO1AmUp+vviqMhO7kVdnYk+9UnGc+1MhkXv60w53DBORyKk2/L60hXjPeqRmy1FgrkjPOcUNtcqx4btUdvJ/PBzSsCkrISMfyrZbHJPc9C0RnbSYfMOWGRmtCue8MaiZIjYyfejG5D6iuhroi7o53uFFFFUIKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAFFKKKAFPX8KSlI5/CjFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJUVxJ5VtI/opNTVleIbgW2jzNnlhtFJuyBbnFM2+SSfOdxOBU0WTb8/eHXNQIuyBXboelXVGyLjo/WuRs64lOcYb1Y8n2HpTgpCqfbJpx++WPUnilwaykdcdiMnDZNSAny/emd8VJH6VmaIuQOpVR0NTg5PIqhDzKfrV1aC0SBhnFHG8fzoKgqKXYTjFAx+MkCpgD61EODg1KnP0oGTo2RgdqnXNQdsCpouOvrQBOMY5H0oHWgdDQB36e1ADyBnAJ49aMFuhFNyfrRkj+tMBwBHWnA47Uzdx7UuQeh6UAGR3AFNOad/KmnpTGKG44PTtQSOpH4UgC9utBJpCGMeuBx70xR36D0pxIzikJIoGLyKaST3wDS9utIAM9eKAGnO/Gc+9MfO33pzZBz1oYcZoEUnODRnA5qWVRkEioJPrQJkL5LY6VHg4OaVgd3HegHjGKCWMfgcVVfIBA781bkTgGq0gwf6UCKMuQ3Peq8gOM9qsXJ+YHHNRsAYmz6VaIkVv4cCoSSJMY4qTePKYj+HjmoxyA3c00ZyFU7ZRnjPep5DnDH8TUAG5jSyyCOEMx7449a1jsc1Tc6DwxqEUF75Ui/O/Csa7qvJIJyZFZThgcjHWvUNNnFzp8MgbdleTW9N9DnmupbopaMVoQJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFAAKKAKKAFPX8KSnEc/hSYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBK47xlcM8sNsCfLUbmHrXZ4rg/Fcu7UfLP3VqKj0LhuZFzMfs8USkY3ZwO1arjFumO45rGhw8hJxhTWs7ful/wBlea5mdESsWy2c5P8AIU7J69vWotw8zgYBNS5wKxZ1xHEADIoHynd2pRyOaXtjHNSaEqONnTmp42+X3qqB8nFSxNzjvQUi6vKe9PQnbiolOFGSAaVHJJB79MUFDz0JqSF8Hg5FAXt+lGzaMUDRYVhuqcHiqaJg7iSR6Vbj5oAljcdDT92elRBaeqnPqf50gJPmx0/Gk7U5Sc4IwBRwc9qYxppOhpRgnA5/GlIHryKAE5zS0nH1xSMRigY5SDyBQeuelJAdyn2NDjINAiNuGzRwRQBxinBMg+woGRODxt6HrTlFJz60pJoBgRnnvTGyB0p27FRuy96diBjHI68VXkX5c1IWHTvURNAiIgZ4qGTrgVZfjgcg1V2fvCdx57UCFU4GDzVadR5pbOcdParLrzVa4JAHf1osIzrobtuPWoc4Q81NcHD1XDbmwOlUQyJ/uFMYzUZ+Vf504nIYZ/xqAvjNUiGSZwQw6DrVW+mBZYV4zkmmT3G0HHORgisxZJN8krnJ4CitI7GElqbVnCZFDkhQgySxxXWWPi63sbeKCG0eRFHzHdjmuTgtzJGuc7QM4HTNXBCu0DGKTqNbFQw6lqz0rTNWtdVhL27fMPvIeoq9Xl+n3Uum3yTxNjaeR2I7ivT4nWaFJF+66hhW9Kpzo5q9L2b8haKXFGK1MBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEFFOAooAU9fwpKcev4UlACUUtFACUUtFACUUtFACUUtFACUUtFACUUtFACUUtFACUUtFACUUtFACUUtFACV594rk36sy7cbRivQq898UnzdZbaDx1/Cs6mxdPcxVXyo1H+1Wk04Mjr2ArHmuMkL1GSahWaVQSGBk+9t9awdjqSNJXJuCp6AVZD7hisuKdZHRwMBl6GrytWMkdEGW1PHNSZGKgjIAz2pVYseOhqDVE4IORmpIxg/SoYxyx9qkQ4yT+VA0WApdiSeO1WIQPMFVkJZAelTg4Ye1BZcHJz0oOByahEwHA60GQse2KYrk2/ip4W+Qk8VTDKeAeasQyDIUkYoKLa42/N1PQU7G4VW8z951qcSLgfN1oAsA4pC2DgUIysuAKXaM5I5FAIjYANuAx9KfnjGM+9IQMc0o6YqRhUMrBEJ71N7VUnyFOTmgpE1s5MecflUv8AFiqti3yZ61Zzg5pg0NKfvGx07U4ZxwKQn36Uo+42D1oER7cnnApu055HWkZxn6VFNfpEMHGfrTE2TMAO9VycCq0uoxFMg4qjJqm0cNimRcvyD5wfSoZJAq85rJfWHJxGBn1NINReQbSPzoC5oGY/Sonm2j5Tz61VSVi2QhJp0jM0Z+QA+opCY8zkkFn+tKZA+CMHmqMqSBcnj6VWkumiICgn1JpiLtzFu5xWZKrRux/KrkF15o57dRUV0AxY4JyOlMhlPP696qzNt5PFTs2OKq3H3c4p3IKmGnnCgdelV5FxchOSN2AfarBfyFMufmAwB71DagzTF27cVcSGdDbM62/y9D2p7SNt54PcelESBYVXHzeoqZrZjGHI5xzjuKmRpB6FRVkkkzk4r1LSFKaPaK3URivObVAW/lXo+kP5mlW7Z/gwa0w/xMwxnwouUUtFdZ54lFLRQMSilooASilooASilooASilooASilooASilooASilooASilooASilooAQUU4UUAB6/hSUp6/hRTEJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJUN3dR2ds88pwqj86nrlPFE7SXUdspO1BuI9zUVJ8sbmtKn7SaiVbjxBqNyWMcggjJ+UKOcfWsO4FzMxLNvLdSetXQNi8ipotmMYHNcLnJvVnrqhBLRHI6nBNHCPKjw4yevU1UjEwtI3ZgZl5Jrr9RtUkiYY7dawI7LZGAxINWpXOacFFlBbg70ccY5K561rwXG5B3J7Vg3MZikLAd+cVNaXOHGW+lTK5cbM6aOTI5qZAF4B61nW8oY+h9KvDBXJNZmhKOhGafG38JqKNh+dWPLYdhgUDRLE6kkelSPOob5fxJqhuxJ1pd6bctnb60iy2ZgVIBwc1IGaRdobHriqkAjLfINynjirvlsvKJuPp3oSFcmjIRMKmT7mqzzsJTuww77TVldxBXaRn1FRvZtKpAC89/SqsK5GLzkBF+b3PShr2ZWAVRuPJzUclk8eB1qv5J8/zCpLdM+3pQFzWj1IRYjMo8xh6ZqwdTCOEmcBiMjA61zl1C5/eK5WQHOGGQR/SpXD7I2cgt6ii4zpUvlkICkVOk4PfNcxudpEYMQwXn3rStJXPBOcnj2FIpM2FORkVDOOD601WPY1JgsMdyPypFpkNphVqwXJ6Gqi5WUjJx3NWFHWgoN2M+p60wzmNeDUcj5yAeaozzHPXkUENk9zPkbQcdyc9BWHPcsdxXnPTjpVme4L/Ig69TVYxjbtOQO9VYzbMl2mkPLMfXnpTGSbZjPvgVr4jQYESk+9Pj8922ptGfQUWJvcyraymk5YMqjt61oJZSYGcFa1oLF3ADsTj72a0Fs41XGO3endCszGS2CqMy/Njpio5V2dWZs/wg4rfMcaoRjLe1VD5Tbm2DjjJFLQdmYcowOM/jVGWB5ONyr3xW5OseDkZz3xWTOsfzFOOxpqzE7lEW8ithJVDfnV5LZ2KhpoiT6GslyyzKRy3Sti5REsORywqkkZNtla90u484NHHuB4IBrGnV/NKspBBwQatqXDgpIy496kvC0yJPI25lGC2MZ+tNpNE8zTszBvtxkWFQ+0DJKLnk1e020DEBc7EGS1YcMj3N6dzNgvnGeldNYuIbdjjlmyatKyJmaUSZn2dcc/WtM4VMYzmsu2zvDqM5rRDk4rCT1OiC0K1tGGuSvqa7zQxjTVXOcE1wqny7gkV2Phpy9jLntJ/StcO/fMcWv3dzaopaK7jzBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAcev4UlOI/lSYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASuY8VWO947lGKuRtOPauorG1xN4Udtuaxrr3GdGFbVVHCMbhOjkjPINTxySEBypANTXChGx71bs4QU5XrXBoew7lNpiY9hyfTjmqEqMTz35zXRTacpUlTg+1ZFwowe23PFaxZzVVcwb+0ATemc9x61gsrQvvTp3FdXIN0kYIPAyazNSsvJYSBcoeSPSq0ehlFtEdhd7xgHB7g1twTEg59K5U3jRtmQuRnhYwAAOwzWnZagkw3KSCONtZyi0dEWpG8nzMMHitT5mhwqk+9ZdqVwp3ZyefSrguy37uM/KOh9aUbdRSv0EltJNvJVGPIJOajjiWL78gLd+Kld2I2n86rkHeDzkGnZAuZ7s0YChOEUD+tX1jkYDZgeuapW4G1W75rRjmQJnODRcfKPFvKQAzY+lO+z4OPMJ+ooF3nGDk0onGeR+NJyGoDXtVYfeY/WqsluR3NXDdRjuKglvoVB+YYPvS5h8pScHkGoSeuTz9KmlvLXJO5T7ZqtIVfO3H4U+a4WH5X8alQgD5SRms6TI7kUxZ2U9aANtbi4QjBWQdweDWpbyh03Y6+tcykrKwL5H1FacNyEkA3Yz2JpMaZo7PmyKkdgI6rNKmMiVc+maHmfyxkMV74U0i+YhmfywTxzWWzlpSxPA7VavVuiuYrO6l44CwtWXCuoyLIF026Vif8AlrHsx+Jq1CV9jCdWC6kkkgUEjFV/MLH60k8aQ20jTypHOgLFWmXGB2GM5NQR3KNCkqfdYBhn0puLQozUti/FHk5OK0LbyoupGa5W71xo8xwruk7c9KxrjU5E+e5uH8w8lFPFTZvRFuSirs9RW7iX+MU2S+hAyJF/OvKILnUdWeZLEuvkRGWQl8bVHU81Suvt8FsLv7QJoCQplSXI3EZ2+ua1WGmznli6cXY9Zl1CHH+tGfY1B9pDggMD3NeTW13dyyKqO24+9aMeq3sGAzMrZ9c1DoSiXDExkehySEgjPWs+dVRMhQa5y38U7SFmDZ7tjIret7yK8jDKwfPpUtNGqknsVUQmUcd6tTuZ2K5+VeKa+IWzxnGcDmnLIIYNzgbjyRTTJaKhg2E/NnnpUN+jJp8mGwSrH9K1LSXToIbiS8YLcMwEckjkBV9lHX61UvtTt5NPuohGXkdGVPIiLFvxPArSNjnm7PY5nTbGT7NBfyeV5UzlETf83HfHXFbBKpGQehrF02zuYjG8kJVsc5PQVtEBsAjvVT0Jp3lqzS065UREHt0rQjO/nFULO2VR81aSjChQfwrmZ2x2IZxg7wOnWuq8KSBoplz6HFc68BIzWr4XkCaiyf3kIH4VpQdpoxxKvTZ19FLijFegeSJRS4oxTASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoABRQBRQA4/0pKU/wBKKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEqjqIBRQQDkGr9U9RAMCnvnArOovcZrRdqiOLvEX7btHrWpaqOOO1UbtSb/jGa0olIUEV5h7bK9w5DMoPFYt3GwkyB1rauF2SbutZF3dK06oy4HQGqi9SJK6M9gNxLdc8imSbZQUZcqeMVNKvzEgZyahIIODjI9Kts50jndR05rZsgboWOA3ofQ1mfvLVvNQ4x1HrXcbFeMxuoZG4IPeub1C2bTrlJAqsgO5N4ypI7H1rSMlLRkTUoe9E09L1FLuzPlsN4GGU9RV+ybYCvO7rWB4QLar4kuIY0hE8yMzJuCDg5OMn9K7y3s2SIxzQEQbslwF3Z9M56VMoKLLjW5kZhfeD/KlTAGWqGbZHdzRxl8IeN3XB6fhUYulHXtWdzZa6mitwD2x+NSPeQRLl5kGPU1zl3qwjJSNCSevOMVhz/a7t96Rs+eBnoKcYuQOdjq77xbZ2oKoTI+OCornb7x1cvkQr5eO55NQWlg8b77qM89yKx7mwYTMqqSNxwcda6adKD3OatVqJXRqPqmu3Nu1xILgwIAxYLgAHpVWPU7jzFWQtjODk0ye61SS5jlnu7k3EKhY2JxsUdAB0p1vFJc3KhgxZ3y7kfma3dOmcirVW9TYjVGIXLRSdRk1fhvbq3IVzvQ9DVu+FlLAqIpZ1H3lFZG64X5QMqPUcmuKaV9D0oNtam6twXGWz9PSlFwYJopvs7TorZaNG2sfTBqtp9yHby5YCOOCRV0pumVRwD1I7VBb2IJ9Zhf5pdGuHOcfPK3+NOtNd+zPttPDdisrHIe5ZpCPwzWa1w9zqJhKbVhJJ9/St7SrNJLhpXAYLwKNtjNRUtByNrV8/mNLBDzkLDCFA+lWJ7bWLkATareFcfdDACt2FVA4Az/KpH28N+dQ4p6mqikcRqOm32w51G+J9rhq5r7NnHm3V0wD4bdKTxXpN7EGyVPauHvrbFzJH/C2SCa0i2Zzgt0iGOwtD/AzqD1LE/nUtywWEtJJsjXpj+lJp2Wt5IS+HRskVai0c3h3TnIHQZqnYUDCaQN8kKNgnJbvVxrO0l0uWPY/nMMhz61uroixfc71ai0hD160KVthuHNueejSrmU8Rkfj1p6+G7mR/ugOfyFenxaHbDGQR6VYGlwL0TI96v6xJGH1OB57Z+GjbuGaTc46elbMejxY3eWD68V07WUKZ+UVAYwh4PWodVy1ZtCjGKsjmbjQ1k6xgCstoRplxtiOFPYniut1BZDF+69eQKrGztZghnjw68gNU3bK5bGXHdxEA7CGqxHNEz5LAsOxrQFpb9UAxVae0BOQv1xSTEyB5BK25wCvYEUx2bYeTz6VIAqqQR9KBgqTnoKszZTCYPPJoYFuKlJ6frUZ+9SA1rUb41JGDV2EAP8AMM1QsziAEcA8Vdj+U8nvUM3hqi7IR9nYr6cCo9Ddl1G3YHBMmD+NFy+y24I5Heq2luUkhkzyJAc0QdpIKkbxZ6RRQp3KG9Rmlr1DwxKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAcRz+FJilPX8KSgQYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYqhq522isOzir9UNX/AOPL/gYqKnwM1o/xInLOpfUCRWshURKG9KyocnUHHQHpWkSRwV59a8w9wilQHIPNYl9aBmJA5rbBwpB5xVdl3E8UJEs5ydSgAPWoOQefwq7qxCS4XpVIHJqmY9SdeTwKS5tY7iMxTRrJG3UH1pUBGCOlW0XmkXYonS7LCsLWEOvRgvP509bKELlY9hI6gnNWG/1mMfWpW4C4XrRuFl0KSwyIpCAMD3I5NUZ4pk4EePfNbvQfWo2UuMKuaaQHPJp6k72JZickmtO3sk25Bx7VYayZj6GpYkWBfn65p3sCQJp4ZRld1Sf2TEw/1Mf1xVqJvlBHGatxtxRzMOUxX0OFwAseD7DNNOgoo+7iug85F7gY71XnvIc/ezQ5MaijFbSgg9MUsVnGp+Y49M1eaVpT8qN9cUq23dxzS1ZWw0xwqhwOcd6qSq6W8rRqu/Hylq0hD/sjFQ6kwSONMcZ5wKBWuYNnbfZoGMhDTStukI/lXQ6YghtlU9Sc1mJEXbeRx2rSgyCufwFCYRjZmzCcKPellxkHBBzUccgCY68UpZWwe9JmlitcjAPoa5fU4j5qyd1NdRcN8tc9f/MxApomRUtkUzfdHzd6vQxlGwOB2xVCKNmdTnlW+YVrLgjpiqM0iVBxkZOamBIApbbgccqeKvxxJj5gKQypHOxbB/Op/OOMdan8mFuAvPtQ1lFjhf1pWKuUJJsjBz71UdpCcRDp3atQ2I7E037EVyAMj1pDM9WIH71efXtTnjiuD8+DxxV9bUAfMM1C0KKfuD8qBNGVc2Dqd0TkVVE5jbZMCPet1ip4ORWZewKwORzTRDKk0Kt8wquRjIA/GrkZHlY6kVCyHL4XjHFUQ0VGHfHSoG6/XtU5yBz61Wmb5WYccZoRDNewH7jp0FT+YDJwaraW+6z35PSmRNmc49eKUjWkaF+zeQgxTbUHykx1LjAqG8kfykBOfWrulpvvLWIjgyjNTFa2NZu0Wz0RAfLXPXAp2KKK9U+fDFGKKKADFGKKKADFGKKKADFGKKKADFGKKKADFGKKKADFGKKKADFGKKKADFGKKKADFGKKKAACilFFADj1/Ckpx6/hSUAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJVDV1JsSR/CwJrQqvfR+ZYzKP7uamavFo0pO00zit2zU1bsa2Jh+7yKxLxSrq69c1pWsjT23HOK8s99okVAVxxmmSxiKJmx0piy7HxUl1JviUY4JoREjlNVXMoJbbjnp1qnETgHrV7V1Jnbb/Cc1nx5BxVmHUthgR3rQixtxWYDyKvxZJGO1SyyQr8+fzpxXuOlGC7cZqRYmztPFJDERGlOD0q0Y440Iz81Io8tcA80/Zk5NVcCkyyzybYuF9akGnqACWJftV5VCjI/OnAZpFFIWsv97Ap4tpCMecw9QK0FUkU/yh6daYGelhG3Db2+p4qYWMKHOwVcCYHFIU3CmBD5YVeBUbJk88VYKhelMbJ6Ci4WKz8DPvVW5UMORV11xVO5fZHvPrwPekMpkkOEA6DJqxFIB1HtVcIyIWc/vGOWpsbHJ5plxVzWiIznNS7uenFUIWxjnpVveNmc0i7EMzdf61iTk7yfetWc7icd6ypwd/pTREkR4Mb+aOR/EB6VfjIYAg8Hp71Vg9HPtViKGSIny9rRH+E9vpTMjQgOKtLKKzRdJCNsiSL/AMBzU6Xduf4zz7Uiki+rnOasqSV5qhHcwHjzRirEdxEBjzFP0NIdi8uzGOM0EDpj6VAs8R5zmlN3GDgfyoCwrLnnNVZRu59OtSvcKUI+bn2qo1x2AOPU0hFOU7Wz2NVpMP0/OrUuQ3I4/nVWXg4B49KaJZTCMHpXK52Jyf4jTmw3y+tQEbGGKbIKsyYYg9qpPjOD+taNyMoTWXL0zn86cTOZrWIEeltt96dDE4G/FJpK+ZahP4c81siJAgHFEtyoaIyXUySAc9a3NCj361bKB9zLGqDoFcmt7whGHu7mbH3VAH41VKN5oVedqTOuopaK9A8cSilooASilooASilooASilooASilooASilooASilooASilooASilooASilooAQUUoooAcRz+FJilI5/CjFMBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMU103oy+oxT8UUgOFvUIZ0I5QkU/TnCI49eoq7rEHl38no43CsuJShPavMnHlk0fQQnz01IdcygPuHY0q3AlC4pkqq9VJSYm3L071C3E9ijrJ23XsaoqCWOTzWhqRDTxnggr3qiNok65q2zEen3uTxV2JsEkcelUF+/kdquRnkYqGaI0bUbuTVjOX4qtA+F/pUqnPUUiiRQS+OpqQrjocUgjVgDkj6UhiYNhZGAFUIkALHircUeFzjn1qmqsCBvOT04qwGkAP71hj2oGXEQd6CpB4FV4vMYZ81z+ApT5mcB2oAslcDmmMMD0qsqTFmEjsVzxzStbMxyCaY7D3eNRlnUfjVaW+t4+Mlz6AUv2HdkuT9KEtUTA2jmlcrlKpvJpztitsc/ec0NbFcPI25h2xwKuyFY16gfhVCe4Dq20imFipcEEnFRxJge9N37mx296mjXIyaZUSWJPTmrOcIVIGKjhJXjHy1ZwCOOhoNCqwUrg/hWfcRgFjWo6jqKz7lTt4pkSKIwH61o2sgIx+VZEu5cdQT6VPDKfxAosZM3wFkHQYpUtkwSFBrEXUZIuo49BV+z1OOUbWbBP61Oo0aMVrH1KgZ6UfZFznbj6VKHVl+U8dqkRhjHegtEUdttIzUnkDNSAjNKOtAmRtCOmahaBeg61bJ4z0qKRgT0oFYoSxcEFelUJY8GtdjkEmqUy9x0pkNGWwG3pyKikGYicc+tS3DBZCo6kZxUUZ4Kn0pGbK02DAcnqKyZFHoevatOXO0r1xms2QEjBHeqiZTNvQVH2Qn1c1rdCaydEUxW5BPBJ5rUOe9S9zWK90hlPDE9K7HwvZfZtKEjD55juP07Vx4XzGWL++cV6PbxCG2jjUYCqBXVh43dzixcrJRJMUYpcUYrrOETFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAEAopQKKAHHr+FJTj/SkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilooAxdegzFHOBkqcH6VgyJ39a7WaJZoWjcZDDFcdcxtb3DwNyVNcWIhZ8x6eDq3jyPoQLFvcZ6CnzWKlNyflToeCc9DU6yAD1zXMdZzWpr5eCw5xgCsoBvMyBxW1ryFpI3H5VlBWAJwM0EPRjkFWbfHmgetQpwozUkB/er7GkBqRrxzT8laQc9KfjIOfTvQWSo/QDtT3YHBzVZAcZzVmJA4ANA7E0URdwWP0q2IF5BpqJ7ipjgGncdhVQL0qRVJySBihUAGSetSr8ooGN8tcfrRt44xSk96iklwOlA0gbAHPBNUbm4jhXJPNLPchEJJ+tc7dXbXEhCHCr3pFD7m7klYgNjPTFEcbeWNx7VHAm5txq2VOOegFUkSUcFXcc9eKvwr8oyKrEYk6GrkPYUxosQZycr8oqyNueMEjr3p0EW7CkdQSB61N5XlMQseN3XH9aENszpAM8DoeTVC5XJyD+FbpiDKy8Z96oz2+Bjg88UDuc/IucimwD58HjNWp4yp5GCecVAgw4NMyYk8GVyO1UDujkyua2nA2VnMo84g9KTGXLLU3RhHKSPf1rbjuFlxyOa57yI5UI7jnimx3MtoQkhyvY1nc0R1aEnoxNSBvmxkZrJtb1ZFHPNXlkHVRlqYMnkbAxTMg9aTORk8Uwk9uTQSxtwcnjiq0mBHUjsTwe1V5sEEE1VyGZ02Cdw5xVN5WXoM5q/MoCkD9KpKhkcL0GaRmxGPDgj+HPFZJPzMGOOcCtWRWRznAXoKyp1wSWyecjNVAxmbmkL/oqgZJ/rWhnKnPpVHRXBsh9efarrkDNJ7m0X7pZ0KBp9bhB5VTuOfavQa5zwtpskETXcq4aQYUH0rpK76MeWJ5WImpT0EopaK2MBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAUjn8KTFPPX8KSgBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKwvEFoP3dwqjOcNW/UF5B9ptZIu5HH1qKkeaLRpSnyTUjjScN+FLv496glEkczIyncpwaliiY8nvXmNWZ7cdVcy9Y5RTnoay1BIUfnWzrUTCAEIWbOcCsdDxlu3UCmjOW4/buGMYp0KbJhjvREM5JPTrSjcLhP97nPakK5qgbSPpUmMqT+lN3glSORjg+tNUnJ3dKRoiXIUZNTRkAcCq7gFOv1p9uRv8AoMUFI0YpAevNS7vmPpVdWwQMcU/dtPNAy2jZFKZAOg6VV85h0xzSiXI5FMZN5ncHFUp5tgJyTSyyhec4xWNqN4ACoPPQAUhor3t7JNJ5UfU96nt7JVi+bril06yOPNcfMeauSgJ7UJdQZRjXa5BPQ1Z+XHXrVKZjGxOazLvVriNf3ceTnrViNtlGcg/Wlim2yVy667dMMNGDz9Kmj1pGYKyFCe/amhXO2hmVowpOe9WGn2LkHPsTXMWeocgMeD0IrVW7Uptz9KNiro0hLG64Iz3xWfdT9SRj0FNE/wApyeeg5rNvroAe9Am0V7q4DPjv3qjNqNvbH55Msf4VGTWdfX7JmOHmVjyfSs5UO75sknkk07XM+ZXN0a0rqQq7fc0yKdpZuBhe2aq21vG/PbvWisD8CMhSO5pNFKxZhPI9c1ZliWZNpGarINuCfvd/rVpGqbGtyghlspQDkpng+lbVrdq4HP4VUdUlUhhkHtVRCbaUK33expWE2dJ5oA69RSBqpxtmPg5qdT3oELIQO9VmPFTO2O2agdjzx1oIZXm6YHeqaHZITn8KuNnOetVQALgE9jkUGTEuf9WG6c1j3AYj5eV7/Stu7XbGRjqcgVjz4yDnB6CqgZTZraFp2o3NkDa2kkiA/e6Cux0bwzMkqz6ht+XkRA5/OtTwxaGy8PWkRADbdx981r12QoRVpM4Z4ibXKthoGAABgDsKMU6iug5xuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBuKMU6igBAKKUUUAOPX8KSnEc/hSYoEJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFAHL+IbTy7pJ1GFfqfeq0QBUGusuLaO6hMUoyp/SsKXR7uA/uQJU7c4NcVei780T0sNiYqPLJmNqqg2zY9O1cuoJZj2Ndff6bqbQkraM3P3QRmuTcGGZo3BDqcMuMYrHlkt0bucZPRghbdjseopxf98hbjJ70KMgnGMnIp23DJk55qWM0+uBU6qOuMZNVICHmPuKuAj7pqGaIZsJJqRItrE0uOelSBfWgpD14PJ4p7sMAZqIcHHP40jDL8ngdqZRMGGzPWq7zspPpTwVC/WqtzIACc/jTGRXdztXlqzrSF7u4Mjf6tfXvTkga+mKpkRg8se9bKQpaxbVwMelCWoydNioMce2KrXQDhjnBHPFCzblYj07iq0r/LgqSpOPaqAr4Er7W7ioZrVOgUfWrTARFmHXGT3qRV3oNwBJ/WmhNnNXOnyGUiIAbTyfWohZM3UbW7iukniEJZiCzE5wBTlt13R4ABY5Jx2qkZs5uIGB8Jk+vpV9LyRQBn8K0bnTRuZ0UKmOgqmdPPU8DPGO9BN2Qtev7AVQvbmZxhBlj39Kvtapu2scnHAotrHzPmccE4HvQguzHW1dTjPJ61P9nUw7znrg1qvanD7omVVbaTj9ajkVYfl2YTPzUwIYIECFFALHt61OIWjQc4OOB1pwiUoSD15FTGJmxwcsMLnpmkUmVo3YTAjJUjaw9KsO2H+Xrj86rGQxttMZDr97HNSRyeZg/KvGSCcZpWHzEyNhOeKWVAy/OBtIqpFKwGHYNuPyk96tRHzQNwZSPlwaLD5hlrcNBKInJKn7rVspyPl5rDlgdoT14/h7itPSpvtNvk9RwahqwKVy0y7lqB0IHr61bZCVwBxUSjcu4A1ImyoIyQSTxVGVMXYNbLJjaOxNZl/hLkL/AHqDOQ+9A8tQe461z9wowCRk5wBW/fH9wp7BaytOj+0anaw4JV5AGFa01dmFTRHsdmmyygTniNRz9KnoC7VCjsMUuK9I8sSilxRigQlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAIKKUCigBx6/hSU4jn8KTFMBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBK8w8WokPiOYAYDqCeK9QxXn/juBItWtrkcNJEVPocGsayvA2w8rTOfjJKLin5ycYx7VDCwVcE5I7VKDkZxiuBo9RMuWvHHf1q/FhpMHpis23LBD3PartrvIG7qetQykWzgHBpdpB9qRlAZeMjuafFcRuhEhCkfpQWhduT6UhjxuY85qcJgZzkYpoX5eAAD60DuUm3E4AwvfNVLhWncRr361oXHyLTIYSqbz99uue1K5QsES20YUDHFMZhKxYdM1E05EzxueSMAegqCOQ7lRFyM456CrQXsWnfahJOEfg47Vn8+ZyevPWpjhXkaQ8KMquOrelQcsWJ+UscsAKoXMOeQSo6Ict61OjkRA8jA5qnI5LhIoSFB42ntVmPzUjDuBvAJIHQU0IllWR+CD8xGPcVKi8owxwcCo7cHzlZxyw3E+/pUxt3kuEwP3ZGGCnvTFZg4eYbRgxk4NUJ3aAASgKpO0Y5yPWt1YECbIxsHc0xrCE7S2SVPei4JXM2KyhlTzYxgkdcUs9pN/yyQYxxk961kRIlwoAFJLhguDjBz9aVx8pkyW8hTkgKOo9R6VmzWcjSsxYMMYA9R6VtXUxHygYHrVBpVCEkjJouPkM/7O8AyCcgYIpvmTbcM5c46dquvcRtySM1Wnu4WwcjHqKLi5Soz7clY2GeDTMr5bocsxOVB6gd8U97qLkbulQPcRbOCODkUyWguCrRLCsuf4uRhh/jU4aUwJGy7938XdT2NVY9s8mVbLdhW9punyHBlOecgelS2Kxatbctab5idwTqRS6NBh5x1G7irsjFVZFHGO3SodJRklmIHys3FZtlxReeMKOtRsqhN3AqaUtuHQAHkeoqtc4eMqM8GpuEirLKXGUUEA4HPWqF/Hv2juQSKvJGQyg4AzniqUm6e/bnCoOAKpGTK0zs9socYYdaseEbf7R4mhIUERZZvaq9w6EsA3y+5710ngHT8vcahkYBMYx3rooK8jmxDtA7milxRivQPNEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAAUUoFFIBT1/CkpT/AEpKYBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXHfECHNjaTdNjlc/UcV2NY/im0W88PXSMOUG9fqKiavFlU3aSZ5RCdh3J3PJPery5ZFfp6is+MiNuT17Vpx48tueteez1UT2zAoMY56EVfgkO2sq0+T9317k+grUhwOO1Q0aotx/MdzNz6Urqd2Fx+XWkjAKgnr2qV3A42jdjmoKJkwIzxnP60sZ+UZGM9BUcBOzGcmpFXHzHscikURTKGlRCOM80suEXjkdad1l3Y4A4pJcFTkUIZzVx5n2tbg7ipbIU9xU3nxrCJDnhywHpWo6xxQ/vQCe1Zd5HCByef7orRMh7lSSeUs02/LOeQfT2qTJZYzk5PXNYF94gitJvLWJmA6kDjPpVF/GUanZ5TBj0q1FsTko7s7eMqqgEjrniphcRg8YrjrfU7u8k2pgH1zVxRfvN5TKVf/a4oehSku50Zv4geCM96UaiAMqaxJ9LvoSpkA3Nggg8EVoW/hy+nhZ0njBUfdPBNJaj54ovDUTgMDx3zUr6pGeSayINHvpb37OrL7k9K1ZPBt/HIy/a42x6LT0B1IDG1RCQMiozqKqSwb9arah4ev7PaWkRwSAMDFatj4MSYD7TeyKpG4hBz9KasxOpFK9zn7nVd3yljyazpLiSTOxGYA/wiu3vPCWnw28ixq5G377nLZ9aZa6fbwaakQAB6kf570na5P1hJaHB7ppflRWPvUMtvcq3zYUD3rs9L0uPN1LKv7tc7T79q5nX5ltp5hnjAX8aSJdZs5bUb6WJtsbgN0JNUba4vbuXYjMzH06VKdPuL+6Z2ysXQDua7PQdDigUOy4rZuKRMIzk7vRDNE0OaAJLJOzMeqkdK7CKRIXWPksFwT6U2KIKA2C3FG5o1L+W2c8huorCRsWZUwuMdfSr1nCEhAC44qK2PnKhZSCwzyOlXdvlKOSRUMaZTucL781UmwcbcbqnupATjPU8VVZvxz2qRMR8YJPBFZ8hXzSVHJ7itGcgoAThu1Z8ylQCRgN0NWZsy79FU/L1/iFeleE7D7DoMIPDy/vGH1rzm3tmv9VtbVOfMlAbHYd69hRBHGqKMKowBXbho9TgxUtoi0UUV1HGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRSAeev4UlKev4UlMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigArH8TahHp+iTFsbpBsQHua2K8u8e6sbrURbxN+7tjtI7FvWi1wvYwcEoWKjd2qa3cHls/SkgxLbqxJDdeOmKjJWGXdI5Ve3HH415848rsepTlzRTLMjAzBkYAA4x3Nalk7PDl8D0A7VhygK8bKMgnOa07R2V8fwk9T0rNo1izZiKtwG6U513PkdCMUxYvmyDg1OECqB6dKzNRFPlRE9cVLBiSLcQRnsag80AkMOKlL4CkdKkom8rK0Mg6j0/Ok3N8oDDnmpeq4I59aEhmVclQjluefyrHuYpZ/lHDMfvDuK1rzK3IXGQ5IINPtoRnlTx2NNbiMC88PxSwNGygnGGOOvvXCar4Unt5GaE5PpXsciIOgrJvbRZ06Ct4VGthuEJq00ea6DqTWF3Db6lC8QJ2mTHHsSa7U63af2/Z2BlDSTZAOQcccZqCXTI/mVkBBHQisubw5ZSv5ix+VMDuEicEH1qpSUtzL6q4r3H956VL5b2imQgeWOpOABVmBMLkV5nqMWu3tg1o2pPJbsAGXaAWA9T1pbbxN4m0yBbeRopkRdqs8eWwPU96zUfMh0pLoeowQxC880Y3Ec1rs4PJOSa8e07xvqMGopPqQD25BVo4U2lfeutT4iaAUXdLcpkchoTxScZITgzoNSRZIcH1B/WrkZVVH0rib34haA1s4hkuJpT91BERn8T0qM/EnSgAI7HUZGA6BAP1zU2kHI2dpdMGibPpXOTzxxo5eRY4x1Z2wBWBefEDUroGPTtEMbHpJcPnH4CuXh8P3V7OZtVuZJAzlzGWOMnrx0rSMe5SoSZ1tr4t0o2dwqXBZkkK7Qp+f3HqK5l4nvrl5Z+VZtwX0rTWxit4wscahR04pyQgngYoZvGiokdnYrvyRwO1bkEfzADgVWiVVOO9X4RwcdaTY2y15giO1sYP3SO9HljzwzIW77s9KQSbsbgM1Op7g8e9RcmxaswFXA7c81LcMGhZc4461AuY496AFepx1pksv+jkvhWz92pAqMfOZl54PUVCzbXG4c44PrSqwHfnPWoyrPJI7bsg7QCeKCWOZt5Az14+lV7tCw2l+CDgk1LjAAP3vrVC9lwAgX5RwB6mrRDNzwDZ+ZfT3hTiIbAx7k+leg1jeFtObTtChjkTbK5Mjj0JrZr0qceWKR5FWXNNsKKKK0MwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAFFKKKAFPX8KSnEc/hSYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoAgu5kt7Z3dwnynBJ714rqp3yGTuzkn3rvvHV3/x7WyPzks2DXB3KboF67g3FXFESZBpDxKXidsM3IBPJrTmgDxgtGSF55Fc+hW3v4nJwM88dK6pH8+3R+drcZ9a48VG0rnoYOV4cpnxsJlKtyw6HGM08TeVkbCAvf1qe4iEe1kUpnkNiqpwhDOc8965jp2Z0VrIGVRuyfWrb5AHHC+lYFjLJ5wYrlT2z2rZhOdzZJXOMelZs2iyMhmKuo6nv2FWIAWUlsZBwKYoJZwccdMdqEOzk1BZOpIIz6VMjHfgmq6S7nweMmpC/PHLdATQMo3YIu8qM4I/CrMJ3EoCDt60TRF1LBiMjnHU1HCgWTcO3BFMaJJMEgE8mqkkRjJcE89j2q22d2fWopwSv4VSGZskayrzwaovC0b8j5e1aRwr470pVXG3FPUtSsZ8Q3t6elWxZrISCgOB6VL9mI5Udamtt8WS69aEXzdjNk0aF+WiH5UqaDaFcG3TH0ro/9GYZ3dPzo3QDpVBznNJoFmpZhboD9Knj0u3Cg+UFPsK22mt/Q5qIywlSSpNAuZmV9kXPCjAPWopIggPc1pvICPkXANU5IyWJNA+YpeVv+90pyxBBn9alJVeDUbOuetIyk7goAbpzV6MALmqsS7pC3UDpV1B8vFSyBVBySeARVqKLley96rFSWAHrV3cAVAB+tIZOjIkeAu0DtWLqEp8/5D/DV65c7G+YKSODWJLO8jgkDIHzY6VIMsx4SPn5mPIzRExDbZDg44yadGMxoW+XHJ9hUrKZnWWNM9MZpkEM2TgDqT+VM0ixbU9btrYLujVt8p9hUszLGhkYAN0610ngnSTbW01/IQWuD8mOy1vRhzSObET5YHV47UUtGK9E8oSilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigAAopRRQIU9fwpKcRz+FJigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASmSypDE0kjBVUZJNSYrnfFsuLOO3VgGlzgZ5pg2cPqt9/aF/NPno+APaqWN0UoA5xkUYKsynqBT4jiVJOCp4IrRIzMa5hRcFlbIPatHS7oq5gYnaem40T2x3uJAQqtggdTUT5EHnxRqrQHBA6laivT5omtCpySN85YfhWfdQbkPyggnI55BqzZzpcwBlJwR070rgoD1wfWvK1Tsz19JK6KNvJ9ljVpM72bbjvity0KlgxB29jWVLgIpVQADycc1esmym0tnA6ilIcH0NLaqszg5DfpUUxwATkgntUkQSbjHyqeBUkkO7P6VkbIqEqGyTnHSp1fzE4OM1WmjMYIbnuKbDOVxuGPago0lPGD0xiq5O2Rwo60K7uQR8qjt6mnyZOCoBOaY0N3HO3HA701gcGhZFLlDnI9e9OOCeKaGU2gMoww4NV3UwjKDIHWtP61E6DdwOtUFyrDeICC7Dniru+JsADmsue1AcOOOfyqMS7yxRyzIeDnimBtABfrTGYBiDg56islJLoIC53SE9AOlODys6k7vMIzj0oC5fLqCTkUwzBenNUlaZpBG5x6nHWnfZnZMqxPOGJ4osPmLInVl3EgL0qvLcAMVA5pRArIUJHAzz/OmSRAAbjlh3oJuU5A5kJ3cdaRCpOM/UVY8nJIbkHrT/AClBGFFIBYlbaO1WiSsO4A5xTEQkgAVM3HB6VIBEx6scZq4CMZJquqcZ4NGf3b8niiwXKt7O5ZgAdy9B61nwEEiTOeeR/Sn3wOBiRvvZyKfa2sbzht4bIBZen6UEtmlHG/lk4BBP6VI7lI+Rtx0xUw3KpUjHOcVQ1BykLbSNwHQ0LcT0M2+fzpYoBkeY6p+Zr1q0t0tLSK3jUKkahQBXjlvdxR61YG4ceWs6l2PYA969pUq6hlIKsMgjvXdho2TZ5eLleSQUUuKMV0nIJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFOAooAU9fwpKUjn8KSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAGTTJbwtLI2EUZJryzUtTl1LVJLtydsb/IM9PSvQfENxBb6TJ57Y3kBfrXnepwRx3YMI/dMMr7+tXBakSZXuwGm88fdfk/WoMMEbB+6ascyWRhU8od2P51FEC0gUcl/lqySSb99FGy/eAw1QQSpbz7RGrI42OzDP5VYhKxzlJR8vKt7ehqN4lDsHXO3r7+lUtrCvbUpRyXGlamLR8fZXJZGx+gNbyOssfTrVe5gPiLSvs7bRcwDEagfrWPpd5NZzfYrtmMinjeMGvPxFLqj08NWXws2Zo22MqkBj61BAJYNu8gnoMdDV3IdQ2cjHFQzRtIVk5wg9OorkWuh2NdUatuxnGGyMHBxV5cOTg8isaxnKIucKmCWz1BrVgmJ+VUwnXdjrWckaxeg6eINGQce1ZTx7WyMDaec9/pWtIWaT5eF9feqMtqY1BMrM3cnrUooRQzrjcRg5OKn3BEwWJycVWSVUkCscE9MVYhPmAkptP86ZSY1QoY5HzGkT5WYZzzzRKfnA6evvTuOvegoU5z04prKcZFOOfL9cU0ggfXrVARlQy4xx0qubdBhdoCqeBirY9qa8bOOMg0xNFby/nyvTtmljdlLB4wMcbqsbARjHIpksT7cBc47UxWISgknVycBc8A4phcpuA54qQRSbOh/rSrAz9sU7isVkdvKEjjLHt6UpUtVp7cj0zSeR3J/KkOxU24HvT40J5NTGIZ+lSJjrSZVgjTAz1qOT7xOOverJOEyKrEMWJPSpEx8RKrtIJGODSO21cdjTdxUDPaq0k7bdwUZ5pkNlS8cZIKkFTnPqK0rGJMLIACSOCPSswf6S6knK9uela0arFyvGBwKlkotSsVXINc/rN5tjVCACx5I6Gr9zPu4LHb3rlNRmeWdhuyvt/KqitSJyMvU7grDuZuS3516f8ADbxct/ZrpF5ITcRD9y7H7y+n1ryLWGOIox1JzmpdIu2068hnUkSxMG64r06CTgeTiG+c+nKKzNA1mHXdKju4jhiMOueVNadaGQUUUUgCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUoooAU9fwpKU9fwpMUwCijFGKACijFGKACijFGKACijFGKACijFGKACijFGKACijFGKACijFGKACijFGKACijFGKACijFHagDz7xrqAudSjtUbKwj5seprLi2TaWy5/0iLkY/u1Nr0BiunnbHLlT9apWEqxXId/9WThvetoq8TJ7laNyjCT1+U037hyucqcirV/D5V2wVQqN8y47Cqw+cBsc9MU2BNIoeITjgS8H2I61Ku24sgAGM8Zy3+0oplgRKGtXx83CH/apMy295hflkRtuDQhElpdPp7LPDnzGOCcA/L/AI1BrujDUohqFoWaRvmLL1B9avahbpv+0Ww/cngr/cbvU2l3wsFNs/8AqrkYdifuUpRUlcqLszntL1GVZPst2oWePhgejD1rW80dR+VVNX0Fkudsed2d0Ug9PeqFrfSxv5F0NsinGexrzK9BxfMtj1aGIUlyvc20VlYLtBDc8dvrWraTggoTkjuKwWn8xVTpk5znirtldNgMDtc8Yx19655K6udMZWdjdiffHll2nPCnvSSIHB3VBC4BHOfWpxgty3WsmbJmVPCsVyGBK8feJ61ajfgeop95HmMugUsBwSOlZ6SSvgLG2SeTjAWqQbF9iS2QBj170z5snP6UiBlHLFz3JpWJzkUFJio+WxjipGXKfWoy6oyg8BqewIHTBpooZ0PP5U7eoHJqAsRnIqPPqaCrFpCB90dOlKuc+5PNRq2F+tPyeOBTCxJ93B65prt3HWkL449PWomzIvyfnTuAjMcimlsDDA80oQLnrUbtngGkDIzId+3HSnqfmwODUew7hgjj1p5dVHJIOM8cmkIkkkUYXvionO1NzGmAnZubBz7U1seUQ5HXOKCJMZPP5Y3Gqb3AK+Z0Ujg59afMYl/d5wB0HcVVChyCCpQ84FMxbuWbRUjXHAycip5bhUIGfqBUOxfTP1qpcFfOQsSoP8Q7UkrsTlZDNQu/3bBDkDjI71gO/vVm+ufMk2pwg6+5rNaTGc1somDkY+qXH/EwWLsE6+h9auWS/bImcECWMfPn+KsW4fzdRlb0OBWjbO0TJMhwR1H9K76UbRPOqyvN3PQ/h74kXTNT+yS4WCchWJPQ17RwRkcg9K+bFdG2XkOAwI3j0r3fwnqravoMM0gAkT5Gx3x3q3qZ7G5RRijFIYUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQACilAooAcev4CkpT/SkoEFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVe+uRaWU05/gUkVJPcRW0fmTSKi+pNcX4k8RC6tZILf5YM8vjJb6U0gbsYsT/wBptdRSEZJLgn1rO+cuExjHAUCnQ3AilheMZweBVvU4UtLgNC4YSrncOx9K1WjMnsSTFLjTAEG6aE4kbPb2rJBwcH64q9p0qQ3Aec/uX+Vgf4qr3lu1vdyL/D1X6U9tA3QwZSYMMjB3AitUQm4Q36gExj957H1rPTE1oVAzKjZ/CrlpcyWUa7MMH5kQ9GFFm9g2IreZoZ+RvilYeYvr707UIY452eFt9s3CN7eh96traJOxuLIblUFni7pVC3nEZeKZd0Mh+ZfQ+tNeQepo2V0k+nrpc7ANINySnqB2FYV9o7TTNaqhW4Xpt9PX6VoXkAhnAWQSR8bHH+etaNtLHf2Bt5D5d8fuTHjeo/hNS0rFJu5wrXFxZSNBckfKcbhyK2rHUYbk5dW3gY+TuKlvdOikBt5IMSDgLjmuZv8AT7vRbnOd6A5YIeQPTNclTDcusdjtpYm+ktzubeYiNWK4yeBVkXHzcYPtXP2OswSWkSqVUnk/NlgPTNakUgKbkAAPpXBOnZnoU6lzTjZmT5sZxz6Vm3KSLNkOSp7ZqxHIDwTn2pZ4xIhXODWZre5H5h2DfxjgKOwpI9wZix6ntVWRnimWNEwoHLnt/wDXqVXyflOT2Bp2GmW+GI7kdM09gccnpVKLzFO6Rvm5GAatbgwwo6UjRMYxJ4xSCPIxUgGcccmiNspnaVyTxTLuHAUD8qN2D0pwHPOMnoKUx7cvySegzTFciK5kBz07etPjyVzjGex7VFHhZ8sSc8VZOEOcnBpk3GFQDjvTPLBBP9KdPMBF5iKXx2XrTDuY8kKuM0DuQyLhQo9aMoi7jxjvRwp3E5XHc0hkGzBAweRSJbGsR2wc1TuZURc4zg4PPSpZJFRSoHzHpWbcefMjbEIbjqKaRlKQB455CkuSsfK9KSNQi9h65qNVGMfrTpXATAGabMx0kxVcjmsu4mZ15Y8Hp2qaWbCZHPPSqUrDbz1q4ozmym7ZLZH41Tlb5CTVqY4GSKz7l8ROT2Bq0ZvYwrYGa5l2jPzE1qwjGVPfmsvRpNkxkIyN3IreubYwjePusdwP9K7o6aHnS1dx+mzeVdbHAKP94GvZPhzJKsVzbt/qh8y14pzvVhx3Br134e6qZHjR+jKU6dDVNEpnpNFFFSMKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooABRQKKAFP9KSlP9KSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKb5ic/OvHXnpQA6mySJEheRwqjqSawdV8TRWYZLcCRh/Hnj8PWuNv9Zub1zvlfnsTVKLYnJI7q68S2FsuQzPzjgYFc/eeOCWIt1KjsVGf1rmxYXkvAQgH+JzgfnR9ltkfEh3v2EZ+Wq5LE8zZam1G8v/AJ7mRiD0GarSQmSNnZtkSDG719hU+zjAxuPXPRRTZbguFj2AxrwAByc1UVqJsw9JuSklxbt/rY2+Qn+4a6G1g+16XKkrAPF80Y7tXP6xYzaXcWuqAKIQ2yRCfm2n1FbFtcFZ4Z1GQRwo9D2qnqiVvqVVBlODkyHjHpV+9xPpsWDumhOJWx972qTUrf7FcB42ys4zuXop9KqQssbZkJ8o/K9G6uC0ZVsZPKvEdhlc/MPUVt3ViCPtVqPMt3546qKxxHskkXH+rrS027mt5VWL5lc4ZCeMetC7oH2ZHAz2scl5ExR87EP97PWpCIL5QAvlXecY/heti/t7PUgP7OIAiGGjPGWrCWFjdrGylSh3MD2xVaS16g9NCJma1uJILhTsz8wPY+oqS6iNu0WGyCu5JF7/AP16c86XoKznDE/JL3HsajZ2tZfs86ExMBkenuKWqGadvNHfWj+ZtTUEXbC54D1mPHH5ckc8Z3DhlI5zRNBJbxQvuLKxLRyL/nrWlZ+TqzDz3EV1Cu5XI4k9AaE+XUGrnK3nhkwsJopVjkI3CADP5+lTWupXCH7PeR+VP0UBcL+Fa5Z1mcTKRIT82atQ2lrdwsdQIWz6DH3j7isa1CM1zI2pV5QdmUBIwCsT0HGOlW0YPGreZgEckjv6AVl3ulXmkBp7aR7vTjypPLKvvSQaklwiykqmOB9fpXlzpOL1R6tOtGWzNR1SVcMDVaRVTaNoQk5yD2HapUu4mCbQSQPmHrT5fMaIF8FG5UDtWWxuRiQY9hxmpo2Qry53A9PSqRVkBbJ/Cljm2oS3Qj8zRYal3NFZOMj8KkW4Rl4IJAwR71npcZUbhhccVMska8gZbqMUGnMi4kuVBcAMe1LJKdvQVQW5bnjJPOfSnNMQArdzyfagLj4zuw0g6dcdBUpy8LDPykcN6VVkl2BjGdycbh6Ux7klQpHB9KYXJ5H2AIQVAGN3TmkSYvEFYfLnk45qjLeqZAshJbPBPrSpdLICwY4A5I7GiwuZItStHgLyR3HtVTzPKO0EGPOQfSqiyzySt5XyuRyzH09PrUE11EDtBLK/zFRzj8aaRnKZYnkkycdOcN7VWE05AG8kdPwprStKNuMKO1G5cAA9859faqMxxKA5B4PWoJJVBzn5e1PmOxyrDHHOKqtMVYjgr29qSE3Yi87ehIHGeaqyOM9MipWYBvu8nqKrSHaMkdK0RmVp2ZuMYrMv222shJ7VemYs+fX9KzNYbFowBzxVx3M5bGbo4yh46niumiZrqH7GTnZ8yGsHQUD27kcsD0rbizEfNX7yciu1ao8/YYEK4Rhgq2PpXc+DLua3vY1UkRswyO2a5AoHmJDZ3DcfrXT6N51usc65A3cGrSuiOp7jRTY23Qo3qoP6U6sywooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAFFAooAU/wBKSlP9KSgAooooAKKKKACiiigAooooAKKKKACiimSzRwRtJK4RFGSSaAH1QvdZsrAHzZgWH8K8muY1nxYbh3tbB9iYx5pHWubEN1PMQys7dd3b86tQbJcjor/xhJOSlspVDwDnFZUdyWzNMXKnqN3Ln0qIR21uuJwJpR0CHgfU0x5AP3kmN2MKvQAVVkhXHuUlfzbs7IT0Rep9hUT3sUH/AB6W4Cf3n5aozFLecxqxfuT0NLHYrE+bq4RPVBy30q0l1JbY8XE90AkrPID91c9Ke0cUbYUkydDnotSSTW6Jss12A8Zb7xqvt6qHAYdqN9gvYlZo3AiRWbnGR1Y1aEcOmruR1nuiOAORH/8AXqC0VoLeS8YbcLtjJ7sfSqarKZN8AJkJzx3NVGImytqEf2pZDOd7ODknrVbw/dMsMllNu+0wcKSP4Oxrorgxw2iM9ust8RnI6L7Vyeq3V5a30WpSpgL8sm0Y4/wpt9ibWOu0+M6hBJp3R8bkcnpWbdEL/owUgRnDZ7kd6mivEa3je0fIbDlx3/8ArVZu4FuYBqCphekoHrUWsyk7ozDIqssxGSV2yZ/irRSJrWH7SBmKT5Y3H+eKyiN2/wBT0FaOm6gLdRbzKXtsfMvXB9aqz3QX7gjtAwkjco6/xCttZ7a9sBDd4hvp/uuOMCoRpCzA3Vq4ktEG9x3HtWdJJ9pkaRuc/d9hVO1TYSvDcjv7CWzLK65B4Vx0amyuHZYJidyKArnqtamnXpjlKXaGazQZbPVfT8Kq31is2+7sz5kbtkqOqipe9pDW10VEmaKMW8/zRHt6e4pskDQRO+ch2ARh0wP60A+bCkUpw3Oxj/KnJMYovstwmYt2SO6n1FLYe5ctQusGO0mcJdHhJfUehpt55kd2YJV2rFwgHQ+9VRAbaQyBsqFzG471et7qPUIBa3RAmH+ql9TRs7rYLX0Y/TppPtBQEfZiMzbhwB7e9Utd8M2sq/btGLGM98/qB6VNdwS2H+hy8Ofmcjvn+lS6dfSWswRFMiPw0f8AUUpwU9Rxm46HIJez6bKReI20DIf1rUt9RaVPOQfJ6k10mtaNaSW5ntSt0rcun8KHuR/hXC3WiywEyWcu1Qfudq4KmGurwO6limnaR0kbLIcHG4jODQ8CkMWBC4+Xb2rm7TUnil2XCNvPHtW/bXCkfKxlLcE+n0FcMouLPQjNSRAySJcMwUhGGAM5pJZ3UBYgGP8AGB2q+e6sMH0quYo3ySME8ChMoi+1kSqijORuwOnPSomuJpUY7x8o5Yj86ebdgeTg9qjezdsl22qOw70xalY3UxiBiIJzgnPB96knumBwDkBdrZ9fWphahCORSG1BTAwAepNCYNsqJsXcSzZxxnsfb608yiKTdAdjEbiAM1IITsyRt201YsKfmBYt6U7kkSea0Kxhio6H1ppgRBlTy2cVYQhJMl8JtJHHJPTFR7x124UHp60ARsQUDICccHHXNC5+bJwvXFPLRRGXaSAeQD15qpLLhsK2RQIJpARnv2NUySW4qRjk56npTkj3Dnqe9VexNrkOzJDZ5xzVO4kC8ZHPer0yMh2YIJHHH61l3PyryeR3pxeopKyKxbk5rM1f/j1atGM5J4yBWbq/MLVot0ZS+FjNEYwRo49c49a6W6gUQxvExKMNzex9KxtLtybKNlH3RzWtbykFozja/au+K0PNY62h3kEHvg11MCtCkJGABjoaztG0tpLCS6YhVEgXmtKcMkyg46ZBB4NWtiep7HZEmxtye8a/yqeuV8J+IIbmxjs7mXbOnClujCuq6jI5rI0CiiikAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFFFABRRWLrXiCDTYykbK8/p/dpgX77UbbT4987gHsvc155ruvHULti8rCEHCpGcjFVLu9uNSuG3eY7N2H9apXFjcINpMeD0w3WtIxXUht9CdJbGMh0jkl9iaunUZpoDAVCQdQg6j8azrKxuA2GVFX3bitpYLa1i/dzCa46kEfKn+JrTQhXKnlJCoZ87j91P8af5EIj8+5Zsn/Vx/3j6n2qzDZPskvZxviT7oz99qptHPeXBUjLHlieiipSuxlS8vbjIBfy1HQRngVHBGbptyqWkzg+9aB+zWQIhUXUncv9wVmNfTxSnYwjVuoAxj6VovJEvzNFraW3OJEIkPb0/wDr1PY2iXYknlGbWIZYn+I+lNtI/PYzTSsIEGXYn7x9KmuL97qPy0i8uBPuqg6/WlZ7AQ3WpyXIW3miAhj/ANWFHIFFuI2tRLHI0ML53F+p9hR5cQQtM+1e2OrfSn3ahlhnXiJ1+RccLjtVWS0ErvUuwTQ3Fk1nChSRRlZG6/hXN39mJEkgmyW5DA9607dJfMEseVVDku3ArR1JYjbJe2ig7hh3PJPvU6RY9ZI4fw7cGC6bS5mIxkxlvT0rrIbpEdoG4t3G0g+vrXH6/byLIt7DgTRneCB1rb0y7i1PTVucgcYcdw3pVNdGJOw6/t2tJgv4qfaneXsxIhyjDr7+lW5ib61LH5p4+Dx2qvpE0ZuxBcLm3c5b1X3qE2itGaNvez6bHHDCw2ud8y9m9q0GitdWG63/AHNz/cPf/GqF3aPEzSr+8hY5Rx2HbNMtMRlrxs/uThCDjmrsmrrcV2nZ7E9/aS6ci2c64kf5nI6EVRWaW2bzIG2t0x2Psa1otXM5KaiglV+r45FP/sQSM17auJbSIbiueSfQUrtL3x2TfulC+hhvEXyEEVyi5lj7MfUVSXE0CxTDZIGwrHr9DSMWZ2mYlZGbPHUegqUlby2BI23GSBjo4/xpNWGMgn8iOS2nTMbEBvVfcUx7cpKhJDRk7lcdD/8AXpyFZomhlO2YEbHP8jS2c32aWSOePfFtOUP8J9RSuBZivF1AfZr+Qh84inPUegNJ5U2nIxmBEznbGexX1rPmh8pQ4+eB+jf0PvWqL6O5SOxveY412xy45jPvRe2wb7iWV+1ipIDMjnlB/Ea0NQ0mKK3F9AySFhvaP+GMev4VkJbvZXEjzcxx/cYdGNZHiHWLmw0KeOObY16cP9Pb60pK+sQTtozN1HVIL8TmBvMWJGIkAwuR6Vm6H4kHlrHIzNIMn5un1q/4bhsI4IkuLNmDsOA3B9a1L7wNoGo3Ty2N3Jp0ob94Oqj2rmq0XPU6KNZwHW9/5oaQuCc84PStMTAY3KpcDIHqfX6VzNr4O1+2lnW0SG7ji5A8zHmD1x3+lVPtWo20rpfRS255ble4964ZUJRO+GJjLc63MQnaRclgMYY5H1prbXKbsgk5NYUWqZjjIO1CvBb7z+/41oJfoIm3AMR/OsmmjdTTL52ZBA5757VC7RncjEFsflVKO4HlSbjlWHOKfbFWjx/Fk4z1NCQNjnlyVQcqQai8wKG2jOF5PoaQcuGyRgYzThbszBl+jZ6UAQtGzbdp+UdCe9KyYU/WrIiAAWkeP5cj8aBmfKnmcd6rtEQ20fhmtF1BO3px1qMxvgbl256GgCnDHlsnnHrUxXa2SOPapyixR7mA+gqFUeVwx+6OaQWK05KrJIc59T1rnrpuuT9K37+RSuM4xXMXknIFa00ZVGOTIT61nallgqj+I4q6jHZiq6qs2oRq3QZJq1rIxk7RNHTP9GjUE8MNuP61rWOjzSuJHG2HPyt6gVe0Tw4XjF/qI8q3xmNX43+/0qDxTrkcJEdlC+5I9qO5xsPsK9KKPNkdo1itn4ethE332GcjjFYVwNssnykbQSB71m6R4/S6it9Mu4VhmVgFwCyykjHP901o6jOsUP2iCQGNlyh64PcVSTsTfUpQ3bq+SSpB4NdJY+I9Ts0Uxzs0YPQnIrlba8klOJArHGeRirqSQywNtfymB4Ung1LiNM7eLx3dB/3ttGw9BxW7p/i3T70hHzBIezdK8uSVlKlzn0Oased/s4Y/xD0qXErmPZ1YOoZSGU9CDS15Dba9qemlTFKSg6DJwa7DSfHlldoq3qmCTON3Y1NmO6OuopsUqTRLJE4dGGQwPWnUhhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUjMFUsxAA6k0ALTXdI0Z3YKqjJJrIuvE1hbsyKWlYf3RXJ6hrN9qswiYlUY/LEveqSbE3Y0db8UOzmGzbEfTcOp+lc60e4+ddkqp5wTlj9KvR7NKG5gkt0w4UjKp/wDXqjIhvZwnls0zngr/AF9quMCHISaVZR5dt+4T+7n731NZE0ckasHXA/vVry2UWnTKLy6DIRykdOvdR+0W6wRoqWy9FA5rRf3RepjWzNN8rMSe3PWtaKJ4tonBSPvjrj2rNgv5ra4yFjJ6A7ecVoB2uSGyzu3QetOzYnYvTags6pHbAx28Y+VT1z6mpI717XTyjoGNw3LEc7R6VXFra2dwi3kxa4YbhEvT6GkvppJpxJMmzYNqqOiihJPQTbWoJaee+22G5mP3D2qK9SysyYHh+1TgZbB+VD6e9XIL1IZY4oSNr4Ej9M/4CodQs4bVyu7zBJllKjgfjRfWwLYgaeWW2jjWMRqOUweB9aZFI8UrMHLFlINLpzo7PazyNHu5jOM808HyWIRSHBwS/X8qpO2gmupGjKPlP3sfePJIrW0gRTQy293xH96IHqxrHNwQ671V9pyMipzNJ5qTAjchyo7Cqa5lYE7MlneVnMcuF2HGwdBVvSG8xntHx5L5yx6KanurVb6zj1Ifu4QPnOOW9qy3uGZlEfyRocqo/mahLmVkN6O5X1uwijWSBUd9vRycZrldHklsb+SAgiFjlhngehr0Wa3bVbIXNuvzxjDn0rhNVshDefNIrA8HbQn94NHQrObaRZlydwxgd170+WARGS4jGYpBgEep7Vl2M7vCEkyQg+VvUela9pOkMYt5hmFjlj3BNOS6ii+hLZXk1ttiVfNic48s9vpWveWVtdIqaY64j5kiJ53VnizazDXBO+BR8jj1Paq0Tywv5sblXznIpcvM7xHe2jDZL5vk7GEpONpGCPerzXUlgUtbOTCJzKD0c+lX7C+srq3+0X8YWb7kTjgE/wBKzrjTJ7UGTmWMnO8cnmq5+Z8sg5bK6LDSWeqFUZfIum4XA4Y1narYPp88ds/VFzuHTNTWiKd1y/8Aq4+h96E1J2V0vFM8bnr3Wk4tPTYE7rUpjZdRtuIE6D/vr/69CMkwMMp2TbcI57+xqe5sDFYPdwMJIGcAMOq1WUC4BUkCTbwf71Ro9ihYZGtZvLlTdGxG+M9/p70XMKpI00R3wu3Df0PvSwuszJb3JKMCNsmM4+tMJksp5EYBlJII/hcUtmBagv0l05bC7BWN2JWQDlcdK5Lx5aTWkVpvAZc/K4710d1CExJETJBtA5HKn0Ncv4wkneK2TczRL6nOKdla6D1F0NjLbwsqN8jDOBXRvIDNKNwwWrk9EmeKJkWR1B7KcV1Bu5mhXaUIYAFygJpqTFZEscvlzhVJ3OCB82KhEM8MUqkxsrcSRyfNmkjuJotriGJ3U5DMtXRqERYySWMXmNg7h3ovrsFrdTmbrRIryKSWB3glVgVVujAf4VkRzzWcmyUksBzzkH3ruZb2S/eGAxRRW6sclVyefSqupKkttNp3lQlVIKvs2t7Vz1aHNstTelW5Xq9DFiuAi+UhV2HLt6n2q9EdyDruA6+5rEjBhm8t02kdK27Rgy49T1rzJKzsz1YPmV0Wo4SwHGB0Aq4kHy4zz3FEWwL71LuywAX5R3rNmqRCIPU9OlRumG45FWh8zY54FLsAPP8AKkOxlOGVh8m4ntSsTgbgBjtVyXZ2A3etVWjaVtoH4+lArFWWJrjYu7aoPJFOunSCIomORVmQpBEQOcd6wb+5GGIPFMDM1CfjGcetc/M5MtX7+cEdfrWt4Z8InU5I7/VVmh0snqq/NJ9PaumlBtaHJWmk9TO0jS7vVJVhtkzk4LnotdfZ6Vpvhi734+36oFwyuv7tCa1ZI5oLQrZ2xs4YPliwoDMexrnb26is28veJ5W+aVge/pnua7qVCMfU4KlZy06Fi+1C4u38+8l3rEPkjHCp7AVxOtXhkkZs5YnvWtd3kfkuWhO9umW6VyjN59zjORnrXQ1Yx3H6bbSTXSlT+8LAhs+9es6tPbx+G0gtrUrIJceY+MsQOTXB6FYudTt1RSWVgcAV2upnbaJDIrDfIz5IosrCZzSzSRSh+SwPPvWnd2uxY5gRtkGcdxVJ9oPAO4dzVvT2WdHtZCSx5T61L7guwQkttG7BXoPX2q4LoyMRgKw429qo+U0bYkIV1PIHWpZhlxIBww7UtxmmrgwnaQWHVD0qBmhW12vByWzkGqkZPUMB9TV0A/Z94UODzzUtDTNDSfFNzpOEgZvLP8Lciu20bxhBeukN2yRSP91s4FeXyXEanP2dQfTNWpBHPFG6MYjjODScRpntoIYZBBB7ilry7QPEV3pb+V56TxP/AAO3T6V3Nl4ksblQJpBBL/dfp+dQ0WmbFFMjmimGYpEceqnNPpAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRUNxdQWse+eRUUdzXO6l4vt0iZLMM7kcP/hTC5u3upW1hGWmkGR0UHmuI1jxDPqBZInKQ9AFrKlnnvd8sxKxD7zlu/8AWlgubOzG6JhczHoSMKlWokuQ5bAQqs91LtyMrEp+c1WGq3FqGVFCK3GSMtj609mN3Ly3mTuePWrZgtdOXOp4uDjPlL/D+NXa25F29itap9vkRLVwZHONpPP51oySrpBa1UZuW4ebsPpWYLsxPK9gqJF3Cr8yj60+K6EigMPMjzyzHpV6v0FdIjmtw53g5JPOe9SLaIsDM1wqqv3lxk1avtOW1lRg+6NhlM9qrw7hOGICxjhy3C4q3qroS31KM0lgZQFhkK4/1vvV3TdSsrVT9ngdpuzSHgUzVdPhtZVaKTfE/wAykLwKyYXSOZmaMNzzWa1Kd0alywlYtJlpXO4461oWNnLfwzQuro5XchPTA9aLrYYYry2jWJJFAYL1BqsLmSFll81uDgjPUVd21oRs9SsAA7R4wF4OO5rWtIzqNm8JIUxDKu3ANRXVmLJxcyqGSYbo19/eoIrp0lErNnb1HYCp3Wg1oynOiLKGWX50PJA6GtFTBe2ouFd3uE4ZAMZHvUup6a0yLd26funHzk8AGs60VrG6DmZAOjAc8UrprzHsyGV0zu8rAJ9atWnkqMybpCOVGeCPepdStbaPEqTbkl5G0d6rW8ZlhcRsGeIbh2JFaJpolqzNixuWMzQznMMnReymqc1k8Nw8b5WFeQ57iliRdivPKFHUKvJq/fStqemRyKu1oOCg71L913RS1WpVsL4i48g/Lav8oX09zWVrVj9nu2O0MOq5HarEcYdPMZikQ6t3PsK2J5Dqmk4gQRvDwcjJaiVou6Enc4zdK8ancA0fIA6Vftp/tCF2BD5+YEUyGOIOxm3Fl/gx96mz+b9oW5HRf4BwMVaZDOhsr02dslrJmSJ8s6HnGaml0o3AVrBvMVjyueVFYyTi5BkU9Tg+3tWpY3UunxG5jOHb5EB71Mo21iWpdJFe6IaVYguI4fl2+/fNWLS/uYHSCP8AeIxxsbsO+Ktg2mqACUiC67N/e/xqL7HPpkD3U6cudsbDpijmTVnuDi73RoXsFhqSLBYN5MsfMinjJ9xWFdWs1tIEkQhmOFPZqYNwIfJ35yW75rd0zUozGzamglgQYDkc596VpQXcLqb1MYzyWISFMFcZdT0NNNqk4ee0BIVSXj/iX/61XLzTPMRruzbzo3OdoPK1nQs8EUs6MVcHYCKLJq63HqnZjUC3LIuQJv4T/eqIuV3QzZ2g9+qVMyrdMrxgJOCNyDo3uKUbbomKTCTg4Vj/ABexqfUZG7y2N43RkZRweVcYqn4jtrI+G0vYZf8ASC5CwEdPr6ircxaCfyblCFGMjuvvUGqWb/2QFVTJGSWRkGcj/GpaQ0czpmqW2Mz2UTsBg84r0fSNPsb7R42msxFv5XBOcdjXmGnWkU19bw/aE2PKAUPBxnp9a9jX90Y4gMZwAB2rmr1HFWibUoKT1GDQdOUcQA/7xzWPf/YraFoZLBopVb5JAchl9q65rYRxAmZD2PPSsPxFaedpU3GZYxuQ+9Y08RPmSkazoq10c75cTr+7uFjwOA6EVYmtbGSOCT7Szbxgsq1SSG5FtHLJA6gjnjpUrXTNYwqhH7tvmI7V6bXVM4tuhmapY2n2WS4ExEyfdTb1FZtrKQuMc981t3MqPE4CqzEHnqayZrSe1mVnhdVkUOoI5xXDjaStzndgqjvyM1Ld92M1fTLDjH41kWzSBQNp/KtONZTxsY9s15lz1UWQVX61FMeMmpo7Ztu5uB708xxjrz9aB2M7YZOcU2cpAuAcse1WZpQOnX2rCvp87vmoAgu7jI2g5xWBdScHnJPUntVu4m5PP0pNK07+1LwtKf8ARYSGkwevoPxq6cHJ2RjVqKKuy5ofhyH7NHq+rIDak5igbrJjoSPSr51bUnKr53k28OSsY4rdufEMCFI7fTozFCu2NQc8+vNcxrF01+gbZHDtJIx617FKCgrWPFqVHOVzLutbuby78mMyS4ODknAP9TVk2DiLhQ8mMsAOBUFnKV8s+TsnB5cHI/AVWub6S0tXnd2zkliDWyTWpnczteK28q2qyK8zj7q/wj1NUbKy4DOCAD0PeqenSNeag1zIMlpM8+npXWfZSbjaoy7EbRQryeoOyRpaFEyXK3CttZpFA4/St3xNdteavFbs6/6Oqx/KMDPepNG0yaOJr2MRtBbN+8Zz/EB2rn2laW8aRiW3yEk/jRJJkpsSe3KSODxg45qCKRraYSx/eU9fatG6OL90blWABqjNA0bEMw+tStdCnoW51M2y4iBYPw2KQBgPp2punXG8tZMdqPkrj196e6PC5jYEEcGpWjsPzJoYxKkiFQWxkEdqS2nKMYmOFJ/I1Npq5vUUHJIxUUlnLHIwKZIJ6UdQHSxRFismQ46EdDVi4t7RQqx3PzBcsGGBmmy20zactwsbAo21iRUN6fNs4J2OWX5Tx/OpGJb2MslypjCsoOSQanEkiSsx5Ge9VdPdobhZY1bHQ46ValtpVmYoPlbkE1XXURftNUnt3aS0keGRRzg8GtO38b6nE4ErJIvutcwiyRxvEjZcnJ560+GQn5WjDN2BqXFD5j0ix8Z2c6qLlDGx7ryK6C3u7e6jDwTI6n0NeQtqEEhVCgBA+8q4q1bzMm14pd6n+HJBqHEpSPWqK8ysfFOo2mFEhZAfuvzxXUWfjOxlVRcq0LnqeopNWKTR0tFU7fVLC7IEF3EzH+HdzVykAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSnr+ApkkiQxl5GCqOpNADqzNT1q305GGd8o/hHasrWfEwjQxWnUj7/f8K5NYb6/lZwzbR8zOeiiqSuJsk1XVr3U7gFkfHRYwKooUil23fy85IU5OKsw38+nO7wOWJG3zHHQew7VXW6lnYqsSyFurNgc1rGDM3JFu4uLe88uOKGRIl4jjzn8TUf9mWo/eG9Tj/lkvU/jTFscxefG77kX51P86rtAnlqxYhs5VVHNVbSyF5krXrxYWziWFP4iRlm/HtU0osr+PfAGF0oywkbO4+1Nj2XMZ+UmdOq9N1VHbY4IQIyHj1FJK47j9NmjMzRspQuCuRVyFLYx7JJtuDjao5rEiZ1nMwOPmyB71sXVs5WK+jA2yja5B6GnfUW6NqKaG60xooYTLPD915TWMztN80pJPp0AP0qfT5nguQ52hTwxJ7Vc1SKCwud0Q84y8q38KmhPlkFm0Q2trLf2UlpsO5PmjYmufu7OSFiW27s4IBrXWeQTLMXOVPQHAx6UurWasVu4QTDKOqjoaeqYbor6VcLNp8llJMFYZaMYpYpIUfgM8i8fOOBWOyyQ3G6M7XU5Brd8hZ7Zb2OWIBuJR3B9aSfKw3RdtX+3wPaXDlm+9Gx7VUS2Ee57kYRDgL/fP+FSQm2hZZA5mdTkBeBVzVs3irfp9wrh1HRapaPTYW6Cwuxexvp85IjYEoM/pWVLayLK8XlNuU44p9vmNxcnhIznj+I+la+pXBv7OO7twI0UYdFH6mk1yvQF7y1M23gkntntHjO7G5DkdfSstPOtZw7xkbThh/Op2+VhIpIcfxA0l+MkXEZIWReRnvVJNMNGiwwEUoVfuMNy/Q1o6awgm3XB2W8gwc9T9KoWlxLc6f5QceZAdycckd6Qvu+Z3Yt2Jp6tWYtE7k2pxeVe7QMQdYl9P/r1JpLulzvztgb5XY9KueR/aek+bN8rwdu71kmQyHkbUAwqipTuuUGrO4uuW0FneeZA7srHKnHBqGK3a5TLYjiYZDE9RWr5b6ppjQoheaLlTjt9axIkeJjBKvfKZPANEXbQb1Ho621ztjQG0b5WBHX3rYvIC8cclqS9tEvK/wASn3rOCNL8qpkn9K0oZ5Yrci0w15AQ0m7pInpRPTVBHXRlaFDcOsWePX+6O9abazLuEFwoltVGFz1qSBbDU9OeexcQ3z8NF/d+o/rWYytZjyZ4yo6sPX6GkmpvUTTgtC+2lJfqG02VSW/gJ4Hr9Ko3wMUosiCoh++D3NPt3l0wPdW7nzpAAuOgB9auxX1tqCiG/jVJs8S9Mn+lUnJPug0a8zLhuJ7Rw0DnLHGzs2fatS7Sy1Ly4ISLe5Rdz5/iNRtpM1mj35/e28edhHX64rJ+YkuT8zHJNNpVHdBdxVmNe2ntb1EYFZFbIPr7iiTF0WdT+9ByQP4vcVp2moI1rN/aCb0xsjlA5U1QubOS2USxnfF1WRah3vZlLbQZJOt0TFck7hgLJ6fWmwzXVggCNtDFlGRlSPWpJALqT5gqz4HTgP8A/XpgmeOEW867ow2dpHI+hpWGeeanHJZasXQgSBvMVsd816fonia31y1QSkQ3aDDKT1PqK5LxVDbwJb3VswmJOHR1+7WVaX8Jyj2O0HkmNsMPesalNTVjSnNwPXlUjBGT655rJ8TaskWmS2sbk3MoxhTyvua5lL6KS38uBtRXtt83AzU0MFvHYqDEN0j4JMmWPqayjhbO7LliLqyJ7LWL+1tgjSiUAYAlGaX+37oWBQxWx3PuP7vpUP2eaOds2xKgDar5AA9Se9dBYXJvJjbTi2CiP92kMefrmutpWvYwTdzBTU75wSkcKKRw2zH60l7JLJHFJMxdo02hj0I9qlks9zyK+AASMVpWtvaXekS2rL+9hB8sk0VaSlAdOo4yMO3u8jGBWhDckgY/KuNvNRXTrkxOjAZ4PrSxeKLfp8/0ryJYWrfRXPXjjaNtZWO5E+4ZJBqGebCZzXJ/8JTDyBG2e3NVZ/E7MeFGDxy1NYOu/ssUsxw6+0jeubwKDlvyrn76/UdW79M1lXetySA/vMD/AGRWRNe7uxP1Oa3jl9T7Why1M1pfZ1NUTy392lrbKzSyNtB9PevT4NETS9JtbeLyh5YDSkjl2Pc1yXg2eaHSjeS2iPHHKNilMFs+h71JNeS3lxMwnCAnLBiQBXRDDqmzmliHVV2WNTlktpChMRdz/AelZ/2G4uojKcBVOMk4qu7eWdwR2J/jJ4/KmT3kskPzmTYD9BmuhJmWhJiCK3M0kw3ZwqL6dyTXHa9qzXTNawcQA/Me7Vd1O5kceWDtQ8YHesEwkt04zzSk3sNGxo1riCM4+Y8j3rvLG0Ms0c2MYUID/eOP6VjaZYq5tgoyoVciu3tZdNOphI42W0SPaTjgHuapaIllPUZVgs4rOKT/AFmN2D1Arn8+VPtxjDciruqTxz6lJJBkQodsYPZRVS7OZQzc7hkUr6h0J7945Jyy5UsoIHao54C9qtwB8owGpWCzWYYE7o+CDSWjFXMcmDHJwee9TsMqQsYZg6n5wcg1tXUxuokui+WI2vWZPbG2n2sQ3cEdKvWTj54GRSsq8exFJ66jWmhEjmO4jcEjBzViculw+Hb1HNViCuG5BBwauzOsqRSmMZ27SB3xQBYsJGltbmBnY91yaqQsu2SCdN2funPerWn3KQ3aYhUq3B3Go75Wjun+QAA5XilbUfQoJK6ttz0P3elaUzNcWCyLndGcPzVV1tw6yHc2/kgdjV/T3tmd4ZUYpIuMDvVdBFFCAVK8kc4xV6806dFivoFAR+ck4wah8zyWKJEFIOMmr9tJ9tsZbaRyWHK5PSiSe4K2zMn7VKrFGCjnqBmrVnGsoaFiQX5VvQ1VkgJBYA8e1OtpjBIG2/MDlc03ZoS3Hhbm3nMbAsgODkVLJJGEK7ST/ezV++Y39sl4p56OoGKzBBI3zKpK1NrjvqS27MrqUY5zwQa1rTxNqdnNtErOoOCr8isWW2lhjE8TAqDz6iktr66LshAJPIwvWp5R3PQbHxnBKuLqFo2HVl6V0Nvf2t2m6CdHH15ryb7R5qHz0KEdGxirESvgNFNj6HBqHEpSPWaK85tNf1CzIWOcuo/hfmuis/F9tKFW5gkjkPUqMilZlXR0lFVrbULS8/4950c/3QefyqzSAKKKKAAUUCigDAv/ABZZ24IgBlbpuPC5+tcxqWvy3PyvMsjMcAIfkT/E1lkNOu6bCRIAqr2HtT0ms4AFWIFm+9KwyR9B2rTlsRdsWG2Vn825DLGPmJY43/SkllnS3Btw0drI3yKrcZ9/WoJLKVgSjPd558xjkj2x2p1rqTWjNHLChjYYIA5B9apCG4uLd9zTBnxgqwz1ole2dVmjiMci8SAN+tShFK+YjAwk/eY9PrUUwRfmRCTjlmPWtF3RPkzQs9SFq2+GMYPDu/JIp91YFwbq1G6JhuY54X3rIiljSQDa21ugH8q2LG9AU2ki7LWTjb2B96TXVAn0ZmMI4JA6lmYH7wOADVy68q7tRcwwR7lGJAe/vT7ux+xyZkZVgb7hPVvYCoLK5t7S8CMsphk+Vskd6W6uPyMtwrEqyhQfTtVnTph+8s5j8r/dPbNTXEFtHNJFiXrwT6dqqyRhE823dlkhbJBXkih7XAkMQUlWHI4IrbsUfVLBrbYzTRDKnGOO1ZjahNPiYOoDcN8ozmrFpeywTq/mMUPDY9KerVxaJimOKEYmO+UHBjX7o+pq7Z3MtzaS2DsEA5QKKr6hbFZ1eFMrN8wCjvUcSi2kSWWUq4Odqcn6VT1jqLVMyryORJSH5YHBzSWMwgn2uMxyDaRW3rQt2aO5htz5cg6se9YbRxuShXZu6EHoaS95D2ZeNvNBKyeU4HVTjgitfS2iUmG8lVYJRwoOST6VhwzPcQm3ndzPCPlJPUUQsCMqpznsOhprVWE9Hc0NTiMN15IXZCn+rA7j/GpdImUStDO+y2k+Un/a9KvJbSaxp24gRyQ9WbqawbhlZwI8iND8n19aE7rlB6PmLV4htLiSCKNURT8pIySPWqiyzSwy2xZTuO5cqODWzJGL/TY76RtgQbXJ6mseZreNgyLISpyDmhPSw/Mh0+5W3vFd4++H2nGRWncMtvd4igAVxuRmOeKzLxIhch42KrKu7J9e9adskd3puGnUSQHIPcih9xeQ6zumgvFklkLK/wArZpb6xFtdtI+Vtn+ZR/ePpUG+2QfLmZv9rhRV6Vn1XTBJI+bi36AdP84oejuhLazILe+kjuEKt5cPRkX0qhrVsbe582Njtc70+tSwoZU3u4ji/vnv9Kvu0V7o7JHAXmhP33PWiVk7ocbvRmel48kayIQqvw20d6fBJ9lulnH3eh+hqjZtGs7RSEpHIMAAZw3Y1fjkgQHZmSVTjLDABqlbYnzJdS08Wdwl4kjxSP8ANCIzzn3q9pesQ6my2WrRKrY+Z+1VIi15aSROxMsXzIx7j0rPFpLdxkxKAB/GTjFQodGU5a3R0N/YEym4tG863H3Fzn8fessw+cwjQ8n7+eo+lLpt/c2CgNKjspwVByGH9DXQBbO7tTIq/Z9RlHHqP8RQpOC1HyqRlpq8ts6W8Xz2kPHlnufb6VYa0tNW4smEVw38BHf1NZ89hLassckYHo46N70sJazha8O4S/dhA4P1q3FWvHcm7vaWwmpWsllIlk648sZZuxPtVe1nlgcIPmjY/MjdCP6VpW+pCSMQ6mBKrfelxzn3p9zoxhtJL+1cSRKPkGc1PNyq0x2u7xMy9gjlke5tCTFnBU9VNRLLFNbxpdEgbiBKOo+vqKSGRoDviYZH3h61Ynht7m2heD5JsZeE/wAxSasO9zG1zSpmsmi2NIp5V4xkEeorkIbO9iAl3AxqcEdDXodpLdwvJBDLtBjYbWGdtcYCsztmTeGYg5PAI9qlt3GrWOg07TYL7RjdfapI5IvvIn8X+FSRNb2ozDbBiOQ8h5zVPQ7lbZ5InBXcuxhngg96suSk5g2kkHitF2ZL7o39dkmuJLR5XyGi528Cs211OOxvo5D8yr8rADoDWrZ2w1TTPKuJ1imtx8m08sP88VgTRgny0QxoCcgjBJ96UWtYhJO/MT6vKy3LSxKBFJ8wZjx71Us7qO3u0ndmlVfvIpwrCp7Sy+2QyWOGaT70feqRtJ45CkqiMqcHcelNPTlYeaKvjywa+tPtkMahAN0aoMADuP615qjeh617RbQ215pktpPdM0qDKIg4NeR6tYtYahJFg7dxKE+lXRlrynPioXXMVwwxRuqPcKM5rrucFgbJrW8PaG+qXwkkUfZICGmY9D/s/U1Rs7WS9u4baEZklcKM9Oe9enQafHounLAhWW3gPDjjzn7n8KxqyUUdFCnzsmubpG2rFbqtw68KBhY17YH071izIANpVWAOT6E1ZlYnnH7yXknPQdhVqZBb2sdu6hpGO9zjoOwrj8z0TCMKFBuzuZjk+grN1CUtmNWIVRgA1uXflIcRnCheee9Y8dq9zcqiEM5yRWq2uQzBuMGZAVBCDBFTf2aWaJjGI1mOVz6VNLaMJNj43Z5AOa0GiH2aEqCWjcA81m1rcq5viIfYLdlQI7sUwo4wP61bu5v7P03ZsInmO0AjGAOppdOVp1t4I8eZC3mZx096pa1qc2rX6mXZiBdi7Rge5q7tE6GfgqpcdB696sFormzB8vDxdSvcUFT9iVGAJkJZfwqC3ZIpgTu2nhqi9xoktnjjlwXwr8MCKS4thDKVDBl6hh3qW5too3/duzRsMqSuKdaqkw+zyyMOPkOO/pS8ygtilwPInbDD7rCn7FhcoVZWU9TTBAkMhWQtuHtWhcxJPZQ3COu7Oxx3JpbAVJUyW2ng8iprVUntZYjJteP5kBH51Gi/Om48Hg0RAx3Axzzg4osBMsAGD5ygjBGBWlqEdvNaxXKbmYDDk1nPC0UhQoQ3XFaWlwPcrLaspAblS3ApvuCfQxJY+flGKIXdHUg4YHNaElngsjyKrKeRms+eAr84IPODg1QjWu7Q/LOWRVlGSc96LCWGyvI5QPN5ww7YNVbVjc2jQnJkTlfpREryDaqE+2KFqrMHvcvamXW9ZR8kb/Mqis/yvMJjPU8g+9bs1sLjR47mZx5kR5UdT9azGkX5TGgXByO9KK0sD3ItKv47S5MdzHuRuGUnvVq83JJtDERNyoHaqWpJ5gW5EagN97HY1b06VJ7draRNzAfuyx6e1K1ncPILZTv2kZjfhgelQX1jJp1yrRyAqeV2ntSu8u5o5eMH7vSrtoEvovsTr82P3bdMU5LqgT6GVOzPIHG50ccZ7H0oUSlVjII9OalkWa23W8h24PT0NUkaTPU7getShluNpROC7HZjGMd6uQTDzsea2B29apyM5iEo3D+FqbDG0sm1ZMMRkU7JiuaAnlhdXR2Vicgr1zXQWPjO6gRY7uISgfxdGIrn7OeCWN7efcJByjeho3oUMarjn5ieSaXKpDu0elaXrNpq0O+B8OOqN1FaFeVWAkhPmWjFLmM54P3hWgnjLVYBmUowBwQy81m4tMtSTPRhRWBpPiyw1FQsrCCbHRjwaKko88hu5okWMMCFHAYdM1OY4rlwr7YZjxgDg/4UPp80CPcoySoOBzyCabaxM4Oxf95j0/8A11tZPYyu0MkW709/n3xg9PQ04tBexchluQM8dGH+NdRbpBdaQyXTCW6i5jUc59K5u5UzZZVSIg5G0dKSTbHpa5StJES5wXxE3Do4x+Nadxbx2o5kEyEZTZ0/E1l3KBkEuwjs+O3vWjptzBJEbW6lPlsPlIHKmqvbURnF0abYy7AxyCOcGr8RjEfJMjemMD8ap31ulvOU+fKcqx6H3q7bQ77dbkSosT8HJ5B+lUpEtM07dv7Vga1mJe4UfuyR27YrHu7OeIMkgRZF6gtzU6TyQOGtSyEHO/u3+Ao1tI5oIr5Or4STnkH3pWaeg000NkV3EExU4dcZ9xVi0i3XSZhZkk+Rvl9aoWlzKNPULIf3MvQjPBq/9qnKqRMwIOeKaTasJtJ3Mm6t5NM1Ga3eNhFnoRjj2q1aXNvsZDC7sf7zcVe8QCSZYbgSMwcc5OawYzh8ltrKec1MbjdjsLe5fUNJe0CiN4vubOuO3NYi8thVLNnG0DJzVnT547aWOaS5+Q4Dog7Vc1QrbzZtV8qCUZyOpP1pp8rsD1Q22tXuLSS1uCkZxuj3Nz+VYrW6g4MybgccetSh/LmSUHLKe/8AKpNUgCTC4RT5c/PTgGntIN0R3Vo620N/BKhccPg9/pUIvZPMLk7d33gB3qxYbZop7VgMldy+5qg67T8rcg9M9aEtQb0NixvfJukkaQlTwQTxip9TsMXYliGLd/mZuwrFDNa7JGjDxt0zXR2t5/bekSWRIQx/dVf0pu97oS7Mpabchrh4XP7mUYUHtUEtrL86mPG04y3FRI32afzG5aN+B/tCr+q5uZY7xmLCVfm9AaHo9A6GaLdpLSSIshMJ3KA3bvim2EssF1HIUOwnDd+DTcxxXKNgbSdpHtUbr5Vy8Jcrg8YPan5C8zUuLOaKdlWM7G+ZSeOKn054rK7Bmcyb/lKJ09s1CJjd6eGZ2aSA85PUVXDBgVjGT2CihaqzB6O6LeoQtHeHecofmjA6KPSn2DMLpdoyr/I3pV2e3W40uO6uWCug5Rep9ayppWmjaNf3cXZVpR1VkNqzuQavp8tnelS8Y53IQeaVRJJGsyxk7uGxzzVzUEFzpMVzkb4jtf3rMs3O9oGYqsg45704t2E0rmrbJ9mnjnuHVIwcNHnlhS6oh+15UbbZxmNB0rOjO3lhz0OTWzb20mp6W0MQJlgOQ3bFOWj5gW1ihaukdyqyAeW42EAU25+0WN75d2JJIesM2PuD0P8AjT/Mjtx+6AklHBkboKtXMkuqaUGkctJEMEDuKUr3ugW1i9Y6m8si295GJrbG5pB1A9/Wn6hp0N6Tc6fIHjXO1S2c/SuVhvJNLikhJZ7aU/eByyfT2rVgumt0E1rIApGcjkH8KHDXmiCnpZkQR2mFvtKyHgg9QKtPey27CG2ciGLqh6MfetRLq1nsw92ohvJRhCB1+hrIurC4tFCovmqxwrL3J9aOdSdpBayvEqPPa/Z7m4fEI80Ls9SaLoSJMvG1lUbSPStT/hCrW8tGi1OR1LsrsI22lSOnNa134YW00r5S8sEa5DNyy+/vWPtoc1ka+zla7MK1mt7mKY3H7qdVwko6H615XNINP1q7tXkLxeacuo7+or0+e2e0t4d4yk53K46ECuHn0h9Xu7uOCH95G5KNngiqdnqha7F6zurRok2oZJB/FmtozyX9qkLbUdcmNlHP0NcJbw3FjKA0qjB5A5xXQW10GAEkgT0kFWkmiG7MuWt1NZ3ay8iVDjk9R6V0VzEuqW63tmheXH7yNRzWPNNZ3MKyPJuuYxhwo++PWrGk+IDp8n+joBG/Dg9T70nfpuC032JDM+msjROPPPLEdh6VFrESSvDeIcrMPmOf4qtahaK6m8gbfDL8zHuDUVlKpsJYGj3tnMJboD3p3+0PyM60d4LpJEUsM4bA7VkfEHQ540W+MQCj5uDzg1syzTycM+wd1UYqxdQ/2toLLM2948ocntVSumpENJpxPGGODSBqsXls9tdywSD5o2K/WoUjZ2VUGSxAH1NdF76nntWdjrvBdkGNzfMAXTEUWexPU11cjiS7jt+XtbccjuQOT+tLpdnbWGkR2hCx/Zl++P8AlrKeTk1GsMkVpNM4O2VtisO/c1zVJczO+jDliS2tst9qCeXhCzb2RugA5xWbqd/iaVyp3MTgelXFlFvaTS99uxfxrBkD3EfmA8s2OfSpS1NL6CRF5re5lfqAAKrwt5M6uM9ccVtaeEexvInjBJXINZfl+c4jiQDPpWluhD7ifZVS4aTbnccik85lulhwuJPauhjs4n0jdLMizRHlQMnFZaWSXGt2wWT5VyScdqmy2H5nWW9oun6FNqYmT7gTAP8AEa41FMsp2D55G4B9a19YKRQG1i3CMnOM9TVXS0xOZT92JC5OO/apbHYffKvWIY8jCn3qrJbgFXSRcMM88YqW0lM7TRzBW81SenekiiaW3kVVLtH8w45xUK6ZW5btoGurSSEFN8fKnNVUgbO4Mgw2OvPFFu7ROrhWBB+7jrV68tAkqzIp2TcjA4zTtZiJZoDPYx3KlSw+V8GoIxm3ljPGMN9KlskDGSAqQHUkZHQiobdyjMrAEMpU0WHciJ3RKP4getSTxlJBIAVDLnI6Uix5t5CoyFwfcCrELmTTWjHzeW25e/FCAXzpZbdJC5JT5SaEldZFkMh+U5606xuIxKI5ogUcbTjipMQxSsjQEsDjJNVYTJ76Jd8c6DKyDOR61U8k7sFPlbgjFbFlcPPZSWqpGpUZU45rOeWXoWIPekr7A+5mb5tOvAckbT+lWZJWEuVc7H5GKt36te2IuDhni+WTj9azoGDQmNlyy8r/AIVOqY9zX0mdPOa3k5WYdz3qJrKWKd45f3aqfvN3HbFV7e5SMq0MQUg5yeSDWxqWby2jvy27I2sD0FaLe5NtCC2W1kD2rKzhxhSfWsh4WtbgqqlWQ+vNXo1kyGjUkg8e1aWoWMU1ml68wDYw6ryaJLlYJ3RnmRb22DpGBcR/e9xVQs5IJYgjpVi3MNvMJUDkj1PWrN8oXZcwxqsUnYc4NJaMNyC4jFzbJOAdw+VyBWZLHPGfkOB64rVsbmTMtvuG2Rc4x3ppLOnJ4pJdAuU9NuWMjQTHKyjB9j2pFna3ugWQEo3IxS3lkY4kvFztzzt7GluRE+2VHI3Lzn1qepT2LOoqk0izwxKm8buDVPe65bnI6j29aswKXtsiVT5Z6Z7GpUtw5WQyIMHkZ7VaskTqOtb5YJFlt0BderN/KrGq2y3Ea3qHh/vegqnfWaWUqvC5eJxkHHT2rS0e8tVRreUF/MHAboDSlqroa7GAuIiyupPHBorTv1kEzROBgdABxiila4XsQxtNBt8s5GcbOxrWnii1DT99kfLaH70Y6t6k1XvbVrB2gcq8xGPMH3ce3vUVl5wlH2c4deSxPAHvTspaoNtGP0u5Fswl5AHD59KtX9nHFO0zEpay/MpHVieoFU2e0W+LszSo/VBwA1XJZ21CyaFgFeH5oE9BVa7oWmxTU2vmgeQ4if5SS3JrLmthb3MkeWUA8HHatGBHuMquAB1J4AqzqFoJbCO5E8JaP5XAJpSsmNaopStFe6YSZT50PB3L1HrTNFBkmks5FDLLyhHY023Ux3QXKlWG1sHrVTElteMvzRujcdqVugX0ua7RC2lMd0DvU/6tTz9SfSlin3Qz2rRxhJRxkZ5qw0balZpdwxkyIMS4/Ws+cCIq3nIecgLz+tP4lZiWjK+kBZ5prZjsd0PPbIrRgii2fvLlfcDrWTbsbfWQzEAB+oPY1pSBILySJexyOPWnF2YPY1dtpcaPJGscsjxdMn0rl5NgmxhlVvU5xXR6WJWu9ixsUkGPm4FZmqabLBPJGdnyN03VOikx7oqQLIGMYQtjuK6a2h+3aQ0N1KEeHlQOWPpXKkusMcu1hg7W/wAa07C6WC8SZRlT8rDHam9UC0Y7zsLiCJYx0LEZY+9OEk11p0luZWZojvQn0q5qOnyx3RdisMUg3Bm/XAqoht7e4Rx5rgHDHoCKNGrgrplPTb0wX8buiuCdp3D1p92Y4ruSP7KuAx6HFVL2OOC/kCOQM5UNV6/jm8yOVk4kjyMc5qtLpg9rD2NpJoy5ikVkkwMc0aWbe2vo5PNdQThuOuaZbODp93GwIbhgCOlNicHpye2B1oW7RLexZ1XaNTkCLtjOCo781ftEil0iaKYGSWP5kjz0HvTNSiJtba9ZQGYbQD1qtpM5jvlDfN5vy49am146dB7SKs0zOuFjRAe2KZcTvNbw3DJFlP3bnb+VXr2w+zXUkc86RjO5QvJwar2i2rySWzmQiYcemaNLXQa3sxlheLBdgeRHtl+Vqkmkktrh4gFRQcjYMcVnusasyES5UkH2IrQlkt7mxjnJkMkXyuM1WidwW1i5pdwhkkhlPEo7nvVc2jRyOr/u40OAzDHFQQXSQyB4oVV0IIZjk1qaqzXPk3hbeHG0+1G0tA3Woum3UEcj2yRhlmB+dxnJrDuxLb3LK4DFG4+XHFWot/mgxKSynOew/Gr+uWsDxRXYnLlxhtgyBSaUZeoK7RQknicxzx28eJF5J9RVix1CWO6Xe+Im+VgOBVGzRHWS280DA3pv9amSOLHzTq3slUkrWE73uS30Qtr14xgKTlVHcGrulIILj/SHWOKUbSD1qS5nim06GeCLbLH8ryN1IrJbc3zElnHTNJXlGwO0Xcn1CG2guJIEgZ16gse1UbMLauyeUfJB3FM5yPati9H2y1hu41LNjDY5xVB7WcFXChGXn5jTi/dFJak7TLdN54bdGRhB6CtXwxcOfENtaykSRMDgH+EgcVzlzazadd+dC8bQTDdtD8e9aFpOsUC3lq+26LDaf7pFKVpRshq6Z3erxQwXTNdOBbuAuzHUmliv/wDRJLXyyIUXau7uuKzYvGmn3UAj1S2aNwPmOzcpPqPSqN3rNvfBoLbzYoJhtWdxtJ+grzJUailojtjUg1qY41ArclCPNtFJXYecH2rhpbsprc8kJdIPNIEanoK7K8tJNMjcvzCinEoHHTvXM6dZRXVr50h++cg5r0YQikccpO424sUEwkVQUlGQR60kVpGGwQzKfvBece9b9npSzWMkLW8kxQZX5vyqCO7aMNHHAkJ6Nkc8VcH9kmS6mdPZ6hpbqTESjDMcnHSpGtftUX2q12xuo/ex5/UCtqBf7Us5bO4kLOvzRE/yrBCnTrzcylHQkcdM+hotL5juvkaWh6hDbOYb2bfaSDDKnarmqW4jmha3QpaDmEj+tYU0kLHzY1CA8kDtWvot956HT5lLQPwjHgKfrUtWfMUn0MzO24cyzCOMnJJ6itfR5bITvCxknWdcDPAzUGu6QlinkyN5lw3zKyjjbWHYXpt7hVfh423DFXpOJLvFnO+NdONpqAuVh2Rn5GA9R0P5Vm+G7dr7xHZQKpb595A9BzXofjPTpdQsDNHCzJJFkHHcciuL8E2z/bLy+VmR7eLYmP7zdf0ojLSxhVp+/c7O+P8AoUeQVMjtIR+lPnuHt7K2t+CiJuYH1NF/IJpo4HwNiKgI9fes/X5hHdtCjblUBcjvislqzpeiIwVvoriWM7UjGERuNxPWnSWTx6dbbpIxkk7c8r9aihjjOkSHowkHNWbaBr6zeFFLvCcgCm9GIr2xEFwrM++M8OF7ir39k/ZZB8u2OQbl96igskC/vJFUn+HqRXQNLbNoKu0MkksDbSzHk1pzcupKV1YzrQRrP5bqCkgK8etQ6QbeHWHS5jLRAbcr/D71chkQzxFbcZ3jqajuGA124AjEYIBwPpUyd5FLRDb2yW8juJYEOEO6PJ5xVAw/Z9IR04e4Y7lHVcVvWckb2OQcggg+1YtzJ/xNFQZ2AhSK5Kc25NG04pJMoWixiWNxIoIPIap8PY6kykFQWxkHgg+9RzQGG5kjcEEE9R0qWbJgguFPBGwj3FdL7mSJJHeKZk3YA5XjrWlZzy3WnyWpky0Z3pxVciO504SCH97EcNhuo9aWynjt50kMRPODg9qNGgvZkUV1JHcI7AFQeQe9NkCf2hhAVBf7pParOowQJdSCIsob5lDdOarXe5ZY3wMsoPFJu4DIFMd08fI3ZXGals5ES6VXXKE7WxwabJ+6vFJUMvDA1JdRIs+6NiocbhntSQDbmFIblk+ZQDlcjtVySNJ7dLgSgNwr8flSzW8t1YxXSruZRskIP5VFZK4laF4ztkGPoapPQXUmtnjtLiOVpxhT820du9XNShtI7ndGXeOQbhxjms5oZI5GRo2yODxWnDFNfaY0YjYywfMPcU33GuxXtJLdZTE8Mnly/KfmrJvrY2t0ygMm08ZrR+zTkDYmDnjJxirWpWUlzYpdAJ8o2uM81MrXBXMECPzAwl2hhnp0NdBo01qySWcxLrL90ds1zjJtyjD8antDMsgKA5U5BzSa0sHmalwZo5GhGI1U4wtTaZIA7W8oLJJ0HvVm6gW6s0vfMVGAxIo5NZ4nMOPIUKVPDnrWiacbE7O42W0lineNwECnq3HFWLYQvDLbPNncCyEDIz6VNd51C3F2TuZRh8mssMyuHiB454HFTuitmRwFFvoysgXa2DkVea1ZZZEMka4bGSetUb9Cs6y7cCT5s44q3MAxjlBzvUUR3EzQtrOCewuYJbgcDKgCucliCKYgcg8rn1rc03C3yqTw4xVO9tQsssZHIbggUnH3h30Mm0lKTBWX5T8rcVYdDbTmPBKjkfSqssUsYZ+QQcGr0V5Lc2QXfmSL25IoTswtdGrYqdStGtSh3IMq3as17V4JCGdEdT0zzS2d9LHKjiRsDtWlqNushS5jGVkHOPWnqmLdDsw3th5jFjcRDkKOooqtYh4Zwdp2kYb6UVLunoUtTUguY7yIWNwAzMMRnuT/AI1UvLR9Kb7Gzbi/LSDof9n60pC2iAgh7lhxjkIKntriO6ja0vPmY8q5PJP+NU007rYlNPRmNcIQu4HHt/hU9i8txt8gZlj5zjgfWrdxZNpxU3Q3yyg+UO2P8axlmntpigkKxueQtaxlzLQmSs9TT1FUEqNAT5R5YDoH71PpjRSLNaOFxKuVXH51RjZVVlP+qfr7GrVldyWN1GIlUPvG52HODWck0rFJ31MaeFkLI6sGViOnenSSsRFOGIY/I2eeRW1rPn/bWYyZWUbulZtsrSeZbMqsJBkZXoRUra4dbFjTrt4pwJJCYXGHXPA96i1S3Fs5jVf3ZGVwOKYhYceXGuOvHOat3t5PdaYjMylom2t8vUUX1uhq2xhRyOlwrrg5AbDV1l7cPLb2s8ccSF1wxC9K5ThyhJCkkrmupsoftOgyx+Ym6Fty880O17grlTzZd6SNKxKNnGcVNrECF4p1ACyrg89cU3y7VV2yXG5mHIQVotLDNoQ8m3BkhI+Zz6f/AFqqdlZpCiujOYi/dzGPdtSXj1APanQ3UyBoywyCRkAVZuHmkUnEfthaZdlWENysMYEi7W28YIo2Yr3RoiQ6npv7x99xb9N3XFVPJkljysbbSOp4FO02++x3SukUag/KxPPHrT9RSSO6fc7FG+ZSTxSV07D0aMzUIme3jmYfNGfLY/ypS7f2bC8bnMbEHmhvmdos5Ei8c9xTLCSOS0uIJVII+ZSDT2GjU0e6k894sgiSMghh1pEmmR9oKqQcZC1UsXjivInFwFAbBJX1rSvIIIb1x9pBDfOAo7U9OYnWwqk3FhPCcvIh3L6mqgkMHMTfvOpcdvYVoWFzFFdYhBXzFKM7jk1QMJjuJIsY2HkntTW9h9C7qYE0UF6oyJBtY+9UPJnDh44iShznpWvp8kculz2kCAsp3K7/ANBWQ7ySod7k88896iPVBLuWtVsHWaOfMapKufvZqrbCKKYLJMvlyfK3y8VbiVJtDdeN0DZyT2qi+HTai7s9BRG9rA+6I54VtLp4/NOB0O3t2ra0uS1ns5rWTfIw+ZMjAqve2Mt1p1veCA5A2sTxVO2S4tbhZCUUA8gt1FHxIEmmTPPIw2cIo42L2q3ZYuNPuLDBLAbowBzTLu2ijuQ7zrslG4BP1p1nffYruNoI1Rc7WZuSRTesdAtZmM8csZV1ifK9RjFSjEbkqDscbhkVc1eORL+TMrbZPnGDjFU45JmtSm/LRHcvGTj0qot2uS0r2NfSN9w01qIyRKuRnjBqu9stszR3cwaQHBiSq0F9Oskchlb5T2OOO9XtRQLcidANkqAkn1qXfmHfQuWF08tncWUSpChGVxyQKxWTcT5rMzA4bcas2LyLexNEhbnax7YPvVvU9Pjtb1mmmCq/IRe570K0ZBrKJRFutzp0sYA3xNuX6elZtvM0D+bGMg/eU9CK3LC5gtb1PKt9yv8AKzOfyqpqJlhvZEVIwucqNvUGi7TsFrq5oQact5ieDLQqm+SMnlf8RVSZxcN5oHyNwo9BTk1K7Fgz25US2/zEAffXuDVqC4sdcXNuRBeAZMJ7n2pKTT97YppW0M7UtQu08PahDkPGIcEt97PYVheHb5Y9MRlttzIAJCx6H1+ldNr+l3Nro72pixLJ87kdMDrzWD4aiWN1JXcr/Kwx1Bo0bugs1ozYj1G58xHR9oU52p3HpUmp2MM8SX0IAWT7+Ox9ajvdIubS5aOMbIzyhY9quaW9tmSzvZN6SjhE6BqbtbmiJJ7Mwf3tvcRujkmM5+UZOK1dVjsXhjuo4XZ2AEm/19aSSXyHa3it1jMZIJbqfQ0Wn+llrW6Yssg+U9Npp3b95CSS0MISvayl0RNjcOuM5FRTSyxIrNvS3f7je1XrqyltZnibnae/6Gl097SJjDeyb7eXjbtztNaOzV0Sr3sWtPu4dQt1srlxvA/dyZ5//XWZqWmXdosk4RB5YyshHDj2qO9tv7Nm8xLR1gLfI5ORWxD4gj8QW4sNQZVIH7vaMD/9dZuLWqNFZ6MpWupy614eeJ5SZLf+AcYx/wDWqj4d0P7NbOYnUi4naZlzyEFQJbTaLr5iZgsU64L9j6Gtdttt9oMLlRFGIww9zWa62G1fcz5rhGeacg+XGc4Pr2FVbh5ftK5x9wEbhnGagnmFxiNmEYVsk+tbOpWUAkt3S6Dh4xnC1UdLCeqHaPm4gurVkhyw3fd5+vtSWCG31CFpG+WQ+WwHH0q1oMEEGqx75ZmV1IbCjFWNQhs4LiUxrK7xyhlDDjr3p6Ju4LVFW8ijs76WNccHIz71KD/xJ3B6yTD8hTtWvfP1FiIV+UAYq8szjQ7crHH98knGaV24oVldmdaAC5iIVjhh0FQ3V9Lp3jR8QB4zGC28dMVckvLhXQqwU7h90YrJ1Tz7m/ubkud2eoHTFNpt6gnZaDpJbmK9umhA2uGlCgcD3FZfmSsySlj5uclvU1vS2F2mkLqoQC3aMICGz19axtkRkUF9gPaojFJspt2NW8LP5V2MHzUGcjuKW2CXNlcwPECcB0KnBzUtrClxpkkAulLRnzFyOT7UzT1eG6UgK6t8pwexo0tYLkGnBYblQXxG/wArBunNS3Vk1vNJGHR9p4we1RTRtBPLGwKsjcZFXtQVZBBcLgb48H1yKrs0Lcq3aM1nbyujBuVOfaqcjnZHznHy1ejlcadLGCSqtuCtzxVYRpPaSKWKOjBgvqKl6MBZ0WS2t5A23gq2RxVjyHuNNDKAzQnBwe1Mhgke1li25x8645ptlL5cu3JxINpHSgCTTW2PJBJkLKMDPY+tRAvDJwxDKfWlzLBL1+ZD3q5eMrFLnyYz5g57YNVsJj7yWSZIrlXO1xtbB7iiwu5IbpQZWCSfK3NSafJDNDJayWwbcNyfNjBFUy8Y+U2+CO26kuw/MnuQYbmRGc4zlee1SaeyPJJbP92UcfWpp5o7nT47hbdN8R2vzzVRbuaNlkjESspyPlo3VgejM+8t2idh/cODxVNiVfeK6TVWkuVju0ZdrjDDb0NYMobDAgDvRe6CxqaLeKH8phmOXgj3qe40+SGVkc7FHIZvSsa3uWjYDIAzkHFdEZP7T08Ozbp4uDz1FF7aitfQZp9zb2dwFIMqyfKc9BUN/wCbDcPFwqk5XaOoqskZkICKfXNawhjvdPbz5x58A4VepFN2TuEbvQ5+4lcwbCd2zlQfTvVm3uIn01f3XzRP69jUMrQKQcORnGTTLaPFxLAgJWRcqM0NILmtBdJHJHIkAyCDyasatPN9rDqERZFBAArMgWTbgKSRWxeWdxPp1vMAAVOCSacrXTGr2MpFaabZIwIkG05H5VjKXsLxgyZKEggcVutbJHtZ7pVwQeOtGvWFu0sc8c4YyKD9TUztfQavYyXaJZQ6RHa3KjNb+l3ons5LIRopKlkJ6g1zcQAVo3c47H0NWbObyZQ5lwVPHFLRqwtnctu0m9ldzuHvRVy8FrNCt3FvYnhwOxoqk1bUTTJ7yyWEG5gYNAwyT6f/AFqrRRJtFxMSIwcoB1Y1Pp15Hpsvl3f75G6RKMhfc0/VLUpKLlDut2+6B0j/APrUJtPlBq+pJBeLqQNvfHLtwj9/YVj6jptwA6EABekucA49KnSA3EhUHaF5Z/7v/wBetP7ams24sXGxIxiI9396GnB+6C95anPWUtv5WblzJIvRE7n3oaaSeUqf9Y3CgHt9ar6hA1ldMSNrA/NgYBHrQm+coYgfl5LjoK10krk2adjqbyKCXSLa5musypwyxjPtWM/kpMkivKCjBskVoaSyy6bc2vQckAd6zirSR/6tzx121jFbply11LGoQ28NysiTuVmXePl71WjEL213EtxyybgHXGSKtSB5dDjkZH3Qvtb5eazo3H2gLgjKlfzFCV0N7lNVzbBs8q/862tDcLOyNgh0KnmsqzLFLiJcYEe4KR1Iq5Z3TRPFN5EZ2sGNNPRol6FrAhdozgFTg1p6QDObi2RGO9cggfhUGoyhL/elrGvmKGyec0tpeXC3sJEmxSduFGOtVdyiLRSKxspIsi6lih2nBGck062tLW6trmE3Ds6/OmE6U/ULdY7+Q4yW+bn3o06dY9RRSw+cFetJpuNwVlKxlCGPkfvW9s4rWEi3OkE/Z1aa3OCXbPFQ3FtIt9NFHC5IbPTAwauaVZzG5kidURJUOdx71Ls1cqO9jFnmDAN5MZ2nPAqqoEWpZRcLJwB9a0JrHyHeI3EW5GIxntWdewulvHKdpVTtBU9Kbt0FqOUFCysuCDjkdK3Jd1zY21wqkso2sQKyBPIsmd2UkAIDDpXQaddSz2FxbbwMDIwKbbtcFa9iiIpVHmkiIKc7m/wqbVzGZYpIRiORMnP8R9aqs+4FpHJPuelWBF52jCW4yFgb5V7v/hTbs02JdUJpLym+VowPLPys7HAFLqFnBa30sbzlgfmCoPXrVZpWkALcIOiDoKvaiyzWUFyrAlflYUSTUrjVrWDSJrRLloDbFllU5LGq5uHQMixxx7SV4HpVe2aRLqORY3wDnpV69s51vWbyWCyLuBY8e9KyUg1aJbBpLuyuraSRmHVQT61kFFaPkdsEmtjTIhBfp51wqK42kLzUV0lnbXs0cUDSsGyC3TmhNKVgtpqQqn2nS8ICzwHoB2qJIJ5YyAm3Pd+K09MvpRcPCAiJIvRRzWVIjJI0Ujs21iDk0RbvYTta5p38EEumW13Ndbmj+RxGM1lq1rDMr7JWXoSDjIq/YKJLS7tSAMrvXFZmPMTABLd8UR6pjb6oS4igt7powZBGeVz6VrWs1pPozJ5LzTQnI8w9qqXFncXOmR3AiO+A7WJ7iotNMtvdDKfK42MM+tJ2aBbk0t1LPHtBES4+6nBq5dAXGkQ3BOXi4Y+vY1Uks5Le5kSRkjUHIyecVe0trNvOtJC9wZFyoA4odrXQJO9mZZYnAjDO/UBRWpqdlNcWVtfHy4gRtcsef85qibqVN0aosO07TtGelWrQC7sbi3kLuy8qSc9f/r05XeoRsnYoW3l292pa4BU/K+BwQagvLGCC7+S7dXU7o3RcEenNDKCgXj3FTzxm406KdFYtGdj8dqGtb3BbCyXd9qOnzwSXjz7cEsy4Zh6UlnP9ngEdvEkYx1PJqO0Z4blW8pyD8rDHUGnzWk9rdNGIjtPzLk9jTSinYV20a9/JJfabBcvIWeM4YdPasrbsG5BgjkEVraVEZIbm1nljRXXcOcms/wD0KM4PmTMpwewpRaV0Nq+pPfqLiGC8hUsX+WQKM7TVZbWdSJGZYdvIJPNaljfPcWM9kkSQZBKdzWL8xOXZnYHksc80Qu9AdtzX1JbGS3gvULzkjawHSshyN4KwRrtOcYzn2NaWnsJ7O4szgZ5U+n+TWbHuY7QhLA4IA6URWrTCT6ouXRZLINtWa0kGNhHKH2rlbiztyS4lMMgPAC9q7bT7SS6sbi1dlQD5gWrnb+2tV+WWfJ9Fpwkk2gabVyOy1SznhGm38EklyWBWUjqB7+tLOqS2irA5/fysxB6qBwKgt4rZS08chLRKR8wq7aRB7mNM8xxjIHqeayrNRV0XBNuzM2fQxFC0qPvI5YGrsqI2j2MpI3dM5rdNlttzNnKngrjpUF5NHBo9vbC3jYLJ971rGlXcnZmk6aWxT0Yr/aUPGcEnr0qfUSrX9yMjlhS6Tdf8TSJhZxlR/tY//XU+o3vm6hORbxq2/A9q6pv3jCOxh7zJeOSjHLY4U1tQRyyeHmKwv+7k7jtms8TXAml+cD5uQFrSsp520u/iaZiu3P40teUatcyjHcS3kaeUQNw7042dy0lxmJQCT1bHFMtS51KDMjn5hk5qW6jKXMyM7n5j1aqu2ydLDdEikbSZLWeXZbgkFHb5fYisae38tjnrG+D7CtN3+zwI0qvLavlXjU4Oe3NGkA3E9zC8UeJl+UPyQBUXaKViPTpUguo2JG05BP1pt7Ebe5kVSRg5Ug/lU4MkLMvlRqVOMY6VLqEyzwwTtEoYjY232pvuAy6uXedHOHWRATkc1cZ4JtHiZotrRPtyvvWbsV7MESgvE+ArccGrdluktbi3KHOPMH4dam2gCWsKSvLCkg3SIcBuOlVII2E7Iy/fG2nwTILiNs98H2ps5e2vWCORsfIyM5FNrUE9BtlK9rcqd5GDhhS3AaC5MbBW2ncpxUt0B9qZjFw43AqetPuBBc2sUokKunyNu/Si4DrzyGMdwEdRIMHByARU9nHFdWk0Hn/Og3oGX9KhtoZJ7SW3BDlP3igfrUVpI9tdI7AgA8n2pdLAEQ8mVXSVQynoTVzULQ70uEkjCzDdjPeoL6Bo7tjtO1/mXjtUkAW6sZIMHzE+dOKavuHkS6YuLgxPLGElG05qGa3jgmeJpx8hwMCqyn5gyjBHt3rRvE+0W8d0iEsPlcgU9ncXQfZfZpoZLRpXOQSnHese4WJc43hgec1dg86KVJFjbKnuKm1Swl80TrC2yUbvxodkx3bRgSJ5XHBU8g1paRqKW9wsnkDA4IJ61A8DPCyMhBHzKRVGNgrZJI55xU9bB5nTamkiyqyt+5lGVC8AVUtp/stwsg5HRh3Iq9pzW17ZtazzEuozH71U85IiUjgCsDgk8mri9OUT7hqdg8cpljjJjk5U44rJkjkjKvtKunPXtXRxzSajYvayuQycoRWBKrxMSc5HBFLpZh5j47hxKdrkA8itqzdrjSZ4mkZihzgmudVQrg7tpB79xW9onktdGOS4wki8gCh25QV7lDAK5x1q/KyTaMjnkxnFRyxWcMjod8hBOKvabdR+Rc2qWq/MuVz2pzldaBFWZzcseG3gHB+9xxVd8rIemR+orZkuJXBBVBx0UVUvI3uLJLgKC0Z2vtGCRUyTWo1bYn0uUK/lSsvkyjByehorKhHyhlyQeMjtRStfUexrzQyQyNFKMOOvv71paRcE/wCiz4Fq/Bdv4fpRRV35o6k7SDVLVbQiG2H+gH+PPLH0PtVBiylPK/1mfkx1zRRTpv3QmveLl9BBfWmZgJNQiwXVfulK5drh1kktlxFCRwB95h/Siioj8VhvY3PDN2La+XCK0rgoNx4HpU15LcLcyo02ArcBRgUUVdlzk3fKNs5ZmivLXzGxIm9ee4rLSeUXEDHay7xkEUUUrWbHfRBZpH/auzdsYsUwenNTJbSRyMgZW2krw1FFJbg9jZnt5ptNtbnaP3Z2sS3aq/2aVPmMsSbec55oopRk9UOSRpaqtkEt52keYuuDjpWcL4QsjQWqJsYEEkZooqoK61FJ2Zb1m5uXu45TLtV06KMVnI5S4jlZicOM5Paiiqglyik9SXV7dY75mKgK67qxihdZ4wRyNw+oooqF8JXUWJoZLWEvuWRSUY9vatrSGt47tS93tVhtPy0UU+gdRbhbe2upkijZ2zkPJ059BSWD75poJWyZk49z7UUU1rAl/ERraiHi6YptODGv3jWlp9zvtZ7WGCOPILKWOTRRSesbspaPQxZJrkk5m5BwQBirlxI9xpcE7SszRna3PSiihrRMSbuyqhCOHUAEHOa0NWCrNDMDnzE6jmiinL4kJaxZWtxcLcwvFF0cck44NXNVsBb3zPNcIgdQwVeT70UUpN8yHFe6JplzZ2+owlIXmZhs3MeKhvZZ4r2aPCIpbcu30NFFHKucL+6PsGe4863kc7ZE+UZ71itE0fyZO5Djr3FFFPaQt4l2dluLOK6ONyfI+aLa4MM0Mq/wnt6UUULqgZe1G0mF3vSPbHIoYEsMZ70mnNb2t8pln3bvlKJRRUJtxsNqzuJen7PezLBbrGpO5SxyTmksbieRpoHm4kHAAFFFVyrkE37xksZUZkaZ8qSPvVcuGkutPiuGdi0XyOd3UUUU2lyph1sJZTLDcxyqo4ODn0q3qkYivNyEbJRuAB796KKHpJAtUR2TzRXccixnbnBJOODU+qWH2a7dpJ0RH+YKnJoopX98aXukNld29nfRTCF5FJ2MznjmptTmkh1B9hjiWQbgAKKKGveTBPQispnF7G0jllb5SCeKyNZQQX0gOFGcj8aKKdveF9krabcfLdKqq6SFFOav2hWLX55WkVY5VChSemOlFFRXinoXTbN93b7MVVvkPVfWsfU2P2NGRSVWUBj6UUVwUPiOmrqh2iuP7Rjyrc9MDvTJVkfUlUo+Tc4PHaiivRm9TkitCa9tp1v5VWHHOeoq1Y2k/wBjviwUfJ/eooqeZ8hSS5jMtbWVZo3JTgg/erU1ix8q8EhuIwJFDD60UUXd0JJWZSit/tFtcWyzREkb19yKqW++CWORfLJU55aiiq6snoX9UsZPMSeMpslXON3eqccEslncRGMMVAdcH0ooqIt8pbWpTt0Eokj4yyEqT6irGm3EkF7EwkIXO1h9aKKpiFuf3N08ckaOVYkE/wA6NSEEiQzKpQuuDzkZooqewEphafTEmRlZojg884qvFE0haLbkOOPrRRTDqiOFmt7lWyQVPIz2qxLuiuHUP975l9waKKe4F2a7luNOjlJBkgO1gQORUFtezQ3KzL5eB94Y7UUUKK1E2yW9MsVwXjZdrjcvFSabeyyO9pLJ8kwPQDg0UUWXKDepUk81HaNpWJU4PNWoA13p8luXYvH8yZbtRRQ/huC3Mz5o3DKSuO1U54hFPuYjy5O4oooa0uJbktu728ilJOVOQQetbU6G5gW9QKMjDjPQ0UVN2irEUBEEqSvLgA8qvUipNXjtiBNBExik6sT1NFFOW9wWxhSAdhg+malsZ/JnjbjKt+dFFUiTW1PC3ZYYAcA0/TWKXyfKTu+XiiihP3A+0F1Y3EV5IhVVGc8mptNsUka4tpZ4x5qZUA9xRRUttxLSXMYNzZm1mkCOrAEhlFFFFSthN6n/2Q==</ProfileImage>
-          <Email>roger.marty@huenenberg.ch</Email>
           <Mobile/>
-          <LastName>Marty</LastName>
-          <Description>Liegenschaften</Description>
+          <FirstName>Jean-Claude</FirstName>
+          <ProfileImage>/9j/4AAQSkZJRgABAQEAkACQAAD/2wBDAAgGBgcGBQgHBwcJCQgKDBQNDAsLDBkSEw8UHRofHh0aHBwgJC4nICIsIxwcKDcpLDAxNDQ0Hyc5PTgyPC4zNDL/2wBDAQkJCQwLDBgNDRgyIRwhMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjL/wAARCALoAugDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwDvCfp09KM/T8qD1/CkrmOoXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KjP0/KkooAXP0/KigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUhIHWgEHoaAFoqpe6hBZxbpZFXPTJxXF3HxDNrctElss6g/eBxRcLHfk4GaTIxnNcFJ8Rogi4tXyeozwKzpvH0iu7wRNtPQMelK47Hp2R60teO3HjjUX2mGTYwOcikPj/W8BfNUn1xzRcVj2LIzS140vjLWWcNJdDrleOh9/UV0Nh8RLjagvIImA4Z0JH6UuZBY9Eorm9P8AGel3twsLS+VI/wB0N0P41rXurWVjGHnuY1z0G7n8qq4F6is2012xviBbzK+fetAOpHBoAdRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRSEhQSTgCgBaQsBnJ6da5/UvGWk6e3lmUyyZwRGOn41xms/EC4e4Y6flTjapIyMe4ouB6FPqcFvIVuJUjDDKbm61x03jsQSSR7GZgxGVHGPWuIe/nmC+czPJnPXoajmYliW6d6m7HY19Y8SXOrQ+XMR5aNuHHNc/vZunSkknVhgDAHX3qu0xB+ToKLBcsFsDc+W9B60gWWY5fEadhVffJKOCQPWjc6kgsTRsK5OVjXgZPvURUs2FBqPzTnpU8V2UPyqM+uKAJFt3RAxBAPFIpdZCBjHf3pHuJ7gY25zTGS5UdAtS0xkzyuygYC4ORike6kZt8sru3qxziq+G2/O4zQtuzDdzjtTVxMvWepG1fMTODnIIrsbH4jNBCsVxatIwGNyt1NcELd8dDx6CmlXXrxTA9Tt/iPbthZYCnv7V1Fhr1nfojRSKQ3TnmvBxKUxxuPrmrEOoXELgxkqf9kkU9QPoJZAxxkU+vINH8b3enSKJx5sR6g9Qa6+1+IGm3EwRz5Ixnc1FwsdhRVS11G2uoUlimVkccHNW80wCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK4nxb45i0qJrbTik110ZuoT/E0AdPqes2WkQrJdzKgY4Azya4TxR48gubQ2+mu6sThnIxx7Vwc15dXjl7iZp5nOTuOQM+lSW2mStmade/A7UrgV3nkkOSSQfXuau2emvJ+8fCjuTViKwAl3nGB0B6VJPO0aeWp4PUmpciku5Wdbe3Zim44/WqskwmY7k/I0szeaQuRjqasQQwH7x+b0zyaWwMpNGijABIPY0zyS52nHPYdqtSLibYo+lSny4Tk/M3fmmmFioINuV5460ERqu0Id3qaklutpLbR9BVKW6kdtq4Gewp6hZIcVReWH4UnmLn5EAHvTDEwIBJLelTx2y4ywOfSgnchaVsfLxUaSmV9uTnvV4wHBAT8RVdlCE4Ug0BZji0EAyx8xuwFAvpW4jiAHuKjjh/i5PfFS/aI0+RUxRYBPtdwgOGAPsKhZ5Jjk5zVvyVI3Z69QDQYiOFSncLFMJKPwp3mMvapiCDyCKmjjtj8zb/AMaVwsVtxxg81IYWMe5T+tWDHb5wAxPrUkUAjU8nb1xRcdivaXF7BMvlyyqwORhjXU6T431C1vE89/NiJwwPce1YCXCwycoPY1k3EjrIz5GGPAHagT0PfdM1+y1NAYJkZscrnkVrDmvmqy1G5s7gSRSupB4IPIr0vw/8TY3K22qjaxwFmUcfiP61QrnpVFQWt5DeQrLC4dGGQQetT0DCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAUUUCigQHr+FJSnr+FJQMKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKa7rGhZ2CqBkk1R1fVYNKsmuJ2wgOM5rzLxZ4zupm+z2spjgdeSrcsD2oA1PGXj5Uiew0iUO7ZV5V/hHsfWvMd7EM8jFieTmpEBnOF4XuanMUSqOhA/U0C3G2kZ/1jde2a3LWS5kdYwP3YHUjoapafD58oLDj36VrTzpEGSHGcctWcmaRRUvLlLQbVyzDrjpWPLfSyyEHgE1ZLStuEuCpqokBkkAHI7GmrA7kiSM7BEXk9TV7dDZofMIMjDgUkaraxlivz44zVbYJS0jAseuTQFiOW7c58sbR0zVETEsRnp15q5Lhl2gYA61Clsh6MR7U1YTuReZkcZJ7VID5ZAB+cjmn/AGdY+dwI9qYI03ZyTmncklWQIM7dxPepY7nDB2T5e2e9OS3WUbfMCoOtLKEDbU5x0qSrMd/aLElcAr9KrvPE7YKt+AzVmOKRh8kf408Q+QcyOinHfFO6CzKoOOh/A0yWKRufL59qsyyA8hlJ9qb5rJ0OPpTuKxXVJ4ot7qVHbNRNdz/3jn2qeZ2kU5cmqpQk4FNeYn5CfapD97J96cZW64/KnxxR9ZCcVJtt1Py5IpOwlcjSSTk7SKkBcAsM5PXmnl4yvDD2FVTI6nOKBl5n3IpfgDrWZMSZmOeD0q15gkjIU9eoPaqkzhXxjPrTQmQHINPU8Y65qUBXQMo4757U3ZkZWgVjpvC3i290O5VGcyWp4MbHp9K9n03VbfU7ZJoGBDDPBr5u3lDkjketdBoPia90eUSW7kxZy8fY0bAmfQFFYHh/xJDrkIaIjIHzA8EVv0FBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSlPX8KSgYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFISB1NAC1naxrFro9m09w4Hovc0l/rEVlG7FGO0cnoK8U8U+I7nWb1yznyQeFHSgCbxV4nk1285crbIfkXPX3NczLIWlAJJz3qCV9xqe0TzCc5wDTtbUm9yU3bLGI0jyB6d60LHS5JFW4ncog52+tT2UCIxZwAByKlmuWkPcIvAFZuXY0jDuLLdxWq7VbkjjFVhcieI7cg5qtKollLNU8exFAU9fapLSZXdZHm++So7VZgIiPqRQI8scd+9RtDIgO3k5pXK5C1JMp+8NxqKS63LtUqPUAVBslLAkEZpWjA4ouFhjShlOOlIkbsc9FpTAePSnESKOD0ppi5RpjUOFzmpdqDAqELg5JOfWpA4p3DlJ/Lyh2tzVQ+YrYYjFTiYfdpzRBlLZ5pXsLlIQ8zDYkmB7U7yEHMkjMe+TUR3xsCg6U4Tt3Uc1SYrEoC4/dIOvOaJGycNEV/CmhmyDVqOJpxlHXjqpouFimY8Dchyvp6Uxoi2GQnPcVbnt2X5kGPUVEh29Rz60XFYhMYcYJwaT7O/TI5qywDDJWnEDbz3p3FYptayRjd/D60g2MxCjFW43aNtrfMh7VDPDhz5RIU0XFYr7QH3Dr60ySMGQMO/WpvLdV5GfWnKYlHzjg9DTTFYVbZWgIB+tU3jaF8jIHrWgPkOVOVNP8tZ4yB1Hai4WMt9suQw+ao0BRtoNTSxGOTI/h7U1sFgRTJZpaXrV3o2oR3Nu5Vl4YdmHvXt/h7X4db09J1OHxhl9DXz6z7m56+tdD4Y8RTaHc7lO6FvvJmgaPe6KytI1uz1W0SaCZTu42k8g+latAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBRRQKKBAev4UlKev4UlAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKiuJAkbE8YHWpa5vxVr0Gl2jRb/3zj8hQByfjXxQv2Y2VuQQ33zjr+NeYSOXY1f1O5a9uGk6AngVWSLcQAD9aaEyqI2z0rQso8KcjqeKlEQUZK5OPu1NbgntjHapbKjHUsGVRtVRk+tQt5kmSBwO1OhtpA/AJBOa1rayDNjH4HvWLlY6IQbMsWj+XuI60kcJJwTg+ldP9jVgTjtVJ7DMmTxWbmbqiypbWuWxj61Z+ypuIAzmrkEJVSAv1NW4bEZye/Wo59TZUjNk04eSNoBqAaZuOCpya6eO3VeCKfsjRc7Mn2FLmZXskcjLpjqxVlPHQiq/2EgnIP0rr2ZC3zR8fSoprZJowQoDZ/SqUyHSRybWmVwVqtLAUcIF5966idI4vlOOlRCyW4/eFOMdauMzGVM5lo1+6QCacqtjjOK2p9LROQpqv9nQDB4NVzIjkZUSIOMHBprwbTkLV+OFd2FH4mntFt5bii4cpRMSeXkkA1VYbDmNyMdcGtN4VlbpgGoWtAr7e1NSE4Mjiv1VCJ08xSMZ7ioJGiblCCDQ9uxJGOKYLYrwBwaasQ4ssIRjBGak8tsbgMqeKhQFVxjmrUO4puzj1FFxWKc0IByuRzTMcDJq7IQzBWHymoUh+Zlzx2NO5NiDymzx3pskK8ZGPbFXEj3hl6Ovb1qPZITh+QT1p3FyleK1bGNwAPY0hjaKUDdgjoav4WFgkiEqe9LcWwEQkjO5MflQmKxSkjEqM2PmAzWTcx4GRnmttABFuB4PB9qz7lAFKnsapESRmrkjFSRyFHwRxT1Tyzz909DSSpkHHJFWQbug372V4kizMihhmvctMuxd2kcgYNlQcjvXzlbscDBORXpvgHxIIn/s+9lKxt/qWPTPp7UikenUUg6UtAwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAooEB6/hSUp6/hSUDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiobl/LhZ84wM0AU9Y1WLTLCSd3C4HBPrXh2u61Jqd4zM5bJ/Otbxrr8uoXZgViIk4x71x6kD5upFAXHvkgL3q5Zjk8c1RUMfmJ6mrtm20n0PSh7CW5bdfQfU1JbRqW+Xv1FPl+WIMo5J5q9psK43SDGaxlKyOmEOZk9rZ4G4d+1acEYGQBjHrSxhVGBgj1p6g59vWuZyud0IJIcxz8qCk8jjJ6nrVhIgO1SbeelZtmyRWSML2q7CFA9ag2HdgVPGhHr+NCKsTM27oMUJCDjI61Ii9hyPWpgdo4HNMCu8C4yQKrzDZGyog9avctyaTy1bO4Z9KYNXObGVlYyRls9gKtJKNu3ZsUetazQRkH5f0qsbYFtuOKLkuBm3EJlXIOaz3s2Y/cYNXSpbhTwOaJYF3EgYJqlIhwOa+zNCclTTvK87lwQBWvNb85YZqJosrgDnsafMQ4GM8G04Bx7U14tyjHWtuKw8xvm54o/s5d3A+lPmD2Zii3HAZQTVeWHYPu4yeDXRNYEElfTvVCeIE7GGaOYTpmKkG5iT+FSQYaXacjPXFaC2JBbB6/pUZtDEN38qpTMZU7FGSHc23B4PWmtE4b8KvSwkuCp4PUUyYHzVKnoKrmI5CgpOQR2NW4mXeCy5B61ZEUTr867Wx1FV2TYcZp8wuRk15bxPEpiPXqD2qKA4Vo2GMD0pikg5Vs/wCyauIiuQOhPQ0XJcTOktdySeXxnmqEljI6Fly2B8wrYcyWzsVGR6U9biKZNwULMnb1FaJmTRy9wAIEyMMpwRVRzyD7V0GvWkZtRdQ4BJwy1ze7AGfxrRPQxloGSrhgOa2NOuQJEYZ3KQ2DWLu3E1NFKY2BBx702hJn0hpl5He6fDPF91kHHpxV2vPfAGredbCDzMkL9zP6ivQVO5QR3pFi0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACiigUUCA9fwpKU9fwpKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXG+NfEEenW32fzGE0g+VF649TXUX10LW1klPRRmvCPE+pNqGszzvJuycDHYelIDIu5mmmZ2OSTmq4yWCinH/Vl2/Co0ONzHqapIlstcBcDljViBtpCkYwetU4PnlAAyQKuIjO2QOtTIuKNVCMxyBtyntWzblZDwuMDtWJYq2zyyh+vpW9aQFCMnn+dclVndRTLagnjHTtV+KEAZPUVFBHgZarK52k44rnO1IcMAE0hJPAH40gPGMUA88UF2JY4wO1SqMc/pUQBNSgY96AsSb844pc569aFXnpUiJ82T35xTAbtfKgVLsPsamSPcfenGPB6UAVwtNaMbunSrJUUjKAtAFUjHakMYYc8GrOO1NEYDUwKckLMNox9aelqoXpn8Kt+XzS8AUCsV1gUHGKTyB6YqfevftSFgRnNMLFGeLYvHQ9DVUWaZyw5PPFaEgLsO9NIyDnii4rGe1uoJPaq01mD0PBrUaLcOarvHhwAeKZDiZb2gjUCqD2xkkJ6Y6Ed66GSNWTmqq24RCDyc5p3IcEUhB+5x/EBUDQb0zgCtHbg5A4NNYAHGODTuLlMSS3MYOFP+FSxEmA7sZHSr8ykc4qqwCQs+Pl6CqUjOUCvcEMQwYbj1qozQ7gW4YdxRMf3ZLevFUZpxgBuK1RyzRZvZUeykiByfvA1yrZIzjp1remUtaMVJyB+lZQjCjgZ9a2gc00VV+UZNS7lI4pDHhTmoeVOe1aEbG74c1d9I1WKcE7M4cZ7V9BWNzFeWUNxCwaORQykV80qRwV4OORXrHwr1XzbK502SUs8Tb1U9lPpUFJno1FFFBQUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAKKKBRQID1/CkpT1/CkoGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUhpaa5AUljgDrQBx/j278jSvLMpUvxgHrXi8ww7E+tegePdUSW/+zKfujJ5rgblckA96S3BkDOXjVB0oAzx6U4AAbQORUgXc3THqabYkieyjCzc9SK1be2JkCL1PU+lU7aM7sIMnv7VsRJ5Kgn7x71jOR004l2CBFwqjp3rRijPFU7bLYAH1rUhAJA/SuSTuzvpxLMSdzU3GMUoQAZxTag6EIAFHNKi5zgU7Yc8jFTx4j4wD6UDEROOalCE9BSKCW/pUuCo46UAOigJGSR+NSjYOnaouMY5p6bOhpgSLKi/wn86k86MjkGo9mTQI+OKBWHZXtmm/LjrxUipjtSOuQeMUARhPmzRt557U4LjkGkwc5zmgYzBJ45pRGacML2pw5NMRXki3YA9eaUR4FTkAU0gEcUAQbcNkVG6+ozU7Zx0qNhxmgLEYUbahePd0HSrHGKjJCt70xWKhXBIqJ0OM1cfGeKiYBhQSUmAAPAqu4y2auOvtVcxnNArELYZcH86o3cZ8tY1JwDk1qFPl96q3CDH0ppkyWhkXEWYvTisi4jGcHoOa35CBn+tUJ7dSefvMeBWsZHLUgU1jDRcE+4qrNbrCTg54zg1dmQxPsU4YCqFy5dcOctmt43OOasZ87DkAVSdugNXblehWqW3BIYc+tbowZJG3y/Su2+Gt6sHimNWYKJEMfPc9q4YZUcVY0y7mstQhuIZNkiNkGlYEz6fFFZHhrV11rRILsYDkYcehFa9SaBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAoooFFAgPX8KSnH+lJQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlU76RhA6J99gQPSrtZmuSGDSLqRcbjGQCfpQxnhWrSGTVrlyxchzk5zVBRvcs3WnTPhn9Se9PhAIUKCeOTS2DqROhRwB1NW4LTCb3ByegqaOECRWK7mHQVa2kOA33j6VDZpGJNZWiwwmV+pq1seQKQMjtUcwZwiKeMVoWcW1UXkkdKxkzqpotW8PlRjI61pW0ePmqtt+bGcnvWjbKEUZrnZ2xViZE7mosASH1qcnn0qNVLydOtSaCkFj34qZEyR6U4RhQBU8YQHk/WgY2OLD5PapHHYdPQVYXy1HWoSQZeD0FA0R+WTgYqwkI9OadFhzgkCrSKgXGR70xMhEX5UuFHarKqD/ABAU14wT1oFcr8E8UhXip/LAbgU14+9AEAjzwKPLxnNP+6e9KSD1NMCAp+lG3vUuMds+tIAT06UAR4J6g5pSpxUoQde9G2gCswx7VExHqDVh49w681AydsUARMvcVEYycnPNS528UNwM46igZWIxUZ6VOwDjGeagweQaCSFgN9Mdc1OUBphHODRcCvt5qnce461fnXCcVny4KkMelFyGZz53c1XdSDuPWrRXn61Gyjowq0zKSMbUA4kLDn1qsvlyphhgn1rTuoypyOR/KqckKPD5kfDqeR610xehw1I6mXLHtZlPA7VRnDA8jjsa2WXzYuR8w61nyofmQ9O1bRZzSRRRhg5H0pVHORSbG8zaKlCELjoaszPXvhTeNJpV1bM25o5NwH+ya9ErxX4e6omn60okztlXyzg+te1A5Gak0WwUUtFIBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFKKKAA/0opSP5UYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFADTXKeOtSjsfD8ylj5snyoPX1rqyK8p+JepNJqEVggAWMZPrmk9ho8/mjJwT371pWMYWFn7jpUIXcAKvWwGFTHufaobKS1J7ZCEMrjk9KIYGkn3Zwo6+9LMW3gLn0FXrOPGDgYA/WobNookhtljbJOSauxKA+T0qDDE5wcmrcanZyOawkzqpxJwmWznrV+EcYqrAmcZNX0wBgGsjpQ8p8hJPNCDaeTQGLE4PHrUqp3oLQrfOuD3p0aAL0zmlxxjrU0Y9aRQ+OBSuWH4UPEqnjp3qVVPXoBUbJvJznimIWKOPvn2qyIh0qKFNpz1xVkZzmgTGGADuR+NJ5RHIJqX5i1KQOhNAEKmUc5B+tH2gY+dacw9OaaY8nJ60xCAox4b86d5anpionhYcgdaQREDKkhvrQMm8sjpzQsZBqESyqccfjQ0s3UEUCLIiBXrijyhtxUHnuF6c05bh9uCuaNAswaJgarSxkcHrVr7Rz8y8etNeRJRtHX3oGUSq46UxiMAGrZiySKruCr7SODRYLlGTqSOKhwfWrTrz0qIrQA3nZ61A5x0q4EzVadSuQRQBBL8yf4VnTjg4q9nnBqnOMOaCJFLGCfr0pkoHpUpGG6UrR7lx0NUjJmdIuRjqKpyW4iY5GA3Q1pSRleRnFQSENHit4nHUMlRskcN0NZ85DPjuvetG+yiKQANxxxWZMMIxzkjmt4nLIqYxKxBxg5psjkEN61Hv+Y57mlcZAA7VqZM1NB3vqsCo5BLjJB5FfRlrk20ZOSdoyTXzj4blEPiGzZ8eWZAr59K+kIAvkptOVxwallR2JKKXFGKRQlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopQKKBCn+lJSn+lJTAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBr52nBwcda8Y8cQH+35mYEOccnuPWvaT05rxfxdfpfa/cyc7Vby0yewqZFROft1EmIkyXJq+AsX7sckfe96gtmFlBLKwHmO21c9hQh+ZnY5JrJ6miLmGMgHoO9XLZ8PtBzWeWLEHuRWpYQhUy45zWcjogi+qcc/nU6j9Kr7i74HFWguF+tYs6oFiE5FWFGcAfjVeFPfrV6GOoNUSRR4FWQuAARSIFA9KGdi2VzgUFiH5WwelTxEEA5qEDfzipo1KjigZaXkc9KZ3IqNvM8sgHBNKjOqjI5FAFlYzt4p3OMUyOTn5galEi56UxCqMd6aVy39KcJI+xoBGetMQgUCkbGcg1KOmeKafTAoAb5ny4IzimYLHmn7PmzRmgCAr83Sn9cZH6U4ruOaGU8UguMMftSFdoxUqMT97mmnJfGKaC4bRioHiXJNWM46Con5zj8RQBApOODTJd7DPUDrSg4JPSpUK7cHrQBTJTBDHFVFI3Y9auzRZyQM+1UWX5uAeKBom2lRnsagulLrkEYxVgMxXB5pknzDHrQIzGjxVa4XIJNaMowMYqjKCRSEygynHHSk5FTuoK8dqrliD7VRlIgm71QLhIXzyo5zV6YgqTWZOSsLKR97pW8DjqFWQi5hYjqprHvPlXHvzWnD9wpjGTyapXaDGRyTW8dDlkZRHHPSnx88UqYZsNSqQCcCtLmNh1op+0KQehzX0joc3n6LaSbs7olOfwr5xs12XQLHgnBr3/AMJ710eOFiGWMYRh6UmUjfooooGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSUpHP4UYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFJQBS1KcQ2UrFgoCnJrxG8QPdyOQAoY4xXrPi6dYLGDe2FaUZ9xivILyc3FzIyjbuc4ArOW5cBLn96IBzyTmnBQxGB0ohQuW77e9XbaDB3EfKOlZtm0UOgtySue1acYwAo4B7d6hzgDGKlhJLAjJIrFnTFF6GHt3qyUAU5PT0psKnbuPU1KcgZrNs6Uh0PXFaEQOMVStlBOa0ohhhnoKktC7MHJNTIo6U3jJ9qnjXjNBQMu38aaD/wDqqSQHIpFGGzjNAx69sipgR6CowCT0xT+gzQA7IzTjyKbxinj0p2ER+WCc9KQgqeKczbTihm456UAAkKr04pVmVvvcU3grimeXnOBTuFiypDcjpQenFVtrKPlJp6swHIouKxIM5pSM9ajE6d+KPOQnrSAechc1GH2vk8inrKhJAINRybM8GgB28HrxUDblcsDxTwqke3rULqwPy80wG7TuJPSmkkGgSuvVOKa8oPbrQMGYke9Vm28k9e1WF2twDTfKHPGe9AiDYM5zUcm7/wDVVgx/KcVGQcEGkwKEjbevNVGHPHers68mqR+U8d6BMgdOvFV2QEH19KuuMHNVnGDkU0ZyM6VcD271mySqrGGTlCcqfStS4OGZfUVj3SZI45reBx1Cu8bRsy+veqsiFlII5FWvMwvzH5h3oYbvm65FapnM0YMqFJDxTQWyBV6cbsn04NUn4bitU7mLRLBjzME4ya988FHf4dgcH2NfPqnLg1758PZVm8JWzDqCQfrmmCOpopcUYoGJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAAooAooAU9fwpKcRz+FJigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4P4kEi0tmLEJuwPrXl7krIeelen/EqN3s7YgEorZNeX8tMwI71m9zSOxftMGDcT1PNXrdHlzIc4HCrVa1hXC8H/Gr4PzeWvUnnHas5G8B4D4wBn1q9ZRFVLEdabBCMAEdKvIgGMdK5pM7IRsWIoxt/mKdIo7U6M/KRimvwak1J7YZrQUY57mqlsuVWryr2pDQLz1qVN1MAOcGpM7QAaCgJY8daVdyjOeaTPpSjmgY7zWzyKeswB5H500egFSbcr92mhi7t3TFPU/LUQiAHTBoBkQ460xCyIHxuyKAuB1zQCSeVNSEg9qQCDFJ360/AHbmghfxoAbil6CgD8aGzQBH8rZBFNeJdvFS/L+NMJ9MUwIEXa2acwBB4NK+d2en40A5FFhjFOOATTg/3valJAHIpoBHJoAjbLZqvLx/jVhiQ3tUTqCKBEAU7sA1MofjJ6UqDjOPxpWbAoExpYgcioWkXn1qdzlKpTcdBQIhnHy8d6oyDHBq65HfnFU5cHpSEyBwSuecVXI+X61e2/LzzVaUdRTRDMu4bEm09Kz71DtDL17Grl1nzCcc1TmyYCT2NbxOSoUJVJjLY+YCmwn5ACc4NWgAYt3UdxVfbsU471qjmaKl0ixuwHfms6QdTWreKWKSdguDWaVBU1pEykRxYLDHGa94+HsZj8MxgjALEivCLcKZQDxlq90+HtwH0ARHqjkdapko66ilxRigYlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAgopwFFACnr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilqK6m+z2ss39xSaAWoktzBB/rpkT/ebFEVzBOMxSo/+62a4OdpLuUyzMWZj3qrsa2fzbd3jcdCp5rn9vrsdywTcd9Tr/E2n/b9Mkj27j/KvHtV0ubT7iMTAIWYgfhXpWn+M4wfI1RQgxxKBwfrXDfEi/g/tqxa0kV4vL3EqeOTWialsc0oSpu0kUIZDyFb2zWraRKEByNxrIstskIkyAo5PvWzY/OC2PpWNTQ6KNmacS5XNSouOKII8RjPWpQCOfWudnciRQQMmh+ozSrgcdacvMi8c0kBdtwAoFW1IU8mqKOEU881G14gBAOTSY0aXmAE4NNMqnvWek24Ak05G3N149aC1Yvq4INSpg96hjA2/WpoyFNMCUflUy/Wo/ve1Tqi4wvUUwuKaYeuadyTtI5prdeeKBiAj1ppDZzjrQUHU808KduFoAVegGelBweKAcDkUnvQAwqQwwx57U4As/XPFKVyfanqABxSGJsUjkc0woByOaeeT3pSpx1pkkLIp6cGmCMZOTUzDimm3Dc57UxjeAB601gMdRStHs460x4iF3evekBDIpzULDkY5qQ5x1NIoJJoFcei5FJIvpSqWU84odsjpQIrNnHPSq0wzz+lWm5BB7VXcUBcptycZqq4IfbnGelWJMI2SKqSk793aglkq56GqVw4D+1Xo8EZPpVOcZYg+tMl7GVddN3WqExXy2/Sr1ycj+lZU/B5zW0DlmJG6mBgpwfSoWJCLk8GmZO7g0M+QoNanMyPl4pUI5HSqW3J2jtyavgEMSBnIrPU4Zh0Jq4mUiDHlPuH1r0/4U3hk+025bLghyPY9683nj2gc9e4r0n4UwQbZpwD9oU7SQeqmqJPUh0paWimAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopwooAD1/CkpT1/CimISilooASilooASilooASilooASilooASilooASilooASilooASilooASs7XX8vSJmz6CtKszXv+QRL9RUy+Fl0176OBfVLe2kCSNjtVhZYrmLzInDj2NYGrwZvVOOo4p9mGtWDAnB6ivPPf5bIsX1q0p4xjrxXF+Ibbymhz6mvRYlWZzg5yK5HxnbEbCB9ytaOkkcuMSlSZm2UqmCOLPt1rrLEARqF7CvPrPP2heeO9d3pkw2KR+OauscmGNzsFFL1OaQYJxnkVIig9Oa5jvEDndzzStOsa7889qQkbue9Zt7J8+1T0osTclm1DB2gj8DUInyRjNZ0jKDyealjkOPf1osLmNdJGI4zU6y7RktWSt2UXkjJqN78Zxmiw+Y311IRDG/kU5b9mYMGzXLNc72wtT28kiHIY4p2BSOvTUiCCfpVyG7DNhXPNcvFck5B6Ec1Zs7za4Abp2NBVzp4rpt21hz71bBV1rHinVjyfpVuKZkAGaLFJlwoNvFA4HNMScHipMg0iiKQgYoAwKWQAsBQVwaBir0p4XIqJchsE8Gpeg4piFGOlNZscetNWTMuKfwWoAYB3PQ1JgY47UHmlzgUCGEZBqGX7qipSQBkmq7SJu6gj60AQOACT1piEBs9/SnyMuTg5qBsg5BFIRM2DzSEcc1B5metN83DdzTAdJnHFVZjj2q1vDDFQTAEZ9KBGfPknNVJMbc1blY81TducYoETR/czVWTk49anVyF45qtMSMmgTMyZNznHFU54Q3UYIrS684FMeHcPerTMWjAkjCnINVWwGxnpWlcw7Hb9KyyhErHsDW8dTjqaMlDAJvJ/wDr1UIG7PFSlxJG5XoBVPzAM85atEjFskc7gc9q9N+FURVLliPlJrzS3ja4lWNFLFj09a9z8EaMdL0ZWkTbLL8xye1NCOmopaKskSilooASilooASilooASilooASilooASilooASilooASilooASilooABRQKKAHHr+FJTiP5UmKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEqlq8fmaTcrjnZkVexTJYxLE8Z6MpFJq6sOLs0zyrUIi0sbkcD1pPKzEAK0ryEvHIhHzIxFRLGDEuRya861mfQp3jchhUwYKnp1rE1xDdCUNySK6TydyH2/Wsa9T94VA6DFXF6nNXXus8/SNkl24xg11elS4Cq3Ssa+ttlwSByDx71qWGQFfbwa0rbHHhnZ2OrhO5cn86tJkDI79KpWZ8yAnPQVdV0+zrk/MODXPc7mVLqTy168msp3ZgSRzWlcAOOD07VWCLuGWApoky4raWSQ5B981cFsyDOD0rfs44Aoyy7T79TV/7JaKOXXnqCaGwSRzMOkvdNuY7RjinSeG3Bys2SfaurUWq8B1596mVIW+XcD+NCYcpxX9jyW/XkDocVKLV8AqK7P7JGw6A1BJYKBkAD+lA7HMCKRDkjiplhB+ZSASOMVpS2TKcdQaqGDY3BxQBMgdYlZjV+1k3Lk9aorJlNpPSrlvtTntTKTNBTjvSrMOnNQZ8xsDj3qaONVOc59zSLROm7dk9qlzu+lRjP1FOB5pDE780pYKvFMkzn6VGWLmgBN/z5zipBIpbAPNU5GKHpmopZ/LUdz9adxGpuRBuzz9artefK3PIrPkncfe71QuLoxggfjzQJstXF3IEOGOW6Yqt58wAO4nHU1Qa9DN8xFRz327hTwOtFhcxrSXqKgywyaiOo8YHP41hNcA8kkntSxTnuPpQTzHQw3IlIVfzNTs6xthsVz8d6Ypc4wp71de885d2RTDmLMt4sZxn6U4XKsmQ2axZpQxOajjuPLBGaQcxqSyAg+tUmbnNRC538Z5xTS9OxNyyrfWq9yenpSq/wD9eoLmXnrQkDeg0df6USONtQCQ5pk0ny9fxqkZtlK7Hfr3rPlwykqcY61dnuFT71Yl3cDLrF/F6V0QOKqQG4ykkceQzU46e0Nmkr/edsYqa0s/JXzZBlz0HpV62ugl1CZo/MjSUPs9cVrcyjBs7rwP4NKrFeahGQT8yqw7V6eoVFCjAA4ArzKbxzqVzhbKBLdMYDNyaqm/1K5O6a8lyR0VsVnKqkbwws5a7HrNFeVQ3d7asHju5gRzyxNdt4c15tTVoLjAuEGQR/EKcKqk7E1cNKmrm/RS4oxWpziUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQACigCigBx/pSUp/pRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQBxuqRCLVLhNuFbDDHvWMMhtuOAa6fxBb7byKf8AhkG0/Wuf8rdK+O1cFVWkz28NLmpoVeM5xXG69fGLVQi5CofmA7117/LyTXC64p/tKVj35pU/iJxF+UsMkEyfanI8tF3GsK61aS5YrA3lRDpir8sc39gTKuTkdKw9IjtHv4I76Qx25bDsOwrphZ3bPNqc0bW6liPUr2L7l2w/GpRrN8Rg3TfhW1b6P4Zn1q8tzf4tVj3REnqfT61g2Omm91BreJt0SsRvPpS5qcug0qm1x39oXUp5upDn0q9b293J8wkmINdLFoVrYwqYkDuOpPOangZMYwEPTFYSqrZI64YeX2mc8NP1KQ7YllP1apV0bVurPIgH+2a6DzfLbOePrWZf62VPlq/zfXpWfPJ6I19lFbsqG1uYP9ZcyZ9N9RmbUlfMM8mB0w1V3ujuJbMj9+ail1loQAFAqowkzOUoRNJNS1hOlxMKf/b+uRji4JH+0tYia+5bLAHHrVqPVYJfvMAT71bhNdCI1IN/EX/+Es1lB821v+A0L4vu8/vrdT9KgSR1O9MSL6EdRWhbfY7pdssKgntU3S3Rpyy6SIovF9uXxLE6eprcsdfs5gNkyn8a56+8N2sqloJSjY+6a52XT7mylO4dDw61aVOS0diXOrB6q6PWUvlI+Vh+BrQhulKgbuteRW+u3NuwQvuArRi8WyRMPkzU+zl0LVeJ6skyt3FTdV615vD46gVf3kT7u5q3H48sxj5mH4cVPs5di1Wg+p2krugyQfrUZnwmQK5Y+O7Fwcvx6ZqGXxhYMMxOd3pT5H2H7aPc6ZpeTzVaW4jUEsw4ri73xVJJxAuAO5rIl1q8ucp5xweoUVUabM5YiKO9l1KNmIBGO3NZk93GxIMij15rjTHfzn5BKc+tPTTL9jgo4/Gq5Ut2Z+2k9kdB5kRziQAfWpYpYc5Mi4+tY6aJdMg4IPcE08+Grxk68/Wp90rmn2NctbknDL+dMJXcArr+dZUfh6/RuVJH1p02h36LlFb65padwvLsbysdmCoPHeiNSeg61zK6fqqc7JuO+aep1OPI3S/8CFKy7hzvsdFLjBLcYFZk82GyQRWZJd6jH9859iOtU31Obdh0BpqN9hOqupsfajuG2r0c+9QT1rmk1BCfmXFaFtfQZHzjH1qnFoFUTN+Lnn0qrcsGc4H0ojvYccSL+dRyTRlsq2T7VGxpdDQdsZLYFZ1zdBEO44pt5qUaBljyWHasWR3nfLE49K0hByMKtWMULcTyXD4TOPWpLe3VPnblu1Kke0Dt6U/t1xiumySOFtyd2SswOBWtp+nqw8xx1rCRwz/Kc4rsbDC2cZI5xWM3ZHbhkmx8VuEPQDHSpvPghOJJVU+9QTXPGE61jTRO8hL5Le9c+rPRR0Qkjk5Vw341e0OdrbXrUg/efaR6g1w48yNlKEjnjBrq9G3te2bg5bzFx+dEfiRFVe4z1qilor0TwhKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigBKKWigAFFAooAcRz+FJilPX8KSgQYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQAYoxRRQBleIIt2mGTr5TBq5ONsliO9d5cwie1liYcOpFcLZKfOeJ+SvH1xXLiFrc9PAz0cSvODg8flXL6vaGWbzCuSDwfauyuIwp/Gs6+t18jfgHmuZOzO2pG8TKs7RPJKuAQR0rD1XwnndNaZGeSvaupTsPSpQ3GKuMnF3RhKEZKzPJZoGhdo5EIZeoNdv4Rs1XTDMw+Zzz7CsrxpF5eoRyKAAyc/Wuo8O2wGhwFOCRk81vOd4XOWlT5arRZkSQKRG5wO1ZlzKVfMgw3c1rSJJng1m31nNINwIPHT1rjaO65lz3ssp8uI8etZwsZpX3HqfWt/TbMOSvG/PNaJ04xy4A5PetE0iHFy3Oct7DypVMhyvcVm65AouiyDCkcY6V27WZwRt6e1UrnTYpgEki3e+K0jOzuZ1KPMrHD2twYbaSHyVZmP3mHSlwkkYHl4kz1Brq28NRY+RuKWPw4InWQnKg1t7e6ORYRp3KNvp95aWcdwclG6j0qb7wDofmHat9xLJb+QOFxWI1jNBL8vKk8CsZWZ104uKsydLklcEc1BM6uhD8g0NHKOWjOKVLd5uinNYtGxy9/bhJiQflPTFZczSQSAhjiuq1exeGLew4B71iGBbk7ScYFddKdlqefXpXlZFZb6RkAYL+VDXTYxtWun07wd9riVjuye2K0Jfh7hcqW6VTqxuSsNOxwX2jH8INSRTO3IrY1XwtLYHKk4x3FZix4VUA5JxVqcWtDKVKcHqbOhaNda3cBEzsz8x9BXpmm+ENN0+FTJGrydyaqeDIYNP0nIADsOc9a0bzVhnG4ACueWrOqEbIJrO0QYRAorMuWtkXHH1FVLvVmbO3oO1ZE9xJMwAOAeuTWTZ0RTNA6jDCcEhselTx6vbFeTx34rnJY8EJEN8nfFZl69zbyeXuwe4pwptkzqcp2/9t2aNgvzQdXtJQNr4rh2stQCeaWTGM4J5NVBdTxvtdMGtPYuxksUm7HoX9pRFgC3HrUwkjlGUZSK4q2vCR+8GUPANX0uWtyskbblP6VjKnY6I1FI3preJh80a/lWDqGmW05IUbGHQgVrwXnnQhiQc9aqXBG/61KbT0LlFSWpyNzYzWp9VqqpZjtCFmPQAc11/kCY7WHXisq2uU8O+IUuJbcTxr/Ae49q6adRvQ4KtHl1RilpASNkgI6+1Oh1Ce1lWRZCw9D3rrbbxnpi3+oXE+lLsuR8ihQcGuLlU3dy3lR8uxIUds1tGV9JRsc8lb4ZXOiu4IbiOG8iG1ZVyR6GqnkjdgDNbFvp7CxhhkONozVhLWGLgLmsudLRG/sW1dmG67cA1VuCV/wB2ta+iGdwFZ12p2RLj5q0jK5nKHKSWFru5xk10cUUnlqC3ygcCqWlW5jhWQ9xitmNNygdBWNSWp3YeFlcr+Xtb1zUWwSSnjitGSNFT37ZqnHgFjjAzWZ2oqyQAzAY4NdV4dt/N1i0jXop3H8KwYk8yXPpzXceCrImW4vXXoPLQ/wA8U6cbyMsVJRpNnY4oxRRXceEGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAGKMUUUAAFFKKKAHHr+FJTj1/CkoASilooASilooASilooASilooASilooASilooASilooASilooASilooASilooASuEuE+za9NGOPnJ/Ou8rkPFEJg1S3uhwsi7SfcVjXV43OrBytUt3M+++VuOh61m3EgNuV960rsF0z7ZqhND/AMS53J78GuFHrzfulJGBGDUuFCgk8+lVx25qwicZ7mqZijkvGqkx28mOAcH2ro/D5P8AYduOoK81Q8XwC40VmVMsjAnFXvCP7/QoSf4cirvemZctqt/I0s88dqiMe8YzV9oR/CO1QBcNgDvWTOhIopZCFmmUndWlazxXKhWwHHFSALnkZB9KQ6av+tt/lYdvWgLEzRA8EU37FGfXPYVGl60R2XCEY71Y+3QEgjI/CmmMaNPUDkYHeoTYgE4HBqw1+SNqozfhUTy3J+7HTEU5YfLyapkKx6dKvPBcTHBG0U6DTwDzzzyaNRaEdvDG3zSAbfT1qV0thgIg/Kra2PydOKQ26r2qWNHHeKyv2PaBgZ4rlNLhM+oIgUnnoK6bxjKscqxnoBTfBNjG/mXztyTha3hpBs5px56ySO/0e1SKBBgAgVqtjG3ArKguFjbBGav/AGiORQBnNZHVy2MHxJbrLZSMVyQpryYKDce+6vZtTUPAwz2ryGWLyr+RO6yGtqW7OTErRM7PT5nhs054xUnlSXSlx93PSquno1xaqM4AHNbNoDAm0crUSetjSEdLmNJp9yB8iZHvVZrGckg5HqK7VJY3jwVAJ9qozwDJK1JaRiWNo9pNvK7vwrG8Q2zS3fmxRHBHIA711yZwV70xrQ43YB9ulVGdialNSVjziZbjgMXyvTPamLG7yfPlmPrXpUul2TQbniBk9BVRbG1UDEK/lWvtro5lhUmc9HYAaeFZcnr0qgY7mDhlyOwrsXtwV4GKz57T5x3rNzN1SSWhk2dw8TYYYU+vatQyBx936ZqndRYJCoee1FmtwTtcHA7GoauUrrQ0oYAzBm/IVheKbdVmiZAeRzXV2iIifMhz6msHxUVAiHT2pwdpEVY3izndN0eTUHJOVjHeuns9Gt7PBVfmx1NW9EtxFpiEfeYZqd1bOK0nUbZnSpKKuQlOSMmmsnfvUmCDzzSkelQamReoRg+9ZM+WuBkdOK3LxRjJrIjjMl0DjgmtIM56kdTptM8r7KFYDIq6FUnIrJsl8rq3PTGa0kfPA61jJ6ndTVkFwF2/TpVIgiPA6npV+dcxEtTLOISuHfG1e9CNULaW0jPHDGMyykAfWvVdNsl0/T4bZcfIvzH1Peuc8J6cks0l+652/LHn+ddfXXRhZXPKxtbnlyroJRS0VscQlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAlFLRQAgopRRQA4jn8KTFKRz+FGKYCYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKMUuKMUAJijFLijFACYoxS4oxQAmKxPFNsJtHaT+KJgwrcxVe+gFxYTwn+NCKmSvFouEuWSZwKzF7ZU6t3qvetjSnXvmrVogLBcdKp6y3l4jJwGOeK81LU9lvQz0BIGauR428YyaqpyBirSAHDEdKJCiF3ZrNYSxkfeXr71neEWWPzbQ8becV0FuCR83Oe1cRf3L+HPGCuQwt5jn2xRGLk7Ic2ormZ37DAqm2A2R+NPku0kjRo2yrDII9Ki3ZPrUlonjx+VXoSCoxwfWqMa7RljxV+B1kTK4/KnYola1imXbIo5qH7CkfAGasJ15PFWdisM4ppCsZ4jSMUuOcAVdMSt/DT0hQdqBWKaWjSDnirC20USc9atYwOnNRuFB5piKs2AgAqnMyQQNK3Yc1bkAzjsK5nxXqAgtfIR8HqT6UA2kjgvFN6b6/WNOWdsfSuz0GyFpp0UY7DmuG0K1bU9Za5bJjjPFek2ylIua1mrJRM8NFyk6j6lpF28mphJjp2qNCSlQvkNwayOyS0J53DKVOfavLdfjNrrznGFc7hXpMr5XjrXC+L4SyR3A6ocE+1aUnaRxYmN4Gp4ckEpMR64yBXTrb/Lg1wHh698u5gk3YAOGr03YHQEY5GaKkbMihK8SFLXcnB5qORWjOHX8a0LZcjHv0qeWFJBg4qDcwWh+bIFTIQq/OmfU1PLaNExZeR6UwS7TyKQxrRxSD5SR61UltT0A4q28kbHgYpDKqEd6QWMv7PLnZj5qe2n4XcTljWqZY2wTjIqtc3USDGcmgDM+xIql5AN3Y1DFEHlOBwv61OWe6favC+tW47YRqAuaBMjZAFGB9a5PxV81xbovr+ddgcjr69a5HVcXniOGBeQrCnHczqL3S/AXgt409qnDuRzz6VPJb7T0HFM2fLjpRfUdrIjIz1FJzninHI4I6UzJz7VZBTu0BU+1VdPtTJIWKnCmtCX5gRU9htg5I+Ujmmid2M+zkZytTQRnI9vWnSzq3AK0+2YE9PpWb3OuOwt058nb0JqSxtJby4hs4PvSHr6etV7whWA3c123grSTFbnUZh88nEYI6L61pThzMzr1VThfqdNZ2sdlaR28QAVFxwOtT4pcUYruseI3d3ExRilxRimITFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBMUYpcUYoATFGKXFGKAExRilxRigBAKKUCigBx6/hSU4/0pKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEopaKAEoIyCD34paKAPOZlksr+aJhhlc9fSs3V7gXNyqgYCjH410viqJo9SEv8LJXHs2+Rm9TxmvPnG0mj1qc+aCY+IcYq5Hngdqqx8kCrkCZfms2bIvQD+L9KyPFWlR61YbEAE8fKN3+lbBKgYXvVeXpj9alXTui7KSszjPDuvm1Y6XqeUZeEc9q6pQRKHB3L2I6GsnWtEt9RXzAAk46OBWTb32p6KRHIDNCOma1k1LXqYxjOlpujvo0WRcE9fQ1oww4AVBiuKtPFloT++VoifxFb9r4osHT5LhT9TRyl+1RvxwAdamVAp68VhjxDbYBEox9af/wkNt68e1HKP2iNvb3GKazAdRwaxz4ls1GCSM1E/iSz/v8A4UrC50b+eP5VFJtxyc1zM3iu3jBzIAOxzWNf+NI0RihLnGQBVJPoS6kUdNqGow2UUkrvjHQV5P4h1uTVLs28BJ3Hk+tOvdS1LXJCkSsVJ6CtbQ/CxtSLi5GZTyAe1WkoK8tzBuVZ2jsaHh3SvsNkgIKs3J9a6eJDsCgdaqxDBAwB2+la9tGoUE9TWTbbuzvglFWRD5RUZNQyjpxitKaElcjH0FZ86kLn0pFNlSdtq4HpXP6tbG8tpY8feFbUz54qIxqwxihbmbV1Y8zsJ2sb4xScYbaa9a0W7FzZR5OSBjrXE+JPD7y5u7dfnX7wHeofDPiI6dILe7yEzjJ7V0u1SN1ueer0Z2ex6zbRnDHselWfKHBNZ+nX8U0SsjKyHuDWlG4YnmsGjrjJMjlhz06elUXtAW+YcVrcHg1DItKxZktYqD8p/CoZbF2HXFarx5aq9wGA49KTGjKOks3/AC24NIdLVAecmrOX3cZqc/cpWGzM+z+WfkGD6U4PkYbhh2q05XHvVN0Z5MoDkUyWRXMi28DyOcKork9Bje/1e4v+SqnAzU3irVC23Trc7pZDh8dhWvo9gmnaZFGv38Zar5bRuYX5pWXQtlSU5HNVnQg9DVtyGXIqrK3r1FZo1ZWYg5yfwqM8mlcDrjmmE4FaIyZDKe1XolDW7fSs9zyP85rWjUC0UAdRQxR3MuNd78jIzWjGpjXNJBb+VJk9CeaW8nRF2r17AVO50cxPo+ntrOtRwAHywcyH0FesRRJDEkUahUQYUDsKwfB2jjTdIWaQf6RcfOx9B2FdFXbShyxPJxFX2k/JCUUtFanOJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAJRS0UAAooFFACkc/hSYp56/hSUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAcl4zYqkXH8J5rhB0rufHb4trdR94k/lXDpjIHeuGt8Z6WH+BFiEELzV2A46/hVVRhRVqBeawudcSxu/SmPhqH4zTS3FJGiImTJx3qP7EkxAYAn3qfaGbIqxFGAePwqka9DJl8MW1x95ME9MdqpP4JHPlyFa7BFO3irUK84xzV3M5U4vc85l8E6jnMNycD3pYvCmtRnHmk/jXqKoOMCnhRjmjmZl7CHY8ul8K65KMLIR+NU28H62ThpD+detP14OPemHaE5xTUmg9hFnl0XgO/b5ppz9OtbFr4HtY03TMXI6iu3Z1xnpVO6uVjjPNJzkHsoroZMOn2tlDshhUDoTUb4FLNcZ59arefv/CoLSsWE+nNalvllyemKykOeM1qWW7aP5Uy0XsfJxWZc5G4YrSeUop4H41m3MgLE+vagLGTKCrYPfpT4lwc0TyhsDgYqNJcNQQy20YdeRnPaue1fwnFeEzW5Ecnf0Nbou13YyKtJIpX3NVFtbEygpKzPOoX1vw7MMB9gPIHKmuv0TxqZwqXEBVu5HSt37JDcx7GQFT1yKpz+F7fPmRAKx644olOTWm5nGiovRmtH4hs2UGSVVJ9eKnj1G2kGFmQ55HNcdqHhK4u48LMR2FYMngjVoSWhunH0JFENV72g5qS+HU9TE8Rx8yn6GmTYZc5H515jDo/iC15+1S4x/eNSGPxAuf9Ik/A02hLn7HfKNp7ZPSmzFfLPzhPcmvOZIvEDdLqUfjVZtM1ec4nvJdp6/Oaaiu4N1OkTvZ9S02yXdc3kf0Dc1z2peL/ALSjWmjQsS3HmsOay7bwvGWzcSM5rfs7C3s02RRAH1xT9yPmTyVZfFojP0TRDazfbLw77h+ee1dJgYz2qBYzuzmpySE2ms5NvVmsYqKsivJ8hqrIdwbrxVqT7hz2qlI2QcfjUoGVy3rTO1PbrxUTHnFaIxZG/X1rThcvFGignA5NZhJ5OPrWtp52RBu5GKGKO5NKwEXToKZoemtq2twQscru3t6ACmT7tpJPGeldd4DsAqT37dT+7X6d6qlG8rCrT5YNnZBQoCqMADAFGKdRXceUNxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUANxRinUUAIBRSiigBx6/hSU4jn8KTFAhKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoA4Xx42Lq1XHVDXJoPnBH4V1fxAIFzZjvtNcvbjBya4K3xs9TD/AAIsMeQOKuRAqhNUgMzLWnt2xgetYM6kVTnB55piv82DU8igDNQKPmzQjRFhFBHFWEAC1XU4PFTITuGOh61RqXITxVhTtPFVVODUwbjigTLKSflUjTDGaphvTrUbylepphYtNNnJzxVWS5Cng9KpXFyApwTz0xVAtPM21c80rj2LtxqYU4B57CqT3DzfeJxTjprIodmyT7dKdaxgkg9M9aLEPUYsRJIPNQyR7TxWs0axrnFUJ159M1QhsRwwBHWtm1bEfA5FZ1rbs+D6Vt28BxjHTrSKRDMwwSTyKybk8buee1dBJaDGcfhWfPagg+1A21Y5rzd5P170gb5sCnXMRhmZcY5p0K7mzTMyLypN2Tn1zT45nRwc8CtBYsxkEcdqpTwlAcU7ILGzYXSsAK2FlDAA9K4m2uTG47YrorW7EiAZpMpI2QRxgjFSBFYgVSRx2OfWrCSlaVwcSZ7eLaPlqpJZx4PyD8qteZnmmSNu46UxJGW1lF2Ucmqs2nx56CtRgRUEr8cEU7lWMZrMIeO1RtEAa0pPmyfaq7AbKV7iZCOgOKVhkZpC4FM38UiGRTbSMZNUiuGII4q055OPWon+7k0iGU5eBVc521YlIJPPeoGPOO1WjF7kbHIxWrpvMK+lZLZ57VpaW37v6U3qJblq7I2le/avSfDVn9i0G2jyCzLvY/WvNLk/vOPSvVNGy2i2Z/6ZCt6C1ObFN2RdopcUYrpOESilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBBRSgUUAOPX8KSnEc/hSYpgJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLiigDzvx9Ju1WBAfuxfqTXPW3AGea2PGr58RyD+7GtY0GcdK86t8TPVw69xFmPmcYrQJO8AjpVG2/1nfrWhHh5DWLOpEcykIGPc4qEAD8Ku3f3UTHeq5Xg8UkWg78c1IpI5zTFHFOGM9eKoq5YV9y1KG461U3KvApGl/zmmO5c80AdeaqzSckZqMyYHBqNRvfkmgLirEZWxitSCzWNc45pLdVjAwKs7wc0E3uVbgAKRWMLjyHYMQOa2bogocVz17F5wIPHvQBO2r2y/KZATTTOswDBuK56WwkEuWU4zjNWbXzIWwfu9xTCx09jIAcda345kEIP8VclbSlOma0/tRZeOD6ZoGjbWVRksaqXc8YjOB+NUBMw5LH86rXl2AvWhDaRnXuHfpzSWhA5zxVaWUM3PTNVZtREIxGfmpkHSK69Aap3RGCetc7HrFyZcN932q79refHc0XAmtkLzkjtWlH+6YFcgVHZ2+1Qx6mtPyQyYIxSY07E1tcfLkmrST5HWsf54Xweh6GrdvKuBk0jVGn5vy9Kb5pP+NRqwxQQM0AOaT5TVZuv1qQ+nWoXP8A+qmIgf5S2TVWRjjHbFWJTuqo7ECkJkJOD0zTQ5P40jMDkE/hTR/P0oMpBjn1Heo2+6am5xUEp5xnmgzZSlAGcVGORjtU0gycd6jGF696tGTImUbcY5q/p67YePWqkgwMirtoVFsDnnvVCQ6ViZMV65paeXpVqmMYiXivOvDWlPq2rK7ITbxHc7Hp9K9RAwMDgCumjFpXOPFTTaihKKXFGK3OQSilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigBKKXFGKAEopcUYoASilxRigAFFKBRSAU9fwpKU/wBKSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHmHjfjxJJ6GNf5VjxEFBnsa2fHIP/CRMf8ApmuKwoCcY9DXn1fiZ6uH+BGjbD5ic9KvWzc9M81nW5xkZ7Vo2Oc84NYM6kPvDuuFA7inLHgYNRysPtf0q4AOhNJFFcx8dOaiMZUkVf2KvUVAw+b9BTGim+4cEVA7beTV6dWC+veqQhMjZY/hRcdxil36D8as2+FILDrSEKvyjjioy7KMHNUiOY2BKvbAFRPMAetUo5SRgmhnwc8Zp2GmTSSZGB+NUZjgkbakMhINQsd4osO5WkwV5qmeJKvbMnpxUDW5MmQKLAmEc2w7W4B6VaFwFUc81XMB9KikhfqPypjLpuB1Jqrc3iKpBqoRL37VXaIu+5vyp2E2QXFy0rbVyAO4qFIv7wq6sHP3ak+y55H1p2I5iulqnBxV2CFQwwOBT1iAUVLAArd6VjRM1bYZQDir6g4HrWZA5A9zV6KTaee9JoTHyRbx0yRUMabST+FW92RUUg9qkqLHJKAMU8vxVbj8acCQOTQXcm3HrnNMkfIzUQf5utKzr+FArleRxyM1Wc8cVJIPmyD3qJxwaBXKxHOaevYEYph4FOyMDPegzkSZ5xUEwAzg1I/TrUL9fwoIK0gHB9ahP3u31qSU5Gc9KrsTVoxluOkOFwK1/D+g6hrUqrGhjtgfnmbpj296x41Ms8aDqzACvc7G2S0sYYI0CqiAYA9q3pQ5tWc1aq4KyGafp9vplmltbIFRR17k+pq1RRXWcFwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFFFAopAPPX8KSlPX8KSmAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHnPxBh2arbyj+OLB/A1ydvJtcg9TXefEK2LRWc47blrz4fLJ71w1l7zPSw79xGnC4JrSsm5xnr196xoW/eqPetKFsScVznYmTSRkXTc5zV2L7uDVMnLknrVmE4waktFxvuE47VCikjOOanbmJsdxTYl9TTGVJOcgmmHYi5IwwqxOADuxWRd3IHC8gfrQiWOmK53A4NMFwGG3jiqIvVbg/nUbP8wZWxVJk2L/ANo2nikeRi2RnFUwxLirKM3AHNO5SB3fHXAqJJHVuTz7VNIp29OTTY0xzjmmMnRCw3MOP50/CjpTT5hUVHsfOCTg0XAsEfJnAAqtuUmkYS42gErSLDJj7pphYXarA8DNQmJd3Aqx5bAcDH1puNvJ70wI/s429OajK4IUVaEhBxio2GTwPpTJ5SnKdsm0elSRnYu4jmnGMk5Ipr/Kvr60h7EkM7bsk81aNz8y89KzCxU8elOVs8ntQJs3YbncOTU+8MvUViwzA49fSrSynBJNS0CZbYYamlj3qJZgT1zTi4YfL1qNjRMC3oaaWOKUxsRkcCkKnoaLjuRMTjmo2BPAq0EyOnSm+QT+dO4rlAgeYQe1Jj5sA1ZkjAOePeq7j5ulIlg33OtQM3FPZhjFROe1Oxm2QvjaTiq/BY1MzcVCOua0RizU8O232vxHZRgAjzA35c17VXl/w6tPP12e6I+WGPA+pr1CuyivdPPxDvOwUUUVqYBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAopRRQAp6/hSU4jn8KTFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQBzHjmAyaB5g6xyA/nXmEgP3jivZdetReaHdwnvGSPqOa8eb7vvXJiF71zvwjvFoSBxvGTWxbhW9zWEDtkrWs5fnHauVndEuMCr4PQjirUP3cjn1qGfHlgg80+AnAPTNSUaAPybfaki9M02Ntxw1C8ORSLEnClefzrDuFUyECuhZAVNZclqGmzTTE1cxJNPkl5TA74rMubLUEyY8e2a7FLcZ4pZrddvQH1qrocUeeR63d2E+y7iyvqOtbtnrVnOm5ZAp9DxUmr6Mk6FgOlcde6U8SsBke4PStEoyG4PdHoK3lvIoIYVZRoWHYmvMtIa5RjbtMck8EmujtornbzcdOpzmnKm0YRrR2eh148ojjrVmMQsBhRXDw6owuGtxLuYVow6lKrheWbsM1FmbKcGdesMZH3R+VL9mXsBXOpq16uPkLe2KsL4hlUfvISMd8UK5fu9DYNtk8gY+lRS2ELgZUCs4+IQRkLUL+IuM+W1O4rI0m0+ID0HrUD2yqcAg1ly+IjK3yxNiozrK/ec49jS1Hp3NCS3U5PUjtVGSIkEUwavuBIOQe/rUT6nF6jjqM0XZLRG+Nw7UJnJP86qXGs2m47pFBHQVQl1+3XhG3H2pq7MnY34yd2RzirOcrzx7VysWuys2I7ViD3BrQh1bdxIjKaTTA3FOORmp42LMOMc1Rtr2NlBBFakCb/mqWNFlVyKNgJx6VPEpbg9KdIoUYHWpLIDGABio5enX61OvIyOaimxtyeaAKUo+lU5Tz1q1c4461Tk4HrQiGyEnn2qFzhjzUrHCH1qqxBHvVozbI5GyeO9MJ7d6Q8mprK1e+voLaIZeVworRGLdtT0/wCH+mtZ6I1zIMPctuGeuB0rrajtLZbS0ht0+7GgUfhUuK74qyseXJ80riUUuKMUxCUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAAUUoooEKev4UlOI5/CkxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUANZQ6sjchhg141f2/2XUbm3P8EjDH417PivM/GtibXXjPj5LhQw+vesMQrxudWEladjk5lI+YVZtWJwc0kkXHHeq8G6OQqxxzxXCz1EbyyblKE9qIJGD7fSoIskAinsDFJz35pFGtC2WBxVhgCwbvWfDLkDHBFXwQ6g9xUsaHZ4xmopI/TmnZOeaUNk4X8aEMYkYUdKbMuaezYfB6UpwR60y0zNnXIwRWLeWKMGO0EHrXQTpVJ0xweQauLLizj59KG4nBB9RS2wa3j8uXJU9cV0MtvnII4phs0I7VqpXQSpwlq0Zmn29qtw0pGCx6mtO6+yiaF41xtPPPWo/sOMgA1GbB85yfbNIwlhv5TqrS7sDGN7qOO9R6ibHyHcOmMY7Vy0lhK/VzzUL6NNIMeYcfU0uUz+rzN+C1tGiUlgc+9T/2fabWyydPWucXSrlEC+c2B70qaPLu5nkP48UrFexmQy3McN08ZUFQcZFVNSdZLcmMcnPStFtGXOWyfxo/szn7rYFaKw1hZPdnPWF3JHZNBLG5kX7px1rNks7yeVnDsAevNdi1ljtj8KctjnkKOe1WpJamn1aNtWclDoTSHc5Yn3rXs9BXzAzLgCukis0jUZGTVmOEE4AGKzlUfQTjGOyKVrpcCDhB6dOtX106Pbwo59qtRxBauxIAM1k5NiMVdMt0fATDVoWMRjbGflqWRoxJtP3j3p1sQMj3pCsWcAVBKTnOasHaehqtIeSP5VI7hkbcVUmcDj+dPkm2qRnFUZJSWJ9qCWxJGJNUpG4JqWVmxxVOV+xPNUkS2RyNhcZqqzEAjPWpJZOCfTpVYt2PWrSMpMXp3rtfh1p/2nVpLxkyluvB7bjXFIpdlRQSzEACvb/C+jro2hwQFQJmG+U+rGt6MbyucuInaNu5sUUuKMV1nAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRS4oxQAlFLijFACUUuKMUAJRTgKKAFPX8KSlI5/CkoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigArkvHtt5mmwXIHMUmCfY11tZfiO0N74fvIlGWCblHuOamavFounLlmmeUpynHNU5kZX5/SrUbZUdR3onQvH6GvMZ7a1Q6zkJXaTzV9xviB7isWEbJRuyD0Nbls5MWCQewoBDYic5Har0c4xgnr2qtsKt060rKRg9RUspGhuyetNDiOTJzzVRZsYBq1GyyLg8ntSKHuRzgU1TzinhefrUbqYznrTGhrcVUmjzzVpjk8/hTeMH3pjKIjHepFiU8YqR48H2606MelNMvmHLbowwRR9kQ5pSONwJoEw7GquHMiL7IFA9zThbDHA4p3mk0qSheafMO6GG2GMGkFvHmpXuFPQ/lUQlGc80c4JiNCoPA4qBoiT04qwZM9OaYPm6nAo5g5io9t3PIqMxlWwBVx2UDrUWQTxSbIc2Rhc9fyqxCoxTVSrMajoDUk3uPQCpQaiOF57U6GRcsTye1Ag8mM5Jbmho9uCpprKd4Y9+ppGmCjg8UCJA5I+lQSTDODn61E9x1CmoWZmA70hXGzPng9zVRmGcdhUkhNQvgDOMUybkUshOapSscknmppJOKpSyelUkRJkbtk+9IAR2poyT0zUkcTyypHGpaRyFVR3JrRIyudN4G0RtW1xZ5FP2e1Idjjgt2Fex1keGdGXRNFhtsDziN8rDuxrXrspw5Ynm1Z88rhRRRVmYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACilFFACnr+FJSnr+FJimAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUUYoxQAUEAgg8g8Giub8Y+JT4e05fs6h7yY7Yl9PUmk2krscYuTsjhdatls9dvLdRgB8qPTNViSFwe9VGupby5a5nk82SU7mfPU1YVztx1rzJ2bbR7VNNRSZWmQq4dRx/KrVpKx/CmSDcpFMgbDbaixbN2P95HweaNwIwe1VrSQg8VNIh4kXkZ59qBkLfu2wTlSeKtQOOOeveqlx83GO1RwylTtJpDubJIxu7ilL7lx1qKPlBzT8AUykxpXnimNxU/UUwqD9aCyEjIqMrtGanC/NimyJk4oFYhV25GOCOai5QnjrVjYy89aQqGXpVEtEKSEHnFV55GDZWp/L67T0qBlJOCKdgQRkkdaf5m3jHSo1iOTjtUwi4BbvRYYzex5Bx7U0+YeecVdSNQMdadsGOmKQrFBYy3U5pwGPwq1swaY6gfWkVYFHANOBO7ikRCeSMVOqqvX8KBbDHznBpY1IOSKc3zMMdqljIxhxkUEsZNKu3A6AVQncBcg81NdqDyD0NZU8xL4z0oZLY9ZMNk0GcEbF9aqmQ52ryxq3BAEA3EZPWkTcRk2rkHOKpTS9+w7VfuZVC7FFY9w+CeapEtkUsu5iDxVNic08nJ9zQFUDLdKtEbioDt5rvvh34fW4nbVrhMpHxECOCfWuR0fTJta1KGzgU4Zhub+6vevdbO0hsbOK1gULHEoVQBXTRhd3ZyYmpZcqJqKMUYrpOIKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoAKKMUYoABRSgUUAOPX8BSUp/pSUCCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooqG5uorSEyTOAB0Hc0Dtcr6hqtrpsZaZ/mAyFFeAeMvEF1dXstzI5zPkIufurXoniaaTUYLi5B2MpAC+i9/xrxDxLfG71uVY1OyI+Wg+lcrn7SXKtjsjBU4cz3O10P8A5Alq3Jyua0snZlfxFVtFhZNBto3GHVOR71ZQlT6Vyy+Jnow+FEv8AIFVicPVpenNQzoMlu5qRktvNhhzWnGxfvwetYsPcHqKtQTtG4GfrQIuSqVzmqX3Zhk4B9auSybgAQKoTdM55FJjNWB2Chc1YBI4NYtvdHCqT06GtYSF1z6CgaZZjbIp+ARmoELcZ71OrcdKDRMTGKCpNOxS7gFwaZYmzPaoTAc8cVZ7c0gZQcZ6/pTQaFI2xJOe1R+Rl+RitFgMZzUUkeR8vWmSQBFC4Apyw55OMVPGAq+/emsxBxQKwoiXFMZOcAU3zSvXoaPODNjNBVhrxgDNNWPd1qYOrn1FMdgBwcUgAgKOOMUwuNuO9N35FNB/yaCWP7e4phuAh20oPHPSs+eXblmPNBm2JdXJ28Gst5CSeaWebNRwrvO5jxTsZNlq1QLhz1NXJJVHbgCqYcLx2HamTS5HFTYYy5ueM55rMkYs+4mppG3H6VXPzNVpENgF7k5px9T27UcAetCI00qoOrkAVQr2R6x8N9NFvoTXrxgSXDnaxHO0V2lVNLtFsNKtbVekUar+OKt16EVZWPKnLmk2FFFFMgKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/AEpKU/0pKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiioLu6S0t2lftwB6mi9hpX0GXt9DYxhpDlj0UdTXN6jcvqVwjeUyKqkcnqaW58y5jaeVjvbp6Co9PY3UBjdwHXpiuOpVctFsd1KioWb3MLVJN9hIGXaQRurx5bVX8R3LOucTE817brVu72s4jUNIq5YDvXkbxeX4gusc7pN3THWsk7XsdLSZ12nAi3X0p9wgWUEd6SwAMK/SppoywB9Kx6nSloMT7vfB6U11LCkjbHB6VO2SuR070xWKQADdasKAV5PPY1HMu1s4x3py4dc/xUyR3nbTh88dDSOFkTKcnuKZIpKdPrUcUrK2PSlYBqdcZrYspAE25OayJcht6jg1Zt5ujfpQCN1e2OlSpgiqtu++Ln71OSX5tpPIoNEWjw3Pao5Wxhs0CUZpHKt1poq4LKXyelJkluDSIpBI6A1Ki4J96YrgN2QDTgwU49aUnHahdp5oGmBQ9u9MGQ+TU2cnAPWg4II44oApvtLEVTSP98SpOOh5qzcEIxAPWokBU/WqQXJAREw680yVxng0TNg5xziq7SZ5FJom45peMKOe2KQs3APFRoT17mklf5QABkdakTY+e42px6VjXFzvJJ4zU95OMAZHvWaSCck9aaMmxF+Zsk9KnDZPtVfO3jg0u7nimSiw0mahkYmkDc4zSFu9JILkTnsOtIoIH0p3qabjI7gelUIQgVp+HbM3mvWUABIaUEj2HNZ2McntXY/Dmza4183H8MCEnjua0pq8kjOq7QbPWaKKK7jygooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAAUUCigBT/SkpT/AEpKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKr3d7BZR75nx6AdTXL3/iG+kGbb92oPA71MpqO5pClKex1dxcR2sXmSnA6D3Nc3cXMl9OXuFIjH3EB6e9ZUFxe3dxm9kd8LlVPSrltK0Vw1vcH733G9fauapV5tEdlGiou73LF23mWThPvAdKzrZ3i2yRoN2OrcVoKTHIYjyeoPqKr3CGEbiCQx4x2NYI3ktC80S3KLMF5YYP1rxfxJaNY+KGborE44r2e2Y+WCcj/GuD+I9kHjjvlHzI3zEUr9AiupQ05wYkPXvWmVBWsDRZg9qhHJzXQxY2cjms5HVDVFCSPY2R3qRDkexp92hxlfWo48MOOKENobIOMYqsQR0q8wOMYzUDoMcUyARsrzjNNkjGcgU1TtbmrOAU6cGgRTkb5NtRROY3571PLGQOOnrVduCc0CZpw3JUjn8an88Bx1zWLHKQcVaaXcgOelOw1I2klBPrUwGVznr2rDhuGR/lPB7Vp29xuPSgu9y2HAGCafv59agbDc5pgkYHGeKpBcsB85zwKdwBk9arptLH1NSNyMelFh3Hb2Jx0oZivem+ZsFR+ehBz1oC4141di5P4VHMwVlKZ980kkgxgEe9Vnm7UxNhcXGDhhzVY3A6dqZM/ryDVcFQeaRLZoJKOT6VWmmC5Oahefy1JzgHoKoyzFzuJ60WIbGzSFmqPfx70jHH1pFBPSmQPQFj0qXaOvaljUBKGODgcCgCNgN2Rmoyac7c4BpAKAEAJNKAS3enBevan4x27UhjSoxivRfhjCUhvpOzFQK87fCr711XhbxHc6HbNGYBLCx3fL1rai0pXZhiE3GyPW6K4s+PlGx1si8Z+/82CvvXU2Wo2t/CkkEqMWGdobkV2KSex5zi1uW6KKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lJQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUhIUZYgD1JoAR3VFLMcKOprGvfEcdrLsji8zj1rO1vVZrtzbWjBYP4n/ALxrnrgSx2xIyZGIVfesJ1rO0Tqp0L6yLeoawZ5/Mlbc5/hHRRVX7XFJnYSwI5HanxadFYQmW7fzJ2/hHalTTtRuSTHtgi7Ejn8qweurOle7oia2vnfySkRzHxyeo961pFSWMZXJHKHFYTxT6YrNI6uy/MrDgt6itdJJDZpMgByN22pKT1Lifvou3mp09xQlxDLmJ1Ksw4zxUasokhuo87W4Ip9/ALhN68Z5BHY9jUl6CowifbJkg8Z9Kqa3pUWo6dNayLy6nae1XrZxNAu8DzB8rAetOZjJE8TgCReVpMuOmp41oqtZ3NxaPlXhcqQf511ETZUGsjXIzbeIWuimzzPlcDgEjoavWsuQBUSNYGgVDJ0qiIyjnsM1eU8VDPGd31qUW0VyD1GcU1o8ruHfrUgBXAPfoaeo4x60ybFCUfpSRs2PlNTzw5yR+VVeU4pktFkurpg9arSIcZPNKG96fu3DB70CKTLjpQrsOpqd4ueKhZQDzTQrEiuMjJ+mKninZGyG/WqDqQMqeKh85xwe1MNjoVn34y1TrN6kVz8V4EIz2q2t8h4zzTHzGwJPnzUvmY7jmsr7YpA+bmgXIYHB5FA7ml5vUHv71WkYjpzzVQzgHJP4ConvAvJGBQLmLrEBeTVaSTafmOFFV31Dg7QD9apXF3uGDzQHMiaa43kkdBULT4HvVTzyQMd6ciMzcmhIhsXe8hyT0pcDHNSEBelRNlqYrjG+birEKHaOKYqjipC+FwO9FxWJWYAY71XZiScEUjEk8UiAlun0oGIFJOak7cdadtpdnSlcdgVSBzT0HqKcoB49OtOYDbz0pXHYqzuscbO/3V5NaOh3SszWzNz1QnuPSsXWPl02fHdaueErhXhimI3BkA6dMcVrDa5hUV9DfiHlySxFc47n0qPTNWOhalHMimQsOATxV6bC3RLrwwrM1S03jMfb5kb+Yq721MbJqzO/tPHUM7RrJasgJwx3dK6mG5huIw8Miup9DXh+kM94XLT7IYzggdSatyJLFdpLFdzqU6KkhANaxqvqZSoLoe1UVyOi+MrZ1itbpJo2+75r8gmuqinhmXdFKjg+hrZST2Odxa3JKKKKZIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFFFABRRRQAUVWnvI4Tjg/U4Fc5qPiCZrn7FBJslPU+gqZTSLjCUtjfv8AUobFME7pTwqDrXM393POC0shOOSmeFqERlOBIS56uTk0zyflIzlR3Ncs6rlsdtKio6soo++VWmfHPA6ZrcgSGJftMgBYD5Qaop9mjUF13P61La29zO++dsR54X1FZG9iSzsGu7lriZcRZyFI71dnmI3KqlscACrJbZFtXgAVTClXyc7mP5CkwSsZWo21xNG+whiBnBqPQ52G2J2+90B9a2Xt2YnB+X2rnLpP7N1jcW2QyjIJ7NTQjqVt/LQsMeW3VT2qNJHgfY/zRt0NS2Nws9uhbDMBin3EK7gvQMPlPoaRRXlD204miXcuPnX1HqPeo/tiSFZFIKMcA/3TSC6I/cSELOnb+9UcEaGZkKAwynIx/C3pUu5pBrqVNe0OLWdKfaNskWShA5zXB6fKw/dyZDRnY2exFeq7GjIOSUHBHtXn3irSm0nV2v4wPstwRnH8LUnsUnZ2LMXCjnNTOodOOoqnZyh4lPbFXVxUGxTZP/rURn5sEYP86ndN3I7VG8ZdfRh0NMVhrKOc1Vlg+bgfKatRTqSY3GHpJspg4yp64oJsZjptJx2pu4VekiDdOKz5VI4YdDTFYfu455NMYK4pvbHegAkc9qBEZ+U4PSkaJJOVqXOB83IqM5Q5B4pksryW/wDkVGYZFPymrwYMOetGATjtTTFYz986HrSpcyKST19qvFOeeaUQRt2FO4igbx2xnP8AjUbSu3qa0fs0ec4BpwSP0AzTuBl/viMU5LVj94mtB1VB2BqFpeMCkKxGLdU5P4Uu4IOKa5JHJzTRyMCgBpJbrUiqetKBgepoLHOKLhYHIAyKjyWGKcFNPCdOKQ7DFQj7x61OEK/dqQRdKeV49OKB2IcZPPagDHHc9KefpipBHxupDsMVTnnmlb+VSeuOMUxhx1pgzJ1g50+Ue1Hgi4jFkyOcCOba3sGpNVBa3ceorE8M3Mtvqc0SDPmgEg+xreHws5qj95HqMiMyqm7JVuGx27Us0PyYJx3FSRMfJeNxyPmU08uDaKTyyjimZ9TnZYltboyxf6qQ5cY6GrsduLgbosuB0fOOaW4h82GYDBx8w+lVtJumwYJHMbr0461D0NVqi6I1SLEr+VKDyrd/pU9pq15Yyq8U2VU5xSXqGHYWYSMT/FxioCsUwZGAU4z0xVJ9jNpdTs7Hx9ayP5V3E0bf3gODWZ4l+K9pomoxWVnp0l5I67t7OI0/A1zG3y5F4DcZGabfWdvqEWyaFT8uPXH09K1jVfUxlRXQ9G8N+PdC8TRottdLFdnhraU4YH29a6evlDVdFutCuBPAzeSGyjqcMlen+E/HviGy0m2n1iykvNOcfLcpzIB6kdx710Jpq5zOLTsewUVR0vV7DWrNbqwuEmjb0PI9iKvUEhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAAKKBRQAp/pSUp/pSUAFFFFABRRRQAUUUUAFFNd0jQvI6oo6sxwBXn3iv4p6fo4e300rdXOMbgflU/1oA7TV9ZsdEs2ur6ZY0HQE8n6V5zefEDUZzHqm6Oy0ZX6Z/eTD2FeVa34k1LX7s3F/cs/Pyrn5R9BVOKK91SWO3gjluJOiIoJx/hT5QudF4n8e6lr9ztjdrazQ/JEpwW92PrWv4K8Rfa70Wt5N++K7VkduSB0FY0Hw68QuYWubdbaKQ4aSRuE+td7o3wf0+3RZb2+lmm6jyvlA+hrOfIo2NabnzXN1ojPLtjkwg7jqamXSAoBLOfq1W7bSf7JVUDPMvQO/UfWrNw6quXkCrjPFcTPRjK60K8NpDECwQbj3ParSFQeFyfUVR+3W0ceQ5kJ4GKeb0+Vjbt98VI7llyobLMBj1PAqEyo0vBznuO9Uvnu5ADH5gz06AVdjVYvlUZk6f7tMnckViilQcVg+IHhurV4S2JFO5CR3FaF3dCALCuTI5qTyrf7MxMSPLj7xGaCrGXol6xhSbk8fvF9DXVRTJPHnGRXDLM+n6yZSrCCVdpXsK6qwmTICuMPyMUmXbuWLuzQus2ASvfFUN/2W7GSDby9f9k1qvcIsywucb/un1qpd2g8iRSuVbp7UAWlAMfqDVHUNOj1GwktJkB3D5Se1Lp0zkG3l6r0J71e3K7GLOHHQnvU2KT7nlMSy6TqElhc9UPU+nrWwhyc9u1b/AIn0L+17Pzo1C30AzG2Pvf7J+tcdp15vXy3yrKcMp6g+lQ1qaxZrkelNK/LkUoO4cVIvoaCylLAHO4jp1x1FKoIjw/zD+9Vl0w3WkCEqSuPdT3oEyqy8Y9ehqtNGJFIxzV7ySSQhyP7tQFSGIIxTJsY8waLB2Er047Uzryc1stEjj5qoz2+3laBFInnvmlHWpMcYcAGmHjkDpQIbsFMYN2qXPOcU08n1FFwsMVm6mn+Zn3pNtJjI5NMmwFiBmo2Zj608ikKtjOOBQKwz265puz8anWPIz0o2gdKYFdxge9Ii9O2asmMHk/lUawsJNzNn2xQFgCjvRsBNSumQKVIzjnpSCw1U9OlSKoB4HSnc44oGQOaY7ASN1I5+XP5UjfKMscd81HEr3Um4ghAetA0iaFPNOSMCpWXAwvNSABRtFJg4oKItvGcfWon4qdsgc1BJxSRLM28UMrKR1FYmgQ512VMHPltit2fnceuBWfoMO7xK+3/nka1i9GjnktUzvNNl820ZJhlwvB9auWximtWRiQYyQR7VXntzZNDhRteMA47GmRqWWVlIzHyR6iqREkKieWVHcfKf9oGss2wsdRWcb92cA9sVqTOrhdn8XT2qnqFvcSvviddpHKmiSHF2Nu4t7E2u53LttyCDyKxlIRvlJI/hIqbSiUhImG6YHkZyAKbcKbO980xMkMvBI6Z/pRFEy0F82JcmSJsnqcU/ykm+YZUHkkjFXooQ0flkJNn25pGtXhQnymC55XrigaMi90yO4tWXcNpHIbkVl6d4ttPDOnR6XdRzTGNm2lP4VzwK6S4gnFu5jiV1x94dh9K8j1+Z5dXl3rtK8Y+la0lzSsYVnyxuegWWtaFc6ibjTdSfTLiZdwKnZhx/eHQ11lp8Qr/TB5etWDXUCnAvrQZUj1Ir5/J5rY0nxFqWjHFpcfIfvRONyH8K6ORrY5OdPc+nNH8R6Tr0Ik0+8jlyPuZww+orUr5ztvFek3FxHPc2Uun3g6XVk/Q+pFeweDtdm1W0X/iZWuooODIp2yr/ALy0Jvqg06HWUUUUxBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQACigUUAKf6UlKf6UlABRRRQAUUVla34i0vw/amfUbpIuMqmfmb6CgZq1zfibxvpPhm3JnmWW4I+WGM5J+vpXmut/ErW/Esraf4etZIonO0ugyxH17VRsvAcURN54o1NYNx+4ZBuP40NpbjSuZXiXx9rfimYxKzQ22fkgiB5+vrWdp/hHXdUkXybCVQ4JDyjaD7V6Nbax4F0Ij7O0BdT97bubP1qab4qaBAcRrcycdkxn86nnl9lD5V1Zg6Z8IbiQK+oXyIDglIlyR6jmu40Xwpa+EQ0umxNKrD98rnLN7g+vtXG3fxkAdhZaWSoPDSvj+VYl38XPEUwIhS2gB6FVyR+dS41Zblc1OOx7fJqFh9gF1JPGtuw6ucD6H3rj/+Fk+HNKvPsy3vnWpGQygkxn0+leI6hrOoapNJLdXMj723FAcLn6VQwD0HSqVBdSXWfQ9n1H41Wa7lsdMkmHYyttBrF0j4mxXOrg6vaCK3c7QYzlU+orzPBHFOGMU/YwtsL2077n0tGlvJCsySxeS43KV5yKY09sR5UKNMfXtXh3hzxXdaJIsUjvNYk/NCT93/AHfSva9G1Gx1OyS50x0aBh8x7qff0NclSk4HdRqRqLzLcEM8iMNwiU9QtPlmS1iKIMyHvmmXE6EbUYux7KeKqvE5XMjbcDhcVidCVyJl3yiadvu8/WpUZ5BhRjd09hTUgkkYbyPYf41aCJbgPIecdD3oLRTvtHhmtWbeyyAdSetUtIVp42hbK3Nu2UIP3q0GdrmUkn2AHas6bzrG8+1EY7MR3FA2jejnjv7cpkxzRnv1VqmsruZtyXKbZAcMucgj1FV4kW9h+025Alx83uKniKzw7SNkwHBPWgixBfIUmDodo6qant5hegq/yyL0NU5JvOf7BcjZJ/Ax6NUNoJLa7dSTleuaTKtpc0zNJNI1pOm2RejA/eHrXG+KNFNtdHULRSGP+tVf4vf613RkS6ABISYD5XqnPbS3ds0dwgSReDgdfcUPYIyaOHs7sSwgg5P9avISfr3rP1XSrjSbg3CKzQMfm29qls7kSKDuGKhqxvGSZe4IwR0pApXoTS5HXNOzg+1IoilU7t8YO7vil+SUASjn1qZeOnSnGNH6jBPcUAZsts6ZMbbx6VULjGHUj0yK1XR4Tk/Mv8qgdUm6qOTQKxlyRhs4xiqcwZfcVrzWij7pIP6VTkglUcpuA9KZNighz1/Wn7R2pzp83zDaTTOR3oFYMHnHNJtxzSrkU7JyM9KBAAO55pu3tg1Jjv6U5OegpiINrD2p4XHOcVL2wRTTGeKAsNK9qQAZ/lU235cUuABjoKLhYiVPmy33aMr90Dild89BUYIHJ60XHYef/wBVMLEHnkUinzGwnNW4bQh8yEcUh2Ikga4IDHCj1qwqBEwOFHpUz4UbV70LGcDLYphYgCEPnFPZTjpg96sbOpJ4Heo2YYIoAqP/ACqpOwz+FW58CqL5L56CmiWVps7D9Kj8KxB/FLswG1YWJp07/u3YdhWt4F03z7q4vnzj/VqMde5q0ZS2Oh1STDRo33SmFNZNu3kaku9mEbcN6HNaeoKJPN28rG2AM9KSPTVuolO4AsM5qzIY9n5YKs2Np+X3pjS7cK6MykY6Zq4yt9mKPksg696iIdEieHbvbjDelPdCvZmfZXNpb3iqzlCwwA3Wr89xJPA4a1YxHjd61n6lsW4Wa4twZUGQyjrWm+qyzWa+RApjKjH94n+lSlbYp7D9LnIG3argDCn+Ie1aX26FsrLG8eO55BrlIp280yRFkZTyvet601CWSMCXDgjklaZFgupYGV2hukD4PGcZryvUfC+valeTX8NhJJFKxKHIBYDvivTdQjsJ1RJAkRY8sfl4781rwavo0sUcdvqFswC4ULIOgrSnLld0ZVkmrM8DOgasJzD/AGdceYv3h5Z4qncQTW0hjmjeJ16q64NfQml3EU9zfSmeNt8u1AGHQDApV0mz1S5uJ7y2inUPsQugOAOuD9a39tZ6o5fZX2PndWPUGrNrez2cwltppIZB/FGxU/pXvM3gfw7cAhtLhBP8S5BrMuPhf4clz5cc8JPQpJ0/Omq0WL2MjlvDvxd1zSysOobdQt+n7zhx/wAC/wAa9T0P4keHNcVFF2LS4bjybn5efY9DXnV18IYvvWequp/uzJn9RWDf/DTX7NcwCC7XPRHwfyNVzQfUXLJH0grK6hlYMp6EHIpa+a9P1vxb4QlCobuCJTzFKpeNsda9D0b4z6fPFGmrWckExOGeH5l+uOopiPUaKz9L1vTNZhEun3kU6nsrcj8K0KQBRRRQAUUUUAFFFFABRRRQAUUUUAAooFFACn+lJSn+lISAMk4A6mgAqve39ppts1xeXCQQqMlnOK5PxD4/isrhtP0W3Oo6j02x/dQ+5rlZtBvdWYah4z1QeWPmW1R9qJ9aTaRSi2W9X+Jl/qsz2HhKxeYn5TdMvA+n/wBesaHwO1xL/afi7UjJK3LIz8D2zTrz4gaLoUclpoFmj4XAdRtTPue9eeax4j1PW33X9yXXtGvCD8KSUpbaA3FHba3450vRrZtP8N2iBhwZgMBT6+5rzm91C6v5mluriSZ2OSXOarMec9zSdTgVpGCiRKbY8Nx1oJq1a6PqN7tNtZTy5xgohIrYi8CeJJumlTD/AHhindISi2c3+NHNdO3w+8TKuf7KlIHoRUkXw48UzKCNMZc8fMwFHMu4+WXY5QHijjGa7eL4TeKJeTbwx9/mkFa1r8FtZk2i4vbaIE84ycUnOK6jVOT6HmXXrTsccCvY7f4Hw7M3Grvux/AnQ1paT8M9F0S+ZdUia9gf/VXDcBT6MB0+tS60B+ykeE8HvWro2o6npVxvsDLhiN0YBKv7EV9GT+BvD7oGh0y2SQfMrhM8+471asrbT7LbFLYW9vIBgOsY2tj0Pas3Xi1sXGk073OJ0HxINStlU2E1nKBysikfke9bqK8rDLE+5rrXggmQAxoynkcCse+0iRVJtWwOpT/CuSSV9D0IVNLMoySLbD5V3uenpWZcR3N1NgsGkYcnso9q14rUCIicFVHOD1oTbdsUhQJEOrY61NjaMtblPTbQxSBIvmx95zWhf20H2dlkAZiCPrUpC28a7Bz2FJbWxlla4nOT2J6AUrClNt3OZ0++fSW2gMYyeR6Culyl5Es8J9yB3rE1VrKWbNrKGmU9McH2q9pT5iMqHAJ+ZD/CfSgfS5cubSC8iEc3DdUcdQaybg3Fu+2YDzo+FI6SL/jXRGEMgdTkfxCqU8cNyjQynhT8rjqppAtSvCVuYFdCQf1FatufNjCu2XXvWUI2hY8gSjrjo49RU8U3mqWh+WVRwD0NDC10LdRL8yToGDZyTXA6ppsmmXLSwKTbk5x2H09q9GguI71GjmXbIo+ZT2rG1KwltgwCmW0fqOpX6UbhFtM5e3nWVAc9avKMjg5FZ13pr2BM1uS8J5x3FT2lyGHDcVDOlO6NBQD2x6UuNvWmKx68GplPHrSGMxz7VXeDqQMGrZGfamkdqBlPA+6QKieEE4BxV8RKRkrz2qBoWDZRvwNFxMzZrdhwyBl7HHSqklrGzHgoT6dK2X6YaoWi3DBPWmTYxms3UZV931pgicH5h0rXa3IHA6VEYccn+VArGaAPyqZMYqwY0B+ZKVbeJujFcUBYrcHmg496t/ZAP4z9MVG0CAfeP50BoVWIxTGc9B+FWTFAOSSTTQRnhQPegLFXypCOM/jSiA5+Y4NWiXbCjhalWAYzigLEcKBfujHvVgBi2fSnIij6n9aspF6UDsQiPPJHIp5QirAQL7UxmHPHFAFaU9hzVWQ7T79zViTOcd6quOSOlMRXlO76VUkxkgValPUfw9Kqso600QzNvX2xMB3ruPCiC10SEsH+YFgcetcHd/vJsD5snGBXpFqjxafFE6hIzEFAHariZTRTvC25wo5bHPrV2ANbW9tITkl8AH0qjNIw6ckDHTtV++kU6faug4BU1TM47i3AzcShRjzBUEWyOGHzULFs4FaNwm1txwRt4xUVuQGXcMbBjp6009BNalSZ4WOGTG0elSaZJZJJIsiAbTlQtF80SzqyruVxgkjAqja3ltDrUUWJAzttyw4pXY0huspbS3ga33QSZ6HoahWd4vnZWA/i2ng10muWkD2jfKC68gjqK4241E2Vo8kg3IoyWDc1S1RDumc54z8QG4hjsYXOCcvxg+wrh+Qcjj3HFW9Qu2vr+W5fje2QAO1VD15rtpw5Y2PPrVOeVySKaWFw8c0sbA5BVyOa6Cz8eeI7GERQ33yDsyAk1zZ9KTPFW0nuZJtHa2vxQ8R26gPJBMB03x81oR/F3VlB32Fq59iRXnfWgUuSPYrnl3PT4PjBLkfaNIjK55KSHIFaEPxc0uRgJtOuYxnqGBxXkOeaXvSdKI/aSPcrb4g+GL5dsl15Bbqs6cVXu9P8E60vm+ZaCQkjfFLsNeK9+tJgZz3qVSS2Y/avqj1oeBpbVxc+H9ZeN+oJf+orTtvGvjLw6Fj1fTRfwL1mXk4+o7145bX13aur293NEy/dKuRiunsPiFrtkipLLHcoox+9GT+dPlkvMSlE9x0Lx9oeukRpcfZ7jHMU/wApzXUAgjIIIPQivnc+MPD+rbf7W0Yxy9DNAQD9a6LRfFUdmqro3iJXjH/LrqHH4A0teqHp0PZqKzdF1GbU7JZpoUQkdY3DKfoa0qYBRRRQIKKKKACiiigAFFAooAr3d9BaD94xZ8DEaDLH8K4HxTr93JIba9uRpOnkfNg/vpPb2rl/EXxZnuriVdDtEtVYY+0SLmVvw7VwM51XWbp5pRdXlw/JYgsSPahxbHex1Uvjuy0e0a18OWCxsT81xNyWPr6k1x2oatfanM0t5cyTEnOGbgfQVs2HgDxFfNlbFo1xkNL8uRXWaV8HpNwfU78KM8xxLnj60XhDdjtOXQ8tG+VsKCSPatrTPB2u6sQbewk24yGcbQRXumk+DNC0baYLNDIOkknJrUvNT0/S4Qbq4ihjUcAkDH4VnKv0iilRt8R5TpPwcuZNr6pfJGM/ciGcj613WlfDrw7pgU/YxcSL/HNyap6p8UfD2nErFM11IvaJcg/jXI3/AMZ7p2xYaciDnmVs/TpU/vZlfuonsUNtBbrshhjjUDoqgUsk0Uf+slVf95sV87X/AMSfE18WAvvIU9RCMVgXWs6leuXub2eRiTyZDR9Xk92DrpbI+nDq+nK4U39uCen7wVOmoWbY23cB9MSCvlEE4xkn8aUSyJ9yRx9GNV9XXcXt/I+s/ttso3NcRBfUuKrS+INIgYrJqVqrA4IMgzmvlf7TckFWuJSD1Bc1GSSc5JPqTT+rruHt32Ppt/H3hiJdzavBjO3g8g1Xl+JPhRFO7U43HQhVLZr5r6jkZpccUfV4k+3Z75N8VPD+mpusbh7mIvgwlSCvuvt7Vi6r8bLaUFLDS2lQ45nOAfUYrxzHNHbNUqECXVkzuB8WfEkDMlt9nhhJJEezcF+hqtcfFDxZcAj7esYJziNBXIZPQ0HnpV8kexPPLubI8Xa/9qW4bVJ3kHdmyD9RXc6J8XDHCtvqlmAw4E8I4/EV5WRilHrSlTjJWaKhVnF6M+k9I1Cx1K2F+l5HLG3cNz9MVJdX73BZdn7nHyjOK+cLW8ubGZZbaeSNgcna3B/Cuz0f4hzx3Ea6uGeAn5njHI/CuaWHa2OuGKT+I9cjS3YJFDbK5A5IHSmxxyw3bGJQrgZ2Ho49KqaV4r0a9RY9KnjmdhnB+Uj6g1Zmju5lWbeokQ5GP5VzOLW51xknsatpcARebGGKk/Mp6qe4qYwxXWJoW+vvVK0uBeQGSHAuEGHT1PvUkc21fMQAED95GO1IpD5oRPtUcFTkH0NVpF8tjtIWRfyNaC7XHmxcg9RVW4hQNvz8ppWBsrh2uhuiIjvI+cHo3/1qu2l2J1CzDaw+8h7VhXFvPaXHnpIxjPKsOqf/AFqtJOt3hZP3dyvIZeje9AbljUNORmM0Q3KeoFc7qWkqAtzanax6jFdSUfejxuqTgdD91/alMcdzExSPy58/PG1DSCM3exw8NyRIY5F2uOoNXlkB+6eoq1f6QkkjyOpVz0I6isMvLaztDL1HQ1DR0KRqq46etP4zVKKbt+VWVlGAO9Iq5ODgfWo3CmlHK5PNIRuGR2oGR7fbOaidATyv4ipiTn0puMmgBixccEGmsiEbSMe9SkAdeRTkjUHK0yTPltgPu/MKh+znrgrWsYuxANRmIgYIxQBlPHIvGSRTDE3etRkAX29KrOFJ4JOPagCkYu+OackSoMlGZv0FWwj7eE4PrT1jlIxkD2NAFVU3NvI/CpETJ6Y5q3FanJ3kCpfKjXpg+9AyqIjn7vSpAp3fKDVrA29cU0njAFAFcoxPPAHaonXJwatE5WqzryTnrQIrSbR36VScdauyjue1VZeh5xTEUZCCap3LhVx61clwn1rOuGyx/SgkZp2ny6hqUMMf97cW9BXf3pNvaeWG3McKPpUfhbQl0/TWvJ1/0iVdxOfur6VXluVmMkrH5VPy1pEwqO7LVokbTmOUZLDANVdSLwQiI5+RuK1bCFRbR3DLmQ9M+hrKvJFu7x4+eJcH8KfUStY1rpii27Dksg4pY7lFuWZEaRm7Y4FLLhSkp5C4QY+lSG8dQDBblyPQUEsq3t8jPHHdQBct0xxVPU49O8sXMLgyR84VskVLqNyXliW8tmjDHg9RUN9Z2rWjLHaFflyGHU07CT1HzQXN1Ak0cbsu3LPvx+lZdj4UGvwPLqHmw2u47Yl4L+/0qF/HdrpNtDb3LyMyjDQxj5sfWm/8Lc01V2x6fcbR0GR0rWMJvVIxqVIrRsW++GWiRQO8U10jY+UZDEn0xVC7+E0VvYvcLqjb0TcQycH2p7fFa0mv4pG06XyI+cFhnPrW3B8Q9B1UpFLMbZSd0gnXrjsK3XtEcv7ts4qH4Wa1cW4nSSAKwyqsSDVd/hh4lUnbaxv9JBXrUfjXw052Jq9vnHrxV2LxHokwXy9UtTngfvAKn2s+w/ZwPEX+HPikDjTSR7OKrSeBPE0P3tInP+7g19A/2tpoAJv7bBOB+8FWlmicZWVCP94U/bS7B7GPc+cP+EM8Rhc/2Pdf980n/CHeI+n9j3X/AHxX0mHU/wAakf7wpfMTP+sU4/2hS9u+wexXc+av+EQ8Q9P7Huv++KT/AIRHxDj/AJBF3/3xX0o1zbqCzXESgcnLiq7anYD/AJf7Yj/rsP8AGn7d9g9iu583v4Z1yLl9Ku1Gcf6o1Wl06+gG6ayuUX1aI19K/wBsabnB1C1zjPMop5u7GQ/8fNs+evzqaftu6F7Fdz5eJZeCCuOMEYpcjHY19NXGjaTeL++srSUE5OUFZ8ngzw44w2k2wwMfKvSj267C9i+54bo3iXWNClD6ZfyweqBsofqDxXpWifGqVQkWt2AcdDPbnB+pU1uz+APDMw/5BqJ7oxFYOofCjS5husbue3YDo3zg01Viw9lJHoOj+OvDutyCK01BBKR9yX5T+tdH2zXztefDLXLX5rOaG5A5XB2NUlj4m8beE3VbhbkwjrHOpdcfXtVJp7Mlprc+haK898N/FjStVIg1NfsFyTgEnKN+PavQEdJUDxurowyGU5BoEOooooABRQKKAOK07wRoGmKNlkkjj+OTk1fln0fSUJeS2t1Az1ArwrU/iB4j1HIa9MCHosI249s1zktzNctunmkkb1ZiazVGT+JmntUvhR7/AHvxD8N2SbxeiU4yFjGSa5TUfjGoJXT9Pbg8GY8EV5NyOBnFL25q1RgiXWkdfqPxL8R3yGNblIEBODGvOD2rlLi8ubo7ri5llb1kcmoSeaOTWiilsZuTe4nQcUmMinBWYgAZPpWlYeHtW1V1WzsppSehC8fnTFZmXilHArvtO+EfiC7+a48q2UjIDtk109n8FrRFzeajK5/2FAqHVgupapSfQ8ZHXg0o6EV7e3wd0bGPtdx+lOi+Dei7std3LDPqKXtoFexkeH4BpDXvq/B/w3twWuW46+ZVWX4N6K3+ru7lB+Bpe2gHsZHhnFGM9a9q/wCFK6fj/kKTfXYKni+CulbcPqFwT7AUe2h3D2Mjw7HvSZ7V9AQfBvw3HgyPdS887nwDWnb/AAv8K26BfsHmcEZdic0OvAPYyPmz0oWNycqpP0FfUUPgXwzbDCaRb9MZIzWhD4f0iFSE022XJzxEOvrU/WI9ivYPqz5VjsrqX/V20z/7sZNbWj+Bte1z5rOyfYDgu/AH9a+nEtLaP7kES85+VBTJLKCVg6jy5B/FHwaTxHZDVBdzxKD4J600WZr23R89Bk8Vpab8HrOKfZq99MG6goMKfUZr1lprizRnmkWeMenysB/WqM/irQEgLXGoW8YH3kkYA/lWftpvYv2cFuYunfDHwvabZIYXdx0cyn+lbreH4UCmGWT5RgBmyK46/wDiT4Ts7jbbXM5ZHwTAp2//AFxVD/heVgFkDaXOSM7CCPm+vpScKk9ylUjB6M6eaw1Gx1D7RDEMEckHhqvxGO7Q3MI2zDh0rz+T46RtkJorY/25Ky5PjDcecJIdJhXn5vn6ip+rz7GqxUep6pF+7m3x/d/iHdamldWi8w/NC3DY/hrzjTfilpl7JuvIJbGfOMg7kYV1mn6vBKvnW1xFPbS8kK2cVnKnKO5tGpGa0ZsRJDG3lO4ZH4Sqt7paxqHgyNpyPaoIZFaUwDLwMcqSfmQ1rRO+zyp8Oh+7Iv8AWpaKUrMyBelWRLlcNnG71rXASdUkVyJF+64P86gu7COdfLccn7prNVL3Tdy/6yL9VqS2kzZcxyERXKgMejjoaz7zRoi5mMQkzwfU0tvqEco2MwcEc5qxFdm2/dyZeE9D3WgV2tDnF0dL3zDZyNG0bEMjVSliuLN/LuEK+/Y12jWcT5ntWGW796jmt0vFxOuSoxu70nYuMnbQ5RJ1K4BzUyMMdc0X2kXUM7SQqrRHuOKpJK8TlZFxj8qmxopF08e9NqNZ0bnPNOLCgq4hfHBpu/jjikZvWoyeeDRYCYSsR1waertj5uagTPfrUuOM0rAI2PSk+X+6AT3xTtp9aXZ+VMCJsjvmljBPaphGDjjFO246UDRDjFOC4zUgUU/yqBkWBn3owD8wP51IygDpTNvfv2oEQyCq8i8Zq22D2IqtKVwRmgRUkIxyR7VQmcZ5xVm4bBPes2Y4JJPPpRcViGZtx9hWl4Z0P+0r77RKMQxHI3dCaqWVjLqE4RAcdzXZ28C6Vpu8OcRjp2Y1UVczqTsrIj12+Gl2otkkDPJzyeQK5tC1ztQY2k/NUN3cy6peNcSDDMdqj0FaMFoYLmBe4HNbJaHK3qal3dx20aITjCgHFZsFtI95bgAneC7evNR3cnnTuWH/AOqtPTS8cbyk/M3yqPapL2NQ24KZdz5advemG4JjxFxxwPSmD7RcMFdgsS+lF/NZadZtI+EVVyWZsVI+hi3+oCK4TzmXAPXqK5jxJ41ECtbabMHkYYLqOEHtXO+I/Eh1G6b7KDHECec9a5onJzXXToX1kcVTEW0iOmleR2eRizMcknqai5zijGTSkbQDXWcT1AfKOtIeT6/WjknkYNAGelAhdvH9KXaMdPypAOaXp2pjFyemT+dSi9ul4F1OMdMSGoeCOtGMjpSC5ZXUr5R8t5cf9/DTBfXYz/pc/PX94ar5xS0BqPaeZvvzytn1c1GefX86XFHfmgBMDHc/WnrK4IId89iGNNzzS8+tMCz/AGjfbcC9uAOmBKaf/bGpgY/tC6x/11NVPYUEeoNKyC7L6a5qq426ldj/ALamrUPijXbd98WrXQ9QXz/OsWlB7Z5FKyHdnbWXxO162ULM0Fyo/wCeiYP5it62+LEEhC3+nHa3DGM7v0NeWelL3qXTi+g1OS6nsEl14D8TLhxBDOTwxBif/CtDTbTWvDZEuhagL7T9ufsszZyP9k14eTu/Crlnquoaeym1vJ4sdlc4/KpdNrZlc6e6PpvRPFthrBED7rW+HDW0w2tn29a36+b7bxwl+Io9dt1LIflvLcbZE967zRvGWr6ciSGQa1pJxiWP/XRj3FF2tw0ex6oKKy9E8RaXr8Hm2Fyrkfejbhl+oopgfJ/WjtWtonh3UdeulhsoWYE4MmPlX6mvY/Dfwr0zToVk1NReXB5KsPlU+1VKajuTGDlseJW2mX16R9mtZZc9Nik10Nj8OPEl8qsLPy0IzmQ4r6AjtLSxj2QwxQoOyqABVafXtLtTie/gjIODucdax9u3sjZUV1Z5hYfBq4fBvr9F55WJe34109l8KdBtwvniW4YDkscA/gKt3vxM8NWZYfbfOYf8813Zrmr/AONNopP2DTpZQDw0h25qb1ZDtTid1a+EdCshiHTYB9Vya2IYordAsUaIo7KMV4Nf/FnxDdMTAsNqhBGFGc+/Nc9deMPEF626bVbnOAPkbb/Kn7Kb3Ye1itkfS1xq1jacXF1DEcZAZwK5bVvif4b00hRdC5c87YRnFfPlxdXFw++e4klbrl2JqEY5NUsOurJdd9D2ib4zadu/dafcFQeSxAyKZB8aLHzD5unThexVga8a60VXsYEe1ke7r8Y9AKAtDdK3ddlDfGTQNvEF1nHTZ+leEdKXij2EB+2me8w/GHw42DILmME45jzitSL4peFXxuvzHx/Ehr5x75pQfyo9hAPbSPoyT4reFI2IF8XwM5VDzVG4+Mvh2NsQx3MxzgkR4rwEcH0Bo6ij2EA9tI9nu/jhbhcWulSMeeXcAD0rCuPjXrsjD7PZ2sQA5Byea8196CKfsoLoS6kn1Ozuvir4quXZhdxwg9o0AxWY/j3xRIzMdYuELHJ2nArnsYoxVqEV0J5n3L9xr2r3WfO1O6fPrIaoOzSkeYxcgcbjnFJg0mOeaaFcACOM5p27seKSjHNMBcZHHWgZFAUk8HtSg460AJ15FWbW+ubGUSW08kTf7JxUAAJxS7DngE/hSsNXWx2+n/Ee7SMRahCJiCMSxna34+td9oHj7TdQXyWmVGPRHOK8K8tupRv++TSKeQQcY71jKhF7aG0cRNb6n1Jb30ciAE74z0b0q+FRhngnsa+Z9K8V6xo4xbXTMh6xyHINdzoHxXSOQR6nCyoT96M5xXNOhJbanZTxEJbux6Ze6THOTJERFNn7w6Gsu7S9tBg4IHX0NW9N8TaVq8O+zv4JQRkpuAYfhV0yLIQcCSJuoPasLM6Lp9TBi1GddrWZ/er9+FzjI9q37K/ivVBUbJB95G6iql1odtdQn7MWRuxBwRWOY77TNqyq023gP0b/AOvRoCutjr2RWGCAR3FZN9oyFH8qMbXOWX/CobHW2kBSR1LduMH8a1I7qQYYASoeo7ikgvoYI0+0abyHjKADO4VK/h3cA0FwTnpmtR5bO+fcvyTR9UYYNOmh8yJTC/lzL6HinoJNo5+XQb1FJVVfHoay5IbiE4eBxjvtrqTc3Vqr+YpkYdCOM1atrtbjar4Ut2cUrGimzilmGSCMN6GpUcE811OoaXFclCyIWB4IHSsi80KeFfMgXPqnr9KmxamnuUsgDBp6lT2qn5jRnDKwPoRyKsRTDGKC0TgccUYOeaRDk81McdutIoRQM5NSHb9aZgUZwaQCHnnpUZGee1LvyxGKZI+Tj0piIJDk5HC1SnbqB6d6tSyKcj0rNml3ucdKGwsVZ5NoPOfejT9Lm1GXcVIQdWrQ0zRJNSuOVIjHJrsba0hto0RFCoo7d6Eu5Mn2M6z0qO3QRQAKR8zk+nrWBq2oiR2t4m3IhPPY1f13XtplsrZsyScOy/wj0rmd8UcZDHDH+dbwWlzjnLUnsEDyhiOM5rSuZ/8ATSBx5YAz9azrGQQWzM2MAZNFnP5rfbrohYAflX+/VMSL6CJ/OuJ8hQuVH941b0tJFh8xyCCOPaoQjaxNujhZgfuqOB9TXQaZ4e8qFVumLHOSoPFR5FOSRzGt+JYdPiENsklzcNkBIlzzXC3uneLPE8ys1hceUeVUjaB+de7xadZWiHybeKMZ3HCjr61FJePM5isQsj9Gcn5V/wAa1p2jrY56k3PS9keKL8MdaVEe6eCEv0j3ZY+2K6LSPgyskQm1S+kUtyIoxjA9zXpkUdnaHz7u5jeZRzK7Dj/CsHXPiJomnOYI76N5MfM8Z3Bf/r1r7SctEYckFuVR8OvC1oRBHYG4nYfKruT+JrQsPh/4fskLtp8TyuMHd8wHsK5P/hbmj2BIt7W4un53SthS3vWDd/GTW5c/ZrO2hzwCctiny1GLmpo9TfwtoZds6XbEt1+Qc1BL4N8PTff0q3HGPlXFeQf8LR8UFiTPFjOf9WKs2vxW8QQuTKltMp7MuKPZ1O4vaQPQp/hn4alHFo8Z/wBhzWe/wi0Vy3l3NymenIOKwYfjHdCQefpke3vsfn8K3LP4waO4xPa3ER9AAaEqqHemyFvgzYn7mpzL9UBpD8GLXHGqyZ94620+KnhfaGNzKM9R5RyKR/iv4XXpNO3HaI0uaqO1Mwv+FLWuP+QtLn/rmKjT4LxM/wDyGG2/9cua2n+Lnhvt9qJxx+74pE+Lnh3bki4U+mynzVRWpkEHwa0hSDNfXTeoGBV+L4S+GEVRJFPIQOSZDz71A3xh8OhQQl02f7sfSs+f416crFYNKuZADwWcLkUfvWP92jePwr8LEY+xyY9pTUEnwm8MOMJFPH7rJXOH42/N8ujZX0MtWIfjba5YTaPKBnjbIDRasF6RsJ8IPDi/x3ZGT/y0q3B8LPC8PW2lk74kkNYw+NelBcnTbktkcZFUbr43LyLbSOcHBeTv2o5awXpHbQ+AvDEDZj0eAHJPOT1q1F4T0CAfu9JtRxgfuwa8muvjNr0uRDaWcIPTgnFZc3xR8VyptF6kfukQB/Oj2VR7sXtIdEe2TeFdClB36Ta5PfyxWJefDXwxcrgWJhIB+aNyOteOSeOvE8siu2s3G5RgcirVv8R/FFuw/wCJiZhnJEqA5pqlUXUXtIPdHZX/AMHYCxbTtTaPJ4SdM4/EVymo/DXxJYFylqt1GvO+Fs5H0rW0/wCMGowhY76xhnC9WQ7WNdZpfxW0G9l2XJmsmzwZFyv4kU/3sfMX7tnjNzpt/Yti7s54MHH7xCBUmmave6TcieyuHifvg8N7Ed6+hItb0HV4tqXtpOHGQrsDn8DXO678ONE1SNpbRBZXBBIeL7hPqRR7ZbSQez6xZx2n+KdL1G5R70NpeojpeWxIBP8AtUVzWu+FtU8PzkXUReAnCzxglG/woq+VPZk8zW6PpjTdIsdHtEtrKBIkAGdo6/WsjxN4y0zw1bM1xIHm/hhU/MfwrlvGHxUttOLWmjFLm4wMydUUY/U14zf39zqd5Jd3kzSzyHJZj+g9qyhSctZGs6qjpE6TxJ4/1fxDIR5ptrYdI4jjP1Nco8kkp3SSM7HuxzTccUmDzXQoqKsjncm9wxxgU3OKkCFuAD+VI0bqclT+VUITI6UnSrNvpt7dttt7eSQnpsUmut0n4X+ItT5eAWqZwTMcEH6Um0txqLZxHpmivaLD4LWwjDX9+7SY5WNcAGt61+FHhm2xvt3mOc/O36Vk60EaKjJnz1kDvxUsVrcTHEcMjk9Aqk5r6Wg8E+HLcgppcBIGPmXPFa8Gl2FuAIrOBMdNqAVP1hdEUqD6s+Xh4d1lkDjTbraRkHyzzVWbTr23/wBdazR/7yEV9aFF6cfSqdzaW84IlhicHqCoNSsR5Few8z5O53YPWl74r6SufBXhy9yJtKtxnug2n9Kii+GHhTeGGn59i5Iq1Xj1I9jI+culHevpYfDTwoBj+y0/76NNf4a+FXYn+zEH0Y0e3gHsJHzYODR3xX0iPhh4Ux/yDz/32atW/wAPPC0OMaVE2OPn5o9vEPYyPmeOGScgRRs5JwNq55rWsfC2uagwW30yd8nGdmOfxr6ettE0uzBFvYW0ef7sYq8qKn3VA+gqXiOyKVDuz5vtfhT4pudrfY1iVv8Ano4GK2LX4K6xNzc3cEPy9Blua96pjSRqMl1Hfk1Dry6FqjE8ei+BqbQZdYYMR0EfQ/4VqW3wT0aMN517cS5xjoMetd9Pruk2wzNqFsoxnmQVkXXxC8L2ZIfVYWYLuwnzZFL2lV7ByQRnw/CbwrEObV3P+1IasL8MfCqdNNXrkfMeKpXPxe8LW5by55ZsDPyR9ay5vjdoyqfJsblz/tYFO1VhemjqD8PPCzJtOlRYznIyDmnW/g/T9PaMW9hbS28ZJVZEG9Qeoz3rhp/jnbjiHSZWHqzgVSk+OVwZWMOkqI/4Q0mT+NHJVF7SmesQ2ejSfuW0+3jIGAkkQHX0rPvPAHh25ZpI9PghkZdpKpwR9K82l+N0k8G19FjLZ7vkYoX40GLaYLGVNp5jZsqRT9nU6B7SDPQW8FaIgEdxoNvMrKFeSMenfHrUQ8B+Db2SRF0+IPt2lQSpHuK5SL47W24ibRpgM8FZB0ok+NekzgCTSJ855IIzj1zRy1Q56Z1g+F/hdJDJHZsjbduVkIx7/WtC18JwWO0Wt3cqqjG133A/nXnv/C5re3Ea2NnL5e750nOePY1s2/xs0CTHn2d5A3fgMP0pSp1HuVGpBbHaLp1xb8xuGPfNQz+ZgC4tyR/eA6VgwfFzwpMoJupU+bBDRnj3q3/wsvwo6Mw1NCFbaQVP+cVi6UuxvGuh1xpkMx8+3ADDrt61RS+kil8l0J54kXt9a1I/GHhW5LhdVtVZBlstj/8AXRImiXrh7XU4BI4yNsgINS4vsUqsX1B0E0AZ1Ei/3161CsbpG0lvMZiP4T96rEFu0HzQXUEqHjAYdaSS0hMnmcwy9CVPFRZmqlFj0v4WiC3C7HPHI4zVSVTHKCgLjrheaka2kUbXHnrnqeorXtbSG0hDY+Y9zQJu2pjR29yHSVGmj5ztbkGtFLl3jIfAYfrV95FR1VlOG6GqGpwGKJriJQSvJX1oQvaX3M++s7W+UmVSHI4I4IrlpI5LaVo2zgHhsda3J5ruZUKwrsI+9npUqLb3FoUuUAbp70NNmkJ8pixPuA5q2hB61lH/AEe5aPnAPBPpV2GXis7HSndFv+KkJweaapzzQ2AKBXI24qvK/wApwPlHU06djVa3lVLnbJzG/wAp9qBleRtxOO9XtL0pJ7lGm+UZxzVrRtKa4vWZgDFEec963s2sd8TIAkaDvxk00jOc9LInSCOFH8kAKBg4HJrntV10p5trHtVtvLDt7fWqviPxfFZPJDYyqzuOcHIWuCn1WSQEoWZjkkitYU29TnnVSVjTmngty83WRhgjNZUlx5su1Mlz6dhVHez5lllVfRSaSPV7WyJ3MDk5JTk1vys5XNI2lN1Iv2YRszn+BerV0ujeEbqVY5tUl8mNfuw+g964lfiEumq66Xp6eYw/185ywNc9qvi3WtZctd30m0nOxDtUfTFWqUmRKulse6z+JPDXh+MxvewgoOVQ7j+lc3qPxh0uBWWxtpbh+gJG0CvFCc+/1pOhrRYeK3MXXk9jttd+Jmt6zG0Eeyztz1Ef3mHuawpvFWtSIFbUZwoXaArY4rE3E0oWtIwitkZOUnuTS395OWMt1M2eu5yc1CvHSlxQBmrEHelA5NG0nip4bO4nYJFDJIx6BVJzSAhA7Utb1p4L8Q3oDQ6VcMpAOSMcevNWJfh/4kiGTpshHfGDS5kPlZzHfmg+oq9daRf2IP2m0nj5xlkNUiO1O4rMbmlz6ikwRRTAPeigUuB7mgBM00+ualEbOPlGce1J5En9xvyoDUZxSjpTvKcclDj3FM49aAHUmfag0de/SgAoJ4pyxu5wisx/2RmtS08M61f822m3LrjOfLIpbBZmTxiiu4s/hL4nuz88EVuucZlk5+uBWunwU1XYC+o2ysewBOKnniupShJ9DzAj1o3V6Vc/BrV0H7i/tZD3yCK56/8Ah14m0/LNpxmQAktCwajni+oOEl0OVGVbcODWvp3iXWdL2i1v50VW3BWbcufoapz6Zf2rFZ7OeMg8h4yMVVzgkdx2qtGTqj1nQ/iPZ6qqWGuW8cbyfIZMZjkz6jtRXk4GaKzdNdC1UZMemBSUUVqQhQM8da7Twh8PNQ8RyRzzKbex6+Yw+9jtRRWdSTjG6LpxUpWZ7LpngTQtJtxHDYxuQd26QAnNTS+H9KDfPp9t+KCiiuLmk92dnKlsaFlY2dsgW3toox/sqBWgMDqQPxoopDSKt1qNnaKWuLmKMDuzgVxmp/Fbw5YOyRSvdNtyPKXg+2fWiitaMFPcyqTcVocpefGqUswtNMXGflMjdvw71jS/GDxE4xHHbR+4XNFFdPsYLoc/tZ9zKvPiR4nuxh9Q8sZz+6XBrNbxf4gY7jqtxn/eooqlFLoS5M0bP4j+JrWRXN/5oXHyyKCDXYaZ8amiCrqOmE56vC39DRRUunF7oaqSXU2f+F2aLsH+hXRY9QAKiPxu0rHGn3XTviiil7CBXtpkf/C79O7aXcH/AIEBQPjjY850m4Hp84ooo9hAPayIJvjmmweRpDhsc75BWXefG3WJQwtbG3hB+6zEsRRRT9lBdBOpLuc/efE3xVfBh/aBhBPSJQMe1YE+uavcKBNqd1JgkjMp4zRRVqKWxLk3uUGeRvvOzcdzmm9uvSiimICOKMUUUAIRSZxRRSAACaXNFFAB2ppxRRTAORThJzk0UUALuVu2M0bcHOaKKADc3oMULI6/ddk+hxRRQBNHfXUQ2pczKM5wJD1q2uvasCSNRuckYJ8w0UUrDu0WovGXiCB0K6pP8g4BbIrWg+J/iiBMfbllGc4kjBooqXCL3Q1OXc21+NOsNCsc9haSMP4xkZ/CtiL402kttsu9JmV8YJRwRRRUOjTfQtVZ9ySy+Kfh50Ec8dxCQOu3Ipknjzw7Ldj7PdyxjP33XiiiodCK2NViJsfq2vaLcSRy22oxSN0bnFJbalaPjbcxY92xiiiuSrBJnfQqya1NOG4iI+WeI8/3xUrTR7eZV/OiisTouVrmZB/GvPvVMurfxLn0zRRStqVfQ0n1a40OxmjR42faGzvB5NcTrfi2fUnxLcpFgfMEPU0UV20qcTzK9SVznTqVorsXleQn0FVJ9cBUrbRbB6seaKK6eVHG5yMqS8llYlnJqAtk80UVdkiG2xuSaXbxk0UUxCE+gzSpDJKQFVmPYAdaKKBGpZeGtYv8fZtNuJFPGQmAPzrorP4W+J7vaWtY4FIzmR/0oorOc2tjaMEzobP4KXbNm81KJF4IEa5+tdDa/BnQY2zcT3M3/Agooorkdeb6nQqUToLL4b+F7Mhl02N2HeRt1dBb6VY2iqtvaQRAHI2oBg0UUnOT3ZSilsieQxqPm2gemaozXFshIM0Y/wCBCiip3BleRYbhPmEboemQDWNdeC/D+oMWm06EE90G0/pRRVptbE2T3K4+F/hVh/x4nP8A10NWIvhn4WjAzpyuR03uTRRQ6k+4ckexpQ+C/D0KbU0m1xnPKg1IPDGiIcrpdoMekYoopKcu4+VEsei6XFgR2FquARxGvGak+wWY6Wtv/wB8LRRRzMLIibSdOlGHsrZgeoMa1n3Hgfw3fcy6RbA5zlBt/lRRQpNdR8qK6fDDworbjpgb2MhxV+38B+GYGzHpFsCMdRnp0oooc5Pdhyx7GvDo2m2+3yrC1TacgrGvBq3sVPuhR24oopNsdkNdlQZdlUepIrCvfGHh6xOLjV7VSOwfJ/SiitKcFJ6mc5OK0Meb4keFEP8AyFUOSB8qk1atfGPh69bEGqQE4zgnbx+NFFbSoxSMlVkzTWWzulG14JR1xkNWPqvgfw9q6N52nQK5B/eRDawJ78UUVzvR6Gy95annPiP4S3dirXGjTG5jH/LGQ/OB9e9FFFbwqSsZypxuf//Z</ProfileImage>
+          <LastName>Wenger</LastName>
+          <Phone>+41 41 784 44 32</Phone>
           <Department>Bau und Planung</Department>
-          <Phone>+41 41 784 44 41</Phone>
-[...2 lines deleted...]
-          <Alias>maog</Alias>
+          <Function>Leiter Bau und Planung</Function>
+          <Description>Bau und Planung</Description>
+          <Alias>Herr</Alias>
+          <Email>jean-claude.wenger@huenenberg.ch</Email>
           <Salutation>Herr</Salutation>
-          <QRCode>/9j/4AAQSkZJRgABAQEASABIAAD/7gAOQWRvYmUAZAAAAAAB/+E4mkV4aWYAAE1NACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAABMQACAAAAHwAAAHIBMgACAAAAFAAAAJKHaQAEAAAAAQAAAKYAAADGAEgAAAABAAAASAAAAAEAAEFkb2JlIFBob3Rvc2hvcCAyMy4zIChXaW5kb3dzKQAAMjAyMjowNjoxNyAxMDoxMToyNAAAAqACAAQAAAABAAAAjKADAAQAAAABAAAAjAAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAEUARsABQAAAAEAAAEcASgAAwAAAAEAAgAAAgEABAAAAAEAAAEkAgIABAAAAAEAADdtAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAjACMAwEiAAIRAQMRAf/dAAQACf/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A7rrXW8jDyDj45ppbTSMjIycgPcxrHP8AQqYyqj9I977EDpXXc/LzsWt92Lk4mW27bZRXaxwdSGbh+sO/4T9xC+s2HZ9pvy76qn9Nuxa6L325DcYNLbjc39LY17fpmtZGQ+jo+FXk3CnCwq8TMsxQ3Oabch11bHD7FfsY7f7a/Stp9TZ6jFaAxe104qPWP7v/AIZxe41Ccvu9eHiHSf7/AP4Xw+2329f+sX2qWX4GVVtuvZiNpvx7300WfZrYyM22vFpe21zWb7v0b/5yv9Gq1H1+zshtfSqset/1ic1gLGy7GNws3ZWIy9r/AE/Up6duy9/2n0/7f6NYmY+jrd5fm5D8TBy7cX1LMq70X1YTcf08zBuvu2+lZm5basyrGf8A8oVV/b02b1WnA6dZZdi0YfS8h7WdN/Z4bQ6rMJYy+7H6nQ39Yp+w/wA5n1Mr9f8AS4P+DVVtvY9Q+uGH0v6xHpWbbWKXYzskuAcHUipr7bHXud7L/tDR+r1436X9HZ6n060DJ6/9YT1WyrDpxz0/IoZb07Isa4exzK325+VYba6242NY/wBN+L+hzLfU/Q/zdq896nTX9YrM6qrOx7rumYjqsm+0Nsuub09lllGZgXus9R/7T/Sfa/R9T7Oz0vVsvV52FVV0XpFXUetX2YnUMjHpfZ9vPo24r2POYz7GXOZjMwLRVh2P32f9a/m0lOuz6+fW/qV1v7Jw8WlrbQxmNmtfVYKob+snJtvxsS39L7PQp/WP+DV3oP1061mdaz+h9Rdh0ZWLd6dFrarhVa2hzndS97rHtY9mO3dVvf7P5axcYdNyeu0VPyf2x9mw/tVHTMjqQzKftItfTYxl72vrssqwP1n0vRQcjp7+u3YIwcken1XO6rmU+jZDn0vqx7ThXPYf1W3Jr/QXtf8AzHqfpK3pKd7rH1y+svS6rm21Yv2ix1tmEyuu28elW4toqyfsltu3Iz6n1XY1v6KnZ6nqofW/rn9buj4rZxMfNtbe2vIyKabm01tdX63oejZZ69l20+r9or/Vv8D/ADyhifWa1gymdBwDWMD7P07M9Kk5N/qem6pmU/0m125NXSvs1uP6f/av1P53HVWj6yZ/Qq8h3V80ZGR03BONlYVuSBZZlW3jIruqqfvfbs6fkM/StZ+Z9mSU9G768DJptf0vEOT6bDc63ezZXjEH7P1G5m5lnpWbLf1Nv69+h/mf0lSybPrf9cMayu4swOo4b6xlVfZGWtsvxWgPzbcf1b3ejbib6mejez1bH2/o6vprFbV0fHxeiYDbaun05VOQci2nIbh2ZlDaN2BkdQe33Y7cu/1K/SyPX/wn84rHRer9F+qj87JpaMvp+NZg01Ft4yRjfa2W3dR+y5DGltrfVp/SMq9L1/TSU9DhfXLq2XnW5FGGzL6Je0M6U+nS+3Ihhtx8j1LP1X09mX78qnGr/Q/T/SV+pDrv1zz/AKvfWGrF6i+i3p97brW100Xm9rGMsfj7rpsxrH2XV+m/02fov5yz061yNHXB0zq3Tj0rDz+nj0rLndKLbN2bc+2zZ6tmyv12/Zn+t9odRd6Xo/Zl1uflZHWOl0VC3Dy8qu60VZ+LdW59raK2ZNzMXGq3v9TqNW/DysSu5/oY1vq2+tX+jSUkx/8AGBhdYa2voORS/PdiW2Dp97LG2HJ2tONQ3Id6OL7bd1d36T9L/gUSnrP1txsbPyeqHp7q8ekPxRj7ibHTX6j/AOkW/oKHvtxrP+HWI39mdRLPsv1aPQ8nENGYzqN1H2aulzP0uVbda+ihltWBZs/QerX9v/4FCxM7pdx6vji/p1N11Xp1EZFLa6XE1Pdi4Tvo24ue5rupZD6dldOY/wCz2erd+mTsdcceL5bF+S3JfBLh+bhPD/eejd9Yeq15VuIMnAvy8cOc/FbXexzvTb6tjGXPLqt+wLf/AGlT+yv2pB9H0PtO3vt2ertXLt6Zk5Gfk9Qx+nVvzZsquc3Oa9rLH1+m9j6m0+x7a7d3puW/+z8n/mz+zYH2n7F9nidN/p+l9L+urMhiuNVtrrj+bhl/gcHE1Yyy1O+Kr00yfLxR/wAPj4X/0Nb/ABjs65nW2dLwXuy8azHpsf0qhjHPc5t7nvuy7XBt2PivZVsqsx7f5+v+bXPdO6NV1nMGKendSxuj+pjUX4rWC+uvIoc5mfScvLvOXh41T3en+q+99f8AOV/oq12X1k6V0rqHXhV1fCo9K/D9LB6hZvDvtDTfY+h7637K6qqv0zPVYz9I/wDnP8GuLw6q+kV09C6h6bOpdHyH5nTr3b3NybrXNs6aym+kmijFyrsVn2v7b6L/AErP0VlX6VJT1F2LXldMyc3p3RqeoZWLlV2Fpttdj3/Za7MLHdhu+lkXY1O3GyKbqq6ftHrfzuz1FldLszL+p5vT+ohx6rdj+l0bB6pRVjUGjdvda2vDFzGZTP1z+bp/m6/51U3fVjJoqu+31WjA6haMnqFPq1WOwhDvXzGVYzn3W5PqP3YPosyafsd/6xVZkI2V0v61Z73SyvrtVVvpu6b1QgXYhhrvXtsx34VV3sd/OYz7qv8AriSnN6b1rB+q2Ll9MFzG5PTX+hkzTU+y6zIJxs92K61pdZR0z0vWxm2Oq+1+r+tVqqGdHuuzDhdQwaxkYr8d9WbY9tVbsj07vtXT9ld+3I9m/Mq2U1Y2VZZRj+pSukGdnZ3RuqdKa70f2e19OazDAbRThYwf7sT7X6l1lnWKG31VWepkM/Q1+p6X59PA+t/T6buhWvoy6+nsD6a+pWGq3Ic0Pa37JezFY79T/R++v7MzLs9Gn0LP5xJTV6Zg/XfIxKvrV0cV2W10ih9Tsait1gFh3fYK6qXV207H+7Js9HI/nq/oLXwcTqmVlZvS8vpjMPFyK6ct9GE95ycW/MdZX9qpJFLm7bKa/t2N632eqmn9H6v82tPp/T/rX0roDasHLxMyvpwJxasXcHW+o/8AStzHWu2baaL7b62U+i/1qqv+LXP7c77NlO6J1LLyf2hlPZidOzNlf21zS13VLb3PqxdmNfjWV+jX6uNf/OJKehqxaOjjP6LjPrGDh4bnZLy9zQ+2xrbXX9YzmD7Zh22Oda/F+yPu/Q+r/N+nWsCvp/QbM/Fp+tPS3113YhyPUNtg+yM9Z2OyvKv9Rl2RRc/9KzJyPWyN+TVj/wAwruBf0urpTuodTH2e/Hs+3VYrDF9jul78W/EutfvxbMbHss9DCrZ+n+zfzll1n6RDd9WsGq8Zf1pwsjNdZcLcnrHqVmp7X1+nRjtxKz9udRXuq9jKPV+0V+r/AEdJTmfWPPwLcn9k3dPq6dhdGsux+mdVLnWHfht9avFcy7dXkes4U1enf6n88l0zLpw8MW1H0n9efS5zcWmrJ9TIaHBzenY+cG0P/S3v/aTP0H2DI9GjD9WldNf9X7OmdWx24WYy/DPTbOn/ALPtBcch+PVe9rcq+trKKfdezfvtx1jt69nUdGFmUaXdKbi5eG3priLHfbBspowbG47vUfiepXdTgPo/7Tf0nJ9T9Ikp0OsX9Lvy+pnrd78Sz1qelYOe1rWuxmPx6epP3BrmNZuurs/Sfzn6T0f5lU8TD+uvTPrFZbjYz830HXVtdbj04+K+hlbn0W1WYjN9WZda6yv9HSz1f0FVl3p/QfouD1v7XjXZ2FbjYvTqjk43R6b8b0zlOJra3FqtttyWV/Y8i7Is+1W/z2/+RWqGFj/WfoHSsm36vZgt6bmXG7plNzXOttpp9PIuy2WtFdFDbcdj23MyvSe+ur9DX62xJT0PWvrZk4uJhv8ArT0S9mJLb8mzHJNbLDtsw8c7n0et/ha86i79D/x65jKw/qUxtQyKs7qWLj7s2rJx6amVHFc532in1ab6bH1U52R6dt72+tTbV6FX6FafTM3pnVOjZXV+nsfjnNysU/WPEP8ANei03ftB2PvBfazLY+9z6aLbsn/ripZfSOm1W5mMzHf0d/Ur624uHW5vq3YXpD1cSvIebsPEdkZldeZszH0vSU6lPS29K+oQwq+ofbczrGRXlC2l7peGvx3532e/2XPrqwsa22yx3v8AT3ruJ6T+wJ9X/JP2X+f9R/8AR/T/AJ37Tu9f+Z93rb/VXnGEzqN31S6j0TqhH/ODqPVQG0ZBA9Q1/Y78guewtq9H7PVZ9Cz9L/NU/pV6P+zX/wDN/wDZfpY+/wCyfZ/Rh/2afT9L09m71/sv/XPV9JJT/9Hovr30PI6zkUY+PkPsq2f5S6eMsUM9D3nHzH0P3bvSyv0m/Z+k+z+kudpweldWpoZjZFVtnTIozKnZdbaMmnpG37NZbgu/7T9QZ636w99lWDX+k/TLd+tucMP6zUZnq2ej07FFmZj11Mc57Mp1/TsT03y1+U77ZdX+p3/q/wDhf5xYVHUt+F1Bl+BmHBqoysXJzqenY1VkvY6nJbkCl9bcb9m7f8FZ+sb7PX/m0lNG/qV2Oy/qP1ewMjF6thn7X1XIybDY2qioejR06u810/aMTJofjZNNDH/zNNWzf6S1ek/V66zqFt31h6rl4tlOC2rOufmGpxsda87a3v8A5zpbq7a/Ts/o/wBq9av+dVzOflZ3RsnpWJZjWZL+kuF3TqIdlPfOOOnZFn6Ntn9Ac31G+p+jst9P9J9NYfUuiW52Rdf1Z7772Nbg9SFFjzc/JpI6hb+zcGasfIx/sb6fUqf9nro/Wcqur1a/0iU9NiX9BPQ8ivEyK+oVYORVhWmhzaLnYlL/AE8fEtd+mf1NnperXXWz/lT300fzi5z7F0F31oyLsk53QOi224/2Cqui3Cq+0isN+0vvc2unHfV+sfSZ/hPU3rmsk9Mx6cq/ofUhj9FzMik34T4+3sFVhfW7Hr3Wb2Y3q/o7ftdfq/4RdXZ1HAd9Wq+i9SwszrbRa12A2xz2ZDr7RZdj1dT9O3fi+sy17sL07cn18T9L+jSU2qemZuKyvonT80dJO43Obju99L2h1jhnZ1Lq29ZybKK/6Bsx768e2rI/mqFN3VMbr1Ys6p6ltuJRbb0jq9mO/CxDbfWW1b/tPqU1WUWVU2YuV9p/nbP0X0FQwfrP9Yn9U6b0jqfQah1jc/Ix7r3ux/Uf6dtRusqor22fqzX43va9Vurt699Z8BuB1Fh6QenX+pfhvHpD7Nkurq6di4dNYa3LyG2Y99dHrel+l9P9Ikpt4v1Vrs+rbcTq+PZ1Hqv2lrgbMptNROT6t7P2Z1C6u6m77S0ssyqcff6t6udM6P8AWuvqfQr+qZN+QOn5L6LMQ1vLWE05F1WQ/NLnVZXssrx/tPp/8B/g0bF6j0/6z41nQulB1XUOmYFmJUc1xptZc0V0suqxaTfVuqfV+lyf5/F/wP8AOrNyOk/Xb6v9Npy+kWZl3VaicXqDCDk02NO7K+24v2o2fo2t9HG/mav0nqJKamN1667635GL12nI6dg5eW7H9HBsLcd2QD+mrzBUz0eo23+pRTlWfo/0X84rGD1/ojPrXfjfsfB6XiYWdXRX1D7M14rdW99VlduQ1tLcezLcz1KMh7/1T0v8Ms3pvVOv5Vv2nqgOXmdVr/VOn0Y9RtdWQ42dVawNq+zvYyx12Nk0/pMu7G9G99ddSln9Q6E/qx+r/VMXI6Zh5GPTXk5OQ3Zc/KYxtWH1LKp9TZU2r1Mi23Zb+s+rvvSU9hgN+r1Gdm9UGTR1KvGf6NN4x/XzjkWNbaPS6ix9lnUdlD7NtdNX6Kn9H/2nXPt6v1jBsPRqcbLzen9Aqf091GJVYRm2ua/HvdbkVNtrxfs9N1eTXTYy/wB7P5avYX1Ap+q2Tg9WxsrO6rXXcLGYmLS1zS5zHtbfY31mtazY7b6qJ9ZG/X5trWuwGHpmXIysXpTnOt9Tn7a7JbVi5HqfzXs9XZd6HpW+x6SmrTTjWdIxOj4FJxKqLa76enZOYzFz3ZVh9TdTZexl2P8AY7v5r9W/XvV9Sn0/TWXgPxvrDVV0V9luR1TIbdR1AWVuuFNouccfrORlfQyLsTEZX01j/wBH+jyP57/BK/8AWPGzeqP6PR9X/dn0UHBvycqtousLm0UZF2+L3+v0t9X6/dv9bAuu/QLMzOidb6Lb0w9DszbutMrss+zfZa2ObQLXsyLMlzHvflb8o1up+0+p+hsr/m/oJKbmR9XfrJ1p+A/Pfi1Nfhtxx1M3Mzcix2M67P8AtPThW9lzrrf5p/ovs/RL0TZkf80tn2nI+0fYI+1+m/7Tv9L+kfZZ+0fat36T0N3rer7F50zI6rkH7X1Tqz+nY3Tcp2D0yluJRXletcyvHyG/Y69lNezGzN3tuf6f84vTP2S/9gfsf7VZv+y/Zftv+Fn0/R+08/zv+E+mkp//0ug/xgU4raMh+Rk4/T351NFGLlvZc+31Me/7e5j20NuZ6DGN3s/Rb/V/4Ncr09vWrun5XT/X6flZuRXm3Y9lovF11ea2bb6LmGrp9f25gY+mvJ9O2r/C11LsfrsM5mTg3E47+nhxFlZezHy2uh3qOwsu5/u9astpuxaqPUvo9an/AAyy6fqzRe23orMip2B1JmXlYeHpQ7EOS31Md2T0y1/r5Tsfcz7LsZjfYvRt/wBL+jSmr9Taa2tbdl5+L1LMd1HFY9xZduqfVRbRXQx1bKmfaGV17GPfvw/Z/wAWi19e6V9VJxK8d/S29Qvuybqski51NZo9HHycW3DdkV+ldmUMx/01lln85/g1jfWPonVehZ76fq3n5GH6noMvoppsxcUbaWtsy7OolzcL3WN3P9307lh9DdfgdVwmdROTmYPoWY+Zh2Y9rmMfW2/Kp6c+gh32hlN3oZ3t+h6nqpKd3rF1f1v6B9XQ7GybepufZW70zTV6vpDFPULpt2M3Wsd+qf8ACKOT0HL6N1rpeJRkWevRl446Nj5pa5m25hyM05TsNu7dRmbKv5z/AIn1GKf2C/qfQum9Qzss7KnWZfT6q/1OylzBTe/pvT6b3PszGXbKcbptuG3Zif8AD7/TW3ndR+34Jx8XpvodaodRk9VN7wyyullRbj5R6zYyvHp6l9nsp9J7/wBLT+m/R+xJTv8A1e6L0LNwOndV9DHtyaKn14+Rj+qK2tLrm2NpGS71tv6W3+dWv0zo3TOk4xxen47aKS7eWAl3u/e3WF7vzVR+qGBk9J+rGDhZ4bXfjsd6o3BwEvfZ/ON9rva5Vev/AFzo6aGswmsy7DBJDjtaD+8Wt/O/M96fjxzyHhgLKzJlhjjxTNB0afqz0KivNrpw2Mb1KTmwXTZu3btzt25v03/QTYX1X6DgVsrxMRtTK7TewBzzFhYcd1nve7/Au2Kj0L654fU6bjlNGJdjMNtgnc0sb9J7D9L2/uLLP+MdzswMqwpxS6JLj6hH721o2/2VIOVzGUo8Gsd2M83gEYy49J7PQj6qfV5ttVwwmCzHxziUul0toLX1Gke76Pp22NXL/WHoWd0jNu6rhdQOBgWOw6raqvTLq8PHY6nKyH/amWvsdj17fR9D1H/8HYu0wepYWdW1+PcywlocWtMkA/Ha5cx9cen4nX3WdNt6fXm5eI6t+K2vLppyHMe0uyXRayyyiqt3pbtzP06hIINEUWYEEWDYeJ631HKz/q065vUb+uWV5rcX1HN20tc5jsmvMw2U14+T6ldX6tZ9p/R++/8AR/zS6vrHWfrRV1m3AdUzKwndMA6k+ghtdFzzk1HIoNz22f6L1Kv0t3p/zdfqLI6X03rHQ+h3/VvCcOl/WHLcctlb7mvN9TXentw8lhqZjX/Rbs/TPf6VtitHIr6q39ptx3dLyH3OGR9XMnIZjfa3uDRR1JgyGU7Mqq9/q15DqbfUswq2fTQSl6Scbp+B0z6udSvobh9U2jGvwBZ+m3bBfjdS+1B9tTuqeuz+a+z/AOG/mUL6yMybOpszehGvq9WbhvxP2blbqm10V2sZdZRa77F7G5WKxrm25Hr/AKTfV+hVbKr6FgUZppbkN6p0q3HyZbcMk5PU8j1cjGxuofZ6/wBadh5lNlP/AF6399aX1j6Vl9Yx86nJ6tjvqtZTkv6ccd2VlYrhVVU9+LRVf61O573O/o/+HSU8hnZ/V3Z3XcO/J3XnMpvx8LFYXY2Rlerj+oPUex9rGspqrf8A0in6C9e+09X/AGB9q+zN/a/2X1Psk+z7R6e/7Pu3/Q9f9H/O/wBteds6N1HpnTremfVbrDq7ek3tdnMsY/Hruy3uqosr+322V43pel6G3D/SP/l/pl6Jv61+wN+yv9tfZZ9P/BfavT+h9L+a+0fy0lP/0+h+vduV1DIr+rdGG37TmMru6X1C0fo25FNhycil1ha70tuJi7vZ/Oep6S5DLH1lqyuo9VzOosyuqYjWOe/pdFeR6TsT1Xsq6lbGO7p9Dn+23+c+0113euz9Auv+t+f9YcLqzn1WOxuh/Ywbc5jWPfj5Adca3VVubbbuyn/ZsOz9DZX6V3/XFynTOm39Os6P1TqtWDm5PW8um83OdkjJm59VlzrWVengN+y+vuey1uxJT0FHWenW9Of0/odzup5+bj/a+oAvOYK2gNZkfZ8TIdbVZkevez08D9DS9n/FLnPrBnZlfRc/K6R1Sj9mYuf6GMxwa662K8e119HUHbsrJyHer6WRuf8A0Rnp+p6X6NbleJ9Yer1Z+Ti5ozOiZQux/sO2pmc0Ms9G1+M6iurH9T1aX/ZvWu9L0LP0v6REPSfqz1S809S6Ux3VsnKtw7cml1gxvXrx/tf2ljfVb+h9PZX/ADf86kpyqvrIzP6Xi9Wd0mu+jC+wVWZuVa7GqZlMd/2hpqrtooxqLtrsr0fS30+n6tSerJv6r9YL8DHx3D1Ladu6x7rK23M9XIzr8R3s6x0xlrv1d+e/068a3HprrrqsVbq3U29KuwOl9UY7qf1ZxcVuJk4+M0Bj8zFaGX2Bx9C/9Hb6b9+/ZYiYHUm24+TTgZmG/otLftd/ScYX/aRhsEZOEy++v6V77WPu/Wv57+j2MpSU+g9AxMW/omI9wZkhrHBgbe/KqJD3fQvvj1vc36VjP0f82uRzfq/1TKyc3qXWD9krZU694AkAiWY+NWf5t21rWLsvqpTbR9XsKq7Db057WGcNhLm1y55a0Oe+13ub7/5xcr9eOt35ub+xcMOdVSR6rWAkvs52bW/m1f8AnxW+Slk4zGNbeqR/Qh14Wnz0cfAJTs0fTAfpz6cTzvS8HIzPtfovDPQxrLbJn3Mbt3Vj+sidE6T+1rr8eu30sllRtx2kaPc0jdXP0m+1dF9Tvq/1BjeoPzKH44yMY0VeoNpO+d3tPu9u1q5s4XW+i315T8e3FspcHMtLTtkfy/oe5aHu8cskIzAkOHg83O9kwjinOEjE8XHvt/3L3H1T6XnVYJxOqY49KuH4lp0sbvk21f6Wv03/APVrm+v4F2L9dcrqJyDji1mPjV0HS7Mx3sDeoVdNtn1X51e2mqr0v0nq2/zta7zofVq+r9MqzWDa53ttZ+69uj2/+RXC/XTIyupfWlnTB6mNVRZRguy6dhAo6gA7LF/rb3ss/QN+z20V/o/0nqrIzSlLJLiHCb1iP3nYwxjHHHhPEK0kd+HowZmfW2m7CyusN9Ki+izd1DIxKw7pxba9lLn3Obue62itv87ZX/Slz/S+iVdeyLOuMznPysD0s/7G6x2S2vFbZvONZm3O9b7XU2vId9n9L/RfpP0q3WdUqv8AteN0nf1nqXTMtmRUXQ05DG0DFfkdQbd9np9DH9b7KxuN6fvros9N/wCktWH0LM+qVXT68PKuyMY1ZmVdiG5sBjXUVMw7upei33N+01/omUb/ANN/Ofo1GyupdX1nErGdX9hfjdU6hX1rpWO+z0su8Nsdm1YgrZS5+Rfd9qpq9P1X+hZ7K1PrOVmZvW8i/o1leLidQYxufl4ZF+W+4Nrb+z6Nza30ZrfS9uHTkM9SjHsyVm0fWPqOYMjrFv7PsHR3UtNlgvH26+nf+z8jHZWPZa12PZ6bGNxaf1n9Zr/0fS9Krr+snTKuh1W1dOw7KrMqx2AHF17jb+k+zvzG2urx67b31ZHrejlfa6/1f9TSU6VlxPWrsPO6bS1j+nNzOruZc9zR78jY7Hx/TZVfk+pj1/rbvRyP+2K1sfbOmf8ANL7bN/7M+wetO532j0PS3/zu/wBX7T6X+E9bf6n+EXmHW24VHW7s7rNWViZfU8r1G1MIffj4jQx+NmU+k63Ff6uWy6i5lvrfod/pVeovVfVx/wDm96v2x/2f7Ju+37G79npz9q9H0/T37f0vp/Z/+tJKf//U6X68Z32B/wBp6XXeOviprKX102OpfU9zqjXmZDGejsx99+TU199fo3encuI6M76w0dFzbHtuy67X5g6hOdT6NtTf+VrMbF/nLcr0nO2ZbH3Vep+l2WLe/wAZWdd076wdNyHX5bcO5gpux2vfTimTb+mffW/ZbbW57LLsZ9Xvor97/wBIqrOjZzMa/D6f1nEv6fnjIZg5dWLSajkZI2ZWA7JY8/sz7TY+inGZR6nqf6P9Akph9S2U4HR+ndVwcEYud1C+zpeHl2PbYx7brLskZGXTWK7bH4n2NmN9Or1ETEz+t/sNnQcEPq6L9iYauu1MeXe7Ic1+R9nZ+m2W/wBFfi/z9DP1u39XVHL6k3oPScfoNPUMPMp6YH3W1Msa19pLnPyG05bd93T+oY997sfGZR+kvx/VyP0X80tWrLtz+g9V6v8AV7JyMjpLLv8AkRtPouDttE142VRZZbTjVbmZNtVVXp3fp67P56xJTUtwzXRjYmBnZWT1IuxemudTjXs6fdiVO+zj7VLXVZdLabLvUtry/Surf+jVBnVcLC6/1bB+rldIz84VdPwhj1nHey/Y2vJyMe+w+nRjNy6nb6He+79HZ636Na/+L/P+sWXdVkdNa/J6eS39pPyXGmkOf/2l6VjgXUVV9N/Sf0f0ftHqU12Mp9i5vqvUszI67j5FeEcLOxbsv9mZGNjNd9tvZfspY+poqb+i2+lbd+se9JT7B9XHWu6JiG5z32bTudZczJeTud9LLoiq7+wjYPSsHBdY+isC69zn23HV7nOO87n/ALv8ledM+sPWafq1f1HpPWQ37IxtlPT7OnU45fW+1mP61DGW2fq/r2vr9VjP59mxdJ0X6x9T6d0rGP1tkdRzGZGTUyqsAtpx6mZNjLq/0fp3tbv9iIJAIB0O6CASCRqNnrUzmtc0tcA5p0IOoIXA4f1j6/dk52b+0G2dBtp29MyG47PVfk3N9SjFxaAf13IxdtuPbR6388xLpP136r1PqGS3JryOn2dKqNmV0pmML7bmHaxt3qPNNtFu6+t/2f0/5uv+cQS9pgdMw+n+sMRnpV3v9R1Y+iHQGu9Nv5m7avPvr4Mm/qvUH9Ixq2ZdNLOnZ1rxPq1dQrltz7ZrZjMwmY231r/0X6VaWD1D64db6fb1PpnU6G4lGP8AoPSpZdbkXMDnu+0Ue37DfZ+i/VmPv9Nc3Tj9Q6raeu0dUPUOss2u6r9XHMGM61mN+jyMW3Fpfd6/+gb6uN+l9REkk2TZQAAKAoOxg9RwL+p4VfUun4wt+sVXoHEsod9oayn9H6+bmOPo5VDrcD9HS2qr2eh/olP659CHVsVr/wBoNf1DKw/1p+PcxmO+rF9TNqs/ZznWZGUy2wWsq9K79C/9N/g1YyuuDM6m27Kp/wCb2MzCNePn9TxGMNeWbG/o8W3J27/1X1/0TbGfvrEp+plHUOk35H1Y6pZeMVren32Or3us9FwuybOm5Pq2WY9VtGRtbjY36PI/mP8ACoJavQcD7b9VOk4QqdXm4lmR1BuUHCqymut1d7KhfZ7cL9pt/o2Vd+h/Qer+lUs7Cz8DFxulfVfPnqQqszepZlGXVVSWG1zf1xxdtsy6/tGPV63r/Q/wShi9Sy8NmV0zrdVxptwL8Wl9FOzLpxaWehXldW6ZXs9Rn2dzLcezJv8A1b9P6X85Yh9H6ZTi5xxumdbwH4teMfXyX49L6xhPfXbe/P3vcx2ZXnuopqov/wC0/wDhv8EkpJhdXONkdO6DbbZ0rq3T9uFe/HDrH7aCct78mzHDm5ODc19lVeOz+iW+pl3W+ivXftGP6H2n1WfZ9vqetuGzZG71PU+hs2+7evJ7Pq91fA+sbv2q4ZOZ1rHNtrmt+zUutb61mXjV9WqmzC9HEp9ex9NX61X+q3V+lYvQfQw/+ZnobKfsf7O2bPXPoel6O3b+0Nu70PT/AO1fp/zf6ZJT/9XrurZWV/zqqwbTRk9Hswy7Ox7B78cfrH69u2/QyHMZi/zv/W1ynTb+gDqNuTTiBv1c6U23L6XU99gsffiA35mRgN9Tba1/p4r/APKL/wDRegz+fWn9crA/62Y+Jfdj4GK/ED35GRVY5t+x19v2V97HMq/U/T+24rH/APar0/5z+bS/YXSeqZuFdn9QfmUdQbTYf09dLbaKNtnSG9Qwshv2rLyclt1nrWU+l+k9T9FUkp5+mrFoz2YNXpjNNhy7atpdfddkk5mBk9N9RrsZ2RiYWT9kspy31Yfq+p/O/o7ltdG6TjVdZ6vgdKxsrpmM932E5uMWPx2hra8t99v22y1/2q7d9ld6VPpel6f+ETfWXqzWszP+avr2darq2FltNlZx8KoNoyP2X6tdH/ahmL7a3ZG/6ardW6P1Z31aoyes2dLw8Lo+5z+n149lra7LGmhlNwoyLffuyGWt2/Qs/SJKRZON0y5l3SH9Ub07p3RxXi9SzMcum5tZdT0qva5jm/babKr/ALf6DGV/pmfpLv8AB3z9W8Wj629P6hkWt/Z9pxXdNzAXb/Wqqrqrwraj+ib+0f0uXv8AT3/of5xi5vpXUcnZ0L6v39LwsV8Nyhnvc1j2Y9wpLeoYtr7tlPUfTq9b9Jv/AEzKf1ddLjOysrI6lV1akYuf0y6nqGFnVUWXDIZj1uqxb863H9Vma70L6v0OO+m5JTj19ers6tkYwZX1fG6nYWZfSqGuafVpZ9pZldNssGO/7G37NT6rLr6/0/2n9B+eqtX1kzesX5WHuopqyaHdT34295oyqW2ZtlW7Mb/O3vqppy6Pfi+n/MrX67Z1q7qmT1KvqjqOlfZmZuHkZGPcPszza3B9LHYfTfRkXO3sfvb/AEXIf/xqy7Ov0N6X1rEzsDJtzMmyvIzcV36bFLnvd9uzOnOorLMX2NdbjZF2RkVeyr+e9NJSPp1nVPrPjW9SwaLXZDnU4vVRjhoe2ktcxz+mU2Obi7r20+plWWelbVkbPs36L1FtZb+uY2Dh9XwskWZt+GcTL625jRisYL3vY9zPT+0vzN1dOJ/RH1KPTPrFj9Cxcv6u4+PmHAbh15ODfjgvyW2ZVbct2PZfTVZU21z7v0F3osrr9NVcXrDus14tFd2Y27FeepUWZWdj/aLGjd052JRfsqrxH7rHW7Mmv+b9T/SJKRjp2RgC7BzPtFmT1SinL6w5xZXXXkFz34WFj/ZXV7X52bX9jv8AZ7KrFk9e6Pn3ZY6nbX6TrMK708fphcXUPwW1UW15rsv03ubS92zKfVZe/wD0fqLrfstGXfm3fWDCHS7nZDsjp9lT2ZFNd9JbkvN7cT1/Tz7tlVWXvsq+3V+lj4tfrJn19ey76s/q+eMQ5F1TW5WICx2Ljn/Bei5192F+2afTyX25P6LE+zfraSnM+tnWek9S6ddTdk5OQ1+NXd0hr2MGMbmGrHsfh2Vfrll7f1qvZm/ov57/AIJM/CzbM2tnTa6KszPtyKLMttlgzGPpq+0Z1WTiNP7IZmX4jvR/V2ehvt/nK/5xXMTrH1MawfVr6vtyMvMcX342YxwqvfmbnMhuTfSypl32Z936y5no+j+iUOk4V/1Wy+ldHzsOi/GuxcnMyRa5tmQzJOPcMynHNdn6LGtx8aqre+mzf+l/TJKcrI61gXHH+r/Sm5dX1gfl4uP+0M9tUgY7jRj03fZ33MfXRv2/zL/X/wAN6qni9H6j0DrIxaC/Hv6k11pftY/NsY0+nf06uh4s6X+s5Dft2Pv/AO01X87X/MroPqp0z6n9dqZ10PsoyqbmXU03X1Ofj14biaqaQ2tjqsDZ7Njv8DXX+lV/OfZ1iu3I+r+S9rsu37YDgsdj25FOOD06+i3PyQ/F9f7V/M/916v5v/CpKee6J0D6sfWLo76MC1h6pW+t9dl12QLhjl9frfa2bnY7cq6v7TR+qfof5temfszB/Zn7J9IfYPR+zehJj0tvo+lunf8Azft+kvKT0jqxyuifZq+ndXxul1CLC30sj0m+o59GRg5GQzMe/Ga5+VUxlH86vV/t+P8As/8AaPv+z+l6/wBB+/Zt9X+Y2+v6m3/Ben6qSn//1uz6z0fGyOu42bn5NV2I6l1TOj5FLbha+sXXutxG3P8AZk7He/0aPUfVSuXH1gwepZv2ivAwOmMwLXYjL8qqo2UCs+ljZGY62ut3SrcTZ6mDgbv16z1sdltH2dbvWq6cf61ftDK6lVj0fYPRbhPmbHl2QN73em52PV+kb+mxrPtHs/0axD+pUDNwcjA6rdhY1tz8K/e1tLK2epbViOqp9TqPtZsZd1X1Mj9HX+k9S69O9udcXCeHvWi33IXw8UeL92/U0ruv9Jv6VjdT6t1LK+2Py3Ny83p4dHp1OvopwWWU2s/ZrM6munN9Kt/6x6X2j9IrWf8AVsYPThjdVy8pjOsZQvrwaWuzHNuYK7LvteV6lVnUMf7Ji/4arZT/AD3+CVPp3ROi35GB+zWWM61c825+LbG7GbcXZDOrHG3WYb/szLKaMat++t+NlfpqfWVK76o9RfOZ1uv9i9Nr3ZduSy+62ylrx9lr6ZXXc+2v1nXfpv8Aisn+f/wSauZdTyeiZ2Tf9kwTkuGTbj4Aczfi/ZmO29QuZ1KHMqxq8R1dmMxlXpdE/naP5xdBgZIxix1VmTkYWNfj4vQGVZVhx7rrq3XX49+azczMx8fKqsx/UfXZ9n/mfTXPZmfl0YXRXZWPVgdF+y5uNiWWbhk241lNNL8iyqoPo+3ZOOWfZW+p6VmT/PenWhNy+sVW9G6ZTivozM527GyMwNZX6jHel0jqFVWKbWNsxMF/p3V+j6V1tnqXV5Fn6VJSbNzszL6nn4OcMjrzbi2/FdTl2UU5FQ9OvbgdLqbkUZ32e6u17/Sf/gLf3Fp9As6/+1ck5c49V+Nditxb8EY7rcfGrtdgHp+A53629r7rPtODV/N1+kz/AAiyP2dn5PVW9R651LEzjhYIysGysuoxnNOQ7EFFj8SjFvr/AE77P5qv+c/4NdRlWZ+U+nO6ndT03L9MN6rgYznWX2U3fo+nYNP2huzHycm/7Tj3PxraPp/0hJSvq11279pdQtqwMaqigYzOrZ7soVsYyus11vGF6PpYtlNLX/aMP1v0F36D1FyHUsbDZmsqy6sCwZPUPtBNllfTshrBQ5jaMrGay1/T8dz2faG2b/0/6P2frC6jqF2d9Xq78Pp2PWzI6vU277XkanHxaW+na/qdMW07+nfaKamelVk/aWepblercpdUo6vghlP1Zx8brGPTcGZeO9ofbWbKt/oOutZ6j8XdazL9b1/tHqfoP6P+jSU0+t4XWGMyPrJj9RppDK2Zv2M1NPTHusc7btzN/wBl6h1Ctzd1eR9m9eyz7L/wanifWL6xOZh19RwMO5vUDRd1rqFQZYG4LxvazqtAq2YzPslv6O3Iu/m2WrJbg/ZOsYXSrMzD63fi4wrfVkW31U4b8IWZN25mHWxl9Ht/Rvvrvt9n6RNZ0P6z9d6j1ai3NZZVkjFe5uFAqi6ux3S3PdZXRZ+zcWhz2ZO39Ps2fob0lMvrDkZFXVemVfU9mH1PLxGuyrcjpuLVIeX2Us9ZuJ6myplN1bNjn/T/AEqv4PS/rSzOv6x1htPUbca9zX34UZd9JsDasrAOCxu6+l9Fvp/ZH21swfXszPTWVR9V+nYPT+o3NqvrZ09za+oZFrzVm1OcK3tbgY+LacLIof6lTv1t60OudVwKcdn1W670/K6f1CqwfYbelPL2uY4srbaLMu+mzIff6dlX601JTO+nE69h9QdjYjegYnquxvVrxG1ZBLDZT9gx/T+z2dSu6n9HIwd7PsltfofrHqqr0T655TLOoYvRn+i92ITidKdWP0eXU+jFbVh1z+ldlUNvzbqK6mfp7Lf5z+dWng/VF+ZFl3UMrP6W+/EqOHW2ttzbMYvqvb1BzPS9D7G52zIvwr7Miz32fprPTTdU6liu+tlGX9WMnBrr6Vg2HPde1wq2NurqNdljKbrvV3vq/S1/pP8AhElNfr/1fyc/Pr6z0zMfi/WDCwK826t2N9jNo9W6u3IvLbN1N7qm2V2UOZZvrr/nP0i7X9sZv/MX9t7m/bf2Z9s37Rt9X0PX3en+76n5ix+m5ecXZeXkvxultxuo3YvWH1l9wtdZRTViOodlV2PbtzMin9B+go/8EXWfYrf2X9h9c+r6Ho/adjJ3bfT9b7Ps+zfy/S9L0UlP/9fq/rC7Kr6rkjEtGPl34NbcWxzm1y5l5fcxllvs3+i5UsS7rLXYZsezL6xXRnupYbGWAu2VHFrsfS/Zse/+Wus6l+yvRH7U9D0Z9v2nZtn+T635yrdP/wCbP2kfs37F9pgx9n9PfH538171bEj7VcI2Ovp4v5v+9xcHA0zEe7fGa4hp6uH+c/u8HHxvF9MN/X7bMrqXSmU9VNNv2zGx/ZZmtqe3Hbi23WvtpxsPYyr1KMp1V+S+qnIxrPsyxzV1PHzsvM6TjdXr6u+/0Mm63KxX1l9LWZl9OT6VTfb9j/m3+p6fqf8Aba9Xx/2f9ryvs3pfa9zPtvp7fU3bB6H2nb793obfS9T/AASan9mfrfoej9M/btm3+c2t3/atv+E9H0/53/Bqo3Hy7M+s31i6njjqWDl39O6ccqsVY1l1Tcq/7VY1lleO9+2qnExWbPstl9Pp/pf565ZvXMfovSaauo9GOVl33+rkuzw9r78bMpf6ey26uttX2Vz33+t+j/WPTqtx7/SXpWd/4326n9ofsnd6DPs/r/Z5+zx+g9H1P+02z+a2fo1YwP8AmZ9gy/2d+zvsEfr3oej6O2D/AEr0v0e3Z/pUlPm9WN0rrbm9d6rn27asdrcarqhGSHb7fQL3u6fXV7P0tnpYf9Mru/W7P1RLp9GD036yjFxuh1dQONkX4zHutqY8jBHq15f6W2v0Mr3epmZF36vkez7NXX6di9CZ/wAwfsLdn7L+w/aPZHoel9p2j6P+D+1ej/1300T/ALCP2hk/8m/tHbb9r/mfW27Xfa/tH+F2+n6n2j1P+uJKfKcTq+cfrTlWZ9P691e04bHdQ9+K3Fsdstrt9I1ev6bW0MruoyPR9NaNGZ9YKMDG/ZeIzp/R8lj8LD6wWuyMtte9+RZW77G9zvSfl12sZ+p/zf8Anr0fqn/Mz0MX9r/s70PT/UvtXo7PThv9G9b2+lt9P+aWj039m/Yav2X6P2GD6H2bb6USd3pel+j+nu+ikp8o6F9Tus9Hpbl9a6oelN6f9oyK8Cm6oZB3VbTZj2n16W/aPT9L3M/MTdEy/q/1DrldXUqbOuZee+ljnZjHm1rLf5h9T210V11YFTvTz32N/W7PStw/0K9F61/zI+2D9vfs37bsG37b6Pq7Jdsj7R+k9PdvVnE/5tftBv2P7H+0fQbs9L0/W+z7W+lt2fpfs3p+ns/waSnxzC6jRiPz8nD6dXbm51/2Y9L9G1+KcFpbvya2sO71PtmPU3+k/wDW12OTaw9V6lcXYmDkUZtlLKcyi99T25AZhtzMf0XVuszcz1XY2Y+u19f2eur9DT/OrtcD9gerX+zvsvq+k/0vQ9Pd6PqfpvT9P/A/a/5z8z7R/wAIn6r+wN+L+2Psu/1P1P7V6c+pp/RvW/wv0f5tJT571jD2YrcjBx6KcfpF7MPDyMeq11dWTcTX1rObitdZl7+nZWLVZh/+7Spj6z9Fzsjp937X6jhZeHj219QzoL7HVesT9nf6WK7bZbZ6F1VzmehTR+gu/WF6th/YNln2H0tnq2er6O2PW3H7R6np/wCG9X+e/P3rHp/5ibsv0P2Xu2O+3bPQn09zfU+1bf8AB+ts3+r/AIRJT579X/23jfrfUepZ7cDqNDOoW5OG9lYbfe92FVXkevVd6119tOPR+h/mvU9W39CvUdmZ/wA39m3I+2fZI2epX9p9X0/o/aY+y/avU/w+30PV9/8ANp/8g/sqv+i/sn2ej/N/Z/pt9D0/8D/P7PS/4VaCSn//2QD/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////2wBDAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAgICAgICAgICAgMDAwMDAwMDAwP/2wBDAQEBAQEBAQEBAQECAgECAgMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwP/wAARCACMAIwDAREAAhEBAxEB/8QAHwAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQAL/8QAtRAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6/8QAHwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL/8QAtREAAgEDAgQEAwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhjRPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6/90ABAAS/9oADAMBAAIRAxEAPwDa6+anzU7C6T7Cr+tutq/pfYGP2D0tQ9+9zdz9+UHYW49m7P2buLsP/Rfsnb+39k9XtBu7c+6d0bthmQlJlipokQBJJJFUTV7ce3G08ybTFvO8RbjdS3W5NY2lpYtBHNLNHb/UzSSTXNYo4o4iDkEsScqAT1BXud7nbxyxvMux7HNtlolpti395eX63EkMMMtz9LBHHDa0mlllmBGCAophiQOgl+Knzo747f7v6B29mOw/i93D0r3zg/kDJit49Kdad59fZ3E7k6IotlzZXHVdN29uN52pqio3rAupaAhxG2l/ofZ9zz7Zcr8v8tc1XdvtO97fzHtctiGivLiynRo71pgrA2kdKgQt+PFRUdEHIPupzbzDzRyjY3m77FuPLm7RX5Saytr63dHsUhZ1YXkhNCZ0pSPgGzw6Lbjvnr/MNj7TMuH7a/l991bLfbvfXdW2/jvgugvlT8b/AJBdhdF/H3uZekN/RY7uH5NdrbT6G693Tg9/ZOhxgyu5YqLEZQyff0Ec2NljqRjv1kp0B2xv593dvYmN2j8P9n9Ndf7m/mp5fbWyaTI7Z26mUzvxOq+9aTtpMx3n8e9t9n4re9ZsnI7x60+G9BWdgDJQ74qcLUu8NJBU1NaGxze690fj5AfzgenPiZ/MTrPiH3x2D13QbEyXxq3N8garJ0OC3ng92dB4PqjaG7N7bwzXaWczMtTtvtOi7dxlBHT7Owuy6SfPUNXha9K+KY1uPUe690GHY/z5/mCz/KTee0Oleu/j1X/Fvtjo7YXZPw47c39tzfWIVNn7p68673Fvz5Yd971yPZu09mYro/pPem6hhslsN4du9kbgGZoqvDxT0mPyc6+691U5h/57v83r5Pbz3w3w7+OPxU2Dj8d2nQ7V270h8xtm9odSdlY/qn+723Ia3uyu7x7A7x6W+P3YFHWdgV9ZQU21tuVE+7RSxrUmgkplapb3XujO/BP+c/8ANLu35p/LD4CfJzNfDbrLuTpDuiHY/U3YG3umvkVieou5dqdA7x3FlPmuaXP5rsvcWK29uTa/TeFgrcG+SylDBja6vilrIq6EGD37r3Tb8wv5xv8AMl+JO2exKDd2yPinL2pvDNd2b/8AjFtzY3UXfvyFx8HTPV266/GdW7A7uk+P/aO94sP218ttk7j2/uXZefkq8DtjHY6kyK5SKOWSFIfde6RPzX/nMfzc/hP1hhjVfHr4/wDyM3vju/8AZmx+2+4OoOgvkngulur8BufqGm7Nn6nm653Z2ZL2zvDs2iweRpc4+8sJNX7GhopziZLZmGeGP3XurC67+eBSdpbL7By/xI+PWY7jbaO0c523lt/jsXrY7J6w+KmYxNfN1L8yex9rzbpwG9q7ZG66vbm4amr65oBH2lj6TbU6VeIpJa/Gmo917qvzcX83T+cB1dnNo75n2v8AAP5ddC7g67wHyb2PD8Wuve79udk/Jj4lbSwWH3R8oN99OnsDvrNUXXu9/j9R7pwWNqtu7sx8e4crk89CMfi6sUldHD7r3RrOlf5x/wAsO3+79/dldf8Axq2p31/L27RwGD2h8CM/1DUR4fv7uL5LCh2dXb56h7ej3d2LJQ9Ew7Qp8D2JK2S3ztvZWKqk27SLTVs7ZDHjIe690xfOX+cr33/LY/mC7G6i+S+e6B3p8YOydsd6dk4naPT3xq+WNb8h9qbC2d1b2BuTqOmzHZ0eY3V0vuvcm9Ow9oR4nKJisbfBULNkclDj8eyVo917pQde/wDCgHpf5tY/C7f/AJeHcPSW5PkxmviN3B2Djvh13fsLtzbPYuc+UjbH2rkukupsL3DnKrrLoeoxeD3/AF1dhdzQLl5Zs2ZKeTEVkMUc0ze690q9n/Mr+bR1f1v8t+1flhP/AC6sptnqPpqj3T0PR9B029q3Mdr7vet60pt37pqaSX5Eb9q4esept07gzuyc0klPj6up3Pjkmpqj7MqJxv7b8tWPOHPPLXLO5SypYXlxodoyocDSzdpZWUGoHFSKeXQD9zuab7krkLmbmrbYYpL6yt/ERZAxQnWq9wVkYihPBhnz6V+U/mEfKbbXZ+++n4e6fgT2b3V1XiN47h3V0Fg+rvlR1/ujcNN13tWr3xvDbm2uydzZTM9fU24YdrY+eemkY1cDtH6l0Bys3Qe0/I97su2cwNy5zTZcuX0kUcV89ztk8cZuJRDFJJbxqk5jMjKrDsYV41pWBp/d/wBwLDfNz5ePM3KV7zHYxzSS2EdrutvLILeJppo4rmV3txII0dlJ1KdPClSLaf8AZjto/wCyqf7Nr/Dsp/cb/QH/ALMF/CLRfxr+7P8AcD/SF/C7f5j+Kfw39n/UeX/D3A/9UL/+vP8AULxk/ef71+g150eJ4/gavXTqz606yD/rrt3+t/8A64fgyfur90fvDR+Pwvp/qNPpq049K/Lr/9DYm/mYdQ7kj7H7a7g3/sXqncPxQ378Xepele0t09mfK7a3xPodm5zaPyFy/Y+Eq6jfu69tbgxlFS5LP5LD0cRl8K1M9R4FYu4U5Ee2XPXLXL3K20293zVLtfMm373c3kTCwN7GyT2UdoQyiaEA08TzNMGnWNPupyBzTzFzdvF5ZcoxbtyzuOxWtlMhv1sZFktr+W8DKxhnJFfCBGmjAsCfWujsDK7K+FHSezOzt7UHT/xt+Pu0fiD/ADA989DU+3/5lmxsj3N8ntw91dN7NzdDT/GDtWm2ntbNU+4q5sRiBg89tyjzcuLqc1Q1sMbsYFmMPcP3D5a37lnnBRzjLuvM26y7dw25rGNI7Fpz/v6YEkTHiR8NM1wg9uPbjmrYuaeS5ZOSodo5Z2iLccfvFb6SR75IFJxBBpCm3XAVq6iSRTJDO3c1sn54b4qMv3p3Du/oX44d79q/C4bt3X8lvkFN0j2B0z8Dds/Ein2j8lfiz2X2r2Y+Brdg7z+S3yDxWB7JwmxsmtDP3FgMSN90tFU0cIqo8Z+speofc/ys2l8dPjxvXdG8ujOg/j78OO2d97d2r8K5fgjjNm/H3cHSXzizGa2dgO0Ox+m/nP1ZhFx/cfWuN+LANRlu3cHi8PQbsQZTY8ph+xqZ2917qtr5NbT25/Mxznyu2ftT5T/HjsTfXwy+JG5Ot+7+2u0cHsrtDvnvrBfyxuvezN19W/JX4m9o5rsBt37hpfm/XUObqOw6Xb0+WG0MbDjZ8pkc3FV09vde6NZX9L7Z2n8MP5d21Pk7/M6713b0d8tfkJ8YOqNz7u/4c9zNP0l3J8QN89db5rfkXt1vjbW7qym1ul9v/EzfWNwnXOXyU+Ty1HPW0TTVEeLerGOi917oc+uaP45dofOnqza2e7n/AOHB06h+GK/JXq34Pd8/zeNufNvo2f5X4vvLfHXG7dv7f7O3Vhd1bJ3huvYfxGpajfNNgqXbiV1M9GpCxoDVr7r3Qe9ifH/L/wAwXenxWg6F7pxse2PnH88/51/yw66bqXtikxO6ewOid+dG/H/fdf8AGXszcW2smKvone3dGyqeo2nuqiykVfPtSHMmavxtcgNJL7r3VhXVX8y7cuFg71wn8vL4j5naFH8Wpfi1/L5+R8nV/QOW+WHyGTs6HqfOdf7f773NBsDbm097947D+A83SGb2jS4adIYewafLwVdNk8DGi0s/uvdAdsb+Y73t/L82925kfmb8mqDtvtX4efA7NfHrvL4y9j/LqjxfY/aPy57j+V+I7i2n2FsDr/dFdn9xb8/uz8RO38aGz9Fjax8f/C59u+VPtJHj917os9Htv4d9c9Yfyu/j5jd/9XfFPr/vDpX5VVPbnYHUfye2P8Euzv5gHx2218XqXNfEbuL5iblw602b6bwXyJ7Xp8xiVwm8J91QUFQ1dEtZXvLPEPde6Fr4WfLz4V/yfM18o+0dlYjHd6fFzp/f/wDLf6m2PV7a+R23vlNRfEZ/mp1h2t2H80IeiO4tvbayOL3xi6LfvW1K2bxeAp8Gu7KnC0ktSYXhiEfuvdE+2R84KX4qfLP4YVnxG+OP8wP4oQN1X2523l/5ftZsvuuLO/zDe994/IPf6bWl7B3jBs/ZT9o4T/Qtur+80G7q3a244cHQbcpttqhWnSsg917rYY737P3982PjF1btWl378Le/O4dndw914nYfyw+OHyI6o3VvnuHbPx16p2h3h2Nt3oPpXY1buPdGO3Z8ztgUuV603317h9y5Sr2rsrOPkso2Zx1UcdJ7r3RJcYPjJ8m59vjqn+SDW/yyu1uhMl8Y/lbtX5ndp/G0fFnqr477r6/pavffevYHY/YO4uiusNv796/+I266SgrJNp1WewtN23j4JhHWYWOB5V917pC9T93/ABc3xU/zGetKXtb+XF11vfsfqxNkbHyFN8rfjztDrfojcmXzHU25cv0V8Xc795SYXfHRvywzOJru6t45HbUmLw+2+yMlVYHI0eTy9NLl5B77X8wbbyrz/wArcxbw7rtlpc65Cql2C6GXCjJyR+XUe+63Le5c4e3fNXLWzqh3K8ttEYZgq11oxqxwMA8eJx1ZjQ/GjsrsXvbvD5Gda/DTrXOfIaSu7U607Ize3f5j+2d47Z697M391PPsvdOA3T1/jOoCMDuLF7O3zT1pwtZVU9VBHV08x0rJGxn+29xuUouW9p5Mn91pX5XtJbdhGNjZZSttcJcIvjfWGhLoAW0GorjrHW79tec7jmXdec4vaCCPmm6iuVMv7+Ro1a6t5beR/B+hXUAkrEIZAK0yKDq2/wD2X7sb/hs3/ZXPtMT/AKWP9kn/ANBn2X8Vh/gn9/v9Cn9xvtv434/B/DP496fudOjxeu1vcKf1r2f/AF5/67eJJ+4f6yfW6tJ1+B9Z41dHHVo/Dxrjqcv6n71/rG/1C8OP+sP9V/odOsaPqPovApr4afE/FSlM9f/RsF/4UbYv5ud97r3X8R/j9uPdXfnVO7fj70DvzcfwC6R642Fu3f288/gPk9ms/uLsfv8A33mcXg+yenuh9wba2NSY3b+V2jm67I1e6sPLSz0FLSvJVye691Tl8dPhvtn5w9xwdSS/DP8AmXdPfA5N/wDxH6X7P6EwmwtufIzrXrT5JfHzduf238t+s6/5D9/991/f3xt6P2PubJQYmat2HWU2SymGppJK/Gxy43H05917q8nd3WOC7W+NXd3enxp/lpdM/K3uTpL5VdVb7q8LX91d3Z340/JCT4j9R9kfGLp/PfGvMVMVdku3OyekOsqGh2Pu3bO49vYTbrbupsz5JspJRUlfU+690QX4vbi7f7D+TfyX+N/ycoc9X/M3sX44r1t/LU+LX8yX46dE/E74/wCb+PSbsqtx5jsHFbM+NWO7J25tfvnAVi9jG+H25VSVeJxFEs2UKu8FH7r3VcXxz+aPSX8o3rL5DfFCn7E2liO2fh9vMdKd2TZT499F777R7/7L+R+QzPS3yuzHQuU7CwuRyW7erPg8dhPuLZVDla3b9F2JDuD7Pc+PpKO0S+690BEOL+IW+t6fJCt6N+XfwK2tB2x8Vt+9Ebp2R8ye0OxdtdM9ZZ/5MTdfdm0/fXw6/gHW3bD4zt2R9s1OQ7IwEGM2xgdk79zeRwm35a/D0tLVN7r3RofjR0b/ADtuzOpdgfzePhPB11uneu1+n6TpbPbGzHw5+LnXm6e1sJRdt1/8Sk+I+z+v+ksvtHfnXVfgNwLHX71y8u2d4Tfb5nH6HoqWmWo917qxTpHqv5Qdvdo/Jf4k9z/BnYnx36a7b636A+UW4uqvh92D2NVfKP4Zd+fOndHY21D3x1vkMljutcvhJ8RuvrvEVfamy49z0ezsFtjbITHUWTSqrKCb3Xuj4bZ6v2P8Jqb5afBTrDcHXNJ8d/j78LN2bi7w3TW9hby2pRb77a7N2jtbfmV7S/mPfKXb1BL8lPjVvndmYze4MpsKm6+r9x0tZtnIZaokOOlx2OpG917qo3BfHz4G7m706G2X/Ny+CG7NrbY378R8z39/fCu7j7hpZ/gns9PkbuXpzauy+9e04+zNrdidvdU9l7ip485i98byq9zbwpsrvTGYCJIcJTUwo/de6Aj+Yz3x0Rursd/hzvn4e9W/En4+fy7ewvkL0R8G/wCYFkty7t7FysHYXwg2XTdl7O6KzO3exEye1O3h2NlMft3BVeH3Y+aoqFdzPLTh5ZH8vuvdc/jV2xtLpfpyh3fs6ri2JuP+aPvL49bjzWF+NXx66R+Wh7c+S+2MLuChyeI+GnTfykxeM6o3FVPvntjKRd14+pg2vj+p931eJwezoclh6mael917q2D5f70+MG++1/nDN87+2N49Ebm/01fHn+WH8V/ljt3bu2Nv5/4l7N3/APErqD5sblfL4/FZzbGB2xWZ7snambpqvNUq5HNUEuZOIp50xDMie690XnqvqH+dZ8V/5iW694dW9Hbr+R8nW25/kDsbF5Xsv4rfHf4z/D3sj4+bD6l3Hn+pt+bA3d8e9n1Of2P8kezd7ZbLYqeTC7Zxv8fgTB4zJZaXHs8ND7r3R3PmZ/Nj7I6i6q+Nea/m4fyvu89tdGNV7T7m7m3Z0Rnc9m+ttldpV8O2d5fHHp6vky+++qF7MyEaTZ3E9pbS3LC+2o8hSRUcaZyklkdPde6or7N6e/kt4jF7Eo+y+vvnn8xenuqzvL5h7G7r6N+PPSXX/Uea+HW5t356HuHrOr351z351tu7c2xuuvlP3JT4fN7pyVFUbl23ncG2Bxsgw6qp917q0DaXxfx/xG/kNU3Ru3/mKfkX3x/MG+SHVnyVpt8dQdjbzhyPZOF2nv8A+PO5PlNF1B2hTDavY+59pdffGjpLPbgy+Zrv4fkVxFPW6lCxxo3uvdbUHl+KX+yD+b/SDL/skv8AsqHk/wBKf+lLf/m/2Wb/AEU6v79f6Z/7w/6T/J/oz/y7+8n8V/jl/wDLPuvuf3ffuvdf/9K9L+ZD8Vfix8j/AJ5QbV+afxl6OOzezvhj/o6+K3y+32/YlLuCD5LYHPd47yz/AFRujcO0N8U22dnbE2DsY0m5cfU53GYuLIZXJSUVJkayslhoE917rWU6c2vt/wCGm3es/wCX58kW67218tP5fnyF338svhl2jmI9/bmwXy77r7o3htjdnwi271n2f15kcj1N1X0J392H0ZjaTsMdnVW3snWbfzFGcVkMVNTZOpp/de6FOu/lidjdfbZ7Hk+Quwu2qL40fLXtHG/Iv5edbT909Gdkbk/l34dMTnaTtP5J7f2B0dndwdjb67wqd67pet6pqdvY/em26LrXdctJuHF5DPmGop/de6EDtL4v/wA1L5DZjJpV7d2F/NB2XsXtlevsr8K/5k2axWL7z+CeQk23gMxUds753t03vb4w7A7Nhk21m4oJsxsrKbjwUtPXmljU5ClrFg917oY6Tu7u/v8A+Hfzw+H9Bk5ev3+KmC3v1N8mMB8S8NidofHHof4C/E3Dbwhjyfx9l+QVDvDsvdu7/wCY51Lhd2bfweYTNbtxdFNtqhqMkmKp281d7r3Rc+g/5uvx+2VvL+VDu7N9UfMPaPxfwOL7A6k2p81OwK/oXtr5J7v2hhu08Hgj8f8AtHb3RG083RwfG6kg2pLBksKuyMb2Hmo9tYiowle9NFXyVvuvdW+9BfH7+az8PvgXito/H/5A/Ez5DbT+IVFX1fRuxvjPFumk3N2/N2J2JUSb9xHyVzHYG6pNtV2E626w7Rze68Pj9uvtzKncWDxXkNZB5qGs917qnz+G93v1n3xkfgT80/mF3BJ8tflh2Dtn48/Dj5ct1x1yv8wzd20c9tjL/PDsDtDO7g6q6Hj250t2z0hvXCjbuGXO7L3O8slfTQq1Y0MEfuvdG36E3x8Xtp/FrLfJH5X083U/YfVHYFN81dg9D7XzNHRfIzsvc38n6r3t0F2n8duxN+59tw9F7r6R6g3pvSDaXWeGxlVSbqn2RDRrkMhmMjDWZBvde6SuQ/ls9I7V31j+4f5ufxe+R3yTr92dx0faXdX8yGTtHpiv6d7E25vbquTZnWPUOG+PmzsjD8pM51bsuPLYJpMXi9qy7gTeOEkyhqf7vxSx+/de6PDvn+X/ALi+LHyt6kxnRPyR2N2Z0LP/AC1O2PgtF8Qu0MFm90ZL5Vb4+L/RXfe5sTie+uz9obawHVPWwx+T7UxdXk6nJ5zZ1RVRRyxQya9Cr7r3VbWM+eHduxPhxRbj7dn6czHwsxPxW+cPxKxfwp3LkMZ2NuJfnJhZtqdd9Y/Fnd2G6c3LV7y3H8dpt17P3Nt7qTJ7XqVqsdsilX+8m46nIVFJkJ/de6Xnww6M+bA7U6O3p8gvjN2l1B018Q+p8/8AIbpb+W/1J8kfhf8A6M838tdwZXKbMwOC6M2Hvrs3fPdW2NnV/wAbe3dx7vy1PvnPNkDuQ1ppKyGklocb7917op3S2wf5mn8uT4td27q/lq/JSj338T/kN3Xne2Pgz1121t7dG4e5+7ekOiKTrnuTsb5Aba31hcXs7qvqXFb+6Z2tkaHcWL33/AMrlMLg6qkw9BDmKqi8/uvdGb+M3cvxo+W3w471+Z3xy27vbqSp+Sfys+E+T/nRfH6uhq26ai6EwWa7ln+YOe6fptyY7I7k37t75B7e3Ruqsr9tbTze5d8SxwUlLRUdPXPHFUe690WHtX4i/Gzae5vkn1XiOnd3/wAvvN/MvvfqLAdF/HXY+89mTdzfIP4Ej4/Y2o7C+O+0e4M/kOzPjf8AH7MdyfJDamJ7Kgx/ZWT25kvs8ebqqssT+690vOl8L8it7/ymvmX8C/lvW4qT+aJ8uv5r+Oo8F1T3ln8Fi5+yst1nF8Me1e3Mhmt07ezOD2RRdeU3UGwMzLV1eNzOOpc9FR1OLxE9TlZo6V/de63VP9lxy3/Df3+yl/3J+Pv8b/2Ur/QD/o7/AIN2D/srf8T/ANE39wf7n/wD+8v+lL/QX9z/AJH9p/F/47/A/wBv7v7r9337r3X/07lP57nwh7A+cO/+p+u+s+4N97t2XFs6eb5p/EOg+cO3/j/sCl+P9PJvLI9SfJPcfVGfhzGPyf8AcXvehp8vU5SpxzxZql2eMXFPTTRrV0vuvdU0bM6P+KnzI2h1fiOru4upt+bs+F1PiemPkjsncnzu6d278c/mJ0j/ACTosFR9Hbu398Ucs8tNX9P/ADE2vFuSWm3fX5HM7f6txVfPkZ5MzTTv5Pde6LBvf5Ibw65xPavyX/lpfE/5BdK/OD475c/KD599x/I7tbJ9i7V6e+PfU1HUdc9V/DjanZ+Q626zoe5vj93Z1dubY+89s7UxeSgx9TtzbWLaipa2lxkNXD7r3R9fiX/Lz3juX5B7931/Mq+fvzC6R3J1z8Ctn9Z/K3sbdX8wWv6o3XWdjZ75AbsyEuF2nuPdVVT1O7vgnmNp7+w1LhsxRzVOzKrfkuXx1PVy5OCrhj917qwfqvfPwSm+D3b22ume2+vvlltH41fIDpj4cb+m6c3Rtn4+91bn+FvQnYT7K6f+O3YGWSt7G3B84dsVWxJdwYfDYrHUtJQd9GurcRgqSnevdffuvdUwp018Ea7+Z53BvjtWv+en8qv+X/vbs74vQ/EzY2yvjb3l8Auoj8qMJ1JjMJRd5Z/tXO7c2h1301nuvcjHu+Cnaux8VZWxZqpyEVbBBFULP7r3Rt9mfGPufqPC7O+BHxw+TOP+B88mfz3buYxnQO5opd7dA7+2zhM1vLK0Pyi+VXXW6doYH+Zd3VvPq/aqVMvU9Pj9obsw20M9itwTebFYVGrPde6UeQ+UPW38wvb1JuD5ZP2Dvbe3QnR/eHaP8u7+Yt2H8W+xvgN8KMj3P371Lk8VseHclb3RLu/rzYu9Ort5bB21mNib5n3rGuQz2Xp/4ZBFV0StU+690Wzq/wDlY4Dc/wDLgxfTXzR6c7G+W/zVPyh2dn6Oo7B+au1uiuqc3X/KWs7d7U25J8Hvl12RsHsXrbsyo7txOSx+X33tvZs2UrNw7oFPU1rrU0aKfde6MR8ZfiB/NY298mf5UO/flr3f3327D8Uvkl2F0fvX48ZbrPtPKbR63qsx8efkT2RsfuXcXycrt0Zzr/v6k/uvvLFbNO+aPD46hoJq1MC0vnoJIZfde6rz65+d27d5fzeu3+pP5gvW3yQ+IHxy71+XO5+go+s/hf29uPafxe3D8laLcQp+xdmfJTHdf7Gm69+aW/8AtZd37V2zvvLOcTUS4OenmyMDUkkUa+690L/Rvz7+FWB/mt9pdVN/Lh+DPwh6O+Nfzn6x6c2b8vV+Heyt6UnWW7esuyt3bI3ZtLe3bmEwHXmD6i3b8hc1thsztTeVfkKWDrylwdYZKXMrrqKf3XureOiMd/L26/7y+T/y1o+6egPmPtXpjfVN1F152lifijR/ID+YJmfkx2VsXa2+8bTbD+aG2947s3t8ycltnrHcWZpaHC7YwaV2B2xRJQNKKfb1Q8vuvdVEUXy6+YHQu46z4O7M6W+X/wAj/i5/Kp6v318EM51N8WOm+6K/B/zDO2d27O3Z1D2vnd+9wdfbY7C2d0NT9Sdedk4beeF2xmcbuqogyeNTx1SS10M0HuvdDHs/afWm4fiJ0B8I/jz1zmOi9m9Y9s9Q91de/DH5EfPPYfw+/mPbx+X3YmUO66TK9ebt7S2Ptrsnp6m+NXZdNNSbekj2TkJO0nzlNX4efHLjyKv3XuiEdC5rrj+ZVtjYXwSy+9O3O2/mN27ge/Ol/mBj9/dT7z7soPj72xhvkPuqu6e/mW9t96yNFgO3ew/j98fdt4XpWgylR/Ba+PCbt8UGYpKSJsZUe690MG/v5df8yL515v4lZn5E7k+LOxcVuL4WbP6Ex3zjqu9esfnp8kuzM/8AFHfndHy5pu7Phrj9n7r2v2Vnex97zV8GBydHtjIZfIrgoqmSWqkhLxr7r3W5h/Bt/wD/AA0v/AP9NvyH/wBJ/wDsgP8ACf8AZiv9EXZv+zVf34/0Bfaf6Yf9BP8AFv8ATF/p4/jf+5j+633394v47/kPm+79fv3Xuv/Uth/mz92R9K/zMOq+8H332AdgfEn4p47fHyP6d6+6X66z25997L+XO5+9fhf8f6raO4KvKYvcPf2coPkj2Jiaip643XUUWzcdQ0bZWlknyNRNTP7r3VUGyvkg2Z6Z+X+D7D+JnzOm+OWxuhPmf8ae6vlb1D/KR+FnVPZk2b3l1xujrvvDGdyUHW+89oYvpOi+E4xUs0MOCzNUN3HJV8OcSmTG0vn917o8fema7Q+QHw47y+IXTW7/AI0bp7Xz38ofctL2b8M+k6nG7n+W/YXYMWS+PlF8MO5N1Uo6+w+8KyGf4jZeh/jVBJl5KPD5fPwUNKmQpYqau9+691VV8jvhRub5Bdh9k9h/Mncu7ey+wsHtfbnwr+a1F0p2x2Lle9uyPln0VnqD5jb8f4RfFujyexuoO5emaX407k20mYweSqtm4na0NLuLc9Bimy2PgmyHuvdUz9j1Pxl662Z3nv34DfNqh6j/AJfXyG+Rnx9yfZ/xj3pHgqb+Y7sGg6f7dy26NnZ7p3ZUua3bNnsB0njd8TVeGzjdiYWvz09M/wDERGYlk9+691sE7g+QvQ2U/lqbN+CPye+MHzL/AJlWOh7a2Zn/AIkYneu49/bN+S24u/8AuPBdk9idP7J+clHsztOtz/Qc/ZG1975Ku6zpMJnd6R7n6/p4stNDQ1IWjT3Xumnoz+Z3/MSzfyd+EXwt+Vn8prrKl+dqZ7snv3qDsXu7fO9vi8Oy95U/S3bvX2Q7E3lsnq/rOpwO7K2u6TweQ2ZSHI0OViq56Gm1+N1EkXuvdAt8uKD54/zXuisN8fPk5t3MfAKs+IvftT2F2j8cN0YCLqPDy/E75Sbk2Hsf4X9D/GnrnamKw2G+RPcOJ3j1BunCbUotzUu3xWZ2poIEyKfczSU3uvdWrdY/InoH+a31tu7+X98RaDP7F+UPwy+AnaXxf2NWfMTdmc6M7l2R3xtbB7B612x2PsnoLrzM9r7Fiyux8/seYZ3fHlpt2bArp6ekxAliyVYV917olO/vin/Ox/lu/HLrzuD4Zbz+Zm/vmrsjK1/xi+Xe1ctjs98ruhu18Fk4dwd70Xyd6Kn73yO8lo9q4LDf3a2ZV1dHtnb5izFDkYNJLSy1fuvdV+/HL5PfPTtfdH+lH5YY7J9798/ObrWpg+P/AMQOlPip0fV9v7j64zWD3HX7v+feIwGN23sKXqXcu3dsbqrtx7L3rtmR812JuHY4xGarqHH4ykq4/de6e+/O/fgtl/lfWfy2/lh0b8jPhh0J218e+hNj929496bYpdjd675+XewOrdu9f/HL5p999cL2PUbd2Fh+v23bu/PZ58dn66Dehzhrs7DW1EMTRe691bT03/II2h/KN7L+LnzI6x71+eXzo2ttDueh35tr4+fG74/7V3ZgMpuPP9W7ywmH7Q3nipu5sJi8DtuHb+TaifPwQVldGtZDTpGY5mK+690s/wCZHQ/z7qHdmCx9f8UdkVPw+79bL47vjon+WFu/e+d7gg7OgWbIR/JzPd04nqToftuk3lj8i+ArKbFpnUxW5m2mmLybiiraot7r3RSf5i/XXdnyzzf8t7r7+W7FLkvkx1f0LXfCjtTvH5H9Y7PxXfPaOX3Ptbo7qftzsOHc1Pi+2Nz43tX4F7g2TMnbu4aWvh3D1FuHcNMcLV1k1XNMnuvdEd7g+EnzX+Cu5Pg1P8Ad5/N3f3z/ANt9f9qb+i6Wk+GHT+zc9tf4+Y7vPem2O394d45fa+8ty7j75o9xd65DEVu24t60mZpa7bWYx07TULRU9EvuvdGCwfYnyp7IlbuL5afzCt4fEnqP4bfKnenwo+DHW+I+EPxY6s+YtR3b3b15sLqTt3D1nxr2om1ut9m0u2umfkpDWzy0W5MlPiac1GQpIY6umpmf3Xut5L/ZUs1/sg3+ySf6d+yP7w/7Kf8A7LL/ALMv91V/6W/4v/oo/wBGf+mr7z+M/ff6QPu/9zXk/iHl/iHP3Gr9z37r3X//1bhv+FAOy+r8VsbuHN9kd2fHD4p7j+TnSvx06W6N7+3Vsj5Ib77im7G+Mfyuo/lpmNt7ixPVW2OxdrJ1PtrbeGGTxUsODXKR52aoetnkoFjjT3XuqAfj/i/mjvPoDvX44jtD+Xh3l8hu3euP5i/b3Um7+zcZ8psJ3T3/ANZfPnZDVu/u1OsOx9vV+xviLtPJ/KPAY7HZDbWG3y+JzeCqJ4Y8tjsY4qYV917o8n8m3ZeAoMdh969zfLj4t/MTvXKfzHfhXs3cmWyOw/kuu5emt69R/FntrqzafU+2sxsnYux9sT9u7W2jtFcXjMrkXyfXMlDi6t62qnq5qCV/de6Xm2/nd8Wv5Pgm6c2/09vb4PYz5W94d+fI3szr35D1uE753B0V1vmPipW9ddPd09G73+Oub7g2ZSbA7G+SvVeO2jHT7ky2azK5CbIeaCKgelqE917qt75hbs2//Oq+A38mOjyfSXyg3l8v83u/tDrzKrsis+M/VMvdMXUG2/i1W/Lrss13YU21tuVea3vtvMfdddpTy0tPJlmnWtppUMcZ917pu7F+B/avwc+afwP6e6+7f7LbsHq75gfFCh/lodQ/L6t2Ru/YNNtLuzrnK9t/KLI9+ZT424Gmy0GU6q+Rtdj8DBTyZahq6qhnmkw8VfQoauP3XuttL+Xx8LPgz3j0X8Lvl+vU/wAdN+dq9XdWdg7A6l7g6CqPkDjes9vbTze9+4MVu3CdaY7urcf+kI4Sprt97hinbcMVRWLV1tS0DrCKbR7r3Vi3xn+G/wAZfh513UdT/G/qTAdadf1W5ajeFTt+mrc/uMT7kqRQh8pLk945fcWZeWM42BokNR4oHTVGqMWJ917oLtnfyzfgp1/gvk3tzZnxz2ft7E/MiozdV8l4sfk93JV9qz7kl3BPnHyuVk3HJlcOMjPumvd1xc9CoapJUAqmn3XuovTH8sL4J/HrAbb2v058fsNsrAbR7Tyfde3cbT7u7Gy0WO7PzPW+W6hye6lk3BvHLT1M9X1znavGNTTPJRCOYyCEThZR7r3TZSfyp/5fFBuvr7fFF8ZdnUu7eqvj5kPir17nYM3viOt2r8fsptTeGx6/rXGsu6hH/C6jau/sxR/cyLJkFjrnZagOEZfde6om/mC/BjvD4Zd19jfLrob5g5H4r/GbeOf+A/WXYGyOsj1Nlc/1X8JPjD1fuHr3vjtvcdN37sbf+4N353qPai0Mu3KXbDZXI1UNTOKvH5GoaEJ7r3VCnzc+RHaXyH/ltZjeuK+Y/d/8zTc21vm9tX4zLu7P7UO2+itm7p3H11ujuzZ/yQ+Oe3utuuOmu76LeOzdgQQ7GzKb2jrsJNW5TNyUuOlR8VVwe691f78wvmN/NA2j8xOwPjtkNjbI7q+Pua/lg4eh+am4elMnQ4Lq/wCMfdPYVd8l9jV3bXVtd2HvHBb2raWjyFNgJMvgKh8/uWTC0OnH49q6ophP7r3QQ/E+s65+OfRHwd/lhfKXtnoXC9BfNc7VpumO0fgvi+49Xe67ij2Ljuz+kPmpU99Y3dW/+vsz8827OxiSrgKPaFbSz0uXQ1GHeGARe690hv5j+I7L3R8l9vd8/wAvibrb+YFs75G/DvfXxZk+EnydbffTG1ervjj1t3jsva3Yu6+rt+5Kv+Mz0+2sN3l0HjKKtoM3vHI7syGQzEtdjaWowqtUUvuvdUbd399/Lau7x/mwdJdgd5fxvsif5k9Bd4dR/Gj4y7Bzu5/iZ8pPlxT96/HpN50Q3ruTZW5t87XwO3OutjYrJoZ93bdeSTFojzyo7wy+6919G3/SN8tf9kJ/0sf6Ftsf7PJ/sqX9/v8AZev4lF/c3/Zof9FX8f8A9EX8W/vd4f7uf6T/APcR9x/HdP23q++t+/7917r/1r2f52NP3dh+zPinvOWu+PWd+MNLuStxu7Nq5PsbYPxs+ZO18+2I3Mu9c98ZvkN2Ju6tjzVN2Tsyvo9s7m2Jgdp1+a3RtWTL4gVCjMxyUfuvdEJ2f/LN2P2Hj9+/BPEdy9RZf42/MHZfzh+THxs+OT0uB6B3T8Hsj8p9tU26ums73l8Gd9bsqO0e+8r1HUZbFtsSegoNly9ZVe3cmagSNlIBQ+691U9/Mb+Enyq/l+997o2X/K6+V3yM+O0u6qj4ybO7T6s6m6H7r+Ivw+wcu1vjTtbDbw+RG8/mZkc/ifjNNS5vduLNdlHqKyJqDI7iqKepqzU0dUX917qq74N5HfPx8+VfxjwHycqPkx8g/jkvQ3bnQ/yR+NO/Piz3zuPYWxd79d7F727467+HG4+rq7H5KLt3bvXXY1ZtjtOeCipYKTFR5dsq8EC0ktWfde6tfPRG+flb8FfhV8je/wD5EVn8F2Tn+zflL8RNk7F+5+EnY/x5z2ytv9Qdrbi+Evw5627XzW6t5fJPbXYVPgNubG6RznXVCuL69rqaOsWkz0ddT0MfuvdWkd5fIxPkJ0lU9d9SfCOTrD+YB1vuH4xfIT5/VXce+tt7F7M6m6U2R0XlcN0/3nkP5mW7dlbQ6g64+a9H1BvXbVXg8plI587tyDI5ilOOb7KtMPuvdXy/yg+hOyfhz/LI+LvRnyFo8Ls7sXqvZW64t900e7sHufD4l8v2PvXdVJNNvPFVMmBywfDZynlmq4pPE0jseDcByKKWeRIYY2eVjQKoJJPoAMk/Z03LLFBG808qpCoqWYgAD1JOAPt6L/8APn+ctsX4wU2MxHRWH2f31uuvFBVV9ZTbgzR2ptfHVctUlPNnq7E4U0TDOilkGLenyEn3bQTegJEW95He1n3edz52eafma4uNrsV1BQUTxZGFKhFZ9XZUeIGjGmq5qadYze7X3kNq5Digi5atYN1u3oWZXfw4wa01lU099P0ysh1UbGOnz4KfzmOnPlPtDsyXtbDUvRe/Ondi5js3d9BPmWzu1c119t5FbO7n2rknoqLJPPhnmiSqxksDVKmeIwvUBn8ab3O+7xzDyPuGzLsdw257XuFylvEwTRIk8nwRyrUrR6HTICF7W1BKCqn2p+8ny1z/ALbvcm9242vdNutnuZlL642gj+OSNqBqrUaoyC3cNJfOkhlT/wAKN67KdyUGH2f8ZxV9O1GejxsdXkdyZOp7TymIaVohlqbA4XFVmJoK6VLS/YIchJGl1EkjixlFPuhxwcuy3O4c5aeYBEWosai2V6V0l3YMw8tZ0AnNAOonf7531HMsdltvJZfl8zBQxkY3DpWmsIilVPnoAkp/EethvpD5JdN/IDb+KzPWvYeztz1eQweOzs+IwWdFbXUlHkYTJFUpR11HiMxPjmdHVKlqOKOQobWIIGJnMnJ/MPKt1Pb7xtNxDGkrIHdKKSp4VUugbgSuskV6zD5Z5y5d5stILjZ92t5pWiVyiPVlDDjRgjlaggMUANOqMf5xfx96o/mNZPeXxZ3h8PthfI7u3obN9W7r6MxGw/nR8c+jPk3uXYG/NtZPLdz5ilx299o713j1RsLZ2Xo9v09fR11BJFus1VJV08kSUnqDHQp6ph+L3xu+XnwE+EPa/wDK76MzlH8If5pvfOarvlJt/aO5u/Nl75r/AJN9N7e3VT7Kiwfxx7m2rkevtrdH9s46ihoKGox9XNuPK5WjweVroqKKlq/8i917of5ew8B8wKIfK2h6iz3wh7Sz3d29KPuL+S38hflP158XF+b++t27f2rj+rPmxtig7i2l1xR7c742R2fuSkzuJ3nWbaz0+Yy/WOPoaJ0rqOOWL3XugU7M258GPjxsX5QVGxcN8i8T8xfgz2h8YfkGmR2933i/ljkvmJ/Nm+Sydr9u9J9J/L1OouuqTId75z40/JTrHLbegmqailnWXcmV8bUkta1/de6Ox/MV+K3bnza2B8ptl9ofzBvj7n9lb62N0J8h9y/C3LfE/ePy9+XPwy3PjOjeruv9y7j6C6o2L3fF2d17WZzcu6q2vb7XaRmp4d0zLIzeeSaX3Xuq+sX8NfkP8Uvjrv8A+Kf8o7+ZFubaO9fgf3ttHcvyl29vzYG/PjX1d338yt9bm6s6w3jsyn+WO9uwdodHw7CfYp2oaHreSbK5SfIeVhWzHNUsdP7r3W5v/Ffmh/sg38b/ALtddf8ADg/+yofxP+6HnpP9FH+zc/6Kfuf7vfc/3h+x/uF/pb/yfX/FfF9hz91p/d9+691//9e4v+evuXtP5H792d/K62F8c8HF218hdn9Xds/BL5h9iYimqests/J3pTuHI93dv9ZZLdddtXOTdf5LGfHvouauE+MWuqcz/GIsZVU0dHUSTH3Xutcntim/mTbO7Q+ZHzA7q+ZG0e7/AJj9BYPYWa3Ln/5Znx26m+UB6N3d8Nx2rubb2w/mnvlaDpzMfELqnObkoqmhz1NSUeao974jE5mLNUVRBgoqaf3XurtNjfMj487w+PG4PjX8B+zNx/NL5M/JH460vyg+YNNWb7yfzpo+pdpYui21t7uGPqH479wbk3vsXdfb6dn9nY1MT1Mafbm3cnjDWSzVlN/Daann917qlX+YJ3h3Dt74XfLTtr4X/O/pBfh/0Z/MHbpfpjAZ3FbE3P3j2+2O6g+Pe+Mp2f1T8xMtRZ7vfuvuLMLvqfb+7aatyiz1HXWMqsfVV9Vi9eNPuvdGE2r/ADIMR8hvjB0V8xcr/Ly627N62+OlR/LK6v3f8ovkl3duz4mdQ9cfMLZm+aOmeo+LfXvX2wN99W9XdMdX9iJRVu/qrbRwMeV2ycdHlsZPT0tLTR+69057a7G358vvn72x8dOt+nNwUibp7T6Jhxbbi7a37uPtDqbBd47Ah39238q+1vj7lKKt2x/Mm+D+2ewMzFJtLJ9r15w2I2XntvYigoKHFV6UdP7r3W2R8C+qesN+/Cn4/ZzKUuye4aDD7S3BT7dotv8AyY398uunK+sxO/NxOKvb/avaFLjZ+xKmfMYtNVdlsa82GqI2x9My01Imo723fty22MW233n0qu3fLGoEtDUH9UDxdIViNCsoI4gmnRFuewbZucputws/q2ReyKRiYaihFIifC1FlHeysQeBAqOtd7uv+X38n+2ux/k18nvmrkf8AQDtbb/Vm4O59zU+MohnMXjqvFU2QwPUHRuy66CdNo5yXF4vG46leamqZo6aKeOBC9bJOIOgXLfuvyVsOz8mcle3MP71vpb6O0jLHQzBir3V7MpBlQMzSMAygsQWNIwurnTzV7P8AO/Me+c7c8e5c52rborCS8kVV1qrKGjtLKFgRE5RVjWqsQFKpmQsFrD+LnSO/+7B8gf7i7kxu2X6y+MnaHae71yKVko3Fs/bX8E/jO0aE0dvFXZo1KeOSW8KeI6gbj3NXO/Mu1ct/1U/elm831u821tFpIHhyya9EprxVKGoGTXHUD+33Ku8cznnH9zbisC2OzXN1LqB/Uii06ohTgz1FCcCmelj8JPiinzD3d2f1vt/sEbJ7Z291NnOxen8TU0jy4/sLce1q2gly2z6iuppP4njKufB1MktPLSxTSKyNIyNHG6kv9yuej7fWGybxd7T9TsM1+lvdsDRoI5VYLKAe1gHADBioNQAQSD0Ye1ft6nuPfb9s9rvBteYoLB7i0QrVZ5ImUtEWB1KxQsVKhiKEkUB62j/5Tnxh7s2p0hkOn/lr07j5NlbPGI3b8fN/ZWT+Cdh7cpuwKfMVnYHXtKtNUUW/tly7Q3FLPJHUxS08U5yUjUss1OYXGEnvtzpy3f8AMsXMHIfMDjcbjXFfQL3wSGAoIJzUNBN4sekFSGK+GA6q+odZ6+wHI/M+28rScue4HL6HbrYJLYzt2XEYnDtcW4oVni8KSpDAqGMjFGZNJ6pL+fPQ28+pv51PfPycqO5cx1JT742Z8V/jttLqjJ1EuL7x/mB/GbeXXlBhPl5sP4T73/iVFvfcHyq2jWYLbmCwKbfmoMv/ABvP0yLlqCYxvLjRPKZ5pJjGiljWigKo+xRgD5DHWUFvCLeCOASO4UUq7FmP2sck/M59eoWJ7c/mz7N3Z8Zu3vmphqfYnWnZ3R3Z6ZX5gd/fBnpbB7r/AJSVVtvvDem1+uctujszN7crMxn8xvrq/aVHTyUmby+IV6jfi1Qlnniiadrp7qnr4xfCbbf8w7fu9Pn7hflZn893F8VYOjvm5F8a8z2vvH5V7c6p+IOA7VG6ch0tuz5P9l7ok7LpfkFsfCbJ3fXHaVXg3pfLPjGbIJ/FJ3pPde6sA3ltv5l9PYOn7628nwL3B1D82v5iPWv84n4A9R7p7Up+o/mz8isPgu5NzfJ/ZHx+odqbc6ZzO4e4O2eyMf3ttvB0+Jn3BlV2tlqtaLHPPHWFj7r3Sq+ZfZ3cXfPzY7c378IN6dd9LdI/LPYvXO2vln8gfiTkcf8AIb5m7/70wexes8ZVfELqeqyWD2Vujq75OYyk69nlouttu7uxcGb2ts7I7lqJI6yOel9+691dvuDeFTU/NLsvo/vz4R9NYnDZ/wDlx7b+WH8w7J7L+Qm/M/tTCVEO/PkHFtvLdN9NTdbbd2J2t3lR7y6ew8n+kWu/u7u2KBKVVrSMJQRv7r3Vjv8Apg+NX/DSn+nn7rvT/ZQ/9kA/0q/e/wB8N1/7Mn/svf8AoB/vV9z/AH9/vt/fb/TP/o+9X8V/vF/E/wCNfv8A8Q83+Ue/de6//9C5L+bv31/ME6K+WGVzW0d3bn6Z/lzH4a0Ff2B8qtpbd6u3rvD4wfJHFbu7nr9m5fr/AGlmMDvne2Qy3fO4qbZPXGYeo27lcTFhNyTS0zUdVFLXU3uvda/Pxj+OW9fjPn/5bvy3+Xmw/gX8ku3v5l3y56H7mn7Cy+4vmxjPlEK/vXtLqvePYud7A2319XbL+JmKrugqjtSOuytBnqNMd5HmhaCtiWWM+691ZJt/qb+YV8zNq/LLtDqf5OUPf/8ALz7yw/f/AEX/ALKs+3uiOvf5gm0sNsDuZuut/wC4Oj811d1/sDqVd40u+OsslFsttz7nkwdRtPK08uUjOR0NF7r3S4rPin/LQ+W+9K/Zvyl+AmyM383e3/lF3N8SN+d0dP7q7jxvxbT5B9cfEWh+QtN3btzFv2ti5KTrGo2TNjMN92MMldNn6OoienNOFlb3Xuqnflj8nKP4gbw+J3xK+WO2NzfNX+UB0l8WdofGHvHqL4+bfw2L2Vv35z/EfZ2P212zuuhz2QTqvtcY/Z2/KnC5T+K1WTosXmIXD0z1ix1Mae690ruhPkjjt09ed17H+PfyS+F+4v5fWwduj5Udtfy9/jzgPk/L8ssJ8IdlUZo+6vjLt/tLtbYdG2QzPa24OwMZX7lP9/pHoNyUyQ4DI0WHTxe/de63PP5VGzt0bA/l9fGfaO8/jft34i7ixG0M6K345bUzGZ3BgOr4a7fW68ljMVQ5jcO7N85qtbKYqsgyUxqMrWOtRWuupQojT3XuqBv533zY313x3VJ8E+k6PO5vaPXWYx57Cxm0aDJZrOdk9owwwZCHbqYzEwVNdW4LYH3EamnSNvLmPI8gP2kDDP8A+7V7b7Xyvy4vufzJLFFf3cbeA0rKiW9sSVMmpiAHnoe6uIqAHvYdc6/vR+5u8c18xt7U8qwSy2FpIv1CxKzvcXIGoR6VBJSHhp85dRIOhCFx/J6/l+fILAUPzBy/dPUu8eq6HtP405vpbZC77xJwNdm6nsIZCTK1NNi62RMpTQ4tMTR63nhiF6hQt7NYt+8F7r8qXcvt/By5vtvfSWO8peTeC2tUEGnSCy9pLa3oAT8OfLoz+7j7P822Ft7iT8z7DcWKbhsslnD4ymNnNxXUQrUYaNC5IA7hSuaUm1fS/wA1fgzvnZ3b+f6l7a6W3R1/naPNbd3zlNp5L+7VPk6JjE8E24qOOs2zX43JwtJTVNM9SY6ullkiYMjke8kI+Y/bj3N2vcOX7XfrDcbK6iKSQrKviFTmojJEispoysFqrAEUIHWMUvK3uf7U73YcyT8u3+33lrMHjmaJvDBB+HxADGwYEqy6iGUkGoJ63w/g38rMD8z/AI1df97Yejgw+TzdPVYXe+26eZ549sb92/KKDc2HhlkJlkoGqQtVRM58j0FTA7+piPfL/wBzORrr265y3Xli4kMkMRDwyEUMkDjVG5HDVTtemA6sBgddXfa/n209yeSto5qtoxHNKpSaMGvhzpiRBXOmtGSuSjKTknrU9/nR9gdm/KL+aVtz4rUzdk9Q7M6w3/8AGL4X5z5CdQw9aV1Dj+g/5nGCxeV+QeP7Sh7JG4dxbf3pTp1TQts7O7YxUVFiqeDINlayCV6LWAupB6D/ABPyg2rvtfkT1V8PJt7/AMxH5a/Cr5f7F762JV5qqoNp1/yi2Btn4o4/ozcPcXzFxfY9T1H1vjuquoZOyW2Dj6LY1LhcjkclhcFkJqGtEuQytR7r3VVfwT7c/lLbQ6C2j0v252d8iOmKzY/zM+a3bnQNd2ttSfFUuwtubq+K/WG3/jZ2Z826nrTblbWZnC0Xde09W38ftT+J0M+46LxZGkkx0lQknuvdCBsf+Yx8hu7Ie3vm1vH/AIbz3XQ/y9tyfHzblfu7fmM+V1DD/Mf+RHSlJvSl+IHbfUO2tnUFCdr9gYTL9SZesw+OxlBsXbc9VvZE3Jj2hhokx3uvdXefFjBYD+aF8adk/ADaW9urPiJ0NurqPs35M7szPwjx28K3cPyKz9b3nVHeknUu5/kXt3fOZ2d1LtDfXZ9fgd4Hcj7b36OwcOy4ESbQYzz+691R581cX0vsT5s9l9/fOHYXym6K7t+ZnytqN7YjZG1c3gd6fID4m/C/BY/Z+4OmPkp11BsLdG+ugtxU+/O/9v7n2ruXFZ6s3JSptjH1r43GRZBoKqX3XuvoBf3m2F/w3p/fD/Zjt2f6Mv8AZQ/7w/7Nn/cTbf8Afj+5P+iP+If6fv8ARr/o1/uj/ef+Cf7n/wCC/wB0P4f91/k38J8X+Se/de6//9G7n+eB3anx3yknafxN2n35B/M0oOpNt7Z6y3D1/wBFdu57ovsbqXfu+dybDyWz/kl3HtfZy9dUm2OncbufdO98FQ5TdWG/u5uemoMxUrJTusNT7r3WrZ8Ocn/MF2F8LvlBuLPYXuvvva+9N8/PfF/MOao/mWfGr/Qh3R1PghXL/MD3p0p0TVQ129N+96UmxczX1eL7FxeT3Jg1y+Ro8p9jkaeRKao917o6P8mHE7O+PfxD+HPy/wDj/wDFum6Q+RXyu717b/lnfG/5Bb133srsjZ3Y21e+e5u5+5sb3B8g+stn47Z2+t1574/p8ccfsdKZ8rgZctSq9XSrHStGqe690qupe+vmv/sj+3/5ePQNPvfY/wDL9T4T7Cr9h/zWur+tuxMluCKm3F8t9y4fPdvUfTu2pZuyl2tvg0smwsnsFIk3RtjGVFVu7KTrt4nR7r3SW3T1BV7c2N0p018evlR8q+3/AJcz5v4Vfy9Mrl+pPh/8n9lfyzu+Phl1DvWh6foJ+/Y63aua2P8AIbrzF9cb03FU5bP4nsCi2/ufC5OVqARU85lk917oouI+UvS/Q/z5/mG9C/yx9odNU3yb+S+L6g+CfxkoeiOpdwfGfeGw/kFL1Xt3afeHbfUPa+9sidq9TdK4Hv8A2BXDJbTr2fJ7irchj8jSZbwUE0lR7r3W/L/LprtzZL4VdAVm8s1vHcW6pNq5JM9mewPkDsD5UbxrslT7r3BT1Emd7/6to8fsHsmqjaLQtVjYY4qaJVpXHlgkJ917oTej/iv0l8fa3eef692bQw737I3VuXenYPYuWigye/N357dWbrc9kmyu45YVrFxcFXXMlLQQeKjpoVUJHq1Owt5l535k5rj2613bcGO22cEcMFupKwRJEgRdMYNNRC1Z2q7GtTSgAQ5Y5F5Z5Sl3G72nbkG6Xk8k09w4DTyvK7SNqkpXSGY6UWiKOArUkxHsJdC/qHkMdj8tQ1eLytDR5PG19PLSV2OyFNDW0NbSzoY5qarpKlJKepp5kYqyOrKwNiPbkUssEsc0ErJMhBVlJDAjgQRkEeRHTc0MNxFJBcRK8DghlYBlYHiCDUEHzBx0B/RXxo6i+Nh7EpOmNuLsjbXZW8v7/wCW2Vi5RHtHDbonw+OwmUrNp4cII9vUWZp8TTyzUcDClSdS0McSsV9iXmbnLf8AnD90ScxXn1N5Z2/gLMw/VeMOzqJX/wBEKFmAc9xBoxYivQY5X5L5f5M/e8fLdn9NZXtx47QriJJNCoxiT/Qw4RSUHaCO0KMdad3896k7J7B+Vny9z3wt6W67273b1x01178AvlbvvdeBgq6buzqD+Zp1StZieyt09gx5famA6R2/8YNs9HVNBNubdlVPg6CDN+eeSmghYOFuhX0JfSHyK6K378mPjJt35QfD34x0u8f5uPUUXS1Z8fd8fGzc1P8AJnbHX/RUv9zl7O+S3yRzWTPXXe3VmT3x8TYKrEbbosDgq6XG5HBVsFVLTY0z1nuvdP385n4MUnzI6xweaX5hYLOfKPuz4Wwyd57h6N+QfWuw/jTv7p74lVnYvyi2DvKP4cZjP7s7g722vvneePzuNwdXg9zVdLtnKRpl6hpqegqYpfde6qm+B/RS98/yo/5fnR1PsbNbV+QfQ3Y3yr+euG76x26cJ1P2R8fOuOqt49b9qYDr3Hdq7xov4J8Z8j84sHNT1Gyd/bjeLbkf91myn2+TpaOXxe690+949Nd7/Hvq3o74ffyk/lwaz5YUHVvbXy8+bXyL6U+cPRfUvRuf69y/fO4sQP8AZjcpXblpsRuzv/Z8/bezsBT7mm3RSRVmKx87QYwwzI1J7r3Sb6V+XFR1lv34cfy9N2777K+C/wA1/ilT7O+G/bO4ehMHuvsveT7V+P8AuLM/IDc+5+8N6dQ43OYfub4u9h4LdWY2/iNnYuooqnr3OnJbtzGTqsOz0q+6919FX/SDsL+4n+lL+++0P9GX91f79f6Rv7y4b+4n9yP4V/Hf74/3u+9/u/8A3V/gn+WfxD7j7T7X93yeP1e/de6//9IxX/ClLu/efxk/mB/CjszKdsfL/GdCdg7Gx/UfY/Uu3d9dm9HfDzJzZLK9uU9F2FuTtPam8f7sb337srLbmxuW3LsqvwBp8rtfDUtPW1wo69lh917oC8R8Ou8sD1t2d0p8bP5lXxL7N+LnypoPlNs74q/IHrr4T/HHI9M1/wAl/lfihtbvr4k53unb+7sjSfB6j7t3huHam2tlY3a82ZbNxSTQ02OhOEpqao917osPbHyOxn8vT4pdOfy8tmfLr4a9/wCxfhTjd69v772NtXtrZG3ewe6MhkN357cfcuH62+QeEpdxdkfET5i9Q9p9r12zdjYrai1ma3VtGkye4GrcVKkuKf3Xuj/7U7Z3X8ivgb8/Pmd/LV7w+RnbHwl273W/k/lebc+PUPQ26sbumDa/Rn8Q2d0p3v1b2LvHe/XfS+wYMvjd653B4HBU2H3DSUeaxtfSJS5jI1MnuvdJ/wD4T/8Ae38w/uXd+xOyPi9jN29v/FqsyG1D81dyfIbcW4+julcNuPfMFqnon4BdM4/EdmdV7A2V8JpJMvLHT7RfbcG7qDK4ehr6HDwUlFp917qlD5SfI/uTsT509Pdmbc+L1b8c/kb0h3F83W+Dncnxy+H+0Nxw/wAwz5E7F+Wb7d622xuLYWEw3X2EroNhwY2pwGc3FBNvDIDJ0zSVFI1RVzaPde6uKxP8wX5i7N/ls9r/ACW+HP8AMpw+JPRWy9tb462+HO9v5UHxx+MWV7G683l3htDp+t7I6q2xtjtDdZn6il7X3vkMQmfx2Lmo6vdGNraJgJw7e/de6uz+GH8xf5NfGr4tdITfzmY8tS/Kf5D7S+V3yH2Nt7rrrDG4Sv2v0N8Yeh9p947x2t2XtWlpdnrtLtTD4KoyEYxjU80stcUppJkK3X3XuiT9PfzF/n3vrsv5S94/7OHtvdf8tjeXUNNiPgx27gvi91q/cG/PlX31tul3l1V0N0J1ZQZqSh+T3cXRNdiM/tDObXG5YKuu3FjPtqmGOoMixe691i+J387r5S/Kj5Bd14rs7ZXyH+KG6fgr1lXb175/l/bO+JON7+7d732dWT7X23hexqPdW4K/rjsDqzfNNmu1MTlZ9oUeIrqZcJiJKn+IOk8ix+690uekPkF/OB+e/wAfd+fKr4ofOnofEdHdZfHiWPqgdd/H7q3vvuT5Td9bIwG5t05yk7i6skqcRB8Uuzt6UFZt+nqNkYzKbqTDVFYFilm1Bpfde6pV2n1/3/8ALnctd/MB69+e1b8tfn1gajZu4Pnx/Je3BsnEfFfdfcux/iXSzbS7d6F3/wBG9e757Fl7Xx9BkaeXa1BR5zZc0WfpcrIZ6eFp3pH917q6DtD5v0vdHyZxW8+2+tp/5TPUW2vhHkdj9N/Lf+Y18HOr9jZfq35oVfa216mi2h0Xvjuerwsu5cfJ0NNumOLAUWWxsMsMVTWiC8D+/de6q52l/Jq2X8kvif212P8AypPnp2B2lB0dt3Z3wO7S3buHq2k7B3d2XTdH7qxvY/dG7/hF3VP2ruzd3T3X+9uqu35qCh2Xsqejwm8DFV4OrnWkytU6e690XrrL5J9r9LYjvv4qfPLY/b0+xd5/AT5M/GfrfP8AS/RcGwvmn8f/AIedK9W0nU2z+8/5gnwb2nU7ah3jtuXpzN4zObQzO99010WzIKDOfwqsEWSrqhvde6S/w9+M2y+p+8qzrH4pfzSPgRuPp7avxfyZ7V7q3j8X/jLvrrqi/l/747D68392xuD5cU+f3XmNv5X5K7U+V+c2xtvb+1Nz1dbM20ozUx5mkigXGSe690Mm4P5e3y3+PP8AMXy4+X+Ux3c/fv8AMd+O9f2XvfM4Xb/+yu9H7l7m2t/ph3b8gukdo/zBtkU2S3r8Ysd1z8dutF3TmMjtrA+XfeJrZdr5ahpsTkJ6tvde63Dv7ldOf8M0/wCj3+7/AE5/oC/4bh/uj/df/Zl8n/oC/wBE/wDsuX8J/gf+zgf3b/jH+ib+6f7H+kT+Efcfwn/ct9pr/a9+691//9PYi+WfaXaTfzTdidCbuqejO5Pgfuz4c5fcvyo6d3vhfJvv4w4inj+RElL8o4MvNtqiV9sdv5fb+K2FHT0ubrq6KppJZIsdTsyVcnuvda//AMbd9fAel+RO/u09j/H3E4r+VB8G8J3b8pvghsLd+9e5cL2lvr5C/DegyPafyR7m+JOKpd/rhd/4Tc2R2hsPIzUvcmVoxCj4tcHQwGozkQ917osmz9qdW9fd87e6D2q3XNF8ha7f1Z8p99bBXa+W3Z8jO/e7vlLksj8lPiP3h8JKfeW2Mp0tnu2vjv8AF3u3/R5mdtdhZLb/AFrV5+pyE9VRZaSmx2WX3XurN/h38Uettp/Mf+Yp8e/iD0l8pfhl1NuPNSfCqo+Tfx9z3V2+/jJs6l25tnYXyD3H2pveP5O9l733Qe+eyaDOnYldHt/b2Q2/S4OroHo1grxUVcXuvdFJ7K65+M+9sV2b8Mc5879r/EH4r/y+6brL4zfN35G9FV28xm/kLtnrvKZ/rz+X9tCXG5XZeVxlJ8mOtN3bG3ZUdtT7YxeKxFdPuOhEWQzEUcaUPuvdG3qP5b3V2wP5tfw9+SPY++9uyfF3eVX8Ls38I/kjis/uuTf9T3r1J0j1xsjafxe3t19WUtPsHCR/M6CnzfYNZk6XDfxKWo26GbI0Mk89PP7r3VdG3fnbt7cnyx7e6xh2x1/8+Opvmb2FnNs/In4DdI7a3ftSrbtjpXYFH3ltbvT4V713ZiOmtxv8bcKvSe26XOYzcu6cVXtujH7jmpsHNA9FW1fuvdANtv8AmPd1/NTfne/S6Zno/rjZPcvQm9P5kf8AeP4+v2nvPI/GP5hdDbO7D+T+7tk1ma+S2CrWod89s7l6/wBvbb7A2pTyZLYkeJpoIMNGGqKsze691G+O24PlH/Ne61378oegepe28v2jm830V8bf5gFF0XR7Ew+8tv8ASuR2RuTauV3J8Feut45vCdA0Wc7awnWy5rf2ZzEWD3Bgd4yUUW2p6fGVWQt7r3VnXa+V+cPV/SPxs+aXQ3eOO3R3/wBmfDbPfF3v7+aFndk7UofiP1tsDEfKzfO5dsZ/J7dpuuo+69y/JMZfZO3OvpYZeuspt40dY04dmQ1sfuvdFEg+Om/vj5D2H0J3VL8gN09u/ODo34//ACn/AJj+S3DkevusevOpPkrld8bt3H8YPjB0/S9Cbg2nPidz/Kb5Q7Li663aKSgp0xmCzVHNSVtG4eopvde6rv8Anb8Qe/N7drUvyu3htKn2Zld3fBv5DNtXpv8Al05relZnfjjvT+Xltjq/qvfu0vk5mfkBNtTcWUwvXu6cumP33kdv5bdOTr6+hnmoZshdKib3XurM/wCbF8yPil8oPj12Ls3e3d/yY7YxWf8AjV1L25/LmwW69kdWUvxNzvfGycp1Z01vPcPx03fsSmpfkZuztPBSxb/xNXi+y4Y8G1R/GZUhkihxVR7917qJl+mO6txd07LwPxd2n0bsXvj5U9r/ACm6W3p8iMH2V3Rg/nDsTfXS3QNL298qNhd1fH/CZB/5dO3fkr2n8f8ALzbapztLF1u1cfk83TTUdfjmgjyNJ7r3RZN//MzoXfEvUv8ALe+IWE+Yexf5omf+Yfwy6HHy8+cO2+i4arCUfxj3ll+p+n+uOxqXqTdnZO28/s7rFs99jVeLbeVTddLC8mZfLNoLe690qerfh/8AIT+XR8ycf1H19Wbv6o7J+ZG1t0djV+6js7rbfXz57K2Bt7cdDs3tn4b7U6p3FiN4fBPHVfdPbuEHam0ajKHHTLsjB0Yqsrjqx58PJ7r3RrfhP8BP5Y/8zb4ebi2H8dd+7JyHzK2fvfqrd2yt7dw99fLag7swnxnrexuuIeyIvkRt0boyfT2C717O2XQ702vW03X0FftxaauoBDVwu000HuvdbxP+yydF/wCy0f7J5/o/oP8AZbf9Cv8Asu3+i7+Kbg/hv+hj+5f+jv8AuN/Gf4v/AHp+y/uZ/kP3P3332j1+fy+v37r3X//UsL/nI52mzn81/prp3f3ZHx6+LvTe5PiDg93bn7a7y6N7X3bgfk3PsTe/fu+qrobP9nbZ3Rt7YWNyPxxp9mQdobCx+QkhqKXf64+oVMg81Pj5vde6wH4L/Ev5b9z/ABl3n8i/l5vr5Edc/LLavRe+p4X+SHTPSW3O5egug4cDur+XVjPl/wDGPuLAP318he6+78D2JmItxZfbcO36Cpys9dImMxIq4IV917oM/wCZV8rKDH4T5Hn+UCO+92/zAdrdXNtau2t2J0X3L13kvij8Bupsbtbq/uNvgXNvbr/qtKiCu7lwGwqqsocPXbvqclX1c9bS0xpoyaf3XugS+V3xD+WOT/ltdV9p/OPeX8qn4+fH7+XrBujPbi+H+yfi/wBw9sbX6k7D7Q2plOqMD1x2JQ9W/IzfUeQ3CuT7gxedoFoFpf4Zmq2jr6vXSQyo/uvdVf8AxY+RXYpwf8p/+W32D8FfhH0ruF8Ptb5M0vyw3XuXY2zt57H+M/fWF6grsT8wuid9Z/uOh231n8yafZ3X1VuaorMtHlKnIbixWIMO3lenajqPde6u+62rO0O1t/8Azc2f8xOvMd0b8mfhd290R87fi98qOt/jt3L3Vg/lPsz4wdVZ3YPRHbXyi371DLv7b3yazMfVvaWDNZtvZuR25uOtlqahKWmgNJVQwe690Xj5z7g+aO+vlJ3h8ptsfO/cXV3wxX40df8AzJ+OPbfevxZ+S9DF8St5ZfvHA/Fuo2L1Dt2uj2nn+sO4Ow8zSZHGZSoyVDUAbB3lXPLSx0838Tj917oi+e+euxcX8Yv5mfTPfnxQ+SW+O+O5eyOqu+Pkt0TnJZe+/h/nc/vrs7cFV8pfkX8MM91TsLIbV6FpaTb2Crc3snd+593bvwVTNisbNDLlkx9UtT7r3R9PjL/MR6//AJfPV/yH/lldZ9P/ADSyHxmxXw26r+RHxY7R6Cx+Z338pNn9ifLrpnC/IXJ9S7v7S696n3VsHB79zW6ezakbU3NPtrG4bEUmIcViVhZZffuvdF86w+YGS+bu3+h9h7Y7M+aOE350rvWv/mK9U7s+Sf8AMm+HEnyQ7SwVFT7p+HOU+PHVvadZsvYGzPjtuCfO7vrs5UYzeeKevrcPQV4ihC5KjqE917o8j9Y7K7h3x8l96fzJPjDjfg9vfL/I7ePffw53d1dv7r35JdLdafIfpDI4Tujc9d2tjPj9N2jWbR+WPZFRtnb2E7DTJ5bBVXamJTE7f2vQUmZj8kvuvdQ8rgvnn3NvXYfyH+aXy0o+gq7tvuTp3b2E72+LWMz2y92/CT4vZuqqoqfZNZ1tnM/2p2b8aIf5lvXkOF3rktwb0pIMF1/V7HRN1x0sojpl917oJOpfmD/Jnx2Lo/5WH8tvB/IDvjvTL1O9u7OlvkntHcuM6e+Ru9vnHHuXcO1qmhxXd3Z/T+B2Ft/sx+ldzbiNPvetx0e2jtimfFrI9ZUwF/de6Yfih0pvr+UZ2p8B/hL338bOguy+p9//ABN+Y3y07rpeyt0bD7L+SXXPylq/h73XRfJLrnqHJbK37Dj9jdLb/wCpOmNv4IZDIbey2PyS5HK00WXqJQ0dJ7r3Rnv5U/xp/k+fzBNtbZ/mD0m4N/dXdybB7s697h646z7e+SXSO496fFbqv4KbrytdsHrPrygxuw9uZXYHxIxu3ZaOgrMbXRSyJt3EY9P4lEYTUS+690bXu/M5z5qbe3/2L/Li7q3hich3v2nF8sqTI/C/Yu+PjH3R8o+hPjNtzM/C7tbqzfny07qxm4ehIe14e+aWmn27LWUlB59obejaDH1kenJe/de61+JviN8sqjtP+V6erdlfy3/n51J8JurMHLjd4ZXbJ6d+Ts3VO3KrsvKbl6q7k+LXcXyB258it07p6OwuUyO/MFQY7alBURZ+qhlWmqmilppPde6+g3/p868/2Xz/AGZ2+8v9FX+iP/Tdf/Rzv7+//wDcT+6X99r/AOif+7n+k7+9n8C/5cH8J/jf3f8Akv2v3P7Xv3Xuv//V2ZvmX8QutuxfnP0v3t8iO7+q+xOlcl0/uLrLAfy3+8uhdh99UPePYHW+E7f7Tym+fjriuxN21Cbc7wgwOXppclJt7bFbl8lg9tx0lRUClYGn917qh+P5+dI/J7ug9k7e+JHwI+FmE+L3Zu7vi1ge1fk31B0TkexfjXjeutyU+wOk+3fkdl+wOvdnZf4D76+Ox2zLluqeo6uumXtfMUOYwFFlcKdvSVcnuvdF93b89/il2F8Vul/lf8xfml8sm72z3y43lgvkF8n/AILYneDYym6w6a3f3h1L118WNsbq6z7V21F8JMD8q+tNm7c7Ln29h8hUQ7uqsAu4JaSumIrIfde6HLvr+W/D8fvjpTdV/Ln5D/KvB4b+YN8q8L3NtD4tdP7V3384917M7t2Lidhbu7IHyB73q+wNj7r+YnUb/HzoKSpqodzYGgxu2JBNmRDI2L1v7r3VdXyY7H+E3yA7K7VTp/4u5PuTMU/yg7l6C+JVJmdkU+9fh/UfFDZ28aHD/MPsXb3zXqMNm9sbB6S2d8fMxicvsrGY3CTYL4vUKHLYSoZMiZE917q3/onsul6urMBkto72+SPbfQXTnd/xO+Nv8ozb3WvzV7azXxi7+757w6Y3J2R2v1L2v8odvnJ7W+SnTXUnfGw81s8ZvKYfK0m0sdQpho8dBF/kie691UF3T3Z3B3F8mvl10D3/AA/ID+abjuxsrtvuToLKdRfOLtn489HfJ7p/HHr/AGZUYj4mfA7YeF7e6t+VydS9i7Uz2SytLg8g0dVFtfKz1H27UNS0fuvdHo+A2f8AnwflN3NV9xyZLqvZPZnxh78+NON6J7q/loYL42bh7i+M/wAWOmu2M58Ta34gfErLbhlofkBuXBZ/s3MT746swfhp8PhpMbQ1dbUU+RhMPuvdHP8A5a/zl3hH8j/mFu7aHxP+NOy+vetKH4dbS/mB/LPN/NjHdY7J2NsDq3pvI7S2ZubG/GVel5ti9Cb26x65wWQp94dcRbjp02luGmlwlTXNJRGf37r3WuR8juuen8J3NtjaXcmwvgBuym7k/mIjvLI1e+u2eqP5XHyT2dsDG/F3O7dwvUvf3R2F2dvrdHw86czW6Nu0u7aHNVWRqqHdVdW42s+yWbPpUJ7r3VsfzY6Z+YGExXcf80XrX5kdKbBoMF131v8AMVvjTkOndk1v8p/f24uzN6Z44WqxHyRqd5UXQ/zE+XuzMxiaSvxG76vZMO7crm4NrvE9NO2PeL3XulT1T/MT/mJV2G+Ne3vkx8TPh1v/AA/yyzPxx7W/ma/MbrHE9f8AZGD2z/L235hINw4jbvz66tx3VNLt7pDb1V8et+Vn8Hze8dxT0SYXGZWaniNOtTb3XuiB/wAwff8Av/aHyq+DW1v5Ju2Phd80O6eg9tbu+SPYHcP8vD4TdFVOVx28avf3ZnWW3IOwsT8e6Xe0u3thbb6x7LxOMqcfXZBqCtylPS5WVEqJIUi917o2fRvxh/mi4HvTtD5rfNXFdJ/LneHTneG7Nvbn7X+HsWJ+a3yG6HzfYeEwWwu9fidkPixtXA0+V7S6z3N1hvdsUvX9fnMTjOqk3bkN40+PqJjNTVfuvdM++Np9S/zEOnvl3lerfjvg/wCVZ0h/pU3Z8eYd99f/AAg2n0x8nq/KbEzfYPXVH8RuoaLacPUu9fml2Z85JaWSg3h1YuUxkvXudw9FgZIdxPlRLTe690BHwo/nK9p4DP8AzD6p+Du4n67zmU+IWTynx1+A+f6ixoXrT5ldNdldGdDYPYPxw2e+RR9/5zv3qfB7n7O3PtPD7exklHurM5PzR5GeiqMpU+690Pfz3+AHYnyD712Z84Pin8it6dI/zRfjh/L46l+Y3Y+09x/EWL4SZPuKgqe7u7Np757j7TyGC7Iq8x1r2pntk4TLYrLbVr6DMvkcTh6WjqMg1PkGWn917rZ3/wBnC7l/4Yu/2fX+M4T/AE//APDXH+zW/wAf/u1Rf3d/0s/7K7/pW/i39z/L/D/4R/ez93+Ha/D4f2b6effuvdf/1r5fmpg9odd/zT4/kb2x80+repeu5PgJF1HifjJu3+M1OR7R3hmN0fIii/vFubM0/X+ezXT+xiu9qJU3JsfMY7dtVPi56OcNQhY5xvy37b8884WMu58tctXF5YJKY2dNOkSBVYr3MDUK6k44MOgFzR7ocgclX8W2c1c0W1luDxCVUk1ajGzOqt2qcFkcD5qeqsagp0NsSn7z6A7l+Avzr3x8cvjL3L2tub4y9x1PaG1todAdfdadaUe8OwdifHXNdf8ATFFvL5oomGwEuNoNz9/VOW3hTRYWgrYa6nyGYzs0z3MHtfz/AMq7a+8cw8rXNrtiuqmR9GkM5ooNGJycDHTXLfuv7dc37iu0ctc2W15uRUsI016iFBJPcgGACePAdFT+PXwj+F2/+w/iZ/sr+A7K25/ME7A3rW9m/LfoPs2nxM26vh/tTuncO4e3Nu/zCMh0lPund3x0z1D0dtreO2tq7IxGSpclicrsrf1HV5nEDMa0pgF1IXRYN2/yjfkJm/ve6fnjs2f+W/8AE/aUO5PlZ2D3jtn5JfJXt3tToTaG+cXXdA7O+EG0Npdm7x3vtOo7FzHYdPR7mq62oJlbB71+2/jcsCR4yD3XunDt7vntbYXTX8svJdrdQ9X/ABe/l+L8Wv5g/wAcfj1vHfcW58J8qO6Piv2H8aek+udwdx7x2LsfDbn6ppPlH3P1DkcbVbCoFzD4HMb3lnp8vWUGPWOsf3XukFQ9rfL/AGduv+Wr8U9jdE756v71+T+cqs30j2/8taTa2wuuZe0tjbrpNkfy7/mFsPYvRmY31tjD7x6B+LO6Fwm5sLJtuLb25s5m6mvzOP3BXpFk1917p4Hx6777O+VOG+Tfz6+bfxE+TlT8bPglgPkn8Vt37Iym+fjp8V94bXzXy23F8eMd1fvXdXx/6P6I7Y2lVL2vuPNVVG2Dwsj1+Zekpa2obHT1SL7r3V8Ham4e9+2sr118gPlX2X0v8Ou74+ucLhv5gHxP+P8AufcnZ/yF7L6H72p6raHwx+LHW0HcW2ara/TXePd3Z9ZvbZm4spsrP7VyAGSo3OemakpJqL3Xugn+Qe8e7v5amB7Y6R+NPTfX23O0/nz1Ltnt5fkT3jTQZGt+J/xK6Q2JSbR3zur509dUdBvrrWPPfDeHuHbe3sZVYPB72m3vjaKuye6KjKZdjLW+690+/J/Yvy26Aj2zsX+VV1B8aP5g3VnX/cWJ2x8huoN0bXwW/O4uqMl2H8fqjcdX1Zmuw987Ll3juDoOvy+98X2DS7kqN0Vm76HLZCnwkLQ4GFKGL3XuqhKPo89P/L34yfELcvyP+F/8yrsLo743Uexty7D777l+UfUPS3wM3t8A8Fv7vLsKkzO2PjhsDauB7Z6wpcbjVjw+R3RiN0Z7IVuNliyFNBAFeT3Xuomd+EH8zf8AmC/In+YR19u75LbK3Ps7uPE/CvdOTxnw5psTj+pKmk7t6j7GzfwUzG5MlvTrbqvetH8Kug+qM1X47etTR00253x1VRSriM7VAvB7r3SS2N/LB+Onx/6C+Ze9sfsTvrZ+3viVntqbE+YncvZnYu4+p/n11BuXc2N67z2IxXxK6l6F7UyHxh7f6n3VDu7B1xqexcpj65abIVDrTiempU9+690b75ufKnonZXX22v5R/wDMB+H3yu+KHye2J2ZQH4rb/wD5ZW+812FtzeOx9y5Tamz8HvzHbt7/AO++tt59wbj7Wr9mZbAVNRvqirqunokgq1kiq7snuvdGV6R/lGZbuyPHbj3v8wvll8ofhrubv34J9Z1/xu2FtTpPaHeWzeyfitld17F7Ywvy/wAlt+o69j6tk+OOZyz4vd26usd15nd2bqJa7IVVTl8hT0FWfde6bPlB8k+rsn/Ne6o7n/lOd5fBXam2Pgx8FO0sh8s8z3ht/dOK6mptm7d+QnXOyK/ZW7d1ba6X7F7Kx+/pdzbgwk8WcxNOuWMNJUI+REU88NT7r3R/fjb2x3nV5L5Adzdq7j+MPwkxvT/8yL5D/HD+Y5uLY+b7C7twneG4OzfjB05178dsn1Rme++v95bjw1FiPkb3Jtqpj2vBHtfa3+RvI9FIayuiqfde62E/9DO5/wDZXv8AZfv9K1b/AHy/0G/6JP8ATb/o36s/iH94/wC4/wDdL/Sb/ok/up/oW+7/AIl/uT/u/wDwT+7Wr/JPsvs/2ffuvdf/19gj+YRk+0NufKnueHp7feI6r7r7L+BPV+E6C3XuHd+1evKfP7o6/wDlTktzdlbb23vHfNTQ7Vg3DT9e5kmSnmnjd6esBuqkuuUvtPDst5yNy63MG2SX3LlnzTcvfRRxSzmOOfbFjt5JIoQ0pjM6YYKQGTzODiT7vzb7Y+4PMp5c3SOw5kveUrRLCWSaK3Ektvury3MUc0zLEJPpnNVLAlX4gZBY+p92fMehyPxpm3Bn9j97fO7anRH80HN9dbby3Z/WXYePz+7DsDqqt6D2pvbcXXe8Ydv0O2tw7ooRSsJ8rQGOBptU8GlpENvca35bi5R91puS9oltOWHl2MRhre4tlaVXvPGKpcIjkiqaiBT4eir23uuZp+dfaGLnTdobvmmODffFKXNvcssbR2Pgh3t5JVAJWTSC1cN+RLfjHPvr+Ytufenbnyk+BOxdhfNGv6c7jk+S3SnQwptkdj/zDcD1D2ht/p7CdC9gdjb73xvvrLpL45HbmBwMOW2pvqtwW7N7ZPB4jcO3Mh/duCcz4idZl9Vv1O1/k31p3n8gO7fh50p/OJ2l85s93rJ0n3j2H2X82Pgpv3rzO7y6V2Zsf5K9s9b90NsTq/CPLiKX42QGXD5OLLUOJmys1HSR1dVVJLQSe690vu4/5l38xL5VbAoPlD0H8hu7/iF8WKv5U9XUmyOj99/IHoXavzD+RY+XHau2sDvHZfUm5s9BiNkdZ/HfojAR48bCzW7duLiKKDOVdRWZbL09LUNSe690SL5xdefDP4bbT2R8lfg9N8pe/uxe0afuD5AZX5cUe9tlb2+Q3xB+bvR+/p9mJtzsDsPZ3WeJ2BR9E5TdOe3TV7jQYZJt31uIxeW2/mo8UrNWe690P21etPiv88shjP5gPy++XPbP8J2T8c9qYbpnYX8y3LYv5Z4XeEu8e9P9GORz2eyfw9666/pE25FVb6yybf61aox3Y+H3NSUu68lDNtVgJ/de65/H3ZHRfxg/mV0vUfVn8q3qv5WVPS/yB+S/x52tn833f0lsbfGXxv8ALwoKPe+zvkDSt2D2lsqj6x77+4zbZnsrd256Sk2fu2loaKHbVBQVNBX6/de6J11L8u+8a3+aJ35uX5C9aiL5D/zAu2s78RdsZ352TDeHw4218OuxN3Tbe3vtXfJ2Fluvq7tGDZ2Mwm0sfhdw7X3bDt04imqntVCrpJ4/de6OVsvt/wDmA7B6F6WX4nfHXaHxM+B/c21N7fD344/zJchtLd3yT+Z+zerYOzd9dwbt2dmqf42b2zOUo9kbo+QO1M5j8VUy9cUsFDiKykWeod0atl917qf8F/5PXzJ+EmzMb3J87fnjkfg7jfipT/KDvTZnxO6e7+6HxXygydTuro7+CZHenUu98jXdpdb4aq7lk2rT7fqo6/H1ss1Ji5I1SJ5I5V917pv+FPav8v8A+SXze2htX5R9b9lfzMO6/lPvP477WzOY+WPW3YWa7i2r193CtKOrNybF3Fith9YbO2psX4mbJzMeF7aymWo6vH9gZWfGZbZs1NiKepE3uvdEH6W+ROxum8p8uezelfhn1nvfv/5M94n475H4Gw/H7vveXw9rP5ee0q7b0m5O5tn4LbWZjzs27Mf8lem8FR1NXJvSsp0rq2tUY0akaD3XutkjsXdGFn+Vfzd3vLmPh78aezerfnH2h1NgOvPl38Yvk9vbpfsnaXydxexPjni/kZ05Sdebk2nlN6fJf5KV2+a/ZHYuSxWbyeKh2ZiMVUSYfDU0NRlKr3Xui6/MDp98H1hiuyeg+m+juuOr/gP33sb4k/HHtzoHpPu3P9d9P/KzunP5Tav8zf5U4boXB57eff0u6fht3l0Vt/K9a1kcM1LolmHj3M0kUkfuvdFui/mcfC7v7f3w83mP5jP8xn4290/H349dy7F+X3ynbAZffnZe4uml+ROUrqvqTPJsD4t5qPDbz39uxtrbm2/uOuxw2xtzauOhweYD7gdHPuvdI34Br82+ryO5vkr82f5geN+Nvy96D66+em+O6/iX2B1z13RbS78+RnY+c+M3X2zO237W6o7Lk7J7E7W3z1jtHaqSbZpI48EMzR5PK/b4mmqaqP3Xut8n+D9wf8N+/wAB/gvyE/09f7KT/Cv7vf6WOnP9mn/0rf6Jftf4P/pw/hn+gL/Tr/ev9n+9H2f90/47/lvh+w9Hv3Xuv//Q3cvkd/sqn90Mf/s2v+gP+4v8VX+Ef7MF/o//ALs/xvR6f4X/AKQv9xv8U8P/ABx/d0X/ALN/Yt5P/rz+8Jf6hfvX956O76Dx/E0f0vA7tNfXFegdzr/UD93Q/wCuH+6P3V4nZ+8Pp/C1/wBH6jt1fZmnQKfH3/hs7/SJTf7K3/slH+lb+F5P7T/QX/oU/v7/AAbwL/Gft/7i/wC57+G/b2+50/t6P18exHzX/rzfuh/67/1k/cWta/W/WeBrr2V8bs1V+Hzrw6DHJ3+sf+91/qD/AFY/fuhqfQfRePpodVPA79NK6vKla9GK2D/svn+lXvj/AEY/6I/9Nn8b2B/szH9yP7o/6TP7xf6P8R/ov/01/wAE/wB/N/GP9F32H8D/AI3+9/AvB9t/k2j3F/UsdNmzv9ll0/IL+4X+hPT/AH5zv+zSf3U/uVp/0kf3G23/AHl/05/wrj++X+jf+Efe/wAd/wAs/g32nk/yfxe/de6rb7z/AOgfP+JdZ/7Ml/w0d/F/9BnXH+h//TR/spH8R/2W3+Czf6Jv9Hf99P8AKf8AQv8A3e8n8A/h3+4X7PV9r+3f37r3QvdC/wDDNX+gf5Ef7LL/AMNxf7LR/B6b/ZrP9CP+y5f6Ff4B/A6/7T/Tz/cj/fl/wn+7f3Xj/j37P2Xlt+1q9+690HOG/wCGEv8AQjgf4B/w1J/sun+zDp/dr+E/7Kn/AKHf9ms/uRjdH8F+0/35/wDp6/0c/aW8H+5/+DeL/lH0e/de6Vr/APDJX+zB91+T/hsv/Zpv4H3P/sxGv/ZZv9Ov93P7tbl/2YL/AEw6v9/1/Bf7ofxf+938Y/Y/h33f3/7Xm9+6908fKH/hmn+43QP+zmf8Nw/6N/8AR5/zjB/syH+y5f3L/wBFX8J2r/zI/wD0j/7hf7h/wT+Cf8WP/IPtfsv7Hh9+690dH43f7Ll/oS2D/spH+hz/AGXX+H5D/Rh/sv39zv8AQ9/Cv45lP4p/cj/R/wD78/7D+8f3vn+x/b+882r9zX7917oifzS/4ZH/ANMeP/4cK/4bI/0/f3Nwf8K/2bz/AGWT/Sz/AKP/AOJ5v+7f2H+l3/f2f3S/jH8R+y8f+Sfc/ceP1+T37r3Q4dT/APDav+zB4X/Qf/sl3+zTf6Cto/3e/wBGH+hj/Tp/stf92trf3F/hH92P9/z/AKFv7o/wX+F+H/cL/D/s/B+14ffuvdKboT/ZBf70bP8A9lk/2VD++f8Aop37/cL/AEJf6Kf7x/6Ev9M1X/pN/up/cr/cj/oz/wBmB8/8b+0/3Gf3t1/c/wCX39+691l+VX+yF/xnoz/Z1/8AZU/4/wD6Q4/9lt/2Zf8A0Vfxb/Sr5MX4v9DH+kv/ACv+/nk+z0/wb/L7+G39j37r3QydN/6Cv4NvH/QD/ot/gH+lXs3+/wB/om/ut/Cf9Nn97sl/pi/vZ/dP/JP9Jn9+vu/7xfd/7k/4r5fu/wB/X7917quXZ/8AwxL958h/7hf8NZ/f/wBxN0/7NV/dT/ZW/u/9Gn99tvf30/08fwr97+5X+kT+FfxL+Pf5F/GPtfN/lHi9+690bj/nA3/ZVNlf9kqf7JPr64/0ef8AMq/9ln1/3/wP+ib+6H/NNNX+k/8Ahn8A+z5/jn232v8AlPj9+690b/37r3X/2Q==</QRCode>
-          <Sign>/9j/4AAQSkZJRgABAQECWAJYAAD/7gAOQWRvYmUAZAAAAAAB/+EJjEV4aWYAAE1NACoAAAAIAAwBAAADAAAAARNgAAABAQADAAAAARtgAAABAgADAAAAAwAAAJ4BBgADAAAAAQACAAABEgADAAAAAQABAAABFQADAAAAAQADAAABGgAFAAAAAQAAAKQBGwAFAAAAAQAAAKwBKAADAAAAAQACAAABMQACAAAAKAAAALQBMgACAAAAFAAAANyHaQAEAAAAAQAAAPAAAAEcAAgACAAIAlgAAAABAAACWAAAAAEAAEFkb2JlIFBob3Rvc2hvcCBFbGVtZW50cyAxMy4wIChXaW5kb3dzKQAyMDIwOjAxOjI5IDEzOjM0OjUyAAADkAAABwAAAAQwMjIxoAIABAAAAAEAAAK8oAMABAAAAAEAAAEsAAAAAAAAAAYBAwADAAAAAQAGAAABGgAFAAAAAQAAAWoBGwAFAAAAAQAAAXIBKAADAAAAAQACAAACAQAEAAAAAQAAAXoCAgAEAAAAAQAACAkAAAAAAAAASAAAAAEAAABIAAAAAf/Y/+0ADEFkb2JlX0NNAAH/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCABFAKADASIAAhEBAxEB/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwD1VJJBy8vGwsazKyrG00UtL7LHaAAJAXoFJklgVZH1i60PWwyOjYB1pstrFuVaP3/s9hFOJU//AIT1r/8Ai09nT/rJgsORh9Sd1J9Y3OwsuupotA+lXVk47KXY9u3+ac/1at/84pPb6GcRL93X/pcPB/zkcXgXeSVbp2dR1HBpzscn0r2B7QdHCfpMePzbK3eyz+WrKYQQSDoQlSSSSClJJJJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//Q9VWZ1bptnUcrArsaHYFFpyMlhP0n1j9UY5v+EZ6z/W2f8CtNJGMjE2N1EWpJAzqHZOFkY7HuqddU+ttjCWuaXNLA9j2+5r2ysHD6zlWfU3ByWO39Szaa8WguOrsl49D1Xf8AFObZlXf8FVYnRgZCx+8I/wCN/wCioJpv/Vcsd0htjG7WW35VrB/Ifk32V/8AgbmrWQMHErwcKjDq/m8ettTPgwBk/gg4/VcXI6ll9MZubk4QrdYHCA5to312Uu/wjPbsf/wiUvVKcgNLMvoSoaAAt1JZPVeq5OH1fpGDS1jmdQttZduBLg2us3bqy0+33fvLWTTEgRJ/SFj7eH/uU3v4KSWZ1rOy8G3p9lO00XZbMfKa4a7LQ6tjmOn27LvTWmkYkAHpL9irUkkkgpSSSSSlJJJJKUkkkkpSSSSSn//R9VSSSSUpcf8AUTDOTiU5trg/G6e6/H6Y0aiHWP8AXzD/AC7P6PR/o8f1P+5K1etW2dQzqfq9QS1l7Df1GxpILcUHZ6DXNj351n6H6Xso9dN9VGCqnqNDGiuunqOSypgENDJa9rWNH0Wt3KeNxwy7y4T/AIHqj/zlh1kPC3cXHdbfn4X17xMzAp+0Os6e5l+OCGusqrt32NpL9rfXr9Wu1n9Rdiud66w1fWn6vZsHYX5OM9wGn6WrfVu/t1IYCBM2AbhPQ/3DJM9vqGmc89T+tnTL78a7BxsDGyrqzltFT3PcK6bXenud+ioqP03f6RCPX+o4u362ZT7XdFyXGmvAaBuZQR+p5uwljftGTkM9++z+ZyKlpfWrpeZmOqfitJFuPkYNzm6urGSK/SyNn0n013UtZken+k9G1Cu6d1/qvTD0nJox+l4gq9J7mWfaHv2gCtlLTXWzHp3N/nH+pf8A6P07P0ylEsZjAnhquCQJ1hj4p8XD/XktqVnfuPEoOrfWCjL6fiZ91FmH04ZmJbTk5ENNoD/Veacdhst9NtDPV3P/AJz/AAabqP13sd0jPzumY5ayq2vGwMm4Hbda6XZEY/stZXj1N+nZ/OWf8W9BGN1P/mKxjsS0dR6Zey2mgsJeTjZLbmegz6T2ux2+nVs+mxB630XqONj3MsdXZisfkP6XUwu9WzIy3eqxt9bm7Gtw6vtO52/31J8IYeIRlXpySiPVoYR4f+n/AN+gmVWOsXt6XufTW92jnNBIHEkKaBgZFWVhUZFTg6u2tr2uHcESjqkRRIOjKFJJJIKUkkkkpSSSSSlJJJJKf//S9VSSSSU85Xm4nS/rR1E9TtZiDqFeO7CvuIZW9tTHV3Ustf8Ao/VqtdvdVu3/AKVN03rnRMPN6uy/PxqmPyxdU59zAHB2PjbzX7vc1trLF0F1FGRWar6221u5Y9oc0/FrlndP6Fi4efmXsx8dlN5rNDWMaC3awV2NgMbs9zd/tUwnAg8QN8MY6HQ8HDEf9FbRFV3J+1rN+s+Dfc93SvtHVrLA1jaaK4oY5u473ZdrKqa/U3/pXOvt/m/0dX+k3W7i0F4AdA3AGQD5OhqdJRyMT8orzPEf+5SL6lSSSSalSxfrI7Jx/sXUaKLMpuDc99lFLd7zvpvxqrG1t9z9l1zN+36FT7LfzFtJJ0JcJur7jwO6CLDQ6Hgu6f0fDwn6WU1NFms+8jdbr/xjnK+kkhKRlIyO8jZ+qgKFdlJJJIJWTpJJKUkkkkpSSSSSn//T9VSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp//ZAP/iDFhJQ0NfUFJPRklMRQABAQAADEhMaW5vAhAAAG1udHJSR0IgWFlaIAfOAAIACQAGADEAAGFjc3BNU0ZUAAAAAElFQyBzUkdCAAAAAAAAAAAAAAABAAD21gABAAAAANMtSFAgIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAEWNwcnQAAAFQAAAAM2Rlc2MAAAGEAAAAbHd0cHQAAAHwAAAAFGJrcHQAAAIEAAAAFHJYWVoAAAIYAAAAFGdYWVoAAAIsAAAAFGJYWVoAAAJAAAAAFGRtbmQAAAJUAAAAcGRtZGQAAALEAAAAiHZ1ZWQAAANMAAAAhnZpZXcAAAPUAAAAJGx1bWkAAAP4AAAAFG1lYXMAAAQMAAAAJHRlY2gAAAQwAAAADHJUUkMAAAQ8AAAIDGdUUkMAAAQ8AAAIDGJUUkMAAAQ8AAAIDHRleHQAAAAAQ29weXJpZ2h0IChjKSAxOTk4IEhld2xldHQtUGFja2FyZCBDb21wYW55AABkZXNjAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAEnNSR0IgSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABYWVogAAAAAAAA81EAAQAAAAEWzFhZWiAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAG+iAAA49QAAA5BYWVogAAAAAAAAYpkAALeFAAAY2lhZWiAAAAAAAAAkoAAAD4QAALbPZGVzYwAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGRlc2MAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAACxSZWZlcmVuY2UgVmlld2luZyBDb25kaXRpb24gaW4gSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdmlldwAAAAAAE6T+ABRfLgAQzxQAA+3MAAQTCwADXJ4AAAABWFlaIAAAAAAATAlWAFAAAABXH+dtZWFzAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAACjwAAAAJzaWcgAAAAAENSVCBjdXJ2AAAAAAAABAAAAAAFAAoADwAUABkAHgAjACgALQAyADcAOwBAAEUASgBPAFQAWQBeAGMAaABtAHIAdwB8AIEAhgCLAJAAlQCaAJ8ApACpAK4AsgC3ALwAwQDGAMsA0ADVANsA4ADlAOsA8AD2APsBAQEHAQ0BEwEZAR8BJQErATIBOAE+AUUBTAFSAVkBYAFnAW4BdQF8AYMBiwGSAZoBoQGpAbEBuQHBAckB0QHZAeEB6QHyAfoCAwIMAhQCHQImAi8COAJBAksCVAJdAmcCcQJ6AoQCjgKYAqICrAK2AsECywLVAuAC6wL1AwADCwMWAyEDLQM4A0MDTwNaA2YDcgN+A4oDlgOiA64DugPHA9MD4APsA/kEBgQTBCAELQQ7BEgEVQRjBHEEfgSMBJoEqAS2BMQE0wThBPAE/gUNBRwFKwU6BUkFWAVnBXcFhgWWBaYFtQXFBdUF5QX2BgYGFgYnBjcGSAZZBmoGewaMBp0GrwbABtEG4wb1BwcHGQcrBz0HTwdhB3QHhgeZB6wHvwfSB+UH+AgLCB8IMghGCFoIbgiCCJYIqgi+CNII5wj7CRAJJQk6CU8JZAl5CY8JpAm6Cc8J5Qn7ChEKJwo9ClQKagqBCpgKrgrFCtwK8wsLCyILOQtRC2kLgAuYC7ALyAvhC/kMEgwqDEMMXAx1DI4MpwzADNkM8w0NDSYNQA1aDXQNjg2pDcMN3g34DhMOLg5JDmQOfw6bDrYO0g7uDwkPJQ9BD14Peg+WD7MPzw/sEAkQJhBDEGEQfhCbELkQ1xD1ERMRMRFPEW0RjBGqEckR6BIHEiYSRRJkEoQSoxLDEuMTAxMjE0MTYxODE6QTxRPlFAYUJxRJFGoUixStFM4U8BUSFTQVVhV4FZsVvRXgFgMWJhZJFmwWjxayFtYW+hcdF0EXZReJF64X0hf3GBsYQBhlGIoYrxjVGPoZIBlFGWsZkRm3Gd0aBBoqGlEadxqeGsUa7BsUGzsbYxuKG7Ib2hwCHCocUhx7HKMczBz1HR4dRx1wHZkdwx3sHhYeQB5qHpQevh7pHxMfPh9pH5Qfvx/qIBUgQSBsIJggxCDwIRwhSCF1IaEhziH7IiciVSKCIq8i3SMKIzgjZiOUI8Ij8CQfJE0kfCSrJNolCSU4JWgllyXHJfcmJyZXJocmtyboJxgnSSd6J6sn3CgNKD8ocSiiKNQpBik4KWspnSnQKgIqNSpoKpsqzysCKzYraSudK9EsBSw5LG4soizXLQwtQS12Last4S4WLkwugi63Lu4vJC9aL5Evxy/+MDUwbDCkMNsxEjFKMYIxujHyMioyYzKbMtQzDTNGM38zuDPxNCs0ZTSeNNg1EzVNNYc1wjX9Njc2cjauNuk3JDdgN5w31zgUOFA4jDjIOQU5Qjl/Obw5+To2OnQ6sjrvOy07azuqO+g8JzxlPKQ84z0iPWE9oT3gPiA+YD6gPuA/IT9hP6I/4kAjQGRApkDnQSlBakGsQe5CMEJyQrVC90M6Q31DwEQDREdEikTORRJFVUWaRd5GIkZnRqtG8Ec1R3tHwEgFSEtIkUjXSR1JY0mpSfBKN0p9SsRLDEtTS5pL4kwqTHJMuk0CTUpNk03cTiVObk63TwBPSU+TT91QJ1BxULtRBlFQUZtR5lIxUnxSx1MTU19TqlP2VEJUj1TbVShVdVXCVg9WXFapVvdXRFeSV+BYL1h9WMtZGllpWbhaB1pWWqZa9VtFW5Vb5Vw1XIZc1l0nXXhdyV4aXmxevV8PX2Ffs2AFYFdgqmD8YU9homH1YklinGLwY0Njl2PrZEBklGTpZT1lkmXnZj1mkmboZz1nk2fpaD9olmjsaUNpmmnxakhqn2r3a09rp2v/bFdsr20IbWBtuW4SbmtuxG8eb3hv0XArcIZw4HE6cZVx8HJLcqZzAXNdc7h0FHRwdMx1KHWFdeF2Pnabdvh3VnezeBF4bnjMeSp5iXnnekZ6pXsEe2N7wnwhfIF84X1BfaF+AX5ifsJ/I3+Ef+WAR4CogQqBa4HNgjCCkoL0g1eDuoQdhICE44VHhauGDoZyhteHO4efiASIaYjOiTOJmYn+imSKyoswi5aL/IxjjMqNMY2Yjf+OZo7OjzaPnpAGkG6Q1pE/kaiSEZJ6kuOTTZO2lCCUipT0lV+VyZY0lp+XCpd1l+CYTJi4mSSZkJn8mmia1ZtCm6+cHJyJnPedZJ3SnkCerp8dn4uf+qBpoNihR6G2oiailqMGo3aj5qRWpMelOKWpphqmi6b9p26n4KhSqMSpN6mpqhyqj6sCq3Wr6axcrNCtRK24ri2uoa8Wr4uwALB1sOqxYLHWskuywrM4s660JbSctRO1irYBtnm28Ldot+C4WbjRuUq5wro7urW7LrunvCG8m70VvY++Cr6Evv+/er/1wHDA7MFnwePCX8Lbw1jD1MRRxM7FS8XIxkbGw8dBx7/IPci8yTrJuco4yrfLNsu2zDXMtc01zbXONs62zzfPuNA50LrRPNG+0j/SwdNE08bUSdTL1U7V0dZV1tjXXNfg2GTY6Nls2fHadtr724DcBdyK3RDdlt4c3qLfKd+v4DbgveFE4cziU+Lb42Pj6+Rz5PzlhOYN5pbnH+ep6DLovOlG6dDqW+rl63Dr++yG7RHtnO4o7rTvQO/M8Fjw5fFy8f/yjPMZ86f0NPTC9VD13vZt9vv3ivgZ+Kj5OPnH+lf65/t3/Af8mP0p/br+S/7c/23////bAEMAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQICAgICAgICAgICAwMDAwMDAwMDA//bAEMBAQEBAQEBAQEBAQICAQICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABEIASwCvAMBEQACEQEDEQH/xAAfAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAv/xAC1EAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMXUnGBGGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbzdSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU1dbX2Nna5OXm5+jp6vT19vf4+fr/xAAfAQAABgMBAQEAAAAAAAAAAAAGBQQDBwIIAQkACgv/xAC1EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhCgSORFVKhYhYzCbEkwdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6vr/3QAEAFj/2gAMAwEAAhEDEQA/AN/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddFlBAJAJ+gJAvb+nvRZQQCRU9aLKKVIHXiyjgsAf8SPe/Onn1YAkVAqOuIkQmwdSf6XF+Bc8f4D3sgjj14gg0PHrsuqi5YAf1JsP9uffgCeA6114OrfRgbfWx+nvxBHEdaDKSVBBI65e9db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddFgv1NvfuqsyqKsaDrg00aFQzAFzZByS1rXsACTa/P9Pe6GtOroC4JXI6rP8Alt/NZ+JvxSz1JsXLbsyfZ3atRRyZQdY9SYlN45alx1PVJTVku5Nymrx+xNm1NKpMv2mTytNkJogDDTSl49Ug8p+13NvOfiHbtima0VgrSt2qhIqONGNR/CCMceincd92vao2+qkU3BFVWuTTj8v29U87q/4UCd35inWo2H0L1ZsgGfI64ex9w7i3VmoqCPOVkWIkio9q5Lb+FfKVmAanllgavWFKvyokriwE/wCx/dFjdYpd25nMVwQCQEkamB5hWFAa44+fn0ApPcCeRpVW28NQ1Ac1I9cGmeGRXomO8f5x/wDME3Fla2vxfd21NjwLWS1gwO0OluvZMRSxSQ01sdT1e86Pema/h9PUafE9RVSVbCQ+SUg6Vlew+6V7Yi1jXeL68u74VrLG+hSPIaW0mo88U4U6Lrjni/aSqfDT06Y8b/N4/mJ4zI4+syHyIGSjhmTJy4yt6V6kNLWwSxxwtQ5CHHbRwmQpcZSyeSZTHUJLUSFQZUReVJ+6t7VxEpDb7iUAoD4yfty/HpE3Pl2jkMwDA+n+x0d7aH8/f5A7Zp8PW9j9Q9W9m41slFNuXFddUW5thb2x+24aWY1cGJ/vNu7cm3Nw7wq50LQwE4+kQRFC7tIpUAc1/dDt7OJ7/Y+Y2W2kGqOOSjMgPwhynEj8VOPl0c2PuFNAqyXm2EQkVD1A1D1Ga5+Y6v8Avjj8+fid8p4aSHqDuPbuX3DVNJDDsjcFLmdhb+qZ6bDx7grhi9j78xu3N1Z6ix+Hk881XQ0lTSRosmuRWjcLiNzRyVzPycHk5g2We3tQWpIV1KQppWqFgK4IBoTXA49SNtu7WG7or2NyjsQCQDkE+WacOjjB1IuDcf74ewrUatFe6ladGRBXiOuXvfWuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XRNuf8Ajfv3r1omnl0Sz5n/ADi6Y+GHW9XvTsKvyua3LLHW/wB0erNnw0dd2Dvqvo8dkK5aPF42uqKSnxeJmFA6SZiukpsXSyFBLMCwRhVyTyjvvPO4LY7BYGRs1L9iqKgVq1K5IwMn+fSG+3mw2eIz3bqanSBXOogkcPkD1qPfKb+a58wflzLl6dt4SfG7o6prWpsb1Dsitx8WXymEYLTvD3D2uqjIbgqcis8qz0eHkxGGjgKpJHUMnnOdvJP3aOUOU7Nd65r3RJN2jjVnRh2KeJ0DIb9pIA456iHe+dLncZzaRuYISToKVbX/AKamVoKceJJ64/EP+U78t/kJtinq9pbGx/QXWFWtdlKHeXaeNr9p43PV1RXxYzIVmI60xzU3ZGcyH2VK0wr8rT4eHIxJAYqmWF1kVZzP95T2/wCSoU2flTblnuFB16IyASMKdZAU4rwOP5dN7byPvG7LNc7jeELUaCWrgipwDUeXHq5TrP8A4T5dLwxYbOd0dy9q7y3KJaKtz2D2DlcPsTY0NRFRpT1OF29Utt7Ib5h28srNIkkmRjyMkp1ST6AsQgje/vb+490k9psLQWVg2aaAz1pQsScV4YApjz6Gm0cj2ljbvFcv4jl61+VAKfy6O51v/J1+BXXO39v4QdOT73q8Aakybm7A3vvTP5/c/nqa2pi/vn4s5Q4bcqY85CVKVKijMdPGxCKpeQtD997we4+5Ty3N7zTO0zilVogAHClBUEetejj+q22Ar+gpp9uft/1Dp+rv5RH8uzI4hcDL8Xdn0WOjXJCFsJuXsLBV9O+VmnqauanyeJ3fSZGKcz1TtG/l1QFrR6Rx7Qr7nc9qQw5qvCfmwYfsI6dPKmwupL2KeIfQH/CW/wAPRNu2P+E+3xPztJXzdEbs7g6Bz8dBMuAWDflV2psiHKQ0MlPQS5vbvasG6tyVOMqaioZqyOhzePqJAAUlQ29jLlj7w3uJsM6C5nS7tVNAJKVI+0Up+YPRJuft9s98hEUrox8vIfl/qx8+teX5NfFf5X/y8uzNm4ntDJrjanPx1FH1b8jehq7dm28PufKJTxV+UxNHlaqnOV2DvmhGPdzhK2qq4Kum1PBJVRF4/eYXt17o8pe823Py3v202/71fjHIAB/vRxQ+RqPyIoI7u+U935ULzw3jeDU0KknHljjwp1sj/wAsr+aVW/I+XH9K/IKnpsN3Qqzx7U3tjKRKbaPbGOp6d66npamnpw0O1+zKTFxGSsoyIqDJGKSWh0sTSxYh+9Hsfc+2dyN/2yTx+XJjpDkgOpNcFD3UGKGn2+vUh8n83x73I9lcyEXyjgVIBx60pXq8QMD9P96PuA47iKX4Cf2Ef4eh6QR137e611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691wd1jQu17KLmwuf8AYAck+/YGSaDrRNBXqmT+ZN/NUwnxUyFb0P1DjZ92/IvMbYXNVGYnpKTI9d9KY6vkngxuX39LHkKWXJbprRCaig25HJDU1FJaqmkhpzH5pc9rPa3defNytp5LZl2FXo7ZBb5Cg4eprw4fIKc0cyHZQlpZhX3FxUV+AL+Kpya04CnHz61UcJtrv75gd0SVEmO3Z8hfkZ2PJQxZjcuf/hn946vbtXl4cHQbpr8lRYejwnX/AFVtl4FhF4KDBUKRBE1VEsMcmfO5ye3Xsny9ZpYT2sfgLUgGsrGhYgA5Zyc0JqT1EU+3X/NG5K9xNLrrqIzppgY/1DHW1P8ABT+Tr1P8bEwXYXdMuA717upWhy9JU1+OSo6v64zjvkxLUdZbby9BJkJaxMfXR04yeXlqqu0RenWkMjqcFPc/3t5k5/v2+kuHt9mDMAtSrspAHdpJHlwBp8z1L+z8m7HtsMUhiMlzQZYAgEZx/wAV1c9HTxRaiqAFjqY3LEngXJYkm1uP6e4V4kkkknoUIiRjSgoOswUKLKLC9+P6+/dW679+691737r3XvfuvdBZ3F0z133111u3qjtTbGN3dsPfGKlw+4sHkUfRUUzkPBVUdTE0dVjMxjahVnoq2neOpo6qNJYnV1B9vbTeX+x7tFuu2XjxTKa4Jwf8x8x59NT29vdx+Fcxhk/1f6vX9vWjP39053v/AC8Pmqm39snHYpdpbwou4PjZmN6ZSq3Htrd+0drb4ng2wue27iMhRl0xCTDFZJJJJchFqgrZRHLLQFOj/KW6bF94X27k2Pf2Yb5Ch4ABRIEqDUEkAmhqFNAaZz1Bs0UvLHNwKKRCTWo4Urw8s0/Lrdd+KnyH238pujNi92bVgrqLH7uophW4vIUc1LPg9w4mqmw+6cB5pQYcpFgtw0VTSpW07zUlYIvLDI8bqffPHnDYLvljmW45fuY/8Zt3IZlyjAeYNAc8QCo/y9TZt+4W25wG5tSfDPkcH9gJ6Md7KOlfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//19/j37r3Xvfuvde9+691737r3Xvfuvde9+6910TYE/W349+JAFWNB1sZNOqr/wCaT/MDofhR069DtGfF1Xf/AGhFkcD1BjMm1JXYvbtRTURnyXaW8cL9/R5Gq2ftBmjEcEVjlspJT0IeJZZJopJ9ofb+89zuYks/AePY4XrNMQSukAkAU4aiABXyz0UbrvFrtMMjzAtIBhQQDU4HH0JqfsPWpF8U/jX3h8y+7X2Ts6aok7E7C3ZVdp9u9q7kwm4KjC4zEZrO0FR2D2XuvI4+A4zI7i3ETLDjMeKrH/d1DJTUbU8NKSmeXPfOvLfsfyfFt2y2iSXTKsSohVW1Mp7+6p0rSp4nhTPUO7ftu68w7tMsswFauHIJCqD8Jp5moA8ut3H4lfC3pn4a9eVGweocQ6nOVzZzem7M9K2W3RvrclRTU1LVZrPZCYKqqaejiihpKdYaSCKMWjMjSSyc3eZN83DmvcpNx3m5kkJkLBdRoOOPmM9TVtW22e2QqnhBpaULcK9G5jVlUKSpsoX0rpHF/oPoBb2SUo500EVBQen+rHS9qFiVFF6ye7da697917r3v3Xuve/de697917r3v3XuqMv57vx8h7M+KFB3Th2o8bun4z7j/v5WZCQUEArurs21JiOycFJLUUrTTGwx2Vhginp3nqcWkYYvIqtOn3a+dJOWfc/bbC7dm27cUdBTgrU7NWfU0JpwPEU6BnOu2LebG1xHpW6Q1DEeVc8M/Z0Uv8AkKfIHNR7v7K+Omf3WKvb+48FS9wdb4iqR6aVc1jf4Htvsiiw8M7TVVJQLQz4mvlpZHVTUVEzwxRqst5C+89ynBttxtXM1tADJdNpcjyHEE+RpnP5dB/28u55GubF5P7IV+R8sdbQPvEnqU+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3UHJT09Nj66oqqqnoqano6moqayqlENNSU8ELyzVNTKZIhFTwRoWdtShVBNx9fbcsKXEbwSAlHFCBxz1sOIzrb4Rk/Z18/f5Sd7bm+bfy+352hgcZLv+PefYP+iz49YbAU9XuVpdgbZzU21Os6bG09PGJjJvTKSS52qZXi8QzDuwsWUdRPaXZNr9tfaSPcbnw0tp7fxZ5SNOlhRgM1JGoKgNRQcPTrHnftw3Df+ZJI7WMiGN6UrXUP2Cnr59bjn8vH4f0vw56JxOy6/Jx7i7J3XVS7w7c3VFT08NPlN2VdPT0lJg8StNDBFFtvZGJgjxeP0qvnjgapcCSok989PcfnHcOe+brvepHMVhGSkcWWqppRqmlDipAXzA8qmbOXrKO02uPUgFxip/b0fr2Cujnr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xui1fLfrDGdtfGTvzrfLpJUUO8emeycC6RwU886VVVtDKDHVlLHVRVFOa2gyKRTwa0dPKi6lYce13LAl27mDla7in/VtbmPPDVVlrU1x/Pov3W1F9ts1mX0rpOaV9Tw61TP5GuF3Dmfk/1zvqn3TSI+39qVx3dDU/xaTHbyw3ZOza+kjm25NR/aRT1mO3Vt6kmK5CjihjhqA0Lox8cmev3mZo5uQtpja2rIW1Bw3DSVxSmQQT5jh59RnyH/AItvO4w8QwpXh/n63SPfPzqXOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0d/j37r3Xvfuvde9+691737r3XvfuvdePv3Xuq+f5pG9N07H+BHynzGz6oY7PT9TZPblJlBVmhkxsG9Mhjdm5SuhrjDNFRVdHis/PJFLIFiRlDSSRKC4kH2l2yx3z3G5V23c0rYtfRhxjuAq1DXyJUDon5jne02DeLmL40gYj/B1Rp/Iq+L+0+0+wt6/Ind1Fno8h0purbWO64wVYKWfaX3Oc2bUyvvCnraOsrqfN7johqoBTVixy4hKeGdI1mnVxkh953nm+gsLDkLatNvs7xDVoJ1ERujAZNACQOAzkdAXkLa7cSSbm7F5mJwaUFQfT0+Z62z1XSAB+P8AAAf7YfT3hcK0AJqfXqUseQoOuXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6DfuDKR4TqzsjMzSCGLE9fb3yckzTJTrElBtjKVbyGokjljgCJCTrZWVbXIIFvZnsq6942lDwNzEP8Aja9M3J0287DyRv8AAetQ/wDkLyJX94ajhKquwke1+oqWnzf2+SyGEpq2qxHY25KEUMsmPioaHJw/wajMVVKlFUClkqIE1iSVDnJ96ICDlTl2BJO6shoTQkdgJoDkCvoQCR8uoq9vx9Tu25TOKFV8uHn1ucXv9PeBHUt9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcXYqrMFZyqlgi6dTkAkKuoqupvoLkD37r3UeiqJKqlgqJaWehllijkko6owGopndFdoJjTTVFOZYi2ltEjpqBsxHPv3XupXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/9Lf49+691737r3Xvfuvde9+691737r3XvfuvdVw/wA2fa1Ju/8Al8fJ/A1WLymaWr2Li6hMRh6DL5XJZWqxW89sZShx9HjsHHPkauWoq6NBoVPDcgzERByB97V39rtHuHypfXjabNb1DIa0opBDEE4BoePRRzBbSX2ybpZxD9SSFlH59Jn+U38TM78Uvi/jcdvKLKUfYPaW4KvtPfWFy0VPHPtbK5fFYnBY7atM0MjzNR4nA7fpnAnAqFeoZJPUmkKfdbm1+b+bbq5ikRrCAlIyvmo8ya5NSR6GgPSPlnaBtm3osgbx6Zr5dWie446EfXvfuvddAAXt+Tc/6/8Avh7917rv37r3Xvfuvde9+691737r3Xvfuvde9+690Rb+Y920enPhB8nt8Ln6LbFfS9O7wwG3sxXUM+Thj3dvXGvs7aNJFjaVlqq+syO487TQQxIbtI4/oSBPyHtk+989cm7aik2k93GZCPiCq6saHNMA+R6KN/unstjuruOni+G3HI4Eeo6oH/kX42rPc+XhoZqL+G41toY3NY+TPeCpxs229g9rVWPjxe1JcbOZqVH3Yn3VRHVwy05npvMZkkhUZf8A3rr60NttFjFqLRxvpwTRXdK1atKnRhdNSKkEUNY/9ul0ma4B75R3fs8h1tvqoQaVva5PJv8AX3gz1K/XL37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/T3+Pfuvde9+691737r3Xvfuvde9+691737r3XAorG5ve1vqRb/WseDY2v9be/cM9e4Z67VFXhRYf0ueOLcf0FvdVRVLkcWNT1sknJ49cvdutde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VKP89vsqj2d8IF2Av3xyHe/cXWXW9L9nR1lQUocPl5Oy89NJUQFYMeoxGw5IVlqCYDJOoZJP0+5n+7ltV3u/udtwt1Bt7MM/AGgC0P8jx8qdAznu5kh5cKxtQswHAHBND0C/wDIu6t3BguuK/fGQpJqLFbmrd3bmhlc7ux7bnG4c5idt7Vzk+G3A9PhxQ0WD61q5KGfG0609RBXpKJJNQsIfvD7+dx5vvNvWdWtIGCIKLVdNSRqHcTVshiaZwOi7kS2iS1BCZAxk/6vLrYW9479SJ1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VYf80f+Yjj/AOXp07gN143bCb47U7KzM+0uqNo5ZMzjdn1uZpI6etzeW3duygoZqTGY/bmEletGOE0OSy6wvHSWWKomhkX2u9v7j3L5oTlu0uhFN4RcnidI/hHqSCKnApwJp0Qcyb1HsW3i8fhrp/xf+x+3qD/LX/mVbS+eW08xQ5DCNsTubZVDjsrvLZXk1YvIbdzVfksfiN77LarnfNy7SrcjjJqK2QigrIquF1IkjMcrve5ftRvntnfg7jMZNulLKjYpqSmpT56s19CPmD1XaOatt3tYxaL3ECv20z/On7R1aSDcAj3GpFOhERQ0PXfvXWuve/de61G/56nbWY3z8mdh9G0G4oK7CdRdf4XOtsqgp6WfKydxds5mrixGqsxs1VnKivG1cNjIYMb9mj/7lVeFpDUenNn7pmxW+w7TvPPe4wCmiVPEaoFFU1PELxrU+gpXHUP883tzJvUW1GUmwpXRQUqc8aV+wVxn162AP5f/AFtP1z8d9oYzIVNNkq6Cgwu26fKR0dZTVFTheu8DjOvKAzzZGsyVfWxV2Q21W5OGSSqql05IlJXVtRxZ5/3IbzzLe3Z4l2c/6Z2Z68B5MBwrjPUj7Na21ttlk9tCqFlFaVz5Z6PJ7BnRz1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUn/z/emZe2f5cnZ+fx+Gx+ZznQuc2l37jaasGYWdqHZFZWYrdgxs2BqKevir49k7oyUqBvJSyCIpPG8ZZTLvsNzGvKfujs+6mo8VfBqDSmomhPqK4p6kdBTm+CG42meOeNGQLqowB4YwD9tfsHWvp/Iw7Kfr354dO4CGurxS9x7T7M6+3Ggx9EkVVPQ7Yrt9bdoqjIVk9PXzQUuQ2zHIiUqzqjzBpEXVqGWv3qdt/e/IFndoB+jMZiTxAlIFa+ueo+9vkijvOyMAa3AoB+XW9xH+heLcfT3zpibXGrfl+zHU3N8R65+3Oq9NGfz+F2thspuLceVoMFgMJj63LZnNZWqgocZicZjqaSrrshkK2peOnpKOkpoWeSR2Cqqkn3okAVJx17rSO6fzG7Pmz/MIxvctZPSz5TN9kTd0Yt58hQYGjxdXgMpj9mfGnZRyGXwmXzlJg4cg+InWqiiNRPJSSQGOM1TBOhPMKx+2/wB3i35YCol/cYZwKMyuC0mRQtVa4+ytQOodoOYebTIBURkGnyB/wf4et13Zu28bs/bGB2rh4xFi9uYrG4SgGmNGemxlHDSRzyrGiJ9xP4dchAszkn6k++et7JK90kjuS7NUkkkmvqfPqYlSNF0IgCDgAMD7B0q/duvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RNPnJ8yev8A4PdKHuDfsGUywyW68PsPaW2sJCtTlNxbz3NHWphaIQahNFhqJ6VqvKVUayPRY6CacJJo0MK+RuSdy585js+Wdsel1ctgk0oKiuRnzx8+i/dN0g2iAXNwOyvQCfBT+aZ0Z822n29QlOqe2RWS02P6e3huKgrN45+jxO0du7l3LmdvClpaagz+NwFXm5qSaShkq1KUf3GoRv6RP7l+z/OHtlMse7WpMR/HTt+LSAamtSM8KeXRRsvMEO/FjbmgB4eo9f8AUf8AL1aN7i3oT9e9+691737r3Xvfuvde9+691737r3XvfuvdUy/zWf5km/Pg7lOo9i7G63irMz2qYtz0PZ+6sxj4th0+D2DvHbjdkbCpcFRV0O6cpv3KbXy0Bo+KWgWlqpZjVCWmEbTN7Ke0v+uzzHPtQvzEI4iSBWp9D6evlXAHDoI818yx7FBChxK5BB86cOh6/l0/Pra/zW6qoqmuio8D3dtnAYbNdt7CxVNuH+D7UTduc3pQ7Rmw+ZzonOaostjtoPM/jqaiSkeVUn0F0BDnun7d7j7Y7zNY3ra9qMuiObjqoF1V/hIY0p8qjHRxtW82+7pF4K0coCf2fz6sbgfyRI/PqF+Tf8kfX3HmgR9gYkDz4/Po5kTw3ZK1p1l9+6p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690APyk63oe3/jt3t1bX04qIuwenOx9oKpgaqZajObUytHQyx0yFXnmp6+SKVEB9ToB7X7Rf/Q7xtLhqEXCNX0AIJz9lR0k3FFfbrlWAIofL5Gn86dfO9+G+6K/a/eXxL7OzNdi59s7A726Tyu85J0ze3JcNSx7rods75rI0r5kyWPpsZT5SqetFSmv7KmlAI0hvfUz3Vcbn7W3LRoC7bSlKAE1EeCK1HHz6ha0YR7lZFSAPH8sefy6+lrQ6RSxqrs6oZEDMQxOiV0/UpII44P8AT3yhj+E/6Zv+PHqd5PixwoP8A6l+79U6o3/ng/Id+vPjjjeisUs38R+ROVzOC3Tkf4nl8RHiOpNsUDZbfTJXYmsoJjJuSubH4IwPKIZKTI1LOGWMqZu+75yP/XDnZN2kRWs7XiGFU1KSBg1WuCTXNQOghznvP0dokaGjkeWDj7OgH/krfGapqtp4fv8A3RTZW1Tmq3ceCjzeNxzfeRSYufCdf1OIytBXy1MuNhwddk83XUuRiFX95m8a4jiNJGwEv3jOemv+bZuWYJw1nCNICkldQy5NO3yCihPA5yQCbkXY2hia5cENWtTxPn5/z+3rZAt7xs6kjr3v3Xuve/de697917r3v3Xui/4T5T/HbcvaMvSe3e7OrM/23BW7ixtR1xht84DJbxiyW0Kehq92UBwVJWS1zVm2aXJQvXRhS9LdxIFMcml1re4VPEa3kEf8RVgv7aU/n1QSRk6RIpb0qK9D+CGFwQQQCCCCCD9Dcfg+2ur9d+/de697917r3v3Xutdf/hSTW0OM+GXUeSlo5ZMtD8rNkUmDyUNJUSPjZsh1x2zTV0K5CmlibFtlqHVApfVDOxEbqQ1xkj90TUfeLdc9o2tiB5g0XK+h+Yp0Afcyv7kiofLqjj+SkDnf5i/xhmq6hUagfveuoaOTxVNRPV1fTO5KbI5dkqDM1HHDFFFDaDSS0yXbQCj5T/eiZh7ULK4LSGdBU8cuBxOadRzyCzf1lRQxC6OHlw9Ot+/3zH6yE697917r3v3Xuve/de697917r3v3Xuve/de6oN/4UJfHhO0fiNt7vPFY+bJbu+K+9aXecVBS08cs+V2Fv803X+/aCWWSopBTUmNbIY3NFy7IHxA1IRyMg/uw89ryX7rWQemi5gKZ9STT5eR8/PoFc/7YL/l+RwtXRxn0GOqrP5HfZWX63+Ye1NiZ0yR0vcPXu9dkVNJLV1UdPi9wYDD47sPb0sSiop8bWyV9JtzIUiXgnm1WKSRr5FfJL74mxR7z7f7ZPoFIrxpiQBWkzDieIANPPNOgv7dQm03aeAvX9FTk+o63P6e3hjt9NP4+nvnVjgOA6ltKlRU56ze/dW697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UKrRJF0yC62uw49Sm+pSD9QwFiPyD7bafwFmYjtVAa+XE9aOVmX1Q9fMs3/AI9utuy/knsKTEZSpfYXb3em1YRlK+n11u3dq7z3b/CFlrVp6qnaHF01KkdVHNAyyy07IyujsrdcOT4Yt89sNruEkVppdkhVQpBLaI6HSBk086Vp59Y8T/pTQLIAr/Vvg4PxcaHr6SPTGfbd3UfVe8Zlihn3X1vsjcs8EARaeKbP7ZxmWmSBIwsaQrJVkKFAULa3vlBuSeFuN/F/DM4/YxHWQVtT6eCnDQP8HQgZHJ0GKo6nI5GtpKCgooZqqura2ohpqSipKaN5qqrq6mZ44aelpYI2klkdgkcalmIAJ9olBeWOBBqnf4VGWauBReJqcYHHp1iEGpzRfU460n/kDudv5l38xTFY/asVPU9Zdgbu2/1VtibKVcz4dOkOtcxX5fdu8WSfMU5ipe2MdHkHpPsqaKOVqygjlM7IrHPblfZG9nfYXctzZlTdLweKYz2uHlAbSVajVXVmoqCDw4dQ7dSR8x81hAwMEbFdVajtNOPDy63M+t9qLsvaeLwAuGpKaLyIyY9TDI63amD4vG4ehmiov8xC6U0R+3ijBHFzgSeJPz6mP06Xnv3Xuve/de697917r3v3Xuk9unFDN4PJYg5DIYr+KY/I4z+JYmVYMpjxkaCpojX42ZklSHI0Qn8sDlWCSqDY/T3tbmCxeO+njDLCwYVBI4+dPIjB+RPWyAYrhTXKHhx/Lr5hG6Ml2l8a+2tz9dZGpy3Wnenx/wB3Z/q2qzuIylYmWwm59opkcSewMNnIZIfuZN+YfKRZGerUxTZGhysjftCoZB109vo+WPcb2q2q2lth495bsFBoVrGB5edCR9nWM1zcy7bzPcgI1decEEfb6eY+dOvok/y9/kc/yw+HvRfe9fR/wvcm89k46Le2KNLVY9cfv3bgbbG9oqWhr0ir6fFT7lw9TPQ+ZEd6GaF7WYX5Y87cvXfKvN2/bFdvUQzsEHnoxT7fmesgtlv03GxjmRgaYNDWhp5/Po5/sMdG3XvfuvdcJFDrpJ0i45H19+691rT/APCk/dFdjvjt8ctt0OQkpqbN/IPNVuYpFqqSNq3H7a6m3y0FQaOqil+5WkzGYpUSVSjU08yOCLgHKv7nVu7e6e/XQjJiTajqamFrp4twFft+3qPPdB402m1QuokYYFcnA8vPqon/AIT+4zIZX+YjtOoTET5SLa3RndO4pcvNlKejo8FS18uz8AKqPFywrV5evymTztPTxsG0U8RlkYMStp0+9xvTp7Z2ds4ZZGuEotKEgVP20xWvpjz6APt6jPzPVVJpGfKvl/q+zj5db5sbMwOtdBBsB/X/AB984Osgesnv3Xuve/de697917r3v3Xuve/de66uB9SPfuvdFz+XOx4ezPjF8huvJ0eRd59HdqbdiWOoWldavKbJzdNQVENS1lpamjrnjmilJHjkQN9AfZhsO4NY8x7O4JUCZG1elHFftqtaj06K93jaWxnRULdjYH2Y/nTrS2+Dm7pdgd6fFzsaU5zb8mM7B6kgzUFNSxpXZHDb4mxGzc1RZekWQU1T99iN0yPUsq8lmlUgfXqP7k7ZHzR7N87RTlVmj262eNWwXKrq7Qctw8q06hrlqWOHd0aVwvfTJpU1yPt+XW+bRi1NCoN9K6b/ANdJIvwAObf0HvlOGVgCpx/mx1PA4L9g/wAHUn3vrfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UCuDGNwieRhGSEte5Aa1wOfr/Tn/X+ntLfqXsLxFFWZCAPUny6tH2u7nC6eP59fOq+YFPHkv5gvz0wde709T/s0PYlH9kklNTSJi8/QYbKROIDPlosa8tNljUukrEy+VqhoofL4E6r+xF3bTe3HIssdwrJBYzpIQfgbICtgUPAU8uFTxOPfNkbLvdChFJtRBFKAnBp6U63mvgHug73+EfxJ3LU5KlydTX/HnqiLI5CikZ6efK4zZ2MxOUCvKqSGSHI4+WOQMiOJEYMiEFRzW5ytprLmrmOC5hMbreSkqRSgLlhj0III9Qepu2m5gl2yykSYMhTBB40JH8iKfl1XR/Ok+br9I9ZN8YuusngD2f3ttfMf37qMis89V110JkzW4DcW7YacRigkym9Vpq/CY5qiWOOmYVNY1/tBFLJvsB7eS8680xb/AHlq42ywkUiSg0Ghqor6DDfkB0R85739HZxW6yDxXU0HmRjI/wAHRdv5JvxKqZaOr+Te7drZfEPnKfDr1m+RxdK8U/VkslTW4zFUlTVeb7D+8GUx2LzkyRR008NFjcNH5RHUVULDH7xXuLablfDlrZ9xjudugLIxQkqJAdLV4ZWhXhQEtmo6K+TeXpbbVc3cBjMndkU45/y9bNQ+nvF3qROve/de697917r3v3Xuve/de6iVYOhLC5D3H+vpYD/e/dJY1mgngbg60/n1oMVlgx2as/IUPXz9/wDhQ51JT9W/zHaremPqMfDiPkb0rs/tWox1FTwUtbQ7z2bWz9T7omr44iZqtczj8JhatKiVEeRjNHyIg3voZ907mR7vly92XxQ8u1OojFclbjWxNPkU0+fD8uog9w9qt7LdIr23aouQ1ftWn/QX+Hqz7/hMl8k6zN4n5L/GPM56orqjaeX233jt2DLz0tVVSU+/BJtbfJw9SkaZKoxFLm9tUEkxqmktUVwMQRdQ9xV97Tlmw2q927m6zcPczI6TUNdDgllVh5Egscfn5dHftxPC1nfWZlH1BmBVPMjSAT+XDrbSRw66lIIP0I+nvElGDxxuODKD+3qR2UqaEUPXP3bqvUaoZdDLqGq44vz9ffuvdamH/CnfcKQ4v4b7VikqZK2fP93borkp4anVR4Olwmy8Qk9W0LCklpa3KVUUMavZtbBrGxvmb9zIad69w7xsW52/ww3kXOAv21UgfYeof92JUa52WJSCwXgOPkD0WL/hOdTTZD5mdkZGlixU8eC+K+UpsrXiZEyUFdnO19sHDUtNS0yTRtRVFBjZRO87wnyRx+FJDG7IN/vmuP6q8tKD3Tuvh8O/ShrT7Dio88cOkntbBKd9uLkRt4GgjV5f6vl59buKM7X1rp54/wAR/X3z76mvrITbk+/de6h/eweYQ+WMk3UAEkmQI0hjW3Bk8aFtI9WkXtbn3pWDglDUD06qzqjBXYBvTrMtRA4VkmjZWF1IYEED6kf196jdZUMkbakBpUevp1ehILUx1mHPI+h92611737r3UaZGZ4yoJCnn/Dkf8U9+690hu04ZqnrzftPT6PPNsXeEUHkBMfml29ko4/IArkx62FwFJt+D7tbKTum1MVJQTCv8uqP8Fx/zTP+HrQy+KNWuL7C+MEY/g+TlyvaXQMENPmoBS4x46nsDZKrWPShitIaZIvKgLEROArWIsOrvPX6Htruhn1KG2ZACOJ/SPw/P0+fWOMf/JWtf+etv+PDr6A1KwMKgk6tUpIYWb/OvybWuT9b/n6++S1mCsFGBB1v/wAfbrJI50/YP8A6k+1XWuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UeZW9TL+IyPx9b/ANCQD7pIC0YVeOoH9nVqjw2XzPWgZ/Mj2Vtvr/8Amf8Ay7hppMrPBvPeO1Ow66sfHPGaPO7w6m6+q8zS0L1DCOqp4hHTxCSILEsrkSaZA/vpN93GVJPaq10Go8a4QcfiD8M/l8uoJ52V13+bWKMY0P7Qetkj+XV8l+qemv5SfVPb2/twfwDY/Se3t77Kz08666ySt2F2XuXaWH25haR5J567ObmlkoqSgg1PPNU1cau7EtJ7w59z+Xt3vfeHdNjsrXXcz3CagCDp1wxkas0pmuDgY6HnL88Nnyxtt1dvpg0sa8cCR+AFTn7P5da/vTeN7L/ma/NjJp27Qw5999Zyi3n3hU7TajxWN230nj4q+g2J1Rhqbde4JKbC5rcmHxjY0JTS1ErvBlMzTxsyF2yp5kuNi9jfa/8AddpfCLmieBdKFXY6yKszFQVxk0JFTQdBfTJzVzDG1uvibfG3H4cfINQ/y63g9lbPxOysBjsDhKRKWioaGkpkAKM8xp4I4TPM6KqvNIkagkAKFVVUBVUDn3uM0m4GSdiTNIxZq+rGp/mepgRViVEHBQB+zHSy91HXuve/de697917r3v3Xuve/de6wTxtIFC2uDfk2/Hv3XutQv8A4VT7Cojgvg/2YlHItdRbw7p60bIU81JE7/3j2rtbdVHj62KzZLIUMtPsmtZEjXw08t5HZSyrJlx90a+kXmvetphFZrhInA9Vi8XVnhgMDxqfLqMvcmNhBttyR+iniaj6V0UxxPDy6oF/lp/IrIfFP5fdN900uX3DR4fbWSfB7629ghUGDfXXO5WixW69pZSOmeNJ4qZJ4c3SCfVAMjh6e+kFr5Ue8HtxBz/ynutttqLJdlGkjrQAMgIr3088HzoTToB8rb5BtW82l3NMVsnQjVQ8SfQCv8uvpj7R3Rht24DBbk23l6DP7b3Hi8dnMBncZIs+OzOFy1DBkMblKCdCyS0dfSVCyRkE+lrfX3yha2uLWa8tLiAxywStGVPEFaAj50OKjGOp/jvElYanGp+5fmp4H5V9DnpXe6A16VdNk/8AnX/1/wDiB7317rSS/wCFJPacG6fmL0f1dR1dLUwdSdLZbI5laKvZ5qXcHZm74qkYnN0MD+JJIdu7SxtbTrMFkVawuAyurDoP9zjl1bfljm3e7uPRbzS0DHIKoCcAZ+J2BNOI+XUD+6V1HFvW2RSvnSKcTxNfL/L0e3/hNj1lXY7YHyf7NyWHNM1VvHYHWeEyEz0yz10G2tsSbwzzGKJI6h6J6/d1EIpHJjfwssfCMWjb74/MQ3DmrkfYNvlL2dpCxkFCuksCR8QFeA+GvHPQt9rrZ4LK6vJxphLUBwag1rgZ9P29bRkMhdWZ7cH8D8Wv7xB6kvovfyh+TXVnxO6a3f3b25l8pjdm7TgxqTxbewtXuPc2ZyucyMWIwWA2zgaNHqMvnMxkJljhhXSqqHkkZIo3dTfZeWN15u3O15d2m3L3903hqAQvHiakgAAcT5fs6L9yv49vsrq6Z6GNCfXrQc+Sn8wzur5Od0bg7H39u3f+2oc7RUI2v17szsDeGB2n1hg8bZGxG159s5DFNR5WaKtqf4zl44jW5SMeORzCUjXqByZ7Dckcncr7PabvYJNuU6frF1DEMRwrQigOABgdQPv/ADjvU7SHbkLTAjSBjAIrkkfhqcmp+09bU/8AJg+Ye4e/Oocn1J2f2bkex+0+r4zlqLN7phy02+dx9b5eeCLGZbdG4K+nWg3Pk8NnnqaKSqppA4gamSWIFRLLgt94D27s/b7nFf3YHTaZxULpOnU3Cn2eXp1KXI++TbxtgNw366YYeY+31/zdXgByyKIipcBbg/QC1j/vPuESKYPQ26ylgoGo2J4/1z/T/X9+691y9+690HvaDB+vd/aJSh/uLu8CVEMrRsdv5GzrErIZGX6hQQT9Lj2ospUTcNtDcfHU09aEdNv8Fx/zT/y9aJ3xBqlftz4meKE1VNku0OgJKGqpoKWrECtuna1Xfwx5HGGdFjjkR2RapacAtIraCT1P91biL/Wo3ScP+nBtMWs+hePt+Zr8q08+sd7aGR92tWRar9W3/Hh1v00qx+NZEFr6x/bFvW1wNYDHn8/n6++UkYon2kn9pJ/y9ZGkEUB40H+DqV7c61173oMDWnXuo81VTwIzyzJEio7s8h0oiIrO8kjtZI40VCSzEAAc+9SMI9GoHuYKKAmpPAUFetqCyGQfB69E96D/AJgPxD+Tm/d29YdHdz4jsDfGycW2ezmHoNv7vxkT7fXJzYX+PYLK53b+Mw26cKcpTtCKnGVFXETZr6GViLN+5I5q5Y2613XfdnkgsJvgclWqfQhGZlPyYDouj3Xbpbie0julNxGCWGcAcc8D+RPRxYpo5kWSJtSPyrWYXH9RcA2PsKg1APkelsciSqHjaq9Zffur9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdY5VDRup+hUg824I5/B/Hv3XutJD+ejtLLbQ/mDncOUhQUHaXUPXuU2tHSNE0eZxOz4cxt3PDNR0iUs9NVYzNwKiSzzSSzxTxBDaPSOhv3W9wttw9ur7a7ZmN3t1zNJNUUAWUqU0n8RoMigp8+oQ9xVNnvAvJxSCSNAKZNRUHHRCD3x3t2f1P1F8Ydkz7u3htLam+N5bl2vsWiy0FNF2V2p2HnKWPZ2DzS0+OlrKmm2NSQuuIqJmqJYKitq6t08cFPokW/wDb/lnl/e+afdXdJAdwEcb0NCFCRIBp/wBMApIxkDjTojg3y4kjsdh7jGx7QBUdxJz6cT/qJ63Vf5dHwj2n8PehsTtSehx+a7K3RWrvntne09PSTV26N+ZPH0ysKeoGHxlRDt7ZdDK+GwtPYiDHxM92lqpyed3udz7f+4PNe4bzK7fu95W8NGqNEde0BakAmlW/IeXU6bLtNvtdlaIqj6oRjWR/F558/kerFALAD+gA4+nuPujfrv37r3Xvfuvde9+691737r3XvfuvdY5RIQPGbG/P+t7917rWz/4UubCqdy/FHoHdlNj8rkn2L8j1FYlCKdcfR4/dXVvYGInyWUqJ4WNN9vVQwrAEdXnZ2hQM8ilcnPul30Np7swQy1rLZTUoK5AHn5cegD7i20s+wO8YFErXPrT/ADdaUeHov7u7nwrV0UEkNbVCCnjq5GihMsqr4nDw+t5EcgiJjob6H6++kdrbP+6YAKapBJ5/h1kH8+oDnjkfZYmtx+ujf4OtuX+Ut/Mup+pUx/xu77yr03U09dRnqns+qnhfF9fZbcuWqIa3r3dtXPXJVUW2q/PZSj/gC09JNS4pJ6lKmrjp0po1wK+8X7BMf+RhyirLcgVmhIKMzKa60Wh1Ag045pgV6k7knne0nitrLcGlF4vaOzFMU7q8P8HHrarpcglXFFPT1KTQT+qCeNlkhmiZRIs0MseqOWBo2UiRSUOoWJv7wxeUozrJbSxlcHUtAD5+fU0m4gcB0cBaD9vn0gO1eztn9Rdfb27R39mlwOzOvNu5fd27My0TzCjweBoJshXyxwxJJLUyvDDoijVdUszKi3Y29rtvsrrdr7b9u26Ey3V0wEengSTQAnyz03eXMFjbi6uH/RIrjJp9nXzavl53vuf5WfJLsHuTckGMjyW99x1uUpcRjxXKu3Nvy1zw7ZxOQ/iLeSPJ4zbkVHT12gywCanJjbQLe+vPtbym/JvJvL+ySRhJPoohcCtf1SgMlDQVGstThjrGvfNztd1ud3mvCxuBPJ4OKjRqOip/CdNMeXW7d/JU2HPsL4K7VNR9u6bz35v/AHjQSxLKatsbV5WLC0S5KoqUWqqakrgWdC7SaKd44wVVVjTnj947cbe+92t6S3L6bSONG1CgqFb4cmoyK8Opp5HtpbblVfGC1OcGuDTq2zyOiMFYgWJOkBiePwD9TYe4IZihACkmvkOhogq6D5jrTp/nJ/LiP5NdxY7pzrXcVLleneiKvO0ufkxMeSQb17eMmR2/uZah3r48Xk9tbBooVpscxpTLLXSVVRDK0DRF+gH3Yfb79z21xzpzBZFboqGgrkLpFQWr8Nakk+mkU6hPn/drubcpNu281VcP5fbT16VP8uX+T/tT5FfF7s/vbtenpIK3vLZGb258cE8VDVQYbGUeTwec253fV/xLHSVuIzuZ3jtgQQ0ojSMYHyPKsrVS+MKe9H3kt4i552uw2NiNvsbgCYUoGNCunj3L3A4/FTyFOhBy3yrDc7Q9xcxDx2jNK/Yc/tFP9Q6IX/L5723N8QvmJ1rn92LPgqrCbzy3x07828teMyuFoazPQbS35jaj7TLUVNWT7F3jiqOtaoUTqkdD6IjcaJo92Nqsfdn2uTe7OCNtzjtFnRqgGsalqVofiFRTzB6B/KO7x8vbtdR7grrZlylAtTqcjQaVGK8T6db6UFeEDRh5HlgiT7nQolYccSvpAIRwpYMVUMAbe+X8InjhuPqUIZZGofVfKnr5VHl1OhuIgqEVJalKCpp8+p3nZ/qxOkK44H5+lv8AH3eJ454xJC4ZT6HP5jy6ef8ATRHkNA3CvHoDO8PlH0R8a9l1/YffPam2OrtnY0RGszG5qmRChmq6GhVIsZQwVuYqnFXk4EYRU76TKpNgQfZntuz7vu8/023bVcSzUqAF4/nXpNLeWkFPGuEUnhU8ekZsn5c/GjvJqfaHWfce0ty7i3xtbeWU2bhIqubF5vduB21FFjty7k2ziczSUuUyu28BX5KCCpyKUz0Uc0gXW309uXOw7ztO52TbjtssPhTLqDqRStCP2+Wc9MJfW1wl00MmpRGRUft/wdajnwCrqig+UnxdyGPjq0rcX21t3CRGuhp8VQ10DQZXEZuinymPp46WGE4Wukrqdgn2la8aW0GQAdJfcm7gvfZHnGeEN4f7ss+IoahR5fb1CmyE3O6RLD8SXTMa4FNXr1vFUUwSJBd/CqsEDIwfSGOjUpGpW0/UHke+YkYHhxkkAaV40HkOp/bS7alYAEDifkK/z6Lp8q/lj1R8Peo8x3P2/k8tR7YoK+kwmMxmAwdduHc259yZFJ3xu3Nu4OgXz1mRrVpZXMjtFT08MTyyyKim4i5W5X3nnPebbYeX4Fl3CX4atpQfNmyAK4rn5A9Fm77nZ7Ha/WX8lIf6Pcf2DoqnwU/mj9VfNiL+DptfdHUHZKwUNti7vq8Rk6fO10mBqtw5un2Pn8Y8Mu46fatHj5/vppKKkjQhdBckqBt7ke0PNvttt0d9vFtG8JXLRMWKsKVVgQK1JohHxUrQDpJtXMe1b2B9AZK0HxLprX8z9vQG/wA8n5JZPqH4c5rrXauRbG7y+Q1NuPYJrBX12LqcTsOhwzZTfmSoK7Eymqhy1bRtTY2kBSWnmNe8cgsfYk+717fDnrn+KO+UHabUCY54sAdCmoOKgkjBwD0Rc8btNt2zNa2Mg+qaoNTQU4nP+rz60+eoN3dgR7pxn+hiqyuB3f4NvYunm2xmcpt/K/3Ixu7dn7ry22YKbByRtV4y+0aEDHxMlPL4Y0kTxFgegvPPLmzb3y5uW07xtsXhrbymIgA6X0NpbhihPHy6hiwurWKfapob6c35mTxaggFdQqK1zX06+lXiJTJTq+l0Wd/NGkisjpHImtVaNvVEyggFT+k++PSyNJc31D+ikmgf6ZcN+VeB8+slbNQlrEx4Pkfnkfy6efbvSnr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WOVgsbkgmyMeP8AW97Ar1V2CIXIwOtIv/hRxuLZ2M+cHTr4hqV925D4vTUm45MTNQUuUoKqi7Hyo2pNnaqJpMlMFxuRrTTUjeJYwyzgPdWjz1+53DM+x8628kTILrCMw7eylc5rXypXqEPceVNyuoLeAaXRVJrwzXGCc/lw6k/yD/i7g+9d+7o7T3Viq+tg6m3TS0FRUx5aaLakO3dxbPjqsVh58L93LSbm3bvIVcsNRJPSxvhMJSSaJnfKhYU33mufLnbLa02W2DLDdRUIx3MhVCxFcKlKrx1FhUDRlZ7e7Xb3d1uU1wgZ006f6PaPP554dbtNPGkUEMcaqiRxIiKgAVVVQAqgfRQB7wSpTHUwxAiKMHjpHWb37pzr3v3Xuve/de697917r3v3Xuve/de697917qjn/hQTs4bt/lu77qI4Kesrdn9qdPbtxtHPC0xnyFNvKnwlP4R5I6dZokzskg858ThCp9TAGbvu6btDtHu7y5PPE7pJHNH20qC60ByRgedM06CXO/8Ayrd99g60xfg1htn9g/MDoDqvtTFy5bYnYHZ2F2buugjr/wCHTGDNxVFJjHpKh9DLWpkADHocTCQIyK2ko3Sf3Gvtx2n263efZJ1i37breScSMKoUBLaQOJNeNQBTzHUD7FELq6s7Nx2Px/bTq375ffyl/lJ8Uqvde6di4bIfIXoWgq6HK1W8tppjMh2Rt/Ep5sjkMhvPp6GjpZW29tCRWjmq8NUZSWaljjnakRy8aY68j/ef5c5yj2215ss5Id6YaNTaPAKgkJ3FgdRNa1X7K9DHmXkfc9qcX21wq8YiBOmtagmuKfZ0S/qf5rfJ/wCN1PlMb0J3/vPr3H4yprcRm9tVrUm5tlbdnr8jUZ/LtJ1l2bT5Tb+1t1TVOUWaecUVHWGIKrExgqJJ5i9rfb73AkG7XO3wyxSqtJbdkWoUUpXUpNMhgcVrx6J9r3jmFbJFljkRwWqrDIox/wAPl17t/wCT3yT+VEdDiO+++M/v6koshjYsRsyvqsTQbMo87TxyimpKPZ2Diwm2cpnKv+JvKlfUU9Zl/tpkTyNA6hm+VvbT2p9uLqPcIrbwruI1V5ShA+0hmx8hj8+tncuYNxne1ldjCpoAa4HH/P0CGyupJ9p9zblpuxsLXYzLbIzU2Fqdv5ih8dZidx06yU8q1uJlFP4MtjJK2J4xLEzU3pkEYIUiYIuYtu3COG/sp1ntZhrEkZBShzUGvDoM3thPDuP0UpHjOfnivrivW89/K0xxxPwL+OlEWEg/uxuLIRyiOnjEkGU39vHIwkLSySwpqiqVOkt5ASQ/qB98mve+5jk92fcNlWnep/4z/h6yR5bXRyxGpOQtP2GnQYfzdvmZlfiL8Zqqn2NJVQdvd1zVvXfXGUSojpKDZjTUTS7l7Cy1V54Zli2zi5gKSGLW9VkpqeKwQuwXex3Js3PfMdkpiQWNoyzTeIKh1Rg2gAA11hSM4xmlahzmHfINk2trp0ZppBpULTUGIoCakYBoTTPp1q8/BL4q5n5h994Dp2WpFFsuvjr919hZCkaSkOG6hw1VhsNuykw9XHW1OSw+4M1/HaPGYJ2ingWaokkc3gv7z398vcK19v8A2+/d22oq3V7A0cYSgKMwwSCRgCpanlwr1DnI9pdb3zDc3l4NUSNVga1I63wtuYDHbX27hdsYfG4/FYXb+OocJhsTjIFgxuMw2Lp4qHF46jp1jjSKnoqGCNFUKAAvH9PfKy8e7vmvZ55QbmRtYY14g6iT8yfTqfY4FUeDbgKh/wAA8v2CnWoV/PS6IxXUXyp2J3Xtajqdv43vTGz7qzU+NimgjHbHVWY2iuXyGMyFHHI2Jyu5tp1FBNLEViWoqKWWo1s7Te86Put84R77ylvPK24MzTLGwjVqECNqilK10htQH9EgeXUM88wW6bxaz21sywA1c04uDilDx+2nVKHanzx7zzvyh3b8ko+zexqDe2X7HouwMBRLvTJ02H2guBkkptobVhwdI0O3c7gMFt2ioqGopq6gkp8l4ZZZY0kmdjkRy37J+3ltyfc7HvG2GWaRdKugXBI4ksQQeJxWn5dEV9zdu0F6l7ZvSLTp0t+3yx5dHVzX86P+YJ3NtmPb+a7/AMTsjB1FLH/e/J9fbKwHVOZExp0qTTYPeuKyVZuHamOWkpJZJZErGqXMjBJI1CKI92n7r3tJy1JPuF9JI9TUCYgp65AoGp/SBp+fS6Xn7dN0SOAyCOVeFOLV4gU/nw8ult8Zfgd8ivmtkj2NsbYm3YqWesx+F3d25vzcZ2tS08WfnoavLT4sjD1e7N5ZM4mc5L/cdSR46QtBEKouyEoucfdH239s3sYdht4r2/8ABfT4KqwjKkACUsRSpOOOAfQ9KbTlrmDmaeG8uZ/AtocUfUNerJK0BGKUNacetpb4d/yz+j/hkM9u3bC1HY/def2m+0sx3Ju7F4aPdDbcjqnrk27t2Oloppdr7fqKiGlerpkqqgVk9JFPKxlW/vCDnH3a5r9w96t73doYV26K40hI6qQuGzQANQk5J+ynDqUrDZoNtt57aCTBjJLN5mlMenDrVI+JnaPWPU/fXSm9N973G09o7E7Nw+4dzz7ckr6uooMPiUzPiwyYamxj5ysaOvSnpZY1pkrZI1bUpUtfoTzxs93vHtFu+0bDZM17uFhbCNDQEFQNRbjQMPhpX506hvYpI9u3Ge4uGqgnfA4/Fxz1e33P/wAKAvjVt/A18fRXX3Znae5JMXHldv5DdGGbrLr6qiSdFqEyNfWVGR39Q1JHphpWwEbzSSJYrCs80GIPKH3YueuYp4YN8jjsrA0Gpw5OBQ4VacR5mlOhrec8WKTMYYpm4eSgYA89RrXrVI+bnz07y+WfYtLvfvHfNRlsZseu3P8A3M2zjlXaewNm7d3NGseQhwmznyFTStkKrFY6mpf4zkKyfIzxB5GEBkaFc7PbX2Y5S9p9ujex0PvYQD6hvgqK0JJGqgrgAY6ivmjmDdN5luFRibatFXzAH2YzxPz4k8etlL+Rj/Ly3Ds7HYr5r91oaHcO6tv1bdDbCE8zy7d2fuijSkzHZG6A0KUlRn94UdKseDjg9ONw0sr62Ne8UWF33mvdmbmjmg8rbcQYIHKSsKeG0kfxUoSdOoHyHoaEHqXOTdluNptLW4uZUbxIkYAVqNSg5qB0Rv8Ank9+w72+Wm6etHrqWfbXSvX2E2ZRjGVNZSVDb/3NiZN8brXJZYwLEkeNptz4ZTTQ+eMmK0oRuPc6/dO5fFlybc8xyrS6mnIqeOkUjx8sV/b0DedhdXu4tYx3SBkWpJJpjJAx+zqqTqzZeMrsrit24aqn2TTZybDUePXH5jILBEuS3Jt3FJBi8vIi1yVEkVY0DSylBM8vjcBWUGeOfLqOw2fer2RSUhtJnIHHtRjiuK9R/tqGXcbBFwWmQZ+bDr6UeNQLEmmPxCNvH4iVOjQugAaCVtpUe+M8SNHLfIzAs0zSVHo1D+316yttW8S1tlC0KDNfkCOnb290o697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdF/8Akn39118aeq90dtdp5Gox+0duUEeqnx6ioz+5M1XTGnwe0No4wyQyZvde5K1RT0lLG4bW3kcpCkkiGmz7Bf8ANG5WOy7VU30kykChI0g5rTgPU/lQkgFLuVxDabbPczHC+XAnHAf8V185r5dZ7d3b/ee8O/twY6goN0919wbh3dmqCnkp1hxmSqKPHR7c2k9VT5CemrKfbGzsDT00zjyLJPHK97sffWD205Nn5K5N2naott0SIG1y6viLGpqtK/z+ynWOe4bw29btNObUxKaCpNRiucAdbQf/AAnVpqen2J8jaHBJFBgaTfGyaTMUL4bcNHNRbzTaFTVLWY/L1MlTtfcGHy+z6zHO7UjRVtHVRmKoTxvTu+Gf3tblW5o2a3W2KhIhR6ijKxUk6aVFGBAzQ1PmOpJ9u0EU26qrh1qM/wC1HzPz/Z8+tl+MWRATeygX/wBh7xZY1Yn59SWnwr9nXP3Xq3Xvfuvde9+691737r3Xvfuvde9+691737r3VZX83LblNuj+Xn8osZWUdDWQ0+wafcC0+Rr6fExSSbd3ltXKgwZioaJsNWmKF44auKSOWF5QyMH0n3IftJci09zOUJycC4pT1qP+K6DvN1t9Ry3uZ1gaVHlX1/zdaA/xy3nF118gukd+RFHxuze2eutz7lTLRz0Uubwu3Ny47KV9KnhE8+AylfS0jwCeDU1NrOvVEWB6te4Nk97yxv23wSd1/tTgPSojJqMivd+0dY+bJKLOezviuoI+nTwrU1rX/Y6+oViposjTU2QgZGjr4oauKeJlljaKphSeCSKVLI8TRSgoR9VIP1J98VRbOj3EBLJcwO0RPkdOa6cUyxFM8OspFnmmit5F0iJowaEVOfn/ALHQI9n/ABR+N3cOcptw9rdAdJ9mZ6iIekzm/OqNkbuy0LEoWAyWcw1bVlWMYJDOwJA/pyeWG8b3Y2628e+XaIPKORo1+VFBoPnTj0lmsLSdzJJCCx+Q6m7X+OHSGyq8ZTbHUnXeEq4J4anHPj9nYKliw1VFIZTWYamSg+0xFbUTt5JpqWOGSeRVaQsUUqou+ZOZ722Wwud8lexWtFZnLEGnxkt3cMVGBgdMW+02MFw04hBqfQY604P5lO0sphf5iXyhpTXzVTVu/dm7kxNVWVNJW1GOotxdT9fZZsasVLU1DUeNpsk8xp4agJMISB4ggVn6Lfd5mluvaGzlmfU8k5tUxTRpNNXz9aCma5rXqDub7M23Nvja6q76qegJqBXrZ9/lYVcNf8AvjfVU1IaMttbdFK9P5KeTXWUPYm9KasmiSmeSmpYaqtSSWOnQ6KVHEI9KD3g175WbWnut7hwxy+KwKLgUqQg9a+Z6mfl815aTGR/0EetXr+aL8iaj5P8AzQ3tIMjUVvVPTX3XTvV0EtHSU1Mz4kxzdlbxx9U0VVU5NNy7sR4IKzymN8ZRxCNVuxbN37tnJNrytyLBu9/Do3K5kUyVBBC4HngBUPAAVyTnPURc17u97uwuonElivwxDj6/F51Py/ljq+b+R/8AGZuo/jBV9z5/b0+C3n8kM3jt60i5KoSqykHU2Fxox/VdCQHeXEwV+Lq6rKyY+X92mqsk4fmNAuJv3gebzzLz7f7faXBbb7FmRc1U0PcQOGcCtTwNOJ6kfkvav3dYSX8i6WuqUWmVrwBPn+wV6uwjTW4W9r35tf6An/iPcESozxsqNRj59DLPkc9VK/zq/j1U91fBnsfdGBvJvj46B++9qUP8TrMPS7jptk0FVNvXaWTqKRwJKfceyJK2OESgRJXR07O6Rh2Et+yfN0fJPPW1XcsGuxmRrdwG008WgV+BHa1CRThXh0Gua9rj3HaJIo6JOJFbVSvA5HrkdfPV3Hj6PMbYO4ofuJNWTpocdmqRI58NnoqpKl6lP4hRwSU1bLHLpKSxukI0HlgR764RG3ayspLW5WaGSMPqApSo4cT68esdNzLxTm0eMjSa19flT/Z6vE/kG7C6Q3B8nn2f3Z09tztePd3Xm7czsbPb1pKDc+3djbu60qsLnqmR9lZWaqxFTWVuErqhoMvU001XQ1MSRUzxJM3vFv71jb3bcm7PuO07g0NvDcusyrUGQSBAg1A40sCSPMH5UIo9v4tsn3h4NwttcjKPDatAhFdVR51FB5fz63x4Yo4lSNIYoUgjSCGONERIIY18aRQqihYokQWCrZQOALe+aHhXMg+oju2Cy5YGpz8s9ZFspjCx6wVAxQUp9ueqzv5wWM7Kr/5fHyKyHVmc3Pgs/s/bGM39mZNoZ7JbczuY692XmYM72htqlyeJlirooc519S5GKoWM65qUSRr62T3IHtQdstvcDZIt5jVttaRK6gKBixAND/S058sfb0FuaIru82+aysZDFOF168nGQVoKfbWvXz6tobZ3zvDO4rbWyMDPVJLWYujxWCxS0xmK1DxPRx0FDU1FCZDLRy3jL6WaRtBa5Le+xl5f7Vt23zbqjLDYW1mj6zRlIC1IpilKcesbJby7mvY7dI2Us+gmtakGhb8+NP59WSfIn+Wh8oPjN0BQd+980Gzusarc+/todc4DriDfz7z33VZ3cU+aqIqyspttbfq+v8SaXB7darjhnzNWKiNzFeGdtPuDuQfvE2nuTzvDyXt9hSyeORludQC0jGf0yoY1PbhsHjw6H248rXG0bfFdXF6ruQCRpIOa+dSOnz+XD8OsN398r+iMFuXDS5TEx7jm39u6XMUsuMk/uhsSnrc5VLClTGanTU55KPGIFHjkFWF8yBVJV+/vO7cue2m7R2cTrdyHRHIGoVLGgxSpoKniKU6QcmWMV7uUrzgNGzE09B1v3T1uH2vhZK+rXHYnDYXEy1dXOopsdj8fisRQyVEzmyxU9JQUdFSk86I4Yl/AHvlXaJcX2iSaTXeMRTjWrU9SSSSePEnqfI4IzavdSSBIkqKU8l/YBgYxjr52vdu6q/u7sftjtTN5GCryXZnYG7OxpZaeaV8TTSblzMjUtJh6mWnp/Nj6bFpBDTusaJOkSyi4cMewvInL0HJvJu3crwMHMYQ+IBpBoAT2kk5Nc6j1jfuc1xuG7Tbl4ukPUaeJz88f4Ohm6H65jbevU+Lp6auzZn7O6UjGLpqHDSPWT1nb+yNYeGuSpx4eZ4401OrG7GRxZS6E/utfhOTub5PD4bbc+f8AwpuvbJtxbedpXxRm4jHD+kPn19AeiS5aQN6DM7AC9n1KG1g8XDar/wCH04tYciHYJcsKfGB+VB1k1bxGBHUtqJ/Lzr05+3OnOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Xf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3UKrq0pkLM0QXxyuWklESqsa6nZmP6UVLlj+AL+2JpWUxxQprunYBV9R5mtDw6pLIkMMkrNkeXr1pLfzDvmnuP+YN311dtXqTbOWHX2J3XndhfHPHZermwf+lfee6Y8TR5XsPcOJlWR9u47b/8AAK96bJVSwrjNuyVVbOsafuP0J9meRdj9otgfn3noA38sJkRSo7Ep2hfMsTXFMmgHUObvvd1v+7R2Numi1C6SQSc6jUkcPTpUfKz+XKfjH/L+2d3RvoU2b7tqu+NjLvmRKusytJtraPYFHX7dotvbVTIRUUGKqYd71tA+Sr4IKmTIUEemGSKCRgEXt/737x7he8NjsdlesnK1yXRUNKhkqS37FppJAFTWpp01zHyzBsewQzpKzXLympIpg+n2evnXy6MJ/IF39QUvyB7d67EjTVG6uhMPujHxwz16Q0Sdeb/GLytTW4pZziKerzB7EpdFQUNSYaZIi/iWNFJPvipC1hyruEUCo4eVSB56XZQa0r+GvoKno19sY/p5NyhMhYimTxyAf8tOtsKByQFK6QqrY88+8JQ2sBj556lOPKJ9nUj37q/Xvfuvde9+691737r3Xvfuvde9+691737r3RV/m7tKj358Rfk3s3IYx8zRbl+PvcmKmxUWPpsrNXvN1/nZaelpsbVw1FNXVc1TCghikjkVpLekm3s15dun27mrlncUI1R3kYoTQdzrkkZxp/n0i3a2W82bcrZmKho+I44B8j18zLHfdY3IUNXjnpaIU7Y6aaWYSVWNx8BipFqWlWKlORlpZVEyNNTQpUxRyGSn0SBffap7dW22C2kOoSBYKnioeMPqA9QTSnA9Yus5tCbVRqVZxnh19O34kbsO+vjB8ft4SVdHXS7j6c63yU9VQQzU1HNVy7Pw8da1NTVJaqpoRWRyBY5WaWMDS51AgcZOc9uXaOcubdtQ1SDcZ0B9QHIB/ZTrKLbZDLt9i5FKxL/g6MR7DfS3qFPLfVHp+hHN/wClj9PfuvdaYX827AVGG/mHdwZaGhOJpcxtLqDcUdXVUvnhzdVkNj02CytfTKK2Zqim/wB+tFSlTFTqJqaXTrOojo192Hco7v2xfbp2CizvmlBHFu6ukjyHz49QV7hgWu/2kqZ1AGnVsXTfb2N6i/ki7g7U65yuVweU2J0T3a2Fy+U+0q5MX2RVbu3ni2q8VVT4vDY2uwtHv3MhsZUPTN/kQiErVDpI74rc3bLc7z94fc9m3JwqX95GSwqdK1DU0mtToOQaCvoDgcWG7Pa8gXG4LAC2hhQnAzStetXLqHqOt7S7U6p6Lx9bFTRdlbo2R1VkM9X5mgw6xUG8M5hMVu2rppqylqZajLVuBlyCQwU6tU1NXKCuj1OOgPubv68s8n7zf7dt6Ihs5qICQEPhNQg08jQjhw6h7lGyMl1ZpPcGQGZBkf0h9vX0T8Pg8dhMXSYrGKlNjsVTUtBjaSJgyU9Bj6aKkoadTfhUpYkAH9PfIkCVr2+vppzJJPxqOHmafac9ZPy0dLeNVCrGRw86dPkb6KfVa9ieP9drf8T7cqBxOOtdJTdOQxVHhMxX5qaihxNBQVeQy5rVE9ImLo4JJsiaunKS+emNJG4dCpDglbG9jVrG8u3gSFmjIkVgyirEg4Wn9Lz6bleFIpWnakek/t8uvm/fO/sTqbtT5Xdu7w6Mq6Ss6K7PymB7B2PFRbXfY8WHfcm1MM0u0MjsmbG0U23MvRZqhnmkpaiNJ7VqzSJE8zp761ex1rv23+1+0/v6JxcJJ4a62JYqAxDVOaEcP2dYyc2X0dzvVykMKiKpbUPt4U4dKrofd56d7C6O3ujVOHHV3aPXnYVVPQRyUdZS0e1Ny0OU3PT3xtbhxJDl9tx1dPV+SUU1VG5WYOth7OfcfaE5q5O37ZHT9SS1lZCBU6kXVgH19fL06Z5bZ493tLhGIaNgaetf83X0baSpgyEEVbRTRVdHVxRVNLU0zrNTz01Qgmp5oZYyySRTQOrqwJBUgjj3x7i1iLTIml1dxT5BiB/LrJ22GpWn8QnXQ/YB1DzNDRZLGZHFZegiyOJytDU43KY+pp1qKfIY6uhlpa6gqKd1ZJ6esppGjkRgVZGIPHuoMn1KyxymJoNMgYeeTj5UoDXjnpQkaSvOrr/oR/4rr5mXf3WE3xn+SPdXVm3q56qo6N753zhNuTZR8lWT0m3ti77TcOxc1JUQ1VJkRnqXawo2pzDLIyNGreW91HXLkW5Xnn2p5ft5u/8AeO3yB/PQ0a6SB65Ga8Osb9z8HaOYY4HjHhi4J1Hjk5HW23/On3RguxPgl8aOxtr1clXtfdve3Te9NuV1Zh8kIcjt/d/VvYTYg5SFKCuGHTIvn6RUFaY1+4kVA3lKA4W/dl2yLb/etNtuZhbtbw3a6VoQXDNgVpWpqTjHp1KvOCQXe0rcwOfBZVI+ylP8nVff8oOSOH52dfGtyVPqHXvbuBhheq+1mnqMhh6HMx0VNRyNLUTwpS4KSQIWKDQSmixRpt+8ubmX21BeH4Zo2rx8yPy48egDyIBHuEqE47h1eL/OA7ch6n+AvcsVPlzjNx9m4zG9P7YqaeknyElNX9h5CnxWRyklPS1FPJBTYrbEWQqRMx8cckS6gwujYkexfLN1zP7kcuReEWskVHkAzTQB/wA/FQR6dSRzncJHy1cwJP4d22FUedf9jrUs6b2pSbi2j3ruypaskxfS3Q28e3psZQ0wqMxl6Xa1dt3B4XHUlI0H2xhqsrlFSa8lODoZI3Drb30m5z52tuUByJCY1k3Dd51jaMmnhAtSqkZbHqONMdQpttvc3ySu8WnQpJpnh0aD44UUFf330+81LA9HF3J0BQvU1+Qz+JmxNRk+1cP9hkqSv2tOGinp5MfpqVqiaSSMshUgmSMNe7t4w5N5vAWhG23Pnx/RYZxwzXHmB5dGWwn/AHd7Qf8Al5j/AOPDreFpVPjJJ5MsjWsBp1MbKQCQGUcED6H3yqdA8iScCOsi68epXu/Wuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xZtIvxwCef8B701dJ0jv8vt69gAk8Otbj+cp8/J8RSZH4d9WZuPG5Hc1Jo707FwW66jE5Ha20paSpnynV+2qvbtVLmsP2BXR1WMqsnPP9nFT4WsEaPJNKUTKP7vvs/dcy7hBzTvFsf3Xb5XFNRFSWWoNVBFBxqc+h6j7nHf7eE2232soLyI2r1wQABQ/PNegZ/k1fEjI5Pf8HyF3LHmHzlNtbbFdhMjX4mrWn69693fi6TIQ7ApkrJ32++9+4sHBQZPLPTpVz7f2lT4+lWcVGZqFhMffz3Oh5guDy3YyEWFiPBC1A1MrElzT8KV0qMVepIoqnpjkrl2FYJr+5dzcmYkcKaaL8q8fnw6sU/nc7HTc/wJ7CyX30scmw9+9RdgCmLY5f4q+P3xjdu0+N+5rcFnDjo1l3T9w88ccciRU7apFjMmqOfu77hJZe73JjRwIC80i0ANKUPdx4nzP8uj3ne2j3DaNEpKqhDAL50+0HqqT+Q1uKhw/wArN+YSriydfnN6dIbgoqOWlxmMiwG16LYu6dmZTMUVZkhh3zE1ZmK3ccH2caV0dGIaeRmSaQxmKdPvc2k0/L+wyYEcc81PmWeQ5z618uHpnoFch3ckF/dIig+Iua/0R5fkOtvOP/Npf/Uj/eveDMBYwxFx36RX7adS+o0gD065+3et9e9+691737r3Xvfuvde9+691737r3XvfuvdJjeG3aPd23c1tbIyVEWP3Hh8vgK56VxHOtHmsbU4uqaFmDKsy09WxQkGzWPuouZLS7266jQEx3CPQ8CVNQD8j59VdRKklu3wOpBPmMeXXy7twbMymxexN2YLKV0+ShxW793bQp8zDS1FOKp9j5/J4OulpfuZ6qaRaKoxpp7CeVY3i0Ky6dCdquXN6TmPlXkndYNJu7wo8ij4VYIFAUE1A05IJJr+zrF7eLVLffbmzUkxiWtTxx/Lr6C38pfdsG8/5evxZytOQ8dFsKo2z9wtSa1K07U3FnNvDIxVhlnNVFkkxwnVzJI1pLMxcMffJz3cspLD3M53glBEh3CVj/tjX9nWQfLF013s9uzgBkJTHotKf4erIvcddCDrC0EbEsQbn68n37r3Wq5/Pb2BNh/kZ0T2kiVEdBvvqzP8AW8rJFFFQTZrrzeUm46QVLeUSzZM4PfUxgYoVWmppiWH095k/dS3WG42vm3Y7qYrcNLqQDGDqXzrx0g/bWnUP+49nFLLBeFiJUFABwNM5x/gPQnfCfZ1T8nP5QHym+Ne1cs0e7cY3em0cDDMtLkc9i8rmKej7G2a9Rivt6GSOgzWbqGixz63EkEYZXumhA172XF3y37+7dv72yrAEgJOQDpCoTxzQCrD7D59LOWB+9+SLjb7gUiOoVXB8286j5cOtdj489rw9TfID46965eCuG3Nlds7Q7D3HhWxiDciYNzBQ7uxoxEKJW0eWx2JztVN4V8dQtRS6FCuRbMjn3lufn3263WPa5kk1WkoAU8T4bFfXiadR9y3MNsuLaS97WWRTT7GHX0Bdid+dK9gbG2/2LtHtPYeV2ZunFYzO4fNf3qwdPDJRZmmjqqOOqWoyCyUVedZSSnm0zRTK0bKHRgOUF1sfMW2bjd2G47VKGjJHajA1BpmvEehGCMg06yCtd42+5haXx14VHco/bU46LR8jv5nfxA+NOFkm3J2ji9/7g+7loqfYfT1Riuxt4TV9OKeSahr48XmIcHtaW1XCA+XraBP3VNypv7GPLPtZzpzpcR2u0bXIqsRVpFKKPxcTSuBXtB6Ltw5o23b7WS6kkBC0wCCTkDFPn1rS/NT+YD3588zjtjbc2pm9odOZHdGHrMV1HtnCfxne28KyBaOHEUe/a6lrKs5WuqctLemo6Z6fEwN4Wn8zgSnM7lf2b5Z9pYYuYubb5J9wSBiUcroDHKhVpUU8zWp+Qx1HW5c3bhzL/uqsrULCxDagG1dvlWtKGucdAF8uP5a/bHxJ2L0T3L27BTfxvtLcW9Nqbn2ZtOip9xYTqh6SjweR66pc9vSKmkxuQ3FuiGnyCVbIwx8GReKko5agKJZDn279/ds595v3TYEt1t7eG2BgCVCOwkCt2kkggEUzU91QOg9zBync7bt9nfks0skulgaEAaSf249eiI5/z1WFqMfVJNBNV0mVomlpZ40rWxs1LLSOIg7R6K5RMSgdlgLaRINGo+8morSJJFeWv1QhkGk/CRItDUcfLGeiu3W3sIxc2zlrpaVDUoPThQ/z6+hj8L9/RdjfFH4472gydFmxubpHqzI1GToHpnpqjIts3E02WUGjihphPS5WnmhmRFRUnjdVVVAHvi/zhZXO2c6c17bLBoghvHEdeJBZia0xThpoBg56yM2aZrjabC4emt4wTTh5cOjO1UYkjcEEnxtYC1yQDp+v+J9heYeKXtWNEkQgkcRx4eX8ujRe0lhxIp189r+aftvH9MfzPvlis0dTO+9N3bS7MpJ6vJwzukfaHW2zKjKLTUlJDOsWPxGSoplSCoikFRdnB0njqn91W+MntftEpIe8s5LuNAfhKl8Fhg1z5EfZ1jf7kWif1imgVmCUWSo46nqWHpQHh5j162K+our8n8yv5EPWvXW0cVSUG+YenqOPYWLwGQnxcU+/ehOxK6XbsdFVVFRuupwsu8K3YgjeJ3kNOMk8VoFAWPDjeL4+3P3h73e9Z8GC9q4amnROiM+BT4BIaGvACtTWsj7ZazbnyHtiJUzsjfPKyOBX1xX+XWuX033nuT4y/IHrLu3aMK1+X2lvX+OZna9U4hXI4ox1G1t+7WqWlqqFI67H7XyuWx6xl4kpsukJnVVjkX3m3z3y4PdTkO4t9mljeykjDRMPiphlLHIrUZoBjqN9pu7zYN0ufqolAWQg1B9ft6NH/NL+dOF+bHb+xMd1dDUzdNdbYzN4nZ38UjNFlN55/dOSwsW5t053Dz0LS7VSkO3Ysfi4SxrpaYTzSoiVaIoN+757UX3tJsu4cxczRJ+/ZG7EqGCoCSoNMk91aggdGfNG9Qb3eQXVnMSYhQL+E+VWGc8PPo+3wP8AjLm9xfyv/nvnpsLXU1b3jsXsvb3W9dXY2XH5XIbV2F13kJaZsXHBRUWYTG1XYs+RFDN9zItdHDDIgRVHuC/e7nZbv3u5WsXnR9s264hEfhVqS0isddSy14HtC4x59CrlrbZ15bu7+/iCTvG4oMCgUnzqfL16qC6x7N3xku3+g8v0HBtLPVdbujp3fu4qrNz5mPb8G2Nq71od1ZyppBtPKSV33WI2qamoklanrEeaVqeOGaQOTlP7obZHd+3/ADHcFj9TNYzoAOFWjYUGK5Pz6AWzuYt122SmVmQ/mCOvoG4+QPDZbFNbFHF/WjEsrC/40kWtwB9OPfJrVKlzNbyoBp4fPrIm2lM8XiEefTh7e6e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RUvmj8ndufET48b87z3BF/Ev7t0tJjNvbcgqKenyG6t5bkyFJgtrbfxzVDBmmqMpXLJN41llSkilkWNylvYl5Q5Xveb+Ydu2WxRmkkfNBWi+ZP2cB8yOive9yh2raL67lajhO3/TelPPrSa6E6q7g+U/YtTX5SpoexMqd9bXru1MzVV9Ft/Ib27H7ZzeWpto7fxwoI448gm6s3j56rM5RZIBj8FRu5khL0fvo9zRzXtntTyftGz7cph3iOzlr260VUC6iy4WoBog4seAOesfdnsb/AJi3eDcpW1Rq1DTFdRr/AJOt67o7qbAdO9a7Y6+wdNTxQbcxWNxtbW0lBR4xs7k6LF0FFXZyshoYohLU5BqRQXk1SeKONGZvGp98zd83Obfd53Ddblv8YllZjTAqx1UA4DjwGPQdZJQW0NrBDFAtF0/z4f5OiK/zkdrYzOfy6fk9X5BZmbYuzcT2dhmSpraU0+4uvdzYfcuEkp6mhqqSSGeSuoljdpTJTCJ2MqlbaRt7T7lc7X7g8rX1rT6lLkKtaU7qg1BwceWCTQDoi5mBba7mpwFr/On+X/VjrXp/kh19efnd19HD9zRLV9Y94tkoIHSnilx5x2zp46Ovi80z1wfK0lPPYSzGnkABFn1jMf72apF7c290qfrRXcYQkVA1rrb8yzGh8hjqNuSQDuj1ONLf8dP+XrddgMpUawqjSNIW1h/h9T9PfPNgAzAcOprIoadZ/detde9+691737r3Xvfuvde9+691737r3XvfuvdQqzWQmm/Ackj6j9IBHIN7E/4+2JgGNJP7FVLH1qtCuf29bjoZ4wfho1f2dfOs/m1bLTYH8xj5I7IpqKrx20EymB3RtWnqqCsoNuUuK37gIN2Zel21RFYcfBiqHdOTyEU32iqstREztqf31b+7Luse9e2fKO4ai1zAGJzUa0JCk/LSBUevWP3NtjBb8wXMiKRJWvE+vW1J/IEzpzH8vrblNNXyVtXg+4O28NVRyU1JC2PljytBkhjxJiqDGYWanhgykb05pKaGNKaSONw86SyyYVfeYgjj9191uFSklxBHK/oXYupIHkO0CmeFfPqTOQ5Wl2NmfiJ3H8l6u89wB0NOve/de6rO/ml/Frc3yc+MGZxXXuLqs32l1xuCPtPrfb9NmxgW3ZuHCYbOY6baD1bzU9NUJuDGZmdIqapkSknq0gExCqCJL9o+co+Ruddv3O6YjaSaS0FTRjU/kDnzpnoJc17D+9rMpbKfHPzx51+z/UPPrX8/lefNXbvww7B7XxnbS78q+vu06vaGHy9TDRVtbWdS7s2ZPncfVZnc+3cnS0eQx2Gli3FFSZJllhaiahM5p5r1Eq5Xe+3INx7pbZac1cs7xbyX8UZ7VpVkYKwAoSNShRQEd3Co6AvL29RbBA22XVlIsJalc4atK1xiv7OjKfMP+UrhflHn97/Ir+Xt3p1Rv4703Nkd69idf5bsKi3VtSbdm4HpsvloOrd77TrcnQbBqc9SzS1oxeU8mMWrrDNFJBE5CxT7QfeDvvbd15b52jlm2kDTULpeMU+Ig0LADOk0qBQ149GW++3rbpKbmyugAM0BFK1rg+Q/wevVT4/lR/O7BVFft/KfDzMTrk9zz4TJV2FbqvdeEzdZU0ke5KjP5DJUudjq3wLy1OieuMCRTZCBoozrKw+8ibX7w/sE1y8sV9FLdTYpJBWpPqadueJ8uiCPlffIIZI4kbQR6Vx/q/1V6Nl1B/JQ+YvZtAh3xsjZ/S1I+CoZ8XXdg7k2/Ufa1VfVULVtNJsXrJtwZmXJ4qkFTohrKzGwK3i1SP6lQFc1fet5R2kypy7soLhqB0XSo+YxkeWB0aw8j389mzyVEuOJqOIqCv8An8+tk74W/AHqX4bYjIz7RGe3P2DuXF0eN3Z2HuqrojkKynpJZan+GbaxGKhpcTtHb5rZ3cQUkSTVCCL7uWd4IjHiPz37mb77jXz3253h+nqdMa1CgeRIrkj1PnWlOpD2XZrXbrRAbcC5GK0Ffn0IvzS+NdJ8p/jH2v0XNVSY7Jbv2zI2z8qs8Ef8F35tuSPcewssXqqPIQxQ0W6sVSmdxE0v25kCFXIZSXkvmOflDmLZd3tSqiGcFiV1Eqfir5nHCvmB0r3u0XdNsms3UawCU8u+hAz5jJx1oK9p0+59jZhaLOwtgN17a3PkNq7t27URtDPt3cu3MjLQZvHLII0rWdMhA6RJMf3ad4pSpV1duv8AtHMdvzHstjzNYurTzCJAR8BDce3hw8+sadysp9ojvY5/9ztQ1V4Urig8vPrb/wD5EvalL2b8C8PQJJO2S6v7h7f69zEVUxkqKaoO8azfFBC8qM1K6riN6QBVg0xRqoQKCpvzS+8lsbbD7t8xW3haYpNEi/PUoqSftB/LqeOR72W85ftDMwLIKCgpjj1dIyhgQb8gjgkHn+hFiD7gbQpdZKdw6GFetMP/AIUPdfU+1fmR1l2LNhZ0wfY3RWOgqcqtFKMdXbk6+3Zm8flsfNk3q0g/js+183ihBTqq3oqaZzqKD30M+5/viNyhzrZTPW6sn1wjyHigaqj8VWB48OoK907SGC+t7+MH6iRFBzigJAx5dWbf8J5u1qXfHwj3F11T5Csqj0Z3j2HtWnpaylqz9ltvedRS9jbWpKfL1MssOWjgXdFZ6oLCI+iT9xXZ4E+9LsVztvurFfohW03OzjmkNeLrEqVTzQDQtQME8OpB9uZXfZFtmoYoQdOOFSWyfPJPSp+df8m7a/yF3PnO2+h9yU/VvZe5snX5vduAzlMtd11urLVkNdUZHNYynpIBX7N3huTIyI9XXxmponnAnmoppC5ZH7R/eF3f23hg2zd3F1y8oCKgAEiICaVbi1B9h+fDpjmTkiLfrf6q0uNF5INTZPE/Ly6If0F/IC7fpu08U3ye3v1Hm+maDIUufyg6g3F2Vjux9ztSecU20vvMht3bVJtWgapggnr6+nnlqKimc0tMlPIDVAc8w/exj33ZrxuXtrlg3sSuI3lIeNUBOk+G2GNKUPCucjBJOWfaiGydn3S6Z/OgYjj1dZ8+u/sH8JviRla/ZFBQYrN5HH4zprprbVGcTTx0GczVBJjqGsx1HmJo6OqotkbZoKvKzQESLIlF+4CHdxBXt1y3uPuBznZQITMDKJZWNT2hgXLMMivDNMVpwA6F3M+42+zctfrUUkaBT1PaP8PWlV0Dtjb2FeDdFDRKMNsDsDH7VXD061dXkF23jZMVNl6amOPyOLqKnMVuDrreSnqI0hqzIRKA5HvpnzJdxDZr3ZAvj3DwukJTgHZSEJA+IVpg8eHUG2sng3VvMTlXB/YevoJdG71xm/utNn7mweYps7jqyiloTk6aenqYqmpwc8+DrmjqKWSWCRPv8bIVZWIdSGFgQByc5n2u62zmS/guIihRjgrpYV7sg0PnkeRx1kNsV3Bd7frDVkoPPHp0M3so6M+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XCRiqEj6/j/iP959s3LtHBKyGj0x9vl1ZBVgDw61Av54nfydyfIbCfG7EZT+J4L440kGc3Nj56KGlpB2z2Fhi8M1HWxVlTLnKvCdeZ6CmiRoaQY+rqqpbzMymHPD7p3ItzZbLdc57lbA3tyQlvKeI8IkyEKKLQkgZDV0g46h33C3a3vtwj2KI1CirL8zj7fLo4n8jr4qZvDbb3N8j96/3TyWJz2YkounqTHVU9ZuPB5CkGZ2x2Tndy1jYympVmrURMfiIaOqq4KWhkrdQgqamoX3F/3k+e7bmHmqDa9uZ1mtEdLo1GmWQurIaVIBQAg0Van1oOj/AJB2ObarG7+oFUkdSleIABB/bX+XWx0qKgsosCb/AJ+v+x/1veMYUKWIGSan7epB6Ix/Mq2bkt/fA35f7ZxE9VBkajoHsHKUxooaWpq5/wC7ODn3PPQ09PWRTQTy5Knw704QhS3lsrxsQ6iXlLcE27mflybVSQXaH+YH+Xov3GGO5sr+ORNSiP8AyE+XzA610/5CGNo635Vdk58jblXkn6PwuQ2y6xChzNLg9zb3pju6rgjrWq3oaKF4cPEtLSQQyTGolDVniijjkzI+9VfTXvLvLtprY7dMVkZfIusQAJpT50qdII+Ek1EZcixRtcu7L36iP+NEf4MdbiUYIRQfrpF/eCp4nqXm4nrn711rr3v3Xuve/de697917r3v3Xuve/de697917rg6B1ZSPqrAXvxcf4EH/eb+6squrIwqpBB+w8evDBDDiOtMX/hQh8cs5T/ADb6T7eoMFDDgu5Oiqfrqj3DTUldXSTdmdX7zyklHhq6no6isrZKrL4HsTHQY+OClImaJ0CSSXPvN37pnO2y8vbTunL+87+traR3AMMR0gCMx0ajEVPcDWpNOof9w7C+fcrKfb7IsrxHWwqasGoP2LThTqwX/hPDiOzdn9XfKTYW79v5XHYDa/f9EuNq8w09FX4veEuwsJRdhde1+3ayipq7A5TaNbjKKoqIppJZC+T0yCGSIxGL/vQXvL+5c6W++cubklzC9minQwapV3PlXBDggg59PQVe30F3DsMiXsJjm+pfBxii5/ketjdfoL/8R/xHvHJGLorFCpI4Hy6G549d+7da64MiOLMLj+hv7pLGkyGORaof9Xl1tSVNV49Ek74/lz/Dn5JbuO/O2+mMfn93T/aDK5rFbp33suo3AKCCOlxz7mh2RunblHuapxcMS/ay5COpkp9NkZQzXFuyc7818uWpstl3uaC0P4e1h+WtWp+XRfd7Xt99m7tEc/s/wU6GD46/Fn48/Enr5+q/jd1JtDqDYM+byG5qzb20qKWnhye48slPHk8/ma2rnq8nms1Xx0kSy1VXPNO6xqC1lA9kN9f3e5XEl1fS+JO3EkAVrWuAAPM+XT9vbQ2qhIFIWnqTilKVJJpQAU8uh0+ypLEeBLFdB4N9P9Ab3H1/HssktreVGjeBdJFMAD+YoR+R6foPQdc1poF02jAKCym5uABb6k/09uxIsEfhRCkfpx/w1PTgkcLoDdvp1msB+PetCBtYXu6pXri6BxZhcf0uR+CPwR/X3qRNegHgGB62MMreY6op+ff8nyu+VXeFL3f1hvXZewMxuUbcxPaGG3Rg8nlMNmBRM+PyHZmNTEVFPVzb/otrUGOx8dM709NXJRxmWohZNRyR9tfvBbh7fbBPsM1o15ZKQ8CkgeC4OrBAqwJJOSwUAAKegXzRyZZcwypcIwiuTiRhXvA+EUrQafkBWuejmfy6/hJL8Jeos7srKZ2g3Hu7de7qrP7myuEkycG254Ma0+H2v/BsRlJJp8TK224YGrV1v5KxnOpgAzRx7ne5m5e6fMP9Yd0twlyECVoAW+3TQUHAUUeda+Rhy1sUmwWkto90ZVLArw7QBSnD/CT1Yb7jnoR9VK/zUP5dGY+eWF6Zymytyba21v7pTdG4svRQ7wjzL7b3ptXduAGL3BsyuqsHUrV4GsmyeOxtbSZI01elK9K4NO/kuJU9p/dp/azd9wmuIjJtV5GqSJUAMVJI48CK+RFa8eghzZywvMNsEWJTcKME1/1fPrH/ACvP5fu4fhRt/sCr3Um2MbnOzf7oVdftzaOWzGToMRLhqLJ1GQiy9dWypQ5/LR5XMvTwV0VPG/2VMijQj+JV/vX7pye6O7bTuFqGjjtU8MAhcJjtGKkYrU5zQEgdJeTtj3nYVaK9udUZBqO2nn6D06toSFAiqVBIAv8A4n8n/Y+4Z8KIE6YxTob+HGD2LQeXWCeKNFXSoW782v8A6/8Avft0OwpQ8Ps6rJEkuJBX8yP8HWnh/Nc7c3L8p/mpN0Rsusraxel2k6L67xkbY809T3R2VjcLLvHLUcVQKjGnJJVZHE4yOsqn0UNDR1t4j5HV84vu98vx8m8gbxz9JH4bywyrryaKEcCgNfUnhWpx1D/OJk5k32HZ1bVt8bKdHlqBGajOCPXy6Wn8z3o/FfHbvPq2kxhVdq969F4ra+NqZJDI+R318etr4na2YpaqajqGqKms3DsipxlXLVLFEpFPICGkYD2bfdk59tt82bf7Lc5vH3Ow3MMWbiI5JGeRaUAFX1YyR5U4dI+fdiG1WdjdWMYj1FQ9KmoAAPEniPMdWDfyVu/afcW29+/H2uWSjr9qLF2vtunq3hjqajEbpz2e2pvaGKminq0RIN8bb/izDyFim4I3bRqEYiD7zHKh2nmiPf7eDRaXtfWhIyD+YNP9r0LeRJXazVC3aKnq+L3jJ1IfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690lN77koNn7Wzm6ctURUmI27icpnstVzyyQw0uMwuOqspXVEssKSzRpFT0hJKRyMByEb6H0UBu77bLFV1PPOqAUrUkGmDQcR6jpuVisUjA0IHXzvdzbh3N2fvbeva9TPg8xvbtveuc7AmymRq5MVj2z29NzrDtSfK1CZLN3oca2eooZmpCYpoog0UUTEInWvYYm5E9u1t6FYdvttYUfh1rTHzOn8+sf7uNJeY3uJUBnZwCx4n8+t/D4xdLY74+dD9VdN0Mv3q9ebH2/t2ryD1L1kuQy9NTvU52vkqZaelkm+9ztXUyo7osjRuuv1X98qOYNxl3rmLet7m+O6mL/lU09eAI6nuzAW1gQfhUD/AD/z6H32V9KekD2hghubrjsHboeeF9xbJ3RgFqKVglVCczgq/GCandpYAs0RqtSkugDAeofX2/ZKg3Ta5So1LMpqfkQekt0aW1784z/gPWml/Ij3Kdo/NLa23UzC43I786M3ztXJ4GqzWbr6LNJsKPaO76zIL96lTI+Qp6giamnrJkq4Y1qIZFbyllzo+8Vawz+z8G5PHW+t7uERyV7kVoiGWvHSa8PWh8uoh5GklO5yxq/bV8eWCT5fZ1uzxf5qO51HQtze9zbnn88+8EOpo6ye/de697917rpjpBP1sL+/de6wrUI7BVBub2P9kgWJsfqSAw96BB4Hr3Wf3vr3Xvfuvde9+691737r3WCalpqm33FPBPpKFfNEkoUpIkyFQ6sAySxqwP1DKCOQPegAriQYkApXzp16gPEdN2I29gtvxTw4PD4zER1VU9dVrjqKnozWV8sNPTTV9Y0EaNV100FJEjzSFpXWNQzHSLbPd8WevDHDp3AA+nv3XuPXfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de66sP6D3oKFJIFCetEA8R14AD6C3vdevAAcOu/fut9dFVP1AP+uL/AE9tSwwzqEmiV0BrQiufXPWwSOB68FUfQAf6wHu4VVqVUCvXiSeJ6792610l925+k2tt/M7iyAnej2/iMtnaoU8cs0rUuIoKivqIooYI5pZZ5IIGEahHJe1lJsPd7RPq7+K0Q5NB+bGgr9la8R1cDURQdaWHwF2rkPlP/MK2XubceRx1T/ebsTsX5Lb+oJTVYebPY2gzFRvCjxtFhK6lE1XjI8/m8LHXwVcSaV/aYQs4C9C/dHcoeRfZO32XbR4ELosQC4GorpLH1JySfXPUCbFNJu/Nk0trKVRSWOk0wDXq9L+dptGjynxCx2/UNLTbi6m7o6r3LtypajFTXV53HnpuvsxtqlkDRtT02Wxu6zPMzN4FNEjyK3jUrjN92tzae6UG3QKRZXtpI0yA0R3Cs3iSLwZgV48R5dSP7goknK5kdAXVKg+hp/h6qq/lL7obF/NrriiopsxTjdOB7Hw9Rj6apoP4QaKTZH8ZrvvQlFPU10EWU2nQmMpLCI5hGb6Q6yZQfeks7efkfxnhBlg8MofNP1FU0+RBIp8+o/5Bu7kX1hD47eExIIrg9reX8+tveMkxoSbkqCT751dTj1z9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RLv5i+cbbfwU+WWbjyP8Hej6E7NQZZcZW5mXHrkNq5LGSTQYvHSQ1tZUPFWmNFR0sz6iwUH2KuRoo5eceWVljDj6yMgGnHUKcf8AUeHn0h3QldtvyrUPhN/g60t/i51rtTtH5BfGbYWdxVHU4zdXePSmHz2FrqypJrMPhdyY/cGUxsNTHQZDxytFt865I0ikZVNpYlu46Xe9tw1p7aczzI5UizTh+YHmK5Pr1BHLQM297WJe6szVrmvDjWtevoJxJpMhuDrYMbCwub3P+x98pkNY1rxqf8PWQYp4klBjH+DrN731bpurGsHBYKC0KksfSA7opLcj0gNzyDb8j6+0N0zLFOwYgh46fKrLX7Pn1pAGNwCMaR/gPWjp/LbxM3X/APNO6lwMVG2O2/je3/ktsup88EFDV0Vc2N7fj2zhchTp4ZjPR/aqvkd55W0RPL5C4kXoj7qD6j7uF3K9HkrZGpoTmGOpqfX5dQ1tyiLmKyWNQoMpwMeZ9Ot5Wmv9vDc3PiS973vpF73sbj/Hn3z86mmSgkcDhU9Z/fuqde9+691Er0lkoayOCY088lLUJDUCKOcwSvE6xzCCUrFMYnIbQxCtaxNj7pI4jjeQxM4UE6RxamdI+Z4DrarqYL6nqjH+W/8Ay7PmX8TPlH3Z3B3f8qYe2eve2J+w63IbSxm6N+ZSXdu789viDcG1exd17Z3Vg6fa+0s1RYWoyUUtFt14KKnnrCiNNCBaROb+eeW9/wBg5Y2vaeRPob6FQrzLSuFyHIAJqfNqmvRNttjcQ3W4SS3LtHXALEjj6HH2dXs+4+6OOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917orHzQWpb4l/J5qSqrqSqi+P3c80E+Np1rK5HTrncv/AAGpHV1qZufTHb1nj2ccpCNeeeR9SKUa/UMDwYaloG9aHIr59Fm7tIuy3bxuRINWQaHieB61kf5D8W2q75Xb1yFVHUU+5sP8f2i2n5apqSkqcduLPbSnzkVLSTVi1MlfBR4eEIClXIKZZSwptAkbMz725ePkbYlixGbla0x9mAKU9cr5DNadRX7frGOYb0hQD4Z8hnHVpn883dUFF8a+suvIIzNl9+92beykMUWUSgmTD9b4PcW78tVNTXEuRpxVw0dO0YBUyVSXtYXiH7smwT7t7h3l/G7BbWB2xX1UUr5VGrHnnyr0KPcGQja9tir2NKlR8vQjzBrmvy6L1/JU6cw03Zm8+5Z6pKyr27saPa+Ap5NuRpJTneOUSbM1v8cnp5o0+0fbH2kEdG8cxEtUZ2MbIglj73u/tbpyzsSyEJKe4AnJUVAIGCPPNcgfb0Ve2saMdzYxrqU4NBjPkfL8vn1sne8IepU697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//09/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690WD5p9Z5DuX4n/Ibq3DxebPb46e7Dwm2k+8qqD/AH9km1cpUbSLVVHFPURoNzU9JqAjk1D06GvpJ9yrvDbDzRy9uq0rDdxtmlKVzWtBw86449Id0tlu9s3CFmpWI/t+XWiN8ZO0pOu+6fj92jXx0NIOuO1usN452mrhTTMEiycMe5MRjnTLmmiyVHjKnIqZ/PUxRpcXdjYdQ+frRucvb7mW9gNW3KxVFIyKxBmHDHFgOoI5etE2y7hdpAD4nmRih454dfRFxlVSVdOlVRVNPV0dTFBUUlVTTRz09TSzxLNT1EE0bNHLBPDIroykqysCOD75MRxG3mubTQQY24GtQWyQfmDjrIUFVt7c6wV08fI/OvTkCD9CD/rG/t6hHEdaDK2VYHqJWhjTyhDpZtKhtIawLAEhSCCQD/j7bf47c0/GOrjrR97YzGX6Y/nF9gZ6RcRWV+zfmftLduKiqsuXEWB7BrdmtVxZqTNmpkw1ZBtTes8sE88hiFC0KUxghMSr0J5f2hN3+7V4mvVrsZK0zQrJIM04UK/L06hnegU5+hbgPET5D4F63iYdIjQIyuoUaWUixX8EWJFre+e8ahI0RT2gdTKTUk+vWX3bUv8AEOtddXH9R/t/fiQOJ61UevXrj+o/2497Gcjh16o9esbzRorMXT0jka1H+H9eOfdda1C6hqPW+PQF9zfJXozoLFPlO4+19gdbweKOeCDde5qCgyddC9RBBrxuDjefO5NRJOAxp6WUIPU1l59mNpy5zHzAPpeX9uuJbpjgpGzDty2QKVoDivSS7vrKxjMt7KqxClanOeGOPHqlH5E/z4Np42gr8f8AGTqDc/YbUNdn6Wt3ruueLbRrMficO9bSZHrPrOCDM7/3rltwSF1xFLlKLBrUzU5DqY3UtPfL/wB3Hmo7Wd35lvYYLVY66Syh9WCFNSKYqDSvQcuOcNrj0Dbay3DMAVA1EKeLUFTQYzSmersPjbu7s/fXTmw929wbVwez987l23is/X4Lb9buKspsbR5nH0eUx9Fk03Zt3aeex+46WnrPDkaWaghFPWRSKoC6R7x73Dwrfd73boZA6RE0IIIPcRUUOQaVB9PPoVQOZYI5ytCw4dDv7Z6c697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XukB2dsqn7E6+3tsOpl8FNvXaO5to1M2l28MG5cHkMNJUDxPFKDTiu8npZWspA5t7f266/de7Wm9JUywMhHn8Dhv5kU6uGPDy60kPgR2ltz4r/NPrPcncucoeqsTsrdO/um+0Is3UT5LE7KyE+A3DsSSHcNdDCKulTH79oUoqfJGnPjSrMlRKkMry++jnvVCvPPs9bXnKtq01uNEtFyTSjGnrQVOnieFCeoC5dP8AVrnBopDpDNQ1xgn5/wCH/J0br+dN3xH2L8rNodbbez7ZrbPx668NPl8BjaPHTQHtDsqooM/lajHZmKsNXlJqXY+MxMEtM8YSnecGJtUslwv91TkeXZ9i3Hm+9TwjdAqgaqkooI/FTi2oinlSvyNPcrdku7+zsoWDRswUkGoFTxJHCg6um/lQdL7i6x+N+E3RuepoKir7WG3t9bfp6Vqk1WF2Lktp46s2xhsyhqJMeufppMnUtVGnX1O4MpMtwmNXv/z0vN3PjWkJJhsmeLypVSwY+tCQACeIFRg1I05M2pLXblmDAn5dWne4Z6GXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691BylacbjMhkRS1VcaChqq37KhiM9bWfawPP9rRwAgz1dQI9EaXGpyB+ffuvdYcHknzWFxGYkx9fiXy2MoMk2KysP22UxhrqWKq/h+TpgzinyFH5fHPHdgkqsLm1/fuvdOnv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYKiJJlRHTWPIjfn0shur/AOBQ8j+h91KK1CeKmo+0daKLIro/AjrRb/mofBzcnxg7533unIbQr9xfH7vzsHcm6uvt0VGNSrwm2N6b8yuTz2W6VqBF9xLiJaStWqnwTTR02OehnEFKwkieH30Q+7d7h2fM+yDkrd9yhimt41EayOFL6qqdIJqxAC14kVzxHUJc27Bc231t1b2bspNRQE1p0fr+Xp/Op2z1hsvbXQHy8XI46g2p9rtjY3eeMpMlumIbZp6iqjxGD7awOMolzuCrtvY2ejx1HkaCmyNLU09Oz1Jg8WuWOPef7se922/XfMXKrmS3fVI8K4dmJBrGAO+uTSooScmuDPlj3Ct1tbDatwgLSoNJx8Pyb0/y9bBHU/zL+KvcOD25nOsvkZ0tvCg3n55NrxUHYW2qXL5f7aF5aumg25kshQ7iirqEU8nnp5aSOeHxtrRdJti1uvLPM22TPHuXLl9bMo/0SGRaj+IEimniK1pUHqVVutvlVJLR4xGR5EDP+qnHox8mWpDSpUtV0K0c6K8NYaqEUsqOFZHiqTJ4ZEdSCCGIIN/ZAYpQxQxNqHEUNR9vW/HhHGZf2jrR1/mpVO3dt/zOvkPU7lnTObdydT8fuw5aT+NRpHkdt5HYWzcBlMTg6vGQZGshrahdoVcUcEYadJW8/jEMgk99B/Y2S43T2K33Z1ibWkE6gU8zJIwoPMZ6iHmiWEc0wSeMugMpJqKDtXj6dba2Y+f3wi2fiEyme+V/x4xsTU7zCiHb2w6/JLFTwQVFRGmGwuayOW81LHUx+SP7cOmsAge8HLTknm7cJ5rba+V7+4eNiCI4JGpk+in0PUqncbCOCKaS9iWFlBDFgAR6g14dBTP/ADcP5d0dI1fH8n9k1lLFS19ZUPi8D2HmZEixzeOqRIcVs2qlapSXgQ2EslxoVrj2dr7K+50x1L7dbySfS1l/6B6p++tppjdIKf6df8/RWN9/z7fhbtuvpaTZmP7d7YpJ3xrT5vbWyYNqYSmo66rpYamt83aGb2TlJkx1LNNNLGlGzg0ckP8AnXhWQZ7R92z3V3KE/vWysbMkHEsoRv5k5p5Dzx0Qvzxy+moqASAfTy6Jxv3/AIUJbqyFVAvTnxfxVNip8Mahpu2985CmrjkzWTrHAybLxVfRUtLUUFPoB8szx1EqXuLp7kDl/wC6JucbQW97zbarM7ABFcFmqaBQG+JjjGnjj59B249ytseGVYbM+IUNMedMcKHj6HohvbX81f5k9wT5KCbtSv6awcuJnlGD64mo9sYylGTbIQRsm7afHYrdtZJRM321OJsskcrUrSSIWYxxzfs/3c/bHloKOZohJfL+J2FMUrUHtFT6Aeg+YVfnXd7lWg2+N/rHwoUGtflTPAHoEuo/il8sPk72WKbAdN9udgZw1RqNzd3dgUWYx+38IIUo5pMS/Yu+BGuSJosuskNFjDPHWRie0jMiCQ9u/d32j9rLOa12lbeW6QaRHG6s3dgnSprgZJ8uqry3zVzEP8anaNiQSWBHDNM+vWyt/Lt/lWbT+MU8nZndmI2zvvv+Svqq7DZ6iqc5m9sbAoa3CbZpp6La8GdjpKB9yRZyjyMiZtaCnyAo6sQI6xhl94S+5nvLvPPN9PBZM9vszMG0cNVK4YjJBB+HgaZB6lLlnlyy2ICRbb/dnoKmT1U0qPzIB/Lq5hF08fWwAueSbf1Y/X3Cv6ZkdhHSSmTTiPSvy6FpNQOufu/Veve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XutVr+c7/Lg37HvXdvzD6F2vuDeWH38m28X3V1ZsLaGU3FugbtY/wAAHa6YfER19VuDamWwkNFQ7jp6akNTR+BK5hLA1Y8eW/3dPeW32QDkDnC6RdgIJjlkYLGGNdK6iaA1oB+z06jjnPlt7mm9WUDSX2BpUVanDhx4dVTfDr43dh/Mjt/anV52xmd54aryuHyvdG8KzA5gbG2117WV8wyWRy2bx8+Mel3RuSHASUOPohVpWyyETLphXyxZJe7Pu9ydyzyfcbdt17b/AL28B1jRXQuJCpCdorwYg+n+DoC7ZsO43F/Zwy7fMtu0ihyUIAUkAkn0p1vt7XwVDtzC47DY2lakx+OpoKKhpXkmmemo6SFaekheeoZ6id4aZFQvIzO5F2LEknlrdO825T37HVJP8RpTPGpAxk9TvY2UW3W/0sNPDHp0o/e+lXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIPsrrjZHbWz8v1/wBj7RwW+9k7igWlz21dy4+nymDytPFNDVQJW0VUrRSNTVlPHNE9tcU0aupDKCLQXu7bXd2u67LfPBfW5LLpNC2OFfL5eXr01NbxXMbRTAFD5Gv+TrV673/4Tj70iyWTzXxe+Q2Hlw1Rn6nK0HV/f2Cychw2LqMhRy0+DxPcO0p85uGtTE0xqmjqMvhMnV1LeJJZQNTjK/k772HMNjaQ2/Mmz/UMAvcWBYUFDXNM/I9RvvPttaTyrc7bdeHLmvHJrUeXl1Vl2R/K6/mLdcVj0eW+H2/OyIqaSqwi13U+U603ztp8RNUUmNp8qY63c+My+Q148l0X+HGoip2Ik8UqMonKx+8L7Vcwxxyb9HBC/wANHV604+SGmSegu/KfOELlInkKDz1L/wBBdARUdPfLhBj9qQdBfMPLjZsmLk2xtSv6c7nrKDB0jUlTHhcdjpK/F1O2KOlpY6KR46WKdlx7OrWSSQBhPae4HsU6eJt28bCkTcRLFIZK+ZJ8GtPTPDpJLsfNkLaJZZA1OFQf8vRae+di9vbO3ljNsb26439trLz4fH7gx+3c9tHcGOzWXfKVlZLFlKM1VAKityEEmFlo2Ju0U1G2gqpYiVuTeYeUL7Zd5vuWFtLrbFU/USQDTFGAKHtYIfhyaKfXz6J7uC7tJkivyfqHPE/i9P5Yz1YR1f8Ayqfnx2PWDK7d+JWfwVLV4+n+33pv2t2Z19kVo4aWETxLTbyy+Pz8mUFXMYdKUjQ1PjaVZmj/AHTC+6feH9pOUiycvyQXN0jFaokhqRxNSgHEUrXjToRWfKHMe5JGJ5HjsyvbUjC+WK+nRztgfyPPn/kMDJLXw9FdftNFUiu23vnsjMZ7JV074yjqaWWlqtj7Y3hh4BHmFWnkaeZ38dO0oViUUgjfPvZchRoku28r7jNdNl9LhRqOWoGIxqrT5dLP9bjc6kC9NPLPQy7X/wCE8XySrMxXV++Pkh0xiMPV1tFPTYnBbE3luyvxVGtFI2QjgrJsnsKlqKpq0LDGpREaF2l1JIAhCm6fe+uLmjWnK6iUZUsVoCPhrSuAcnpQvta4ZGO5VoQSM5z0dfY//CfzoeIUTdsdv9vb/iizFJWZLDYOTC9a4fL4mjpZKf8AgElXhZc5vOhxs8krOZqPM0dWyhFJBBPsDb/9673N3eC4toxYxGWNl1pHRk1Y1ISMMvEY40PQkg5GsIbiGZk1KrAkGmaZp9nl/wAX1ZH1b/Lf+FHUOPoafa/x26/yeQx/8VEe4t+YmHsjdNSuZy8WcrUrc/vg52tqYhkoY5IUJCU/jURBObwbvHPnPG9+Ibzmi41NT8TYp9lOPn6/kOhXb7PtMMsckdgiupwaDH+Ho7VPTrE+pUZbi3LAgAABVUD9KgfQDj2FAGoDLJrk9adGXhRIdSfF1M9+631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcWUMPqw/4KSD/sCOR79ny49e6Te39rbe2xDUU239v4nBU9ZkKvK1cGIxmPxcFTk6+V563I1EGOp6eGaurJ5GeWZlMjsSSx92Z7qYBr68aeUUoWqSKfb/AC68YYVOpaV49Kb3Xr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYGp42t+2pF72/BNiv0/1j7bd51I8GlOtinn1FloI3RkAksW12NTPyxZWJZvJqNyvNzb35RMwBeYq3y6Zkt4ZTVuPWnr/AD29u45/mpip8vS1VXiovjj1zl8pBT5GhTKtisR2D2R9xVYietxtdRYaSmAKU82RSqp5axuYmiSZWzd+7msj+2HuRGl+6v4T4z/B50/1U6jDm+3sV3fbw5Oqo8q9be+2WpK7BYXI0iu1FX4fG1lEahWWdaaqooJ4RJG/ML+F11KLAEWsLe8KZAyySKxqwY1/b1JtqEW2twnwaFp9lMdKDxR/6hf9t7p0/wBZPfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdan/wDwob23htvdtdCbwYYjFS9m9X9vbEr6+vzj7ZxuUzW3Z9ljbD7nyklMYoaTEJvOaSOrhl14+lWsqJk8MIngyw+7bzJY7XsXuTabk7+C1uNKgA1JQ1oCQa/6vXqMOdbSb977M6JUTOACM0oQO70HW0R1rjstiOvdiYvOsTmcbsva+Py4NfNlCMrRYShpsj/uUqHlnyX+Vxv/AJRIzPN+tiSxPvFm9dJb27kiWkTSsQPQFiR/LqS4omhiihYjUigGnqBTpce0vTnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//0N/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFe+U/w5+PnzQ2Rh+ufkb19Q9ibPwG9dv8AYGJxVVk9wYSWl3Ltr7gUMy5XbOWwuWWiq4KuanraYTiCtpJnhmRlIsu2rc7/AGiS9ezuWQTrpIHoQAQa1B4VHp9hNW5ILeco08IZl+H5HozdPF4YIYeP2o0jFixFkUKOXLObAfUkk+0TGrE+p6cqTk8es3vXXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//Z</Sign>
+          <QRCode>/9j/4AAQSkZJRgABAQEAAAAAAAD/7gAOQWRvYmUAZAAAAAAB/9sAQwABAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAgICAgICAgICAgIDAwMDAwMDAwMD/9sAQwEBAQEBAQECAQECAgIBAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAEQgAjACMAwERAAIRAQMRAf/EAB8AAAIDAQEBAAMBAAAAAAAAAAgJBgcKBQQCAAEDC//EADwQAAEEAgECBQQBBAEBBAsAAAcEBQYIAgMBFgkTFBUXGAAREhkjISIkJQoaMTNDJkFhMkJiRFRFqGkq/8QAHAEBAAMAAwEBAAAAAAAAAAAAAAYHCAQFCQID/8QALREAAQQBAwMCBgIDAQAAAAAAAQACAwQREgUGIRMHMRRBIkIVFwgyFlFhIzP/2gAMAwEAAhEDEQA/ANVl27tT4Gz59gsFfQ8MY0MQ7GjWYzEa4yRiA0tbSQCMrFw8hkNHotWNkmfJE+yVsUZqVOajyyVP4f8AZzzllljd/jbxttXJtqi3Pc4twu3Lu4SU6lSnJXge50FcWZ5pp7IdGyNkbmhrQ3U52evoDQ3k/wAobtxbdptp2qXbqNSjt0V23cuxWLDGssWHVYIYYKrmyvkfK0lzidLW4/2oRT+7hsMhdhzRJp0By6HyTXovGOFy0RissC585dxKUYoNnRmcWsoSx6XeX2r3ZZjjz5TVznlpwzxy5w54/Ln+RvHPG+McbtXKdTdaPIKG6Vqs0NqzVssLLNWWy1zXVomNzpYz6jjJBGfTrfGXk3lHK+UVKN63tF/je4bTatwzVKtuq8Pq24armubale7Gp7/oGcAg49VtGnv3WqJvbcQ267flL4yRTI6TBk0uwlwMcAsvMhKM35ziiaITskA8DStuLepSSlK95bUzXzqRODAoaM1Tjr4T5Y480CtFq4KYd1aydoyFQNnbixUWaRArQ0larcpB2HjFrMsMOccn0paGoQ6wUrKbyVa3RqMxpl26XaezxoURFU7tuGrSp05vjRozIgVtt/yJr8UnJXcuai9SqJqREEyO7immZRedzgG+JK9LXOdMEPljtGiPLcH+0sT0OCRlVvmQ60I8WhBlzsWbk2txRbsCLlC//kCdyq4B8Ow6oZV4PmUWIatj02BQrkCNTQLIW7JpzEccsSSJG3lAixBYYRvBSgumEcRNkWwSuWxWlS5cKd+Ojf4xF4CF/wAm6WOklDedKCeIL7uza3CjWd6vCKhd2oscp1y3eH8gp8HpzIZG4Q2FQ7DHjxGRG8Nbwsb8d2HCrar5xy55ImC2X7jPdHlNoSaDqaDWoITQi6DjNXH49eSRa2go2SlksaoQQSK8BiLbDSGHjUNQsKJc5LnZ2yb3NBvcYc6odarBVxzpTkRVNnduTRuDzJHIBXJzQRYrXAmlkPPwci0nZIjeuUVjZ2RLaDdWyJO6SWSZiHjPMZWw4w91XLHZDNmt/wBKtiVOidMo3/REHoj76xcsUmv9mIwRAuC/SwB6JXuqNkSopOpI4yHhW3vDsbNtr4nKtdcnoVx6ISLHWqh6HLqnFzYF2vlVxsU6E+oiHiif/I1szfUrVXr5DqPbRDMnSQgBxtUZC/JNMVE28cT6Kcub1uB7PI10Xc9k4LGzfg8j1ozc31wdWBMq3J0zlho2qNZEfDr3gphaG0udEaDD/TADKvFjYUcTjeCAToQRaM6NMhmWDsxtNVCMtBVhznqcmSAKdGp2im/Nua1C/FUqyyToFeGRFUdsO7Le8DEKv2uBVpaJyMOCAnGBpkM2F5PC7AWcoi3uUdORih5fJj+wDWmotHRcYdjS2cFLNVlL21zSujOqVN+vNTtIgZsn/wAhW7fbwSmdmtEPa62iky6L8ymvUsp5DCI3h9iFkt9TjYRsyXyUvJRZhLkPzGTEDiyoIskdmmQp9kZV57d34uCHLEiI8bd+y4KWEL25x7e0xuU8QQEQw9kC0VS92+I1ifo6QkkDddjEKm2XqCE6TqZBtYUEUblDK1P7o75uzC8qsUqVOl36UhEYEn7kNshIXsRdJogB7AwWSdumR2Wh1m67L8l4ybzSKx8UJxMl83iCYizmTRsHlzJoY0sDUrFaPFyUJ3XUmcnLZp24o5DxHaa+/cr2zYrZe2rd3CvA8sIDgyaZkbi0kEAgOJBIIz6gqNc03izx3h27cgphjrlHbbNhgeCWF8ML5GhwBaS0loBAIOPQhcRv7iFpeSC0B/g60pfD6ugDOREwK3gazMXzftTqKkhm0Q9KWc5m9wdqeV0JVflpVbON2jBR9sMtfOXHOv60ZN4k4R9pk5B9r5HHxVtp9c3Re26TQW2TUMpq9lkzmNmHVow4t6g46rM9fzJzt28R8dO68Zl5W6oyx7H2G5xl4fVbcEQtd58DXmBw0uJLdeGkZ6JrHyujXwr+aPTbr0x8evf7o/zOj1nynQ/WXTHnvD8r53xP8TzH4eF+X8n4/j/T6oz+i3PyN+Ou9H7z7t7Hu4OjPe7Xc0+uMfPpzn4Zyr//AL7U/Gn5J7EntPtHvuzka8dnu9rV/HOfk1Yx9WMJafdMGfEOfC7ZAxLavp6jS0GBIPFdTYYsGcVaWJ+hpvkUwiK9M8B2Cyl5xSuUpljYnw+23D8tmPOOzHjV+XPNheO/I/G+Lcaq1LlrdaXIaG6WbUMtWtVstLLNWKs5rm2ZWNzpY/6TjIIOfSs/JnjLlPK+U3L1GptF/je4bTVqTQ27Vuq8Pq25rTXNfVie7Gp7PrGcEEY9VP23MweoLXNdLig+VZicIklCipGqnV+BVorP4T06t5pMAoL+2TMZe2QuOkCFtCrRjtV6VqZz0K+danXpxw8vns/D58keRuOco45ZpUrW63uQXt1rW5prVarWYGVqstZrWtrSvbq0vZ9IB0kk59frxj4y5RxTlFS/eqbRt/HNv2i3UhhqWrdp5fatw2nOc61Ex2nUx/1nGQAMelX9tO0wdqSyTbtvo3GumzMrthAiVZLUTpr3VSld064FWG5DmjvI7KlYYI/z6USR/OSeRJ5NI3xU2SCNNy5O4tu9eu/g00KtEIb+6DR+Z9r6qFZXJ8M0jDYh02uUwudE6jrEne7gmdnL0KONgJzuLJ4dMhgUpGgFpd/GDszOulS1rkEbbkMhc8dD6m0I9RFXD3fAK9wxBUZZW6sZald0ITBBaHIfAHR5crxTgHC6DbUW65kpeq83OlayvUq5kA2d2/AczNzU75ZMnhpXa3vNpxQJFO0iEmmUnFrS/wAHa7ylOeCeGsVRrGRyt6Cwk5m3b/F7i5u3cfkaieQpoItGXiTEmYw/NiVydeqb35u4QopcnyaUenNpSIl3BFMKyD6j42MM8R1D7ctw7OScimfuVNlST3Xq1BuCjNNhaEXsf4AqCQyUxM7wWTv0FbG+Zp9RFdHJNoeEKRU37kmt33bd2vQRaIqsV9IIHTk/uCARmi/cfrjOXBx9gQA/SBTZC0ovhaoStgonKMP2BsO3qyg4OGNpUsjj0jiKqVIovph6h1dNG1S6Z+mqCITqhj22MnOfRgJs3Fu3hceQShIUCbWywsNYTQXAzW2eu+x8MY9r0OiHGyeJK9AqvPK1tZxiiiLqxYkVg50bpYhadzO2J9ZFWh0jBuoZUtRYuK1cT0GZANTkRO/k45HIGRZDxYw3dwSXgmwsbK2UvV5ONp3GR09neEgaolPsnWMNKx0Rq0fCZSn1KNJEFEoujT24NtxxyfzvC9I6FFPl0lFiLBRO6OAHKx8BQh5hqW5Egt1GjTcWERqaxoskmEnYtLQ4MQqedjgyRFYvbOfMbSL+5cKIhnYjtqlENw3sKAeFW7sgsCd/yG9yswl8pwGJ1RDMuD1PKo2rnGyV2LY3hCdk61TLEGxzjTZ0rLt+WClwzVq0PJFbNJZq8k7is9GLHXLILobijGR9MwHzbibSvN1CUIKsOTzooMhtB+h3IAStzOCvPpQ2PoZjpKyfWRxGOpQqWqGBZo0s20ibyMBxCAkGRD2trZiOqE0yrZX/ALULzPzLMZxPWCBFaUyq7pFYYwMMJPGx7vkM+aonIIbrcInHHdLixPz88bEDprSIFSjfyRLZMySw/wDx43HcQyk9kI71jLhNsEZQmJRXIHGJVbAFu5EdZogCUOf3thdozJPZ9bVOUy13ksU4ZFMYzmOtNxk3rM0qZw1kU/r7YShAAfLbqGvuWUakTZb+vsvrfNH1TPDSyaG9ugcQIyWv5IHwwaw1mNhXmQpaXHbXKh7GOEEOg7a1pc47wv2LFSfXIeI7vBx/le2b9aa99WluFed7WAF5ZFKyRwaCWguIaQ0EgZ9SPVRrmey2OScP3Xj1NzGW7222a8bnkhgfNC+NpcQHENDnAuIBIGcA+iZ+LK8zIlGBeTB4PaBT2zIihY2gsom7bai06dax5yCtkYbB+7OMBUDFDEM98iBshbXPRr1JturnSqxz2c47+M/x0XL5Z4TNtEvGW7xyRnFpbT5jW+27af52TbLRMbHdx3SeurOOnp0WZofDvPIN4i5Qdl4w7lkVRkAtfc9z69uq2m15gFfs57LQMacZ6+vVNc+MU2/WH8RfX4Z1/wDEr2V6k9VXdB9Se33TPqvrHpXqPTvnf5PH8n4vg/3eF9/7fqqf7xtP5l/IWif7L9995o0t73a7/cxp16NenpjXjP1Y6q4/6LvP4U/Heuv99+w+y1andnu9jt51aNfb1fHt6sddOeiW53biNaaR2hElVxI0k1/D5VFD2gNitLF5GMa4DAJTPTOIzaAjWKsVK0ikPTNeiACNz2QGN6FzI6xOZIkrwv8AVki1M251SrbWXeUFSgTSyS8Dz/uvz55p6ylr2VsERA/HXdkL5/EUDTylgDVciyO1GMulljNkNgEWbW2OGaOoEMFjccjfDMpb96t+bFOgilXbF7slvank8/U3p/TyAHmFF8mPF7K6JoiIp5V9omdd48j0v56VBAVE9+kklUx8lCoSb2wdo0qpfuQSXHdlly8c5eSwInC9gw1HRttbaCrbcRiZO64bBwVLTP0SO9WTUEnSjtiy8WYwRWquCx3Jqxsa31C9RouvMk38p0iHl5408uKbw0+zn7kStr8VwPt94peZ7UdweniWOigOyuw0t2CQ9CY/EW+u0DR+ek7BjjUEGBXWyoF1oCvDJsVD2Kvqd9cInslrpmsdXLjPnnQRCbET6i7icsMMYqv2+bXwi2PcPqmGRWuPhDM7BzVyFiuq0nBrY/HyPolIQiidljDI+1d1Nylz3yrYhwkWzah8XhZtx08ETk3+Bdsq+caiXbFLrIykQzhcoVnfNtwk5nGlTyVcEp28eHdmtlautekysko3nBgmrwKWh/W7Izm+6yLi5oPSlWP46tm0iGbvN7BXFjd2+apduEk0Sj1YWxviAoJSwY2JDiUtKdQfMM4sq+hMh60JJ/PSN98lh+uQt6Le16druSFWlEn3bF6rQizIjabbxbbNxfvRCxzrFsrbSaJRKXtiSrywYzIG3yuobrj4l6RNk8HD6Qk+vKOzywauCr3Fpj22BPTwtVOevDXxvzTbcdhEMaipNVrSA+pE6iYMsLaG9YwtC+wCzl0pbFX2nEiHRQD4paj8zTi8Gs8j96UugsG4tVx5PimULY5lINzbqSIV+lQq06uCK/1cj7jt4hhcLuAwe11nosF66T2Kj8XCuhZTYt0VuexVlbyAMLZvgGhrVGCbIBk7HspRlqfoOqWZyTBuaV+3Xng7854q8CKDxcfouzRWZbVa2kyhOcYN1hxUJ5DFg9aoMVkcZ1V2Wz8XJOblEkBErAiEScTUxyF+kI6KihJyiw3DaH469mDdrT7V/BEZdZyH26bFM5xB/caqPT8NRVOZV2kZECSqY/GwyVxNXZwmQNps9ylVI3rJIJZx8X3JBwPEbw74KSBDclcgjujaz4bNmsiEiUVbLFHIgX0oLP8AbC2o8oRO31YH6R3OgUyGlXZfgpRsqWlbIESLPYzD4VYkvV/sE1cydKliK5UqnG70lmaEaNwz1KFBEOE9mBkv3b947XcIGdb61CCwtM2nBmsLA6WmcoSvc8F93ClgbxDFsn0TJqeJjaOtlzHF/wBMmcnbRuSRqWNOLM55YunP4/RF1DeIO5aLh5ZTtHhEHE86iah7y9W/CxTRWNHHFl4UGEGCx27b+IrTaYpt3uTiLijX+QOT1FUTOoe3/VuToUXpqjdq27SKZyntz2YtzK603ttd3PzeKrO2ChWuudFmOOVKN4Vk4HOkUHD+4ExqmQ2mry9zf0WZDAQT3Yu459G5kT49YOaLfilUaUe0i0FfHBp/QJ8VuuCJ6L+uD2e9wfj0TvdD0/2a6c6l+MX293OrvB/m6T+3rXmP8X/vvoiFju2679Euy0sC1f7WuTdVtRUZp1WGplXkWBSdXVnDaXZGXRuvno43WOiMbFCiFOaPSnTO3HXzc5NbWzuCvQk438pst5EpEngmsPbxXBeC9r0bjGWmJg0h5HbKstrIQFyw02AL0zFWmYQyvzoUZxsLUwDdqpnEN7hJ0TVBnFpG+xvYnjFY76VepqTLCIDu4tSufDq5FYr908sIQHgaRitIesBoOI+TcMBgPTYM5yQ59aggVzBK9AxhMasYcC7ekkC6BL9MMgu9Lt8shQqs1K7RyROtPMRucXAZR8QGbuCOoE5u8xymV2GsTCRDXiCY2ZhqpbMChXmAoZWwQtlIDBchrAsdjSLc3adLPAeWJie9OT7uU+RTuJEtKnpO7YTTtI1kM6SK7evVk2FqrXI5dT6RTqF2HS53zTyIPcRO4FfZTOgNVEET6xux72tLEmDCh4j7Y5pnPjQpQaNSLftIirvzbAPdvcTke2dRK5OdNrClGDj7t87UZOXPksKVTS7vdYQWGGCz6uzzIihUVlBE8rQOuqVjrDuH18cX96071qXNYsct2BFQh8GRCJoZqBPwZaWNHUhW4YXyk1l7yiKtYSZoCHTulbR9BaPieNs0xFUDmFVK5QCZkCZa9k9HcXZJly0Ya1efG5U3INacirTmdUiOMErqMaMyaS/tkYSuynjMny+rNbeEpxMbRKFVTCsN3NgkrW4AxtehzWpnciI1NzWl1MzhpZkz2oyylCtVxyRWIU6kdxuv8pfrBJ21Y9uNf+6yssFcOwttpgydHWpHgqL0+eaan9tahSrI0pFAtr/ANkr3y2ORdjYFWvXLkOhsZHbhL4SAiPutcvq+z2YIpZIbeZkJ0kteTBJSef5YS3lHNJre5vF5GWkAEy+mkEJTnRh7kMRpa3RiRsOxcz5tLsnVt2hRv5deNyfSRc6tPdQndnyHEasduifoojCGEeV5hcifWEAigdSdnYzSOUD/AGvu2QIVnAm4Jw8vU2K7GiYl0PZN+6KuDhNlfOxKt1okezSRLuJ1nqsV2shN2rR2lX2Pg+Yt0wrLZs69zYrmw2mdNLRvGHspEINhttZidZvCEu0rH06a+Ic5Nmxlb1cqkOOneuRJ9OzfoIipGFZe2JNO3xZO8qmvZfmPa4kDQzH6U1kMZTJGq3gUOdP25wrcKUECWaCu88v4zk8IkUoW5JZJNcMG7Xm3J0CPyWPGCciAahM2tBegozNj2IZ93UxPaOvNeLW3v0TAlFivyeq50GJLLJIzENXchc8DppaCy5aYIz6ojw2bWxkUPylFqcFyRDwoUayIwKTWPoJJrVraGtLQ4RuRuWkl179JfDOdocPw7X0nTTXYEsVgr9YyOynWcp/dmdWBZGeSTJROVyFobH1ulLaxSTcy6W7BwIjjNpmHsvhuIQ7WAfKWq7cqYKtVRulEzGWn1lfK0VcHU5kCVyFFsCtKio/zWOL3mMEOZN+ycDJbKJgmz0Klid0xVJm7dyRDsnpFaLuS2fA1gp7ZmBzbt59vLiXQJmNuo1lgcyWwMmbYlNt7pLIqmG7Uy4o9dZTW/qhri+ue9pkEoY4psUrsnDY478lRFoc91zh+nn3n+Uwp+Qfwh67+YnSbv7Ne5Xtj6r739Ge1PrfQ3rP+08j0Z5jyv9npf5fwfREubvN3HBus9MNKZ9XYkyEvI4nWiSA+y0NQuDnExe5XPsS81Zl8eLLugiDikg4mkMZYdiKTNi50RaiawuKuL6N6Dco85iRZ7bihLaEav7pJZjtTUlDTNFCUcIfPZZBQGkqgQbOCscmOUw2NzusJglWyToqznlyTs7MpjEC3oJk/EGLKHKSNeeLcg38fREQ6azS8/AI8EVvmhfHfcPsHBmceXHbLdYPcEEy4q1exeCul7YdTK2z5NE5MfG2wL0QFEKkg/j8gWuTK1TJLuVpFGDrp07yKOzwA1BBNVBZbbu7aTNdbuG13jqhwmHbdjZpayIO64CUpSdfuE8dnQSSQiZSCsQSjgvmcY8L1zHU3opGoam7xuVCpLryInCVJ7cUUKVhoWdK9TdwQ1Sr8Fu3QEh0Mjjrxl7v1RT2flWUkwd2hr4o3Q2Sj+1YcY5ez7Ik6PGKJbB5G4blmbWq545T/AERLqCsGL/cQFncdo0fDM6WiIIcmcwtWPLmSLQpsGB6UF8alVgUQKsAqIiF3zis+mspBG/JzddrO9tO6P+puTLvQbNyFRtzIhSBsxlPdQH12SJQ66EpLPceubVIFCO0VNrAyLIYiFlZJtDzMx2aVh1PL33jSSocKl80y1jxOh454HCdTs5UbXDh11c6yJkVoQA0h/td2AlhuqrLIzC6mbgC4QKj+pEr3YhO6WwlhNgjZJoxaLOK6oi8AKftcoSq5IwR2LLOV8reZIgzddavfv16iKhX8K3Zzjya9FkKDQik0mUMYWtWPZeHSI0Q4eyfuNM8edJ0lOvdKE/EYSuDGIPcuROLmodpO8MWgQIVrukdXBbtcslSciByFiiph2unLnWghjloHMBFicXYbgVBrDUGb9zSlbSSlEi55hZYYC/XaWDwd6BuPZspj0wYnLZpUJIxPGfFfyr2bE2WjEiZzLbKNhIPhJ7E0AkUbnVcQhTkhkPuUGYGD9ceLEXOLH5DFNZJMLYkOnlU7D+zMwJ0sf1kgyVYS90ykO3dzvSc7sM8eSKVCvu9jETCosWaHY9Mq5GjgIKpnTUqWmCE9e7T3NYXw3ZNSU1RY1O7fFlVnkAvfDA4Ltgaj7Xk96tUcUKsnjRi9auUREvvuRBzuodxk0jqDVLmYgZHq41aiZNLJioWPqMPpjBHalzUX1xdnq0Lupl7kkkU/Xvr6n51Dx1T6XsV61SqLOG9crbVKzMiZ/UYg92ymNLYDNpZCQnAQ5NQ6fDrlHCC0KBO4gw5kYPbYdTvt1AGqsikCSXtDay2AiTTkkRp1u3dKN025bUKFKp1+LvIkjRu0QT7rgkvnXYYdsKUgu2o0q86niYwQUuut9i0/trG7CA4ezs4NlaGYTNEqj1k4/qIsjStr7m5r3BgYXF0bd2O7hTnuxIip7kNCtDCpwFp+kYxsDa19swcxvE7BWasJBDxYOvfa6MmA9g0Os0YApnpYCMSWKurHzNpghfeFzE1jJS3rXhXs2ad+zwyJaVgRj3UA6CHgSgiL0sm1S7GjjTA3Ji7Y6NiL+8oDYTldkX5XukAlCs6mjttl0Zkgl0MDlON/OaFvWqdjJuz1rd+H4kW5n3M1foo92PmYTfC/Xt1h88OgZP7t/j7R+ofIb226q6u6z/8Au/pfrPnfM/x+a/P+T6Ig3744ROSN0VH0Qp6QxdPJ+KWRbfITdNLDJD6ZyZXa3SY4ASuUFh8LQO4pyj89Lru2NOtx260a7Tsflea5YnRp9CjQRZJJxVSy5cp/c23loEwGlRAnMms/ZhnE5LMl1nAvVX1V9tK5Agvt4cjkbcVtTnVbGyRKsGtt0yZevWct2776ectHCjnAiYTLjPF7b9wK98hsIFLUrBHxB4DGYFW42t9dB4PlF4MpETOK4ilGXa3y9AVdqWYGtXF2tmmkEkKh8clm/wDGXOnoqVHs1kQ6T4OW4Z2fty1q4H4zo53J2GfH5vkhCPM4cyzOnQDz6VHows/VilvdjoMppWWCti+NRfhUT8VU21SZOy4tuvY24ZKsCL87HchlRQjVXm0mSNaN9FD74YGOym2xcssRB2wwqb5ysTQwIvMcUB3ftkEon0Dk1eHtVs2T7BLCfHcE/qajahzXeERPIO8+tLXC55ljESV0BbiCSKWywnFeTPfNg20IA4LzOxEUB8LHQ8gFcIWqks9nZBcJNHZc7yKXsDk+p3R1cUyJ01R7WlT4kWfKGBstj9NBxbYQazOwkupARLd1pj5JxSxmufb+HQDqqoHsTswY52bahKxBfyZLg9HULS57tD5oc1Tvoy2eTTLlPKnVyREPb2ZjmwVKkNWbc9wwdQU9EZxZLzi64QwytW8VsNzS2SxFW6NDM/Qd3Gy4rCaYwqOQr8WRK0Q1oY3LJoaXXdtUu69YoUkT+qtVOG4iCNX2EVAdxvmO5BWVhs5a8ixKzBmlMjIVuQHC4Q4ASNxwcHo2RdCwNJ7XkWbb90YkbQzsO/lJrTvSPRylw06yJHkxdbD2E7UigsHAfpwNPojLXGw7jYU5oonVXS9D5nI6WGoq41wG/bi5jhvnqCX5Rre0Oi0jRfy7bqeXBxSr0/KNEtTkVTyQzE+1Ubgwc7fnc6hAojk4oMQ7BXWhkyrO0xfbU4fMyUJ87gNEjhAKtuVuSwnQckTeiTyBQ9SR/fU7BgvVuqtXv5U7yKSlk41/F0u6DstVE6jec9naTJq47pZ275Oyk6uEqAJfTM7A0DnXH7vknVOfcmWSk0viXa/xdm61Z9LskV6V6bJEj3pCJrBZFdE7W0uqoHaPTQg1wG1kYSY4xTV3lUtmLLGIR3A5eT0creIeUyLg+SC6q0qNa5BOtCxt42ugxWbUy3c5Zbl+hiz5IlPPVq5eFrj2+yOvc6lFR7bTm+TrELAMEHFmuxNHQkHBBwOJsyERmxOQYLU1h8qmTs+yBuHvLa3adnVLYn9S4RI8cFH0RGzKhkx9unkE503hq+6JqsjcyKWTrFZ4YT4cN0ntCWyCJSw/SIXXpj7lNYG4QGF7WWdyB9ZEEDZUrApTxlpzd8cXXnZhyRQ1ZK7vVy7qM6ekVoxfb+bSOGXAFxeK1wgvFWIEZVwprAVU81DN0YwUF26wekxDlrI8gWSXZGo70dK9Ls3pES1350Kk6Mit5lMV+Rejdjc3tFQnSzNET1Hq2nI+RaGkCNVsmHb/ALbAtzunEIRLxVFIE0y2PR9qMZVH7IlVxiGpJNkvRaNjrtySbHdVtItMPuCfP1ee5vxoEvyR+JHVfxO9Vivsr7o+3/n/AGb9Y6i6N6D9b/13jeq+R8p/XzH4f3/RFno7/sejLd3LaOl+fLbSnBQK49FiABaYMsUlI1q3JiINJnL5yQjhIbi8qJnDRYoD0MbUUonqbKGr9uuHxnRksWJEqnFSmIhiLVIJEnqatFZ6MNzkkzvk3Wzsj7U0ItfM7hCSHIi1ZFeSx8+tFGh6zRFEYqzOMHn6VTKCDqdW1oSSJUg17tGW1305aSJOVtKazBAEu329hLuGE4yxmpQ6hshLzeMCm7WYHVdZ/B3tJIzyS6EyKNzBAzkF2r6OWhulc1hke1NSiBMbe2ua5x4TOunYmIm7zQ7ViYkd2L+O9ZLJXHYNbdTJpLzkSRDIgmTlU3ZqsBuEDwWWiHDu2Eh2IVL7CxpkSGhQ8vKlIx8TXVGEfCdYpUInTgiomb167jMutVqsZDp/3XbVkSwxnCkOP1ZDb24D9Siohvr17jq8pKDDCSpKWS9C4VW1HGZq+Id7W5sro0pGh3XcZa+cNm38yKE18k9JR5deyE7PNoSLWWwBRty01dVuAE7vqdsQB8BxuoLcSUqyUH9jH7DyUBFHjCNG6BJtW1G0N8UV70TRxnt2s+GtSRbk6cBEFP8ARWAwz29HEnHdhBWklxia+CEw2YixtfS5FUO4ly6dmvVHmNrso5EzJVs2u8uUt+nmU87clWzVxxu/Dgis1dRumznJiFNHGrgHXS4st0GaCfJlQviO98IDWMnKJPA7b5e57GrJW/o4Q6wJkUtetTnsxQ7mlJnq4xy0a+cSKfDCt4ACctK89EAYGQymx1k/M0NEsgsLYYxISpLuXB9deZLPnZoQpVsqfOXOTuKjzKzPdt8Zdvz/AC/LbnzyRcuc1UrQTSoxnIiAQSTcyxmEv42jpSlMCjb3PWQfSprlDJJYW1ylwb97wijD8zzd4Sq0Wvbjo36HRVhnjzjv2cZEXigtQqsDAjNpfHNeA3BiozjRhDTSRIqPIwxzNuEsWa2RkjY2RSJvbdDomhLCzxpvSpG3Dbwk0aEWnDDDjHXjxwRZpu9UKIxCLH7ptFXqqldREnjQ/KFozyQ08NP89AJTOhDdQSI7aDSmatcOnMYlp0n7XHmZxOmqUa1eLWyJtfOnLiM44byIILHVPvKbYLGIyG41WsiEWvJLDURpyQaekhg12PF85OAylBdkfcstLaKEtDjIx+LrMLWFbM3iIuTfr0SF4nreu2SHfsbMN7iRU9DbV6+5aqXLxLVinrCcjuRJDZm0U+wTQslU1r5RzU0si+JuXdKQ6Y4yRSydix05wWcPTC2S5ZGVkec/T1+nPjYox54Ip8IpbXEjD0qOlH6Qj587iVLWyTWuobbqsVGG6vYuvexj4iIa5ktziovhu+WYyEejSZGLfHt7WikzunfFDDqfudiPLDJFrIghcx9c4S9z88EjunlceNFzdwnHM4GM3jveCau3EkHozJUgLjUtgoimTwNCUqlES/NmVat0bQcodDDozwzz53cL8fwIjCqVSXvVgcsXMa5tO2qyrheSujtO9Iwifdl3xWxGqItkiHDLBbJMk3TjabSUj5xyIxhtguL/AKmtHqcm9y8jip0a9/Gjkift7EGn/plfjn7TkH38/VB7YezHSL37ne4/sH6J0N0T5LqDq31r/F8h5fzXmP7Pw/L+n0RRnvwlY3Q0wdrEeCAPR6yLeULJTxdPa5yKRwyB6yuzCqLxghIdDMQpdKx5ixSmKqG3Y5tTdxIELfInDRpbXNM5oVG1v3kS6pPWiy9WTEdzryYDV2sA5J9ymz1ppXEn2uhpBqEA56UmtaMQRA5kiP8AamMnNBIp6xaJdmlRaRZg/oXf0v8ABHlH8eSLPiXu5GYh8Ah/IjX21YgLY1E69hid9p72v0zTOuNe9kvl0xbJhYyQyXWRXqVzsiz9pZGdImY5q5PKBTujaXU6s+aRVv1rCJ2k4opVkLCiv8hN5aMd4TNPaooLKaAsfE0hRgCvIyJZKhhHKNnyFHahxgbGcvxqLGSaJ4ozx9Gpljwg5lCThO1YM7fnuQkUtJwtsM89zni1QoDFXXClpsEB/Jc2lS60ZiDk8tcFLKRpS2bhA/hywdi4HJhPZV2iqBYkizk3RuJRFqfn7HatVaU6bLlKRLROXcSuNXGvQ/rmB+3mOqVu4yvWzwSM+zesAWM0EkKTKETIxOYxXPZPmlh5dP5k8L37J1cpWxqd8XbtqXcg3uCVVp5SYkX+h2LiKwLQPACfIY41g2POA7jspcYi9yWAKGoZolrMlW7I8ulMFfnsaqk8ew2eXyVNLiqatnGv8k+7Zq5xy5/erVs3bDKlON8tqR2GsY0uc4n0DWtBJP8AoBce3bq0K77l6WOGpG0uc97g1jQPUuc4gAD/ACSk/wDcB707JW9Q3xquDDCTRJMtqDdIX512zPZE4mmXcLcm9C8YoWqPJdjhJdaHfua80rsp43p0u3bzr4184Z86b8U/rla5gx9zl8tnbqeHCNjRD3ZS3GpzNTpDpj1NEgdE3S5zW5zkLK3l39mqfCnMp8Niq7lby3uSO7xii1B2lrw1sYLpA0ujLZnZa1ztOC0mZ0F7zowtLFyboNTG1hIgh+BPhRk3lXNS6w2RjyM6uN0kkUZ2qtOLulXsHG3Vwpa9vmN+WG7Xno27+OdmOnrvKf6671wi9SdxyV+5bVuFplaPLQ2WOeQ4jjkwdBa/rplGloIIc1vyl3aeJP2W2HntC8ORxM2zdtuqPsy4cXRSQRjMkkefnDmdMxHU4ggsc75gxfD/AP8AI3IDkXUiAbVtj60R7pEkbUaB9dH9eWpI1bVeCbDch0se/SwM76645cc6EPCdz8HZnxh4m7L/ALbYqfqFtUOwOm3neJW78IS4uY1jasbgM4drBe9jfi/VHkDOGqnrn7n7nNyNtfZNmifsJmDA17nusytLgBpLHCNj3fBmiUAnGp/qdD1e7dAuyMcjbqPiJEXN6kLJw964ukdF+p240a/AxXcoUMkZow9umlr3qcNCrbrQ44J1PPOrP7Z488fWS+WcB5Pw65NBu1SwytFJo7ha0tz106nRvkY0uALmgvy5vzDoVsTh3kXinNacM+z3a0lqaLX2g5wfgY1aWyMie4MJDXEMw13ynqEnjurVhr7bS0kWQSO2SePHCr4Ui9hktU5pGtysaZDDGaT7W+WM4SwgfKCgXyaPm6IvDtE4t6u+MGmSxZu2OLDsRK1uK6FKdLJjAAJZhzvmRRZUfuQEqqXulZ8NGeu7jbAcOshlFpzW4CuaL4nPm2ZV7CMpB0VbtUcmDz5OBP6lk3MiNbrQubIncG3boRkTp+0xfwOPHNd4I3S9Abe51bxlWxm7hAsCF1wUGNfA7XBs5KpYBEhaoQOg4OHd1ZYQ+ShTHdyVK8OGp4edeciV8tHCXXgRCzDKX3pHHcFKdoa99v2pQjMQijBzIFX675E6yDsisoMpIbo/yssxAZywHd/rhDZtpTyRPhoi78+MLMt1vKlbwwbfLaVKQiJSLwoOWxfTHC1pBrCe6yRNiGhT7jIKufGDbK7cRM4jF4mEwtETBKXKltDaOSaTXyHs6XzcfGj8+wpAraUflGpLpcOfPkVb6RzHqemRltpWmRgOvlDcR44maRCG7h0fi5xXMqo5SjrbGUQhYKwkmbWqd3owAl6VShLG3zc9x1o4ke3FchQPSFMnbyLV/wDanP67/wAfKyT4K/GT7eT8kd+qvj10R/3HkPC+RvrPSH9PD/Dqjxf6fbzX0RZyP+S42o5FKFGbDMIjJyiIxlXw6xqtDGW1b1ZwjwwZn6RTwuSuvMA0NfL9TpZAhnDHN5kBfjOTq6SBka9zYsSaEjLjuzIl2tjEeLBIrCKO5B3KgLVEaWYr+Go00SSSD+MWszDldiHAx2SBvViV2gn04FUgBxxN48ZGWYq2LQhUbSVtYF8mU8eYScfkRTy+VoYsfKhTjdSk0tU4qCVq7GNXtASmqkSkY6FguGI8eZeKK+V4rrrn62CM1kqyvi5ZJzERGv05+hEPeI2+b0qrFtQ6eSJqtOrWWjlPczq9UZmqUNm0Jw3tJhpw2WYlS3TFy/MxjJoXWh4lk5CxExgK2QvMYghOleiMr4gmctLesdtPq+1XpUodSbMiXzKqERe1/c9iUEMTeHLgLoXILRUumDwaD1vXP8qptHm+LxOArh1P36JTd7KncRpYxyeRyQh5ZcJH9rXvcc3KHTTmq1KdBEHz5IoL214ymPj3TBVEoBWydlistOK8SO0EgN1sR3cAr4EFvZ2EmvMhGEdlla66litU1kpBQwJFqdGh/fHlrfOceVDhyo1EWwbt11pyhfbWpA1F8MuT2ahTTUMR/eJipypT5ReeRgVRlGqiOcSlOe6NQ6RcP7Njo3q9qLFWmUZZ5Z7OOPy4+pFtW/bjUEe217TqNCR7WyyRN0yaC46nPewCWQNa4/8APXpIAAblRnd+PbZcMm6Wajb+4RxudFFM7VHrDQWtYyQmGMuc0f8ATRqBJJdjKz0FXt32aIsotfai8Ui3htNHBk7nWZbkzXtdtLkQHrS6ox0Goguz3Yxd2SsmpE3tu5UjVq9KTjfoQJ892/jfs0+guxeW+GbRR2Lg/jSEbg+a6ylEC4NLYGFpsW5RjuNL8ySBr2tc/S6Vwa3SHecfIvDPNt63LkHPPJ8x2+KCi+7KQwuD7D9ba1SE5EbgzEcZc172s1NhaXO1Fi5apgkgnZUe08BkrVF9wyrEWyxLMnPFbnjIIdFEjVw9xBDyj4++twf+FuGGvZt++nD8Oec+Of6cfVv865PtPGI9qfusL523d6q1YtOP+cspdoldn6WaSSB1OeipXx7xXd+Uy7uzZ7DK5o7Jbty6gf8ApDCG64hj0c/UAM/L65UoovVVuuUUpYHExGwHZEyFkrmQf5VoOVbTMJ5FNrY4YxF236duLi2pVbBksU+YSa96jTwly2ca9nGHOvPheTuczePNkg5C6mbe0++iit4dh0UEoc3utBGlxEmhulxa06gNQzkc3xR4+g8k79Z42Lgp7z7GWWpluWyzxFrhE4g6mh0Ykdqa1xbp1aXYwdLvaFq/YKCDOTBS1gWancH7kKMoCKRS5KkSygfz6SK/TyDAm9qcsdEwZNmapt1Oid0Q+Cjzy45UplOzznGOnGnn7m3FNz3qHknBtxfHyUONa1HESY54Ixqgnc5uYn9HGN0b8vH8Hsb2/m3F+u/BOXbVsU3GOf7bHLxgtFmpJMAJa87yGzwta/E0eS0SNkjwzprY9xl+X7t3hX2H3hmblOLSiSsO6vtBsXJ+MRZrbA3sqiuP2elR9r2K5qPu4RLyQ1lYeqWIlu/4poto0calHGjwuF3GTpt8HLVu1JcndZlbG2R2M6GNY3OMZ0sAaCfU4AGfgtZ06kdGu2tE6R0Tc41vdI4AnONbyXED0Gok4wMpGbFQwXDusqIwhCwXde7tLHX0iyuWQRpq7PTBCQlYW4BXkkrIbJZYMEKBEwooR4mCjZzK4iQX1obnNYolsgzzU7cFG7Zq2cZcpdgbdzGU2cUK7YGIT1gpSE1MXcTejpGwVVG94bt3GHE+bnBht3ZKPo5YmCEtj4WKIAjWyPSOYp9TvqVM0Xc/NYqNKDPVkRWZWu4Z4DtTSb3Ma5FY7vtGpKwlY1xaiR2gzkXRNHx8Hj0nqO0AuI3QlExU7a8OJC3LtEva4O2QhciZWNPub0/KhO34qNhEMYsm9shMTrbVKofTgSFyWTwyHwXtTaFd6UYzzslWfsiyIxYXZLDSRCBu9yJFVfcj4Yt0XmunRCdTzxC3T8UCXhFlx9ES7DDDL1utdJECnnt29u8lXVi5maZIZMa6A0Y49x0Uh4Yqtq5zmRbgMUEmBFhLUXZK0s0jwKah4yXOzZJEWGenZreucuCLfL+xFZ+oz9oftQl898LPlv7MdZ7fKeY9tPcHoTrzpnxvB/P/ABPUfSfy+38nlv8A3PoiEjug3SmlNjoqlghwUHMkKaySdXuqdPRBIdUAc9De3k/ZDZwLrHZxWKDRhn7lJedmiUw99myh2lcea0zVGmf15xR8rSJZshr5Xd0P3aksy6FMWC+Oyp+ZbYSYUPQnOcugwrJTrB3fZYIKQMusrE9BAJQqVmueObq/oTE873hokiBOhbFbcg0723MiULLM6TFSzoJuATro3tkVlIsrqA2BuvloQPvFnsWXJadXZsRu1xp7G6tiavbnU9I7rW/Y6ZMK9tepA2o3lGncdm3hLjoImASoE6Yx28hSHbuEl2kqCY2pOdpDiZBQ8Yy8dURrJkfTdEURcpcYxTpkEdcVUzLs/h+viCyN1nj4kSylfnsY9ODXv3NpFWN1x1fkZdzQnxtsK8XsW4QSOdumHMIthiJFFLUHPAiGI3xgJ2fYXZdrYRg024rrIWndKX6SKECIX+f3tux9ad7Vq3JvoiYqGiPRt+39tewyCnkIE+iOobQOiUiWWne0hEphl0AJNlIQSR8nRDkg8xVhKxHLLG5PeggzBqzHeOpdnHkCrQ8rWdDiRaa62mT5EV/C546HlQz94RnDCP7eTlL5KZQnq9iRPfTEoSeHq8s+svnPAU4fjj+O3DLj7cfRFlL74d8JMcjGqpUJs3BSPBbIk6WeaGHUqWuJLLSHHDZmx4o0WvYqWMg+UbfAwTY4ZeM847tmeOXlk2WPoV+tHi+lxnjzfI+/Bjd2uwkwF+A2vVd9eT0D5x8xd8Ii0AjW8Hzd/aXytuHKuRO8Y8c1u2ijMGz9vJNi0PVmG9SyA5aG/GUPcQdMZFhdlij5vT526kBXFU9GLKSa1PAYh6ufxV3ieUh2kncrzdVDSmfUqJWqTNmlhTeNs4w/DHzOHH3/AK/XVfsb5L40/wCwVNivVbtinvLLcoglZL2/bgaQ4sLgC4vdgZz8pXbfrJ4r5PE3kNvkFC3Rgu7LJSiNiJ8Xc9z/ACLA8NJDe2MkDHzD/KRsuGtr6aTqIkSRDYtgyawWQN71FpZJIW/sKFO9tm7jnRsSOy9BgxuyRV9ste3Txt26VabZlrz4y155cc6Yi3ngnkTa59oqXKG57dZhcyWKOZjyWOHXLWu1tI9QcBzXAEYIWWptj8g+Nt6g3y1R3Ha9wrTtfFJJDJGA8HI0uc3Q8H0IGprgSCCDg706A2/ZLuVphxpRIk7LJ/FVRMlRlLty26I6QWDWm4e0qPLZzlt5aXTQqTuKD8+ctnCJZqxzy52Y5/Xlx5V8f2fG3MrHHJXGSlgS15CMGSB5Ogn4amkOjfjprY4joQvWXxH5FqeUOE1uTQtbHdyYrMYORHYYBrA6n5XhzZGAkkMe0ElwKXp3sKixG6rAFR+jMQAEE/EEya7CySUSBNKJXaWMiwVvLeQ3p9rcNoe4uPEwkuxvgjpq4Tv0XlLbt4x2YpkfCnjnPiuVZiQ3S6vFw8LHWHeO4DMLJSaltni+P0jjLHu1FAQcL57XTXE3/IIbLcBdz3w0/wAJmEzE6ZpcMWOJIYdINvHCnNUj8TXt8Mi5N2+/1YZGNzkGyN21o3DYGUGy89ao07wWSjibkhuDyatqLRBpNFfbwjSrU5xKHSGbOLlJZk2I90AdWPXtTsyrlcgc+dRFKu1nc/ugVNELQJLdw0d2+EsnBkNWtomlxUrnXScVzQO7LG3UKMzHIDHNxUMbDi6fg5y0SBx5hfEodWl1VJ29wVJXbSsQ/RFXdXe2IAbbFAVM8EkhQfu36sV2ni9hSAhmOqugPCN9DdAobD4xA6piQ5p4fdviaQeYpWTc2aCJ1eh3Kd7fq1Y7tuLjhtIj3sDZKucPkMX7Q1t7LLpvJbsw3FqebN1wI4PikAp9Ba0Z69MGiul9lLe8zxFL5UxAdrdJVqkip44XSx2X4tulMi2JUOgifL7qBH9W/vH8qCV8ffiL1x8xujmP3X9tvb31P3v6E9p+nusvRv8AZ+ndF+W8z/H6Z+P8H0RJR7vQfu8/94KjjwNrHSKAVxJgHKqaMipBENFlmd3sHVOFmKxeyR41AIbvHQ1MJ/vSYR7XEntSr4dEEjRpFGjJPuQpt30RKZNllLtFerZys1tG9bowPILHDZPRFWuQmmRBN82tYOOyAH22NlnO3RDhW615ss8FKzazJ+eWiXua5NHXh/5S6lSvnHx9hFXlzDIsHp4L0M7rexrZzNZiy5kcRMH3UlPj8KK76YbHoQ804L5cfXluZ1FsO3Y6H9UrwSxuXMqeOQ5OxSNe2NCne5r020iYF24wzYu1ghMV5g08tDEG9sWdg/Ie1zLhwzMHalsJiMF6SKTcjVZmKHhxj8JZyBPBapm6iRMwyQuDbJnFa248b9Wzav2EQ8PCWV2pq6B7lztqkQHkwxrZYGyNdCk/2MJIK7hZeBoFE8fLBNpvH5fCm7dPbP15dIekRs2o1yGU6ZMm0SNc6Yx3jf8AlpVkUwAFkhRklGLrVCi1XkwGeO3bM38clfuH3KImTQ2hGR3qa+COzmmBSQHl6NPU3Tdw913qo4tVq1290adSFVypRbd/ktBFtWraiObdX4LoLOO8Wf7FIxlDExve4Pqw0w12KWlhRYTZwi+nW2MuvWxKpBjvzS44pE3HGnnH7asP/Z4Iq4rfSoBVhzkD7A4ikciXNXt8k09L0nTpHYjS5+kroteXnepftifHa1NW1av2eE3oeE6PXhxx98M9n57M53zDyPynmgiq7pYczZq0bI4KsZLa8TI2hjAGZ+Zwa0ZkfqeT6ENw0QDhnjTifCDLb2qu1+92ZHyT25A11iV8ji55L8DQ0uccMZpb8SC4lxLP6gin65jyys8ial7FIGlsfWR0TbEbmzvKBK6NTik28fbalXt63VvSLE23j+mWGzDLHL/08fX7V7NinO21UkfFZYctexxa5pHoWuBBB/2DlfhZrVrkD6tyNktWRuHMe0Oa4H1DmuBBB/wRhDlXmogbqw/lleEGbfCouXnpglDuOkG/7wuOyloQLWxwdoe3Z8ZbGHRIke5NwpRa8+UmrNJhynw1Yc84cS/lvPuQ83q0IuSyCzdoRvjZYcP+0kby1zWyu+sxkO0vI1EPOsuPVQ7iHj3jnBbd+XjEZrUNwkjkdXb/AOMcjA5rnxN9WCQFupmS0aG6A1vypG/eVFsJd77UFL85kzxW9xDrQWDUOLEgGMo5PYQspq0jwgnw81pIavh1HLxDg2tDMSVYs+7S+vOh4d5GuQqGxNpyzUKYUpwszFt+BjSsoT60ncC2km8gw7yNdLDWFFNX3l/euGuJSR1NAxe6WrHQgOr06vMAnsNrDK1jTg+tTZvcoVwqUsTXkpb1G3fyRElVmFU6jt9xoL9s2gle3HbWSj4vnlF7U2GmkwIUUJkrsYaI8XaeDuxsyZXcmjdBBoO7ti13F7W3pY2R0kg5j71job3RTt+iK17gXRpxWMhgU0WQP1KLpS2LWvIoZtJUqIhgPWf3CyvMMUGJqA2dbm0nM7Ojq9iOoVAYOwSyPRNK1tznJ1Sp0UqFK3jLNQRTDjulwewoWeqo1ppRiBz3fEVWI7mxwJF3Sg9wAOV3lzuL0suQ3LrkU9EWJcjeGyAucEVyGMuidpi+bOsj2lQkzT7MstmkiFml1LQghDp7rD3Tq41+K7LRAxxU+FG+MPfNQoguQvMQRSGOHtUktdFYHoJ9miaQ5yeY9injEs0aEHLCtzU4r+cm1Gl3EWtn5ZwT9GvzT+Lwu9uf19e+/wAQfAaPaDpb2j6q9k/LdH+idE+Q/wBZ+Hofl/Lf08r+P8f0RUd3hinVjLOXwexQxjeglgisRQs7TSxT5LW3elF1kGqJENbGeXBuZnHBwDrnpkI3Zco4+S7hHH5g+qNbK1ZLXLRvSfRFjibyAQHIctgkKFmO48zdtcvzMFS6x06c0sRYMU0QsWJXk23RlreEXuv+B2l8RU3OfMOUpAZkSmCt6NTqSK9ylY7NSnMicShpncerhpMr8rvzWRXJD4PoqHLhW3q/F1q6xVejfCHGYOFczpY2HSmXllYzMJnKk69JKLonjrMytsPY9m/PYw46dzlwRBlGLy2vD43Mt9pnaQeXUG1d5f0XUsHWhslXyRTCFm+Hr/aUoX0TjgQSASTCTDpM+t01Y4tD0iHORrY3N0LhhyvTptzhtIvY2W703rNUE7lRFBVMiGtpnJD0BBzZqOyNcLhAarAS1qiqDtgNpGraRS8oOANH+B8SLdiuSSzlmjGhvc9+axZo0IFe7SRW9GKWTZkWN99mnvTSMJXiuxGJFXB7et0Q1QaHc21bJU4E2LB+WsM1g23YLQXpryH+EDD6wob85I76Wl/bXZU0uKTQrIj7JncU7xtXXUJVsfEAFaZrAaqUxdzYRLFgw6Fhxn5UmcWfdVqnOGlEKkaJislT4TO0fTbm0fx7hdMZ+rdcEccTLlOGWvgiaFEb1WYdBKYJKPZNWS6ZlB9elLw7hECxGfBV7J5hVS9E6pyOJ3o0kVzaZHX2KC+SJmx10os3JZlOmV1Z8XLU5a+WtORSFw7mqaGVRphicJPGK+XguvVdrJsKapyDje+BIck9HAh45kZ6MzexZ6ncTiAaTEjoMHndJZCy+motnPmF+vLXs24kSbSx37rscFabygCudHnausEvQIqovAoL8SJYpuZsH86bgOlXG5oFxANUGmEiYHiaFpW3N2lBElG5Kmb8nDfjsQ69u/6ImLgbvbZymy91KIk0fDtzuyBJ2UFVcBWPjEO2yM2mGaWcvSMZRZoIrxLH2AwA4ooipZE8gYnx2RunDsoVc4tyXFKp0JyIQu7NGmizj+lN8a7brwUjyMZSEZrSu1g3KEOK7bYkP1qLjFYewsFi7sOX16jQZ5ViVnliFu6ywT8yhyV8tbZisX7k6bkiTUFCtK7BmmTEy6sG7hVd2AtG6d3PQmIXQbM8WJDZmAktkgipgFkYlGIQI0krmNWmsJQeEy5NOYrq2TBUzoXVoV6W/nnHcRU4SXIR3kGjwabMHqsMJulYCcT4bAHtysNcrGwyOsHcOJ0dj0OKEtsKwyGSriAzHaYR6QQpuik4ze2EfN8gakalSmVJ0DloyIpXbLs33EgS0MVnkQNC7lUSv9PuWxGW5m6th6tJAdxjmg1Ptmi5HASBiE3mUoSKAWXfngfMDg1RFzbkkXdcfH1rM8sHLEi4VszxVOuIx7Uh3o9NbGUZF0nvjcRos207mbZ7zU3wnzFUplsqC4K2ScaKN6tnGcC3/drSbWl74yUbM8cclOWWWrgibUNltf6290J2r832AO05OPcqiozZNFs5mQhfKLr5D9GIoEc2Ir8vUfHzcGwyCUUUE6SGrYLMoTrnjlv3antCp1tHPH3Itg/XIt9tfcPrCA+z/SvU3XPUEd9teiPIed6g6m830v0r6Z/N5vx/KeB/f+f4f1+iJH3cnjUW1Wp3mtQz1isc015rQ2lGydUTOvUwt+Z68ML2VXdaXU7YxQOUtNr3JfqaHrTDoRP92iMxiVMut2bdyFwWb1mBEnM3T7uMkcWSvJfS8q9xIVWNEi6IDgUxCvAHryCRfSY2OMdMwkYoPbwNPbbZTdOILDY5D2yUwzlkTRvh80rvsuXcNSBUqIhjnvcOcu08PW6foybU6759t63PFyb2oXOAxWLwW7EMt2g0h4dDKus/Yxo4yWWwQDSkbyF9eml3bY0k2Nr99uE6jlTu04EUjG1W6kutdBV3xodV0QWjmZ/PmGt1jNjGBnqHVCkcChcTIwod8JmIq6spFgE6hyMiQJuYmtxdIypXvKt1RuS3RqV792WBEbel/o33Aa0kyk9ihh25qIkKWwE3kW44trpLJNGT5V9TW2FcTQQyyVxuIhMfxsjyoJShTJF0xjzs9ekNaZLqxS7nHlYp16SILyKKwlaccnCx7iSq8m6tJIkYisqHqqWZMpRqTOGyC1VFcB7aie4j4TgFD5xPG+STYzQDKMRiIcLNscWNsoROm/elX44aNZEWRCuxDJtW6pdFnq5sdW2eLRgi9VSRU2Vs6CV2CpBLLCOUIHUFljUcJDoUEp5O3bEe9TmoaZYpd0z7Mnfb5tzcNW/Tp3cEXyCrS0+7Ydh9I1qA1m0vBYp11ng0CkfgMcZbD2nIhfiL3MyeX7NBRcaJ+kcNFMIrzCJImdGDGQtjZsJbI9b8WDZztzdVJEv0k90CuchL8etUerciu1+iTUrK07X1mdnB0hmhcW6xMA5TVtHBTTMse8oMZXd5LMXxSXxCya3AdLHpi0oFe5+StqBRrIu6fiygrvU0ehk41Xo8RjMPiJJwubL5nQgTCLlaMXPE0FS3zFzhFzFGhBLSjOR+jHcigUbYdzuvQbX6Q+LG1yHSx/5e4il69EC7RCGsHc7vbUB8jklqoEJzMbywii6XkKWqRk49KR8Ta53xmSocLwZzjCyYPh/KpMsUcSLJU0qpCnxTpt+Oe3ZpIqyrUTEXb6kEnGo5thWrZUd3gYaRABNb3uEXOAj1YZhFZieC9HLlhuIB8alRsHIyIkux2Qlxj7WpbG1z6LctSpLs0rVXG8ivY+GZ4hdibVWXVyG9TIfwq41Hs0Wr49vRpai7WyaCslV04nECE5qrWSSyERM8wIYw+XtTDHJIpjjk8yJmZeHJy1JFi1Vp5IuFeNokd1BgOe4sC+2crGFnbDUoCxLQX5hW/XI65gRRNiAU2my7ucWh08roZJOIAtr4kLWRW2NvU0bFe/QoT7E+5rQb8SJkehkj9cpKFCt3VbbK1Qvcu3PqqyF7zQuWSgQQs56CbNQpYbGPTIxQHbEScMDY2LhqoRxfJkSr85jAmVc+PC5K6797btIlvvktpdeS7UPl0iPFJLBuEbGtki/f6Hvczlw9qxGK9nWD624l51ScoyMNu8hWHqxDYRJJA7kJ8jcPl73grYeVLpnkj0cNxFN7OV6GHaSDjW00rsY9257hF0Sq0mCruclr4IDsZn+tjYGJLFHAdIy2Xnt7mUFDbIJ45s065MzLs33RmiSotKLhNvUZ6yJ5XX4X/wCm39zPj4j9hf1adWfGX3Qm/kfbv2L9R9qfd77+4Pgej/4HrX39S+38338T+v0RBv32BzusnaIMgaEh/RbXcnZgQ0WhExCiz5MmqrdebMHB5BTHamsDSwbGBa22AXvOx60vTvs2yVCzNMZbly1r0JU+3dvIly057fwNhVjI1qHAZMVW7ejA8EyNCCQTHt9WxfwkjmoAlkxC9dJzJjWhQR8YKgGba8IdspKCDF2Q7JKRVyN4QuTQhT7GrcRVTeqUtvbYrIPj3Vu01Fz/AMjY3t82ltJakhmVzntzbpHqeoF7QG4lROGmgiOQVPUTmiPa5Nz7IpmmbJUoZGxE2t3G9tWeaIvaCpBbeYXze3B3CFJe0cCFwdhFioVJrJjqQTCrBctwZx4P1G4vwwloDCMBvLLUvcNLcs4j6dA771LDElbq1LG9WuSKFuoi8gXM+4Vwm8vbPBZPP1PyD2vQnLI6MJ7UnSpijPejuANEVIzHIpDYCSOsSnrPisOsyFkWQD6EYKmuRvTksckKJU5KtmvWmIoWJK/JDbecjz4KgnuSdyje+UpZ2juWjW0svbavKHo68+3zizDQgrzUBYalmrHH4ulYpDGoo269bzuXN7W6alKlGn26txFUlpdyg2VNIwpGvbxve0a3GslOg01QaHJF9pJZIpTVeEk5jrW6SsxBMK8Qyv5Fry5zRwyNQ6lSHVMH9Q8N6RLhG1Dcr5UERqduepxXCViRfc7uZBEk67mBVRmIBaf6xL01p9UpIk8E6xkhUdv4BgSyEwpRucQwXEPV+D2vcYY364w3MyLbo4UYcqlZF8zunVPKxy6+q8ugAa9ye+hjaLY2FcDY/hWZJqTwu2Ebfl76NqYg+N6HJUpmhmJsunDogc4a1TZwk2hXHNSPJNr38ZY/REtXWjuZZVZLxnIbpFKKiWEWFYG6yjQ21nMoCIlkZkL4gODtBjRJWEq73JwlFhY8+6Y3E3HQjb+VA7HcNbpu+ocY03qluwid9zci7c8GRPrf3aYjABn2/D5Lq+UrixZj8yYNhGkAvtlBZrMB1Zh8vbzJJFWAu5wAcjXjGZrWOPJUbg9v2lVrxbdP2SbCJH5uKNhz9eoU9xCpwrr/AESsrII812aF86JtxK8CUbGaoMjdpSFYrgSW4iSiI5TM5TSZwGZNkv3t7o3YKIdm2JvSUmePn1ZE4WnDnYGDmR8PncNk4RFF0WwvxQ6SUp1bZ9llSbbymkyikne1FEnl3DU7IrUqcJh1JB3QXRDHR6+8QeFZrESVzRtqtdpIo41DozV5pIJyfQBfaUxHkkwGGVgoxWM9R1/PpA7Wxonz7uhNp+JYVhpExvDK4uicHEhjzS65q2tvLVvQeaVeYTflpwIhI7t1zC7YKs9ZaF2u17zFa+ETOIbodCw1DJKwmid2Ag2p8YXY3lKAuW+dSeHjQdRdY+xpXG16FC5lRcsQECOL0sWywSbiJgV7A/U6qZ0sMeh83AOyldLxkKq1nbnDsrSWLW0eTDX5cYJg+kMyVOBQHeYeUR1B6uwPe9ypfKXXXLGF7SqU+KbPVw1rMtxEOSBvDfcnpFPgyNheP660BsDYLBup0VrHTaNBYXduGeQhE8R5czAGKlJZBXezDtY7bE5FLVOEJXc62FbOFratxyVNa37kWqX9eL/+nv8AWB7ns/Uvwi+JXu70yt9D9U9sfb/rTpP1fz/kPH/yfJ+d8T8P7PF+/wDX6IoB3J10XixjrW5RQSxAqH0lsJ6DsfjbSXCqIDHII/LxPII5pWaVQ0Wx5gkonGuyVrn+TrJM6alcNYtK95iehVI9WhPtIswPeGrrZqhIlm6yhZ8IcomBzCcff7GilhtjZ4+Smt4KiDXDI6b1IP2FR6kre7COTHhYw71cvclqEjtW9YjbmtPgzr3fDSRRqge8Vhkq2LinceoDjTm90lBDIQsZbFtqiWM5dZZTySGkq24ktLZFItVHcoNUZlYlM8XNOliy1tmhAo2NzWoU5YaNhFK793jrLIq3xqNdqucvFiiJR+TRxCapkUIfqOAxllQSrwsnx2sUNxKbtE4gTSkhVj5yxxb1prYW2RwvNXsYI9wnjf5YfREQGY2hUICBFuOTQ/bs1gCGHQplXt0kSqsTCHmwkC67JY4SK93dNLzNS2KZ9eV5d9i9K9sWkr8zxbwpjKzxE2rN0VcrSL9DezoFD6YW10LoL7hkMfiOHZURLY3btgQ2METRdW2dmNyJY2NuUcrVZCYInspc2WeYFA4/mvRp1+iK7dTPs36GPnYl4Ilekm5g+MhzKsgP5LM9bSNXY1QFFZ4PuxEMdZSnYwYhiVSfIguYRF1K39SBJHcW6CBGv1ETY9uEfYY49p2fpp/UJlS5SmImJVeOzrLTmGrN09xvmzzjuJNU7CG6R3XZgmLKSXSmkIi0638upQloPMpRLVeyMOwqLNTI0u0IiiJ3eV8QQ5Ld3PLo4qdpEvKbVrvjTDuGyislOJg12jcg+cqf9xeVUBXkKXTpe/GJPuIpBmCgMEYgtqqVOAuCEtkO5nf395eGWWSTB4albmjcFeGzNIRfN5pMSlJ+KCkJSK6qs8OggqtO72MDYJAI9kOD2xINxWEXOeJTg7jOFQ8Bkhk9e8IhG27gY7dqOZt+1C0SfnFodHv7ETKKum4GXPsgMwDeJJZsLyuV28GSoJjEwjAHqKwEOR9rTdNKprAmhGMGm0xj4snZhyJmtxnzI3RtviLW+NeSVpWKUWpPszIqlAD3OLxzG9Nxs6DVttxOabSCKVyo2UK6Km52BsWGM0kDBGiMLhEBy4gFokJasDw4wSOfs7hOIzo2uL+5eT2qeUydN4RFLH+XtI9RHcR2+odZ6M1tEnAo7iA9dyy6sdfLB6ISAIJ7M2RJo7I9Ui+5ODsaVBzsKh3wKDOUmTwSNwlwVtzXsaETe3NnJF5DeHe6TQq2cRJzM3RIqDs3iMIlG+8g3nIgjGuB77m7YRZ+qHjbGnMZaGuejCblKYtsCYkLK3skciUmV7Ejc/8AGDPuV54EXSz7qCCxCN7PTFVkGw7v3Tt8dqmVpFoIjzoVjULGdsmGGwgzuwbQb4tHw6nxbEAd5b2mQNiySuSZmdk6XTu0aFCrRrIpCZaZQ9ptTfgSNA9jBGkO7ie2UKsrdyBNIBSke9umVJpooAYKm5uDK9TZ+uC8aaYJP93R4qjOUcl+ly1t75uWN+vRr0kVLdv7tfwG/NIAiN5t3NJaL2h4BNoZXAaixERDkgwUX1ogd8SAjdyYKZUQ4113sV5E9qTcpZorzSTvU3ue1r43akG7elyItW/Rgd/Tl0H8wSH7GfB/p/5x+JIPc7299sfK/IDxPt1N1V6R/tv/AKvx/wD4/oiGPuPyIxiq2cWkYt3duF6gNggGurtZeLWXkEEFpzbBy4e5aSITdZMpoTWnksguNyedqFymCJWRMocsUDmm1umra5YbUUh2riXK9+rm3se2bhdqteWl8FeaZgcACWl0bHAOAIOCc4IPxUa3jmfD+O2RT5Bu220LbmB4ZYswwvLSSA4Nke1xaS1wBAwSCPUJIo/A0m7VsIfCBXy4le5aPR0sIR8M5nppMYhARoLmB8nijfpWWgouxkIlEa60QhO+f6WOIJGeVRDmONWKZFntU5/jsybvxLlXH4G2t+2zcKVV7w1r568sTC4gkNDpGNBcQ0kNBzgE/ApsvM+H8jsOqce3Xbb1trC8sr2YZnhgIBcWxvcQ0FzQXYwCQPiF5yUsp6y2/Tz4o9wbuk2mBgxpMc0JqrWRq9m+xZlrG02tGBSD5RkZTJ0aYW9HVSUNkMbOFCyPSiL6nFrxavHU5+Fvw41R5SVJAh2RcDVhzgw1BfO4wzBqH0peHntoIq3TuQ2jb5WMZSfQfLDJpkpADQwTxhaDXqTO8kXTFs0pkemJT3wWFzWcuqLZhuItFNpO17BO4ZHKWkmn3dPhVT69iRwG9iabjcgwnnaXwU+W1e4ygBUYH+e8sDheOxm9vIkb0Avi3o2KvU5IV+lKqXbMvD0EQ+91SpDORLCCx6kNEAqs7jLdTVUVDIULE20DsZqa4MsYMSaokWKNiW2Vw1iSGadTxkWMa5k0apOyKGZyc25HsyV7G3LzBEO1BLskbt2m+tFSYLEzMktdZqWre1dY2Z2bd3I2hMamaqDpDQlW2XVnnbQwDuLSgLB6aGyTKpGOG11VuGps2tSLN3Q7NulTvIuWIZkLHpjB8aBAUpkbrg3ZLpKnElEM6PgmSU+pdZsDTsgaJufeO3kp2+5I6eHCqgDzdepl8vSaFC54x0455eLr1bCI7qFgKLiS/ZANMXSROzkpOdzRARCh3YQ/a0WVrAczlB+nRBnD1VyuQ7fmcpbjMxrHTaoSzmCsE4Xuj5vb2nRlyj2cauMiKwe2gYKX1lmUkP8Acy7cLZDr3B2wmhEC2cXSFlBE1NFYIJnKJQ3WWsUxTN/e3kWl5qKbDJ4MySx+Vp0binjDI3Jk+W7HX4pErEbFlbXu6ZfAPbtHkXn51CzLZy4c07ldjyEx1clxvgs7K8VnA/fDmVycjStJoqGys831+u5pV7c3lnj0uRNji1ItHGrcRXHUKohygwx7xB4VdvSrSvmANYTF9oKwyWbwiTVgIZkriVolZyx+8TQ1Hg3JxpCkVYZqzLoxoUrX3hJLU2xRgpV85eS1ERVi12PHc37cM2ELk7qKwAB1siEtdcKVzS1kIiVnTmE5oNi5KN1KJGSpKyxzEcQojbNja/iXQthqjHMcxxJikTuibDFyxIiw7h0WoFXqxRlnm9ZXEozHuRyevdWcqoPIY4MUDK9vq5mDcTZzGDnLo3M0bMNyyU2g3RZhRvr2kw6QU8pHlUlX6NflsiKszla0GfM8sQlwkzWK5g29sdxCFYHSA2UgVLRQONKEnVgRGKpQruARGiVCY1FeOlOMuKfiXRzSjRRZLH3GMq2fav8AEVaSJDIfhPcQ7UtkbKdvqmAegtWLH2oEBNNc6np1tUOiAxCim0NjM2UjWQR0ytrSJYiOCoG9OqZOjxKF+zeiV84od+LeixR55KCJjVL4bauTN9/G093HqT297NU8pczVqHPx6VR1rxj8QPpQAd2t9petG0v5IJbwaJbMcWpc6N/l0y6RzDPnjd5nZwm2kWiTqW5X/T79WeKdvnd+tf1nxvSZV8i/kP7L+Z/L0XyHWfud1h/4Hl/P+e/t/DxP6fRFWPcQb5/8pTrwIGcfrj690qAqgEpyKyip11PuyLWZmvJZSw/UZkimErXlqg79xmr0c8+Zx0qNeWHH5c6+frV3iSbav6Rtn9gktt4rHyO8LprvtNLO5t0PtTL7QiYMdMzDXfx1Ag9MrIPmOvu555up47FTdyuXjND2PuY6rg8x7nP7oRe8aYC9sDyXN/npIIGcIWYnnZmMtDa9Y1zD5xuv+vO0u1xr7qZAswxgqP3FtBChhEemqEY5tMA8LgfbNavR4mzXzlwn45zy8TnP7/PlubapOFbu3jMlqbizeSbb7czPtPxnbbBm0Otky472rPXGfTphPDsG7w882Y8oiqQ8sdxnc/ciBlSPONzrCDW2m1sWezpx0zj165SAAM8WH7btgb6VFBUfliViLpysyLH/ALqEuzi5aJ61DUQaMpUmKI0CksuUtFbuGBUxTPN5IC5FE1spWRZ6X4tOtycdCNJhlNa+U4LVprmARsgFm4YFA68GxhIMLtgVAlFZOgY43P69wQLyWqiQmVijokdm/lup8a1U7jkxm8VctbHLfdF60LNEezbUqlYmIqTtDUyt5Wrl21SiKAQb+3E8n4V2jlhW3oLCzadxGH7asDAOEQQmJ3Sk06kqQRusAPkE8dnlS3tqXEkt7Pgs9KYlDlkmT7iIiRUNC0IiBBBen7n88G1kSHTZ6ypOnshBavm6CzCvDGZUhdLwqOEgf4WXstJAnRBi8iII32Ks1GemKYMSZwXNq/hQzpyIjBPbRLU+sGuQWvsA+CYdXLs8PLm0g7hEWBICM9g1nFwpKsnFjNpmhUxgE1BwYl9fE3MNWTrTFUGhTgoc+MI7i4+X5x1ETMe2rRuyNQn0pLonLhFZKvUZmxDa6x7TQKa3x4gm4Yz2vqk0bCcIyoJoIlIcpIclsbNHeIurVKnpK1JodrWZa9OG3Sn18ES1+2tYR7DFmpjDJ/X17sceocUjsb9tKBJHdMFYaoFuy5BSEEgDmqmJMcBKGCS+AuVsGDBPlsqeV66PuKZpwHSla3LX3dyRWxvtnXehlKe1ec46MnaxtUrBRwyV2ZhlaICBCVlQXSdmm9gSU3mF3eICxSOU7kyEkO+htkjO2uzi1poe3b1zc37HnPLxyIdI7N3K/t6RpaoG74x29fdF4HvbzU2tjkfHJWCdv2dpbksHMQcg9ejegJz9DVWUxEiPIS8O49jbatiSVZlKNqBx4SpdpFIhXCbV9sYp9xqS32tXVE+O/cGEMRbo6Qn95OLhV8kTl7lbpDDtC5zE6tjPaShwQk4GbU+fC9sjKFDt5VoNOlfllr38aCK42yb1NBAHn1nQQ5P6qxUMr60zB8tfsZH1VnLqeAxFGg/LV3b8CRYSaBq7EOk0scIaKo/IivFI3JHNlxWK9zi4bVitWpIlKh27/cdqNGS1XIKUWCiE2tV4TLbGUguYspROZ1rvGhNCQwQSjp0ks3N04gj8PZ/Axora0r8glzpO+d2hZyk50qdTbt+iKyIPbqjsDcaAdzC6kSaZVGSFH7XNAN7cYyw6wfapHqXW1lm6ZWAZdpOdUKWZDKXSFlkjy+ts/kDmtbpTLU+tmafR0mrlGRGTbqgZGrT3cIjct4s0WhTVhbUpFH7Edx3iLiqxq6bGsraiLH31M8gGQx0sxhijBlyVpEGTUxQhNEEeG7Z5LQmx535cEQ14UVldvL+O9xe3FfguW3XLBy2sxZuk9BgExsKB81QLiItbGPrBAtzG0SaX4WoK5xDLY3JGKCP2zTKNLPnlow/DcoTkW3T3IYv12+6vy6mfTnxj6w+bntaxdeel9Eeo+/vs/wC3XTnUXgf7b0Tpbyvjfw+Q/H+L6Ipza/4V9NRr5pfHrpn1VT0d7/dD+U9Z8vr8/wBMdY/yed8r+HmPKf3eH+Pif2/b6nXBfyP7yb8dfdvedsd72Pezoz8vc7XTGc6dfxzjqoDz38a+0g/JP2j2ncPZ992ca8fN2u71zjGrR8Mauiqyq36zfcF0+G/xQ9zelV3rHsZ0B1Z0b6m0eo+e6W/2HoXq3kfF/L+LxvC+/wDd+P13nOPzL9pZ+Qvvv2Xvt0e87/a72l+nHc+XXo14x1xq+GV0XBfwp95f+O/sP3327tXsux3uzqZrz2/m7evt6vhq0564Uak36o+opr1b8N+qes7ddfes+2/rHXvs9HPm51J5n/J6j9jPSuv/ABv5unvL+f8A8f8AD6qlW2hBq5/04Xv8M/h9+rn5K+tqPaX2R9i/dXqD0lx8z0Z0x/vvU/RfNfn5b+/y/iff+37/AERWTZv9DHpiv5bfrp9J+Qp3877z+zfk/k7+EG+RvmOpP4/dr8OneqPy/wBh9vJea/8AC+iIOf8A+S//APTL/wDjd9ERt6v0Y/BRR4X6+P10+62Pmvw9ofjD7zeLo/Hxvt/5H668Xw/t9/8AL+/4/wDq+iIig/8ArU9v6aexvxU9tOsJ58EPb7oLpTrj0Eje5Hx39I/wOoOnOqvVfR/5vLeoeL/b430REKd/jj4Qh+Rvtd4PvwNPZD3R9B8P5HedW+03t/69/T3R9Q8x6L5P/P8AF/Pwf6/f6IqQGP67vRqf+0fxj9B6kKvwc6K6H9O6q6Zn/vL8ffS/4fWOkepfXfSP5PJee8f+zxfoiC+J/wDT8/MrX0Z+tj53++b74foXst8iPkT1S5dR/j5X/wA4+53WPm/Nf/Pee8T8v5Py+iK7u3/+nnrYo/rQ+EHX/ozX7v8AxS9r+o/QvVlno/WvQP8AmeneteP4Hmf7PH/L8f7vv9EV3Wi/X56vIfmB8a/W/jqROp/e7orz/wAXOtx37oerdT/y+0XuD0v6v4n+u9S8h4v8nhfREa+nwvB1eB+HgeFr8Hw/t4fhfjx4fh/b+n4fh9vt9v6fb6Is6ZF/6Wn3Bnful+of3N6yk/uL1f8AHrqzrv1td1d1R6j/ALDqLqDzHnfH/m8z+f5/3ff6ImxVf+BfqaP4hfHT1f4+BTyHsn0b534y+cnXsB5fpn+X2n891F039v8AX+J53y/9fE+iLxUv/X54Bt+BPxs8v7rOnyA+OfRfh+8v4Z+se5PR39Ouvw/Lx/O/5X2+/wCX0RG39EX/2Q==</QRCode>
+          <Sign>/9j/4AAQSkZJRgABAgECWAJYAAD/7gAOQWRvYmUAZAAAAAAB/+EVQkV4aWYAAE1NACoAAAAIAAcBEgADAAAAAQABAAABGgAFAAAAAQAAAGIBGwAFAAAAAQAAAGoBKAADAAAAAQACAAABMQACAAAAJgAAAHIBMgACAAAAFAAAAJiHaQAEAAAAAQAAAKwAAADMAlgAAAABAAACWAAAAAEAAEFkb2JlIFBob3Rvc2hvcCBFbGVtZW50cyAxMC4wIFdpbmRvd3MAMjAxNDowOTowMSAxMTo0MDo1NgAAAqACAAQAAAABAAAFeaADAAQAAAABAAACWAAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAEaARsABQAAAAEAAAEiASgAAwAAAAEAAgAAAgEABAAAAAEAAAEqAgIABAAAAAEAABQPAAAAAAAAAEgAAAABAAAASAAAAAH/2P/gABBKRklGAAECAABIAEgAAP/iDFhJQ0NfUFJPRklMRQABAQAADEhMaW5vAhAAAG1udHJSR0IgWFlaIAfOAAIACQAGADEAAGFjc3BNU0ZUAAAAAElFQyBzUkdCAAAAAAAAAAAAAAAAAAD21gABAAAAANMtSFAgIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAEWNwcnQAAAFQAAAAM2Rlc2MAAAGEAAAAbHd0cHQAAAHwAAAAFGJrcHQAAAIEAAAAFHJYWVoAAAIYAAAAFGdYWVoAAAIsAAAAFGJYWVoAAAJAAAAAFGRtbmQAAAJUAAAAcGRtZGQAAALEAAAAiHZ1ZWQAAANMAAAAhnZpZXcAAAPUAAAAJGx1bWkAAAP4AAAAFG1lYXMAAAQMAAAAJHRlY2gAAAQwAAAADHJUUkMAAAQ8AAAIDGdUUkMAAAQ8AAAIDGJUUkMAAAQ8AAAIDHRleHQAAAAAQ29weXJpZ2h0IChjKSAxOTk4IEhld2xldHQtUGFja2FyZCBDb21wYW55AABkZXNjAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAEnNSR0IgSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABYWVogAAAAAAAA81EAAQAAAAEWzFhZWiAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAG+iAAA49QAAA5BYWVogAAAAAAAAYpkAALeFAAAY2lhZWiAAAAAAAAAkoAAAD4QAALbPZGVzYwAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAWSUVDIGh0dHA6Ly93d3cuaWVjLmNoAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGRlc2MAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAALklFQyA2MTk2Ni0yLjEgRGVmYXVsdCBSR0IgY29sb3VyIHNwYWNlIC0gc1JHQgAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAACxSZWZlcmVuY2UgVmlld2luZyBDb25kaXRpb24gaW4gSUVDNjE5NjYtMi4xAAAAAAAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdmlldwAAAAAAE6T+ABRfLgAQzxQAA+3MAAQTCwADXJ4AAAABWFlaIAAAAAAATAlWAFAAAABXH+dtZWFzAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAACjwAAAAJzaWcgAAAAAENSVCBjdXJ2AAAAAAAABAAAAAAFAAoADwAUABkAHgAjACgALQAyADcAOwBAAEUASgBPAFQAWQBeAGMAaABtAHIAdwB8AIEAhgCLAJAAlQCaAJ8ApACpAK4AsgC3ALwAwQDGAMsA0ADVANsA4ADlAOsA8AD2APsBAQEHAQ0BEwEZAR8BJQErATIBOAE+AUUBTAFSAVkBYAFnAW4BdQF8AYMBiwGSAZoBoQGpAbEBuQHBAckB0QHZAeEB6QHyAfoCAwIMAhQCHQImAi8COAJBAksCVAJdAmcCcQJ6AoQCjgKYAqICrAK2AsECywLVAuAC6wL1AwADCwMWAyEDLQM4A0MDTwNaA2YDcgN+A4oDlgOiA64DugPHA9MD4APsA/kEBgQTBCAELQQ7BEgEVQRjBHEEfgSMBJoEqAS2BMQE0wThBPAE/gUNBRwFKwU6BUkFWAVnBXcFhgWWBaYFtQXFBdUF5QX2BgYGFgYnBjcGSAZZBmoGewaMBp0GrwbABtEG4wb1BwcHGQcrBz0HTwdhB3QHhgeZB6wHvwfSB+UH+AgLCB8IMghGCFoIbgiCCJYIqgi+CNII5wj7CRAJJQk6CU8JZAl5CY8JpAm6Cc8J5Qn7ChEKJwo9ClQKagqBCpgKrgrFCtwK8wsLCyILOQtRC2kLgAuYC7ALyAvhC/kMEgwqDEMMXAx1DI4MpwzADNkM8w0NDSYNQA1aDXQNjg2pDcMN3g34DhMOLg5JDmQOfw6bDrYO0g7uDwkPJQ9BD14Peg+WD7MPzw/sEAkQJhBDEGEQfhCbELkQ1xD1ERMRMRFPEW0RjBGqEckR6BIHEiYSRRJkEoQSoxLDEuMTAxMjE0MTYxODE6QTxRPlFAYUJxRJFGoUixStFM4U8BUSFTQVVhV4FZsVvRXgFgMWJhZJFmwWjxayFtYW+hcdF0EXZReJF64X0hf3GBsYQBhlGIoYrxjVGPoZIBlFGWsZkRm3Gd0aBBoqGlEadxqeGsUa7BsUGzsbYxuKG7Ib2hwCHCocUhx7HKMczBz1HR4dRx1wHZkdwx3sHhYeQB5qHpQevh7pHxMfPh9pH5Qfvx/qIBUgQSBsIJggxCDwIRwhSCF1IaEhziH7IiciVSKCIq8i3SMKIzgjZiOUI8Ij8CQfJE0kfCSrJNolCSU4JWgllyXHJfcmJyZXJocmtyboJxgnSSd6J6sn3CgNKD8ocSiiKNQpBik4KWspnSnQKgIqNSpoKpsqzysCKzYraSudK9EsBSw5LG4soizXLQwtQS12Last4S4WLkwugi63Lu4vJC9aL5Evxy/+MDUwbDCkMNsxEjFKMYIxujHyMioyYzKbMtQzDTNGM38zuDPxNCs0ZTSeNNg1EzVNNYc1wjX9Njc2cjauNuk3JDdgN5w31zgUOFA4jDjIOQU5Qjl/Obw5+To2OnQ6sjrvOy07azuqO+g8JzxlPKQ84z0iPWE9oT3gPiA+YD6gPuA/IT9hP6I/4kAjQGRApkDnQSlBakGsQe5CMEJyQrVC90M6Q31DwEQDREdEikTORRJFVUWaRd5GIkZnRqtG8Ec1R3tHwEgFSEtIkUjXSR1JY0mpSfBKN0p9SsRLDEtTS5pL4kwqTHJMuk0CTUpNk03cTiVObk63TwBPSU+TT91QJ1BxULtRBlFQUZtR5lIxUnxSx1MTU19TqlP2VEJUj1TbVShVdVXCVg9WXFapVvdXRFeSV+BYL1h9WMtZGllpWbhaB1pWWqZa9VtFW5Vb5Vw1XIZc1l0nXXhdyV4aXmxevV8PX2Ffs2AFYFdgqmD8YU9homH1YklinGLwY0Njl2PrZEBklGTpZT1lkmXnZj1mkmboZz1nk2fpaD9olmjsaUNpmmnxakhqn2r3a09rp2v/bFdsr20IbWBtuW4SbmtuxG8eb3hv0XArcIZw4HE6cZVx8HJLcqZzAXNdc7h0FHRwdMx1KHWFdeF2Pnabdvh3VnezeBF4bnjMeSp5iXnnekZ6pXsEe2N7wnwhfIF84X1BfaF+AX5ifsJ/I3+Ef+WAR4CogQqBa4HNgjCCkoL0g1eDuoQdhICE44VHhauGDoZyhteHO4efiASIaYjOiTOJmYn+imSKyoswi5aL/IxjjMqNMY2Yjf+OZo7OjzaPnpAGkG6Q1pE/kaiSEZJ6kuOTTZO2lCCUipT0lV+VyZY0lp+XCpd1l+CYTJi4mSSZkJn8mmia1ZtCm6+cHJyJnPedZJ3SnkCerp8dn4uf+qBpoNihR6G2oiailqMGo3aj5qRWpMelOKWpphqmi6b9p26n4KhSqMSpN6mpqhyqj6sCq3Wr6axcrNCtRK24ri2uoa8Wr4uwALB1sOqxYLHWskuywrM4s660JbSctRO1irYBtnm28Ldot+C4WbjRuUq5wro7urW7LrunvCG8m70VvY++Cr6Evv+/er/1wHDA7MFnwePCX8Lbw1jD1MRRxM7FS8XIxkbGw8dBx7/IPci8yTrJuco4yrfLNsu2zDXMtc01zbXONs62zzfPuNA50LrRPNG+0j/SwdNE08bUSdTL1U7V0dZV1tjXXNfg2GTY6Nls2fHadtr724DcBdyK3RDdlt4c3qLfKd+v4DbgveFE4cziU+Lb42Pj6+Rz5PzlhOYN5pbnH+ep6DLovOlG6dDqW+rl63Dr++yG7RHtnO4o7rTvQO/M8Fjw5fFy8f/yjPMZ86f0NPTC9VD13vZt9vv3ivgZ+Kj5OPnH+lf65/t3/Af8mP0p/br+S/7c/23////tAAxBZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgARQCgAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A9TSJDQXOIDQJJOgACSx/rjr9WeoV9raxSe+lrmUu5/k2JKdhJV78+ijLx8R4e67L3msMY5wDaw31LLXNG2qv9JWze/8AwlisJKUkqvU877BiHK2eoG2VMcJiG2W10WWd/wCaZZ6v9hWklKSVXB6hVmvy2Vscx2Fe7Gs3xq4Nru3s2ud+jdXez6StJKUkkkkpSSSSSlJJJJKUlr/ckkkpSSSSSlJJJJKf/9D1NZP1qE9Etb+/bjsOk/SyKGfxWssr6za9J/8AQrCn/wBi8ZIbqZZLo+s3TgfzsLOAPn6vTXfwWmsrqbdnXOj3dnPyMf5vpdk/+6S1UlOT9bWB/wBWepn/AEWNZcPjUPXb/wCe1NmW8fWa/DNhNb8Gm6ursC23Jrusb/X30Nf/AGFb6jijN6flYZ4yabKTP8trq/8Avy53CvfZ1j6v9UIn7d037NYf5V1f7SrP/wALr0lOh0O2Os/WDF/0eZVcPhdi4v8A3+mxbFdtdrBZU9tjDw5pDgYMH3NXOZ2S/puf1nPoaH2W0017eP0wFdOBucPd+mszLWf9ZU/qs7LoNXSmeiMDAwcUBkOFzn2sdYcrd7a/s7nVvp9P0t/q+p+lr9L00VPQ72bS/cNomXToI+lquZ+sV/ROo5GMG5FOdd0t5ycvp4f6rHYxDa8t2TQxzqvUxm2V5uN67N77KPRp/nnrnuhdPw/rF1TK6RmWk9G6ZZkXYuJW/wBmYbsvItOZa9kOdXjUuxqK/wDjftNV3pX/AKX0HE6fgYWN9kw8erHxtf0NTGsZr9L2MAb7vzkFMsbDxMNhqxKK8esmSypjWNn97awNRVX6fIxK63aupmkk8n0yat/9vZvVhJSkkkklKSSSSUpJJJJSkkkklP8A/9H1NZn1l06Na7/Rvos/zLqbP++rTWf9YRPQeonksxrXtj95jHWM/wCk1JSP6wH0acTPmG4OXVa89hXYXYGRY/8AdrpozLLrHfuVrS9VhtNIMva0PcPAElrf87Y9Kyuq+p1djW202tLXscA5rmuEOa9rva5j2qtgdLw+nhwxw+XhoL7HvtdtZPpVepc57/Rp3O9Ov/0okptrkrelZvTun35Ntfs6Rk024Qrduc7Cx7bMi1236Xqt6fnZmH6H5/2f/hV1qSSnmepvGZj9UyMJhzG034Lyygby9tJxupP9ENP6d32W5llbK/51LIL8zDprqxrMSzLZX02vJsYab3sfFmaaq37MihmLiUZVlP2ipj/tH6Suv0v0t/Q42Li4lfpYtNePVJd6dTQxu5x3PdtYGt3Pd9JV8wF3Uung/RY62z+0K/Sb/wBG6xFTzzuk5VnXuqDpdrcLOwXY+XgOIPourvorwb8DLoYR6mDf+x6v5v8AS49tdd1H8wtdn1lw6f0XWGnpOS3luQf0LyACfsmdH2bKb7vYzdXl/wClxaUm7q/rdZr7cvp1cDzxr7t3/wAUVroKanTLLbsd2RZW6kX2PsrqeC1wrJ20uex0PrfdW3131WfpavV9O39IraSSSlJJJJKUkkkkpSSSSSlJJJJKf//S9TUbamXVPpsG6uxpY9viHDa4KSSSmt0ynLowKaMxzH31NDHPrkNcG+xj/d+c9rd7/wBz+b/lqykkkpSSSSSlKpnn07MO8ztrva15Hha1+M2f+vW0q2h5OPVk49mPcJrtaWujQwe7Xfmvb+Y5JTQyGj/nNgO7jBzR/wCC9MWms3Cp6hZmsuzqw1+JTZjtuaWkXeo+p7r2Mb7qfZi1epVZ/N3WWVM9aqr7RbpJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//0/U0l8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKfqhJfK6SSn6oSXyukkp+qEl8rpJKf/2QD/4gxYSUNDX1BST0ZJTEUAAQEAAAxITGlubwIQAABtbnRyUkdCIFhZWiAHzgACAAkABgAxAABhY3NwTVNGVAAAAABJRUMgc1JHQgAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUhQICAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABFjcHJ0AAABUAAAADNkZXNjAAABhAAAAGx3dHB0AAAB8AAAABRia3B0AAACBAAAABRyWFlaAAACGAAAABRnWFlaAAACLAAAABRiWFlaAAACQAAAABRkbW5kAAACVAAAAHBkbWRkAAACxAAAAIh2dWVkAAADTAAAAIZ2aWV3AAAD1AAAACRsdW1pAAAD+AAAABRtZWFzAAAEDAAAACR0ZWNoAAAEMAAAAAxyVFJDAAAEPAAACAxnVFJDAAAEPAAACAxiVFJDAAAEPAAACAx0ZXh0AAAAAENvcHlyaWdodCAoYykgMTk5OCBIZXdsZXR0LVBhY2thcmQgQ29tcGFueQAAZGVzYwAAAAAAAAASc1JHQiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAABJzUkdCIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAFhZWiAAAAAAAABvogAAOPUAAAOQWFlaIAAAAAAAAGKZAAC3hQAAGNpYWVogAAAAAAAAJKAAAA+EAAC2z2Rlc2MAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAFklFQyBodHRwOi8vd3d3LmllYy5jaAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABkZXNjAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAC5JRUMgNjE5NjYtMi4xIERlZmF1bHQgUkdCIGNvbG91ciBzcGFjZSAtIHNSR0IAAAAAAAAAAAAAAAAAAAAAAAAAAAAAZGVzYwAAAAAAAAAsUmVmZXJlbmNlIFZpZXdpbmcgQ29uZGl0aW9uIGluIElFQzYxOTY2LTIuMQAAAAAAAAAAAAAALFJlZmVyZW5jZSBWaWV3aW5nIENvbmRpdGlvbiBpbiBJRUM2MTk2Ni0yLjEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHZpZXcAAAAAABOk/gAUXy4AEM8UAAPtzAAEEwsAA1yeAAAAAVhZWiAAAAAAAEwJVgBQAAAAVx/nbWVhcwAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAAo8AAAACc2lnIAAAAABDUlQgY3VydgAAAAAAAAQAAAAABQAKAA8AFAAZAB4AIwAoAC0AMgA3ADsAQABFAEoATwBUAFkAXgBjAGgAbQByAHcAfACBAIYAiwCQAJUAmgCfAKQAqQCuALIAtwC8AMEAxgDLANAA1QDbAOAA5QDrAPAA9gD7AQEBBwENARMBGQEfASUBKwEyATgBPgFFAUwBUgFZAWABZwFuAXUBfAGDAYsBkgGaAaEBqQGxAbkBwQHJAdEB2QHhAekB8gH6AgMCDAIUAh0CJgIvAjgCQQJLAlQCXQJnAnECegKEAo4CmAKiAqwCtgLBAssC1QLgAusC9QMAAwsDFgMhAy0DOANDA08DWgNmA3IDfgOKA5YDogOuA7oDxwPTA+AD7AP5BAYEEwQgBC0EOwRIBFUEYwRxBH4EjASaBKgEtgTEBNME4QTwBP4FDQUcBSsFOgVJBVgFZwV3BYYFlgWmBbUFxQXVBeUF9gYGBhYGJwY3BkgGWQZqBnsGjAadBq8GwAbRBuMG9QcHBxkHKwc9B08HYQd0B4YHmQesB78H0gflB/gICwgfCDIIRghaCG4IggiWCKoIvgjSCOcI+wkQCSUJOglPCWQJeQmPCaQJugnPCeUJ+woRCicKPQpUCmoKgQqYCq4KxQrcCvMLCwsiCzkLUQtpC4ALmAuwC8gL4Qv5DBIMKgxDDFwMdQyODKcMwAzZDPMNDQ0mDUANWg10DY4NqQ3DDd4N+A4TDi4OSQ5kDn8Omw62DtIO7g8JDyUPQQ9eD3oPlg+zD88P7BAJECYQQxBhEH4QmxC5ENcQ9RETETERTxFtEYwRqhHJEegSBxImEkUSZBKEEqMSwxLjEwMTIxNDE2MTgxOkE8UT5RQGFCcUSRRqFIsUrRTOFPAVEhU0FVYVeBWbFb0V4BYDFiYWSRZsFo8WshbWFvoXHRdBF2UXiReuF9IX9xgbGEAYZRiKGK8Y1Rj6GSAZRRlrGZEZtxndGgQaKhpRGncanhrFGuwbFBs7G2MbihuyG9ocAhwqHFIcexyjHMwc9R0eHUcdcB2ZHcMd7B4WHkAeah6UHr4e6R8THz4faR+UH78f6iAVIEEgbCCYIMQg8CEcIUghdSGhIc4h+yInIlUigiKvIt0jCiM4I2YjlCPCI/AkHyRNJHwkqyTaJQklOCVoJZclxyX3JicmVyaHJrcm6CcYJ0kneierJ9woDSg/KHEooijUKQYpOClrKZ0p0CoCKjUqaCqbKs8rAis2K2krnSvRLAUsOSxuLKIs1y0MLUEtdi2rLeEuFi5MLoIuty7uLyQvWi+RL8cv/jA1MGwwpDDbMRIxSjGCMbox8jIqMmMymzLUMw0zRjN/M7gz8TQrNGU0njTYNRM1TTWHNcI1/TY3NnI2rjbpNyQ3YDecN9c4FDhQOIw4yDkFOUI5fzm8Ofk6Njp0OrI67zstO2s7qjvoPCc8ZTykPOM9Ij1hPaE94D4gPmA+oD7gPyE/YT+iP+JAI0BkQKZA50EpQWpBrEHuQjBCckK1QvdDOkN9Q8BEA0RHRIpEzkUSRVVFmkXeRiJGZ0arRvBHNUd7R8BIBUhLSJFI10kdSWNJqUnwSjdKfUrESwxLU0uaS+JMKkxyTLpNAk1KTZNN3E4lTm5Ot08AT0lPk0/dUCdQcVC7UQZRUFGbUeZSMVJ8UsdTE1NfU6pT9lRCVI9U21UoVXVVwlYPVlxWqVb3V0RXklfgWC9YfVjLWRpZaVm4WgdaVlqmWvVbRVuVW+VcNVyGXNZdJ114XcleGl5sXr1fD19hX7NgBWBXYKpg/GFPYaJh9WJJYpxi8GNDY5dj62RAZJRk6WU9ZZJl52Y9ZpJm6Gc9Z5Nn6Wg/aJZo7GlDaZpp8WpIap9q92tPa6dr/2xXbK9tCG1gbbluEm5rbsRvHm94b9FwK3CGcOBxOnGVcfByS3KmcwFzXXO4dBR0cHTMdSh1hXXhdj52m3b4d1Z3s3gReG54zHkqeYl553pGeqV7BHtje8J8IXyBfOF9QX2hfgF+Yn7CfyN/hH/lgEeAqIEKgWuBzYIwgpKC9INXg7qEHYSAhOOFR4Wrhg6GcobXhzuHn4gEiGmIzokziZmJ/opkisqLMIuWi/yMY4zKjTGNmI3/jmaOzo82j56QBpBukNaRP5GokhGSepLjk02TtpQglIqU9JVflcmWNJaflwqXdZfgmEyYuJkkmZCZ/JpomtWbQpuvnByciZz3nWSd0p5Anq6fHZ+Ln/qgaaDYoUehtqImopajBqN2o+akVqTHpTilqaYapoum/adup+CoUqjEqTepqaocqo+rAqt1q+msXKzQrUStuK4trqGvFq+LsACwdbDqsWCx1rJLssKzOLOutCW0nLUTtYq2AbZ5tvC3aLfguFm40blKucK6O7q1uy67p7whvJu9Fb2Pvgq+hL7/v3q/9cBwwOzBZ8Hjwl/C28NYw9TEUcTOxUvFyMZGxsPHQce/yD3IvMk6ybnKOMq3yzbLtsw1zLXNNc21zjbOts83z7jQOdC60TzRvtI/0sHTRNPG1EnUy9VO1dHWVdbY11zX4Nhk2OjZbNnx2nba+9uA3AXcit0Q3ZbeHN6i3ynfr+A24L3hROHM4lPi2+Nj4+vkc+T85YTmDeaW5x/nqegy6LzpRunQ6lvq5etw6/vshu0R7ZzuKO6070DvzPBY8OXxcvH/8ozzGfOn9DT0wvVQ9d72bfb794r4Gfio+Tj5x/pX+uf7d/wH/Jj9Kf26/kv+3P9t////2wBDAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAQEBAQEBAgICAgICAgICAgICAgIDAwMDAwMDAwMDAwMDAwP/2wBDAQEBAQEBAQIBAQIDAgICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwP/wAARCAJYBXkDAREAAhEBAxEB/8QAHwAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQAL/8QAtRAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6/8QAHwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL/8QAtREAAgEDAgQEAwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhjRPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6/90ABACw/9oADAMBAAIRAxEAPwDfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdYpolnhlgdnVJo3icxuY5AkilG0OOQbH6j37r3TTt7bmD2piqTBbbxGLwWGoRP9risPQQY7H07VNQ1TO0FLT+lC7szvb9TEsTf37r3T37917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Ur5nZL5ZUPTssfwuodiVXdlVvTrSCKfsqWli2vQbAqd+UdP2lk4BU3WTIUeCNXU00UilDpJAMgUHxr5daNaY6NjG2qNDdz6QNThVd7ceRgnpGr9XHHP4+nv3W+snv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TblpJo6J/t5TBM7xRpMoBMWuQBpDqBAAFySRYe9jpmdmRVK+bAdabP/Cgb+e38qvhB8xeofi78S95bc61paLrip372vurdPW+3ewU3Bk90T1NPsPEYddwzRxR08dPST1VQqlC/lgcSMllajsQDp49DvlbZ7TcLqGG7jV0mLqS2sUIWqhdDqSSakg/hFAQc9WI/ykP542zvnPu3qL4u9iVtTVfKDL9GZjtLcu5Nu7NhxfXO9JdoZl8RuSXEeGpkbF6o3gqIIXjKyFZgjhTGD5WJ49AuSizyRDgrMB+TEcCa8PWvzPWxP7t1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdN+Rjnliplp4/K4r6KR0EiRsYo5w0ttdgwt+pSRdb/ng3QAnJp03JG0gAXyIP7OvlgfzNui99/O7+dL8yI+oOvu5NzbYyXa+JwJ7DyGKqafbu1I+tOu6PCbnjoKPcAhIxEdRSTNRzQyBjT2MUBBF137mvHbSNIGDUnFSK04VJ+wEDhXHQz5Z5m23Y5BJdLI5Br26TwPkGIC1Fanif59Xw/8ACTTrrffXWb75x2/MJ1VRpPT52h2ssk9fVd27bg2hu9tsZnACLKBZoMJNII66QoZIjrhAZWJRSwLpcr6Y/MdA93SW6lmjrpdmYV40Ziaefr1u3e7db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdQa9wIoovKsJqamCmVmZUDmR7mnDsRZpgDEhBuGYEc+3oBV60rQE/wCz+XE/Ide6+aN/ME/m2di7C7/+SUHUm9sNHuTYnyp3x1JjN3Rde5DC02LxEG86vaeVx2KwNZV1kk38PxMbwfdyVX+UViTTpBGGEfsYiQiFXAJOpENeBJKgnyqMnh59JNJLkfaerR/+E6PWOU6Y+be+Nx95ZLO7k77+SPXe9Iup6/JSVskOM+NvXdRjt0Zjd2Sm8AxsmU3XnMlSieipap6vGx0RWeJVqdQBDEeM4H8Tf4T05FpBoPTreA9+6f697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TPm6iOmpEeR1gLzrDFWSUsdbHRTyRP453pZGXWCR4gFNwXBNlDEbrTIx17r4yHzk3ND2L/ADB/ktQ7YhG0aRPnXvTbm1sBDSinx9G9X3DX01ZVVUOIZT54q6EOSlRqZSfEw/V7bZnocngTxPSelG/I/wCA9fTJ+InVu3f9P3xXzO6qfsXI796q6f8AkCdi7t2TskUXxzyGA3TPgtgZ2iz+cleeoh3NLBg6PIRvLJadJXV3ebWTInMgVLALGqAaYa5/UqRqOKfCSTQV4AnhwdTiK8aH7P8Ai+rux+pv9h7jiL+0f8v8vV+uft7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690kd/OItkbumK6jBtrPTrZijK8WJmdHjkHKspF1Ycg8j29BH40qxk0qaV615Hr41GTxOWqP5gAoMI89bW1Xzow3YE9NPMkslZkMz3LBWmSSSVXYLSLX+FpG1eQAysgLFQdScvArVZeNPIcODHj5DI9eGOkurUanr62vxF2duHrzbzddVLCPa+2tv7TymIEeDymOhyOVzqVdZmcwuVqZCk8k14jNAq6Fb1j6ge2N13Y7jIC0QRkUJqBrVVAAwQKcK1HqR0pSqrp8ujngWJP9fZGqBWLevVuu/d+vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdIjsnsPaHUuwt2dmb/3HtzZ+yNjYWr3HuvdO7s9QbY2zt/AY4CXJ5fNZ/JkQU0EEWqRnkPNgigswHv3XscT0AHxT+cvxY+a+2s/u34yd37B7gwe2ahY83UbUr6qGvxkFTJKKCsyO3cxHDXwQTLE4hqZYFimZJBESEPvwIPVQwbh5dGxgkE0UcoeKVJV8kckBLRPE/qhdWP1upBP+P049+6t1l9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Qeds5BcV1lv7ItG07UWz9z1UVMs1PCauemwNTUQUeqqIQiVlEZQnm9vpf2rslZrldPH7CfMen+Hh1omgJ6+Nj0HWb133/MR69ye6cfVbU3Vne3tvVOcoEjipVxmX/jUM06aKf0xus0SSupAYSgki/sd6V0FqZ8q+mOHoMft6ReXX2Xtg0kcOxdl0rjyDH4DDJCzMzFZabHLTiVSxve2r6/19x5J/aN9p/w9LfLpZ+6db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qsD+dRsHcHaH8qP557E2rQ1GT3Hn/AI8bwXD4+lkWOetrMaYcylLGzK1zIKcroA1PfQtmZffiaCvWiaCvWnT/AMJlOzcZsT587moKxKSHcXZm1sdsTetZi6SbBYXOVOKpKiiw81HiVkSijp6TxqiQQUkRRizG+sWaUkN0mibvHX0T4GBjssbQrG8kKxsmiywSGFSq8ekhbr/UEEce3elXWb37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691734kAVPXuiyfIH5jfGL4uVOxqPv/AL56v6fquxq3I4/ZcG/tzY/Cf3jqsb40rEoWqJkIWN5ERnII1nQPVx7fgtrm6NLaNpP9Kpb/AAdVLKMHoc9pbv2zvPC4zObX3Ht/c2Ky1NLWY3KbczFPm8ZX0sTqsk9JXU7MHCeSMSD6qWAP491mhmt5DDcIUccVYEEeeQc8M9bwcjpUe2ut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAH8p87VbZ+NveW4KJIpKvE9Y7uq6dZl1J5FxEihrf1F+Pa7bgGvUB+Z/YK9Vc0U/Z18eH4z7kzGe/mH7AzFZNFHW5HvzBU0CxqxNTW5TdopYYolUXLAsXb+qjjn2OmNE0U8q18vs+3pHTFR19lvrbKR1+yNjyLHIpr9qYyuUvpuqimRWVwPySb+46k/tG+0/wCE9LRwr0v/AHTrfXvfuvde9+691737r3QJdxfIrpnoDZme7F7l7B2n1vsPa1A2W3FuveW48JtvEYnECOR48pLNmaiAzxymPxU0VGs080rLFHCXNvfq9a4ceiQ/Hj+dV/LC+VnYmM6h6F+X3Vu+e1M+uTG2tjSS7m2lldzVOKpWrp6HB1O+cZjKaomaFHkjiimZ2CtoVtLW916vVnwroWamWISz/dC6SU6GaBFDaZHkqF9AVTwSGN/wD791vqb7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oN+48VjM51J2diMzDFPisjsHdlNXQzIZInhfCTGzoLkjUBwPfjw60aEUPXy4viT2/N8Y/wCYPgc6864XE0fZFTDHkKONooGglzTIRI7WCBQfq31vx7YHr0iHa1evqb7B3Zit97J2rvHCZKly+L3Fg6DJ0uRo5Ump6nzQgTtHKnBKyB0a30YEe3xkdLuOR0rvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TdmHaPEZWVHaKSLG100ciOY3jkhpmlR1kXkWIHPtqf+wf7D17r583/CmbavbOC/mpfD/sjcdFg959Qb26eoIOtMRHjKWpm2nujYeYabe+fr8dVrJqLVlXTVVPLPEInUhGJZT7HHJbv4mlfh0Cp9DWo/bXpPMBxPyp0d3/hO181O+OzPmd8iPhvTUWw6f41dX9a1/de652OUO76fuTe258BjsbJj8lTVUVJDT1EyStV4unpki8jOVJ5uk50Ujma5/wCbf/VpOrRVp8j/AKv8vW6b7C/T3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+XUZn+NPddH9lWZRK3rbekEmKxgDZbJqu2KupSjxStYGdnjVlBNtIb2YbZ/uWD6D/AAkD/AeldjBHcT+FKKgj7PMenXx6P5bOXxdT/Mu+ImY3qxpKJ/kz1nmM3JU0M9QkU1Rl4/tp6jG0ekFVq5hK0KgBlOk+nj2I3lklmVCfhKNT/a0/I1Yn9np0ZDa7PxhEFIA0kipyCo/YdWfs6+0TgcDSYHFYbG03qGIxVPjYpBrVXRY18riNibB3BZRf0g6RwPYOf42+0/4eiNgAxUYANP2Hp891611737r3Xvfuvde9+69184L/AIV37b+UnZ3zf+PvV228NufcHQO3+kcZmtj0uMrZazZ1J2durdWRTsXdG7AlRLSY+vlhhxcBqq0xCSNB4ixLXdt4WuJ1gj4tX/PX7PXpt2Abu4f6v9X+x1P+Bf8AJY2n2h8Uqvs/b3VeD3dvvrrDVGWXfeFqchRbwy3YOC2g+48ht3CQ1M8dTQZqkqoWhenqNK38bxKFksRC+2bdFQSVGPNiK8B6+p/n0wA7g04dXS/8JYf5gXfvzZ+P/wAhdlfIneEu8d2dB96YkbSmzS0VPunAbA3vgKusbBZFaiNWliocnTmigCIkkfm0DSqW9hyQKJWCAhamgPECpwelC1HaT1tk+6dX697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6as7SLkMFm6B0EiV2HylGyMAVcVVBJAVYH8HVb37r3XyHv5gO3M90N8791YjKJW1GFw/Zy5GiwVCmlslSLXyVcmJln/AF3m9AR73FjY8n2zQZHSIjJ9evqpfCKTC1PxB+Ntft6I0+Jy3T+zM5BSmCOmainzuLXMV9A8MYADQVE8sLN9WKliSST7eHAdK1+EfZ0aT37q3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691AypC4vJkx+YDHVxMJ+kwFK58J/wCDfp/2Ptqf+xb7D1rrRo/4VX4jKv8AK3+Wvk8XtOuq8XvDbnanXu4dzU8tXUS46nm3Hi6rJbZMULCCA0okWoFQ41W1hW039jHk6VkuEQISGFCRWi0FQT5cRSp9cZ6ZmApX5f5egd/4TFYHHdT/AM0r5k9Ow0UtRUdhfGzZvZtNm567G5XGyPtnsWjy9VJEaECVEeorSixLJ6ZImDgqEHtnnJR/We6I4EqfzMaE/wA+jdIbX92JMFPiUqTXGWcCg+WgV4/4et/mOokaseEkeMK5A0i/H05HsPsiiPUOPQfiuJXvDCx7QCeH+Xqf7Z6MOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Wz5iqrfFnvzWQsY6v3aZWJAtGcTIjWv+efZhtZAvVr6H/B0ssJ4ra5E02FANaCvl6dfIP+I1WdpfzJ+hf4Di3zmTyHyZ2VhpYUjkdqWmy+9Y6asq4QoNxHG2uRzwoHJ9jKTtUSBak4J9AATX+Q/l0fNvu2fElSSKE6SKCn880FPz8uvtBCNYlWFL6IlWJL/XTGoRb/7Ae4/Y6mLHzJ6CzEsxY+ZJ6791611737r3Xvfuvddj6j88jj/Y+/de6+bn/wAKIdyVXyD/AJrfYnUnUnYGe21unp/oLrmj33kMNn41wmf7HoMtkcntfb+diidEjhxlJkqSaodwxjZXDLqFwpsJ47a8WeUkAV4CvlQY8xnpNL8VSK+XW4F/Iw+Hm1Ph5/LP6Q64xW4ajfmY7Gocx3H2ZuqtkjmTce++y3Wp3B9kQSwooo4YaSnWVmkZYzJIxd29u3FyHdPBYlU4E1ySalqHgSSf5dKI6aanz6OX1J8JPjt0T3jv7v3pnq3bHVW++3MclJ25UbNxePw+P7Dqaesevx+V3BSUZJkyMU0jyzVhP77s8j3difaOQl5DITUknPr+XWgqg1XHRvvderde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6918wb/hSptsbN/mKw5Kannmmr5cHUyQ0dSEjKrHdPPN9BcvZb/4+2/MjpLIO4g9b/wB/Kz3vi+xf5d/w+3hh6SShx+Z6N2dUU1JNIZZYoVpmhjaST/VSBBIy/wBktpPI93X4R0oT4B0fv3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xY2Vj/QE+25v7FvsPXutNn/hU3QZ6g3//AC+qfbuK+7pOz96br2BuDJQkpXY2hpDHuMrSSfSN51lkOpuD4tP19jLk13WQaF1A6QTWmkUrq4GuQBTGTx6YmAOfl1Ut/wAJie2p2/nad6bK3I2agyO5fjZ2JsbE0GTmGRq6TLdabv2/uDJUAqLqAjihr5lsOdVvz7Y5xdW5numTgCo4U4RoP2VBp69GMV3WwFqxJpSnoMuSPz1cflT06+kFHTyrWNMQvjKuAQ1zz9OPYeZ1MekceiWK3lS8MzAaSCOPU/2z0Yde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9Dfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFM+d9TNR/Df5H1FPbzJ1ZuQR3uAWem0WJBH1v8A19mG1/7nJ+f+A9Uk/sz9nXySfgWNxY7+aj8Zq1KRqqTcXyp6+2zLTQyxCoNHn990uMrFo46i4WV0lYI7grcC49jKclU1A4ai08hxyPn6/Z0mAqKdfZmT/Nx/tmH9uP8AZJDGH0D9ksPrp/Tf/D3H7/Gc1yc+uePSzrn7r17r3v3Xuve/de65J+tbfXUtv9v7317r5KX802jwmZ/nH/PvOY2PdNLNuvu3P7U27DXrU4qery2N2/jBl6+VqN4708tWWggXTbxsv0Y3DLfLpJIc0Hr19Qb4S7Si2F8SvjnsqGBqRNr9J9WYh6NiWNPVf3FoMnXs8j+tnkmqnZix/pb8+3FwAOlK4UDo0vvfVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6w1EkkUEssSq8ka+QI3AYIdTre45K303Nr2vx7917r5gP/CoTsuCL+YzuPFM+Lkm2qNsQVlFBVfcz00tTg4s1TY/NLC58dQIpI3dUIAD/wBefbZ+I9JZBVz1u4fyI+yaPef8q34lT0VJRUkG0uuf7m1sVIZykY2xOaSgqGEzMfJURsJZ+dOsnQFHHuynHT8WUHVyhFiR/Qkf7b3bq/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691wf8AQ/8AwVv969tT/wBi32Hrw61Ev+FQ1LuCs35/K9hweRqaCCDu3f8AlMsadElElPitlR1UTy07MrSBQJV0qf7ZP1A9jTktWL1DUAAqKfEKUA+VCQ1R/DTgemJeH5dVVf8ACefonF5n+ch8h+26zccWN3v0jv3tCSSlqcL9vLuHbffO2I8Tjy9JUa2jaklQmkIcAGZ2fWGUBLzjUcy3AJrXQeHl4aUH5cK8TSpyevRnIHy/ynr6IvsNdP8AXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691HnlaJQV0E2YhZG8auQPp5j6U/wBdvfuvdIDcHZ20NpUFTlN3bu2PtWhoNS5GbNbvw9MtNIV1wRl55IlDMpDAORwfqBz79UdaJA4nojnYn83b+Xd1VDJLu75b9FV7QZaDC1dJsTsPbO/sniclURO0VBuHGbZq6iWikZo5EMhEkKFSHlUsmrWpRx60XQefVfnYH/Co3+U9shd001J2jv3d+d23GzQYTaXVe6M6mfq49QfF43ccfhxSSmykPPWLpDAlCCCdageq+IvQIUX/AArY/l2Ve3qvcEewvkRXSUmM2/k227hdkbbyW4ZTuGomp/4TTUxzcaSVOPMDPXeoKFdWUCxv7V1rxl8weodD/wAK4/5fGSoJ8hB0t8uqd6ZxGcTW9a7Pir6tXbmppXbcau6xgHXHBTTsSQCY+NXtQ694q+XQk0n/AAqn/l2VGIXPz9YfNHG4ZszhNvjK5D47GmxLZbNqRS0ceRlzilmZ+FtDewJ0nUvverqxkUdG52P/AMKC/wCU1u7IV+GzXy/696t3LipKKHLbQ7cpNx7DzmLnrKdJkplra2kmx9a41gP9rVeg8MPz78CCK9eDqwr5fZ0fTpv5yfE75E52HbHRXfvXPaWcrMbWZSipNoZGpy3lpaVNZmWWGMQuoFyw86tb+yL+/VB4dbDKcA9GxW5Vb/Wwvxbm3PH4/wBb3vq3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdFx+X+ObLfFvvzHJTLWPVdXbrRadkSQOVxruGCScXW2oX+lr+1+2Gl6n5/4D1VxVD18m/wDllbMOW/nI/DrC1H3uar6v5VY5IsdGzVNVC+MNflYqoCQ2U0k0MM8b3Hj0F1IK3Aqv3VVjJqM+poAFYkkcP2/5Ok8dTX/V6dfYfYhmZhyCSQf6gm49gfpUePXXvXXuve/de697917royJF+7IwSOMhndjZVUHkk+99e6+SL85p8FuL+cDvuCOuqQlZ8gsvTS11bVyS6G/vnHHUCeaUkk+ONVN/wqj6AWZ8j0jPE/b19Wrpakhx3VfX2MppjWU9DsnacMeT1tKMkBgoUWdZn9ThEVIgT9AoUcAD26OHSscB0KPv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6g5NxHjq1zH5tNPIRCEjlMz2tHCscxCsztZFVjYkge/de6+WD/wqW6ix20v5nPbuYoExeOTsrbXXvaTL97JNuOWas2z/A66uzVBN+7To1RRtTQF/wBfjYITGqn3Q4PRts1nHeG4jceSEGgJB7uFfXz9ett7/hLjuqLd38rfaVP/ABBqiXZ/Ye7NpVlL9w8gjraOhoKuqo61GNg8S1UD6W4tIpW/t2Fe1iejG/jgipFGi+QJCjBp9nn1s3n6n/XPvXQXHDrr3rrfULIOYqOolEjRCJBK7JH5HMUbB5o0UfQugZA39knV+PbsIBkAOa+v+ry4/Ph177eqae9v52Pxb6L+cO0/ghHjN+9kdqVcu1aTsXJbMipa3aHT1PvOkjr8HFuqr1maas+2ZJ54haSJHXVy9vZvDtrTxsSQrDNKd3E0J8lB8gBwz1RpAppTq5bG1VPXY+irqSZamkraWGrpKhUkRailqEE1NOqSlmAdCrDUbkG/snlBWRlOCD9v+DHV+pvtvr3Xvfuvde9+691737r3XCQ2jcn6BGJ/23tqf+xb7D17rUB/4VLSUUG8f5XmSrsRU1+Pm7h7cxtLl4J2hgoMpW9bKtBStbh3qXAaNGsCIm5/BF/J8qxyorDLlVGeB0k59agEfaQemJQafl1SV/Io+RAx/wDO37F27Xblro6vvWPY9FjarH0qwnckuwcVS1i4iuDMsMVPUJGY56jxtMSlhw7Xb50GnmW4H/NP/q0nVY+I6+lsRYkf0JHsM9Keve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rUr/4VtfM/wCUfxI+LXxuw/xo7S3j1Ce9O1t67Q7G3Vsed8Zn6zbuC2N9zRbYo9xRgy0ArJK+aZ2pik7mnRklTxG6+yXUTgEkquQDx1E0rUAmgFeltmpJIABJKrkA8dRNKggHAFetKbYXyz7p7S6eym2d19p753XUY+mim+43JuDPbnymQhpgZYpchkMxUzzzzGMKskzsST9LCw9itLS0KhhEhBGO1fs9M/b0KTaWZgEgiQgqfwj0xmn8/M9JvYH8uD5W/LmnXe3UHVe8K+i3GkgDYvA1dHBkKeR1aoler8eiVVJXUGuSTf3dreyVChjQfPStR9mOo7U4B406uQ+In/CVX5gb0fGZLtPF0/XuFqZmWer3Dk1jyNNE8MUhC4pAA0fqNmIuTqF+PYS3aOGO4VLb4QorwOanjTz6d0yMa8OruOqP+EnfUuzsuajdPc2Ur8aEWWogxeHieSaeoiAqRSBwAPWBqNhdVH149lmg+fVvB9T0bD/oGM+GVSIxlN69j1bijqYo6vGfwrC5ahqJSixV+PyVVDVwRzRW1ItRRTAkf2Re/tA634K+Z6Sm3/8AhLd8O6GpxJ3l8j/mx2pg6DsLb/Z8+0d17z2BiMLW5DayNTUdDUnbu1YJtP6HWljkQSKtgAW1jekdb8JR0Y3d/wDwmz/lTdlZmr3N2D0hu/cuQnwL4Ggiq+zd2UFJhaQ10eQXJYvG4ZaTw12uMxkHUpSSQFSxBGwoHDqwjVT2k9WvfGP4g/HH4idd7e61+P3VmC2HtvbsNVHQTGlbIbmlau0mvmr9y5by18rTlFMgefTxYKAAPewAOHVgAooOjM+/db697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RW/m3NlIPiP8hnwlhlj1bulKEtIIR5noGUXkPA4vyfai2nFtMJyNWmuOHHHT9tbG7l+nDadQOaV4CvDHXy3v5LAzuN/nb/ABKw1RUzw5Dcfd278HX5Kko4aqU0SbC3BX5qGinkJMc5BiiSWMgqjufzb2ctvqS/DCRVafF+fp69LZ9iNtp1TDurQ6aDCkmpqaDFPz+XX1xAwYBgLBgGA+lgwuBY+w/59FZ49d+9de697917r3v3XuoeR/4AVn/UO/v3XuvkPfIrDw7m/mxb2xuSE07TfI3JVTyQSeKVjLvlNKKSDa31J/P9PbPl0iP+E9fWz6woExPXOwsVFE8UOO2Xtelh1vrdlTDxBtZsOQfqfz7eHDpb5dLr37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa5VakqNaLKqR+XxusTLI0DCdEtMCtyygAkcGxHIHv3Xuvmsf8K99snHfzCOuc/8AcY4xbh+KWx8HVR0tLWvXUVTgexNyQGqzWcq4ozXySIUEa63MKLo1WI90b4uhJy2aTTH5J/z91sBf8JTKzAVP8uvJbfwEmLE2O7gyWb3LLSU8vny2S3NBQVH3GWWSRwZYqTHRUkTIFGmx08G70PdqH+r/AFY6V7sQp1KM0bP+1IH+Gv5dbV/1906CHXvfuvdN2WeSPG1rxQfcssDEweUwmSO4EwEgBIITURxza359vW4BnQE0zx458v59e6+bh/MM2fvH4+/zqvmRkabPjGV3ZvY9N3PsTcEkFPBPiJd1bEpZMZ/GJUcmXHLU0GimmkhdIgGsup5C4vsIwlqDWuqh+whVUj+X+TpJMe+np/xfW57/ACYvknnPkX/LF+FvZm6N7U/a2+st19j9ldkbupq6mkrH3ntbMV218zVZCnpqeFAEajhA0xoCrqQAPqErok3L6qE6jXTwr8q56UqRpFOrY/afq3Xvfuvde9+691737r3WKf8AzM3/ACyk/wChT7an/sX+w/4Ovdav/wDwpR29t3cvSXxKo85j8hWZKk7nbJ7NqcbSfcVGP3hR7FzH8HmmmDAxQOzFZ7A6h9bW5GvJVdR+xf8An3pifgOtDj4kbr3v13/N26B35tWNY969ffInYuVMYqEhop3o86KXPY+csh1RTRNLBbkWvcEG3tNzuf8AkT3NP+Ff9Wk6EFhy9JdWq3QkCqU15Qmne6BeIz2E18q9fY5oMmuSjoqmCEilr8fDkYpvIrKq1ADpDYDk2N9V/wDYewzTFeiRzom8L7c9OfvXVuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q7/m/wD8vXaf8y/4Wb6+O+ZKY/edNPHvzp3c0aQff7d7T21TudvGCacoFp66OWooKxfIoKShifQPa2zn8AuSCwI4VpwNQa+RByD0Y7c8ayMstdLAV+VDXV9oNKdfKa2zsndXwz+Tm4+o+1MHJi9ybN3bDtbdu0qmcVtXh8l976KfNxMqhI5YQlQkgBWSORbfX2ZLvsMceiOEgA1+Ov2/h6F6QxiFoYT2kYyTx+Xp6Zznh19Uv+Uj35tnu/4g9f1+ztv4PbsOzqNdvyUeFxEOHxvjKal8lNT2fzWHLarH+0CbWQyXaXzliGUGn4q5Hp5D546CNxtbWUa1cNXHCn+U9WqUkjyxFnvq1kH1u4vpB9Oskgf4e0coCtQdF7rpNOpXtrqvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV/fzTdx5faf8v8A+Tudwtvu6TrfKo/rWNzT1S/bSJETyXYsqKF9RJsOffiGYEIKn5Z6M9oMYvAZCBg0rj0/yV6+ZB/Ith3vvX+br8PdwYSnrp22336258wMe1MXi23XbbyWFzuRq6qpJ0Rw0tRKZNFmaMs31VHXaRTBwNDVqPI9Ce9eJoyxdaICQKqdRKkZ+zypx8+vruxi0cY1mS0aDyG15LKB5Dp49X144/p78eJ6AzfEaY65+9da697917r3v3XuoeQDGgrAoLMaeQKqgsxP4AUfX37r3XyZe+cE+M/my5StpxrqKr5AUau0f7pqZarcYlqdCcgkyqxIUcFSOLEBny6RGlfz6+sBsuXz7O2nKXWQvtrBEupUqWGLiDW0ccEEED6Hj28OHSwcOlN791vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuoWRpRW0VRSMqslQI45EblXiMymVT/rqCPfuvdaF/8AwsR6/mrdx/G3e8CS1GNfbOVw8jT1dZUHHNNnqvKV8MCTSNoWZ5RLoAAUW0BVsPetDu3YpP2An/B0IOX3jSWbxGAqqjJA82rx6OJ/wkFXbR+HveVBt7Kxz5Kn7T2tLnoTm0q6rGGXAs2PiXBPCpp450RykrTOHsxX6EB2JJAWDAr9o/zjpZuksCqoQhgAQADXypk1Jx/PrcZP19t9BLr3v3W+olfIIqKpkKqypExZXbQhQnS+puLCxN+fbkQBkUE0zx69w6+fL/woyoJuqv5y/VvYS4/FY/a2/fhpt7J7srvtnzGXz1F19vnLYCGOkpaiUpR1ETCip4pFWOOSIFpRISWIn22caAjMBgk1Oa1BHy/Exp/m6TzjJ/Kn+r8ur0P+EtOey2d/lW7KxuVgoKOu2P3v8gduPjMJg6bBx4enl7K/vLHj8zkLuK2UfxB5YWiUWp2jiLlowfYcvP8AcyXh8Z4cOPTsZGnHDrZV9p+r9e9+691737r3XvfuvdcXAKMDyCpBH9QRY+2p/wCxb7D17rWE/wCFKElbhtmfA3L4/Z2b3DRR/IrNbbyeUxeYqKSg23FuTrbJUmPbMYiAM9d9zKpFOFKmJo29QMgBGnJhIcinktflw/4rHrXpPLUgHr599Dk8ls3+YHiM7lhWYGrxPYO28lFKsMMFYxx+TR2qxTQtICZVUyeotdWDNYk+0vOx/wCRNckf8L/6tJ1JOzSqmyRa3UDwSACy1r401cVrXI/Knr19iH4/b4x3YvT3Um8sK6y4nc/We2M7SyNLH9zerokSUSQA6gC6tZrWuCPqLANg9n7Oo7mqbvV5UOf2dDZ711fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xum7IRiQQ+ksY5DIunVwwHB9P/E+3oeJ6ehbTX5inWgz/AMK3v5ff929zdd/zDuqNtwY45iXHdU99nG400hr8yyGv643qamG6zygQVNDm5qgApCtCsZBL+2plAfHn0JbG7YxAlxUduSK08j5do9KEkVpnjy/4TKfzCMZgd3f6DN67iyEWF3j4KCgEkqSUcW5JUUUkc0dvTqYkPY3X/C9j6FJUeulqcOB/zeXSq/EM8JVXUmlV7hx8vPrfgxMc8UEyVEhlYVUpRiFDCIhTGpCAfQf4e3Ja6s56Cd0Y2ceGKYFft8+nX210m697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VXf86qozNL/Ks+b8u3aN6zP/6ENwx4FYV1VVNuCV449vV9Mn5aCuNPIxv6UDMASApMNs1fWLo+KhpXhWnnxx1STToOrh188D/hOdtqlx387H450jRZOTEUe2+4cpi6eq/yWiotyR9TZKOiXc4QsnijLJaMlruUVRyT7Et+bkvWp8Mofh/i1LWv5fD6ZI4HpmMJjArX/P19YFb6VvcHStwQAb25uASAf8AT7BZ49KeuXvXXuve/de697917rkn60/4Mv+9+99eHHr43Pyg3rkaP+Yf8laXfEG5No5rbfyJ7dwO2qvbKpW5bA4bb/cNdNiM9Qxyzwxy1PgnEayrMoZS7Ai1iyR0jYUOOHX2CuuK2Ot2hgHjjkhP8BwDyxuFURzth4oqhI1TgL5I2e/5LE8X9ujpWOA6XXv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sCVYC1yCBf6Xtxf37r3Wol/wrSwWxcV8beh917uf7B81v7O7SxeRJpo6OPMUuz5s1DR1k08iFWqYad0ptCvqdCraBZiIdgqJJKeYX/Cek84rQ9Ey/4Rx9i4xo/mR1HhsNSU/wDd1uld8bg3Q2Vlmq6mozlNubayLFRi8ApKGCjp4kAfieeVrXa4WbyFI1YLH55NMU/kf2fLrcODTy63vD9Txbk8f0/w9hLp/r3v3XuoeQplrKGqpXAZZ4XjYN+kqeSD9fr7917rRU/4Vh9W7zPyJ6W7awNZ/DMfL8MO68Nm6rGZJqfKVdVtbsihnwWMFDCjSzRyx5pB6VKgo+sqAuttwKivTEwyD0Z7/hHH2HufJ/BTvLr3e38Ykxm3fkhVbo6/zmWmrf4VuOj3Ps3FtuiDB1tTCgqDj65YWqkeZ/3qhLAEC9lpw6vGRkDH+qnW4z7t051737r3Xvfuvde9+691xb9J/wBY+25v7FvsPXutbH/hTXs/L5j4l/HLd2K3PU7WfYXzH6d3BNVUlNm52raVIa+Cox0k2Kp5Y4vIWQJ91JGjm4uSLexlya4M3hjjpB8uFRjPr8umZvhBPXz7/mh15vXNfMvc21diUeCxWZrtrbP3jiqtslWY/HY7FbmlggyR3CK1paYmOsmMgmoo0ZI1QEPKrj2k5zxzHck/0P8Aq2nTAVRkjj19RP8Ak0dq7k7g/lv/ABH3PvLa67V3NierzsHLwULVE+JzeW6z3BkOucruzH5CQAzwZeoxM2SVZVRo5JWAX1AANrw6VoaoOrTfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RfPkz8d+vvk/0h2b0Z2ThsdldndkYGqocqcjRQ5V6CtWARUmXxtFVjxrVUwQS00moaZFBIIJ92QVdftH+HrTKGGk9fJn7I6q7M/lZfzIOxukM7U1+OyfUHZWKbbWVXNy1h3BtKugiz209zz5KKnokkmraGSGSrZKcKsxeNSyrraQI5TcRmQU0ngQeI86jyNainSJkCmh4jr6p/wACfkdtv5RfGPrbtHCVsNTkshgcfT7mhFWtXVxZuCkjjnlqmDMQZAFYXP09g/dYzHdkeRFR8uOP21PSuNtSg9HM9lvV+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVh/zkN0VG0/5cvyRyNN4PJUbU/hx+4jaWPRUszkhFZfUNAK8/UfT2a7OAbzPkp/wjpuX+zPWgp/wmGyNJub+bHi6GvLVeQrMB2FUU4ms6eBsC1NlKoi2oSxQEtCykBWsSGAsRTfOEtWYH4cfnQED86j9vTCA616+pKrrIqyKbrIqyKf6q41Kf8AYg+wEQQSD5dK+uXvXXuve/de697917rkn60/4Mv+9+99eHHr44n81HGYP/hxHvipxlQmz8LVdo7iymRzNFBV1RxUFTVyZWpATW7/AGwmRSyliQpN2PtmpoekZ4mnr19af4ibvHYPxw6Y36Mrjsyu+erOt95UtdjoJKRZ8fuXZdFlaeeeimeR4WeaSpKxs5IQKLkgkujh0qWukV6Ml791br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de61Z/wDhWn07X9t/y8dkTQPkRSdd9xwb5ZKBJ2U5SHblRgMfJWeI2KJDXVhVSAS+khgFYMf7EFLvX5edPX06NNssYL5mWevbSlD61+R6pZ/4R/dobUpO8vkp0fHipoNzbo69xW8MlumWNjJlMTsrdi0Iw2Skle4hSTN1MqqeTIIjcBCHN9xAMdRnTWgzWuP8/wCzh0tudnsbdC0RYkA4J9KD+HyqPt6+h+3LEn+p/wB79gkcOg711791vroi4I/qCP8Ab+/de61Uv+FHGVzGF7M+H+IOzKfIba7f6z+S/WI34uFjyGR2tvXHrtrdu1sRLlayWOmoMbkIYK9q+WUXcxRBHSxvSQcD0zN5dFe/4Rs7W3Nt34sfKDHZ/cde1PV947Tz0HX+QxmQRtnrDt1sdkpmgyB8ajOWx9bBNSIFZaNZGZrADY6tGa1/L/V/k63T/dunOve/de697917r3v3XuuLfpP+sfbc39i32Hr3WvV/wp5wFXlP5U28dwUGR3LjqzrnurpLfsJ27Uy08VV/C91jHyU2eSJSZaPRVs3iLLeURnVxYi3ks/7sVFBlPz4rw/y9NzCsfWhR/MONRtD5Y7Q3pgKPb8Q3l07tjbVdid1Vr4yryO3RuZkiya0DpOv7tLDNHJUMix+h5PHqT9w25m2pbnfZJW+FtOruoahVFVxnHl8uk4oVo3lw63qv+EsnZ+a7D/lP9W7MzdKuJyPxw7R736TyuLjp2pNTpvj+/wDgXZoGENSkVPnqmN5QgBkVSiqF5B13bC2NKEE1oD6AsPQVqNJB+fSpCCMdbIntD1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64sFZHVwCjIyuG/SUZbOG/wte/vYqDUcevdaff/CoP+XTD3R1Bj/nD1HsiLLdr9FLjcf27Q4TCVC5TdnWU9euKodxtlodSOMKssUjkgn7cNyAtwLdslMaeE5w2VBIrwqwpg1BqemZlzqH59Fz/AOEwfzXlxudy3xu3PUxJTZSDIQ46qZZfA1bjpkp6KrgLSlVjqFjDrwfSwF/z7Nb/AGGC82p91Ut4yHSBUaSBQnFK17jmvpjqtuRqoeB63jkLaY9RVmKjUyiysdPLKLmwP459xzI5WUIvAn/P0pIp1k93611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdVD/AM9SnjqP5Y/yL8sphSHE0c+tdV7qJUA9HP8Aa9m+zf7mf7U/5OtrbzXP6UC6m40qB/hI60QP+EsW3cE/82Ta+ey2SkjpqLrnttsbSwQ1sklbk6PEwV7Ru1Mh0L4FdyZSqEAre5sRPuAb6ZhH8RAHyrwr9tP8A6fG0bjGQ8kVAPmv/QXX1NUOpEIXSCikLwNIK3C2HHH049gI4JHSc8euXvXXuve/de697917rkn60/4Mv+9+99eHXxwv5s2Hy+zP5knzDhmqIa1+se/OzMbXYutpWZDiKev+5x8lfj3K64ZYqiFo15DKbgFVazVPLpJSrFfU9fV2/l8V+My/wb+IecxVPjYKbO/Gjo/Lg4rGNi6OVK7rmgmiMULfUC5sB+gGxA/NxwHSlfhHRxfe+rde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VLP8AP52xDuP+Wv3HNNVLSR4ZsTUtNLUx0sCtksjDhKXW8rIupqiogiTngvfhdRB5sZ/WcfIf5ej3YifFdR6A/sP+r9nWnF/wlSzOF2T/ADIspjFr4XyvY3UG/MBj8fMJBLkKGhmoM9LUU3lXSxX9pypbUQC1joax7uBR4GRjQgV/YK8ej6/MbwshNKAn9gr19MQ/U/65/wB79gYcOgGOHXXv3W+ve/de61Wv+FInYFDj95/DTr3LZPMrhK7bHyP3rmMNihRMJabGY3A4F859vUnXPPRU1ZVtBDGrlrsApZlBpJ5dMzeQ6p1/4SB/LnM0vbfavw23Q26sjlc7Tjf+3KzJ4yolqcZgNqUsVIMDFuSZmlo6WJbzNQTr45FbRE68qfDj16M5x59fQv8Ad+nuve/de697917r3v3XuujyCP8AD3SUFo2UcSOvdU+fz78kuD/lK/MPNyZKrxaYfZOCyCVFBQw5Cterp95437KCGCoV4wHc2d2X0jm4tf2ecu3VtY38U94dKqKEmpAx50BPyx1SX+yP+rz6+fF/Mo2luDdG3eoe0ZMpFNUT7GoamaaMI0ki1eMFUlNVvGebM7ho/wDNhmYKACbja9vba/vJLqycPG9NLUIrQAcCAeI6SA5z1s/f8I0dxT1vxH+Ym2aiWevG3fld56PIPC6KIc91xQVcijzyFkDtTswjVLC3JNxYFboSRpJyHeoNc1IIIr5CuM/Z0rTh+Q63I/ZL1fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de66NjcGxFiCDY8Ec3Hv3Xukvu/b2J3PtXObZzuIoc5t/N4urw+bwNfGr0OWwmSgbH5bFyREhbT00ksS6iFBYE2tcKbeXw5hIWp8+OfIn1FaV9R1s0Ip181/sPZWa/lq/zod2dWxSUeNx22N743evXEdDOaKkzHU+6K5m2UyUcLWJpfHLh5Y3GtpaVm0lHRnlHad32642F7bxP1dZJWhqAQo40p5Hz6Rsvhn8+vo+9R72pOzOttk75ppFmjz2IpMiSqSw+OraHRVwvDKFdWjl1xsjqCCPp9PcV7jAY76iigBr+RB6Vg6hq6Ez2z17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691S1/P83RJt3+WX3lTpRR1YzsWOxTu9Q0P2qyx1E3nRVRtZBjtpJA5+vs22X/cyn9E/wCEdG2y5vafI/4R1o7f8JdMLvSL+alszI7flpW22mwu0aXdrVBAlhosptl6CL7SIn1yayhFiL2t7E96QIWY54UH2dCm7osDMc8MfZ19SqI6oomAIDRRsARYgFAbEfg/4ewIwoxHzPQBYUYj5n/D1k91611737r3Xvfuvdde/de6+SF/wo/2nVYf+cj83qXGvek3hXdY1MyQ6GSr3HP07t6uZPqvqLuyuzG9yWI+gFa0PTDEB604Hr6TP8nyrxlZ/LB+C8mHOuhpfjT1dhZHfzCoOX27ghgc8syzO9lWrp5REQ3K82UWHva8OnE+AdWS+99X697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuqbf5+nXWR7X/lY/J7Y2JrRQ5DI7ewOUpp1DtURttPeWM3cZKdYypYsKAwMCQAspfkoFY52YEzt5DB/nw/Po52UEzP5AaST9h4fn188/+R1vHcfXf83H4VbogoZqulwHY24NsZ6nxdSzPT7f7H68yvXUMzQSaPuTQ1FetaYDw5gQEr+pRHfRmS3quAA1fnjh0JL6NpISVoAoYn59vD/P8uvrhsLMw/oxH+8+wH0Auuvfuvde9+691qI/8KXMtQ0XcPxSx9RFuCoq8j0Z8lKykgg26Kra0tPt/LbYyuViye6YSaiirpKYSLTUyR6JY/I7upRQaSevTM44da3/APwnp7e231J/Na6cpq7EZAVu+97ZzrCiqlrqWnaaHeksuKxM+QijqZCwgZ4iYvVq+n1HvQ4g9NoaOOvqXEWJB+oNv9t7c6Vde9+691737r3Xvfuvde9+691UR/Pho8xl/wCU78yNuYGop6XJ7k66xuHiqKmjSsSngrt9Yehq6qMSMqrJFHMzR3PLWIIt703w9UkNIz1oV9r4zIbq+IuKGUb+N5XamPodvSV0lKtGalsSTipqo08bOI/J49RVWI5uPYv2Y/4jHT+l/wAePSL8XV1P/COXsmCl3r8/uiaiWqhq6Oj6W7Xx9E9PHFSTjIxZHam4poiTqLUc0VHSrIF/cV7toI0lHvZBNPOqn8tJA/mD0rirT/V6/wCz1vRew7071737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WCoeoji1UtMKubWiiEzimBRms7+Vlf9I5tp5+g9+69015TcOJwVNLW5+uosDQwRq9Rks3VwYnFRu99MAyWSMMRfi9r/AE597690RDuv+at/L4+O0cH+mL5c9E7PqqrOy7bpqWo3smTknziVJhbHIm24MhJeBQfvZhGY4WGktyD71UdV1L69VZ9nf8KkP5fewIM/Li8R2XuCbFZWsxeLoM1hV2TVbljpKtqWLNYZq9qmN8fUgB6WpkeNmB9USe66x5Z6p4y+QJ6q521/wsvi3B8gdtbMh+D5bqDc2+tqbHfKp3XjpuyqCo3HkVxf8WxW34MT9lWU63EoV6qP1nwtIpsfewT1tZNVP9X+o9byk9MlSiR1K3EcySsiOwRpITdQTwSobmx+thf3vpzrUF/4U+fEHc0eS+PP8wjrLEY+Ws61rqTo7v2enx9H91/cDsrO/wAN6733mp5bSGmwWdqjTlxJanSsapZk0WYR7JL2mH1JP24H7SKfLBPHpiYVFerJf5F3yKl7P+PNP1zkcw2Wy2wTUQSSyV718skUkvqleVx6rMLeQMdf6vz7vvECmHxqZBGfkfLr0BNCvV7vsM9P9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcXuEci+oI5W311BTa3+x9+691TH/Prw2Kz38tvtnHZWqWiaasxH29SXWOSOcUdWfq5HBF7/wCNvZtsxpe/7U/4R1rx5rf9SBireo49aZ//AAl8w238f/NHbEjI5CpGL6m3tuYtGTJQGTBVFJi0p5pEOkPUyZGFVBPqbQALkXE18Ha2bTxIp04u5bhIdEkzEeYr19M21uB9BwP9YcD2A+qHj137917r3v3Xuve/de699Of969+6918pT/hSvt6kw/8AOE7/AFWY46kyUfUu6rxP471GR6Z29S5CEM97tHJHOk4HKFHBsVa1D8R6TSfGet+T+Qvmspmf5XHxtXIv5YMNjM7gMRIHDgY3F5qWFaYafp4ZfLEy3uGBU8gj3tPh6di+AdXD+7dOde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Rb/AJbbfpt0/HbuHA1WOiyceS633hTimlp/uVd2xRKKsViSxIFgBfj29HLLErNExU4yOjXaCRcUrSv88H/B18j34y5HcXV/8zrprMQJMzbK+RW0MquNp8ym3a+Wmx+8DTVUUddIUESiKXU9OwvIkRAFr+9ncr9koZmIPHPQumH6DknBQ/toa5+ePsp19jigqJK6ojyArDJSVuMoZqWnDjwyPLEKiapiQfW6uhuD9GH9R7Y6jziK9PQF/e6deAr1y+g4F/8AePdur9ayP/CjvaewNw4T4ovmJs/Q9hRVPfC7Nq6cVkG1ZsYNg07bmps7WqVp/uPH4jBHISxi87AaVJBvtVtDPrMyK4FOIyOPSW58utB74E9iQ9D/AMyTqbcmTWHb8W0O88LkMPlQUooaJqPO+SirBW1VkRPJoIkLW5HP09ld+ix3kiRigDYA8uhltthZy7fHJJCpOkHVxJ9T9o6+w9tPOLnaKjyMVYldT5XHwZenlhmSohWnrqanq6YRyx3Uq0cyuhB5UhhcG/urAaQR59El9CsR7RShA+34qn+XSv8AbfRf1737r3Xvfuvde9+690Q/+Zrsmm7D+Cfya2rWQCpppuqdw5oU7xNJHU122p6XOY6kITkvJLCDEo5LKLA296YVU9VfKHr582NqZNxfHffdBRQtLkMdWzz1dDWAxQQIaiSojpxqtoJWwOr6E39i7aP9wov9t/x49CLa7GzmskkliVmNakjPxEdDX/wlV7jp8T/Ng7FxeahrY8p2p8at3bMoxBKlJjpqna27MJu7KhsaLOXhCzTSSNdXZZplsoYhneUUQ+LQ1JVa+VBU4/b17dLK0toi8EejIHy/Ican/J19I3FyO9KUllaeWnqKmnllc3ZmimIFz/wUj2Geg/04+9de697917rizKis7MFVVLMzEBVVRdmYn6ADkn37r3QR96dtbb6Q6p3h2nujL0uJwm0MXLk6iacJJ93MkZajxkClgDLVSaYol+rE6VBYj34mgr1omgqetDH5R/z/AP5yYN+2e7OkO88VtLDUVbiMthNh7q21i9xbHk2fjM+lUNtRUVQPvMbkstGYqVayibW0UhQvEzrID7b4LeTbjcSqpKs2TWlBTBpnIwMHNDQ8Ok4kcvSpoet7v48dwDvrpjqDuanxNRgsf2t1bsff8GHrIKilrsbX7owq5PJ4yopar9yMUjnxDX6uRq5NvZbcwJCWVckMf2Yp+Zr/ACPSkGq16HH2j691737r3Xvfuvde9+691737r3XvfuvdYp5GhgnmVBK0MMsqxmSOESGOMuEM0pCIDa2piAPqeB7917qnXCfz2P5YW4N+92bLi+Ve2sdJ0HuJNq9k7nq6XJ0+ysPU+RoHrsRnWgqKLKY+GsjqaOpzVIwp0ePSZGTQ7a1Cv29V1KCAfP8An1bJtHe20d87T27vjZ+6MFunZ+7MJRbk2zunBZSjymEz+38lTR1uOzWMyVJaKanmhlilSRPTpdebEE76t0q/fuvdet7316nXv8TwBySeAB79Q9eoesMVRTTKWhqYJVDhC0U0cgDk2CEoTzfi3v1Ot06QfY3ZvX/Tm0Nwdg9n72wOzdmYGGprsxn9z5jH4nGYmnpYGnmUzVskYYhUOiFSXdvSgLED340GT140XJ6pg+R3/ChL4G9L4HJVmyMzvLvzcVC8f2+0up8dQHJZeOY6IZ6DMblqqSghhWQr5ZpHkGm4CG9xQyL5dNGVPLPRSuh/+FG+198ZPdFd35tjpvo3EVrzSbE2dtrvGn7L7fpccWtjJt47Yhp6TFwzzR/uulNUFVNxdrXJ/t9lDcWqzOK5NccaH149CLbbKG6tFmkWuWBx6H149E8+QP8APQ+PMO69/b/b5i/K/JY2q3Zt7OYLqTr3P7e2Psra2I2vhv4dk9q4D+7WEoM5VUmarCJag5fL1UgW7RvqAPs0j26AdpjU49P5/wCr/B0apttuAF8MH7R1rJ/O3+YD0f8AKTf1JuPM5TuzeMmDjrKKgw+8+6ey85gpKNJGrAEgq8u0SiWVyxCjlr2/p7v+77BfjjTPrx60du28GjxoD8+PVc9d33lN37UxOxOuupVoavH5ysym3q+KGrr8nha3JS+VqvE5eqEtWkjGxMwn1N9SSefYLuVRbmTRhQzUHCgrgdWTbtudPEjt1PyYafzz5fZX5dHY+FX8lX59/O3dgrIuvN2YLY1XVUWQz27cnQ5PH4ERZOqkQ1q1IiWComDh3kVHZxwzWuPbQqeHQf3iyWBUeNFUsSKKMAADj869bu38sr/hMp8R/hDuvZHeXaxyHyB+RO0dx5DM7Xz24RWw7C61rqqhSLbtTidhzQNTZqropA9VHX18irTTOSkbNGrBwDGeidUoM9bRqqqAKihUUBVUchVHAFz/AE976c6A35F9G7L+SXTfZ/RXZGGo9w9e9s7C3NsbeOGrpaungr8XncPPQQL5qFWlDQ1EkVTG6DVG8ayJdhY1SWRbkIGOnSceWcH9ox17rTs/kZ13Y/wi+YWf+I/cGfxuPyW2n3dsfNwVYNLNmzjM1NSbGrlq65YTKsuOhgdpRGt3dRYM1vco31nbScqzXRQF0SMhvOtV+Z41/PpNGaSfb1vCBfUX1OQ6JZCfSlrnUq/gm/P+sPcYdKeufv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737rXVBP/CjXdjYf+WX2PUUkcyVWRzdBR0jgpaKWCmrQ7S8/Q2NrX9m+y0+tz/Cf8I6bm+D8+tSL/hJDt+o3H/My3Ju3LU+cdtsfHLs6ppZaGmMmNny9VuTbghgyctxwYIagwqAT5BGeLE+xDu6qLatafh48NRFSf2f4em4fjp19NFQQqgm5CgE/wBSBYn/AGPsEHJr0p65e9de697917r3v3XuuvfuvdfMY/4Vg7JTAfzFX3cKCUt2P1psncWHyEK/sZFTgnwT42JmswnD+rn06fzfj3T8XSd6eL8utt//AITCbyqN7fygOlK6rqWqanFdk96YOQuCGhWl7MrqqCAg/wCpjmT/AG/uy8OnIvg62Cfe+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917pE9gY05ra2ZwgALZnD5jGoWBKB6nGyBQ4XmxtbgX9qIY/FDLWmB/hp/l6U2k4tphKQTT06+Ob8mqLL7H/AJjudoI4Zdu1G3e40NPUShonEyZmU087lRfSHOv+un/H2YHl+5EJk8RaAE/i8h9nRw/Mds8BiEbioI/D5gj19evsDdCZaTP9O9U5qpmjqaiu612JK1Ut/wDKaptoURyVTETzokksVvzb6gHj2TjIBHQdWukfZ0Mg+nuw6uOHXibC/usjiNC58utjPWtT/wAKKKCtrp/5flNR7pTEnLdu947ZqNtTQxvHuqj3B0rU0tR4ZWW6TUxChbtYiU/kD2KuWbZ7t5YkoK6MmvGppw/PpPcCtKdfOO7xwmF6r+T+6ab7uQ1W1M9W1eOoK95vFU1VFki9Hj6iVTrs0qBHK/2Txz7JN6ga23a4t3IJRyCRw+3ofbSQdsgXz0f5+vrh/wAsTsvKdrfBf4h723HhZNtbo3F8a+rq3P4WaenqnGYoNu0uEzEiVEDPrWKanVbsb2dQeQfaOtY16Du6K6sdX8X7K1NP5nPy6sC906KOve/de697917r3v3XugY+ReIh3B0N29hKimeriyfX+5qQwxgFtcmNfxPb/aWsTbn34/CetH4T9nXz2fj51lNk/wDSrgMl4RSyZrOUdTQOsqzSy01dLT0gUFbWIC25+nsV7UabfH693/Hj0aWO8wWtqtu6MStcilMkn1+fRDv5Wu7c10P/AD0fiCWpJ9u4Ks763H13uh4VEMS4/eO2cltqfH5GR7KIWkliqGF7lY+LkW963x2FkqgVBYVPp6D86n9nTl/vMN9bCCNSpDAkmnljFPtz19W/H6fFIVQxs8wqJVNuJKqBKkgW/pqAP+I9hbopI6n+9da697917rDUMq087PCahFglZ6dV1tOojJaFUP1Lj0gfm/uyjUwXhXr3WoR/wpi+Ym+8Hnfh78CetaXI47cHee7Mj2r2vn6ZZYq5epurqyqddmwrEqwNT5CsNPWRVKMxBo1jcoXcFam2yzFVRlo9aH7ACa+fE0+35dNTEaSD5Z61K/kfsHFV/VmI2VTPFDlOye0eqtheeSFpRQ/x3cuEpnqaCmjBM0UhSSFo3F9cMoA0kEi2z2OeDZPEeVAGk08G4l0FOHnWn55xXpiOpevX1m9kbMo9kbc2ptujipqaDa21sRtWipMepgxlPQ4mijpkFJSgALqMYJ44+g9gy6vBLKY14OxappWtPP5AcB0sAAFOlt7Tde697917r3v3Xuve/de697917r3v3XuilfPfcmc2n8IPl9ntr1n8O3VQ/GbvR9q5HUFFDuduscou36guzJptV+EBtXBIP49uwxGeVYVNC5pXpyGJp5BCpoXxU8Ovj6fDCjocxtfurZdXX1lFubf2Elws1TT0VFl8qaT+HTSVQTHZNHjqXMk2u8kkVi7MJC9rL02W5lzqVSMEGuDxpgU4U4dLF2O5mqdaqVNCDXB4+WOFOHWyl/IQ/mQdpfBb5BdSfC3vvcmc3F8Ye7twbc2nsqPc7V9FkOjOxqWglp9s5ra1OzMi4jOVMppstRSMbu8ckSOVuS2aI207QOQSpzThwriv29Fs0bWdy1tIQ2k5I4Zziv29fRuQ60VyjRllDGN7aoyRco1uLj6H34AdOADrn731vovnyA+TfSHxn60z3bXevZu0Op+t9szUy5vem9c5R4TDU7mtWF8dRvOTJWV0h/bix9JHJUOzAKnvzAAcR0sSxlcVNBiufT1PoPmcdaa3z2/4Vh0udzOW2h/Ly2jXZXYtJJLi6v5D7v2xUbfkacGNzj9obbyZ++kgls5qKieiRkIhKqA/tTZ2M9+W8IhQvGta5+zpJeQtbBCGDBq8K+VK5IoftHWp78wvnJ8ofmb2Mc32J2Lvrc2UztNFids7Fpc/ubO0Tw04s9FgNlYtXmUsSVpnmpFLO3DWBIfl2aWKgeRSx8hqJ/ZT/VjpBQtk9T+k/gt8ge0MDSZ7f4z3UuKauekpqnsmh3FtfJyQxwGfWMLuGGnkan0KSJ4i4Jstubiw2ScrqDrn1DA/mKdUYgGnQA/InZGzuoMtTYLCb9m3duGkqGhqv4ZNFDS3B9LRTRuZSLc8/wC8exJtlrJa2ogkINCTUcMn59CPbd7gsrQW8iMaEnFKZNfM9IjZXWO7e6dwUtLsjb2azCzzCkRqNayqd5phpRViRTe7fX27d3SWUBnkBNKCg45NOjAcy2o4xv8A8Z/z9bDvwD/4TOfIX5NV+F3j2PR1XW2xpw8r1mcp6umM1PE/qQI8ZLSsb6QoIt9bH2Tfv63ZvEETVpSuP8/Xhv8AbM/irC1aUqdP+frb9+Hf/Cer4V/GTEYyszu2qbsTelNUUdY+TzEKS0MD01m8SU0inUSQdR+n9OPYemKTTvMa9zE/tNeqS79XEaH8z/kHV5G0dl4DZFFHitsYXC7dwtNSQUVHiMDjqfG0UEUDEq3ip0QEkEA3v/W9/emKn4RTooubprhArEkgk1Pz8gPIdK/3TpJ1737r3XG3qv8AiwH+P1v7b0HxvE+VOvdaX/8AN+6A7A+Nf803ZHzP2lGaPrPufbGxqbPypkFVqftPaeSajzElFTz6Qaeqx60zugOvza2KhLH2P9q3ZNy2luUwpE9x2pIaaAF7+4A6uCkYB8vn0mlFH1Dz628umd/UnZfWezt50k3mGawOOq5W1RswmelUyCQxErqv9bH2EtysJtsuGtpiGK+YrQ/ZXpSMqG9ehPBuL/19l6MHUMPPr3Xfu3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691rnf8KY8jT4P+W7nY5KSSspandlAphSVkkWeeWWIy+RedIR5Rp+l2B/A9m+yCt9T+if8ACOmpvg/PrXZ/4SKbl2jUfKfuuncYjH5zF9TZrcktNLUVEu4JcFQZ6DBgUdMCEMTSVEes8klST9PYh3QFoDEuWNB9lTxP7D03CP1KnhTr6KyrpVV+uhVW/wDXSNN/YIJqa9Keu/euvde9+691737r3XvfuvdfOx/4WG4TceL+SXR24Y8QKnaeY6flmoctF42+w3jitytj6jDU88f6RTwFZSg4N+fdCO7pPL8f5dbFH/CXrI4iT+Vbs3BYtoRNge0OxJMrDDEsYhyW4siu4arUV+uppyy/6ldKjhR72nA9XiqUz1sTe7dO9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlCI1p53P7cNRTgD/m9PVR00bH+oCvICP8R/Qe1Ntlio8wf2AE/wCEDrw6+Td/OL2JVYD+aJ2lDl4oUL9wQon2ES0IFO+RdKQAQW5EWi7fUm5PJ9jUNW0Y+qH/AAdITgkHr6gPwvmlqviz8c5J2LyQ9K7HKt9CTJiI6ZjJ/U6Ik5P5ufz7AC/CPs6XDCjo04+nu46sOHXTfpPtm5/sG/1efVhx61vv+FIGy9h5Xqf4Tdhb23xldjT9bfLbEf3TqsJQLk8pnNzb12rVbaodtx0j2Xw1BYNM5PpCDjn2OeSq/WMBXgpp5efH1pXA/PpPPwHXz2/5nfXOa238v+2FzdJiC9HiMFvzBvjaiSmyOUwWUidMvlRTVdopUosxjslS1Sx+oGRfHqVUCkPMv/Kw3n/NVv8AJ0MdskrZJG2SiBgBxof9lTjPX0Tv+Ew/a1b2x/KK+MlTnMnS5DcGw8b2H1tMsTST1cWF2p2nlaHAvkJpixSY0ywo6q1nCJIw1EeyofB+fRNfMWgjJqSeNTXIFK/6vOvWwt7r0V9e9+691737r3XvfuvdN2WoIMvi8liKkBoMrjq7HzITYPFVUrQyLf8AHDfX8e99eHWh5l9pZbr3vvubC4bw00dL25tozo0Szj+7EnZOMwe6YUZ/pJJSV6rHKPUjHWvPsV7V/uAlf6X/AB49IThiOqwfnltnEfBn+ZDX9w7iw2TraLrbemE7IXF4ipZKqtTANJna5IixCpNNTwTRLMSCuq9/be81O3AD+Nf8vWwGDU+fX00Op92R7+652XviNqg/3v2ptfc0n3FMlKyPntt0mYWFYY7KBGk6obcagfYYGR0uGRXoRLe9063TrrT/AI+/U61p6b8vXY7E4nK5TL5CPFYnGYyvyOUyk0wposZjqKleprshJUNxGsEStIXP6bX/AB7sikuAoqaig69QDJ6+cF3h8mm+bHyV+Sn8xjs6q3Pt3o3HVG+9kfE6r3zSVVBtXDdFdWxPBk85gc1Rr5Fg3RkKaaRIoEYtWqIrnU3sY24jhtgowFBqSAK0+I+tCR5+QB6RSEs1PX/UB0X/AOPeJ2z2j82/5RmFxFNSdm7Y7b+U21uwqfadfSiH7rZvXxG66DL51T9UoqmeprpoJPS6U6rICvHsRSyEbBGoUMpllJNK0pGzBh6HVpAOeOM06tEDXPGv+Xr6hJYMysra1a7K/wDqgwuG4/r9fcRyYnUH5/4D0rPHrn7d611737r3Xvfuvde9+691737r3XvfuvdE2/mF08dX8IvlDSy4uqzUdT0t2BTviaJDJV5BZtt1EZp4UH1ve7D/AFIPtZYf7mxf6bpZt/8AubF/pv8AJ18XjrrsHMdD9nybgo6Cq+8w1e0f8LWplhqDTQM01PQySKJNKepPITGxsCAPYmDpbzODU1oBTOBnFPIV9P5DoRq62s7qwJrQACpwMjHkBX0/kOvrn/y6Oiun+5PiX8bu8u2Ogemx2puPqvrXdUk2LpaPeePwtYkRye3srg9wZOgo5xWPBLDU1L/bo0VQzwKXWFJGDO4gfXSH5j/AOg7uKj6+SozUf4B1cEqCNVjUsVQBAWJZiFFgWY8k/wBT7TdJeqev5nP85b43/wAtnadSm56x97dy5DG1VRtTqjHEJNKulhQZ3cdYq66aglkjlijZSS5R+Ba/ujPTA49NSS6BgZ6+aJ/MH/mSfKj+aJ2FgKztXcUm76LD5esm2P1xtuhymD2JgsnkpPDTVke0HrK6GXIfbhKabIXR5EBJABI90qT3HPQ+hiiNugQAgAGnkCB5/YerFPg3/ID7l+Qex271+cncOG+GfxG25jMturKQ10dNgOz9w023Mf58nWnGZcQUGJxtPExqVrauYtVQhjTU8sg1xnG1RmRHBYhKioGK4PE8Qo8+g7zA368YxhTQ09SK/I/6q/Mdu1vnT/L7/l50ma6l/lldSbfzGSmwuHhzfee78XT7j3j2JUQQDxV1buTNpUV89PVyMKqGipp4KVtYVqdlNiI4LZI17AAD6ef2nz+09Bl2LcP59Vn4DaH8xb+aR2bHlaWg3Jl58jkUgoa6lonw8GNx8sgpko1+1ihT7dA3ENyBYG3HtV+mnWvOgyetmP4Xf8JTsFNDgt5/LLesdJk4zUTS7bxtKMnnclJq1lZjUMFjVR+ki5/w/PsuuNzSKqxjUfOnAfaeH+Hp1YXb4jTrZ6+Mv8sH4W/FOkig6x6X2s2QSqhrY83m8RRZGvgngOuNoHnVgnP1HN/6eyG83Ca6TQQAvpxr08IkXI6P4tBRpSLQQ08dLRILJTUiikhjGrWVjjp9IUE/UAey3q3UlEWNEjQaURVRF54VRYDn3rr3XP37r3Xvfuvde9+6914fUfnn6f19+691TH/O2+O+U7s+FG4N2bcMddvvoXcWB7XwfloYammyuCx+TWh35hEqz6qQtj5WnWdDqRoNKg62sIuUqf1ktC3AM3/Vt+m5V1L9nUz+S/3lWdm/GLGbXzz0P949nOtPWx0c7TFKatMtZjI5lPClaURrx+ohiefZjzpAv1JmX5j+f+fr0Tdmk+vVxkQYRqHbWwBu1gt/UbcD/Cw9geCvgrX06v1k9u9b697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddMQqszfpVSzEC9lUXJt/re/de61wf+FOMlD/w3ZU1FbMIaWm3xSozEEu1Q1DUIkUcY5YnzL9P8f6H2b7J/ud/tT/hHTM3w/n1rj/8ACQXAZCv+aHymr8ZjInop/jBanzVRRyQ1dEydl0ePqqKgqpwFD1Mk0Syc+lF1Gw59nu6MIwJH4GgH2g6v5D+fVYsmnX0dgbgG1rgG3BtcXtccf7b2DDx6Udd+9de697917r3v3Xuve/de60Wv+FemE/38fxa3Xk6eGHZ0PX+8MNV0Jmi1TZR83LkIY/BCSbFLOZLWvxe/tt+Ip0YbOAd1jByNL/8AHT0cf/hJFn6nJ/C35UAQCl23TfLB6ja0UUqVFMKGs6f25959pLGx1aXWISj+w/pPIPtRbGlQejTdFLyqUyCTn/aqR9nW2tSKUpadW/UsMYPN+QgB591b4j9vQelIaRiPMnqR7r1Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuuJF2iP4WRWb/WAPv3XuvmI/8ACm3bW7dhfzEMhl4KJYanMQ7aykcsc8MgKRwrKk8ej6sI5YTpHJa6/UH22fiIPSVx+oet3j+Rr31/swP8tf46bnfcKboyeCw+X2PuGs8ckFTiMntOpWkixOQp5gHSTxsrLcWKkEH3dMr0/F3IOrexx7c6eGOuLfpPti5/sG/1efWxx61cP+FSnWWU7H6N+C8tBLVrS7Q+ZGH3JmYaeJ3gGKptmV3nyFXIvCLAQAGP+rPsd8kEC8kqPJM/Opx+f+TpPcfCOtKf+cDkqvFdydKdq4ampqaGt6xyOys3VSslZU7lxce5KnI42hyMNZdY6daSoMdOFXVAVVhZ7EB/mb/lYb0f8NP+ToX2C6bWC61aVVKHHGpFP8Bp1tH/APCL3t/GZD43/LT48GnEGY627bwPaVLUU7SSw5Lbfb+0qOlomrWYWR6aXButOb/urLKVH7bH2UL6f6v9WOiu+ULBRPhDnP2gsKf70Qfs+fW6v790Ude9+691737r3XvfuvddEgcEgavSLm3LnQv+8kD3vr3WjF3hvSq6Q+a3yH3rmoZJ8bsmrz2c3BgANQqYdtTHI1VVHILgtEtI7xAX1FVte49ivahWwjB9WH/Gj0haqyGvRMv+FXWG652TV/HvsKLrfe1Rub5U9UpmE33Pus4WlxUnTtNRY/adHmcLHC7VlYMfn0nq4JDHxLG1wfoj3Katr4NODgY4VoSR6+vAeWSOlGnvDDzpx+3res/l+dgQdrfCT4pdkwVCTf32+PHSu4p0WWKeWCpyPWWKlnWrnSGB3mkb96Qyx6wX03IUeyBeHT6fCOjhe7dW697917ohH8xjN5qj+J3c+09tZ3C7R3321tp+lNhZzMw1lTFVV/a+Ug2bksfjKGg1TfxH7KqmloqgqEWcRNf0ke1VhIsW4W8jkALLGTXhQOpNfy6bkrpIHnjrTi/nob/6j6srvgb/AC5IKPCyYHMVO08rvrDYHBNuPIUOxOtagw7cw24GjU5Cpi3lnovvsrLAdRpIplQXa4GnNsopRiSZGLDhwArSg8hUDppxSpX8I/2P9npy/lO7ZxlZ/Oy+LUWI25WpSdOfFf5Cbh3FWA4ug2ht/EbriOB2dHh9vTFJaSNamrGMxwlIkkiWlsG8TssY2JPhn/TN1WP4qf6vPr6AAHA/UDYXD/rBtyH/AMf6+19OlNOuJ4KizEs2kWUkXtfkj6f659661Q9QmyNMsZe7mZYTP9gFU5MqovoWgDeQufwgFz7916nUwMGsRyD+RyLj6qSPz/h7117rl7917r3v3Xuve/de6RfZO3KHd3XW+9q5TV/DtybQ3Fha3QCzinyOKlppCqjkkBuAPr7sBUU6VWbFLqNh/EP83Xw/flBhNwbD+TvfG2s7FNiNwbR7p7C2pV42KcQ5HH120NzT4fQ0sd2hfXBH4pFFmF2HA5Yz0JTMTM2cBqADzoPXyzQ/Ya+XX08/+EwXyB3L3R/KZ6tjy2CpI36Y3tvPo6iqoZJWOdxOxnoBtWomkq2MglSHIRwyFwLmMsFVTYOrw6DV6wa8kpWgNM1JwAMk8T1eT8nO79sfHXozsHundk0sGC2JgKzNyyArDGJ1gaLGpWSy2EcclQ8MRZv7Tqtrn3fXoBb5dP7fEJrkIaUpU18wPIfP/JXr4/fyi+RHY/z5+VG/d87jrszWSb13PkqqFaiGWU0FHBkZoKbGee2lVjAJVD9A1/z7Tk0XV59DFQqClKYHljq3P447B+EX8tjr3Hd0d+nDdo9y5xIsjtLr2iqpIoMRUxKrCbOU1OGbmJ3IuRZgD9PY+iAMSqooKDgPkOmgK4QUHywOihfLX+YB8t/5oXYe0to9eybqw+zqbLZCi2b1vtCv3A+HpI6qg/hdHFJisfNDT1g06V8s4bxAkXAYguqoA1Yz58egxzFpDwmtahv8I6v4/lSf8Je6jJVOO7s+bOXXK7RnxMCwdNLQTYndGUy0kccqHL5hmeGCiLnRNAHZytxcXHsu3G+VIjbjLMpHy4efp8uiFI2fJwOt27pnonqjoPb8OzupOudv7A2zjKCgxmPgw6AzVFLSQhQk8jFn9LKOWa7Hn+nsJgU6UgBeAp0MRNzc/wDG/wDb+/V60TXr3vXXuve/de697917r3v3Xuve/de697917r3v3Xuk/unFUmc23msLXU5qaLLY+fHVcKyNEftqweCeZWQq14lYy6VYFtOkcke2Lr+wb8v8I699vWrX/Jqz/bHTvzZ+WHx07qw9Ftyo2h3J2XtLb89AtfFj90UVNSDdOA3DQ0NYSUFZQOHaUcM2mO5a3uYt1gSXkCGSPuK6G+zND/n6YiJWUqfn1tWUkyVFNTzx6vHPEk0etSjaJV1pqRuQbEXB5HuHrY1gU/L/ACnp88epHt7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XFlDqyEkB1ZCR9QGXSSL+/de61uP+FPNLjpP5dvjyAqXi/wBI1BXQCAKS1dFjqgRRzBgf2iIjqI5ufr7ONkxff7U/4R0zN8I+3rXw/wCEjnX28KH5sdvdgJn5U2fS9B7ow2YxcdUy08rZTd+LzOOSWkB0NoqEUISPp/iB7Pd27rc4qTQAfnx+2n8uqQ/Hjy6+iuBYAfWwAvYC9ha9h9P9b2Czk16U9d+9de697917r3v3Xuve/de60yP+FdPWGa3P0x8f94UvnTG4fM7owrTU0rRFWSAvG8rqL6mLkaP0sOCPr7U2Vql3drA5IBByOOBXz6MdoFdzj8qh+Hl2npE/8I+dtZnafTvythjyNBV7e3Bu7ZG4f4dSVU0v8LzNVj5MVUpV0uopDM9PChAUDUqKTf2bXG1wWdGR2NajNPSv+To/3GNEWue5tXlggE4+3get2SjJakpiTcmCK5/qdA59kbijkfPoJyikrD5nqT7p031737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdaCX/CvTrZ8R2v1D2pjqVpJcxtOOir5HUCJJ6OYQwyRvENeqyKPUfdGHdXpPKBrB6uK/4Swdmzb+/l2vinpMTQR7R3tXUjQYujjpzNVVcSvPV10w9csr6Rd3P497TgerQ/CR1syj6e3B0oHDrpv0n2zc/2Df6vPqw49UCf8KEYd1z/AB6+PUW1I1lep+QS0efWZC2PXb8vW+crm/jEqeuKlkq6WmhkkUg+r0nVb2OeSv8Acxq8KJ+2v+avSe4+EdakP83X4x025viH1N3BhqPHtj9v7gym0MvklZmelyOOD006cfhShKi97AH3be9nhud7upWdgWkJoKU8ujG33ya3gW2ESsoGnNf8/Q9f8I++ypNlfMj5H7HoZMXPtnuD45UUq+KerNQm+Old+LTYWlKP6RTS0Ocr1pSxLvFEpFir6g9f7bHYxrIjltR05FOANf5j/i+m59xe8Ol0C8OFfKtP5Gn5Dr6LMTs6kuoVg2kgf4KCfr/iSPZV0m6y+9de697917r3v3Xuo8zRoUeUKVT1kC/m0rLGzGMD8CwL/wCw97691oX/ADWpN25X+YT/ADHOm+xcRTY1ttbdbeGA3Tt3JRZI7n6s7H2XWVolG35AZxl6eqeajjRZFjIhJZLkMZF2rbFHL8N+zGrGTAoR2u3yBHDhn1B8gkkX9Q16O3/wp++Omxe6v5PHXnyCg2luPcfYXROS6Y3fs3MUOA+xzu3tm9qY3D7T3xPuXG+R5Y8fUU1Njvuwocw1MNOW9Cyt7ANzckubYKoFa8TUUrw/bn8ulDDtBH+bo4v/AAl7+Tm3+8v5RHTu2sVW1dfvH455/c3S2+6fKRMJYJ8TlY9wYRoK4sXqoVwmVxwhkY/tACnA0Qr7TqcdWjOOtjvj8fT8f63u/TnXRPIH9b+22crIqfxV/l1umOq4PnpuXY7JsnbO76rcuMO0txYjuLF5DEzGnw1TlNtQ1FFQ4jcqq0ZqKQuVqngE0TO0ap5UViQK9g2OPcFN9I5XwSW0gDu0ANQnyBOD8umJSBj8+tHf41YjM/Ln+YD/ADI/nD2PHPhst8dTtTpv414uabFbj21gafLy1eJxFJTZXb80lPHLT7fofvKdImZQchPrfWnqfvZJN4upprlQmAoCnIGSfMipOfX8umnICgDz6so/ku/H/e0386Lvrvqtqdv4/rra3wxwm2M5jcdndt52pyG5d5btosbgsPNtMVFXl4EEmOnrIqqWkCM6aUd1cgBOeyj2+b6eNiw+LNK93ljq0Jrx8q/5Ot3mWcpB5lTyO4TxxlxEZJJbBE1S2sSTbkX/AML8e/KoZqE0HSnrWO/n0/zp818Icz198R/jni8nlvkn3Ptpc/ubdtBLURU/TPWNbMaen3EI2o6uGWsqpC4jksvhjUtq1Mo9mVrty3B0yMVqTTSBwFQWNcAVxTj0xLIQDpx/q4dabGZ/mI/PvB5TK9if6Tu1Ichh62nycs9Ru2smjx8kk5nkq8jVP4xeMjWWZEX+qgce1v8AV62r/at/xn/N0m1GvHrbG/4T7fzld+fJOmHxp+U27f709jQ1T0vVe+sqkFPuHN4Wno2qcrjN6PR6KR6mCqCw0csKKxiP7hY8+6XGxrDA8sTsxTNCBkfKnT8UhJ0N1tmtOQisF5JsbgqCR9So/ofwb/T2Dr+8e0NEUH7f9jpQqg9SfZj1XrsD8+/AdbA8+oOV5x1YNQW8Wm5QSAl3CBGQ/UPfQf8AA3HPu68elFvXx1pnP+DPXyEv+FH/AE7RdOfzhvlbTYqhhoMT2ZVbA7rpFpqiKaCrruzth0Gb3TkESFVWLzZr+JMYuSPqSb+2JBn/AFfb/l6Pxp8QqopgV+0VX/Ao/wAPWzv/AMIxu4t413x6+SPRuQn25W7R2z2JRdg7PxVHV1f96YMvnFpaPds2bhqX+2hpXjo6U4xkQPK61AdiFUCy8adBqXF1Io4V/n0db/hWF3NJtj+WxtbqypzdNhcz8gu8ustkvR0mUr8eGxG2qYdl7wyFU1OGaTH08VNEkwkGlS0bMSQFbT549GG1ajdaRxKn19Vrw+VadfOO2931UbJzlOds0EbtS1VVKJ4IleSrrJa6Rpm1RSyF0uLRP6WaMIWW5JLZFcHoUrNG7+HmtacPnT/J+zqzT+X5/Lh+ZX82b5GUtPtva+5aHqWhlgyW9e3t6R1mO2DhMVF6p9vYvPVECjJ5OYlYoqbHvdFDPIvjRiTxd7uFAVUXAp5/tJr0Gm326EhRESikimfI8a9fSv8AhN/Ks+JHw523g4Ov+vMPkN04CCnof745mkpsjlGyFHCYMlU0LTxgwLJLdgALmwP49+k3a5lWlAtfSvSS7umvmV5VAKg0p8/t+zqziKEwqsayM0MaBI43AYrY3BMh5P8AS3suZtRLEZPn/sdJushN/bZPVSa9de9da697917r3v3Xuve/de697917r3v3Xuve/de697917qNWIZKSpjVFkZ4JFRGYoruVOlS62IBP5B49s3P9g3+rzHXutVH+aVuPc/wo/mQdOfJbqbKYHIZP5Qbc2vgNzdfNjN4ZLP125umt64HF5jIYiXGRT0dPU1WB3DVtLHLoaYUiWU6XJlDl7cJ912A7BOAqL8Mn4hqrg1wQD+dK9J5MSBh59bVONqkrqClrY5lqIa2M1lNMsTw+Sjq5DUUJaKRVZW8LRhwyg6r3HuOHtzaObU1rGSprStRg8Mca0p5dKWwx6ne6da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//V35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WuH/wpwxjZb+XLX10VWaelwm8qbIz1CT+GKVo6SrpUoZGuNRkaUBY+dTAAAm3s32Q/49j+E/4R01N8I+3qhH/hIriq6o+R3emcqMlVrjaDr002Sw5q5Go5ocllaXHU1RV0JbQwgq/EqMynTIwtY8+z/dKm3IT4hw8sjJ/lXpuL+0r8uvoTx28cdnMg8aWkJuXGkWcn8k/W/sFH4j5dKeufvXXuve/de697917r3v3XutXH/hVLhcxlPgdsfN4SDIw0OG7aix9flKeAVONo6DLbaOWo8tVRtZVjkq446ISnnU9h9fZltH/JRj+xv+O9Gezf8lOM/Jv+OnqsL/hIX2jBgaz5V9IPh4IcruXFbK7Ufcq5aoqq/L5PCVzbdm27jNvP+2Ylo5fu5ahRqT6Xtx7Em5prQMeAP7MHJ+zoS7lGrIpPAHP7KVr8j1vg0QtSUvpC/wCTxekNrC+gcBvz/r+wbL/aN9p6Bcv9q3nk9SvbfTfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691pT/8LGdnZyk6f+LnaNBks8+GqN7b96z3RtalpsXJj58fk9nxZTFbxbIMpnp/sqpPEuo+l21R6S1zRhkHpmXiD0pv+Ee/Z0e5uovl913ClZSUuzN39U7iocD9lFS4vbY3VgsxjsrT0eQis1b9xPi4pHWRbQSa9PqZ77QUr16A8R1uaD24OlA66b9J9s3P9g3+rz6sOPVKX89fMSbd+KGxslNkMDQYPJ947H2fuOHL1FFS1udpN0R1NDjtu4F6sqXrKqo9MMSG7DWPyfY15LI/eBXzoCPyOemJ/g/Pqj7s/oyq77/lAfKVIMJNX5jo3tPN1eJptuZLEZipy2Qn2nha2rXLYqSPyUlVSrViaogLidTKzgEuT7ON2kCb1KpPxMaflxz0mp2E+h61y/8AhPT2RvvrP+Z98cqTaUfl27nd+Ve0OwKKXNTYOnqtt5mlqsDj4ljV0SpmirJ4FpYJAwDEWANj7IOYcW8R/p/8+nqyHvHX1i8KT9iqeSomSFxDDNVSNNPLDHTx6JJJ2JaQm5vIxuxuT7C3So9O3vXXuve/de697917rgY43dWdEdlDopZQxCS2EqAn8NYah+bC/v3XutJX+ZGlXtv+bf3Njp9uyx7P7P6+6Ixlfm6epaqq3o6XDVVPmsfgqEkLToZJpGqY47B5JXlYFpWJlLbLm2/qrbweIviL4lV8xV2Oft8ukzmj/b1s2y9c0Xa/wRpdr7e29MlbX9B48bLot046DIpHkNsbeNNtPB5mCqWQPGZKWH9twQqyHSBfmLruJhesWBFAf8nH7elGkNHTrV7/AOEjlZvPqbfH8z/4f9gZTb7bi6o7R2Xviuwu1ajH5Pa67jz1Nltlbno8PlqC8KxPPQ4yEU8PAkgVbXi4qv8Ak6rHn9g/ljreCgkjmghmhYPDNDFLC63CvFIgeNlB/BUgj25091gqa2mppIo5pVSSUHxKxsZXaZKaONP9qaSREUf1I9ssrNPHQYFan0rQdXVHYEqK0/4v/ACfy60MP+FC/wDNhyE3XPbWxekd1VWTq812DuHp2g3BtiZavD7XxGz4lxPZcFfVwsLzLPO9CCy/tzE2/Tf3Iez7rtu3bXIglTxWjYBSclmqKn7P54HVJLG+Pe8TBRmtMU9egz+EXWWw/h9/J++Em7s1vbO4jevzL7zrd5S4iHBVFRWZjcG5PIYduZPGwshmwUe18Jha81U4eFXrIzpHnHsvsqiEBwdVKmvE1zX/ACCvkOtPYXrGqRMcA4Hl5H7OrLv+EzuG2VuXef8ANG7pw+F3JQ78re+9ndONlsznHytP/dzZ2xZc4+DpwkaJRQRZY5B4wrMI2kCAg6l9kG6EG+ankAP5eXy/y16bSN4iUlGlh5en29bdNelHUUJerSMUq+CsNyAYfAy1MclPILaZEIBjdSCGAIIPtLDq8QaOJx+31+Xr055dfME/n/8Aygr6L569y9v7HqqTLbnjosb1tbLVNZuDamH2ntmAUmFwONxEUq09KbPJPMQ63qLroYEki6jW1kQmSgrnzPmT61NT0ixJLnhXouv8iv8Al9yfzh+5flRtzvTvLuLZuzdi9X4HMT4Dq7Lvh4ty7t7F3Idp4KLIw1sFVikxtHBDVzTUVQkRqpDEnniTzSgiS81u7XLnhSgNBkEcPyHAcTXp/SooqUqOj2Zr+Tf/ADGP5M/W2/PlXkqzZ/dVL1dvykbZFB1NuHfUWXyOz6/cEVMN15yo+1oshSV9dGEM2LgE6U0ayapyGsx3YXcclvJDq1NmgJqxFfMnFfsx6dNyoVOrh19EjpzsvC9v9R9c9pYOVP4Xv/ZO3N708SvJLDRQZ/Fx1ktHBPIiF4aeVpIEk0+oJcXBv7jzerK6abTGhbNMevH9tOlcZBz0L3sxPVOuQ+nvY4dWHDqFkwpoKvXEs4WIyCFkDh3iYSxAK31OpVK/42PuykA1PTkVPEWpoK8fQefXzcP+FlvSp218ufjB3XBHSwr2N0xufYFXHFTRxV4qurt3vnKKWtnQXkjehz8aU4c+hIiF9PAalFXNMjo9F1a+EhaQBtNTnhSnEfPoAP8AhJ98htsdP/N7sjbW/dx1uH2d2R03DjKMy5uppsHQ7r2Ju2Lf2GyOYxdDDIZVlSGrx8Ms1isdTPCX8UpAqCAc8eiea2mmuWltoyyE1qMjgPP7Qesv/CnX+aVsb5u9sdX9K9TYfK4zbnx03Lvism3dUVckTbsyG9dqYnBZOPHQ07eNKSmNBNTqqG37jr9Cb+Jr07Z291HdB5EZBQ5OK+VOqzf5J38vrLfzFPmrt3rzIU1RJ1ls3F5LeXa2apaimfIYvFwU7jDRUeNmcSVUtbWBKYKqMoBZmIsL1AqadH8BcOZ6ii1rxrXyp5faT19dPoT47dVfGvY2H666k2jjtt7cxEKxRfaQ09K8lovGC0dIiL9AONIHN+T7fCheHQTIGokClST+3oc1jRNZRFQuxd9KhdbkWLtb6k2+p97691yPvR60euPuvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHIiuhVlDi6nSQCLqwdTY/0IBHtqdS0TKBUnr3VE/wDwoG6syW6vhxtjtfatVuHbW+Pj/wBsYLsHAb/2xnjhqnZyZKkfaeQqsvQiy11DV/dw0dSzuPs1cVq3anWwv5Sv7ayvf8dkVI2Arq4YPr5f5em5h2VHl1bB8YNx024fjz05XmpnkrafYG1cLnFrsoubrqXcuKxEOPzdDWZlSfu5EqkkC1TEtOhWZiTJclG9SRS7tcywMrI0jFStdJBNQRX+flWtMdXBqAeh89lnW+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfutda5f/CmSnw6/yzNw0GalqFal7C2VunDzUwj0Pn9pbwp9zYajrIpVbVTyzU4SpUWLR61BBIINtlUNfAHyUn9hB6bmPZj1615/+EdO2MgflT8ms/XJVjA1XSWOw+Mjlrl8cWSot/Q5r7qWG1pLrT6LCx5DE2FiIN3eRLUlaE1oceRx+359Nw010+XX0SUFkQcelEXgWHCgcD8ewUeJPSnrn7117r3v3Xuve/de697917qmD+fh1/gN3fytfktUbgxyZWg2fQ7Z3jRUoSXXSS4bJQUKSrJGbgRmTzE2tZbH+vsz2j/c9Pz/AMB6M9o/3PQ/b/gPWo3/AMJUd25fFfNrdG3chXiSjzfX+ZxNHTnTHL4IkFVFUQOP91kCwQ3N+b+xTfisBA9K/sz0Kr8DwCRxAJ/Znr6PFDGsNFSRJfTHTQouo3bSsYAuT9T7A8xLSsx8yegNMxeZmPmSepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6oV/4UUdTbY7N+AObrdzYhq9dl7koMnjq1Sl6CpybLj5SAwuC6cKf6+6vwr01MAU618v+EhOXk2z8mvlLsugrchUYrMdS7fqcrS1WSp0WTLY3dNPR46u/hhTyOYi2RbyBrKKgKebk6Tj1SE1Y/Z1v30dQKuCOoVCgfX6CQSNEhj5I/wBa/twdKRx6kt+k+2rn+wb/AFefVxx6pG/n5ZrCYX4XbGbN5ihwM2R+V3xtxW1a7I7Fwe/6es3dV72d8fhhis2rJSvPCk7LkEOqLTpUes+xlybndFAP4TUVpjH5f5emZ/g/MdIv+Xzs7eHYfwi+WW2cnR4NYd190984TZmPO3qSIUFLS9Z4PbmLptxollzFVFkccQ+Uqwar/KI1WQGLlbvzInMEjVyCeJ+dMemCT89PTaCsZH29fNe663dn+gPlLtrfeOr0xOb6n+SXVOdnrYg+NoYTt3uKkqclS1wZwUp3RSJXJI0KwNr3BXv+bWM/0v8An09MrSo1f6sdfZv2zJS1OGpa+jWl+3yZkyMM9BMk9BXQztopcpj5Y3cGnqoUiqKcBzaN1BJNz7DHSzj0/e/de697917r3v3XuvDgg/0Pv3XutND+cFBHD/MxwuPx8zDJQbO62ymblK00a0OHr5WioskiSzq8yPIr050hbOh+vsXbZiwT8/8ACekc39p1tK/GXMUm5fjT1TV4WriEcG1sdTpXamkjpKjEUzTwVrpGRqQSxxGSNjZkLKTz7I9zQrdsT50I/Z/sdK0NUHWmj03kd9fysf8AhT72B8dtupgcf0L/ADI8evZh2FtPFUs2Oy2a3Li8/unribC1LpPU4qVd5YzKRQusoihhqy0+qNNQLMj/AFeXVaEN/q4f7B63yUvoS9ydC3JYMSdPJLD6n+p/Ptzp7oHe+d9xdX9Y7w7Fm8Ftlbazm4qZKghYZclj6BpMZHKTxoExViPzb3atEJPRjtyCSRo/4hQ/6Xz/AG8Pz6+QD2fuXd2++6KnZeFq8fkKrdXbWapMdHWRwZWjrt2dx9hRTJPuWhq3RXgq8jkoo5tAbRCnIa4Htm3zMhHHUv8AhHQvYhYi/wAv9gY63vv5mPxl2ntzpD4C7UztFjkj+O2Ciw21aPbkUsMO2spUbJpdr5/B0NNCkUTUEcCxpTVGkvE8Ud7g29jaJqlqClT+35/4ekkZPcaac0+359D3/wAJmNnrT/yyz2zVJjG3d318mPkf2zu2up1hkkqM1D2bXbMgp5XpiCsMdJjFEVNIS0bSOdRD2Ab3MUui1KVAP+Gn8ugxuQpdFv4gD+2v+TrYgnUywonhSZJZIUljdY3QQSOFmdllDKwVSTptza3tIho1a0p/q8ukPXyk/wCcZ8Ot29PfKvetFurOxbtPaW+8zn8bVJjkwsNDjN45WSnxEdXQ+SQ/sRnSrmwLWZQALex1GQy6T6dF/wADEHrd0/4T0/Cmi+GXwA67w0nXkOzd77+3FuTeXZGb/wAmm3B2FOu4xi9jbvzWYpo9U0Jx0kkeLo1ZYaahZwyNUSPMQLOgiuHjXgrECvGgOOlcZJXUfPq+jNY2lzNBUYqu0/Z19LXUlSz30pDWUb0E5Jvpv4ppAusEarG3HvcDFH1DPDHrmtP2gdW44PVN38n2l+QOxNgfKjpvuDJpnOt+i/l72J058WYZs3Dntw0nSW2MDGcDj945GkVpE1VJkMNRNCoctqjTRb2b7ggd1dQFLJUmlDxX1pUjOONOqRVAI9D1dOPr7Iurjj1z926v1jmIWJyRcWAI/qHIT/iffuvdaan/AAs+6mjzXwY+O3bNLR0MmS2D8i8Xg8xlGpnNfHhN07GyuPigpqhQfFBJWRU7T62GopEvJ90bpqQdfOq6v7R3f1FuWLdGy8xV4fIGOSkqZ6OZ43no5gYqiIPGQbMhYcHkH20fToR7XJ4NqmKhq1+2p4enS23rsbsPcuzqTuyvxmVfZudrayGHN1Uc/wDD5cx9zM1XjcfVy8TyQJGDUlTZCyg/X375dGrr48YcYAFadbAP/CTzclRhP5nu1sdFuSlw9FvLY3Y2HyuIqfPqzr4Pa75/GwQmNdI8cisTqvzyP6G8eJF6YjbXaSFQSa0I9OGPL59fVJiDCKIMbsIowx/BYIAxH+ufbvQVahYkcKn/AA9ZPfuq9cPdeqde96691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690Tz59/H2f5XfDr5H/ABsps+m2q3urpvfOwsDliDLLSbvyeNFRtGrgplaNpGhrYY30rMhb9INyCPHIp1VhqUjquX+QR3rke0vg9SbO3vXZZOzeh+wK3qbseg3Oop8mM5gZ5MJR5O6tIxWt+3OlJY1YMhBJuG90Th1WE9tPTq933fpzr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeH1Hv3WutbL/hT5lJ8f/K9z1cmLjy9bUdmbNxASVnjaloa/cJSsqkjjK3tGnjJI4Dlrgi/s32P/c//AGrf5Om5/gH29a5//CQXL52v+ZXam2paeUYOTpPM5w1flljWmzcGRojRoFUgOY2llbxtcHUdSkKLCHd28O2Lj1AI9RXP7R03D/adfR7W4VQW1EKAW4GogctYcc/Xj2CDx6U9cveuvde9+691737r3XvfuvdEX/mb7Aqu0/5e3zI68oGqlyO6vj72TQ40UMeNmrZMhS7cnylLFRw5d46d5WansiySLc8Kwax9r9sbTfI32/4Ol+2Npvkb7f8AB183X/hPH2xU9bfzPPhGcjuzGJj+95t9bCzuExk2Npsh98+zKjH7Rnro69KgwBMlBqYRyRPPLdVQxkJ7Ekksj2wMhBLqTSnpQmgHyqDnjw9OhI8sklqpkYFnQkginDJoOPCoOeJFOHX1aKI3o6Q6g96aH1g3Dnxi7AgD6/X6D2EJcSMPmegfLiVvtPUr231Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6q4/nDbRrN+fy+/kjtqlhmq6tNuYbO4uGGNmlSpxmSE7GLQOSGRf1XUauRb3Vvh68FDlVbgWH+EdaLH/AAm07Ny/W383XbcMUkf8L7E6+7L683z/ABCRKWbE0mTmo8ztSQwRgQO9JXYt4lKrrb7ghy3FtIQGWvQuu9msY4Wa2jow4ZY19OJ/w9fTbwpBogl/VFIUdL38TsizFL2H1Dh/8NVv8AoYAHHQauEWOUheHl+0/wDFfl06N+k+01z/AGDf6vPpocetfL/hR7jdy7h+IPxy2ttqtTGS5z56/Gt8hX1NBHX0qYzCR5/O1MCqp86TvJTQeFoAGJAQOpezDHk5CdyDqQNI/MgkVH2YoTxFemZqaKHofP5K9djt5/B4ZCln3hJFX/Iv5K09dLviipcbXzSUPctZR09DhkoQrGhWmpaOOGWrL1JZJfJI31N+aG8PfbiornFP9Kcn7Knhjh1qEdmfXr5xn81jq7bfx7/mGfIXrulp6fO4PE75ytNk6GupmFNA+YMuSpYhFUXMhi1nTIbt+b8D2j3ttdjE3kWr/wAZPSUilR6dfT3/AJTvbtR3l/Ld+G3Y+RrJa3N1vSGz9qblq6imo6CSq3X1rRDrTc1YtDQxwwwpVV2Inq4YooUQRyroXQV9hsfCD0rQ1QHqwz37q3Xvfuvde9+691737r3WlT/woS6jQ/zCupO26GgnoGrfj5tDB7hzqitFFXR7e3tuLK4ijnkc/aiWnlVJAFAkKlFcshC+xhtRpYqPUn/D0muMNXrZD/lkJi674j9Xj+LzZWeCknZ6aV/H4pBAaeVJo49JayTEPG9wNQJW+kgr3gN4i9uKcfn6dPQ/B1rv/wDCnrrHP9DfJL+WX/M+2blU2Ttj45dv7N6j7n3JtzH1tHuam2ZujekW5MQJsph/FPUUH8Ko9zY6SmEwZRVFI2Rp/URNxp1t+Ix/qFetxXau5dv7t2ztfc+2chSV+3t1bfw24Nt1lKv28OQwmYxUWVxdXSUslnVHppI5FQi6qQD9PbnToyK9Vs/zjewf9GvwK7iz/wBytOJ8auKZdcSvULXHxtDH5OSf+C8+zLbbeK5d0mXUAB5kefyI6OdmFZXPmAP5nr5xf8sTqmp76/mUfH6ixexcTvHbK9p7Zq93Ll4PuRhMBT7kOVy+81eQ6oZMJLR0ElLKrLyQ4J5Ps5/dlhGNax5XIyeIyPPj/qp0Ip3KwOVbIU+nEDrdM/ncYTIYP5G9Db/zeWz0ewNs/H7uJVhgzFZDjJt30eWxeWoJJMSJFo3rHip5/t/MlmP67xBh7ptsge2L0zqNRT8+gO25XsPbE9Ac8F4/s6Gv/hMRtbMYP+Tr0Jm8v9zHT9mb8787MwVBV0ZpJ8bt3dfb+W+wpGkFhUBjBJULUoqq6yDSoA9kV4VMgINaqD/vVWofmAafPj1QySS90hqeH+r869X35iaWmoRJA5jdaqiTUADZHqFRwQ1xYjjn2lHTNwzJEWXBx/h6+Xn/AMKkOwc3sj+b1lKmnlyk1LiejOoc5SYyGcR0EFVBu7IzVVRPQzxyRFZqShjgBMdgWWQck6lA3O/jULHIR5cAf8I6PNrttud3kv4jIiqpIUkHBqeB8wCPz6+k58VNxbZ3v8Y/jrvfaWOkwm2949M9b71wOFbK/wATbEY/dez6XLwYySshcpOKdajw3A0XW6gH2mZ2kPiNxbJ+09Jd0gittwmgtxSNHYLxwoOOJJ4epPQ/SxRzI0cqCSN1KujX0up+oYD6+9KzIdSmhHSDpMYnYuztv5DceX2/tvEbfyu8MlR5fdeSwVImIrtxZOgp1o6StzFTj/G88ixIsV5CbqNLXHt1riZwFdtQXhXNK/b177OlYPz7aHWx1y976t1ErmZaOoZLFxHdAzKgL6hoBZuBzb6/63vaipp05EFaRQ/Cufs60m/+Fbv8wnZWE+N0Xwa2vUYrem/u0M9t2ffq05M1P1vgNm5Wl3jUVleqCwydXXQY6moNLARw/ehwS6j23KV1UXy6Of3dCbfW0Z1McZ+FeINAfT1B456+eNiafBGpwR3HJX0u3qjJ4xNxVmJjjnzNNhGyQXMVGJhqWELVCU3kaFJPSzhQbAn2hSRmumjJwOA/IU/n0UzTTW7tbRNRRwH5V48eJ9et8/8A4UI/E7qDoL+V38cavqfbG3tq7B2bQ9dde4OnpaKfH/5Xu3BaqKuydFTsSc2uMekr8zVSllqKmRvWxA9iC5gtlsvERdL6lHE1KkNU0qRQsDT7OjHbry4nmMUz1UqRwGDgDy+fWu//ACB9/wBB1X/NI+Nm4ZspWYTHQb7mxLQJmoKSOSh3rg5cNXgtLFJqjKN4mcm4A4Ibn2Ug0IJ9ej1NLRPGopXhWhGfOnHj69fX2iYPFE6sHV4o3VwQQ6ugZWBHHIN/b/QLYUYj5nrmfp791o8OuHunVOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6izUdLPNDPNCkk1Pp8LuCTGUqEqlZB9ARJGjXtfi30JB917rVp+BmG2x8R/wDhQD/Mx+Me2a/duP2r8kNmdY/JjEYfIzRYzbmO3NXN/EsrDg63My1dVkPNNVVthDIisHeLxhYF0jafZ9uHLMO520Z8Yirt3Mpyy6VoQARp1NxK1Fe1gBRMSkHga/5+tp651W/w/wB5v7Amo+Np8qf5ur9cvbvXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/Q35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WvN/wpZxNZXfy39yV1PTUlVDjt0Y1qhKmVoyqB5aoyRAK1yEhYc25IH59m+yf7nf7U/wCTpmb4Pz610v8AhI3u+gm+Vnbe2Y9tSGpbq3cmZlz8UUTUuPpabIx64pJBIJBIfMgRREQbnnj2IN2H+LHPEgfbkY/PqkP9p19EGAWghBN7QxC/PNowL8+wU/xn7T/h6U9Zfdevde9+691737r3XvfuvdBT3rtej3x0x2rsvIU1PWUG7uvt3bZraSr8321VSZvAVGPqIJ/AQ+lkkYHSb+1lgdN2h+fS3bjS8Q/Pr5OX8szH9ddUfzevj7V4/E00+2uqvk9j8LsujrYZpaqKtx+fye14pchDUStYJkGiqFPkPCCS2oW9i9oIngFEAUA0oKEVrWn+rz6F5t4XgDBAFA7aCjCtdVP24+Z6+uxQJUR0NFHVyJLVJSU6VMkQ0xSVCwgTPEv4UtcqP6ewRNQysVFBU4/PoDzaTM5UUFTQemepftvpvr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6B7vjZp370r2ztLTE0+f2JuqgpPIzKmuXFGWJHZQSNTxgEgH3sKXOkeeOrxZkUfMf4evlCfD/smt+Jn81TZNTnYqykoqP5AYXbE8dDCtVUipz++0w9K6RztCviE1VCZGLXVQxAYixMW2O+VPE7MejH/ADdSFKw8LVT/AFVp19crDziopWlty8odyP0O8sCTF4ifqpDCx/1/aadGjk0txp/lI/ydAa6Tw5inkOH2VPHpzb9J9orn+wb/AFefScceqpP5r+z4Nxde9I7mm2zV7xPV3b1FvobdSnhbH10QxFRhJKysra14aemkxxqEyNNNLMtpIVI+hIG3JtRdPnB0D+Z6YnHbX06av5QFHgU+BXWG+9o9ZxdUYvs7cXY3ZJ27/fSXd9fmYtwdk5MY/e1fm/NU08dRlwIppqWnASNmNmIF/bPM06HfLmOSp0sRkDGAD55HmDX5U69EDoHz60u/+FanRO0Ng/PHqHtfEVb0Z7w6RpZN6U01FWU7f3h6zy0G3aTcclU8KU89bkKfIw/dCCaTSYlLm7C5Je36XFokGdQYtwoADWgHrStPy6ft7Ca9naOArUCuTTzp6HraP/4TW9qU2+P5b+1cHTZqbOQ7M3BPBSPWBUrqQV8jTJTTxK76UTx6UN/oPZdEpYEDy6UybZdWahZtOa8DXhn0HWxH790i679+691737r3XvfuvdapH/Cnnc/YOyaD4C1m0ZKOh2XvL5HTbN7Vy+Vp4a/E0tFX4WI4DH1lNKxZGqylQISkZuUNyLexNszSPAV4hTjyxkmnqa06YmpQE/Po9X8h3srZG9Pj13dtbbm86neOW63+T/ZGHzLZGmnpazbdRuTB4rctHtNBPcSLT0ZikLISoUp/XhjeA1VI+EgVHzBOT8+7h1eD4ej3fzGvjhj/AJXfDP5FdKVm18BvOv3R1VuObaGD3HhaXPUEHYe3qc7l2HmIqOrZQs8OQpYxEysCXKg3W4JCwqOnXGpSOgb/AJSnZW4Oz/gF8Vs12BnMbvTs3YmwY+v+0Ny4jCS7epKDsLaFFUYfce3Y8TkYaJtVBF9vSPU0kLxzOrsAqi/vSkEdVjIZQR1WD/wqP7efZvwu2pt+iq4of7w56etqaWYhJ6pAlMtA1Il/X49Unm+mnUv1vwINjy0lP6P+XoRbHkyD/S/8/dUG/wDCSLp2o3r82u1O486+ui6m6Yz9BicXGitS5fPdnblhoazN5aVxeY4/HU8WPpKP9OmZ5SQYgGMdy1pEaHB+fn/moDQ/58GO4B1iNDhgf2n/ACUBA/2cWj/z9t09t57uDvHEx5fLbb2F1D8FsxU/xWvhydLtjcW7d94LL5HIVFdT0EcyRVdLS0hjhYqbepCeb+62QQW3YKAlqZqAKngegHLXxP2dXr/yONrxbM/lHfAPb8GSp8xTw/HXZWVgylHHVx0lau6oH3dI1OtakchWKSven1abExkrcW9h69jEUwQGtFX/AAD/ACdKkNVr9v8Ah6tJycH3NFNACimRoNPkYKpZKlJQLn8nTwPybe0nVZ0MkRQcTT/D180b/hWh1fn8R/NP2X2fUYgvtbsD4v8AWwgr54qmXG1rbUz+RwmUx2TWNUQpMKqni0iUmwaS37YBZcZp0Jdh3bbtsm1X4YgkV0qGquaqakVBHGtR8uHW2J/wnE+SmK78/lrdN7XoaqWfM/Hijk6ZzGNqVjSsx2Bw1RENmGG0jtNAlMjo0rhSAtgGt72nw0Pl0Vbndw3+5XF3bgiOSRmUEUIUnFRmlB8+tgH3bpD1737r3XY92HWx1y976t1Wr/M0+fHX/wAC/jDuPtPd1TS1edymVqNj7R23USQSZDLbuqqGXJ0lFHDQyMEFNAkdXNK7ARxtGX9T6RtEaaRYY/iY0FenILhLadJpK6VNTTj18vztXqn5G/zJe4ux+1cNidxborMrNkd37hyJkq8jTYxfB98GYwRTOI44tCMQh5IU2+vtb+5bwcSv7T/m6Ozv23uhWj/7yP8AoLqondmKq9t1uU2rk6eppctgqqsx1dBUQ+GSOoppmDK6FiQbEGx5/qB9ASNZzW98/iUwfI/IfLorlt3unN3CQUbIrg0FBkZAOPXr6Yv8yja0Xzp/4TdUXY2N2/m6zcuB+L/RHfOLotsF9z1lbmdsY3DZWsaOdLySxwUFO6ZNEQtEVmUavFqJvcXSTQeGCaVFKilABkftJz04kMlgnjXFO5Rpoa5qCCeFBjPXznPjX3DuH419+9b9qYSOnrshtLN4DcNNCQ0kNXS2jyVMIf08lCoUMBzwbey2hPSqHebaFzq1Fafwiop+fAcOvtg/GfuXGd59E9Pdp4mvoMtS9hbB2tuinyOJqKWsxlXT5XCpUmopKilkcFfIJI7HkMjqwBHtUEbwxJ5H/iuk19t9zZSET08jgn8QDAZAyAwr6ep6H3UDqA+osD7qeHRZrDEqPLr3unXuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rXU+e+1Mv8fP5x38tn5hwUlPV9b9rHe3xX7YqpMRW5Crx+c3d+/wBc5pcnRxuKY0U8kdJAsjIBG8pvp1exxY7ilxyzJthw6VKgDFKA1PqSdVTTjT06bYhZVb162JwwM0qWOqKysSLKS3IKH8/T2BDGwk8TyIp/MdOkdZPd+tde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9Hfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUnf8KCMJR5X+WN3S9QZvLQT42WjEbIFM88NUCZQym4AvaxHs32T/c3/AGp/wjpqb4Pz61T/APhIzgcjtf5id5Vce2pa5tx9F55Jt11Na0dNgIcRnaCphoEg9KK9Y0niEkgItz+PYi3Qq0A11pqGB9v+o9NRf2n5Hr6LsTmSKKRo2iaSOORomILRM6BmjYjglSbG3sDsKMQM06VdZPeuvde9+691737r3XvfuvdNGdh+4xVXTgRk1CeBVmdkiZpgY1WRlDEAk2JCnj8e1VmaXCn06VWRpdKevjy7V21vfqL+atna6TFpTf3I+aW8Y51qat4qeSXCd45KClNO0iwkxsIj6gPV9RpvpA2QsyFjwIwPsJofzFD9vQ3j8RkLt8JBoPsJofzFP9jr7Cu2MhHl9s7cy0TB48pgcPkUYSLKGWtx0dQCJU4b9X6h9fYGuRpuJF9GP+HoCXIpcyD0Y/4enz2x0z1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdY5Y0mimhlUNHNDLFIp5DRyRlHUj/EEj3ZCVcEeRH+HqyHS4YeRH+Hr5Lf82na69S/zTN1ZDa9GsB2p3HR7roKR0DLVV2B3Km5aeF1p/GWBlpVBC2JTULgnUB+lHi0nz6kFQJIdJ8/+L6+qF8dd8L2Z0V1H2IgRF3v11svcniRWUQS5PbVLPUwkOzG6ymQcm4FgbkEkGX6hLpl/wBXE9AvcAFu2Uf6qk9DHUSrBBNMwYrDG8rBFLuVjXWwVR9TYcD2WXRpbsf9XHpHWmeqUf5y3yBxPWHxx7GlGTw1HuPbvVG/t1R0uQxdNVVtBR1mza0Y2mnqUWSsglqZ4lMZo3jFlbWSQpA85ORPG8UkjK1zinrT/i+k8xrjoaf5NO2sbjP5VHwdnxGKqMFNuf487L33kMdUVGSqiu5d70Y3TnZic1ecRz1M7lYmsqoQEA4b2TcysJN/u5AKapCc4OacQaEHypQfZ05GKIOqC/8AhYl0rt7cPxx+PncWRqq5KvYm787tbDr99GtFfclZi6rI0K0ckbchMZG6eNlI/cvqBGkPvgjo82NA12wPDSP5OpH+DPy6Af8A4SPfJfEVE/yD+M0c9PR5ubZuzezNkYWtkk82ZocHuaq272HPTMGVESkOT24Y1Kg3knJLa0CXgajkDz6Ot0jV1Bc0pU/Ph/sH86db2ht+OR+D/h+PfugV173rr3Xvfuvde9+691qS/wDCqxaDb/X3wR7KyeNq9yDafymzmFptoy5WPHYbNV26erZX21kMjKI9OrF1tJJUUiSlm1PNpJDgKJ9lB8JhUaSK8OBBIP5kUz0xPwH59DH/AMJysJvCgy/8wHO5jKYhNkbk7l6fXZm2MbWUlbWw7ox3SVKm/d25uKKmhlppshH/AA6GBZCC0cJVtbJrLe810JThnPyxj9vW7c1BPWzhNSJUOjPJNZXR/Gj6UfTFJCY3Ci5VhIdS35sPpbkP9Keq8viX1Ptf405z5G9M9W/HrOdHdOQ9gZXsfYu6p917R3DsLuLc/Y1J/FN65rbsdDK2aoamDIeVKnH5FLFizRS6QEFBio6bXBIpjrVY/wCFcPYke6O8vhp8Z8TUiKfHdV9t9qb8eXJ0uLiXA/x+gwO0aaKoriIVmnqMXVqDIG1H0KoLcH+xuRLIgHkDXyFK4/Ov8uj/AGJz40kagnANfSlRT86/y6GX/hI11jWYrpT5P9rVtJHR0FT2vgerdv161MEuRy2Mx22MdubdlRU0yGMxfay5CJUmjmIRf91sVDMY7gXI0MM1qPnQeePM4p/PPRnuWrw2STHEjPkB54wa4p6efTv/ADymoqLsX5PId2RZHDZrrB6HsTH7j3Bkv4JQQ1G23wuIxeJpIZ4tCPBUSIIDI58r6gQt1N7MA28dBQU4f6qdAOY95oetqT4UbOwvXvxB+MWx9t42PC7c2r0L1HhcBg0hmhfC4mi6/wAdHSY2f7h5HeRBdnkYgsW+g/IaviDdPQUyR+wkY+WKfl0rjroFejMTQR1CxrICRHPBUrY2/dppRNET/hcC49pOr9a/P/ChT4T4v5E/DbL9nUNGtduzovBZSpx6SUMdXPU4XIAir+4mVPIUpifLEqsoVyGOr6e2pBio6YmXtr6da2//AAmS+ZOA+PnzBpvivn6mSEfJyoq9r0yT5rGYum2vuzaNC2cwMLYuqYyVtRmYx9uYYlSSF3F7/Q1U9329MwtRs/i6+iiQRwQQf8R7c6Vde9+691yH092HDqw4dM+Zy0GDppcvkqyjx2CxtHW1uXrqwlUp4KaLyBg+oAWGom4N7WHPvxNOvE06+Y//AMKAvmvN87fmttrrXY9fnM9tDqWPPbT2vhsOzU1HU5Wryc1Nn82lDQ2Sqq8gI0p/NOjsIEiRbEFme25tW4REfxf5+kUr6iT6dbXX8k7+XBR/Fj4c027tytkY96fIjZj5zP7c3hBDHJgsDkaRRV7RaSngpaqFZqSkL1Cxza7MpV1t7E09yni+EMlSK08q0of5j5dORRkLqPn18yb5ydSwdC/M/wCUnUFBTVdNjus+/wDtHbuMFXWtk6k4Gk3vVzbdnnrZVBd3oHpiXk1FmJLEkn2F75fDu3Q+tf256Eu3HVaIVxowf21/4rr6R3/CZvfuL7d/k89S7MrayDO0+3a7tzqPceAzNVDUS0GLG8qqprWaG+mHH/witmaGByXmRZkj0hCVYX4COq7k4ktUK8AT8vMj9mMDgB186r+ZZ8Qs38C/nF3/APGnJQSDFbE3zW5HYORSGtpI8v1vuaX+8OxKunWtvIHgopkoKsajoqqeeMnVG3up6Dci1r+zrfm/4SXfPeX5F/FXN/FTe+dqZ+zPiln6w7eoRFQw0df0fvanNVtQ+Gkp4Qi4jIx1uPiGt2JkDNfUNLsb9hT04ft/1ft6He9u1xbfUOo1hUViPQU0ECp4r2scVKCnn1t5r+qX/XHvZ+HoDx/2j/aP8vXP3Tp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6ot/n11TYj4X0nY6ZfIYafpH5SfGXsZhjqbIV05p6XsSip1rGhw01PJ4JEaXzxSlg4UrqW9iJNnGllHHWjZ+w5XPpXBFOPTM3wg+hHV1e1Mr/HMNiMzBL9xjstg8HkqCoenmo6ianrsRBWpLUUs9yrP5SxHGn9JuRf2S3KqrED4tTV9OJ4dP1qK9Kf2l611737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNP8//APhtF/Kf+Um6Mu7pj9lYnau5agR+UtIg3VS4Ro7QAsQRWkkAH6ezTaJFju6tgaT/ACFT/IHpuUVTHqOtSP8A4SgRdif7PRvn+GDHZfpzIfHjsPdWTasrqYVdRX1O7sXQbFpVxNTItVJGJWqLyinMaAFnZdI9iPcmLWwaM0rpyPQ8Tw9PnXyp0zF8dD19G+Ng8cbhlcPGjh1/S4dQwdb/AIN7j2CSKEj06Vdc/euvde9+691737r3XvfuvdR6kTGFvtnRJw0TRtIoZAVlVjqBvwQCL/j6+3IiocFxUef7OvCtcdfKs/nD5PCfHz+an8rJMlQvNTdf7/rex6rbz1H2WQzuJ3tGauGKiqtLCAV0uQiMMijyRsGm0j9RGqXEUdoJGPBAxA404DH24HlXpkyXBbSrtxp8Rp/h6+nZ8ad4Ynfvxz+P29cLP58XvHpTrDcmNf7ijrGNJldk0NeiSVWNL07sgkCu0LFCQShIsfYNuqfUyU4aj/h6dBJFTk9Df7Y631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJDaOQ/wBI3P5/Cn+nva/EPtHWx8Q+0dfLf/4UydaVOyf5lu7q3GSPBNW4raW9p44Zlikios+kkdLXaYmBs1pXcjkBCHsWW48tH8SJX/1HBHQ+tj4kSvX5/wAqH/V8ut5v+Ql3fku9/wCVJ8U957ly9Ll904rb+5Nh7mraYgq2S2TvOv2vTI0ai6kU9PTrZlH9eVIJDG8Jovj8wOgvvK6L4/YP8vVv2S0/Y1GoAjQDyjyWIYFWCJYkg2IubA8txf2SXf8AuO3+rzHRUeHWnB/PS3jiZ+0fkPnK2gw1ZQYLpXa/X2OzEG+avK1f94d5UUOJxOI3DtGhRBjp55M3B9pGEkEgdpHdNJtIXJrLG4djQBkJ/wBWekstdWOttXoXY8XWHRnTHWcEwqYeuOqOvOv45wZCJhsraVJtlpA03rN2pSbtyfr+fYT3N/F3K4m/jkdv96YkfyPSsCgoeqfP+FI3VuL7N/lG/IxqnAJm8tsLIdcdg4Bo4KQ1mPqMB2BjpcxVU9VU6fEjY9qpagq4LpdbMSFLu0qrXdHAIp5/aKdG2yn/AByh4Ef4CD/q/Z1ov/yAe28R07/My+P9XuDPbWxW0t40+8vj9uSr3FkaugjpYOz9sY+swTY4Yuz1FUdwYiip49cgiDy3chfWp/cWcWkMqiqgjgM5B9Pl0I7iAsFkFToUj7RUH9uP59fV39Q4e2sAa7CwL29RAH+PsFnj0Azx697117r3v3Xuve/de61jf+FK8gyOyf5fvX9ZjdiZTD9lfNGHFZei3xjpshBUU2N6pyk9P/DZleGOlqY3ZnjmeZCGCaW+qkbe3aa98l19wA4HI+EcAcV8/Pzx0zOO0dDj/IXrpKfCfODalXjoqWq2/wDJ3b4hyCR07VOZxVV8f9pJjKqrqqa5cFqeraPytcNr4Bbkv50ovMpjTChWwOHH04dbgwOtgT2HOlHTfXNRUkEtTUQU5WaWhp52aNVM5qKyOjp1nkVSSA0ihdfA/JVbkaPXuvnFf8KdO3cNU/zGstt+lpK2qzW1vj51XPX52qxEVBR1e2c7NlNy7YxOLiSonmqFjBqpJJ3hi/cblbgH23qdW7GIHyJH+DpK8kiP+mxWtOBI/wAH29X8f8JWa+m3/wDyyane0+HSihyHyB7cxlDTtErSS0uFyGIkgklqtJaSRxMY5ZrNZY1QkiNQHopZQwJck1HmT/hPT8ckumjOT+Z9Oq2P5yPWWG7R+Qnyiqth1NbuPdXZUuwa1MZv/NCk2Nia3qx6Z48FR0qJFDDRVjQjVPMylv0uTr9jS1BijRGOVHHpHIQXPW8PsJaiPZO04Kymx1HXU23MJT19LhmkfDU1dFi4RV0+HkkA10sb6o4GHp0qAvAt7CNyP12Pr60r+dOlw4dKw/T2wevHh0mNzYqHN0dThq7DU+bxGbxVfjcrRV0VNU42ppfGZHxuUpKzUjwValoCRGzKSDwORry60eHWg9/Nc/4TyfLP4x925b57/wAqypki2F01Ht3ufb/T2G3NuCr7u633nsCojqs/X9d1eXeQZijnSqr8gKJKr7k08D0qQ1L/AG8b0006a8PTlejx/wAun/hVl8Qt9RY3qv5sZXNdE9jU2Lx9IOzKjb083SO5K+KnqsjKaqix9VkMlteekl00UsNUsy1ElpJJYT+0vgT59bRjTuH7OtsboXu7rT5JdOded8dObqp979X9pbep91bL3XSUuRoqXNYirkeEVNPR5eCmqolWSOSPx1NPHKumzqD731foXiyohdiFVQWZibAAfUk+7Dh1YcOqNP58Hz52r8JfinVQVOXli3Z3FLW7CxONpQ0s/wBqKUVdbVKqKxiYJMAJjpBHp1XFvZ3tECzamZQdJxUeZGflw6ZnYgaRxPWoL/Im/l07u/mD/MzIfKTcFPujG/G/p7ehqMzvN6akqaXsDsWh8OSh63wGQWQo1LFDkKebJzfrjeyglg6quv2t0tJFjAD5GAAR6kH5eo+Yr0zGjNQEfPr6VWNx9HQ0cOGTHrBj8ZEuPw8VQFqddHT0Ig1I0mogFbp6iCRcWtx7DGpga1NT8+lnDHXyAf8AhQF19WbI/mnfJ7PVUsLUHYu5MRu6ko6Wnakko6ZdtUOEngqEsEkd5qOWbWAbltTDVyTq2hX6RbmTurWtRkZI4+fDz6O7WLRZLOxqprUemSPzHn9vW23/AMIvc9tXI/C35ObRiUVu7NufJafK5ykqYZJ2xm2t2dZ4OHbEwlmQQeGpmocsFijZmVhMzKglvI1epGlsAgp3Z4elf8BB/Pql5QWYA/jzU/0a/wCAg/n0WL/hZB8FKCvTpT55bNpJky+AaHpPuOMUkywVO39w1dXnetdzU81IOfsq9snSZCWUAFqukQO0hEZJWweiGUUqetVH+UV869//AMvT5x9Rd67VyNW+BlzdJsTuDZ8zSpR7s6w3JlIsfuWkq0LqrVuOJXKY7yAFamBFvpdwagkGvp0MIENxEFD6u3SQanA9TWlVOR5gVApWvX2RusN24ff+0sJvvb1TVV2A3jgMFuLb+Qqo5oZazAZalevxMlTDIAqVIjlP3KoLA2Fzx7UMdQB9eiK9jET+GAARWoHrQV+en0r8+hC9tdIOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qpr+dftLfO9P5cnyFwPXFFFV5+ufq6XLp9hSVs1NtDGdp4qq3Rm2hnkiMq0NEJqlokkErIjpGNbAE62cgXC66/ipk8acKfZU9UmFY+j1fF6Ooh+PPS1NV52l3NU0fWu1aV85QUktFSZBYsZHFHKtPLPVFXCoFdWnZgR6gpNvaTcBpunoKAn/V6Y/1VPVk/sx0PftB1vr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691Vl/O3rdt0P8AKf8AnRJu/Gw5fb9V0ZnsTU0M04pg1dm6uDD4GpjnKSaZKfIT0tQlk9TIFuurUDLalV70I3mGH7Rn+VeqSGiE9aTP/CQzE4TZH8wTtKnysVRXZDdXQGV2VtnKS1M8VPjM9T5+h3DmqZ8cmtXFVSwSwRlpFEJBkGsnSDq7svpLM6XLCi1B+VakZNK4x8qeeKJIHkFR69fSughjp4IKeIWip4YoIhe9ooYxHGL/AJsAPYVYlmLHiTXp7rL7r17r3v3Xuve/de697917qLWU4qqaSndisUw8c5VmRzAwtKqOhBUkfRgePd43MbhxxHD7evdfNi/4VKdabW61/mc0Xb0WJp6is7U2F15V7giyePhymIy+O2tteDCMlXR1YeORHSBEZdAIkXyXN9Ps1t95+njEZiDEDjWhOSQD2nArgV6TS11063Tf5Lnb2G7n/ly/G3cGDzNFkqfb214dj1SwS07S42t2rSxY6PDy01LHDFGwpVim8caKIwwVV0i/sqkl8aRpaU1EmnpU1p09EaoOrWvdOr9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XCS5jkAFyY3AH9SVNh/sfexg1695160dv+Fd/RaYbaHUfyCwm3aKbM5vE5DrPcm4aTDqcxUJjZXqcS1XlEkJ0RR1TKsbR/wC61OvmwN4d5a3XQI6+ndw/l69HCb41umhY61rTu4fy9c9GF/4R8b+y+Y+EffOxp56mpx+2+8JtyYaOpqIxS4qm33jlerx1OjnUBS1WPaVmCgO1V9FKksgurt7yczMKeVK1xUnjjhWn2dFtxetfTtMwp5AVrQVJpXHCtPsp1t8V8lSmMkkSkiqavwwE0r1KU0JldkWQNVSiyqly1yObWtc+0sqeLGU4V6p1oo9hbe3p8zf5qnZuy947p3z111x2J/M72xtzGbWz2Ax2Wo8xsb4oYynnyApDjEFqDcUmBM9O9W/7K6jafxsWOts32TazSGME1Ga04eRFDg8DwPoekZ7pc8Cet7mmcSU8LrrKPGrIZPGZGRvUjv4vTdhY+njn2Vs2pi1KV6WE1NeiufN/qfF96/Ezv/p/MUhrqDsLq3d23pKZV1yNLNinqKaaFbi7RSxpKBcX02uL39v2s5tpPHAqV8q0r/h6MdrNLtT18hrondf+ynfNnF1mZWuw9L1H2nDuBaqjoKSvy6RbHz33C1FPBkY5omnPjCxxGM/659mR5hZloYR/vR/6B6GVNVVHmK+f7a/5P9Q+zVtrclNujC4TPUgUUWfwmEzVBKJBJ54sxjBkgosAPQp5/wB6FreyLqOjxx0oveutde9+691737r3VBH87/aG2eytwfy+9i5+TD1lS/yb3pvDGbbyeGrchWZWm2V0dlq3KVeLykQWhovt/PEZWyNVBfWrR6wrWGnt2xXfZiD5f8+jpqYHSB0G/wDINzlPlexP5iVHh5MnFitu9udWbQz2FzuIr8VmcJvja2wZaHJTSy1A+2q6etpmheCajllGmIFyoZboedqjmhgeBRj/AD69ATQjrZC9hzpR02ZmipMliq/HV8EVVQV9M9HW00yyNHUUdTaKphPiZGBZCwV1YFGs4vpsdHh17r5bH89/bWYqP5n/AH5uCixUVJj9n5TanW7mDI1GWpp8Ns7ZdBtjb1JPHWMWpY3pgSI1MgV/I12LGyzb9vF+XBfRpp5V41+Y9OkMhqxHW8D/AMJ+epYOlf5Tvxe2dGtBSVWLh3znM3LQwKUr8huLsOq3NW1M86kGSRoJYYDKReyC4NgBu4svppxAraqitaU41HqfTpTEaoD1T98usrit3/NVdr7dwlHnZN19+9X7EyOHzA8WNr8LvDtDFbZyT1CaW8gjWq8xh4DabFlHIFIOlNTmlBk+lB0lbMhX1PW5RiKM0FBFS2gSON52ghpYlhp6SmmnaenoIYk4C06MIFtYEIDZb6QD531yFs/n50xX86V/PpeMdOB9snqp6691611wddaOgd49aOmuJikial0643H0YfUH+vvfXuq4vkl8B/hFvDFJvTs74i/HHtrcGNFRh9uf3u6Y6dfKDK7wySHIU+LyGVxqwrU5WtkarqZ3hlmM+qRCuph7qR1UgcadHw2BtrF7N2bt/aOD2/QbVwu2MfBgcPt/E4vD4PEYvF4xBS0NLiMLt9UoqSlWNQIaenRURbAAfT3vq3T/AJc0C4uumykqwY6kgkra2d5DEsNPSIaiSRnH4AW9jwfexw62OHXzL/58vy7y3zs+XKdFbYrHrdu4Pdb7RwMUbmYCrq618Wgp6rSpjIASTSsbXvYn2JNhAa1kJ82I/wCMjpG7VbV6dbw38mv4fQfCj+Xt8Z+jPCsOXwO28nmd6tLQPQtlt5bj3FX7ry2clo/O6x1M0lZSxrMxdvBSRx/Rh40F8UiY28fBAAOFTUCtSB9v5sT0qSpGo+fVrboWMZVtLRypJe2q4W4ZP9iD9fZZ0518xb/hX/1jj9hfzButs9QY80eO7H6ciy61SQrHDUZHBZ2XG5SPWD62XyRs1hxccc39iO2dRYxxnzqf2E/5+hBDIgsIoW4NU1+wn/P0dv8A4RU7pzWF3l8yNq1Dadu71xHW+Up4Za8lznduzV9J54aLR6h4ql0MmoWGkWPHtNfIVslduLODk1/DT5en7AOmLyMrYLI1QWcHJrTtp/k/YB1uvfLH4w9a/NL469q9GdybYTM7O7M2bl9sZDGxeNq9bI9Rgclj60qkkVRj8mlJl6OzWFTTxEnTqBIzkV6JGXUCOvjjfP8A+E3dP8uj5RdidB9o4jckR2xubKpsLsTIYHJ4LEdo7OiqteI3tteqyEYWojnjKGZ4WcJMGXVdfaqSwMYDVNDwNBTgCRxORkU9B0ZW+7PFQaBqHGhp/k8x59bRv/CdH/hQnD09ksN8NfmlvKjoeuNwZXEbZ6R7Ky0la0G0M5WxzD+FdnZqo88i4yqkFPTY+thFqeoYRyRCGVpok7RiGg1VrXFOHD/Vj8+lEjjdT4jUjKmgAzqr8zQA4oK0BrQZ6+iLRV8csFIYUBhmjieJhOs48cwDqRNHqV+DwysQfwSOfbhiGnUD5dFkkGgspPw1/l07+2Ok/Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAl33tOi3R0321tusr6fG0W6+vt74KuyFasbUuNXOYaSIZiZ5WVVWib9/kgC17i1/ZnYSFp0U+RFPyBFPzrnrTDsPRDv5S3a3V29+o+3OreqP79S4f4s93bg6AztbvPIUteuT3Titp4Td+Zy+EkgkdjSVMuWZYEa+hYvqfJYKd4+Ja6anjTj5+foARj5/LqkVAtB1a97I+nOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vaf84TamH3v/Lb+VO18/RUuSxGT2HAavH1pcU1VJQ5umyWPVxGysWSqhgljAbl1X6/QmmzkC9BPoaf6vsr03LXQadaV3/CZfBw7J/mQ5DG53J4mlot1dRdt7i27Sz/AMQny+Xz+06rDmrrsTJQI6UUdDS1Nd91NOdE0TzRqQyXUSbjqe1IHqB/q+ZNKfPpiI94r19HSjZWo6NkCqjUlKyKgkVAhgUqEWazgW+gcarfq5v7BT/G32n/AA9K+pPunXuve/de697917r3v3XuscjKqjUGIdljsqluXOkEhfoP6n8e/de60YP+FgfUzbczXxN+QclIuQwGZoN79U5Kg+2mkiSuwlMu5sfNVzoNKeaCc0kALgtoIAJF/dG49MTCpBHRv/8AhI5uiPI/DfuDZhmnajwHdFPvjEwiQzUVBJufa0eBylLCSToklngEzpf6ngD3tfPrcPAjrbk926e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6pK/n+9T4fs7+XR21LkMJNk6zZdONz4mppITJV0NSiNDUNCxDACQFWcWv6ARax91f4em5RVPs61Fv8AhKx39U7H+eGS+PdLHnqXaHdHS2/M/TU1QkP8KyO4evs/hN3UWTpKnyhpjHQpkmcxRMEilZuVJKaXjXqkIOqv+r/Vjr6RtfkYKHGfxOtEcVJGtHUVz1J0QUdG80bVtVVPMAESnjLyyNIAFCEtYA2eAJwM9KeA6+e38Uewcl8kf55HwM7l+O+Bq8TsXcfanzE7s3tFLSZvJ4fFbWXG5Wh3FU5injqfDTvlkAmxFZUWQT5CmeHXFKsb6+nuF7mjYfapH+TpLHQv+devoWY9kaipTH4/H4VWNYWV4440JRIVZQo/bACHgcggi/vdCMHpX1HytMlVAkUkPnjZzHJHpLh4Z4zBOjKPwyMVP+HtyOlTX06ft3KPWtMf4Mj+fXyff5wPx/l+MH80buLCYfFGQS7vot9YbHx0EzUEGO3ekuRwlRTJIpDRvolVCbozRuBcowCMilVPQzivbR4hqlUVHAsAf2V6+jf/ACpO88l8iPgV8VezNxT0J3Tketl2/uSjirYJxHm9gZKu2PkayCKIkiaaajmSpB4Vo5EsrIwDimq9ABDVc9WSe99W697917r3v3XuqXf5wcuL2jtLqTtKXJ1tLktj5jsekpMRRxeSjyT9j7Hj2dJkMnEVKu0UCSxIWv6XKgXI9jDkEom9SNOdKGmWNFqAPM0Faj16amNFB6Lz/wAJ6Ost3bI6/wDmZvjfOcosnVd8/L3fvbuyqCjlqKumotlHBY7a1NX01TKziMzSxtBNTKxEbRFQqkEBJzmA/MjTRnUhDUYZXyxq4fs63CRp62K/Yd6f6w1HELEhyFMbMsal3ZEkDSIqLySygrYfW/v3Xuvl2fzh4xR/zQPkJmG8VXBuHfpysuPrZmFJJLUmKCGKtiLBQ9OIwpU8rfm1x7POX+M32r/z90gk+M9b+n8pCnak/lu/D18utBS5nJ9O7RyW5jBJF45ty5HCpWZiWpAOkVDTc1EfBWQMpVSCA1ugc3pCgmiilPt6VRf2Yr1rgbS7Q/0l/Pn467q3X1FDSS9qfPr/AEV4rBZDc0uPrsdVdbZ7I7lTeL0lJBPLGyNgJZFx1Uia9Ej6gIHIPJv7B2rgKTXj5dJVNZB9vW6hhoIoKCNYWdopGM6K+m8fmRXZA6pHrBa76youWP0AAASuGZ5SX4/6vtp9nS4dOR+vtOePVTx6696691gqdYp5zGdLiGRlYNoK6UJLBz9LfW/v3Xuqfvnf8hm3b3R8Wfhf0jiz2D3fvLf/AFz33uP+KY+gbBdbfG7bGfal3p23kavNVNMtTlKVwExcNIkjq7l3jK2vVjWgHVGNSEHHq3yknM0MzERhoquugZYZ1qU/yepaNW1qBpZlAZoyLoSVP0926v1WZ/Nc+UEXxn+GXam8Q8keSyu0Mj/CZ1qo6WbHSeEionQuRqEKks62Nhe/u5imYHQrH7ATTqsjaV60Ov5A3xOP8yn+Z1Wd572+5z3VnxvqR3DvSsx2RfAQ57eGRqmi6t2NlBURSpWU1TkYZ6nILT2k8IALBDcm233K2lg6MaOXwM1oVHdTzAFSPmB0xGhJoR9vX0/4xHPDTyusTkrBOpjcyRCRYxoeJ+NQAPpNuR+PZWWIY6TxqPy6WdSPdevdaLf/AAs16VgyuwPjv3bBDB91tGvze2pplTVVU1NuKpgq6iMyC+hKmSCNvVYM0fp+h9n9lNELExu4Uj5gHBr5/s6PrWaIbeUdwpHzAODUAA/LHVJX/CW/5ITdI/zLOqdk5jcclNsPvGm3j1lWY3zUyUlRvCpx0Ga2hk2LIGhhjakqYWvIoeWVbBrABjcZUNqqJIrAPnIrwwRTy41xx6T38qG0VEkVwHpxFeBoQB+H1xx8+vqo0pUwq0bM0bAeMOLMgVQjIw+oOoEsDzcn2Tjop6qb/m3fyqukv5oPx23R15v00W2excBgMllOr+z1wYr8vsveNJS+XB1qVNNDLWNQPIn22QoaYMJaeWUJGJikimFvcr4f0swqjHBBFVPrn/L1RlqdQ4jr5GXys+JPenwq743z8a+/dk5HaHZuw8q9DWUnjepx24qRkFRi90bSykSKK7G1tOY6mmmiB0hismiUOipL0IrKqENStSKEHhQ/mPI8DXowsJFVHDsF4cTQ1z8/L1Hy63rf+E5H89qTenXnXvxH+d/c+28ZuelzVL118ZOzN3V5wr7wp8UlHS0nWHYO441FIuRhgkCYOoyLRyVt0g1yy8lOkhA0Hh0vmEEsGtWRpGrXI1HjSg/iJpwpXyFcdbwQqaZmKLU07OAW0rPEzaRa7aVJ45HP+I/r73Q+Q6IjHIOKkfkeswYMLqQw/qCCP9uPfiCOPVeHHrv3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690B/fWVpsN1T2BXVlXDJRzY84+WKoEU1NBFUD7bJ080LXDp4Wdpo2/sXB49mW3vGLhC1F0hqkmlfT8+tP8HVSH8gTHSV3x2+UXblXtqHCVPyF+dvyC7UxmWpqqnrqXdm1I6TBbT29l6Cpof8AJ/tYxQzU1OITp/bccsrWf3h4pJVaFgwCitKcftrnA/Knz6bhPZ+fV7/sm6d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9Xfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdV4fzYdnRb+/l4fKLa0+UrMNBW7DhrJ8hjiwyEUOFztJmpI6HT9ZJBT+MAkCzG5A9mW0/wC5yn5H/B1ST+zPWhh/IF7VpKP+cL8eqSlqpnnyeI7v2R/DF+6EVNgMvsmqmkeojjqYo/K09PDI9o25BNyQthTuCarJwftH5Z9Dmg6TRV8QHr6bvPFyCbckfQn8kf4ewL0s6796691737r3Xvfuvde9+691737r3WuX/wAKd/jxTd3/AMuqq3E1LkKvI9Rbyh3XjkoUaQRGvo/sKieZV+gAUDV7q/CvTUo7a+nVLn/CSDuag2l2J2n8fq7Lpo3dh1z2LodaIBl8ACZIKkSFT5jzoCBgSPqPdVNG+3qkTdxHr1vr+3OlHXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QI/JPrGn7o6D7e6pq8bDmaffnX27NunDTSeBcrUV+CqIqChFUDeEtUeIiVQWW1wL+/EVFOtEVFOvktfC/Kbk+C38xboqr3Zhcxhuxvjv2/hsdBiYNwNi6enqovPt7O0UuRyD04kxeSSRkrVnCt4kX0G5Htqp49JdRBr+3r6TX84b5TbU6P/lCfLDuSHcZij3d8c8rsnYOZqaowVOV3X27gF2btVTNipPKtRLUV6u5pmJUhpAfGpcGNiwF0hP+HTXBoK+VeFfn0qY1THn1rKf8JZNu7v7J+Z3eHYlRsxcR1X0x8PeuOkuvKWfNYvI0u0o9zbqxmWzNLV11FJJJPl56XFy6pyGOpVjkZV59nu4eJbwrpJVAFCrx7hXj6gCgzxoT01FQtXiTWp634aeLwwRREIrKg1iIWj8reuZkB/Bcsef6+w251MSP9Q8v5dKeuTF9UejTp1HyaidWnSdOi35vb6/j3SvVa560C/8AhWP0Au1/l30D8ncchxmJ3D0jFsLc1X90sEOb3Fgt919VjolWRlVqijxmQlcX5Eekjj20/wAVPXpNOAG4dWg/8JPu9U3l8Mu2fjvlIv4bvX46fInsDO5nCTVP8RU7M+Q0S9p7B3BiKk62jp3mbMQFfQr6/IbyMQbKajpyNtS9bWnvfTnXvfuvde9+691q+/8ACgrcWaj7a+G3X8MdOu2d67e7oyu5Mk+QroK6hG15sHQ4qOhoYE8El5cnrLTuCBr0m4UETbKa27/I/wCHpNceXRlv+E80O/Jfhj2DmuwZUqsllflx8lItvRULwyYTbWyMLuChwm38Dt+qj9VRQt9u0xMlnWoMmpAbn2l3gtqCkjAGPzah+R00r5cR6dOQ00Y6vuB9ko6fB68XEY8jEAJY3YhR9eASeOTx731vr5TX84fdE2U/mUfJXa8UtP8AxTD9m5HG7gMj3/gtfE0OQnpJZUuBKsUiMyA6jxpB9nnLw/tif6P/AD90gf4jXr6A38ljNUG5f5anxZycFVJl8TW7XyEmJqqqmnpZpExm4anEVDVlNWqrr+/r0alN0Gr8j3rdNa3WpDQhQD+ZJx+zpTD/AGY61zfjFLvnfX80X4l4el3RjayfAfzDPmdvHNYXNwUlDlaTb3Xa9lYuto8B9vrSeMrlIEhkmdJtTAlVS59mc+j6B68NC0/OlK0/n0xH/a0+Z63f8RTw0uPhihSSK4800ckryvHU1CionQsxIFmb6KdI+g9hadmaQk/YPsGB0s4Dpw9p+q9e9+690CPePfnUfQXUnZXcfcW+Mb1/1j1ntzKbg3lvDKVUdFTYvG4yeXH1K07TAmSqkrIjQ0tMiNJPOyRwq5YX917hnqjX+RpuHu75u1XyI/mbfJvZOKxdZ3rvrfHXfxFp8nRZHE7x6t+KG388tPDsWlxr0qQLRVVVonSsad56iWKV+IJAToZOrqi5JbjX/VjrY0ihjiUpFGqBnaRgoA1ySG7yNb6sx5Y/k+99X60gv+FPHymoKzM4/wCONFnaCoo6fHZQZbb+U8sFEzVUQqKiSplBW0cNOlRIRe7MFVVbV7Gu3xaYFrxIBPzr/sdJZmJeg8urNv8AhMT8GMf8T/5bu3t61L4nJ77+S+7qruzLZenSpglqdoNTRUvTtBLLMrSRQnEpHXSxIGUNUEC7ByQ7uUfhziPiVWlaUrk0/YKL9g6UR5Gr1/1f7PWyNSQimpKWnEUUAgpoIRBAzvBCIohGIoXkCsUW2lSygkAXAPHsv6d6ke/de61tv+FS/wAdKfvD+VV2/umNzSZvojLbd7fx9VCJmaqxWCrI8ZuPGZH7dGbxeCsWogBBW6OWKcEtuPPpqVagdfNt/lz9n5Tob5vfHTfSoGO3OzNrZqnvpCSxy1iJT1kHlKjS8TkqWtweefdDwr0mOMjy6+1/trNx7l29g9xQCMU2exGNzFN431jw5Ghjqxqb6XDOw4JFgOb39vDIr0uGRXp6dSylQQNVg1wTdCbOOCPqLgH8fX3vr3VSH81v+Vd0F/M26TqNn9tbYoMR2dgMZuCLqPufFyU657qvMSYt5aHI1OWeKlmqsfVTRQwVmPqpHgGoSghkBNGFeHTbpqyOPXyZPlH8XPlB8B+0NwfH75Gdf5jrvdONzFJmKejyFHNV7X3vHgpycTvjYe5oQKbI0LK7AVeOqPoTFKEcFVoR6dagBS5jf0Zf8I63EP5EX/CjfdEyU/x8+e2+8ZnsXQJgsLsLuPKUcVPv5aWko2o5MN2NkY3WPLRxKIBj8o0azxRRmnkWQMHW6SlDnh0MpLaO9hLr2kVoo/CeOePE1NQBUEeY63v9gb52jv3aWO3fs3cuK3RtzLU8eRocthq6mydM9NWxioplLUTPpbQwIRvUPyPd3IY6hwPQYvI2inMbChAH544/n0uvdOk3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ST/P8A/kjmPjP/ACzO/wDfO0JqJN21NPQ7XxtDXU2RMGUpN0Tnbu4KeOsx6jwzfaVMkvmaRNEaM+sMF96alKHqj4X7elh/IP6pyHTH8pT4UbMzGN3BhczkOpv9IOTw24snT5Srxk3Y25a7dUEVJNRaohSSwzx1FGnkZ1jks4V9QHhw62nwjq4b3vq3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3RT/nXOtN8O/kZO8NPOkXV242aKriSeAr9vZi8b8Gw5H9Dz7MNr/wBzk/P/AAHqknwH7Ovm7/yEN07Up/5yfT0j0UIydbuzfuGx0oACwyZvbNbj6gIn4sr+i36TyPYwvAwtG9CD0mjwy16+phSBlpKRXOp1pKZXb/VOsChj/sT7AUmZGI9T/h6WdSPdOvde9+691737r3Xvfuvde9+690Vj5q9f0va/xa7765rKeGsj3R1NvekoqaRQWbcEWGkrduzRsQbaJ4CWFvUOPejw6qwqhHXzaf5HHeOM6C/mO7Hr8pNDQ47J9iZHA5GV4RIsWOrJikjAG1isjk6vrbj2JodntHs45wDrZAa6sVI9PSvSRW0sCOHX1M42qDUFW0tTCByJAApMxqP2hp/p4rc/19h9ggXHGv8AKmf59LT1K9tde697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XusckaOYmYKWilSWJmv6HW4LLb86Sw/1iffuvdfMH/4U3fF7I/Hv5x1Pbzbbkp9p9xNV7v28+Np7UtQpyX2btJPGQfLr8pf6GzJ/sTzbNutLm2aW4DEhiMHyx5fn+zo62za7O6tmnuAxIanaTwx5D7emH5r/AMxrd/y6/krfE74u19TRdgb52J2lh8V2ZufNZKRt2YnZHVGLrm673atO0i3ydfS1EuPysUnm+zpqGnAUmqLru926O0g+ogqShBqT86cKZ/2et7htkNraGaAE6aGpJ4HHCmeNPz+XWw5/wkC6khp/hf2T8gctW5TKZjsjsrKbDo4slBDHSY6h6xEYyb0ssAUVT1VdXGV5pBqjVI4h9D7L5dxvLiPw5WBHGoAB/aPt6D8a0q3W3zDEIIliDyyBdfrmcyStrcv6nP1tew/oAB+PaRjqNenesvuvXutUf/hWz8cqHur4I9d9iQV82Jzvx97swW5XmMXkpcxh+xNtZLac2FEKkGWoeooKQxMf80P6+Qj3pzivTcvw16pL/wCEsHeVN1t8zMntaq3vBg6Dvzr0ddSbZloBV1G8t6bdphmtnV8tTIbxri6XE56GH/aJEivYc0Bo1OmojR89fRjp5zP5/wBp4xBUS0waTSPM0DaJJUVfouoEC/8AT250p6k+/de697917rU2/wCFCO9sFX98dFbBow8e8to9a5jMJVu5enp8N2puamw1QGp+LsZcFCyNcaQHt+s+xTs4/wAVr8yP2Z/y9Jbg5A+XVuX8m7qbrzqT4IdNYPrqOnOInruyNwTzUs9RLHJmt77p/vHuSqlNQ7sZJ6pVcEn0KdC2BNy/d2YzsD5hT9tKj+Venoh+mD1auPZP04OuMyJJGY3CMjlFIkvoJMgC3sD+bW/xt7t1fr5Rv857r3L9f/zJ/mNBT4rO1idkfKTcXbUVRlP4XUT1mJzNLQ0uLhxdRRyPMtOtZ9xrMwXREiKASXPs+5fNTN/tf+fukUmXI9P89evoDfybd77M3x/Lp+NmR2PvTD7mwbbf3Jt+o3BhERsZi9yYjJqc1QQvUogl8UqSgMyaSbW1LYnV+aytIorpCnjxHcPL0PT8PwAfb1rCfCTAQ47/AIUU7Y6P3Fu7Aybw6d+V38x/t+uxtBlo8nWriN7bafcmw8NIaYhY2qaDNNM0dyEeCVGs4IBa26XjxG3YjSQB8PkPn+XTSr+rX5/5+t96g1infWrIRU1caoxuVip6hqWAD/XjRT/rkn8+0rMWNT0q8upftvqvTbkJ5KVTUvVxUGPo6eWsr6qWFZVWCD1SLdv02UFibH/W9762B69asv8ANH/mFda/LPvXrf8Alc/GzrHb/wAy+5d474ps1urqOrmhperdiUuysguZo+w/kJnqwRwtjcAVXcVPhaSQySLGn3ZWSWGJ6EluHTT1fC8P9X+r/D1spdK7K/0cdebU2P8AxCmy8238FQUmRy1Bj8dhqDK5QU8f3uVo8JjLRUdNUPqNDTINKU6qASefdgKCnVwKCnSr3xuum2XtTdG66xwtFtrBVmUqOLkNDGXQ3/wHNre9jj1vgKnr5cXy5h3V/M7/AJptJ1jsypy+8cXvntDbW0K2peuqYZocDXZunGYqoqqmZJIylKkvrQiwvx7HxVFgIbAoeGMdIgSWqOJ6+oN1P1rt/qHYO2euNq0lNQ7c2XhcPtXb1PTKyrDt/beMiw+Ep5ixOuSKCJVklNjI13b1En2CbqbxpdYxjh8/Ony9OlgGkU6EgH2wD1cHrv3vrfRU/mx1nie3PiX8nes8rTU9VTdj9Kb82cyVpU0sVVuPbU2EoaltQIQRTNDLq/BXV7q3A9UYVBHXxV9mRZHbe/dkZahpFzdTsrK4O9HRVrvV5iWmq4ozR0sw9SqJ0m0WHpWyji3tdtdrFeXJimrTSTg0zUf5+kjGpJ4V6+1P8Ft3Vu/fht8Yd6ZOilxeU3R0b1pnsnip2ZpsXkMttGkyFXQys3N0eUkX+gIH0Htu6hWCdokFFBNM1xUjpXHlAejW+0/V+otTTR1OnU8sZUgFoWjBkivd6eXyKwaNv7S25/qPeqjrRI6Ib8//AOXR8Zv5jHROS6M+QGxMdnMf5psltXd1CkOK3tsDcxV5abcm2NyY2NauF/MyvWUav4KtB454nFiKkV4darmo4jgevldfzPf5PHyy/lY9uVWP3TtzKbr6jzNdWVXVnc2zqPI5bAbkwT1rxUlJuSWgR1xeWiUAS0NTp1KpkUm4u3Shz0oTdL63fUhAJ+Qp0aL+UV/Pm7u/l4b1Gyd3nL716j3Jm8NFujb+YzVS0WMTExNSh8YkykUpIv5Qi+q3q9nW3WllcRAS6g5JzXtPGn54/PoytRbbofFvKiZ8VBohpWgp5H/D19LD4Q/P7ov54bCwu++mt14zJmsxIr83tlJRJlsDOSVMM5CqHUEfqA/17e93u3C1jLipoR/P16bvttFpEZFqaEU+w+v+fo9nso6KOve/de697917r3v3Xuve/de697917r3v3Xuve/de6+ft/wAKh/kAflp87fjx/L425vqtx3TPTGe66b5IZ7A0MuZTAdod37np8Nsza32ePqE/iFdHiaylC42OMyxzVLSz+iBjHVumnPdjiP8AN/k63yutNtY/Y+ydn7Kxjf7jNr7S2xtzCx/bpRLHids7YoMHDEmLhUR0IURL/kak6CxtwSBbpzy6X/v3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690AnykpKat+OndEFXG01P/AKO9zyPCiGRptGLkIi0Le9/p9Pa/bSReJTzqP5dVb4D18zv+Tm+z1/nB9OTsj7WXB9sVmQWqeGSSQ1TSVVJGFhUXJaRo00gfm54B9jK4BNs34qg49ccOkifGD19T4BlAVyGdQA7AWDOBZiB+Ln3H5pU06W9d+9de697917r3v3Xuve/de697917poytBJXxyQWWWmmo62CanbSNby0ctPFpZuPV5SrX/ABb6c+/de6+RP8kumIP5fn8yzuLrjJUL5aPYneWQyFKzTFadqHcWbO9cBjEqUOlhj6OWFGkQ6WYFQSePY9samwiBPBB/g/1AfIdKE2TcZUEkaAq2R3Lw8vPr6w/x87Ip+3Om+tex6ek+y/vrsTam56mDS6hMjlsNFNlEj1W1Ik+tUccMORcc+whfwmGYgnzNPs8v5dVnt5rchJhQ/aD/AIOho9oemeve/de697917r3v3XuiM/PXuug6Y676xiqexNw9S13a/eHX/UWH7F21t2LcdZtqv3XUyOk9XBPFNHFSyCDxzSSJpsQGIB96Y0HVHNBxpXo7OOgkpaCjppp3q56enjhqKySnipZK6piGipyD00ACIaiQNOVQW9fHvfV+pvv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3XuqT/wCeV/Ljk/mF/EncGB2XtfEZnu7rinfcPVtXX1uLxUtRKVY5XbRyGTglRIqtAtjJIiKw1Fhz7OdsvobUFJjQGp4E/wCD/N0dbVfxWgKSnBPoT/q/Z18u/bfxT+btD8j8p8beuPjf3Rl+8sHulNsZ3rA9e7izD7Wz8+UTD0uRyrRUzUceO80sU0eUqJFozCUmMviIb2p3Lc7We2MEB1aqDIIpQjhjz+fDp7c90tZ7VoLclg9ARQjTQg4FPOn5dfXe/lyfD/aPwR+HvTPxl2lgsXhZNhbVx0m9qnE00VPTbo7OzVKmU7E3WbSSSOarJyTRq8jcpEhQePT7DowKdB1RpUDo8Xv3Vuve/de6L78oOgNpfJrontDpLeWLXK4XsPbsmMlp2eKMrWwWfHSxSzcIyuB6/wAc+/EVFOtEahp6+Rz8ePkXv/4HfObbW9aja52buL4mfL3GPvDC7mrKbMf3aweK3fLsfsrCy1FGdFTE+NkyEX3FKXUK6TxsylWLdKGvSYKVcev+r/iuvsLbDzm3t07bx269oVlPltpbsosduXbW4KHJ0eYxm4MNlKCM4zK4nIUDyRTUktKlO9LPFIySxssiuwYsXOlXHI6WXv3Xuve/de60uP5/u6cxnflv2fHjZMZjKboT4i7Uyy1NZksekGY3FuDcFduGhociS+qmAp1fQk4UsBdeJEuLdpXTZqf4iT/k/wAnSScVk+wdbJ38sZ40+BvxIhMOKiq6nobZuYqlwNPNTYhJ8tTfd5HxRzgeoVhmQ6b3tqB0sD7KN1H67uDioGfWnl8qGv29KI6eGOj8+ynq/XCRmWKRlGoqpNv8Byx/21z72OHWxw60FP8AhRX8ecrsv5jJ2rjsdPPj98bRp8xSPA0EjyrQQLClW0akODBVtH5UI1LGWlI8aMwNdqvLeyMv1Bpq00wTwrXh9vSSYEP0fT/hKn8u9hbo+NXc/wACM7W43HdsfHjsHsnfdXTRuaXI7n687T3euUi3lQLWL4pFo5qgwSmLXp1U+pNMseut3cW85Bic1OocCBSrEeXE6qH9uOn4qntHnw/wdV/9P4HGdCf8LGd8NvnGVmLqu+8f2BuXqvw4bM0uFTcXYnTxmpajI08lJStX0ROMzFOaumAger0S+ZvG59lYBrQ8a9KvorkNQgZBbBBGkVrmtMeY4jrfWwdXDS46ioZ/uoJ0jCxUlX/lFbHFwPHNPDqWZla5eRPT6lHt8QSsuoDHVvppSNQoQPmP8PRRfmL/ADDfiB8G+usl2B8ku7trdc0NH4GpsJUVEmQ3zlCalIWOB2BjhJlcgya9fgjpbSAFSQtyLvaTxRmV17RSpqPM0H2/6q9be0uIYjM69opmo8zQf6v29aHnz+/4UQfOT+aNn8v8Ov5XXTHavXPWm68zS7Sm3VsLF5jJfILsbAZyY4AxZut2qj0Wy8RkZ6gtO9C8VQID4amuEJmiKQnpAXrj/V/s/wCD5062fP5LP8kCg/l1PnvkX3Xu+ft75t9u7M2jtjsXe88NBFsjYm3qWPH1+V2R1/jKKVJa4sKKkpMjncpElVNV0iTQQLAztN4CnV1BAz1sR2Vfoqrey+lQL2FlHH9BwP6e/MwUgHzNB1bqqP8AnEfIat+O/wAN+yNw4mZKfI53GNhYmmUqsksxBiWNzwb/AJN7C1j7NNv2fcd1YrYIHK8e5VwM+ZHp1SUlU+3rVG/4TD/HLcXc/wA7e6vkfm6TMQbS6S23RVozUeNeTb2c7Y3rkmnmwH8Z/wA0KujpddVJArFwhUkAG/szu93s5bYxwksWBHAigPnkdMRLVq+nX0D6dGjEsZTSgmd421BtYmPmc2H0szMLH/X9h2QhiCONM/lj/B0qPUj2317ru/vdet16wVaxSUdYk3h8LUdUspqF1U4jMDBzOv5QC5Yf0v73Xrdevhz997ZpOtu3e+9vY/K1dNkev+++2dq0al2pZqLE4TeNVS42qpIGAZfJK0mpB6m9LAWv7VbbcpbTNI5pVaD7ar/kr0j4sB/q9OvsEfyitxUO6/5Y/wAGc9j8tLnIa342dVRS5KWTyvLV4/adNjaqEsbEeF4TCVbkFCD79dzJPL4iGooB51wM1r51rnpVGewdWME+0pPVieuPuvVeuvfuvdIrsTrnZHbGzs11/wBi7bxm7Nn7ipJaLL4TKwCamqYZkKEqfqji/DqQR78c4PWiARQ9aHv87H/hMbkcDi8v8hvgPtl8/isNS1+a371PTT1bbigpVkMhzO0KVRoqmgSwlpYi08ltaoQCQe2F5Yx2gtrokUJIIBNKnyp0eWF1YRWQtrqo0kkEAmlfSmetT74m/NL5Ify9+zcjLtPcu8dkZrbeSqKDObdWepopcbkIC0ORw+bxkqrJHUDSyGKRbq31+nutxeJdWjWaEu1RpJrkDiKmhr6cSSadMXW4pNYtahizVGls8Ac1Jof8Ppw63+f5cf8Awps6O79x+z9j/ISgOxdxSY2kpK/fE1cJYqjJMRTxy5GgRSULt+prgAcn2l/dG5AVaMf70v8An6JBMODdbRmzOwtlb/wGN3Jsvc2I3RhMnSx1VHksNXU+RgmhdAwcvSFgPqL/AO8ce0ZicMUPFSQcjy6Wm3mVQ5XtIBB8iCKjPSuiqIpiRG2oqAWFiCAeBcH3VkZfi6bZGUVYces3unVeve/de697917romwJP0AJP+w9749e6Id/MT+enUH8vb417s7y7Nyh/jkkP92eo9k0VHW1+5uyu1M9SyxbP2ftvGUUM0ksss6+WeRkEUMSM8rqLH2phsrq5r4C6qV8x5fP8+qu2gZ60cP+E/Xxtyfzf+bNB2NvGTHbs6S+JPdNT8pu5M3naQZHNdnfM7tVqyj6p2/X1dRRTPNR7UjiqKkM05iiqICxb96KyV4mikMcgypofPh/s9NICSCw/wBX/F/5evpA8XJsLsSxNgCSfqTb37p/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690k9+UlNkNk7uoK2FKikrds5+nqYJBdJYnxM2pGH5Bt7UWpK3CMOII/wAPXqVBHy6+VP8AGKUUX85nrGkwFRRbdlxnyKoYIqYTNEmUgm3Y0X2w1clrXAC+x5J/uOa5x/k6QDiKevX1hn/W/wDwZv8Ae/cedLzx64+9de697917r3v3Xuve/de697917r3v3XuvnU/8Kz+jaHrr5J7N7uxVJ9qvb1PDHPX0tHJonzeClGOyFTVVKixliQKn1tYC/sb7Wxa2QHyUD/N0OdsctapXyUf7H8s9bMf/AAm3+RO7fkL/ACxeq59/TwVO8OscruTrSrmjrkqqibA4LJa9q1VZEzGWOSWkkBIZQvFkJHsl3yPRIrcK1x9n+xTok32MpIrHzr/L/Yp1fn7IuiHr3v3Xuve/de64OWVbqAxBW4PHpLgSN/sFuf8AYe/de6pU+T/fVNuP+bl/Lw+LeMpJazMbX6179+S+867buXrRVYjbWM2xDhcJjMxiXkWjlpMhWmnMc06GVGS0TIHa9T8QHTbf2ijq5/GRiKgp4gSREJY7t+pjHOyFmuz8kjm7n/H3bpzqf7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917riQ1wUbQwYEnSGuB/Z59+690yvgqcCqNLI1JPU0cdA1YIxNWiljhkjWJ65is8nqfX+7K1ioAA+o917pzgpzA0jGV5A6wIitwkMcEXjVUW/5N2ZvqSf8B7917qT7917r3v3XuvfTm17fj6X/AML+/de6+aB/wqa+D83Rvz1pflhQbXXbXTHy92NjcNu3ctPlKGsxUPyVw9G8G7cJlMbTOzUlRVYKnx1UHEYilcSTK5YuPdTx6YlBrUf6vX/V8+th/wD4SxfzBx8g/gnVfFrszMV1X3r8KMhS7ArqXJyJPlNwdMZSqWl6lzOMjV9fgxsbHAyF4wCtPBIGcysRsU6cRgwx1tPghgCCCCLgjkEH8j3vq/UWrmmhVDCkbM3nu8zMkMPjpJJo5JmX6IXVEY/0P9ffuvdfM4/mnfLnFdlfzXf5pGOpsbtumx9D/cboXaL5OOaly2Z3J1t17SbCz8VZGHKT08lf/EJ43dNSRJFb6H2LtncyWQxhGI/yn/COkk9NdfX/AIrr6HvxL2tjuu/jn0F1xjaekpKfZvT2wduIlIWlgq5sZsvGVVbWUczfqgeaqkdHvzcf19kd+rGWSQ57vyFagfn2jpUuEA6Mr7Let9Y5UMiMiu0ZbT61AJsGBZbH/VAFT/gffuvdVFfzj/5ckf8AML+MeT2z13S7fw/yg6/Z93/H/fe4XyFJhsZuKjCU+T23nqujvCaTK0TS0njq0eMMRJYaCfemGodUdQ4+fXzH+1Osvnn/AC8O+N1dwxbL7F+OPbe2ZK7ZmX3DjEraXFVKz4lcduJNvZIRyUeVoatBFLAbtEhjiIUslw35aeqQMUmQGuGHDjg+XQvdJ/zkO6NnfOHq75wbnw+1t79w7L6ky/T38W3JhcBBNLi85V1E9Tn5ziaWhtlViq6unWuBMnjldQQGI97BYZHUjNbwTEPxNCKH0JBII9cDqwTv7/hQt/Mz+TmK3js/q7dqdYbZ3HV1WJmPTu1sZt7eWF2/nap6mqoMV2FEKrIRH16FlWQOukHg3PsW7NEkln4kgFSzfy4GnCorx68tpAgoRX7fUClRXzA6DP4kf8J2vl//ADDM3juwN17uyu1du7j3JRncnZvZeR3Hnt2JhzKJ8xWCXcEk8uQqhCGFPqdQZGGr08e67rDClo1KlqilSSeIrxJr69E27W9utkxFS1RQliTTUK8Sa+uKdfQE/lj/AMqf4tfyuOqNwde/HbGblrNxbxyK1vY/bG+pFqd/b9yWPVYsfJV1EKwpTY6msxpaCkSOK7uz+R21+wwMdBdRp6s2o6SGhpKejp44ooKaJYo44IlghVVH0jhUkKL3OkHj37rfWR9euLSF06jrJvqHp9Om3+P1v7Ymrrj/ANN17rUF/wCFNPyb25QbRx/SOWq6xaODGLmnp6UALUyvEJJVYn68E/4gi3uXeRbYRoXA7mDkn7AafsHSeZ86fTqwX/hOB0vkesP5afTe7tx7f29t/c/dabj7RnO36XwtujatbnJcV1ru3caklYsu2ESOkqVhsrxiN29XPuJkFFHTkQolfXq/r3fpzr3v3Xuve/de6j1Su9JVxxyeGSSkqo45iwQRO8DKkpdgQukkG5BA+tve+vDr4yn81brCt2H8/P5hmx6SLLYrE4b5N7oylJhs/PpyUdZvzMJuGomR6hfNVU/lq6URzauIXgk+kh9t4BB6TmisPl/n6+nb/IK7V2727/KN+Fuc23Tpi4NsdX0nWeV29qV5tvbh60nbZubpaqUAMz1s9I2YBcAhKxF/Sq+7jh08nwADq4b37q3Xvfuvde9+691737r3UF6ISVbVUjRMfF4I1NMvkSB1tPC0+q7K55IK8e/de6pO/mS/yGPhV/MbpU3VvXHZzqvvWmgahpO6urYMfhc1k6OoVIUwu9MHTQ/a5TFwhbQU8qq8QZj52vb2rsJhbXSzH8NfOnl/qx58OqsgbAx1od/Oj/hN1/Mf+Eu4cvnOpdr1/wAhuoaVs5lJd99W0yxZDAYnBxnJrUbn2nXPA8bNTrrUY55tZDKsZcAESwT1KizZdL5KmlFrxIWoIHrQ8anSa9NMuP1B/q/1eo6J/wDDf+bv8yPiPu5YNvdp7vxFHtcVlJWbcrJpvsaYUcwpqmgyOMyrRyReIqY3iaIupFigII9hG6LG6kfgSzHz9fnQ/tz69Dfb7i3ntEhag0KtTUEUAAz8/wDVXrdz/l9f8KifjN3JisPtb5KB+u97y1VJg23NF4EwFSY0Hmy+akmYGBWLXuilfrxf3QyswAfy8+ivfLaG0EbKKByfPGAPLy62duqe8eqO8drY/e3UHYezeztq5dKiTGZjYmdoc/SVEdHWyY2sbzQup/anhlikBjBVlZTyL+9gg8OiIEEVGeha9+631737r3QWdkdv7D6l2nmd89jbt2ds7aOCaSDJZvcm68Pt2ihqgRamWv3I9FSeQKdRRqgE/pXUxAL0ETTTLEvFj8/8lT/LrRIUVPXzY/5zn817N/PP5T4zob4pblyvd+Oy27abrfrrbvXorfHu3M5WZMFT4ilerphdKmqkiYPSSSI5TWZ4kTURZHcWloBBH3NWlFzQ+ZJ4CmSfMDiOk7K8h1HA633P5XvwH6s/l2/D/rDofrXA1eBy70FLvft2urMrSZvM7m7g3Jh6Yb7q87m6VdFWKWqiNBRhWKxQwIqE8sQteOJLuSQfiYnz/LjnIz0+oooHViftN1br3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Sf3L68cKUx+SKvqqeiqQRqQU07HzrMDxokUGJweCHseD7VWgBlr6Co+3/Vnr3XyYusto1tV/Nm6S3JSzZLHx4f+YrgMduPc9Ek1bksftfHd9VdNTR4/Gob1NJURJJTVr8pHFGgb0+xtJqMICmg4njwp8vn60HSEUDGvX1v3/UxIsSSSP6Enkcf09gA8el3XH3rr3Xvfuvde9+691737r3Xvfuvde9+691RR/Pp+AcXzo+EO60xFJVL2H0pnKrszYgoYTSVuRxsVMcfu/blbKo1NT1Kr94mlrHQrkH6+xBtV0IpljJ+IAca9w4U/I0PzHThuLqNNUMjLT0JGOH8vL5datH/AAm5+ZWT+Kny7yXxk31kP4ds/uCqxuBr8S0hppcfvSghkpMAIndlD/5UzJWJ9bEFr/T27zCf04W9S3+AdJvq7mZgJ3Zx/SJOfz6+jNS+f7eMVRjaqAK1Ji1eHzqxEoiDc6Qf0/4ew106epHv3Xuve/de6as5VigxGRr3qI6SCgpmr6yokUukWOomFVkzpHNzTJKq2+hIPt2FQ8oQitcfmeH86de4Z61qP5eOCofkt/Og/mWfMOvo46nHdS9V/G/4qdI4mTInLSYrrndtE+4uxMzlqedmloqmpfExxBLLrc1V9RjY+zu9tbe3hUkKHIbPCpAJwPmSB59oAx00hDuWH+qvWyzhYHpsVQQSJ45Up0MqaShE0hMsxcH+2XZmcn6sSfz7JJ9HjNo4VNP9j5dO9Oftrr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69117917qoH+dn/AC42/mSfAbs/ojZWM2me58ccRvXo7JbnVaGhouyNuVdP9pFJn44J5KD+IY6KoxMlUE0lJVjmIiJt6nWiK9fPN/lv/Pfef8s359YLufeu3N5U/XeJxm4fjP8AL3ZWDilossu3cDNBj8xkKSiWSCpfKbVzFOmSWR7SUyKgjZBLy2uMdJ0JU0P+r5f6vTr6qfTPeHT3e3V+xe2emuxdrdi9b79wVDmNn7s2xlYMnjsxj5oY7FWgeR0njLrHUwTWlikukoVwR7cr0pGRUdK/fGSpcHtrNZuv0SUGJw2Traulkm+1Srip4VrGp5a0/wCZidIXjlY+kq5Dce/cM9eHXx8+yE3F8sv5nW/t119FS7c3V8gfmXU7eeFKtM9S0uc7g7KbYe2koSWvI0dPXidGDXL07MpBUWtFdXMK6YZGUHNASB0kNWPrX/i+vsE7L2xSbS23tDbtLQwwLtra2G2tA8cCR/bUeDw1Nj46eEqBpjPgRQo49AH4HvbSSMKMxNTU58/X7ePSvgKdLL3Tr3XvfuvdYZqeCoVknhjmV43hdZEDq0UljJGwbgqbC4P9PfuvdAn3N8b+jvkFh2wvcfWW19+4+OjqaGKLNYuiq5Uo6mBoJqeCSZGKgqxAAta/HvRAPHrwwQw4jh1TH2B/wml/lZ74yEldX9N7m8NZlkylThsXu2u27SRU6Rshx+Nym32pZ6Q6mBDq7jSCNBPqGtA6UfWXv+/5P97P+fo5/wAY/wCUT/L5+Hu3q7DdSfHXBwQV1ZPUu+6q/dnalctTMFP3Brd3yVdRqBUWKaY1+kYW59vxzzRLojdlHoCQP2Dr31l35yuftYn/AC9WUYjA4PBY6lxWEw+Mw+MpIfFTY/GUFPQUVPGy2ZIaWnVVQH8gD/X96eWWTMjFvtNem3llkNZGLfaa9OwAH0/oB/sB9PbfTfXfv3XuotTUQQNTrM2kzziKD9QEk4QyLEWHA1BTa/B9uRxGQkgV05+zyqOtj59fNE/nj9x7h+SfzHxHUGUqjQ5DdO7MjsvEwbaojuXOUOGyuT/u1SZGDC43yzxRQpGKmN1QfrMi/qv7kGzlntIybZ2QAHgaeXypx8+kDFi2o9fQ9+L3SmH+PHQXRHReCpqiLD9N9QbH2FjJ5IDTSVH93cDHhq9skigAzzSqapweS7Fz6ufccjAA6WgUAHRiPe+t9e9+691737r3XY+o/wBcfi/+8e99e6+TR/wop2HiuqP5xvyzrsbjKmnj7BwHVfalZFUy1mRoqneG5ti0zbrrKaol/aSB8nQ1sCRchWBjj4Rh7NNlhjnuykyhhpOCK+a+v2npiXB/b/kPW31/wlC7oxG8/wCW/mtp09KcLD113LkNsGOaREFVkdx4alyq5eKBSWSOrml+2gdlAdoCATp9rN1tIo5F8BAtKkgClQKHy40ByerQHtIPW0ygIRA1ywRAxP1LBQGJ/wAb+w+aVNOneufvXXuve/de697917r3v3XuuiAwswBH9D72CRw691DqMbjqt0kq6Cjq3jUJG1VTQ1OhQ2sBBMGAsSSCBf3ZZHUUUkfZ17qrX5k/yb/5cfzhqsvmu+/ipszJ78zzSeTs3ZWLbY/YwqIAYhU1269q1NM0/kDGVDWK6s1jIC10ajVYlicnifPq7SOyhGY0Xhk4+wdaUvzV/wCEjvzV6N3NmewvgrunBfInrymrJsrj9gbozmD657f21jknedMQuY3caTAZ6Onh0Rff+bHzzkMf4dGApepFempTNLTxGLU9TX5ef+r5dU7435Q/zJP5bfZMNDubbXb/AMaM7tyaOKrwu5Nt7j25jsi1RKKtTjsgmmhqVkEgcS00zxuGLKbG3vyKNYHzHSfQVPb1db0p/wAKrfmtgcF/D8lV9a73z9VSSS4Y9nGpixT1AmRBU5fK0bipWnRCwP7iDUVJYfkbzbZYE6XVVrwpQHPpwr+w9eEko+fUren/AApe/mWbqy+5cbRbq6t2njspTV1NjqXq3Y8kUeG81GskE1Llt4VeSr5p/IzaKuCeOFl0COJGVi3l2uzTJStPX/KBg/sr1UzSHhjqs3YPxu/mF/zYOyqCj35u7unvClye5J6rRv7em8d4UeNqMgzz1tZjaHMzzU9MY4lawRVEcahVsqge2dytrSKxkeGNQ4AoQACMjgePWgWZhTj1vRfyZv5DHx9/lm7bo+x927awPY3yiq8tk8lSdkZvC4bM5Xr7F5PHnGJgtnZSSnaehJgkkSrkglXyXAa+n2E1lmCGPWdJ4iuP9WOlaqeLZPWwbDEkEaxRqqRpq0oiqiqCxayqvA+vupJJqcnq3WX3rr3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/S35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TbkqGTIR00UcqxeKsiqJA6lhKkSNpiFvoS5U3P9Pb0MoiYsRWop/g6918wHvXcnXvxj/mj5afce1qr+BbR+RZyU1XFk66i8mRptzncE1ZFS0NiFE9VJIOdX+P09nY5gi06DE2McR/m6QkUOevqBYysiyOMxmQgmWpgr8dQVsNSiyIlRFV0iVEc6rNdwHDBgHOrnnn2QMQWJHn0u6ne69e697917r3v3Xuve/de697917r3v3XuoGSpKOtx1fR5CmgrcfV0lRTV1HVC9NVUk8ZiqKecWb0shIIsf9b3dHZGDrgjI63XFOvmQ/zoPiVvT+Vx/MLXu7r/AGhuCg6k7Y3HLv8A6P7ApsfXZHbz74J/ilR1KJoNBgz0ZBljpZyheJldRa59rdx3D66GOPTpKGpNcGoAx6dI2jKnHAdbsX8mT+aXsb+Zx8ScR2DicXX4bt/rKum647w6/ramhkz23d2Yuietwefmp42DHG5+hRKiirSgQ1PnpD+5CzMXjh0pU1HVxZ4J/PP1/r791br3v3XuqXv55/8AMPl/l7/y6e5O4tt0mLreytzZrbfSvVdPWT0WWx397uwqurtmq+jgmjfTR4LHZTKxIpLCWONSDpch63lWGdZWFQprQGn8+qtwI6rz/wCEs2K7E7P6r+c3zp7MzuVz2V+XvySoKXa+TyET08Gc2T0lhKnbNFuaipzGkf8AlGRyGSpJnhZkL0pHDA3VXu4G9CjTpCE0HyNMfM1BJPzp5dViGkEnz/1f5etqwCw9oOnD137117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rBUxyyQssEhjmFmjbySRKWHGmR4QWCkHnTz9Pfuvdalf89X+QrkPlZv6P5V/Fuili7Hy+0azE91bBp2oaSi31mduYvRtLszHx2jiGbdB9lm5HQrWQJGSPPqdqsDxHTMiFjqXrV3/AJZ/83z5QfyWe/8AfHxj7Jwv8Y6ixGQnxG6Ondy4aso6zZudRv7wzZrZVbH45IjkxII6p5FeKcMs0fpCH3UVGR1VWKivGv8Aq/b0fb+bb/wpL7G+T3ROR6S+IVRunpmm3oaCbfWbxOQqKjdlVgHp2jzG2Y8nLp+3oKzyMlUsXqZAFuBe/ixOOHXmkLY4DoGf+E3f8sbtH5H/ACt2l8u+xKbb1H0t8ct5YHfc9TnqKPKU+9N/0FLPVbM2zjqfJK6LPS5M4/KfdEsEEEgt5XW3hk48uvRjU1R5dfTUblj/AK5+t7/X839udKOuvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QS97bsxexen+yN45cTtSba2TuvMrHTpK801Vj9u1VVTQx+H1BmZbKwIsbe123rI9yBH+f2VFetMaKT8uvm5fHT4/VHyl/n4/F3YPXmYzu18z0RTbd7n7j3Bh6WplxtPhuta3/SxHTV04aKeJsrNWQUMslVVOi+eKMKRZAJJ5o1fSWIIWpA+EgmihvOpOQB5A+vSZFNOHE/n8z19OhjdmP9ST/tzf2DulXXXvXXuve/de697917rhIXWORo1DyLG5jQnSHkCkxoW/AJsCffuvdfOp/4V09Hsnzz6E7Io4JBke0/jTU7dqkhEEGOrarrPetZNFqH+cknip8yq3vb0v8AggA52M0v2P8AQP8AhXp+1sWv7gwqwSi6qkE+YHl9vRt/+Egu/wCgw8Xyf6qoMZAlTHhto7rzefNQ8hysGDq5cJR4lKNjpi8Ulc0vlUaiNSn+zY53WMSxiozUUPpXj9vS+TYZrQazIGrQYBHW8/Hfxx3sD40uFvpB0i4W/Nv6X9g48TT16KfPrn7117r3v3Xuve/de697917r3v3Xuve/de697917rr6/Xkf0PIP+uD7917oN979aba7DxFTt3e22Nlb32xVTq77W3jtrGZ7bfhVVIWpwmYgrKWpkEoaVZHgUqWsLkajsYIPp1o549VC99f8ACdX+Uj8gshuLPbl+I2yto7l3TO9ZmM91jn969fV8ta8wmaqolwdd9hSlzfyiHF3b6BlFwTFr8SNWdQ59SBX+VD9h1Y60FA4Y/wAHSs6O/kFfyu/j6lBHsL46Ubw40KYo907o3HvKauqTGgnr8xX7lmqJp55GWxKNHGEChY1IYs7+951jEcYAAFPPH2ZP8yc9V8JCanPVnfVXQ/UPR2OqMR1J1/tnYOMq5BNV0e38ZTUq1EgvYvNpMlrn6Brf4e0c97PcjTMa04eX+Dj1cKq/CKdC57Sdb697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Pfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdeBVWQswUB15JAF7/Tn3vrw446+Y1/Ne/hfX384XekW8qOjqNlVHc9FnZYqiOFoo8dU5ukhlEuuzaQgcF2P9r6/T2wRk9JmR9eFJz6Hr6XmyMimX2btTKxFDBktu4evpvHHHEn2tVj456UJFEAqgRsoAUAD290p6VPv3Xuve/de697917r3v3Xuve/de697917rHLGJopImaVFkQoXglkgmUMLaopoiGRv6MpBHv3XuiLfzBvgd0p/MM+Oe4PjR3djq8bK3HlcfuiPcm28jFid77I3rtqO22ux9rZKrDU5rqASTRVP3KN56aWSE3DsD7rRFRTr5uO6euPnh/wmZ/mR4HcW1a+PdnXG8cdU0eA33ueHNbT6b+S/WUo+9yWD3PU1HkXG5fD1EkSBwfNSVSQ1cANPUjyV4dNUKH/V/g8/8AJ/h38v5en86j4b/zD+v8fuXYXaW2Nk79pKOmj311JuvJwUW89nbmaNJMpjBjpIx/EcNCzrFQ7kp5UhrWuPBC4aNd19enA6nj1bdBnKFY4pajJYtlqIRW0ssFTGIpaEi61R8zfp4JLfpA/PuwBPAV6t180H/hT1/MGqvnv8yuq/gD8Vq3ee/drfHff2a2Vk9rYnDUWTx/YnyhzmZbbCV2zajDz11XlocdRS/wmlZkiUSyVjRxMJC5qQa06bbJoeH+r/UOt/H+XL8WMD8K/iF0R8ZduaHp+qOp9h7eztRBPHLSV2+WxbZTfmapljp4ArZPLVNXk6kXf96d+Ra3vY6uMDo9Hv3W+ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rE8McjwyMt3gLtGwZlt5EMbhgpGoEHlWuPza49+691VF89f5LP8vP+YdVPuX5AdCYyXsT+HDGf6W+usjk9h9r01JBTikxzwZ7ByLT18lGgApIMzSVlOgGkwsvp9+oOqlVOT0QP4+/8Jf8A+Wr0HvrC7kJ7w7NoMdQS49Nodwbw2nmcHuasqJWkq64HHYfHVKJ4WjjMEFQQAupSrMb6Kg8eq+GpNT1sM9YdTdb9MbOw/X/VWyNsde7KwCSQ4nbGz8TT4TDUyM5byPSU3+dmP1knlLO7XYtc+99XAoKDoRffut9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdEw/mA7vh2T8VOz8zMX0yYt8ZZCRrjysEmPqI2H0IaKV1sfyQRyAQbbOpa6NBWin/COqSGiGnWpV/wmg2rWbn/mL/zIOx6iomrpdtdc9aUeUr2QQVr5neu5K/IY7bVVkEAkqKWakoKeQwyMVTQsahRx7ONynjSPwqipKginw+Zb544en59NQg8fket6T2EelHXvfuvde9+691737r3XXv3XutHj/hYdsuKlpf5cve01HmNGK332h1JuDLU7TLi0O8NsY7cmGiKK4USGWGrkU6BrEciXIS3sx2uQR3ysxoCCD+fD+dOjDapPD3CMk0BBB/PAH7adV6f8JPew81tX5rd2dTy0ryYPdfUG7JazcITU1HlNp70wTUONZyLD79554NRN18gKkFVsKr4qYwykVFPMfPoXXoJj1L5H/P19I2md5KamkkTxSSU8DyRE3McjxBnjJ/Okkj2BmADED1PQDcAOQPU/4es3uvVeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/U35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TJuAlca7LbWk9M8d/prSYMt/d04k/6uI6WWABuQDwII/aOvmU/8KpvDs7+ZbhtixYiTGHfG3uu+yszvOKRFp6rbe49w1WFlwU07RnQYKjGfczKzlReM2Ia3tqQUkYHoTJNM1tCsWoaylSBwUEDj61pT5dfSf6byVDX9V9UzUMhlpa3rfa1ZQyjSyS0bYWmMMgkWwIZSGVgLMOQBe3uw4dBCX+1Y/M/4ehS9+6p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QDfIL429N/KPr/OdXd6ddbU7B2XmIZF+yzmOoK+rp53pjB9zRVGRpZvtJl1Hxzwkuhs49Qt78QDx60QGFD1oQfMT/hLX8vPhrkt29yfy8N75HvvbOa3rS4fD9JPmsLsfuHC7XrpWyONC7rzFfS4jcNDRSqaadJfta9wsM8VK5M2ipUnpp4yeHQCbI6m/nq5rsAfGLdHxx+X+HpKqky23a3cmfwm5YtlSUFXgY5s1C3YNJWvQVA8IEMApK8pIAgCKSx9iXY5YorVxKaUYmpI9B86/yp8+mSj/AJ+metlX+S7/AMJ5OofgNufbfyn7mxNFvv5UzxZjP7Wy8OQzUeI6dpd34o0dVt4YPLyOanNrTVE8NRk1t4WeaFNSnW6a9vLZleO1UKWPcaZOQcNXAqOHn5U6UIjihc1pw+XWzwhm8kiuqCBBGIGVyXPB1h1P0txb2S9OdZvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6916555PP1/x/1/fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VR384fsmk2x8a12n9xJDV7nyEeQMZgmdKukxhHjo4JowV+5kmZRFFIVVhf1cWI45GRWu7lzxWLH2FhX/B03IaLQefVY3/CZLrHce3ek/m523maWD7nsz5a5bb2MqUk27NjUi6x2vSYukFXW4h5K6qCZCsWKSGYqsXq0CwbUQ83kG6NDXA/LA61EDTraq9kvTvXvfuvde9+691737r3XRvY2FzY2BNgTbgE+/de61X/APhXHsqbMfyi5N3V5pY8v118jenM/Syid9UFTlsnkNtxz0ZRCHdY8i4IbSApY3JFjpuH7f8AB0tsiQ7MDSgU/sdOtXT/AITIbtk21/Og2LgqbLVmWwW+eke4qGOmgqZYaKsyWSxVPk/v8tj5Qqz6ZaAPCGB0ssUoI029+ioGGM16Ee4K7zMmrSqoWoD56hx+3h8hX16+pUv6V/PpXn+ptz7sePQPPHrl7117r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691EraOOuganlaREZkYtGVD3RtQsWBH+8e7A06dhlaCQSLQkevXz/8A/hYH0fuDf3yt+De3tgQVZ3V21szc+0lnqIZVw9bNFuaAUdJU5KlpGKSU2pqhYDM7tGZGjjuPU25q5Y+fSk7xdxQfTJQLTyrX9tcfIjrdC+C+dzW4viV8VsnlaWgpslSdHbL2xnIIq01EbZDauLXatdlcdVw+SOaKqmoPPFEzLIiSfuWcFBYcAR0h1F+88Wz/ADr0cn37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gqKaKqRUmXUEkSVDZCySpfS6FwbEAkXAvYn37r3WCmx8NGjRUrSQQEKqU0bf5NDHrMsiRwEFfWzMWYgtza9goFw1BpoPX5/t4/lw69XqWqKoAUWCgKo/AAFgB/re6kk8et165+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rHLKkMbyyGyRqXc/0UfU+/de615f5+m48Ht/qjr2tz02UQYLbXd27shR0lXJRYZ6HaW2R/d984UAJLVUwMGqQL5lFh+CPOQs3N2PPwl/4/01LTA6if8Je+saLaP8nPoDPTVuNyOf7U3b2/2nuDLYmajqJ5K7cvZ1XTwUORrIU8n3NPTY2mhqYpWZkfUtwAoUHb0S4Ex4y95+RYljT5Zp64z04AOtin2k631737r3Xvfuvde9+691737r3VJn/Ci7rHDdp/yZ/m9jMzWUWPO0uvsN2dia2vRzCmZ653hj900VJE6EaJ6wU70UBNwZJlUj1e9+R6WWOou6KaVRq/ZSv7K0r6DPl1843+Ut2NX9AfzNvhd2RQx1dFWx74652pUPS1ctTDkKPf9djdpZLHVCBuFFLlJCYQwtNYtdLxloE1BHr0MjEjINS5MdCT6DTg+X+rHX2JAugKl2OlVW721nStrvbi5/Nvbp49AJviP2nrv3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/1t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wmd/wAKx+tN1bkqfh/2Ptve2U2JF1bXbo3FLmcNSbeq8jHnxIlLg2x0OQKTvVpHJUtB5XMIGq2ljc0c06YlNCD1bd/wnrz+Qz/8rn44UmQnr66q2c/aWzsjXZLN0uZrchU0Xb249xY/NV5oQkcE9VQ5OkYxevSmhL+gW2pqOrxUKCnV4fu3TnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcH0aG8gDJb1ArrBH5BSxv/rW9+691qg/8KPtxzihbYYWKOgn+IvbWZjy9clVX0lJPld6w4KsSvx9NIGeEqYomneFzCWDxAMGIHnIah7m8QioMIFDwNXOD8vXpmU0YdWVf8J8tq4XaP8mX4DUWEw8WFiy/Ts27MhCkSxPXZrde8cpnctmJtJOpquaYzhiblWX6fT2BtzLUUN5LHSlTjQD5/bnyBrTHT56uX90611737r3Xvfuvde9+691737r3RI/5knWcXcfwM+XHWUm3KPdzbu+PfbtDRbbybeLFZXL0vX+RyeDjr6gAtF4q2CCemlSxWoSHkLcjdKgj5dL9scJdAtwOD9hIBp+RoflXr4+3xI37h9jfIL4eb9zlHuLc21trdv8AX+S3xi8XXzY3LVNXTdiUv2ckM9L5Jp1gKwOixqryFVjLqWVlbxXoSxSXBt4JASykaW9dRNAx9QD/AJz19tykr6TJ0tLkKKYT0mQpoa2kmCPH5aaojEsUnjlAZbhhdWAI+hF/bnHPQMYUYj0J6k+9da697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6/9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691qn/8ACrPDbepfih1VvDM1cuOqJt/SbVoKhVdqeepfFTZSKCrluqwn0FYv1GQsf06bGjg4PTE4wD0qP+En28IN1fy2M5FQVMl8J8n+z8PXUc1fBk5KGipsFRVVC14G/aWqZy6hlFtJA1fUbXq0QopHz62iPduneve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6xTiYwyimZEqPG3haRdSLLb0F1uLi/159+691qAf8KCNjb3qu+Nw9hybfp83s8fAbfm38dFWVFU9PQ7tfN11XUUC0tO8fr8csNSkrggtABo9V1HnIVfqryhoTEtDxHx+f8AxfTEo7hjy62Bf5VWJ2jg/wCWX8BMdsWlpqPbMfxE6AqKSClaV4TkK/rXHV24KgtMznXPkZKueQXsHcgAAW9gvfFMd1JGW1aSACBQFQKLTjjTSmTjzPT+CAR0f/2n691737r3Xvfuvde9+691737r3SS3pSCvwn2E0cU1BXV1JRZqnqIhNT1WAqy1Pm6Wojbgxy07SI9/wTwfp7cTj0rsf7fHGhp9vl/Pr4x/afXGS+L/AMlex8DhIAtP0f3T3JsrAV+BCFcfjtt9gZCnxRrJZPIDVwmCKeNiLqni/wAD7TU8vPoc26DTSgFCwFPQnzz5/wAuFBnr7Dnxl3km9Pjr8e91CV6qfcvTnWORrJZZhLOarJ7NhqqmoqJAo1O8sTljYXLE/wCu6OHUfSf2jU9T/h6MD791Tr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3WsN/wAKruoexu2f5eO1qXZmLpazbu3Pkx1PursmRpV+8p9j4jb+djqsrTxu2sfbVstHC/gAJSdme4UFasaCvTchIWv+rh0Wj/hIjuqOt6U+cGzqHIxvtLanyb2WNq4unwNFiUxtRnerWrs3TO+PCOyNVQS6Wqi92jJBu5t5eHWovh/1fPrcQ926d697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917rg5Ko7AXKo7AD6khSQB/r+/de61f8A+dt2j1fh+0JOu97bu3BtzObz+Gnae/cti6fCx5Wiw+1trYuugqcxj6ifR9vWJUvBGJLOCGZSl/Y85CDG6vCB/oSfzfpibDD7OrS/5MmHz23/AOVD8AcPueJYc3R/GTrZayNK1cgoWXF+ajYVSAKdVO0R0DhL6LnTcg/mAabyRKU0lVpWoGkAUBIBIFKaiATxoK9PL8I6s49o+t9e9+691737r3Xvfuvde9+69015ZdVOg9LNrl8UBYI9VUfZy/bU8MrelXMmkqXuDa1iSB72CRkdWR2Q1Q0PXybf5wXX1Zsj+Zt/MW2RIuKlx1d8g/7447H4WmrYsXSwdjbQg3JUVNVTrZ3808oFWsJOufUY7BtIZPxdONu24RkBJmFPs/zf6vPr6R/8q/ceB3l8AfiBuTbWaqdy0Fb0rtaBM9OyOuVgwQqMBLNK0A8aS008L0yREh1QeoEg2cX4R0wrFl1Nknqxf3vrfXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VQv88mXHR/y4fkDWZH9ukwWCoshWVjy0sMFMlfWjE0lOz1Lp655pUVP7PB1EcXq/wAPTUuEr1rzf8JMN/RUe+/kps+io3ocfuOjoM1lKenWEwZLO4qd6emzVadfM6Ra4lZQfSx5sfeogWfSOjRtmu7aDx5GUqQDgmuaU/D8/XreNhnSbVpDDTa+oAfX+lifbzIU49ImUrx6ze6dV697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64SSCKOSU8rFG8rfT9Mal2+th9B+T7917rVl/nd0EdV8oem6KfFbJy9Nuv4i95bJoa/c1Mz7mOWqMyb4uOtyX29GmPnbJUvkaCpnm9DfsWClh7yF/uReH/hS/wDH+mJfiH2dWo/yTHrj/KY+BMOUytbmcnQfHza2JyFdkaqGsrRWYipqMbPQz1FOzKftWi+2VSxZVRVclwT7CPMiGPcJkYliCMnBbA7j824mmKnHTymqDq0z2g631737r3Xvfuvde9+691737r3TblFY00ciqH+2q6SrdPq7RUsollEI/L6QSoJA/qR7917r5if/AAol3LXUv81b5JbFrMRicNV0u2+u94Y2ro0qJoNy4nI7No8EanKxNFCTVQS0TyRHzaDq4YEGzbLmvSSUEPX5/wCbrbS/4TIb8ot8/wAsXrLB0shNN1Pv3s3YOLigyFU6Q47FT0OWENfSPdBIZcw0iqCQLk3Jtey9PRNVc9bFnu3TvXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Vef81fp+PvT+Xt8ueu6jH0WYpcj0ruXLnGVcRYPVbV07oWsSRCrK8UVJI0ZvwwBtx703DqkgrGetLv/AISd9z7S/wBnb7L6Sw2aoqitzfVO4944+KloclWrJi9pVcNFXUcuTmVEjkvVwuGa4IUqLlh79BiQHoaX08T7cAjBjoStDw4DP549evof0H0l/wBdP+J9qJ/LoKTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuotb9v9nVirJWlemmjqWUlWEEsZilKsPobE2Pv3XutaT+e/Lktt5T4wbtyBpKrENSb82DifuqSmqP4fuKPcWNzFbLTNIpZXkpMfTROQTdNY/tEge8hKTcXpHDwV/4/0xNinVuP8tunpcX8OOp8FjKGixuIwUGRx+KoqGljpYYaSoys2RfUkVlLNLNIxYAXv9PYX5pAF6zeZpX+Q6cT4adH09lXV+ve/de697917r3v3Xuve/de6wzLE3jWVramZUGrTrZ4WUp/j6SxH+tf8e/de6+dv/wqN2Edt/zNtgvkabDU1H8gPjlsavw2bpcdU1GYWs6631lcDn6fclWJIo1pZqeenSiRSf3tRkK+RAaOCM9J5ga6ur4f+Er02yJP5ee5Zdt1bNX5P5NdwtX06gwRDJYfEYLH5YQUhuIogkVK3jDMAxuGN/fk4Z49XiFFoetm33fp3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/09+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3SR3pt591bc3Lt8xq8eZ25lMXGrsgjlqK6naFI5Q/GkmytqGmxIPF/ejkdeORTr5o38kzceJ6o/4Ufb+2/1pjMpNsTsHfPyk6pY06UVFLhNvtTy7oXKbhw7f8B6B8lQ0tNDJDY+WaJBwHHsVCNFVyUBNFyOI7VNSp+dcrXJyOhSscaF6qCdIyDw7FNSp+ZORWpOR59fTNxDg/crckr4ieDazawOf9dT7ILkU0n7f8nRBcimk/b/k6evaXpL1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6910QCLEAg/UEAg/64Pv3Xuqav51nVtL2D8cdrZasglaPZO+KXLU0kMDT+OprovtJdYjBKAra7cXPF7+x1yI+m5u1/iiH8m6bkWq9CX/ACr95Cv+O2RxNY/hpts7qrqGN6kPDIl6EZecPDLZgghdHWS2k/pBuCAHeawBdE+lP8HXozinVpfsn6c697917r3v3Xuve/de697917rqw/IBtyLj6H+o9+691oTf8LBMZHW/K3+XHTUWJly+WzWye5MZLSUEipX1FLLXY6lo1qdYsKaOWVpWbVpAD3sbH3V/8nTM3D8v8vRrv+EZVJX4z4a/Kb76olFJmPlpkmwVG6TSRLDjetaKmyc0MhusReVLPG2ljoDEHUpOx1aPz/L/AAdblnvfTnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691xdS6sgdoyylRIn649QtrX/EfUe/da6+bv231hsL4e/wA93eG9tv0VXsnJ0nyY/vdWVVNBJiKXK1O+tyDclXg8QEkIkw5ppftXAX1NaVhrAHsdQLHJbB1AqyjNMnAH+r7OjM786AoIEBIClqmpoAM4+XX0btvtT1GOp8nSVBqKbLwQZOnchQFgrk+7hjQr9QoksCfYPumYyaGFNGP2Yr+dOkk03jaTSlAP8Az+dOnz2l6Y697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917qtX+b5T1Mf8un5RbnoMflMrk+u+tcv2RicbiJfDU5LJbPMeRp8bNIvrWCYa/O8YLKillFwB7ONi3OTbN0jMaB/GrGakigNMinmOqvmMjqsb+TB3buyu7Q3R1NlJzSbS7G+MXV/c3WeKy8cdRPkMyc7VwdkJUVh5daWjqcGyfU2qyGAEaXEfP2xx2NnHfpKXMnFSAAMClKfnx9B01C2o0+XWzH7AvT/Xveuvde9+691737r3Xvfuvde9+691pPf8LAsHXYvM/wAsPtTHVENC2M7k7P6yylV5qoVlRi98Y3b+SmoFx0U8H3NKYsfVfcGIqwZ0jeRdUXvTUpnpqUArU+Q/yjpi/wCEb2eylDif5iPVdNU1tVtLZfd/XOexlZ5GnxclXvPA56gnpaenqT5KefRgY3msLgOVkJaxbS5z1uM1Ffl/n63fvdunOve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xh9f98f949+691om/8ACnXay9Y/LTo7vSj2rIaLKbKpqobsRpHpv49hcqFBasAt9woVVUFtQFrexptbl7UKeIxSlOHDH2U6RzikleI62y/5bne6/I74ZdIdmSSrLkqjaWNwmbX7laioiy2Ho44Z1rSCSsxUozq3PIP59h7dohFdmn4s/wCT/J0pjbUgr0ef2WdX66uL2vza9v8AD37r3Xfv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917oEvkhtiLenQvcu0ZMBTbobc3VPYuCi2/WRu9LmHyG0qoJjJ2RX0iodEjFxZmKr+ffonWO+tnY0AfJ9MdaPAjrUg/kf8AdWzN57/+De8i9bW5jcvX3evStDWDMw0dD11msfgaGszWy8piJGAqmWbE0whhazAQwuF9A9yx7gFNw2dBtpFwEALGPvpQDJ01pQ8ek8IowHn1ume4n6U9e9+691737r3Xvfuvde9+691737r3WoJ/wsN2zmJ/iJ8ROycVi6Grg6p+XmCzGbr6qniepocXm9oVWNhgo55VJ8U9WkAqYkPqKxsQSg96anA9NS0pn59FI/4SRVlRtv5N/wAxfa9fuelmTfMmxt+4fas9NUruilp8LmctSVu6MveNaSHHTrlY6GklidnnkjYIQiSA6SpIA406eW3uYxWSNlFBkggZJp+3PW9ero99DK1vrpINr/S9vdyCOPXiCOPXP3rrXXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691ro/wDClvrOo3D/AC398dpYXZ1JuTMdL1c246uBKRJstTbRllhpNw1NDUP6I1ooXkyUuo28ULhbyFR7Ee0SlXdWNRQN/nP7KfaR01OtVB6L5/wlB+QMfZXwZ7R2yuZkztF193DBTwCpraYZPHHcWJpvuElxBdqiOAL9u6SsoR/UEOpG9t79pMkbrQ6gcj8v8/VYagFT5dXv/Of5vdY/Aj4z9gfJXt3C7yy+39n1OL2/jtrbDxX8e3fuzeO6cp/AtnbZwNK/ihNRX1TRorSS6ItQLm31ICQOniQoqejC9P8AYR7R632Vveo2zufZOT3NtLbO5MrsnelAuN3ds+p3Hh4sxHt7c9HEXjiroI5VWoiR2Ct7914ZFehN9+631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdNeWZBTNHLAlXFURzUzUcrJHDWtUKIEo5Zn4Ty6jGCeOefaef44wf4uvefWlJ8BevOo/jv8zk6AwGJwMEXRnyY7F3Fj6GhrshV4zF7tqcxU4rNZWjrnN3yEMDrRxoSaeyHUCfctbCjz7XJGv+iRyD9oPH/L59JoyBIK5oet3Bv1N/wY/wC9+4tHDpT117917r3v3Xuve/de697917r3v3XutWn/AIVq4fH1X8ubr3OZnOZPD7e238r+ncjnoMTXGHJ5UVmOy2KxUGPp6n/JytNMwq6iR/0BAVBkK203DHTctdGPn/gPVKv/AAl47Zx+T/mxfJTaFHg6oUW5vi75MPl4qaaojMO1N20uYlyOUqYbiH7w5FxEZfSSoHDMoPoBRwft6F97K30piI+FIj/vVa5/IUH2nr6F9B9Jf9dP+J9qJ/LoNTcR04+2Omeve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/19+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdAX8lektq/Ir4/d1dE7wV1273H1tvPrvK1kWPp8xUYqLee3pttnN0eMrXjimlovOKqOJnUM0Y5B9vR3E0J1RmhAp5cP8vXuIoevmK/ywPklv3+QN/NY7o6a783DjcN0JFvnc/x3+QG4auklyUkNFiqSq3B1r2jgNv7eiytaagKlPKEjpp6ZUq5IZ2DKroy0jNQHy/4r9vD9nTQc6s8fTq8Peu4qH/hRd/Np+N+3emsVufNfy4P5fc8G+e8d/7kydSdodub0yW6Kfea7Mo4MXKaWternhx+Mpo1leSOhFXM3hUqr1Br14d5r/qp5/t4dbxVDiqLGqqUaTJFEJI6aF6iaWKjppEiQUVJG50xwoIIxFGosgB021G9unenH37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691gliWSSB2uVjLgx3Oh9YFi6fQ6bXW/0P09sTDvj/03XutTv5p7M2Z8cv5nG36Mfwjb+b742/lO09qUeHoqeiXM5elnFNm6ibQq/vzVkckswH62JYj1e5f5PYTWlVyBrB+WP9npM40v9vWz/wBY7lye59l7MzuVyEdZXZjbFCck8dPTQrJuKmjP8XqQtKqoiuwJEagKtuAPcY7rEto0qRCmkmnn2kY4+nSkZp8+hFgdnVixuQ1voBxb/D2S7dcS3EbtKakNQYAxQHy6swApTrP7MOq9e9+691737r3Xvfuvdax3/CtDEY+v/lM7hq6uWL+J43vjpjJ7dglphO9bkKHKVMb4OFlBYfeLOxYD66APemwOqSfCAfX/ACdU/f8ACRjCbXqPmR86cjBtVKfcNF0d0VXDOQoYaTbFJnaupi3BsalKH9wT1EdPJrkux+2PIP1PLy1tLaENEpD0X1IOoVxU+VKnGKjpWNxu500SsCCAPhFe3hmlcVx+fW/ZDEkerQLXtfkn6fT6+yd2LcemnYnj1m906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRa2KeellhppVgllCoJmUtojZwJygUg69GoIb8NY/Qe/de6ql+cn8mP4E/zCd7YXsj5H/H/bu7OwMDjKbD0u+6Lde/NobuydBBUQRLR7orNlZGghyVOlPGTCatJJoyNETxCRz70RXqpUHPRmvhr8FPjn8A+nKfof4t9eUPXHXcu5cpu/K0tLlc3mcvkNz5qanbIZrIZ/ctTV1tRrgo6SkWGWdvHEioraV53TqwoOjle/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de64kX0/wCBv7bkRmZCPwmp691qXf8ACmTrldodjfy5fmzBWVmPi6S7wqeqd15aOIzUuHxfZOErM5gJJBGdQaqmxlXSxkgBpTFHe7j2PeUeYrDZkmhv9QEnw6VLZIpmhxwHTM44MPLq9X+XNuafcnxu2z97HKK6kyuYZyU/ZEVSxaF1mvyGF7G3NvZTzZt1xbzlJKAsuKGvn9nTkVSK+Q6PvApRWBtfWTxz+B7Be2wvCkiycS1f5DpxjXrP7Meq9e9+691737r3Xvfuvda4n/Cnneu29q/y/Ns0meo0y0uc742Zh8bjJ4ak00WSrsRXQUeblqIlZUajaRXQHk6jb6H3ST4adNTU0dUj/wDCWrdTbZ/mBdz9Z4mkhbGb9+KGI3zuHMo+qSty+zuzKvG4aOS49DPFWTPo+pCk/j2MNyoduFQe1VofLNP82ftHTcHx9b+C/n2FD0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3VNf89fovB/IL+Wv8n9j7iqsTHQ4rb+1+wocjWSPjq7aFZsHdWP3Uu6cXVY+nnqZq2gx1BmailDAxESSRyxPHYrta61p6j/AA9UkroNPLovn8i3v2q7B2XU7Iq6upqkx+zMPJRGoyNLUOwxpJkrJYIgCZZA9nZQF/wHuTufoRXxPNW/w1H+r7OtQsaEdbCq/n/X/wCI9xVB+L7f8g6cPXL2917r3v3Xuve/de697917rWk/4VVVEGI/lmY/dVXlJMbj9pfJbpDMZmoSinyclPhqmryGNmejoKeWnJqGlMYhLS6SdQIH1FHFRTpuUErj16qZ/wCEve39q4b+Yh8rJ8c9Xkmy/wAT+ssviZ834aSuwrS75nMtNgqAKry0k0ZZp6lC0ayMVLXI9i3ckb6ASKxyEBGKUA8vOpJqfs9Om4PipThXre+X8+wuelLdc/detde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3TVlcDg8/QZPE53E43LYvOY6qw+ZosjRU9XTZLFV9HLjqygrop1ZZYZKeeeF43BUpI6kWZgdg0NevdaLX8pebtn+Xl/Mi+VHxg7ZrEg21hvkRU7M6vgarhyS0PXW6Kxt37YrJcu3+ULRnbslNCsBAUTEqwJF/Y5nea+ti1y/iawSKknBGONe4HFfsPSUHRIAPsPW9jTCIRkQzedGYyrIXMl1m/dQhj9QVIK/wCFvYIkBDZXSfspwx0rNPLqT7p1rr3v3Xuve/de697917rXn/4UxZLr7E/y0N55jtLBUe4NjYXsnreTI0OToq2ri/jtXVVEe0qvHUlK0S1jQ1BkMsEsuhSwNgTf3R60x03JXTjqgz/hN5n8vJ/NWlnnztNm9v7s+EFfjdp0+38VQV0WD27tbcNLPTUWeysTySY+maWWR0pxJzUGNHQH1exjuK022uOCcf8AIfP7PIVPTUPx0+3r6BC/n2Ez0qbrn7r1rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcHXUjqf7SOv1t+pSv1/H+v73WmfTr3WnJ/O56MX4u/LbrX5y4jMU9DJ3IMD1zn8JSiSCuyGa65xkeYqd0Y1XeQykQOkU0jqhIAA9IC+xVsV5+8gttp0fERmtBk+g6TSrRtXr1sgfAf5DYn5E/G7YW/aGaeSuyGPWOqpa2ZGrglFGtM9XMFUWBI4BF/x/j7T8z7eduv0jJ1a4w9aU4kg+Z8x08h1KD0dxWV1V1IZWUMrDkFWFwR7DnV+uXv3Xuve/de697917qgf/hTF103YX8nn5cKaSlyDbMwOw+zMbDUGsWfFV+xeyMZJW56hqY5VijdKOslhMTRsZNf1Gn3o5x1VhUU+Y61kv+ExNbk8p/NG6+kwmbjk2+nwQ3Tl92UM8UW3MjlM3l92rQU80WA8itOtM9ODWqolWJ2jcltQdTe43c3MH03h6RQZrU1FM8PQH9vHpiIAP889fRkAt7Kia9KSa9d+9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69101irA8gggj+oIsR78eHXuqov5wnxIx3y2+FO8NvR0Msuc63mpO19qTUUCtmaav2dTPUSUGNqnHmhiq4P2quKFgJUUB1awsb8qzx29zGZTprUZxxrjPDpuRdS48uqd/8AhPP8g8lT7hzHQ25KpIK5YMlqwryyRPjXgp0VaeSCvPlDHx+UhSFIYED2IeeWSfcbZ7YiRRAoJUhgDqbBK1APDBz03AaYPW3DCkccUUUVvHHGiR2bUNCKFSzXN+Pzf2CKEcelHWX3rr3Xvfuvde9+691Tr/PkwdFuX+VH88MFmN2YzaOCrvj9WVMuRqpZhVf3hxG6aDKbfopE1BBSVzwfZSNxd3UXP096OBjrTGi1/wBXHrWm/wCEnPVe2st8qN5dyV2dTL762j8EerNqfwqsoZZDhsTvXdf3tHlsPmZ4AJJaiKgMVXEknkh1MJCwkAFV49Mx11H0Fet+P3fp/r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdRK2KWemkhjSCXzAxyxVQVoJYWU+WCZHVgySD9pwR+lmP1AB917rRL+UXx53l/Kp/mX0nZeHo8vSfHb5KdiTV3Q+VhzjSSYTtzP1P949+dF5jKVX25WMvJNUbelmYxy0bxw6kkiaJRJsYX6WRF4h60+RAFf5EdJJF0NUcOt1PobunY/eXWG0Ow9j10lXg83jaWEPLSVlItNlqZzjMhiT96iMZIamKSMgi9gCbE29lV5bSxSszUySRQitONadK1YMuOhs9oOvde9+691737r3VFH/CizPbfof5YXc20828KSdl5bYW06Wkkimkl3HHjd10+6pdvQmnRrRzNSqsxnZEAY21G1quaL03KezohH/CZbbFdPjO0Owv4P8AwCjk2ZgNh/w1KyJkix238nLU4amFKlKgtD5ZFB8/HH6gfdY/XqkI4nrbO9udP9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/9bfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XXv3XuiYfO/4ddQfO/479g/HLuvFPUbR3PilyNJnIlNPltk7txkFVUbQ7C2VlKdGqIMzhK5Ip0MR0vA8kMiOstg/FcSQ1EdM1/n/lBAIPEEAg9aIqKdayn8iH5l9/8AxI+U/Zv8nT50Z7K5HeXWxyNf0vurLLT/AMG3LtymqDmcHn9v5GZpqiubcFNOrRoZddPKHjmb7iOZE3PezXBHi0qBSoFCftNc149NKdLafI/yPW5wjrIiyIwaN1VkYfRlYXBB/wBa3tP091z9+691737r3WvB/wAKQc5kIPhngNu46reIZXf2Kqa+m8cciSx0qt9sG8ikqCxa5Qgn+vHuknCnTMvwjpR/8J9tq/wv4rZzcCQQQVWQ3ZDjaxUWyGlgoXqQY1/st5ClySbj8fn35OHXoR2k9X+e79Pde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/X35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XVgSCQCV5BIBt/W3v3XutPv/AIVG/EDeuL626w/mh/G3cGe6+79+G+cbbO7dx7VkekzWX6c3rWvkVyTV0Lao6vbtfNO8cpVlelrWUXaMKntJY6VFSf8Ai+qspbAFSfTjjPVzP8oL+YRs751fEvr/AHdUZnJ/6Utq7Xwe3uxcPuGjlTcVVkaOgWSPdQkCBqqlro2WValE0XJ5JJ9rH2+8iFZEp+a0/wAPS47dexqDKlPnqXz4Zr59W0RyJMiyxtqRxdWsRcXtex59pWUqdLcR0kZSjFWwR1jqamCkj81Q+iPWkerS7+uRgiDSgJ5J/p73HG8jaUFT/m611p5f8Kot1dpb1xvRHTvTG8qbBZ3b1Pu3c1bjljcVGb3DuGnp8PhcK8zp4gfBHUSo8reOMgklWYXfTbrydRJElVOeIH+E9J5iKgHy62Of5dnU+y+l/h30XtLZtPJHDV7JxGYzVVNHKtTkdy19GtRnKqcygNYzl9Gr8WA4t7SAae306dQUUU6O5731fr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r/0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QZdmbA23v/rjsLYu9sTQ7s2r2BtvM7X3hgMljVq6HO7dzlK2JrsXUUocWX7SV4jKt2X/OgalA9qLQlblGBpQjpRaGl1GR5EfL/V/qHXznO7Mp8qP5H/yt3jnaR9wdLdKdddu7counNyV9Z/GtpfJfpZ4o6/8A0d7fmp0lq5Pt8SslG8kkAaMwBmAdmCi8zQSwFpsLwzTjThQcCDinyrw6FzTwPAXn7VOBWnGlfhHAg4054VGOt9X4M/Ofoz54dBbR716I3DS5jbO4qRpqjEPJ/v4ts1j5aooXoNwYIH7ykSOSGSES1EKa2UsoKWYhC60fUMEOoYz64HQRu9BuG8NtQxn17Rno52Rmp6Wkmq6ldVPRJJWSgmIft0sZmc6piqCyqTdmA4+o90hDM4RTQtj9vTA60cu1d813zm/m747aWAx1ZufZ+M7HgoKExs2QooMbQVLJI+SkiDRRKp1BijMtrWJ59jZFFvbDVjSB/IZ6Qt3yY8z1u9ba27Q7WweE2/jY0gx+DxVNi6WniUCJEgRVLR2/FwbC30PsDMQWJHmT0spTHSg91631737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdcJI0lRo5VDxvbUjXs1mDC9v8QD72CVNRg9bBKmoweqn/5wv8r7rj+at8UW+O25dx5frneWA3dj+yupuycFg48+m0N74TG1WCSbcuDlkpvv8PUUeTq6etooq2GoIcTUxaSEr7c8aamnUafb1czTFdOs0rXj/q/b1oYdU9d/zCv+EyPyz7U3/u7Ze2N79S57YOJwNdvBdxxba2V2xtmq3ZRZvCz7ZoclNFlFyqSUdRTyY00xlUM0U5WCYlmGZi2ePSUltWeP+rz6tk/mRf8AClvNd+fFvA/Hj42dU9udQ91/JykxVFuHJUUUO+Oxuuum86aN6/L7Z2dt2SGpqcvuGmk1YlnCLFA8ugs0iOpltID3JY1GhSQQNVDUAGma0rXh+XWjJqFKfb1dT/Ic/lp7k+HXQmJ7f70pWyHefY1HXZfGU1bRZeTcW3dh5YQz7Rot0R5Zpmo81JAr1WRo6aUxQSzlAfIJADbc7xZSbWIgZoxqB9oH+DrcMdO49bEaElELCzFFLD+jFbsP9gfYaPE06e65e9de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//0t+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+690DvcvSHXffOzMz152nsXYPYWy8+1HJlNsdh7SxO99tVk+OqkrKGsqdvZuJ4WqInQGGoDgxkKwVrW9+Ir1oiuDnoH+u/gh8UerO39yd8bE+PfT20+4d0YXDbezvZ+B2Vt+h3huDDYakgpqPE1jw0SU9BSwimpkEONjjWZYojL6okHt2GQwklfMUP2Gn2enXgq+nRuIKcQq4CQxtJIZHEOoIXYBS1m/wA+gH+t7876jxJpjPV6jqV7a6r1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//T35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9Tfl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//1d+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//W35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9ffl906p1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X//0N+X3TqnXvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf//R35fdOqde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//9k=</Sign>
         </User>
       </Profile>
       <LogoOptional>iVBORw0KGgoAAAANSUhEUgAABSYAAAH0CAYAAAAg6/N8AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAACxEAAAsRAX9kX5EAAGbmSURBVHhe7d3ZmRs3swDQCcEhOASH4BAUgkKYEByCQlAIetaTQlAICsEZ3FtlDX9RmCJ7Q2/keTifLQy7eiW6UUQDL//3f/8HAAAAALCpshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLISjenn9+lf4O7yGf958m+lTuMT4GDLuX9V6YQt5/b1dh3k9Xq7Nz6G6fse4xMjvi+sbAACAQykLYW8vr1//eEukZFLlS/gR/m9Dub5LYieTRBI6dJPX09t1lcnxvM72uL7ze5XXd37P/qi2EwAAANZUFsIeXn4mazJR8j1UyZQjuCQr/672ASp5vbxdN3n9VNfVEeT3LrdREh4AAIBNlIWwlUyChOw1tnWPsV6y11m+JvtntX88p7we3q6LvD6q6+bo8vuY30vXNQAAAKspC2FtLz9fYz1yz8g5cn8kKZ9Unve38/9o13X28vxY7TMAAAAsURbCWjLBEc7aO3KK7CknmfME8jyHI7+i3Ut+b13TAAAAdFMWQm+Z0HhLbFQJj0f2b/BK7IPJ8/l2XvP8Vuf9kUlQAgAA0EVZCL28/BxD8hl6k43xOZg058Ty/IWzjhvZW36vTZQDAADAbGUh9PDyc4bfKqHx7DKhI0F5Inm+3s5bdT6f3T/VMQMAAIAhZSEs9fLzNdcqicEvEpQHl+fn7TxV549fPlXHDwAAAO4pC6H18nOMyEnjJMbnM6mTry9XiQx+ycSXMSgPJM/H23mpzhe/5Pd70uvc8fk8tsaoBAAAQGKScV5+jav3PbyGP6rPVfKzIV/rfsbJb6bIXqajjyv95fF/Ow/V+eGn/B7n93lqHZD1RtYfGeNL9TkAAACeS1kIrZefPSbbBEX2lvpQff6W+HzGuSQneC9nedabbAd53N+Of3Ve+NmDdNK1GZ//EKpe065xAAAAJCYZ5+Vnj6c2uXBx6UE1+nXk+KzZje/zevdG8ji/He/qPPDzezp6LNT4bB7PoR7SegYDAAAgMckvLz8TCpkwLF/TjLIxicTsHTU1iWEcylr23nutjht95PF9O87V8X92+b1c48eGd69xR9lluIeMISEPAADwJMpCHls0/P8K+YplJgIykVC9Wv3uVcssaz5zT/aWys+P6hmVn3tbpor17LI3nx5mHcXx1EvytvweTvne5vd8ynd3bN2S9VLWT1lPZX01aZIdAAAAjq8s5HFkYz5koz97P01JxJSTU0T51ORh9kbLyURu9oLKvwXjTt6Xx3HSeJ7U8ji+Hc/qOPNTfh+HvrP5vZ56HP+9EW9K3ZSfzfose7tKVgIAAJxYWcjjiIZ79jaqGvdjvEtMRNmSeO/Gqot/SxJN8+n6+DFNHr/meHJbfi/b7+vSsWH/uY73FjOTnNVnx3gXDwAAgPMoC3ks0XjPXpNzXlutkgj56ubSRGJuS/bilCSaJ3uzebV7gjxeb8etOp7clz9G5Pd16fHLeqMau3ZOPfBfHdLGAgAA4FzKQh5TNOSzd+KUV7FvJRKW9Jqkjzw3XmMdIY/T2/GqjiPb6fFDR9ZfhjQAAAB4EGUhjy0a9lMmq6gmqujRa5Ll8hzoNXZHHp+r48V+8lqtfuTIcSKrz7eyvnKtAwAAPJiykOeQDf23Bn+VCLj4cWNZvSaP47U6R88ujotr9DjKsSCjfLD+CRKSAAAAD6os5LlEwz9f8b43BqVek8f3uT1HzyyPR3N82E8mF6vekvd6s2Z99NvEOwAAADyespDn9PJzLL4qoXPrNUyvyR6L5GTI49AcF/Y15YeNPHfGTgUAAHgSZSHP7eX1658hX4O9fs3y1quYc2b7Zj1Pm5yMfc9kl+vxWL7dOFfXr9lnPZP/fvfjBwAAAI+tLISLl5+veX8J2bvpz+Lv2cvyOhHB/jI591RJntzf8P1t/zmOqs7IHz6yPsl6xQzbAAAAT6wshNZbMuFdkuHtbyYZOZ4v1bl6RLGvkpLHdKuX9c26BAAAgOdSFsJULxJDR/QUr3XHfmbPu2r/2c/36lwBAADAtbIQpngxtt+RPXRyMvev2V+OIZPFxowEAADgrrIQxnp5/fp3uJ4kh+N5yORk7leznxxL1gtm2AYAAOCmshDGeDG25Jl8rM7hWcX+vDb7x3GVY00CAABAWQj3vPyciduYkufzEMnJ3I9mvzi+rC/0ngQAAOA3ZSHc8vKzp9q/b8kGziXP26mTQ7n9b/tR7R/H91qdVwAAAJ5TWQitl9evfwYT3JxfJvVOOSlJbvfb9lf7xXlkPfJndY4BAAB4LmUhXHt5/fohSAg9ju/VeT663O5mPzivrE8eatxTAAAApisLIb387KFm5uPH9Kk650eV29tsP4/hSzhlD14AAACWKwt5TJkACNn7cXCW3PjM3+FHqJIJPIYP1bk/mtzOZrt5LFnP/F2d+2vxmX9CXgsSmQAAAA+iLORxRCM+x4bMCWsu40Pmf+827OPvmQBokwc8nnyd9tBj/eX2vW1ntf08lrs/mMTf84eVSz2WPS2zXpOkBAAAOLGykPOLBvvHt8b7lIa/CW6ez7fqWjiK2D7jSj6XPN93k+Xx9/aHk6znjFcJAABwQmUh5xSN80ws5lh8bQ+z/PfdVyXj7ya4eV6Dr/bvIber2U6eQ9ZDdxON8fccaqKq5/KaMeM3AADASZSFnEs2xMOtSWqyB9Jf1XIp/maCG9LNa2QPuT3N9vF8sl66+ap2/C2vkVs9anNZCUoAAICDKws5h2h4Z1Ixewjd6umYjfa5DXuey/fqGtlLbk+zfTynMT+s3LpWLj0ojUMJAABwUGUhxxeN7Zz44VZCMg0lJXMMynvL83wO8Up3bkezXTy3rKduvtodf7uXnEx3lwcAAGA/ZSHHFQ3sHFttqDfZUFIyx6GsloNdX3+N9XuFm1s+VddMir8NJSdT/v3uWLsAAABsqyzkeKJBnQ3vdpbtW8pXH6M8Y5h1m3t2naU7199sD1zL66P80SXKxya1745dCQAAwHbKQo4lG9FhqDfQxecbMbLR/uPqc3DLh+oaWlusN4cXqLYHrmVdeOvHl7GJ7bu9ygEAANhGWch2snEcPoRyDLS3v49NSqZ3r+JGWSYljSfJWJnA3jRpk+sLrlHGymvlXXIyyv68+syQm8nJKM8kedbLkpcAAAArKgtZTzZ03xq8+TrhdQ/GcuyzKJ+SlCxfw41yPSWZatOJcHJ9zfphyI8b19KU4QDK2eijPMfy/d9nQo7LK1EJAADQWVlIX9mYDdkD59YYkbdev56arHnX6zLLms/AGNkjbZMkTKxnSi83uPZu2IEom1rnlUn4KL9VX2d5rkOSEgAAYKGykD6i4Zq9brJnZNW4vXbr9evqs7f06D0E18qEeW+5nma9MNatXuJThwWY+1p4Xrtm+gYAAJipLGSZbKiGsQnBW70lpyYU3/X6iTI90VjqXdK8p4zfrA+mqn7YyVevq8/ecivBOTZpnvW1BCUAAMBEZSHzRMM0X9me2vuralTPef26R+McWqv2msz4zfpgqk/FdTUn4V0NhTE1Tl7PXvEGAAAYqSxkumiM5sQIU18fvNVbcupkNV9uxDHLMT2s0msy4zbrgTn+vXF93Roj8pZbw2FMjZP17ruxLwEAAHivLGSaaITOnWDm3at/UTYnVo8JIOCWVXpNZtxmPTBX1dsxfyyqPntPFed6hu4p3sUCAADgd2Uh40Xjc07jN/WarOZok97ketPUXp8cW9dekxmvic+55ff98t2v/r62W2NETq2HesW50HMSAADgjrKQcaLRmWNKzn1d+rWIN3Um7lRNejMnzhJ5DP4Jv42tFv/OnkbfQ7UM5/LuOlsi4hn/9DFkIvK3nt/x76wXsz6oPr+mapzdOdtRzdD92nxmrKwbjTkJAABwQ1nIONHgnPsqatlYjbI58arG+JavyOa+vGvIX4u/e2X3/LolWDLOW7xqPZzH3Vf84+/5A8mW57nXJDjv9ivK8pqtPjvGqhNIAQAAnFlZyLBobC55FbVXw/fdpDdRtnXS513Pz1Z8JrfJq93n12XMvIgzt/cZx5Hf58FEdXxmy3PdaxKcMgkfZUt+YFllAikAAICzKwv5rxGavX3yddN8Fbl3r8QerwrmK5TVdm056U2ZCKjEZyWjzu97dW6nijiS1Oc3+IPERXx2yx9Kqslrsi6fOvZlz0lwUvVjVP64lfeXfN38bq9zAACAR1UWPqu3hmIm0K4TJ++SMVG2pFdimdyJ8rHJmkyI3mzExt+2HNPxXY/NW+KzW497yToWJVBi+SXJHY5j9HUQn91yQpxy8poUf8s6aOwPSrfq6bn1663enNfx8h6Q9x+9KwEAgKdRFj6baAhmsuRW47maXGZJr8Q5PXEyCZq9N+82WOPvWyf/Jk2IUizP+SwaLy+Xb+JxQu15vSc+v/VER0P1ZP4Alds09OPSb5P6vC27pO5/N0N3lN2anOfdpEIAAACPqCx8Ftnwe2sAVg3Di+q167nJlR9trLd41Rho2Xsm1/OuMXvL2+fbOGu62TupFZ/VU+4xjH59vxXLbj3+KesZnTSLz27ZYzK9mwTnlvjsh5D1ZtVjvUzCR/nY3u2t6nXuoXpRghIAAHhoZeGji4Ze9pgZMyHCrdfv5iZXqt6Sl0l0MmZuU77KN/l12Vhmr6TPqJma43Nb95piPbMmwcnlmjic16jkX3wu66Vq+TXNSp7HctnjPOvfrIcvdWnPcXxv/TBVfbaV2+QVbwAA4OGUhY8sGnfZ8BybwKtmvZ77uvStMcsyMblo3L4UMfZK+gwmKOIzuY97JE1Zx+ixRa/lck0cziu/z4OJsvjMXq/uz0qeX4sYWdeXP7xE+dxek1Wic2yP0jzmoycdAgAAOIOy8BFFgy577kxNjLxrBGZZ85mxVn0dL+JvOelN62ZjOf6WSck9t411jOope5Gfb5bn/PJ7fTM5GX+bW1f2MHqYiTki/tyhKape87fGmbwl72OTvn8AAABHVRY+mmjEZc+XOT1cqvEl5/T6Gj3m2RwR//I6+J6y18//xsOM/89tyga3npKPaVKPtPx8szyPIb/f+T3/X4Iy/j/Hbdx6XMnKqq8+R/w5w1PMGWeykknhxT3tAQAA9lYWPpJovGVPrTk99m6NLzk1wVm+wt1TrMP4jWxt0uzc8XmvcbO1VX8QSrGOqfeWW+NMzvkBJ9et5yQAAHBqZeEjeWu8VY26IdX4klN7Jq7ecMz4Qa9EtjZpgpH8fLM8rG32DPJjxTrm/PBVjTM5N3G/6ivrAAAAaysLH0U02qaO3XWtGgtsyphpm/RmiXV4RZa9jBo3NT/XLAdbWTwJzpBYx9TkZHVvWVKP/9PGAwAAOIuy8BFEY23puIvvkopRNrZXyyZJyfS2rmobYG2jEiLxOUMNsJdNehTGeqYkJ6ve+Ll89dkxsjfyquNpAgAArKUsPLJogGUDLidXyN6QOcFCOYZjlH8OVSNujGqCgjENxxx/8uYM1b3Fuo4w6Q3Pa1TSJz4nec6eNkvaxbqyV/2YcYirH7663rPeYuZ3L39Qy/tl9lze5AczAACAscrCo4nGVCbgssFXzfTau/dJeveKapTde9Uut2v1VwZbsU490dhVe0224jNLv4uw1OqT4LRinXm/uDczefU699IhD8b28s/tyvupXpYAAMDuysKjiIbTUOMu9R6vq+wFFuXXvb7y1bls8O3auHvbjutth63dHWcy/958Hra2+iQ4t8S6Lz+q5f3iur6+dZ8Zut/dU90Lc93VZy9yuz60ywEAAGylLNxbNJQysTjmdbjUc4bT9Fcb7y1mNvAyyXKIXiaxHUuSr9DL3XEm8+/N52EPm/dor8R2ZKIy7yPl9ybK/wrV9o9RvT0wNl7ebw9xjAAAgOdSFu4lGkY5duTYhGT6cSNO9dkxTjO7aWzrkp410Mu7ZMi1+LvrlCPYZBKcHmJb5ybzy56hUT7pnhr0oAQAADZTFm4tGkLZi2ROAqOapGbuq6Obj0M2V2yrSW84ivLHgYv4u+EGOIrTjKkY2zp3/OB3Pf6jbM6kOnk/NgYlAACwurJwS9H4yVfN5iYv3vXsiLKpvU3yte+74+QdTWyvSW84knKm3yxvPgd7Os2PTym2N39kmzosybte/1E2d9iPvC+XQ5sAAAD0UhZuJRs9b42fqlE0JJerZiG9nqTmllw2k3un7BHytv3VfsEeysR+ljefgz3tNgnOErHd2UM+71dj6v13r6xH2ZIfCHKdkpMAAMBqysItRGMnG0tLEmzVa9z3XnHOdeUrbacePyu236Q3HM3rjWt1aEZg2NqpJ3iJ7c9xmPM+du/eWf1gN+d17oscd7LsFQ0AALBUWbiFaOgsmTk7G2XVbNyXREj2mswxsvK17kzkPUyPj7f9ao8H7OnWDMOGHOBoTjMJzpDYl3zjIO9veZ/L+8LlbYF3PxRE2dJxie9OcgUAADBXWbi2aORkr4+q8TPWaWbP7in226Q3HFGZ7Mny5nNwBE85qUvs99zZvi9ONRYzAABwDmXhUtGAyQRa9l4sJxuI8jHjQN7ytD03Yt/1QOOIbiUml3zPYS2nmgSnp9j3JT8W3Pqe530p7/dm8QYAACYrC+eKhkm+Vnbd8KleKVsyIUYmOp52rKvY9yVjcsJq2ms1VZ+DA/hRXa/PIPY9x3Ze8oPBu2FRouy6J2be//M5wJiUAADAKGXhVG8NkRwg/7oBk6pGzNxB+HNMymdOSuYxro4L7K69XlP1OTiIU0+Cs0TseyYn547xXE06l2NdVp992mMMAACMVxaOFQ2P7P1YJSTTvzeWmdrrL+OfeibtHt6OQ3V84Ah+e40z/n0rWQFH8LS9Ji/iGORYz1PvK+Vxi/Jb9/WMb2xKAADgprJwSDQ0ssfFUM/Hd2NBRtmUZEU2aPS4CHkcro4LHNFvyYf8d/N3OBr3l5DHIUxJUFZvQgz1wMxxKL3eDQAAvFMW3hONi0wujhmjqhpfMgfIrz57kb0uMuGph8WbOBaZBNZbkqOTmORssl6VLHsTxyK/s3n/HXqrYc69PeVzw7ukJgAA8NzKwluiUZGvfo19FfvdDJ1RVvWqyMZK9qZ4+te1K2/Hpj1mcDS/9T6Lf49JVMDe/rm+bvkpjkve6/PeU/0IWb0N8WfzmVvy+cEPjwAAwP+UhZVoTEx5nfhdw+UtRiYrcgbPbPRonAyIY2ScPs7itwRP/rv5OxyVXnwD4hhlb8q8b+f3unwFPspzRu7q+Fa8Rg8AAPynLGxlI6JpVNyTPSLe9ZZkujiOY16ZhyOQmOSsvl1fu8wTxzF/SBv7RkWSnAQAAIYTk9F4mDJWnNe0Oonj6FVYzuS3XtLx7ym9p2BvkmQd5HFsjusQvVUBAODJlYUX2WgIY3tA5Oc0MjqI45gT3kzpeQJ7+63XWf67+TscWda3JsLpII7jlLGoPTcAAMCTKwtTNBYyOTbmVeKc2TQHydeo6ySOZTVJEBxZm5g0DAFn8/n6Gma+OJY5GU4+F+TzQXWsr32vYgAAAM+hLEzRWKjGiMveDdkT6jKBjbEkO4tjOuXVeTiKf5vruPoMHJ2hSDqLY5pJysvEOfn8UPWmNDs6AAA8qbIwZUPhzX8zaAc9IleWxziM6WECh9Ncy+Vn4OB+XF/HrCOOc97rrmf6fq0+BwAAPL6ykH28NdCqxjIc3tV1nEmH8jNwAnrvAQAAbKQsZHvRGM6JhqpGMpzFf6/B5n+bcjgbw5QAAABsoCxke9EQNosxZycxyaP4bTInAAAA1lEWsq1oBL82jWI4o0ti8mNTDmf0sa2rAQAA6KssZDvR+M3x+KpZSuFs/hubL//blMMZZb1s0jcAAIAVlYVsJxq+X64awnBmn0O+xp3/rf4OZ/O5qrcBAADooyxkG9HoNRYfwLH9N0QBAAAA/ZWFrC8au/kK94+rxi8Ax/O9qsMBAABYrixkfdHYNQ4fwDn8N34qAAAAfZWFrCsauX82jV4Ajisnwvmzqs8BAACYryxkXdHA/XbV4AXg+L5V9TkAAADzlYWsJxq3H5vGLgDn8KGq1wEAAJinLGQd0ajNCW/ylcCqwQvAsWX9/UdVvwMAADBdWcg6okH7+aqBC8D5fKrqdwAAAKYrC+kvGrN/N41bAM7p76qeBwAAYJqykP6iIfujadjST04m5BV5+J1JttbzvarnAQAAmKYspK9oxP7TNGpZJl+J/xB+G+st/v1nyGMtSckzyus+r/8/m+9Fjm2b35f83vhu9PPP9XEGAABgurKQfqLxmsmyqlHLNNnj9DUMTjyRnwlfQhUHHlFe72O/G/k90oN7uUzy/pYEBgAAYJqykH6i4ep1ymWy8f9aHdshsZzJhngGn6vrf0gslwlKPSiX+VIdWwAAAMYpC+kjGq0fm0Ys04zqBXZLLhu+v8WCR7RorMNYXu/i5T5UxxYAAIBhZSHLRWM1G/x6I82Tx+1jdVynijhmQ+eRdZkdOuLkjyjqq3nytfjZP6AAAAA8s7KQ5aKh+umq4cp42cPxr+qYzvUWs1oXnFnXmaEj3l/B2JPzfKqOKQAAAPeVhSwTjVS99ObJBGL3nkcR06zo25HY2k73WaEjpuEP5uv6gwoAAMAzKAtZJhqoGvbT5SRBq7wOGXElireR133OQi85uY0ur3G3Iq7k5Dxde7ACAAA8g7KQ+aJxqnfedKs26CO+xOQ2/usxFv91vLexWg+9iC05Oc9rdTwBAAColYXME43S7C1mAolpMvmx+sQRzTrp77fXivPfzd/p7Pp4ryHWITk5Xdb/f1bHEwAAgPfKQuaJBmm+jlw1VqltNptts176Knu8ZnnzOTpqj/caYj2ZnPRjyzRfqmMJAADAe2Uh00Vj9EPTOOW+THZsNllEs276Ks9jljefo6P2eK8l1pXnUXJymg/VsQQAAOB3ZSHTRCNUr6LpVpm445Zi/fRxd2bo/HvzeTppj/WaYn1+eJlms97gAAAAZ1YWMk00QCVfpvlYHce1xPpy7M9qO1jmW3W8W/E5r3SvY9PEV6zvY7N+7rubtAcAAEBisotogJ6lt+QREkSfqmO4plinWaL7y2t+1CQf+bm3z1dxmG/TXscp1vm52YY9nCXR/aM6hgAAAPxSFjJeND6P3osoG/G5jf/rXRX//xr2SBR9vj52W4n16unV32t1rG/JzzfLs9wu4xjGevdITmZ99b9rLv4/k915TeUr09Xnj8JYkwAAAHeUhYwXDc8j9CC6JZOS5eueUb51L8Kb27K2WK9X7fsa9Qp3K5dr4rDMLq8Kx3pzTN2tey3emmBpj22ZYpcfYwAAAM6iLGS8aHge9RXV3K67s17H37dKqu6WlEyxbgmxfvK6GvUKdyuXe1u+ist0X6rjvIVY95YJwbvJvfj7kWcN9zo3AADAHWUh40Sj86iTqgwmJVN8ZouZdndNSqZYv2RYP4teTY3lvVbfz7/VMd5KrH+r5OTgWJrxmSMnJ3et/wAAAI6sLGScaHAecVKVUUnJFJ9be/tz/Le9k5KZsKi2jem69NDLOE1c5hv1XV9LrH+LXrCjJvmJzx01Obn5JEUAAABnURYyTjY4mwboEYxOVMRn1xx7cXSCdE2xDZ+uton58nx2STJnnLd41XqYZpdxJq/FNqydEBw90VJ89oh1ssQkAADADWUh42SDs2mA7u1jtZ23xOfXmtH2EEnJFNtx5IkxzqTr7MIZr4nPPN+r47u12I41k5OTxmmMzx9tuACJSQAAgBvKQsbJBmfTAN3T1KTkWo33IyUljzoG6NmsMslKxm3WwzyzJiPqLbZjzeTkUeq3OSQmAQAAbigLGScbnE0DdC9TG+35Ku0avSUPk5RMsS2vV9vGPHlOVxknNOO+xa/Wy3ijX3VeW2zLWsnJybNbxzJHSU5KTAIAANxQFjJONDgzsVI1RLf0qdq2e2KZNcaWPFRSMsX2fLvaPuZZdQzDjN+sj+lW6dE6V2zPWsnJyddiLPO5ibEHs3IDAADcUBYyXjQ61xqncYzP1TbdE8tk0qCKtcQRk5JHSBo/glVfE874zfqY51DJr9ietXorTq5nYpk9k5OHGAMUAADgqMpCxouG516N3jlJyTVe4T5cUjLFNh1tAowz2iSpkutp1st0k4Zz2EJuU7ONPeS1MjkJG8vsVU9P7tEOAADwTMpCxouG5xo9EId8q7ZlSCy3RgLocAmRFNtlYpXlVn2N+yLW86lZL9Md6nXui9iuVZKT1bruiWXyR5k9EuCHmJgIAADgqMpCponG55ZjGR6px9Ahk5Kp2Fam+1Ad295iPXq3LvdvdWyPILZtjfM7t8f4lsnJWT8gAQAAPJOykGmiAbpVr8m5Sck1Jhg5zEzArdi2D822Ms8mswnnepr1Ms8mieQ5YtsOUQfFMlsmJ/WWBAAAGFAWMl00QteeXXhuUnKN3ko/qnUdRWzfEWbifQRbJSYlkvuY3ItwS7F9ayQEJ/fajmW2SE4e9ocbAACAIykLmScao2slxPJV8TlJyezJmZPTVDGXOOxroym3r9le5tlkUqNYjx6TfRz9B4NV6qIwZ6buNZOTh04QAwAAHElZyHzZKG0aqUvNmoAklvsz9EgEZIwqzuFm4k6xXXrfddIe27XEujJJVG4Dk23Sy3Wq2K5quItbdctUGWPyDzcplus98ZKkJAAAwARlIctE4zRfn17a4M5ekrOSf7Fcr95AObN1JjirxvtRZ+P2Gncn7bFdU7V+ZjlkYiy267XZzpT1StYvPSYPmzXURYrlMmm6dBuyvj/sGJ8AAABHVRayXDRSMzmYSbKpCcpMBi7q9fQWo4o91o/wv0Z2/H/V2+nL9TqPIrarRw8sQnts11Stn1kOOcxCbFdVJ/1vcpj4/+zpnPVO+5kpFtVJsXwOKTC17sz6JscXnpUUBQAAeHZlIf1kgzVkozt7B2WvnOvEWf5/luXfspfl4sZtxFjaYzC36d12RFnVA/NQjfHYHq9xd9Qe3zVV62e2Q/Xci+3JXpHtNn4vPtfjlf5PbdypIkZuR9bHlzr7OmGa/3+ps/WQBAAAWKgs5JyiodxrBu53De4oq2LPGv9yLbE9S3uKcqU9vmuq1s9sh3qdO7YnexS22/huKIgsaz4z1yGHmQAAAOC9spDzicZ4z5mN370SGWVVb6ayd+UecjuutovlvlXHeS2xvuuexCx3pO9le25v9cru+cPCIScBAgAA4HdlIecSjfAcA3JqYic/f29MtypxUL0mfohek7EdvXpb8dPWicmlk4/wu0P0GoztqHpLvuvRGWXV694XWU/Nqd9mTR4GAADAdspCziMa39kjaeqkEf812sO9MRlfi3VVn89Y/5vEYi+xDT1mIecXiclzezeG49ZiG24lG9/1Zoyyatbui+wNPufHl9kzdQMAALCNspDzeGt8V43yW37rSRT/f+v1yTKxEeVVEnTXMe1i/dWs4SwjMXl+u/5gEOuv6pYfNz5768eV/w0rEf8/Kzl5vR4AAACOpSzkHKLRPXUG7kz+/JasyH9f/b317lXIKKtezUy7jekW684ZcqttYj6JyfNbPEP1XLHuW2Pevhv6Icru/bBQ1VdTr5VDTQYEAADAL2UhxxeN7XuvPrayN9LNMefib7cSnO8SG1F2K5G5W8+kWPfUXlQM2zSZE+uTmOzv3+pYbyHWfasH5LtenFF2q/65OX5t/C3rvynf+3dDUwAAALC/spBji0Z2JgfHNMrzVcrBSTDiM7eSjWViI8pvJZE2nwgn1mnSm3Vsei5jfXq9rmPzSXBinbd6Vb+b7f/t87fqssHxIeMz+f0fk9TOdew+Fi4AAAC/Kws5h2ho5+uSmQS4lj2JJr9WHcvcGmvyXWIjy5rPXNu08R/r09NuHVsnJm8ls1hm61fy7w0NMaUumdRjNz6fk4BlfZj1X1sn7jbMBAAAAPeVhTyfaLzfShC86+UUZZkEyB5ImRTM1zD/a/yHrZOSJr1Zj8Tk49j6e5nJycuPJlk/ZD0xtff1h+rzAAAAPJaykOfz8jPZWCUI0iFfgYztmjr5D+NJTD6OQ07+Ett1r3fl4GvcAAAAnF9ZyHN6ud176XATR8Q23UtqsJzE5GM5XKIvtunWOS/HogQAAODxlIU8p5ef47NViYIf1ef3FNskkbWuTcfli/VNmWWe6TZNNI8R23Rr5m4zaAMAADyJspDn9HK7F+LmM/veE9tzGeOy2lb62DoxmWMSVttBH/l9OVSvydieW+Pamj0bAADgSZSFPK+X972YDpWUTLFNekuuT2Ly8Ryx12TbU/Z79TkAAAAeU1nI83p5/frpKklwuEkzYpv0ltyGxOTjOdyQDCm263oSq0/VZwAAAHhMZSHP6+VXguioM/nqLbkNicnHdLge0Cm265Kc3PS6AwAAYF9lIc/t5efs3EecxVdvye1sOs5frE9ichtH7TWZ3+1v1d8AAAB4XGUhHNGL3pKbaY/9FqrtYBVmvQYAAOAQykI4mhe9JTfVHv8tVNvBKg43QzcAAADPqSyEo3nRW3JT7fHfQrUdrOZwM3QDAADwfMpCOJIXvSU3156DLVTbwWr0mgQAAGB3ZSEcycuvGXvZSHsOtlBtB6v6VJ0HAAAA2EpZCEfx8vr1ryaZwgba87CFajtY3aazrwMAAMC1shCO4uX167cmkcIG2vOwhWo7WN236lwAAADAFspCOIKX168fmiQKG2nPxRaq7WATf1fnAwAAANZWFsLeXn5OePPjKnnCdr5X52RtxXawjR/V+QAAAIC1lYWwt5fXr/80yRO2s8vrvbneZjvYzj/VOQEAAIA1lYWwp5fXr382SRO2JTH5fP4NJsIBAABgU2Uh7OlFgmpvEpPPyUQ4AAAAbKoshL28vH59bZIlbE9i8nl9rM4NAAAArKEshD28/HyFO18prRImbOdzdX7WFuuVmNxffv/+qM4PAAAA9FYWwh5eJKaOYpeJUHK9zXawjy/V+QEAAIDeykLY2otXuI9EYhKvdAMAALC6shC29OIV7qORmMQs3QAAAKyuLIQtvXiF+2h26S0X65WYPBazdAMAALCqshC28iIZdUR/V+dqbbneZjvY3y69ZwEAAHgOZSFs4UUi6qgkJrm2y/UAAADA4ysLYW0vxpU8MolJrhlvEgAAgFWUhbC2l9ev368SHxxIe662Euv+o90WDuN7dc4AAABgibIQ1vTy+vVTk/TgQNrztaVqeziMT9U5AwAAgLnKQljLy+vXj02yg4Npz9mWqu3hUHaZsR0AAIDHVBbCGl5ev/4VjCt5bN+qc7eVWL9X/I8tv79/VecOAAAApioLobeXn+MHSjod396JyW/N9nA8+T3+ozp/AAAAMEVZCL29vH79fJXY4Li+VOdvK7F+iclz+FydPwAAAJiiLISeXl6/vjZJDY7rn+ocbiXX32wPx/VanUMAAAAYqyyEXl5+jitZJTU4JolJpjDeJAAAALOVhdDDy89xJU12cy4fqnO5lVi/WdvP5Ucw3iQAAACzlIXQw4vxAs/o7+pcbiXX32wPx7frhEkAAACcV1kIS714Jfesdn01N9YvMXlOuw4BAAAAwDmVhbDEy+vXD03SgpNoz+Uequ3iFHbtbQsAAMD5lIUw18vr1z+DcSVPqj2fe6i2i1PI7/2f1TkFAACASlkIc728fv1+lajgXA4xVmBuR7NdnMf36pwCAABApSyEOV5ev35ukhSci8QkPXyqzisAAAC0ykKY6uX168cmOcH5HGICk9iOT812cT4fq3MLAAAA18pCmOLl9etfwbiS53eUxKQZ3c8v64NdZ3gHAADg+MpCGOvl9esfwbiSj+EQsyrHdpjV/TFkvfBHdY4BAAAglYUw1svr1y9XiQjO7SiJyb+b7eK8vlTnGAAAAFJZCGO8vH59bZIQnFh7fvcS25K9cMtt5JReq/MMAAAAZSEMedGr7dH8W53nvRTbx7kZbxIAAIB3ykK45+VnjzaT3TyWb9W53ktuT7N9nFvWF8abBAAA4DdlIdzzImn0iA41FmBuT7N9nN+hkt8AAADsryyEW15ev35qkg08hn+q872X3J5m+3gMh7rOAAAA2FdZCJWX168fmiQDj+Njdc73ktvTbB+P40N1zgEAAHg+ZSG0Xl6//hmMK/m4/q7O+15ye5rt43FkPfJndd4BAAB4LmUhXHv5OdnN97ekAg+oPed7i23Ka67cVh7C9+q8AwAA8FzKQrj28vr1c5NU4LH8W533vRXbyWP5XJ13AAAAnkdZCBcvxvp7BoecLTm3q9lOHs+hxjYFAABgW2UhpJfXr38F40o+vk/V+d9bbJeeuo8v65e/qvMPAADA4ysL4eXnGH8/3pIHPLZ/qmtgb7ldzXbymHL82j+qawAAAIDHVhbCy+vXL1eJAx7boWbkvsjtaraTx/WlugYAAAB4bGUhz+1FT7Vn82d1Hewtt6vZTh7ba3UdAAAA8LjKQp7Xi15qT6e9Bo6k2l4emvEmAQAAnkhZyHN6+TmupMlunsshZ+S+yO1rtpfHlvWP8SYBAACeRFnIc3r5OQlFlSzgcR1yRu6L2D4zcz+fQyfLAQAA6Kcs5Pm8vH791CQHeA6HHtcvts94p8/p0AlzAAAA+igLeS4vr18/NEkBnschZ+S+yO1rtpfn8aG6JgAAAHgcZSHPIxr/fwXjSj6vQ4/nl9vXbC/PI+ulQ84YDwAAQB9lIc8hGv2Z9DGu5PP6UV0XRxPbKXH+vLJ+MhkOAADAgyoLeQ7R4DexyHM7xSQjuZ3NdvNcPlfXBQAAAOdXFvL4orH/sWn883z+qa6No8ntbLab5/OxujYAAAA4t7KQxxaN/BxXsmr881xOMblIbmez3TyffJ3/r+r6AAAA4LzKQh5XNO6NK8nFKSYWie2USCd9r64PAAAAzqss5HFF4/5T09jnOf1bXR9HVWw/z+lTdX0AAABwTmUhjyka9X83jXye1ykmvrnI7W22n+f1d3WNAAAAcD5lIY8nGvP5CvePq8Y9z+0UE99cxPbq6ctF1mN/VNcJAAAA51IW8niiIS+xw7VTTHxzEdtrFnmueaUbAADgAZSFPJZoxHuFm9YpJr65iO01AQ4tr3QDAACcXFnI44jGu1e4aZ1q4puLYj94bl7pBgAAOLmykMcRDXevcNM61cQ3F7ndzX6AV7oBAABOrCzkMUSj3euvVE418c1FbnezH5D+qq4XAAAAjq8s5DFEg/1704CHdKqJby5yu5v9gPS9ul4AAAA4vrKQ84vG+mvTeIeLU47LF9v9Z7MfcPFaXTMAAAAcW1nIuUUjPSe8+feq0Q4XP6pr5ixy+5v9gZT1nYlwAAAATqYs5Nyigf75qsEO1z5X18xZxPZ/afYHLk59bQMAADyjspDzisb5301jHa6d+pXX3P5mf+CaiXAAAABOpCzkvKJh/q1pqMO1UyduYvsl3rnnW3XdAAAAcExlIecUjfKPTSMdftNeM2dU7Rdc+VhdNwAAABxPWcj5RGM8J7wxMQj3PERvstyPZr/g2qkneAIAAHgmZSHnE43xf5rGObT+qa6ds8n9aPYLWg9xrQMAADy6spBziUZ49pb896pRDpW/q+vnbGI/PjT7Ba2sD/+orh8AAACOoyzkXKIBrgcZg9rr5qxiXzIRX+4jXNFrEgAA4ODKQs4jGt9/No1xqHyvrp+zyv1p9g9a2Wvyz+r6AQAA4BjKQs4jGt6frxricMun6vo5q9yfZv+g8rm6fgAAADiGspBziEa33pKM9aG6hs4q96fZP7hFr0kAAICDKgs5h2hw6y3JWA81EUjuT7N/cItekwAAAAdVFnJ80djWW5KxHmp8yYvcr2Y/4Ra9JgEAAA6oLOT4oqGttyRjPdT4khe5X81+wi16TQIAABxQWcixRSNbb0mmeKjxJS9yv5r9hHv0mgQAADiYspBjiwa2nmJM8VDjS17kfjX7Cff8U11HAAAA7Kcs5LiicZ3JmH+vGttwz0OOL3mR+9fsL9yS9eZDJukBAADOqizkuKJh/c9VQxuGPHQvsdg/vYeZQq9JAACAAykLOa5oWOstyRR/V9fRo4j9M84kU/xbXUcAAADsoyzkmKJR/bFpZEMrE9ffQvYkfK2uo0cS+5hDG2Qv4tzf3G+Je4Z8rK4lAAAAtlcWckzRoP7RNLB5XpcEZCblMmH90D0jp8rj8XZcJCxp/aiuGQAAALZXFnI80ZjOREvVyOax5eQulwTka8jrwAQeM+Rxezt+eSxTHleT5zwniXwAAIADKAs5nmhIf2ka1jyO7AmbSbL/Xr8OmTz7s7oOWEce77fjnsdfL8vH96W6DgAAANhWWcixRCM6kyZV45pzuR7/0evXJxDn6NLL8jphWZ1bzkfyHwAAYGdlIccSDeh87bRqWHNc12NA5szRkiAPJM/n23m9vBKud+X5/FOdWwAAALZTFnIs0YCW9Dg2SUiqZGV1rXAcJsEBAADYWVnIcUTjOV/5rRrV7CfHhPwc8vXev6rzBimvj7frJK8Xs+ofz8fqvAEAALCNspDjiIazSW/2lzM35/iCekOySF4/IX9syESlGcH3ZxIcAACAHZWFHEM0mk16s49Lj8hMRP5RnRvoIa6v60SlHpX78GMDAADATspCjiEazCa92UaOEZk9UzNBJEnBbvL6C/nqd16PxpbdhklwAAAAdlIWcgzRYNaDaj2X17P/ro49HEFen2/Xqde+12MSHAAAgJ2UhewvGsuZkKga0cynVySnlddtuPSmrK5v5jOJFQAAwA7KQvYXDeUcc65qQDNevgprrEgeTl7P4TI2pVe+l/tcHWcAAADWVRayv2goSzbM879kZHVc4RHl9f523as35vm3Oq4AAACsqyxkX9FIziRD1XimJhkJb/J78PZ9kKScRv0BAACwsbKQfUUDOZMKVcOZ30lGwh35/QjGpBzH69wAAAAbKwvZVzSQ9XS67VvIsfWMGQkj5ffl7Xtjdu/bvM4NAACwsbKQ/UTj2Gvc7/0I/wSzacNC+T16+z7l96r6vj0zPbABAAA2VBayn2gYe437lzwWf1fHCVguvl+X8Sir798z8jo3AADAhspC9hMN42d/jTt7cb0Gr2rDRvL79va9e/ZelF7nBgAA2FBZyD6iUfzMr3HrHQkHkN/D8MwT5nidGwAAYCNlIfuIBvGzvVKZvUONHQkHlN/Lt+/ns/Xi/lQdDwAAAPorC9lHNIif5TXK3M+P1TEAjie/r2/f2+r7/Gh+VMcAAACA/spCtheN4b+axvEj+ha8rg0nld/ft+9x9f1+JH9V+w8AAEBfZSHbi4ZwTjxRNZAfQb6i7nVteBD5fX77Xlff90fwWu03AAAAfZWFbC8awo/WCynHpfsUJCThQeX3O2SC8tHGofxW7S8AAAB9lYVsKxrBfzSN4jO7TGjzR7WvwOPJ7/vb9/5hEpTtPgIAANBfWci2ohH8oW0Un5CEJDy5/P6/1QOPkKD8UO0jAAAA/ZSFbCsawPnKc9UwPgMJSeA3WR+81QtnTlB+qvYNAACAfspCthUN4O9Ng/gMJCSBu7J+eKsnzpig/F7tEwAAAP2UhWwnGr9nHF8yJ7uQkARGifrirLN4q+cAAABWVBaynWj4nml8yUwsmGUbmCXrj/DlrT45A+NMAgAArKgsZDvR8D3D+JLfwt/V9gNMlfXJW71S1TdHYpxJAACAFZWFbCcavkceX/JH0GMIWEXWL2/1TFX/HMG3arsBAADooyxkO0VD+Aj+m9im2l6A3rK+eat3qvpoV+22AgAA0E9ZyDai0ZuvM5aN4R2Z2AbYXNQ7R50gxzAWAAAAKykL2UY0eLOXUNUQ3kO+Uq4BDuwq66G3+qiqp/bwWm0nAAAAy5WFbCMavEeYnTZfn9TwBg4l66W3+qmqt7b0pdo+AAAAlisL2UY0ePee9CETo17bBg4p6qd8vXvvH3B+VNsGAADAcmUh64vG7h9N43dLZtsGTiPrq7d6q6rPtuAHHAAAgBWUhawvGrp7TXzzKWhkA6eS9dZb/VXVa2sz/i4AAMAKykLWFw3drSe+yd5GGtfAqWU99lafVfXcWozDCwAAsIKykPVFQ/dz0/Bdk16SwMPI+uytXqvquzV8rrYDAACAZcpC1hcN3e9Nw3cNekkCDyvrt7d6rqr/evpWrR8AAIBlykLWVzR8e8semXpJAg8t67mw+szd7XoBAABYrixkXdHI/bNt9Hb0bzDjNvBUst57q/+qerGHP6v1AgAAMF9ZyLqigbvWjNzfgsYz8JSy/gtrDZNhWAwAAIDOykLWFQ3cNWbk/qdaF8CzyfqwqR97UMcCAAB0Vhayrmjg9pxNNl9d1JMH4ErWi2/1Y1VvzvGpWg8AAADzlYWsKxq4+cp11fCdKuOY4AagkPXjWz1Z1Z9TmZkbAACgs7KQdUUD90fT4J1D7x2AEbK+bOrPOb5XsQEAAJivLGRdRYN3CrNuA0yU9eZb/VnVq6O0MQEAAFimLGQ90bjNWWPLRu8IOdvsX1VcAO7L+vOtHq3q1zEMnQEAANBRWch6omGbEzJUDd4hX4JGMcACWY+GueNOmmgMAACgo7KQ9UTDNl8nrBq89xhPEqCjqFc/N/XsGBKTAAAAHZWFrCcatv80Dd0hH6s4ACyT9WtT3w75p4oDAADAPGUh68mGbdPQvSUnaTCeJMCKop7N4TXGToojMQkAANBRWch6omE75vXBH0FSEmADWd++1btVfXzNsBoAAAAdlYWsJxq2Q5Mu5IyxJrkB2FDWu2/1b1UvX3yrlgUAAGCespD1ZMO2aehey79JSgLsIOvfcC85KTEJAADQUVnIeqJhe6vR+7n6PADbyvq4qZ8vJCYBAAA6KgtZT9HQTZKSAAeS9XJTT6d/q88CAAAwT1nIeoqG7mv1OQD2FfXzP019HcX1ZwEAAJiuLGQ9TSP3Y/UZAI4h6+nrerv9OwAAAPOVhaznqoErKQlwAllfX+ru9m8AAADMVxayjmjU5oyvkpIAJ5P1tsQkAABAX2Uh64hG7V+SkgDnpP4GAADoqywEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYU1kIAAAAALCmshAAAAAAYE1lIQAAAADAmspCAAAAAIA1lYUAAAAAAGsqCwEAAAAA1lQWAgAAAACsqSwEAAAAAFhTWQgAAAAAsKayEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAOCMXl6//hX+nuDPKg7HFOfL+eVp5fXcXN+DOsX5q4oD/JTfkeY7M8S9Ca6UhQAAZxQP+9/C/03wTxWHY4rz5fzytPJ6bq7vQW2MFOVT43yr4gA/5Xek+c4McW+CK2UhAMAZxcO+xsEDi/Pl/PK08npuru9BbYwU5RKT0FF+R5rvzBD3JrhSFgIAnFE87GscPLA4X84vTyuv5+b6HtTGSFEuMQkd5Xek+c4McW+CK2UhwDOJh4N7Yy39US0DHFN8ZzUOHlicL+eXp5XXc3N9D2pjpCiXmISO8jvSfGeGuDfBlbIQ4BHFQ8Af4UM+DIR8gPg3VA8LlR8hl8lly8Hkgf29fU+r7/AtGgcnEufL+eVp5fXcXN+D2hgpyiUmoaP8jjTfmSHuTXClLAR4FHHjz2Tkx/Dl7UGgl0xqfg6SlHAg8Z3UOHhgcb6c3wcW5yvP7xSfqji9FOsbVMXpJeJLTMIB5Xek+c4McW+CK2UhwNnFDT8TkvngPaVX5Fz5MCJBCQfw9n2svqe3aBycSJwv5/eBFedvyNqJwGqdd7Uxeor4EpNwQPkdab4zQ9yb4EpZCHBmebMPWyQkW9kr05iUsKP4DmocPLA4X87vAyvO3xCJyQFtjBTlEpPQUX5Hmu/MEPcmuFIWApxR3OT/Ct+vbvp7yLEo/6q2D1hffP80Dh5YnC/n94EV52+IxOSANkaKcolJ6Ci/I813Zoh7E1wpCwHOJm7wOY5kdePfQ/bWlJwE6CzqVo2/B1acvyFPlZgEjim+++5NsEBZCHAmcXP/1Nzsj0ByEqCzqFc1/h5Ycf6GSEwCu4vvvnsTLFAWApxF3NhzZuzqhn8E+Vq5MScBOok6VePvgRXnb4jEJLC7+O67N8ECZSHAGcRN/bW5yR/Rp2rbAZgu6lSNvwdWnL8hEpPA7uK7794EC5SFAEcXN/QPzQ1+qXyguNZzEp2/q33YW2xXThb090X1mUe39f5fre/Ur/nH9v9xtS/pz+pzrCeP+RmPf2zr9bUz+XsQy5y+8Rfb9PR17y1xPKpzeI/EJJPEOVpUBx1JbP/1feBp65LY993Paax39XtTLPNw5zr25bdrODzVm2a5v2/7vfl1+7bei92fI8tCgCOLyjMr8RzDsbrRj5XL52vgN2/u8bdcT06qkzNtVzHG+l7F30qsP2/62bs093dMwjU/k5/Nfd/8ASHXGa5vlmMMbmd+JuQ+fQm3rp8sz79/rGJMETEux/3ew+r/1hcO+TAW25XHN2dwzf0Y+i7k/uTn8vN7NQ5+S/qM0OVhLOKsct1exGfzx5ih73D+LcfcPUxjO7Yl9zO36d52j/4exN9Pk5iMdZ+q7j2Ct+MwxcMmJiNWW18MWVSXxfKr1mH3FHGHjN7X+GzeE7IOGnUvrmLsLbbr8vyS9cOYOjDrktyfrH92STjEeqvzdk/vc5rPK5ud01hP13tT/H3MM2TKv+92nseK7ctrOJ9jhs7bxeX87XkNd3+ejM8MtUW6J50j5nX9MfZZJM9RPsvn8a/2da6b94yyEODIolLLyryqSMfKm+Kkh+n4fFbo1Q1krE0fdmN9eRPKm8mYG9CQPN6b/Tqb67pa91hDCea8GU89f/lQ9KGKeU8uE6Y+oKbcvtcq5tZiO/JhbM4xa+UxzAebzZIssa6px75L4iridL1uU/w9GyZZX805D3kcdktQxrqzzhxKZFdyX29eM1G+y/kdK9Z32rr3CJr9H+ORE5Nl/DsWXeuxfPc6bKwi7pChpM6lIT6nDpp1719DbEfuw5zniVbG2Po5tNqOe8ac06xbD3lOI36Xe1OU530/n7+qZYbset+vxPbkM/HSdlvKe+rW13C35434W16/+Wwz9DzX7Z6fsUKPY9/T7fZaVQhwVFmhNRXcFHkzmP1gEsvmw8LcxuaqjaeLWM/YG98cmzzwxDq6NY6iPB9ilx6Lz1XsVnwuk3lTH2Iq+RCxWSLvWqy31z607iabeop1dHuQnCLi9Lxu83ucCclqmSnyuG/9IJ/1ZI9rKBuS745PlO1yfofEek5f9x5Bs99jSEz+suhaj+UfIjEZf5ubkGyNuvevIdbdax9aZb26hma9Ywyd0x5162rnNGIvvjdlWfOZuXYf3z62IROSa13Dm/xwEOvp8rwR5Vm3jj0Wi7+fGSP0eA5bw839KwsBjioqtLk3uXygWdywixjZ+JybnFy1YRnxp9z4lljU+BkS8Rc3juLfeZ56/kp492E2/t7rYfJi89f/Y509EmFD8vpc+3uwS+Iq4nRp1EdZPsz3Tm5t1RDNxHbvbf+tgRX/3uX83hPreIi69wiKfR4iMfnLousjlu9Sh81RxB3ybl+jrNePItc2TU7G+rIO7dHbekj2yFv1h8JmfWNsdU5XSdpF3Nn3pvj/fGbtvZ95HW3+I3esc41zVln9R/yIP/ucXsWY2j5YVKfG8ls8yy9xc//KQoAjisosfzGtKrkxuv26FrHyAWJO43vNX2p7J8aG5M16lQeCiLuocRT/v6Rn6z3vXrOOsiWJ6iGb/OId61nreN2zWi++iL34QXKOiNMjob7WA2XWV2s/wK+RlLz4X33z9v/VZ27pcn5vifhbNwJ261G9hWZfx5CY/GXRtR7LnzYxGf/u1aOuslXvrDX3oZL3/dXG7mvWNcapz2nEnHVviv+uee/cNDkZ61rjh9V7Vv2xO2Ivet6If895JX9WnRrLrZHcXoPEJHB+UZnNTZ50T/BEzLz5Vuu6JW+eq4wfGHHnjkWz1CoPPBFzduMo/rvmA17G/d9DfPz/muu6WHXA74i/xT7cskpyMuLukriKOEuu2zUT3Bdr/jAy98eaKf5rRIfDJCYj9kPVvUfQ7OcYEpO/LLrWY/lTJibj/9f+ceDH9bauIdax9Y/LF1lvr5LYadYzxvU5Xbtu7X5OI+bke1PYIpH3pdre3mI9SzqPLLHmNTz7eSP+f+41PLlOjWW2eIbsRWISOLeoyDKBUlVwQ/KGtUoDLuLeu2FlIjJvSnmjXvMX6b0axhfdXzmOmLMaR2GLJNt/yZ3471YJvTWTSXsmJS+6Jycj5qkSkyHPwxavAadV6qKIO/WYz5XX69Rj1eX8tiLu3nXvJuMWb63YzyESk78sutZj+VMlJkM2xrea2GHNXv57JSUv1vqRuVrXPac+pxFv6n1wy0TSqhMrRvy9kpIX+WzQ/fkmYs56noz/Lnk+mJOY3Oo704PEJHBuUZHN/UV8lUZpitjXN+JNEpHXYj1HGUeka4/UiDencdRjkpuxtn5VZY0GQz78b5UMuyePY9dfuiPemRKTW163qXvjJGLu3SAZ0v0eEDEfsu49gmIfh0hM/vJMicn8Dm6Z2Fml11nEPUr92f17VKxjyKnPacTb6ge6OVZJ3KWIO6feWEP3BHvEm/w8+ab621iT6tT4fD5HVnG2ltdYHq8hN5/5y0KAo4mKbG4SZbXX3SJ2vla4WSLyWqxz6qvkrTye7c2i+txYPcfwPMpDzlEcoVdhq712liQ5u/a6jXhT923PxOTWujY+I94Wr3Av1TUxGfF6171LG+JdEkNHUezfEInJX54pMbmH3kmPpW8tVImA6nNj9a4rq3UcTbdzGrGWHv+1dX8DJ2IufQaoruEl8Xp3lJh6Tnsk1kfXqfHZJcc/9y2TqFnvX8tE59wemIs6GpSFAEeSFV1T8Y212muwe4r9mnsjymXyJlQmUqM842aidU6SKZfp8oAXceY0jh5Z1+s44s39dTUfYm4moONvmaif+/pKtwZRxJr6IPlMicnY1Hr754h4PX6pzwfgSy+Di569ZnpeW4ese6uYZ1Xs3xCJyV8kJtfV9UeAiDe3nsuehTd/EI+/5Y8nU++DF91+aC9iH1G3cxqx5h7zylr3xa4dKSLe3H3OZ8XbPeeWXcPd3sKJWD3P6VhTEpN5XVQx7slra/A6iM/kc8nUt0PyWWf2NVYWAhxJVHJzG7+bzKS4tdivOa8R5s11VOIwPxfmJJiOmuDJh7nrh7s8fnOSC2O168tjuWR93XoURqy5iZXRrwDHZ+f0Aln0MHMt4kx9kDxyYrJtnOS1u6R3aur50L5kW3JfbtZJ8be8jno0CnomJufUi3kOT1H3HkGxb0MkJn+RmPwl78NZx1zXn0sTOz3rkjnPtbn9o++T8dnc5yrOPd1+CC1iL3X0c9rlfhXu3RfnTAB3ref5nfP2QD4zjH4Gic/OGeqg2z0hYzWxtzAlMTn1WXvycD6xzNTzPHuIhLIQ4EiykmsqvbG69OA7ktinfCip9vWeWQ8iuVwTZ0jeIBcf84jRK8GTD6zlDT7K5yYA7skHmLLREOWL1tfGmytizWmoTE7wxzJzkpNdXsGJOFMfJLs0TCJOz8TkUONkSU/FXomEJa80jx6eID8bpl5L13qd34eve4+g2a8xJCZ/kZj8Wf/f3Kb8W5hbn/S6R835gTCfZyZ/x2OZOfeKXj8SVrHnOPw5TRFrSRIrz++UhN3c58l/q3hzRKypP0zm5+dcw3OSk73qpSXntJLHIJPr+fz0v/Od/x/yOs7yUd+/t89W67hlfsJw+jmY9QN4WQhwJFHBzemV03226COI/Zr6MDLrYfYilp167BdPrhExeiR4Rj1sxufmJr1boxqE8blZDzltnDkizpzG0OzzGctOfWjqklyJGFOP8ZESk6MbJ/G5ucnJLhPgRJy5DaPJY6bGMnMS3Re9zu9mdW8uF6bWvavNGrylYr+GSEz+8syJyawfRn0H4nNz65Mu11rEmVp357bOThbGslPviV161RVxpzrNOU0Zq4k91tyk89x78OK3ySLGnGThrGRVimUzmVfFvKXLxEYRp1diMs9xl7ryIuJNPSaLnq9j+SnHYlbCvywEOIqo3LKBVlV6Q7q9rnAUsU9zEkuLboS5fBNvyOLxziLG0gTPlN5Yc3pBtbZY3+wHuouIMbUxtDi5HzGmPtQtTq5EjKnrPEpicvQrvxfx+TkPzb32d04jcMkv9nMbnov3N2LMuQ8trXunNvwe4se4Yr+GSEz+8qyJyUziT7pHxufnvD3QKzG56Q++sfzU546sZ3v8SFjFHutU5zRlrCb2GEt/wJpzT1zcPooYmz5nxfJz9nVxz9+IMeectrr8GNyKuFO2bXGiNmJMeSaZ1RYsCwGOIiq3uY39Lo3vI4l9mtpQ3eshelESLZZfkuCZnNiKZZb0mpyzvjkPOosbfxFj6nns8av61F6Ti6/ZjNHEHNIrUbfkup37yu+cXgs9EnWZJKxiD1nUUIjlp15Pqcf+Tk3q71X3dnkFc0/FPg3pllioFOsb1MaYq4o9YGnj/4yJybm9zeb8SNjj/jT1GHeZ3CriTH3O6fEjYRV3jFOd04uM1cQesjgBHMvPeQZYdE3F8nsluqf2EO3xBteSxGTu9+JOBbdE7PyeVOut9HgOmnTe2+XHKAsBjiIqtzkN0dTlYflIYp82f7BMEWfqr9BLf92fm+CZtb+x3NxXYueub86v+kt7X01NJHWb6TdiTf2Ve+mD+tkSk7PXH8vOaYjtkahLe71a1WN/pzQAUpeJ1yLO1Fe1VumZsaVin06n3ae5qtgDFl3rsfzZEpOze5ult+WruLf0SExO/U73uj9NTWD16GFVxR2y9JxO/TFnz8Rkj3vT3F6TS4YGmHr/7zU0wNT6qcf3dW5ictF1PEazviG9nkmq2LdMvjeUhQBHERXbnCROeqjEZOzPnFcJu9wUI86mDwOx/JzG0ewGeSy79frmJNuXJianPkj2HBB+akJ90QNULH+mxGSPX/SruPf0aAzN6WXc64eSTc9vLD+17u05ucDmDbG9Fft0Ou0+zVXFHrD0Wp9Th+2VmOyROJtal/RIdGz6BspFxNm8HitiDjnlOb3IWE3sIb2ePeaMNTn7fhzLTt3PLkmxVMS+q11+qogxdV/T6knJ1KxziMQkwFJRsc1NTK5+U9hS7M/mr8ReK+Lf1S4/RSy/aeMol21ijXGa9aVYfs8Hyanf4UVJ0Vh+r8bBLo36IuaQHonJqT2NUq8fSjY9v7H81Lq3S8/QiyL+Pd2Sonsp9ul02n2aq4o94JkSkz3qsal1ydIfXaf2cO/25kLKeE38IUuH5ali3nO6c3otYzWxhyze3xRxNh3SpYh1V7v8EhFv6jHe+tk5e69uMqTK27qqbaj0+G5Nrb8mH/uyEOAoomKblZhs44wVy855MB9ryYPA1OPQ5YHnIuJt9kAbyz50ojCXbWKNsfThqop5T7cHq4g1dX+XNv72ahxsfl5TEXNIjwfUKu493SZmiVibnt9YfpdXLy8i3tTX9E49zmSxP6fT7tNcVewBS6/1XeqwVMQd0qMem1qXLL037TJO+EXGa+IPWdTLvYg35HTn9FrGamIP6XKviDhzhnSZtd+x3KbPc62It+k4k7H8Lud0jFjXlG3r0Rt5av01+d5QFgIcRVRsU28K/2njjBXLznkwH2v2DSuWnXocurw2eRHxpq5/do+7WHbTxlEu28Qa40zrmzxRSRtjiYg3dX8X9fqK5Xd5kIw4m57XiyLmkEX7G8vPaQR160UYsTY9v7H8ZnVfJeJNXf/ia2pPxf6cTrtPc1WxByy91nepw1IRd8jiejtiTP1uLU1M7v0D89QhOJZeT1XMe053Tq9lrCb2kG7nt4g9ZNaPhbHc1GGBer9B8BRv4IwR65r6fV70o2UsP/VYTH5LpiwEOIqo2KZWhP9p44wVy855MB9r9g0rlp3aY7Fr4zTibXZzjmW3TtxZ3+96/8I9eX/bGFPE8rs8SEacTc/rRRFzyKL9jeXn7Ge3h/WIten5jeWn9lg8bd17BMX+nE67T3NVsQfs8d3ucr0XcYcsvs4jxtTv1tLE5K7f5YzXxB+yKKlUxBtyunN6LWM1sYd0O78Ra+q6Y7E61j2x3N5vEEy9hk/9nb0n19Wse8jsYxHLTh3SZtYwFGUhwFFE5Tb5ZpvaOGPFsnMezMeafcMqYh3dkn3dtHGUyzaxxjjT+qY+vBzBkqEAdnmQjDi7NOqLmEMW7W8sP2c/u/Xgjlibnt8i3tF1uZ73UuzP6bT7NFcVe8Ae322JyZFy+Sbe0S3d3yrmPac7p9cyVhN7SLe6OmJNvrbaGGPEcs92De92TofEuia/DRUmz5Aey+R6pv5AO2sm9rIQ4Ciicpt1E2zjjBXLznkwH2v2DauIdXSzf2mPZbdO3D36+s6YmFyyv7s8SEacXRr1Rcwhi/Y3l2/ijbF4Py8i1mbnN5ad89r63rrNqL+HYn9Op92nuarYA5Z+t3epw1IRd8jiejtiTK1Ltk7U7U1icoKM1cQesnh/LzJWE3uMya/2xjJT93F37T5MEcvvdk7HiPVNfZsu5T6NOvfxubnth1n3hbIQ4Ciicpt1E2zjjBXLznkwH2vWDSuWW3Ob1jL7YS+W3Tpx9+jrm/rqzREs2d9dHiQjzqbn9aKIOWTR/ubyTbwxFu/nRcTa7PzGsk9V9x5BsT+n0+7TXFXsAUu/27vUYamIO2RxvR0xptYlEpMTFPGGnO6cXstYTewhi/f3ImM1sceY/N2NZab2nNtduw9TxPK7ndMxYn1zZmS/yDEqc/n/XQfx//ljbN4Hst0wJ+mZ5rf/qkKAo4gKbtavNW2csWLZNRuis25YsdxTNY5j2U0bR7lsE2uMM61v6oPVEWy5v10eJCPOpuf1oog5ZNH+5vJNvDEW7+dFxNrs/MayT1X3HkGxP0OyoZzXxFqqdd7V7tNcVewBS7/bu9RhqYg7ZHG9HTGmnt+tE3W7a/dhiiregNOd02sZq4k9ZPH+XmSsJvYYk7+7RYzDa/dhilh+t3M6Vqxz1n1qRfOf36tCgKOICm5WYjJMng0sxXJrNkRn3bBiuadqHMeymzaOctkm1hhnWt/RHlrG2HJ/uzxIRpxNz+tFEXPIov3N5Zt4Yyzez4uItdn5jWWfqu49gmJ/hqy6v8X6BrUx5qpiD1j63d6lDktF3CGL6+2IMbUukZicoIo34HTn9FrGamIPWby/FxmriT3G5O9uEePw2n2YIpbf7ZyOFev8IxylJ+uyWdCrQoCjiEpubmJy1sNyLtfE6WnWDSuWe6rGcSy7aeMol21ijXGm9U19sDqCLfe3y4NkxNn0vF4UMYcs2t9cvok3xuL9vIhYm53fWPap6t4jKPZniMTkL0u/27vUYamIO2RxvR0xptYlEpMTVPEGnO6cXstYTewhi/f3ImM1sceY/N0tYhxeuw9TxPK7ndMpYr1zJqjpbdEs/qksBDiKqOjmNgxnPSzHcjm+Rt7gx6jWe8+sG1Ys91SN41h208ZRLtvEGuNM65v6YHUEW+5vlwfJiLPpeb0oYg5ZtL+5fBNvjMX7eRGxNju/sexT1b1HUOzPEInJX5Z+t3epw1IRd8jiejtiTK1LJCYnqOINON05vZaxmthDFu/vRcZqYo8x+btbxDi8dh+miOV3O6dTxbqz5+T3q23Z0ucw603Fa2UhwFFERTe3Ybj6zaFY55BZ2xTLPVXjOJbdtHGUyzaxxjjT+vKBoYp5ZEv2d5cHyYiz6Xm9KGIOWbS/uXwTb4zF+3kRsTY7v7HsU9W9R1DszxCJyV+Wfrd3qcNSEXfI4no7YmyaxCriHV67D1NU8Qac7pxey1hN7CGL9/ciYzWxx5j83S1iHF67D1PE8rud07lyG5ptWlu/67gqBDiSohIc43MVq6dinUNmVd6xXP4KVsW7J5NReXPay8dqX8aIZR89Ubj1+vJ8VDFvyZn42vO5tT+rfRkjlt3lQTLi7NKoL2IOWbS/uXwTb4zF+3kRsTY7v7Fsvh5VxbzntHXvEcT2V8f0HonJX5Z+tyUm79s6Mbl3XbL0eqr26Z7TndNrGauJPWTx/l5krCb2GJO/u7HM5OMb3l1XW6r2Y6xYfrdzukRsR779t3anhDw2f1Xrn6ssBDiSqPgyUVJVivf8qGL1VKxzyOwbVhFrSLdEwNZy25t9GWP2/uayTawxzrS+fDirYt6yakN/bbn9zf4M6fIgGXGeJTH5sYk3RrdkWcTa9PwW8Yactu49guJ4DpGY/GXptS4xed/SxOTU1yxfqzhnUezPkNOd02sZq4k9ZPH+XkSsL03sQW2MMWK53fZxD7H9p97f2J5Pzfb1kAnPVZ5zykKAI3mrBKvKccji8S7uKdY3ZPYNK5adOqjxaRvHue3Nvowxe39z2SbWGGda34cm1pDVk/priu3f5UEy4jxLYnLOfnZ7WI9Ym57fIt6Q09a9R1AczyESk7/s8d3ucr0XcYcsrlMixtS6ZGli8tmSOtU+3XO6c3otYzWxh3Q7vxFr6rpjsTrWPbHc1PbY2a/h035nY1t69ZjMY5AJzg/VenoqCwGOJCrD17fKcapVX2kr1jdk9g0rlp16czztL+2x7Y+eKDz8+toYZxLbv8uDZMTZpVFfxByyaH9j+Tn72W1ojYi16fmN5aeu79SvUu+tOJ5DJCZ/2eO7LTE5Uiw/tfdSl3vTXor9GXK6c3otYzWxh3Q7vxFr8ozMbYwxYjlv4Nx3iO9sbMeYpGTWR/nKd9b7lVU791TKQoAjicoxK86qUh3ypYrXS7G+IbNvWLHs1AfaT1WcM4htzxtitU/3SEzeUcQbMnuMx73Ftu/yIBlxNj+vqYg5ZNH+xvJzxrz9XsWaI2Jten5j+afqIbK34ngOkZj8Zem1vksdloq4QxZ/zyLGpkmsWH7qj+xnT+pU+3TP6c7ptYzVxB7S5V4Rcebck2ftdyw39Q2cbvf+PcT273JOl4htGDPczr/VsnsrCwGOJirROeNMptUSLMW6hsy+YcWyU8d1O+0DbWy7xOR7SxOTU8e2Wv2VjbXEtu/VOHiKxGQqYg5qY8wVsTY9v7H8UyUT9lYczyGrHu9ifYPaGHNVsQcsvdYlJu9bdK3F8lOP7yGTB2MV+zPkdOf0WsZqYg9ZvL8p4kxNFqZZ+x3LTe4o0sY4k9j+Xc7pErENY3rPHvI5pSwEOJqoROcO4LvaTaJY15DZ2xLLPs3DQGz7QycKc9km1hhLE5PP1ON2r8bBLo36IuaQxfsbMaYmulOXZHfE2fT8xvJTZ+Y+dTJhb8XxHCIx+cvSa31OgkNicoIi5pCus95uqdiXIac8pxcZq4k9ZPH+pogzp300e92x7NSOIn7o3kisf2wnljyHm7+qPaQsBDiaqEDnvs6dvxyt0muyWc8Yi25YsfxuDwMRKx988oa3+o0s1iEx+d7SxORuE+BErEzs5PWzSQMr1rNX4+CZEpNzBlXvMs5kxNn8/EaMp6h7j+Dt+E0hMfnL7Gs9ls16evI4dUFicoKIMXX25G7jhWesN5sM1fK2/VOc8pxeZKwm9pDF+5sizpw3ymbfo2LZqff/bj90R6ytr+Fdzulcsf4p5ybr+3y+6FKH91AWAhxRVJ5TbxAXq4w1WaxnyKIbViw/9VfRLvsdcdqkcD5Yr9ZQjrgSk+/1SGBNbXT2anBePyjlA/SqScqIvVfj4JkSk1Nfb055/S2qM3L5MLUR1mN/pzbEeiVhN617j+BqX8eSmPxl1rGI5fKHqzlJydTrPlHFvqfH93rzJFbEGNuj6aLLj4QRJ+vO63Ocvd5XTfBcrWusU57Ti4zVxB6y+D4RMeY8d6TZ5z2WnfpDd7e3CCLW9f1/i2t4l+fJuWL9U7f3IuuGfL7YLOlbKQsBjigqy7k34NR9ptRiHUMW3bBi+amvFKbFCaCIca9R3r2hHLEeOlGYyzaxxuiRwJqaXOnRCMvEyq0Gb5bnNnV9zSfi7fIgGXH2Oq9V3Ht6NP7m1EVpaR049RpOPfZ3zrld/HAfMe71rnrIJOXV/o0lMfm7SddDfH5qoqwlMTlBxJgzUcni59eIcW825VUSPFfxxzrlOb3IWE3sMRad21h+zjoXJwozRhNzyOKevxHjXl11uYa7/ugd8XZ5npwr1n/vmWGKTAD/93weNnvGKAsBjioqyDk34Yuuycki/pAeD11Tx3Zb9NAVy09pkOe29XiAfuhEYS7bxBqjRwJrznoXJQ1j+bEPSZckZY9E+i4PkhFnr/Naxb2n1/5ObZikXGbWQ24sNycpmXrt79Semkvr3im9UvKa7/7j2x6a/RpDYvJ3o6/3+OzUtzAqEpMTRZypdVnWPbOTA7HsvR8IW/8leKo4UzVxxzjtOU0Zq4k91qy6O5ab2nPxokdPzXuJ7srse3/KZd9iVLFb+X3p8vp4xNnleXKuWH8mZ6vtWirrhTznXer7W8pCgKPKSvGtkpyrS+Mt4sz51bvHQ9ec3g2z1hvLzRlzaq9XU06TKMxlm1hj9Gr8TX3IyvM/qxdFLDfnAalHL7NdHiQjzrMlJucmCr9X8e6JZeauK/Xa3zl176wGfiy3S917BMV+DXnkxOTUHyIv7v6gFH/PRNXc2K1e96Yq9j09nqd2SWJFnHaIhjFmfb9juXxWnXque+1nFfue057TlLGa2FNMapvE5+eOCZt6dCCYcw3POtax3JxruNcQCLs8T84V659zXqbK6y47HfTvZV0VAhxZVIRLf+XPCnVusiUfBnL9cx4IejWQp/bcSZMayPH5uQ89PRJLEpPv9Wr8zVl3PhBO6skYn5/6a3rq1RiSmLyv1/7O7a2R8hwN9p6Iz2Q9tDSB0q2hELHm1L1bNTi7NhD2UuzXkG6JhUqxvkFtjLki1pJER9bBv10T8e+8tpYk+SsSkzNErDnnYVJyMj4/J6GTev2AX8W+5+zndMn3NWXbZOx9cW5SMpeb3XPxWsSZ0xbL6370+vOzYc9reOo57fa8MVdsQ4+e8FP810M1LH/jqSoEOLKo/PJGNaeB2MqHgLtjdMXf8tenbIDnzXTpOnslBOYkQNJgQjb+nsc2GzRzHnq69NiJOA+dKMxlm1hjdGn8pYg15+E5r4fB5HZ8Jr8vcx/OezVwd3mQjDhPlZhMEWtJnZjXVJU8yToo69ysr6rlpuq5v3OTsVPq3mr5IQ/RWzIV+zbkkROTPRqY+T3r8bx0S696u4p9z+LvdcSYeq/omcSa27MpkzSDxzw+k8+2c57jJvdov6WIPeTs53Tus8+1PGdlkifLwtIfFrrdKyJW3rNmXWNh7DU8p+7q0lsyRaxdnieXiu3o/QPUWHm8Zt8TykKAo4uKL2/QVaU4V95cs0K9WNpLp9Kzgbyk0Z7LZhf8TKRcZIM7H4bmPGSkXK5Lj52Is2mCJ5dtYo1xmvW1IlY2iOae53xIzOskr5fLtZPyelpyTfZ8WN7lQTLi7HJei5hDetZDcxNprUv9O/e6vKdrQyHirVH3ZiNiSd3bpQfMETT7NsYjJybnDB+wtS73piLukMXf64gx9V7R9VqLeEvqz3xGzeXbuiTvz0sS0T2fNar495z6nGasJnYPeZ57xu3ynH4R8eb+WJeqazhl2ZJruNuEihFr6rHv+rwxR2xDto/XuBanyGedyc8lZSHAGUSld4aH9ms9EwK9eo320mWw9BSx8sGkWsc9p0kU5rJNrDG6NRZSxDvSd6drYiVi7fIgGXF2Oa9FzCG966E1kok9dW0oRLyHrXuPoNi/IY+cmNxivLBrc3rZdLk3FXGHLP5eR4yp94ru11rGbNaxpy4ThlwU8Yec+pxmrCb20azSsz7jNuvZ05dqG+eKeLs8T84R685nkyOdi3xOmjYMVFUIcBZR6Z0pOdm7gbxknJmeej8ISEy+1zUxmSJmj9cEe+i6bxFvlwfJiPN0ickU8Y5eB3dvKETMo9S9D/MK90Wxj0MeNjGZIt4ab29U8nu8272piDtk8fc6YuyWxLqImJlM2Ooc35Pb0LXndRN/jFOf04zVxD6SvF917S15EXGPcg1nIqz3NXyKxGSsN+vuI/5InNs0OjlZFgKcSVR6Z0lOdu/ZEjH3biCv8TD70InCXLaJNUbX5N1FxN3719UuA5Rfi5gSk/etkajbqkGW1+shGgoR9+Hq3iNo9nGMR09MbvF88189HP/d7d5UxB1y6iTWtYi7d12S6+6etGrWMcapz2nGamIPyR+Ht0rordqzPuLvnZyclAAbK2Ie4nnjnljn1HtEvma95bU3+lmlLAQ4m6j08oF6zwe7e7JSXiWxlCL2Xg+1o282U0TMh04U5rJNrDHWvH72Sk52T0qmiLvLg2TE2eW8FjGHdH9wjphbNEr+6x0Y/z1MQyFiP1TdewTNfo7x0InJFDHXGjrgt8Z8/P9u96Yi7pBTJ7FaEXuvxM4qCZ3UrGeMU5/TjNXEHpJjKW5271xbrOcRr+HDPG9UYn1Tk5K/Jajj33nOeoxNO2TUcSkLAc4oKr4lMwKvISv5VZIvrVjP1vs+a2DjMSKuxOR7qyUmU8TPh5utEiy5ntW+FxF7lwfJiPO0ickUcddM0v1vm+P/D9VQiPhZ927ZGFut7j2CZl/HeIbE5Jy6ZUh+j367juLfu92birhDFn+vI8bUumTtay2TBPn9rta9hqy3Vnm9NzXrGuPU5zRjNbGH/Le/8d8871OXHWvz4T5inVsOE5TX8CpJyRSxZ53TLcS6pjxz5ecG6+r4TD7PZHsgOyz0TFTm+gefW8pCgDOLyi8r1TV/+RmSD5arJpJuifXmjK9rJQdSxl77lZCHThTmsk2sMVa/nmIdWyS3M/5qD5HpbR3Vum/p8iAZcXY5r0XMIas9OEfs3j0msr75bYbN+PchGwq5nnDquvcImn0e4+ETkyniTu0Zc8vN6yjKJSbvW/Vau4j1ZA+mtZ9hV68Xi3UOOfU5zVhN7CG/7W/+u/n7UruNQRzrzrpk7Ws4E6Cr/kgX8Q/5vJFiXVO2bVZngFjuOlG59PlmcBvKQoBHkJVg2CpBmY3xTAqu9uvzWLENmRzo3UjOWHljWr2nTqzjoROFuWwTa4zVE5MXua4w9WFsSH4Pt+o9vMuDZMTZ5bwWMYds0SDtUf+U9U2UHbmhsFbdmzFXr3uP4Gq/x3qKxGSK2EuTk3fv4fG33e5NRdwhi7/XEWNqXbJJYjLFui51Se9n2LwGNnlObdY7xqnPacZqYg95t79Rlr3gpsZp5TXz2w96e4ntWKMdlp0/Vv2B+yLWc8jnjVjPlLq6W4I6YuWPJnOvz8HtKAsBHklUhlmB9/i1p5U3x0MkI2+JbcuHgtzOufueN6CMsVmjONZ1eTCbYvZDSi7bxBrjNOubK9aZv5QuGSA7H0bze7dZUjXF+nKbq2N4S5eEacTZ5bwWMYdslSDO62dqwzrrqbsN5/jbLud3ilhnJhWW1r257KZ17xHE/lbn8J5PVZxeivUNquL0EvHze5XfkeqaqeT3L7+Hg88p8Znd7k1F3CGLv9cRY2pdsuq1dkusN5MBS55hd/nhPNZXHcN7Tn1OM1YTe8jN/Y2/Zbsl7wHV+bwlz/Pm97sxYrsu7bC5Scrct1H1WE+xvkM+b8R6ptwDuh+ziJn1SbWuewbvjWUhwKOKijEfvLNCzUo9byJjHvTyRpqfzRtULrt5kqiH3O6QDd28uV/2/1o+BOXfch83TSZxbHE9ZKIlHyzz+kjttZPy+5F/y0bUpg+PHFtcD5d6t7p2LvXqw9Y5sW/qXrqK6+SS/K6+U1mWf1MPP5g4p1mX5D02z3GVNLnUJSnv2U/1w8ajyfMXLue7vXdczvWpnrlyW9+2+dY1nFzDd8QxGfsjxfdq+R4i9pTk6H/aGK2yEOAZRaWZN8u8CWoYAgAAcAhvbdUy8Vf4UsXoIWLnjyTVOm9qY7TKQgAAAABgfy8/O9CUib/C2kOdVOu8qV2+VRYCAAAAAPt7mZaYXPNV7hxmoFrnLcaYBAAAAICzepmWmEyrDE8WcXMc42p9twy+Vl4WAgAAAAD7e5k2xmTKGc27TiCU8cLUGdZfq1jXykIAAAAA4BhepicF8/Ndek5GnExKZrKzWs89gzPHl4UAAAAAwDG8vH791CT9xvoWPlQxh8Ry2VPzn/BvqGLf87mK2SoLAQAAAIBjeJn+Onclk5SZ4Mxk44eQY1dey7L82+cwp4fktcHekqksBAAAAACO4+Vn0rBKAh7N4NiSF2UhAAAAAHAsLz97M1bJwKMY9Qr3RVkIAAAAABxPJv+aZOBRfKq2956yEAAAAAA4ppfXr69hzqQ0a8jtmDfBTlUIAAAAABzXy88JcfbuPZmT6fxRbd8YZSEAAAAAcHwvPxOUmSDcqgflj5AT8cxOSF6UhQAAAADAuby8fv07ZJLyW6iSinNlvExG/lWtd66yEAAAAAA4t0wkhg9vScWUCcZ7voTLZzPJ+WcVt5eyEAAAAABgTWUhAAAAAMCaykIAAAAAgDWVhQAAAAAAayoLAQAAAADWVBYCAAAAAKypLAQAAAAAWFNZCAAAAACwprIQAAAAAGBNZSEAAAAAwJrKQgAAAACANZWFAAAAAABrKgsBAAAAANZUFgIAAAAArKksBAAAAABYz/+9/D9l//VyguGscgAAAABJRU5ErkJggg==</LogoOptional>
       <AdditionalLogoOptional>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</AdditionalLogoOptional>
     </Fields>
   </Content>
 </PrimeDocsFieldPart>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="d6d03aed-fec7-4ea3-a9b9-0e389148e37f" colorThemeId="Huenenberg" profile="61f621f0-5fba-4ef6-87bf-aa03bcebaffc" lcid="2055"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C8398C-04D4-4F36-9959-34187C8FC3E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43CC322A-B185-4FE5-88B1-446BDE0DDDB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
+    <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE4C9029-0616-4E60-9B63-70F902D518A6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F698D57-4D89-4C4D-BBDA-6DE84E9A7B5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
-    <ds:schemaRef ds:uri=""/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>754</Words>
-  <Characters>4756</Characters>
+  <Characters>4751</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5500</CharactersWithSpaces>
+  <CharactersWithSpaces>5495</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Glutz Solange</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>