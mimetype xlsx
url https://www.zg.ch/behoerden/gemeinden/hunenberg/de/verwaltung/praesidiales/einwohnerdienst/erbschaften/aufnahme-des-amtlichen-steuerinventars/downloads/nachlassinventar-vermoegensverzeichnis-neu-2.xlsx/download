--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -3,136 +3,133 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\01 Präsidiales\Todesfälle\Erbschaftsamt\Vorlagen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{46C2BBA4-743B-4E18-B328-AD27E82CC408}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C24D448-74A6-42A4-8270-0AB2AD0466C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="41496" windowHeight="16776" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
+    <workbookView xWindow="-132" yWindow="-132" windowWidth="41544" windowHeight="16824" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
   </bookViews>
   <sheets>
     <sheet name="Nachlassinventar" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">Nachlassinventar!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F477" i="1" l="1"/>
-[...15 lines deleted...]
-  <c r="E483" i="1" l="1"/>
+  <c r="F199" i="1" l="1"/>
+  <c r="F475" i="1"/>
+  <c r="F453" i="1"/>
+  <c r="F429" i="1"/>
+  <c r="F410" i="1"/>
+  <c r="F389" i="1"/>
+  <c r="E391" i="1" s="1"/>
+  <c r="F370" i="1"/>
+  <c r="F349" i="1"/>
+  <c r="F328" i="1"/>
+  <c r="F300" i="1"/>
+  <c r="F281" i="1"/>
+  <c r="F263" i="1"/>
+  <c r="F239" i="1"/>
+  <c r="F216" i="1"/>
+  <c r="E478" i="1" l="1"/>
+  <c r="E481" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="113">
   <si>
     <t>Nachlassinventar</t>
   </si>
   <si>
     <t>Amtliches Inventar gemäss § 147 ff. StG und Art. 154 ff. DBG</t>
   </si>
   <si>
     <t>Untersuchungsergebnis</t>
   </si>
   <si>
     <t>Erbschaftssteuer</t>
   </si>
   <si>
     <t>Erblasserin/Erblasser</t>
   </si>
   <si>
     <t>Name, Vorname</t>
   </si>
   <si>
     <t>Geburtsdatum</t>
   </si>
   <si>
-    <t>Heimatort/Staatsangehörigeit</t>
-[...1 lines deleted...]
-  <si>
     <t>Adresse, PLZ und Ort</t>
   </si>
   <si>
     <t>Zivilstand</t>
   </si>
   <si>
     <t>Todesdatum</t>
   </si>
   <si>
     <t>Verfügungen von Todes wegen</t>
   </si>
   <si>
     <t>Ist eine Verfügung von Todes wegen (Testament, Ehe- und/oder Erbvertrag, etc.) vorhanden?</t>
   </si>
   <si>
     <t>Verzeichnis der mutmasslichen Erbinnen/Erben</t>
   </si>
   <si>
     <t>Verzeichnis der mutmasslichen Vermächtnisnehmerinnen/Vermächtnisnehmer</t>
   </si>
   <si>
     <t>Bescheinigung/Erklärung</t>
   </si>
   <si>
     <t>Unterschrift/en</t>
@@ -246,53 +243,50 @@
     <t>Angaben über vorhandene Geschäftsschulden per Todestag</t>
   </si>
   <si>
     <t>Total 2.3</t>
   </si>
   <si>
     <t>2.4 Andere Schulden</t>
   </si>
   <si>
     <t>Total 2.4</t>
   </si>
   <si>
     <t>Total Passiven</t>
   </si>
   <si>
     <t>Reinvermögen</t>
   </si>
   <si>
     <t>3. Weitere erhebliche Tatsachen</t>
   </si>
   <si>
     <t>3.1 Einkommen</t>
   </si>
   <si>
     <t>Angaben über sämtliches Einkommen (Renten, Lohn, Honorare, Mieteinnahmen etc.)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Beilage: Steuerausweis Ausgleichskasse, Rentenbescheinigung, Lohnausweis oder Lohnabrechnung, Mietvertrag etc. (Stand per Todestag)</t>
   </si>
   <si>
     <t>3.2 Nutzungsrechte (Nutzniessung/Wohnrecht)</t>
   </si>
   <si>
     <t>3.3 Ausgerichtete Vorempfänge (Erbvorbezüge) und Schenkungen</t>
   </si>
   <si>
     <t>Angabe</t>
   </si>
   <si>
     <t>Angabe über Name der begünstigten Person, Verwandschaftsverhältnis, Adresse und Höhe der Zuwendung</t>
   </si>
   <si>
     <t>3.4 Weiteres</t>
   </si>
   <si>
     <t>Allenfalls weitere bisher nicht aufgeführte Angaben oder Bemerkungen</t>
   </si>
   <si>
     <t>Gemäss §§ 203 und 207 des kantonalen Steuergesetzes Zug (StG) bzw. Art. 174 und 178 des Bundesgesetzes über die direkte Bundessteuer (DBG) wird mit Busse bestraft, wer die ihm in seiner Eigenschaft als Erbe, als gesetzlicher Vertreter von Erben, als Erbschaftsverwalter und Willensvollstrecker obliegenden Mitwirkungs-, Auskunfts- und Bescheinigungspflichten laut §§ 150 sowie 151 StG bzw. Art. 157 und 158 DBG verletzt und Nachlasswerte absichtlich verheimlicht und/oder beiseite schaft.</t>
   </si>
   <si>
     <t>Unterschrift der Erben bzw. Erbenvertretung:</t>
   </si>
@@ -468,53 +462,50 @@
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Pauschale von 20'000 Franken</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> geltend gemacht werden. Höhere Kosten sind zu belegen.</t>
     </r>
   </si>
   <si>
     <t>nicht vorhanden</t>
   </si>
   <si>
     <t>Ort und Staat</t>
   </si>
   <si>
     <t>nein</t>
-  </si>
-[...1 lines deleted...]
-    <t>ja</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Bei verheirateten Personen bzw. Personen in eingetragener Partnerschaft sind auch </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">die Vermögenswerte des überlebenden Eheteils bzw. der einegtragenen Partnerin/des eingetragenen Partners </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">aufzuführen. Ebenso sind die Vermögenswerte der </t>
     </r>
     <r>
@@ -681,50 +672,59 @@
      ses, die nicht im Inventar verzeichnet sind, so muss er diese innert zehn Tagen der Inven-
      tarbehörde bekannt geben.
 4   Der Inventaraufnahme müssen mindestens ein handlungsfähiger Erbe und der gesetzliche 
      Vertreter minderjähriger oder unter umfassender Beistandschaft stehender Erben oder die 
      vorsorgebeauftragte Person beiwohnen.
 Art. 174 Verletzung von Verfahrenspflichten
 1   Wer einer Pflicht, die ihm nach den Vorschriften dieses Gesetzes oder nach einer aufgrund 
      dieses Gesetzes getroffenen Anordnung obliegt, trotz Mahnung vorsätzlich oder fahrlässig 
      nicht nachkommt, insbesondere:
      a) die Steuererklärung oder die dazu verlangten Beilagen nicht einreicht,
      b) eine Bescheinigungs-, Auskunfts- oder Meldepflicht nicht erfüllt,
      c) Pflichten verletzt, die ihm als Erben oder Dritten im Inventarverfahren obliegen,
          wird mit Busse bestraft.
 2   Die Busse beträgt bis zu 1'000 Franken, in schweren Fällen oder bei Rückfall bis zu 10'000 
      Franken.
 Art. 178 Verheimlichung oder Beiseiteschaffung von Nachlasswerten im Inventarverfahren
 1   Wer Nachlasswerte, zu deren Bekanntgabe er im Inventarverfahren verpflichtet ist, verheim-
       licht oder beiseite schafft in der Absicht, sie der Inventaraufnahme zu entziehen, wer zu 
       einer solchen Handlung anstiftet oder dazu Hilfe leistet, wird mit Busse bestraft.
 2   Die Busse beträgt bis zu 10'000 Franken, in schweren Fällen oder bei Rückfall bis zu 50'000
      Franken.
 3   Der Versuch einer Verheimlichung oder Beiseiteschaffung von Nachlasswerten ist ebenfalls 
      strafbar. Die Strafe kann milder sein als bei vollendeter Begehung.
 4   …</t>
     </r>
+  </si>
+  <si>
+    <t>ja und zwar</t>
+  </si>
+  <si>
+    <t>Beilage: Steuerausweis Ausgleichskasse, Rentenbescheinigung, Lohnausweis oder Lohnabrechnung, Mietvertrag etc. (01.01. - Todestag)</t>
+  </si>
+  <si>
+    <t>Heimatort/Staatsangehörigkeit</t>
   </si>
   <si>
     <t>Hünenberg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_ &quot;CHF&quot;\ * #,##0.00_ ;_ &quot;CHF&quot;\ * \-#,##0.00_ ;_ &quot;CHF&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="165" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -785,66 +785,60 @@
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u val="double"/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -939,118 +933,113 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
-[...4 lines deleted...]
-      </extLst>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1357,309 +1346,309 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE6354D3-42FD-48D5-AD00-61179149C836}">
-  <dimension ref="A6:G813"/>
+  <dimension ref="A6:G811"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A641" zoomScaleNormal="100" zoomScalePageLayoutView="160" workbookViewId="0">
-      <selection activeCell="A89" sqref="A89:G89"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" zoomScalePageLayoutView="160" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="11.44140625" customWidth="1"/>
     <col min="7" max="7" width="12.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F6" s="16"/>
     </row>
     <row r="7" spans="1:7" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="16" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B7" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" s="27" t="s">
         <v>112</v>
       </c>
-      <c r="C7" s="18"/>
-      <c r="D7" s="19" t="s">
+      <c r="C7" s="17"/>
+      <c r="D7" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="20"/>
-[...1 lines deleted...]
-      <c r="G7" s="21"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
     </row>
     <row r="8" spans="1:7" s="16" customFormat="1" ht="20.399999999999999" x14ac:dyDescent="0.35">
-      <c r="C8" s="18"/>
-      <c r="D8" s="22" t="s">
+      <c r="C8" s="17"/>
+      <c r="D8" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E8" s="17"/>
+      <c r="F8" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="G8" s="22" t="s">
         <v>99</v>
       </c>
-      <c r="E8" s="18"/>
-[...5 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:7" s="16" customFormat="1" ht="20.399999999999999" x14ac:dyDescent="0.35">
-      <c r="C9" s="18"/>
+      <c r="C9" s="17"/>
       <c r="D9" s="23" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G9" s="25" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="16" customFormat="1" ht="11.4" x14ac:dyDescent="0.2"/>
     <row r="11" spans="1:7" s="16" customFormat="1" ht="11.4" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:7" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A12" s="26" t="s">
         <v>0</v>
       </c>
       <c r="F12" s="16"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>1</v>
       </c>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F14" s="16"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="14" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
     </row>
     <row r="19" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>6</v>
       </c>
-      <c r="D20" s="42"/>
+      <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
     </row>
     <row r="21" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
     </row>
     <row r="23" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
     </row>
     <row r="25" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
     </row>
     <row r="27" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
     </row>
     <row r="29" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="6"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D30" s="42"/>
+        <v>9</v>
+      </c>
+      <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
     </row>
     <row r="31" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A35" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G35" s="29"/>
+      <c r="A35" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="34"/>
+      <c r="C35" s="34"/>
+      <c r="D35" s="34"/>
+      <c r="E35" s="34"/>
+      <c r="F35" s="34"/>
+      <c r="G35" s="34"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="28"/>
       <c r="F37" s="28"/>
       <c r="G37" s="28"/>
     </row>
     <row r="38" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="28"/>
       <c r="E39" s="28"/>
       <c r="F39" s="28"/>
       <c r="G39" s="28"/>
     </row>
     <row r="40" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D41" s="28"/>
       <c r="E41" s="28"/>
       <c r="F41" s="28"/>
       <c r="G41" s="28"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A44" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G44" s="29"/>
+      <c r="A44" s="34" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="34"/>
+      <c r="C44" s="34"/>
+      <c r="D44" s="34"/>
+      <c r="E44" s="34"/>
+      <c r="F44" s="34"/>
+      <c r="G44" s="34"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>5</v>
       </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="28"/>
       <c r="B48" s="28"/>
       <c r="D48" s="28"/>
       <c r="E48" s="28"/>
       <c r="F48" s="28"/>
       <c r="G48" s="28"/>
     </row>
     <row r="49" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="6"/>
       <c r="B49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
       <c r="G49" s="6"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
@@ -1697,109 +1686,109 @@
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="28"/>
       <c r="B54" s="28"/>
       <c r="D54" s="28"/>
       <c r="E54" s="28"/>
       <c r="F54" s="28"/>
       <c r="G54" s="28"/>
     </row>
     <row r="55" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="6"/>
       <c r="B55" s="6"/>
       <c r="D55" s="6"/>
       <c r="E55" s="6"/>
       <c r="F55" s="6"/>
       <c r="G55" s="6"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="28"/>
       <c r="B56" s="28"/>
       <c r="D56" s="28"/>
       <c r="E56" s="28"/>
       <c r="F56" s="28"/>
       <c r="G56" s="28"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A59" s="29" t="s">
+      <c r="A59" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" s="34"/>
+      <c r="C59" s="34"/>
+      <c r="D59" s="34"/>
+      <c r="E59" s="34"/>
+      <c r="F59" s="34"/>
+      <c r="G59" s="34"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B59" s="29"/>
-[...15 lines deleted...]
-      <c r="G61" s="30"/>
+      <c r="B61" s="36"/>
+      <c r="C61" s="36"/>
+      <c r="D61" s="36"/>
+      <c r="E61" s="36"/>
+      <c r="F61" s="36"/>
+      <c r="G61" s="36"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B63" t="s">
-        <v>108</v>
+      <c r="B63" s="12" t="s">
+        <v>109</v>
       </c>
       <c r="C63" s="28"/>
       <c r="D63" s="28"/>
       <c r="E63" s="28"/>
       <c r="F63" s="2" t="b">
         <v>0</v>
       </c>
       <c r="G63" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A66" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G66" s="29"/>
+      <c r="A66" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="B66" s="34"/>
+      <c r="C66" s="34"/>
+      <c r="D66" s="34"/>
+      <c r="E66" s="34"/>
+      <c r="F66" s="34"/>
+      <c r="G66" s="34"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A68" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G68" s="30"/>
+      <c r="A68" s="36" t="s">
+        <v>84</v>
+      </c>
+      <c r="B68" s="36"/>
+      <c r="C68" s="36"/>
+      <c r="D68" s="36"/>
+      <c r="E68" s="36"/>
+      <c r="F68" s="36"/>
+      <c r="G68" s="36"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="28"/>
       <c r="B70" s="28"/>
       <c r="C70" s="28"/>
       <c r="D70" s="28"/>
       <c r="E70" s="28"/>
       <c r="F70" s="28"/>
       <c r="G70" s="28"/>
     </row>
     <row r="71" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="6"/>
       <c r="B71" s="6"/>
       <c r="C71" s="6"/>
       <c r="D71" s="6"/>
       <c r="E71" s="6"/>
       <c r="F71" s="6"/>
       <c r="G71" s="6"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="28"/>
       <c r="B72" s="28"/>
       <c r="C72" s="28"/>
       <c r="D72" s="28"/>
       <c r="E72" s="28"/>
@@ -1875,70 +1864,70 @@
       <c r="C80" s="28"/>
       <c r="D80" s="28"/>
       <c r="E80" s="28"/>
       <c r="F80" s="28"/>
       <c r="G80" s="28"/>
     </row>
     <row r="81" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="6"/>
       <c r="B81" s="6"/>
       <c r="C81" s="6"/>
       <c r="D81" s="6"/>
       <c r="E81" s="6"/>
       <c r="F81" s="6"/>
       <c r="G81" s="6"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="28"/>
       <c r="B82" s="28"/>
       <c r="C82" s="28"/>
       <c r="D82" s="28"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="28"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A85" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G85" s="29"/>
+      <c r="A85" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B85" s="34"/>
+      <c r="C85" s="34"/>
+      <c r="D85" s="34"/>
+      <c r="E85" s="34"/>
+      <c r="F85" s="34"/>
+      <c r="G85" s="34"/>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A87" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G87" s="30"/>
+      <c r="A87" s="36" t="s">
+        <v>84</v>
+      </c>
+      <c r="B87" s="36"/>
+      <c r="C87" s="36"/>
+      <c r="D87" s="36"/>
+      <c r="E87" s="36"/>
+      <c r="F87" s="36"/>
+      <c r="G87" s="36"/>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="28"/>
       <c r="B89" s="28"/>
       <c r="C89" s="28"/>
       <c r="D89" s="28"/>
       <c r="E89" s="28"/>
       <c r="F89" s="28"/>
       <c r="G89" s="28"/>
     </row>
     <row r="90" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="6"/>
       <c r="B90" s="6"/>
       <c r="C90" s="6"/>
       <c r="D90" s="6"/>
       <c r="E90" s="6"/>
       <c r="F90" s="6"/>
       <c r="G90" s="6"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="28"/>
       <c r="B91" s="28"/>
       <c r="C91" s="28"/>
       <c r="D91" s="28"/>
       <c r="E91" s="28"/>
@@ -2014,426 +2003,426 @@
       <c r="C99" s="28"/>
       <c r="D99" s="28"/>
       <c r="E99" s="28"/>
       <c r="F99" s="28"/>
       <c r="G99" s="28"/>
     </row>
     <row r="100" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="6"/>
       <c r="B100" s="6"/>
       <c r="C100" s="6"/>
       <c r="D100" s="6"/>
       <c r="E100" s="6"/>
       <c r="F100" s="6"/>
       <c r="G100" s="6"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="28"/>
       <c r="B101" s="28"/>
       <c r="C101" s="28"/>
       <c r="D101" s="28"/>
       <c r="E101" s="28"/>
       <c r="F101" s="28"/>
       <c r="G101" s="28"/>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A104" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G104" s="29"/>
+      <c r="A104" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="B104" s="34"/>
+      <c r="C104" s="34"/>
+      <c r="D104" s="34"/>
+      <c r="E104" s="34"/>
+      <c r="F104" s="34"/>
+      <c r="G104" s="34"/>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A106" s="41" t="s">
-[...7 lines deleted...]
-      <c r="G106" s="41"/>
+      <c r="A106" s="40" t="s">
+        <v>100</v>
+      </c>
+      <c r="B106" s="40"/>
+      <c r="C106" s="40"/>
+      <c r="D106" s="40"/>
+      <c r="E106" s="40"/>
+      <c r="F106" s="40"/>
+      <c r="G106" s="40"/>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A107" s="41"/>
-[...5 lines deleted...]
-      <c r="G107" s="41"/>
+      <c r="A107" s="40"/>
+      <c r="B107" s="40"/>
+      <c r="C107" s="40"/>
+      <c r="D107" s="40"/>
+      <c r="E107" s="40"/>
+      <c r="F107" s="40"/>
+      <c r="G107" s="40"/>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A108" s="41"/>
-[...5 lines deleted...]
-      <c r="G108" s="41"/>
+      <c r="A108" s="40"/>
+      <c r="B108" s="40"/>
+      <c r="C108" s="40"/>
+      <c r="D108" s="40"/>
+      <c r="E108" s="40"/>
+      <c r="F108" s="40"/>
+      <c r="G108" s="40"/>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A109" s="41"/>
-[...5 lines deleted...]
-      <c r="G109" s="41"/>
+      <c r="A109" s="40"/>
+      <c r="B109" s="40"/>
+      <c r="C109" s="40"/>
+      <c r="D109" s="40"/>
+      <c r="E109" s="40"/>
+      <c r="F109" s="40"/>
+      <c r="G109" s="40"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A110" s="41"/>
-[...5 lines deleted...]
-      <c r="G110" s="41"/>
+      <c r="A110" s="40"/>
+      <c r="B110" s="40"/>
+      <c r="C110" s="40"/>
+      <c r="D110" s="40"/>
+      <c r="E110" s="40"/>
+      <c r="F110" s="40"/>
+      <c r="G110" s="40"/>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A111" s="41"/>
-[...5 lines deleted...]
-      <c r="G111" s="41"/>
+      <c r="A111" s="40"/>
+      <c r="B111" s="40"/>
+      <c r="C111" s="40"/>
+      <c r="D111" s="40"/>
+      <c r="E111" s="40"/>
+      <c r="F111" s="40"/>
+      <c r="G111" s="40"/>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A112" s="41"/>
-[...5 lines deleted...]
-      <c r="G112" s="41"/>
+      <c r="A112" s="40"/>
+      <c r="B112" s="40"/>
+      <c r="C112" s="40"/>
+      <c r="D112" s="40"/>
+      <c r="E112" s="40"/>
+      <c r="F112" s="40"/>
+      <c r="G112" s="40"/>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="10"/>
       <c r="B113" s="10"/>
       <c r="C113" s="10"/>
       <c r="D113" s="10"/>
       <c r="E113" s="10"/>
       <c r="F113" s="10"/>
       <c r="G113" s="10"/>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A114" s="41" t="s">
-[...7 lines deleted...]
-      <c r="G114" s="41"/>
+      <c r="A114" s="40" t="s">
+        <v>67</v>
+      </c>
+      <c r="B114" s="40"/>
+      <c r="C114" s="40"/>
+      <c r="D114" s="40"/>
+      <c r="E114" s="40"/>
+      <c r="F114" s="40"/>
+      <c r="G114" s="40"/>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="15"/>
       <c r="B115" s="15"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D116" s="28"/>
       <c r="E116" s="28"/>
       <c r="F116" s="28"/>
       <c r="G116" s="28"/>
     </row>
     <row r="117" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D117" s="6"/>
       <c r="E117" s="6"/>
       <c r="F117" s="6"/>
       <c r="G117" s="6"/>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D118" s="28"/>
       <c r="E118" s="28"/>
       <c r="F118" s="28"/>
       <c r="G118" s="28"/>
     </row>
     <row r="119" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D119" s="6"/>
       <c r="E119" s="6"/>
       <c r="F119" s="6"/>
       <c r="G119" s="6"/>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D120" s="28"/>
       <c r="E120" s="28"/>
       <c r="F120" s="28"/>
       <c r="G120" s="28"/>
     </row>
     <row r="121" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D121" s="6"/>
       <c r="E121" s="6"/>
       <c r="F121" s="6"/>
       <c r="G121" s="6"/>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D122" s="28"/>
       <c r="E122" s="28"/>
       <c r="F122" s="28"/>
       <c r="G122" s="28"/>
     </row>
     <row r="123" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
     </row>
     <row r="124" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D124" s="4"/>
       <c r="E124" s="4"/>
       <c r="F124" s="4"/>
       <c r="G124" s="4"/>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A125" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G125" s="29"/>
+      <c r="A125" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B125" s="34"/>
+      <c r="C125" s="34"/>
+      <c r="D125" s="34"/>
+      <c r="E125" s="34"/>
+      <c r="F125" s="34"/>
+      <c r="G125" s="34"/>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="14"/>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D127" s="28"/>
       <c r="E127" s="28"/>
       <c r="F127" s="28"/>
       <c r="G127" s="28"/>
     </row>
     <row r="128" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D128" s="6"/>
       <c r="E128" s="6"/>
       <c r="F128" s="6"/>
       <c r="G128" s="6"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D129" s="28"/>
       <c r="E129" s="28"/>
       <c r="F129" s="28"/>
       <c r="G129" s="28"/>
     </row>
     <row r="130" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D130" s="6"/>
       <c r="E130" s="6"/>
       <c r="F130" s="6"/>
       <c r="G130" s="6"/>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D131" s="28"/>
       <c r="E131" s="28"/>
       <c r="F131" s="28"/>
       <c r="G131" s="28"/>
     </row>
     <row r="134" spans="1:7" ht="16.8" x14ac:dyDescent="0.3">
-      <c r="A134" s="35" t="s">
-[...7 lines deleted...]
-      <c r="G134" s="35"/>
+      <c r="A134" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="B134" s="43"/>
+      <c r="C134" s="43"/>
+      <c r="D134" s="43"/>
+      <c r="E134" s="43"/>
+      <c r="F134" s="43"/>
+      <c r="G134" s="43"/>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>4</v>
       </c>
       <c r="D136" s="28"/>
       <c r="E136" s="28"/>
       <c r="F136" s="28"/>
       <c r="G136" s="28"/>
     </row>
     <row r="138" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="33" t="s">
-[...7 lines deleted...]
-      <c r="G138" s="33"/>
+      <c r="A138" s="35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B138" s="35"/>
+      <c r="C138" s="35"/>
+      <c r="D138" s="35"/>
+      <c r="E138" s="35"/>
+      <c r="F138" s="35"/>
+      <c r="G138" s="35"/>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A139" s="33"/>
-[...5 lines deleted...]
-      <c r="G139" s="33"/>
+      <c r="A139" s="35"/>
+      <c r="B139" s="35"/>
+      <c r="C139" s="35"/>
+      <c r="D139" s="35"/>
+      <c r="E139" s="35"/>
+      <c r="F139" s="35"/>
+      <c r="G139" s="35"/>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A140" s="33"/>
-[...5 lines deleted...]
-      <c r="G140" s="33"/>
+      <c r="A140" s="35"/>
+      <c r="B140" s="35"/>
+      <c r="C140" s="35"/>
+      <c r="D140" s="35"/>
+      <c r="E140" s="35"/>
+      <c r="F140" s="35"/>
+      <c r="G140" s="35"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A141" s="33"/>
-[...5 lines deleted...]
-      <c r="G141" s="33"/>
+      <c r="A141" s="35"/>
+      <c r="B141" s="35"/>
+      <c r="C141" s="35"/>
+      <c r="D141" s="35"/>
+      <c r="E141" s="35"/>
+      <c r="F141" s="35"/>
+      <c r="G141" s="35"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A142" s="33"/>
-[...5 lines deleted...]
-      <c r="G142" s="33"/>
+      <c r="A142" s="35"/>
+      <c r="B142" s="35"/>
+      <c r="C142" s="35"/>
+      <c r="D142" s="35"/>
+      <c r="E142" s="35"/>
+      <c r="F142" s="35"/>
+      <c r="G142" s="35"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A143" s="33"/>
-[...5 lines deleted...]
-      <c r="G143" s="33"/>
+      <c r="A143" s="35"/>
+      <c r="B143" s="35"/>
+      <c r="C143" s="35"/>
+      <c r="D143" s="35"/>
+      <c r="E143" s="35"/>
+      <c r="F143" s="35"/>
+      <c r="G143" s="35"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A144" s="33"/>
-[...5 lines deleted...]
-      <c r="G144" s="33"/>
+      <c r="A144" s="35"/>
+      <c r="B144" s="35"/>
+      <c r="C144" s="35"/>
+      <c r="D144" s="35"/>
+      <c r="E144" s="35"/>
+      <c r="F144" s="35"/>
+      <c r="G144" s="35"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A145" s="33"/>
-[...5 lines deleted...]
-      <c r="G145" s="33"/>
+      <c r="A145" s="35"/>
+      <c r="B145" s="35"/>
+      <c r="C145" s="35"/>
+      <c r="D145" s="35"/>
+      <c r="E145" s="35"/>
+      <c r="F145" s="35"/>
+      <c r="G145" s="35"/>
     </row>
     <row r="147" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A147" s="36" t="s">
-[...7 lines deleted...]
-      <c r="G147" s="36"/>
+      <c r="A147" s="33" t="s">
+        <v>38</v>
+      </c>
+      <c r="B147" s="33"/>
+      <c r="C147" s="33"/>
+      <c r="D147" s="33"/>
+      <c r="E147" s="33"/>
+      <c r="F147" s="33"/>
+      <c r="G147" s="33"/>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A150" s="29" t="s">
+      <c r="A150" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="B150" s="34"/>
+      <c r="C150" s="34"/>
+      <c r="D150" s="34"/>
+      <c r="E150" s="34"/>
+      <c r="F150" s="34"/>
+      <c r="G150" s="34"/>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A152" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="B150" s="29"/>
-[...15 lines deleted...]
-      <c r="G152" s="30"/>
+      <c r="B152" s="36"/>
+      <c r="C152" s="36"/>
+      <c r="D152" s="36"/>
+      <c r="E152" s="36"/>
+      <c r="F152" s="36"/>
+      <c r="G152" s="36"/>
     </row>
     <row r="154" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="43" t="s">
-[...7 lines deleted...]
-      <c r="G154" s="43"/>
+      <c r="A154" s="31" t="s">
+        <v>92</v>
+      </c>
+      <c r="B154" s="31"/>
+      <c r="C154" s="31"/>
+      <c r="D154" s="31"/>
+      <c r="E154" s="31"/>
+      <c r="F154" s="31"/>
+      <c r="G154" s="31"/>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A155" s="43"/>
-[...5 lines deleted...]
-      <c r="G155" s="43"/>
+      <c r="A155" s="31"/>
+      <c r="B155" s="31"/>
+      <c r="C155" s="31"/>
+      <c r="D155" s="31"/>
+      <c r="E155" s="31"/>
+      <c r="F155" s="31"/>
+      <c r="G155" s="31"/>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A156" s="10"/>
       <c r="B156" s="10"/>
       <c r="C156" s="10"/>
       <c r="D156" s="10"/>
       <c r="E156" s="10"/>
       <c r="F156" s="10"/>
       <c r="G156" s="10"/>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F157" s="38" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G157" s="38"/>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A159" s="28"/>
       <c r="B159" s="28"/>
       <c r="C159" s="28"/>
       <c r="D159" s="28"/>
       <c r="E159" s="28"/>
       <c r="G159" s="1"/>
     </row>
     <row r="160" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D160" s="4"/>
       <c r="F160" s="4"/>
       <c r="G160" s="7"/>
     </row>
     <row r="161" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A161" s="28"/>
       <c r="B161" s="28"/>
       <c r="C161" s="28"/>
       <c r="D161" s="28"/>
       <c r="E161" s="28"/>
       <c r="G161" s="1"/>
     </row>
     <row r="162" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
@@ -2648,201 +2637,201 @@
       <c r="D194" s="4"/>
       <c r="F194" s="4"/>
       <c r="G194" s="7"/>
     </row>
     <row r="195" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A195" s="28"/>
       <c r="B195" s="28"/>
       <c r="C195" s="28"/>
       <c r="D195" s="28"/>
       <c r="E195" s="28"/>
       <c r="G195" s="1"/>
     </row>
     <row r="196" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D196" s="4"/>
       <c r="F196" s="4"/>
       <c r="G196" s="7"/>
     </row>
     <row r="197" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A197" s="28"/>
       <c r="B197" s="28"/>
       <c r="C197" s="28"/>
       <c r="D197" s="28"/>
       <c r="E197" s="28"/>
       <c r="G197" s="1"/>
     </row>
-    <row r="198" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="199" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A199" s="28"/>
-[...4 lines deleted...]
-      <c r="G199" s="1"/>
+      <c r="A199" t="s">
+        <v>23</v>
+      </c>
+      <c r="F199" s="37">
+        <f>ROUND(SUM(G159,G161,G187,G191,G193,G195,G197,G185,G183,G181,G179,G177,G175,G173,G171,G169,G167,G165,G163,G189),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G199" s="37"/>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G200" s="9"/>
     </row>
     <row r="201" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A201" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(G159,G161,G187,G191,G193,G195,G197,G199,G185,G183,G181,G179,G177,G175,G173,G171,G169,G167,G165,G163,G189),0)</f>
+      <c r="A201" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="B201" s="34"/>
+      <c r="C201" s="34"/>
+      <c r="D201" s="34"/>
+      <c r="E201" s="34"/>
+      <c r="F201" s="34"/>
+      <c r="G201" s="34"/>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G201" s="40"/>
-[...13 lines deleted...]
-      <c r="G203" s="29"/>
+      <c r="B203" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="205" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A205" s="2" t="b">
-[...15 lines deleted...]
-      <c r="G207" s="33"/>
+      <c r="A205" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B205" s="35"/>
+      <c r="C205" s="35"/>
+      <c r="D205" s="35"/>
+      <c r="E205" s="35"/>
+      <c r="F205" s="35"/>
+      <c r="G205" s="35"/>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A206" s="35"/>
+      <c r="B206" s="35"/>
+      <c r="C206" s="35"/>
+      <c r="D206" s="35"/>
+      <c r="E206" s="35"/>
+      <c r="F206" s="35"/>
+      <c r="G206" s="35"/>
     </row>
     <row r="208" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A208" s="33"/>
-[...5 lines deleted...]
-      <c r="G208" s="33"/>
+      <c r="A208" t="s">
+        <v>94</v>
+      </c>
+      <c r="F208" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G208" s="38"/>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A210" t="s">
-[...5 lines deleted...]
-      <c r="G210" s="38"/>
+      <c r="A210" s="28"/>
+      <c r="B210" s="28"/>
+      <c r="C210" s="28"/>
+      <c r="D210" s="28"/>
+      <c r="E210" s="28"/>
+      <c r="G210" s="1"/>
+    </row>
+    <row r="211" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D211" s="4"/>
+      <c r="F211" s="4"/>
+      <c r="G211" s="7"/>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A212" s="28"/>
       <c r="B212" s="28"/>
       <c r="C212" s="28"/>
       <c r="D212" s="28"/>
       <c r="E212" s="28"/>
       <c r="G212" s="1"/>
     </row>
     <row r="213" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D213" s="4"/>
       <c r="F213" s="4"/>
       <c r="G213" s="7"/>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A214" s="28"/>
       <c r="B214" s="28"/>
       <c r="C214" s="28"/>
       <c r="D214" s="28"/>
       <c r="E214" s="28"/>
       <c r="G214" s="1"/>
     </row>
-    <row r="215" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A216" s="28"/>
-[...4 lines deleted...]
-      <c r="G216" s="1"/>
+      <c r="A216" t="s">
+        <v>24</v>
+      </c>
+      <c r="F216" s="37">
+        <f>ROUND(SUM(G210,G212,G214),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G216" s="37"/>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G217" s="9"/>
     </row>
     <row r="218" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A218" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(G212,G214,G216),0)</f>
+      <c r="G218" s="9"/>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A219" s="34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B219" s="34"/>
+      <c r="C219" s="34"/>
+      <c r="D219" s="34"/>
+      <c r="E219" s="34"/>
+      <c r="F219" s="34"/>
+      <c r="G219" s="34"/>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G218" s="40"/>
-[...16 lines deleted...]
-      <c r="G221" s="29"/>
+      <c r="B221" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="223" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A223" s="2" t="b">
-[...4 lines deleted...]
-      </c>
+      <c r="A223" t="s">
+        <v>21</v>
+      </c>
+      <c r="F223" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G223" s="38"/>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A225" t="s">
-[...5 lines deleted...]
-      <c r="G225" s="38"/>
+      <c r="A225" s="28"/>
+      <c r="B225" s="28"/>
+      <c r="C225" s="28"/>
+      <c r="D225" s="28"/>
+      <c r="E225" s="28"/>
+      <c r="G225" s="1"/>
+    </row>
+    <row r="226" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D226" s="4"/>
+      <c r="F226" s="4"/>
+      <c r="G226" s="7"/>
     </row>
     <row r="227" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A227" s="28"/>
       <c r="B227" s="28"/>
       <c r="C227" s="28"/>
       <c r="D227" s="28"/>
       <c r="E227" s="28"/>
       <c r="G227" s="1"/>
     </row>
     <row r="228" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D228" s="4"/>
       <c r="F228" s="4"/>
       <c r="G228" s="7"/>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A229" s="28"/>
       <c r="B229" s="28"/>
       <c r="C229" s="28"/>
       <c r="D229" s="28"/>
       <c r="E229" s="28"/>
       <c r="G229" s="1"/>
     </row>
     <row r="230" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D230" s="4"/>
       <c r="F230" s="4"/>
@@ -2873,480 +2862,480 @@
       <c r="D234" s="4"/>
       <c r="F234" s="4"/>
       <c r="G234" s="7"/>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A235" s="28"/>
       <c r="B235" s="28"/>
       <c r="C235" s="28"/>
       <c r="D235" s="28"/>
       <c r="E235" s="28"/>
       <c r="G235" s="1"/>
     </row>
     <row r="236" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D236" s="4"/>
       <c r="F236" s="4"/>
       <c r="G236" s="7"/>
     </row>
     <row r="237" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A237" s="28"/>
       <c r="B237" s="28"/>
       <c r="C237" s="28"/>
       <c r="D237" s="28"/>
       <c r="E237" s="28"/>
       <c r="G237" s="1"/>
     </row>
-    <row r="238" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="239" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A239" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G227,G229,G237,G239,G235,G231,G233),0)</f>
+      <c r="A239" t="s">
+        <v>27</v>
+      </c>
+      <c r="F239" s="37">
+        <f>ROUND(SUM(G225,G227,G235,G237,G233,G229,G231),0)</f>
         <v>0</v>
       </c>
-      <c r="G241" s="40"/>
+      <c r="G239" s="37"/>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G240" s="9"/>
     </row>
     <row r="242" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="G242" s="9"/>
+      <c r="A242" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="B242" s="34"/>
+      <c r="C242" s="34"/>
+      <c r="D242" s="34"/>
+      <c r="E242" s="34"/>
+      <c r="F242" s="34"/>
+      <c r="G242" s="34"/>
     </row>
     <row r="244" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A244" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G244" s="29"/>
+      <c r="A244" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="B244" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="246" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A246" s="2" t="b">
-[...7 lines deleted...]
-      <c r="A248" s="37" t="s">
+      <c r="A246" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="B246" s="44"/>
+      <c r="C246" s="44"/>
+      <c r="D246" s="44"/>
+      <c r="E246" s="44"/>
+      <c r="F246" s="44"/>
+      <c r="G246" s="44"/>
+    </row>
+    <row r="248" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="40" t="s">
         <v>26</v>
       </c>
-      <c r="B248" s="37"/>
-[...15 lines deleted...]
-      <c r="G250" s="41"/>
+      <c r="B248" s="40"/>
+      <c r="C248" s="40"/>
+      <c r="D248" s="40"/>
+      <c r="E248" s="40"/>
+      <c r="F248" s="40"/>
+      <c r="G248" s="40"/>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A249" s="40"/>
+      <c r="B249" s="40"/>
+      <c r="C249" s="40"/>
+      <c r="D249" s="40"/>
+      <c r="E249" s="40"/>
+      <c r="F249" s="40"/>
+      <c r="G249" s="40"/>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A250" s="40"/>
+      <c r="B250" s="40"/>
+      <c r="C250" s="40"/>
+      <c r="D250" s="40"/>
+      <c r="E250" s="40"/>
+      <c r="F250" s="40"/>
+      <c r="G250" s="40"/>
     </row>
     <row r="251" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A251" s="41"/>
-[...14 lines deleted...]
-      <c r="G252" s="41"/>
+      <c r="A251" s="40"/>
+      <c r="B251" s="40"/>
+      <c r="C251" s="40"/>
+      <c r="D251" s="40"/>
+      <c r="E251" s="40"/>
+      <c r="F251" s="40"/>
+      <c r="G251" s="40"/>
     </row>
     <row r="253" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A253" s="41"/>
-[...5 lines deleted...]
-      <c r="G253" s="41"/>
+      <c r="A253" t="s">
+        <v>21</v>
+      </c>
+      <c r="F253" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G253" s="38"/>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G254" s="13"/>
     </row>
     <row r="255" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A255" t="s">
-[...8 lines deleted...]
-      <c r="G256" s="13"/>
+      <c r="A255" s="28"/>
+      <c r="B255" s="28"/>
+      <c r="C255" s="28"/>
+      <c r="D255" s="28"/>
+      <c r="E255" s="28"/>
+      <c r="G255" s="1"/>
+    </row>
+    <row r="256" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D256" s="4"/>
+      <c r="F256" s="4"/>
+      <c r="G256" s="7"/>
     </row>
     <row r="257" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A257" s="28"/>
       <c r="B257" s="28"/>
       <c r="C257" s="28"/>
       <c r="D257" s="28"/>
       <c r="E257" s="28"/>
       <c r="G257" s="1"/>
     </row>
     <row r="258" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D258" s="4"/>
       <c r="F258" s="4"/>
       <c r="G258" s="7"/>
     </row>
     <row r="259" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A259" s="28"/>
       <c r="B259" s="28"/>
       <c r="C259" s="28"/>
       <c r="D259" s="28"/>
       <c r="E259" s="28"/>
       <c r="G259" s="1"/>
     </row>
     <row r="260" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D260" s="4"/>
       <c r="F260" s="4"/>
       <c r="G260" s="7"/>
     </row>
     <row r="261" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A261" s="28"/>
       <c r="B261" s="28"/>
       <c r="C261" s="28"/>
       <c r="D261" s="28"/>
       <c r="E261" s="28"/>
       <c r="G261" s="1"/>
     </row>
-    <row r="262" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="263" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A263" s="28"/>
-[...4 lines deleted...]
-      <c r="G263" s="1"/>
+      <c r="A263" t="s">
+        <v>28</v>
+      </c>
+      <c r="F263" s="37">
+        <f>ROUND(SUM(G255,G257,G261,G259),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G263" s="37"/>
+    </row>
+    <row r="264" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G264" s="9"/>
     </row>
     <row r="265" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A265" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(G257,G259,G263,G261),0)</f>
+      <c r="A265" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="B265" s="34"/>
+      <c r="C265" s="34"/>
+      <c r="D265" s="34"/>
+      <c r="E265" s="34"/>
+      <c r="F265" s="34"/>
+      <c r="G265" s="34"/>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A267" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G265" s="40"/>
-[...13 lines deleted...]
-      <c r="G267" s="29"/>
+      <c r="B267" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="269" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A269" s="2" t="b">
-[...4 lines deleted...]
-      </c>
+      <c r="A269" s="41" t="s">
+        <v>73</v>
+      </c>
+      <c r="B269" s="41"/>
+      <c r="C269" s="41"/>
+      <c r="D269" s="41"/>
+      <c r="E269" s="41"/>
+      <c r="F269" s="41"/>
+      <c r="G269" s="41"/>
     </row>
     <row r="271" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A271" s="44" t="s">
-[...7 lines deleted...]
-      <c r="G271" s="44"/>
+      <c r="A271" t="s">
+        <v>21</v>
+      </c>
+      <c r="F271" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G271" s="38"/>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A273" t="s">
-[...5 lines deleted...]
-      <c r="G273" s="38"/>
+      <c r="A273" s="28"/>
+      <c r="B273" s="28"/>
+      <c r="C273" s="28"/>
+      <c r="D273" s="28"/>
+      <c r="E273" s="28"/>
+      <c r="G273" s="1"/>
+    </row>
+    <row r="274" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D274" s="4"/>
+      <c r="F274" s="4"/>
+      <c r="G274" s="7"/>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A275" s="28"/>
       <c r="B275" s="28"/>
       <c r="C275" s="28"/>
       <c r="D275" s="28"/>
       <c r="E275" s="28"/>
       <c r="G275" s="1"/>
     </row>
     <row r="276" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D276" s="4"/>
       <c r="F276" s="4"/>
       <c r="G276" s="7"/>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A277" s="28"/>
       <c r="B277" s="28"/>
       <c r="C277" s="28"/>
       <c r="D277" s="28"/>
       <c r="E277" s="28"/>
       <c r="G277" s="1"/>
     </row>
     <row r="278" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D278" s="4"/>
       <c r="F278" s="4"/>
       <c r="G278" s="7"/>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A279" s="28"/>
       <c r="B279" s="28"/>
       <c r="C279" s="28"/>
       <c r="D279" s="28"/>
       <c r="E279" s="28"/>
       <c r="G279" s="1"/>
     </row>
-    <row r="280" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A281" s="28"/>
-[...4 lines deleted...]
-      <c r="G281" s="1"/>
+      <c r="A281" t="s">
+        <v>29</v>
+      </c>
+      <c r="F281" s="37">
+        <f>ROUND(SUM(G273,G275,G279,G277),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G281" s="37"/>
+    </row>
+    <row r="282" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G282" s="9"/>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A283" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(G275,G277,G281,G279),0)</f>
+      <c r="A283" s="12"/>
+      <c r="B283" s="12"/>
+      <c r="C283" s="12"/>
+      <c r="D283" s="12"/>
+      <c r="E283" s="12"/>
+      <c r="F283" s="12"/>
+    </row>
+    <row r="284" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A284" s="42" t="s">
+        <v>31</v>
+      </c>
+      <c r="B284" s="42"/>
+      <c r="C284" s="42"/>
+      <c r="D284" s="42"/>
+      <c r="E284" s="42"/>
+      <c r="F284" s="42"/>
+      <c r="G284" s="42"/>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A286" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G283" s="40"/>
-[...13 lines deleted...]
-      <c r="A286" s="34" t="s">
+      <c r="B286" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A288" s="36" t="s">
         <v>32</v>
       </c>
-      <c r="B286" s="34"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B288" s="36"/>
+      <c r="C288" s="36"/>
+      <c r="D288" s="36"/>
+      <c r="E288" s="36"/>
+      <c r="F288" s="36"/>
+      <c r="G288" s="36"/>
     </row>
     <row r="290" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A290" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G290" s="30"/>
+      <c r="A290" t="s">
+        <v>21</v>
+      </c>
+      <c r="F290" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G290" s="38"/>
     </row>
     <row r="292" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A292" t="s">
-[...5 lines deleted...]
-      <c r="G292" s="38"/>
+      <c r="A292" s="28"/>
+      <c r="B292" s="28"/>
+      <c r="C292" s="28"/>
+      <c r="D292" s="28"/>
+      <c r="E292" s="28"/>
+      <c r="G292" s="1"/>
+    </row>
+    <row r="293" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D293" s="4"/>
+      <c r="F293" s="4"/>
+      <c r="G293" s="7"/>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A294" s="28"/>
       <c r="B294" s="28"/>
       <c r="C294" s="28"/>
       <c r="D294" s="28"/>
       <c r="E294" s="28"/>
       <c r="G294" s="1"/>
     </row>
     <row r="295" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D295" s="4"/>
       <c r="F295" s="4"/>
       <c r="G295" s="7"/>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A296" s="28"/>
       <c r="B296" s="28"/>
       <c r="C296" s="28"/>
       <c r="D296" s="28"/>
       <c r="E296" s="28"/>
       <c r="G296" s="1"/>
     </row>
     <row r="297" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D297" s="4"/>
       <c r="F297" s="4"/>
       <c r="G297" s="7"/>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A298" s="28"/>
       <c r="B298" s="28"/>
       <c r="C298" s="28"/>
       <c r="D298" s="28"/>
       <c r="E298" s="28"/>
       <c r="G298" s="1"/>
     </row>
-    <row r="299" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A300" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G294,G296,G298,G300),0)</f>
+      <c r="A300" t="s">
+        <v>30</v>
+      </c>
+      <c r="F300" s="37">
+        <f>ROUND(SUM(G292,G294,G296,G298),0)</f>
         <v>0</v>
       </c>
-      <c r="G302" s="40"/>
+      <c r="G300" s="37"/>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G301" s="9"/>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="G303" s="9"/>
+      <c r="A303" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="B303" s="34"/>
+      <c r="C303" s="34"/>
+      <c r="D303" s="34"/>
+      <c r="E303" s="34"/>
+      <c r="F303" s="34"/>
+      <c r="G303" s="34"/>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A305" s="29" t="s">
-[...10 lines deleted...]
-      <c r="A307" s="2" t="b">
+      <c r="A305" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B307" t="s">
-[...21 lines deleted...]
-      <c r="G310" s="41"/>
+      <c r="B305" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="40" t="s">
+        <v>85</v>
+      </c>
+      <c r="B307" s="40"/>
+      <c r="C307" s="40"/>
+      <c r="D307" s="40"/>
+      <c r="E307" s="40"/>
+      <c r="F307" s="40"/>
+      <c r="G307" s="40"/>
+    </row>
+    <row r="308" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="40"/>
+      <c r="B308" s="40"/>
+      <c r="C308" s="40"/>
+      <c r="D308" s="40"/>
+      <c r="E308" s="40"/>
+      <c r="F308" s="40"/>
+      <c r="G308" s="40"/>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A310" s="36" t="s">
+        <v>101</v>
+      </c>
+      <c r="B310" s="36"/>
+      <c r="C310" s="36"/>
+      <c r="D310" s="36"/>
+      <c r="E310" s="36"/>
+      <c r="F310" s="36"/>
+      <c r="G310" s="36"/>
     </row>
     <row r="312" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A312" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G312" s="30"/>
+      <c r="A312" t="s">
+        <v>21</v>
+      </c>
+      <c r="F312" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G312" s="38"/>
     </row>
     <row r="314" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A314" t="s">
-[...5 lines deleted...]
-      <c r="G314" s="38"/>
+      <c r="A314" s="28"/>
+      <c r="B314" s="28"/>
+      <c r="C314" s="28"/>
+      <c r="D314" s="28"/>
+      <c r="E314" s="28"/>
+      <c r="G314" s="1"/>
+    </row>
+    <row r="315" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D315" s="4"/>
+      <c r="F315" s="4"/>
+      <c r="G315" s="7"/>
     </row>
     <row r="316" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A316" s="28"/>
       <c r="B316" s="28"/>
       <c r="C316" s="28"/>
       <c r="D316" s="28"/>
       <c r="E316" s="28"/>
       <c r="G316" s="1"/>
     </row>
     <row r="317" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D317" s="4"/>
       <c r="F317" s="4"/>
       <c r="G317" s="7"/>
     </row>
     <row r="318" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A318" s="28"/>
       <c r="B318" s="28"/>
       <c r="C318" s="28"/>
       <c r="D318" s="28"/>
       <c r="E318" s="28"/>
       <c r="G318" s="1"/>
     </row>
     <row r="319" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D319" s="4"/>
       <c r="F319" s="4"/>
@@ -3377,733 +3366,733 @@
       <c r="D323" s="4"/>
       <c r="F323" s="4"/>
       <c r="G323" s="7"/>
     </row>
     <row r="324" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A324" s="28"/>
       <c r="B324" s="28"/>
       <c r="C324" s="28"/>
       <c r="D324" s="28"/>
       <c r="E324" s="28"/>
       <c r="G324" s="1"/>
     </row>
     <row r="325" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D325" s="4"/>
       <c r="F325" s="4"/>
       <c r="G325" s="7"/>
     </row>
     <row r="326" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A326" s="28"/>
       <c r="B326" s="28"/>
       <c r="C326" s="28"/>
       <c r="D326" s="28"/>
       <c r="E326" s="28"/>
       <c r="G326" s="1"/>
     </row>
-    <row r="327" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="328" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A328" s="28"/>
-[...4 lines deleted...]
-      <c r="G328" s="1"/>
+      <c r="A328" t="s">
+        <v>34</v>
+      </c>
+      <c r="F328" s="37">
+        <f>ROUND(SUM(G314,G316,G318,G320,G322,G324,G326),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G328" s="37"/>
+    </row>
+    <row r="329" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G329" s="9"/>
     </row>
     <row r="330" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A330" t="s">
+      <c r="G330" s="9"/>
+    </row>
+    <row r="331" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A331" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="B331" s="34"/>
+      <c r="C331" s="34"/>
+      <c r="D331" s="34"/>
+      <c r="E331" s="34"/>
+      <c r="F331" s="34"/>
+      <c r="G331" s="34"/>
+    </row>
+    <row r="333" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A333" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="B333" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="39" t="s">
         <v>35</v>
       </c>
-      <c r="F330" s="40">
-[...39 lines deleted...]
-      <c r="G337" s="39"/>
+      <c r="B335" s="39"/>
+      <c r="C335" s="39"/>
+      <c r="D335" s="39"/>
+      <c r="E335" s="39"/>
+      <c r="F335" s="39"/>
+      <c r="G335" s="39"/>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>98</v>
-      </c>
+        <v>36</v>
+      </c>
+      <c r="F339" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G339" s="38"/>
     </row>
     <row r="341" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A341" t="s">
-[...5 lines deleted...]
-      <c r="G341" s="38"/>
+      <c r="A341" s="28"/>
+      <c r="B341" s="28"/>
+      <c r="C341" s="28"/>
+      <c r="D341" s="28"/>
+      <c r="E341" s="28"/>
+      <c r="G341" s="1"/>
+    </row>
+    <row r="342" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D342" s="4"/>
+      <c r="F342" s="4"/>
+      <c r="G342" s="7"/>
     </row>
     <row r="343" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A343" s="28"/>
       <c r="B343" s="28"/>
       <c r="C343" s="28"/>
       <c r="D343" s="28"/>
       <c r="E343" s="28"/>
       <c r="G343" s="1"/>
     </row>
     <row r="344" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D344" s="4"/>
       <c r="F344" s="4"/>
       <c r="G344" s="7"/>
     </row>
     <row r="345" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A345" s="28"/>
       <c r="B345" s="28"/>
       <c r="C345" s="28"/>
       <c r="D345" s="28"/>
       <c r="E345" s="28"/>
       <c r="G345" s="1"/>
     </row>
     <row r="346" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D346" s="4"/>
       <c r="F346" s="4"/>
       <c r="G346" s="7"/>
     </row>
     <row r="347" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A347" s="28"/>
       <c r="B347" s="28"/>
       <c r="C347" s="28"/>
       <c r="D347" s="28"/>
       <c r="E347" s="28"/>
       <c r="G347" s="1"/>
     </row>
-    <row r="348" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="349" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A349" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G343,G345,G347,G349),0)</f>
+      <c r="A349" t="s">
+        <v>37</v>
+      </c>
+      <c r="F349" s="37">
+        <f>ROUND(SUM(G341,G343,G345,G347),0)</f>
         <v>0</v>
       </c>
-      <c r="G351" s="40"/>
+      <c r="G349" s="37"/>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G350" s="9"/>
     </row>
     <row r="352" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="G352" s="9"/>
+      <c r="A352" s="34" t="s">
+        <v>87</v>
+      </c>
+      <c r="B352" s="34"/>
+      <c r="C352" s="34"/>
+      <c r="D352" s="34"/>
+      <c r="E352" s="34"/>
+      <c r="F352" s="34"/>
+      <c r="G352" s="34"/>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A354" s="29" t="s">
-[...10 lines deleted...]
-      <c r="A356" s="2" t="b">
+      <c r="A354" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B356" t="s">
-[...12 lines deleted...]
-      <c r="G358" s="39"/>
+      <c r="B354" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="B356" s="39"/>
+      <c r="C356" s="39"/>
+      <c r="D356" s="39"/>
+      <c r="E356" s="39"/>
+      <c r="F356" s="39"/>
+      <c r="G356" s="39"/>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>84</v>
-      </c>
+        <v>104</v>
+      </c>
+      <c r="F360" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G360" s="38"/>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A362" t="s">
-[...5 lines deleted...]
-      <c r="G362" s="38"/>
+      <c r="A362" s="28"/>
+      <c r="B362" s="28"/>
+      <c r="C362" s="28"/>
+      <c r="D362" s="28"/>
+      <c r="E362" s="28"/>
+      <c r="G362" s="1"/>
+    </row>
+    <row r="363" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D363" s="4"/>
+      <c r="F363" s="4"/>
+      <c r="G363" s="7"/>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A364" s="28"/>
       <c r="B364" s="28"/>
       <c r="C364" s="28"/>
       <c r="D364" s="28"/>
       <c r="E364" s="28"/>
       <c r="G364" s="1"/>
     </row>
     <row r="365" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D365" s="4"/>
       <c r="F365" s="4"/>
       <c r="G365" s="7"/>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A366" s="28"/>
       <c r="B366" s="28"/>
       <c r="C366" s="28"/>
       <c r="D366" s="28"/>
       <c r="E366" s="28"/>
       <c r="G366" s="1"/>
     </row>
     <row r="367" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D367" s="4"/>
       <c r="F367" s="4"/>
       <c r="G367" s="7"/>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A368" s="28"/>
       <c r="B368" s="28"/>
       <c r="C368" s="28"/>
       <c r="D368" s="28"/>
       <c r="E368" s="28"/>
       <c r="G368" s="1"/>
     </row>
-    <row r="369" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A370" s="28"/>
-[...4 lines deleted...]
-      <c r="G370" s="1"/>
+      <c r="A370" t="s">
+        <v>40</v>
+      </c>
+      <c r="F370" s="37">
+        <f>ROUND(SUM(G362,G364,G366,G368),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G370" s="37"/>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G371" s="9"/>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A372" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(G364,G366,G368,G370),0)</f>
+      <c r="G372" s="9"/>
+    </row>
+    <row r="373" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A373" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B373" s="34"/>
+      <c r="C373" s="34"/>
+      <c r="D373" s="34"/>
+      <c r="E373" s="34"/>
+      <c r="F373" s="34"/>
+      <c r="G373" s="34"/>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A375" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G372" s="40"/>
-[...35 lines deleted...]
-      <c r="G379" s="39"/>
+      <c r="B375" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="B377" s="39"/>
+      <c r="C377" s="39"/>
+      <c r="D377" s="39"/>
+      <c r="E377" s="39"/>
+      <c r="F377" s="39"/>
+      <c r="G377" s="39"/>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>74</v>
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F381" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G381" s="38"/>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A383" t="s">
-[...5 lines deleted...]
-      <c r="G383" s="38"/>
+      <c r="A383" s="28"/>
+      <c r="B383" s="28"/>
+      <c r="C383" s="28"/>
+      <c r="D383" s="28"/>
+      <c r="E383" s="28"/>
+      <c r="G383" s="1"/>
+    </row>
+    <row r="384" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D384" s="4"/>
+      <c r="F384" s="4"/>
+      <c r="G384" s="7"/>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A385" s="28"/>
       <c r="B385" s="28"/>
       <c r="C385" s="28"/>
       <c r="D385" s="28"/>
       <c r="E385" s="28"/>
       <c r="G385" s="1"/>
     </row>
     <row r="386" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D386" s="4"/>
       <c r="F386" s="4"/>
       <c r="G386" s="7"/>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A387" s="28"/>
       <c r="B387" s="28"/>
       <c r="C387" s="28"/>
       <c r="D387" s="28"/>
       <c r="E387" s="28"/>
       <c r="G387" s="1"/>
     </row>
-    <row r="388" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A389" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G385,G387,G389),0)</f>
+      <c r="A389" t="s">
+        <v>75</v>
+      </c>
+      <c r="F389" s="37">
+        <f>ROUND(SUM(G383,G385,G387),0)</f>
         <v>0</v>
       </c>
-      <c r="G391" s="40"/>
+      <c r="G389" s="37"/>
+    </row>
+    <row r="391" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A391" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E391" s="29">
+        <f>ROUND(SUM(F389,F349,F328,F300,F216,F281,F263,F239,F199,F370),0)</f>
+        <v>0</v>
+      </c>
+      <c r="F391" s="29"/>
+      <c r="G391" s="29"/>
+    </row>
+    <row r="392" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A392" s="8"/>
+      <c r="G392" s="11"/>
     </row>
     <row r="393" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A393" s="8" t="s">
-[...3 lines deleted...]
-        <f>ROUND(SUM(F391,F351,F330,F302,F218,F283,F265,F241,F201,F372),0)</f>
+      <c r="A393" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="B393" s="33"/>
+      <c r="C393" s="33"/>
+      <c r="D393" s="33"/>
+      <c r="E393" s="33"/>
+      <c r="F393" s="33"/>
+      <c r="G393" s="33"/>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A396" s="34" t="s">
+        <v>47</v>
+      </c>
+      <c r="B396" s="34"/>
+      <c r="C396" s="34"/>
+      <c r="D396" s="34"/>
+      <c r="E396" s="34"/>
+      <c r="F396" s="34"/>
+      <c r="G396" s="34"/>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A398" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="F393" s="31"/>
-[...18 lines deleted...]
-      <c r="A398" s="29" t="s">
+      <c r="B398" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A400" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="B398" s="29"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B400" s="36"/>
+      <c r="C400" s="36"/>
+      <c r="D400" s="36"/>
+      <c r="E400" s="36"/>
+      <c r="F400" s="36"/>
+      <c r="G400" s="36"/>
     </row>
     <row r="402" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A402" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G402" s="30"/>
+      <c r="A402" t="s">
+        <v>21</v>
+      </c>
+      <c r="F402" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G402" s="38"/>
     </row>
     <row r="404" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A404" t="s">
-[...5 lines deleted...]
-      <c r="G404" s="38"/>
+      <c r="A404" s="28"/>
+      <c r="B404" s="28"/>
+      <c r="C404" s="28"/>
+      <c r="D404" s="28"/>
+      <c r="E404" s="28"/>
+      <c r="G404" s="1"/>
+    </row>
+    <row r="405" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D405" s="4"/>
+      <c r="F405" s="4"/>
+      <c r="G405" s="7"/>
     </row>
     <row r="406" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A406" s="28"/>
       <c r="B406" s="28"/>
       <c r="C406" s="28"/>
       <c r="D406" s="28"/>
       <c r="E406" s="28"/>
       <c r="G406" s="1"/>
     </row>
     <row r="407" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D407" s="4"/>
       <c r="F407" s="4"/>
       <c r="G407" s="7"/>
     </row>
     <row r="408" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A408" s="28"/>
       <c r="B408" s="28"/>
       <c r="C408" s="28"/>
       <c r="D408" s="28"/>
       <c r="E408" s="28"/>
       <c r="G408" s="1"/>
     </row>
-    <row r="409" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="410" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A410" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G406,G408,G410),0)</f>
+      <c r="A410" t="s">
+        <v>49</v>
+      </c>
+      <c r="F410" s="37">
+        <f>ROUND(SUM(G404,G406,G408),0)</f>
         <v>0</v>
       </c>
-      <c r="G412" s="40"/>
+      <c r="G410" s="37"/>
+    </row>
+    <row r="413" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A413" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="B413" s="34"/>
+      <c r="C413" s="34"/>
+      <c r="D413" s="34"/>
+      <c r="E413" s="34"/>
+      <c r="F413" s="34"/>
+      <c r="G413" s="34"/>
     </row>
     <row r="415" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A415" s="29" t="s">
-[...10 lines deleted...]
-      <c r="A417" s="2" t="b">
+      <c r="A415" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B417" t="s">
-[...12 lines deleted...]
-      <c r="G419" s="39"/>
+      <c r="B415" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B417" s="39"/>
+      <c r="C417" s="39"/>
+      <c r="D417" s="39"/>
+      <c r="E417" s="39"/>
+      <c r="F417" s="39"/>
+      <c r="G417" s="39"/>
+    </row>
+    <row r="419" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A419" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="421" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>74</v>
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F421" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G421" s="38"/>
     </row>
     <row r="423" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A423" t="s">
-[...5 lines deleted...]
-      <c r="G423" s="38"/>
+      <c r="A423" s="28"/>
+      <c r="B423" s="28"/>
+      <c r="C423" s="28"/>
+      <c r="D423" s="28"/>
+      <c r="E423" s="28"/>
+      <c r="G423" s="1"/>
+    </row>
+    <row r="424" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D424" s="4"/>
+      <c r="F424" s="4"/>
+      <c r="G424" s="7"/>
     </row>
     <row r="425" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A425" s="28"/>
       <c r="B425" s="28"/>
       <c r="C425" s="28"/>
       <c r="D425" s="28"/>
       <c r="E425" s="28"/>
       <c r="G425" s="1"/>
     </row>
     <row r="426" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D426" s="4"/>
       <c r="F426" s="4"/>
       <c r="G426" s="7"/>
     </row>
     <row r="427" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A427" s="28"/>
       <c r="B427" s="28"/>
       <c r="C427" s="28"/>
       <c r="D427" s="28"/>
       <c r="E427" s="28"/>
       <c r="G427" s="1"/>
     </row>
-    <row r="428" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="429" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A429" s="28"/>
-[...11 lines deleted...]
-        <f>ROUND(SUM(G425,G427,G429),0)</f>
+      <c r="A429" t="s">
+        <v>50</v>
+      </c>
+      <c r="F429" s="37">
+        <f>ROUND(SUM(G423,G425,G427),0)</f>
         <v>0</v>
       </c>
-      <c r="G431" s="40"/>
+      <c r="G429" s="37"/>
+    </row>
+    <row r="432" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A432" s="34" t="s">
+        <v>77</v>
+      </c>
+      <c r="B432" s="34"/>
+      <c r="C432" s="34"/>
+      <c r="D432" s="34"/>
+      <c r="E432" s="34"/>
+      <c r="F432" s="34"/>
+      <c r="G432" s="34"/>
     </row>
     <row r="434" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A434" s="29" t="s">
-[...10 lines deleted...]
-      <c r="A436" s="2" t="b">
+      <c r="A434" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B436" t="s">
-[...21 lines deleted...]
-      <c r="G439" s="41"/>
+      <c r="B434" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="40" t="s">
+        <v>102</v>
+      </c>
+      <c r="B436" s="40"/>
+      <c r="C436" s="40"/>
+      <c r="D436" s="40"/>
+      <c r="E436" s="40"/>
+      <c r="F436" s="40"/>
+      <c r="G436" s="40"/>
+    </row>
+    <row r="437" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="40"/>
+      <c r="B437" s="40"/>
+      <c r="C437" s="40"/>
+      <c r="D437" s="40"/>
+      <c r="E437" s="40"/>
+      <c r="F437" s="40"/>
+      <c r="G437" s="40"/>
+    </row>
+    <row r="439" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="441" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>23</v>
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F441" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G441" s="38"/>
     </row>
     <row r="443" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A443" t="s">
-[...5 lines deleted...]
-      <c r="G443" s="38"/>
+      <c r="A443" s="28"/>
+      <c r="B443" s="28"/>
+      <c r="C443" s="28"/>
+      <c r="D443" s="28"/>
+      <c r="E443" s="28"/>
+      <c r="G443" s="1"/>
+    </row>
+    <row r="444" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D444" s="4"/>
+      <c r="F444" s="4"/>
+      <c r="G444" s="7"/>
     </row>
     <row r="445" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A445" s="28"/>
       <c r="B445" s="28"/>
       <c r="C445" s="28"/>
       <c r="D445" s="28"/>
       <c r="E445" s="28"/>
       <c r="G445" s="1"/>
     </row>
     <row r="446" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D446" s="4"/>
       <c r="F446" s="4"/>
       <c r="G446" s="7"/>
     </row>
     <row r="447" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A447" s="28"/>
       <c r="B447" s="28"/>
       <c r="C447" s="28"/>
       <c r="D447" s="28"/>
       <c r="E447" s="28"/>
       <c r="G447" s="1"/>
     </row>
     <row r="448" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D448" s="4"/>
       <c r="F448" s="4"/>
       <c r="G448" s="7"/>
     </row>
     <row r="449" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A449" s="28"/>
       <c r="B449" s="28"/>
       <c r="C449" s="28"/>
       <c r="D449" s="28"/>
       <c r="E449" s="28"/>
       <c r="G449" s="1"/>
     </row>
     <row r="450" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D450" s="4"/>
       <c r="F450" s="4"/>
       <c r="G450" s="7"/>
     </row>
     <row r="451" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A451" s="28"/>
       <c r="B451" s="28"/>
       <c r="C451" s="28"/>
       <c r="D451" s="28"/>
       <c r="E451" s="28"/>
       <c r="G451" s="1"/>
     </row>
-    <row r="452" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="453" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A453" s="28"/>
-[...4 lines deleted...]
-      <c r="G453" s="1"/>
+      <c r="A453" t="s">
+        <v>52</v>
+      </c>
+      <c r="F453" s="37">
+        <f>ROUND(SUM(G443,G445,G451,G447,G449),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G453" s="37"/>
+    </row>
+    <row r="454" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G454" s="9"/>
     </row>
     <row r="455" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A455" t="s">
+      <c r="A455" s="34" t="s">
         <v>53</v>
       </c>
-      <c r="F455" s="40">
-        <f>ROUND(SUM(G445,G447,G453,G449,G451),0)</f>
+      <c r="B455" s="34"/>
+      <c r="C455" s="34"/>
+      <c r="D455" s="34"/>
+      <c r="E455" s="34"/>
+      <c r="F455" s="34"/>
+      <c r="G455" s="34"/>
+    </row>
+    <row r="457" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A457" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="G455" s="40"/>
-[...13 lines deleted...]
-      <c r="G457" s="29"/>
+      <c r="B457" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="459" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A459" s="2" t="b">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="A459" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="461" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>23</v>
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F461" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G461" s="38"/>
     </row>
     <row r="463" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A463" t="s">
-[...5 lines deleted...]
-      <c r="G463" s="38"/>
+      <c r="A463" s="28"/>
+      <c r="B463" s="28"/>
+      <c r="C463" s="28"/>
+      <c r="D463" s="28"/>
+      <c r="E463" s="28"/>
+      <c r="G463" s="1"/>
+    </row>
+    <row r="464" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D464" s="4"/>
+      <c r="F464" s="4"/>
+      <c r="G464" s="7"/>
     </row>
     <row r="465" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A465" s="28"/>
       <c r="B465" s="28"/>
       <c r="C465" s="28"/>
       <c r="D465" s="28"/>
       <c r="E465" s="28"/>
       <c r="G465" s="1"/>
     </row>
     <row r="466" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D466" s="4"/>
       <c r="F466" s="4"/>
       <c r="G466" s="7"/>
     </row>
     <row r="467" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A467" s="28"/>
       <c r="B467" s="28"/>
       <c r="C467" s="28"/>
       <c r="D467" s="28"/>
       <c r="E467" s="28"/>
       <c r="G467" s="1"/>
     </row>
     <row r="468" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D468" s="4"/>
       <c r="F468" s="4"/>
@@ -4121,156 +4110,156 @@
       <c r="D470" s="4"/>
       <c r="F470" s="4"/>
       <c r="G470" s="7"/>
     </row>
     <row r="471" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A471" s="28"/>
       <c r="B471" s="28"/>
       <c r="C471" s="28"/>
       <c r="D471" s="28"/>
       <c r="E471" s="28"/>
       <c r="G471" s="1"/>
     </row>
     <row r="472" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D472" s="4"/>
       <c r="F472" s="4"/>
       <c r="G472" s="7"/>
     </row>
     <row r="473" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A473" s="28"/>
       <c r="B473" s="28"/>
       <c r="C473" s="28"/>
       <c r="D473" s="28"/>
       <c r="E473" s="28"/>
       <c r="G473" s="1"/>
     </row>
-    <row r="474" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="475" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A475" s="28"/>
-[...7 lines deleted...]
-      <c r="A477" t="s">
+      <c r="A475" t="s">
+        <v>54</v>
+      </c>
+      <c r="F475" s="37">
+        <f>ROUND(SUM(G463,G465,G467,G469,G471,G473),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G475" s="37"/>
+    </row>
+    <row r="478" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A478" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="F477" s="40">
-        <f>ROUND(SUM(G465,G467,G469,G471,G473,G475),0)</f>
+      <c r="E478" s="29">
+        <f>ROUND(SUM(F410,F453,F429,F475),0)</f>
         <v>0</v>
       </c>
-      <c r="G477" s="40"/>
-[...2 lines deleted...]
-      <c r="A480" s="8" t="s">
+      <c r="F478" s="29"/>
+      <c r="G478" s="29"/>
+    </row>
+    <row r="481" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A481" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="E480" s="31">
-        <f>ROUND(SUM(F412,F455,F431,F477),0)</f>
+      <c r="E481" s="30">
+        <f>E391-E478</f>
         <v>0</v>
       </c>
-      <c r="F480" s="31"/>
-[...3 lines deleted...]
-      <c r="A483" s="8" t="s">
+      <c r="F481" s="30"/>
+      <c r="G481" s="30"/>
+    </row>
+    <row r="484" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A484" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="E483" s="32">
-[...7 lines deleted...]
-      <c r="A486" s="36" t="s">
+      <c r="B484" s="33"/>
+      <c r="C484" s="33"/>
+      <c r="D484" s="33"/>
+      <c r="E484" s="33"/>
+      <c r="F484" s="33"/>
+      <c r="G484" s="33"/>
+    </row>
+    <row r="487" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A487" s="34" t="s">
         <v>58</v>
       </c>
-      <c r="B486" s="36"/>
-[...7 lines deleted...]
-      <c r="A489" s="29" t="s">
+      <c r="B487" s="34"/>
+      <c r="C487" s="34"/>
+      <c r="D487" s="34"/>
+      <c r="E487" s="34"/>
+      <c r="F487" s="34"/>
+      <c r="G487" s="34"/>
+    </row>
+    <row r="489" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="B489" s="29"/>
-[...4 lines deleted...]
-      <c r="G489" s="29"/>
+      <c r="B489" s="39"/>
+      <c r="C489" s="39"/>
+      <c r="D489" s="39"/>
+      <c r="E489" s="39"/>
+      <c r="F489" s="39"/>
+      <c r="G489" s="39"/>
     </row>
     <row r="491" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A491" s="39" t="s">
-[...18 lines deleted...]
-      <c r="G493" s="33"/>
+      <c r="A491" s="35" t="s">
+        <v>110</v>
+      </c>
+      <c r="B491" s="35"/>
+      <c r="C491" s="35"/>
+      <c r="D491" s="35"/>
+      <c r="E491" s="35"/>
+      <c r="F491" s="35"/>
+      <c r="G491" s="35"/>
+    </row>
+    <row r="492" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A492" s="35"/>
+      <c r="B492" s="35"/>
+      <c r="C492" s="35"/>
+      <c r="D492" s="35"/>
+      <c r="E492" s="35"/>
+      <c r="F492" s="35"/>
+      <c r="G492" s="35"/>
     </row>
     <row r="494" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A494" s="33"/>
-[...5 lines deleted...]
-      <c r="G494" s="33"/>
+      <c r="A494" t="s">
+        <v>21</v>
+      </c>
+      <c r="F494" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G494" s="38"/>
     </row>
     <row r="496" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A496" t="s">
-[...5 lines deleted...]
-      <c r="G496" s="38"/>
+      <c r="A496" s="28"/>
+      <c r="B496" s="28"/>
+      <c r="C496" s="28"/>
+      <c r="D496" s="28"/>
+      <c r="E496" s="28"/>
+      <c r="G496" s="1"/>
+    </row>
+    <row r="497" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D497" s="4"/>
+      <c r="F497" s="4"/>
+      <c r="G497" s="7"/>
     </row>
     <row r="498" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A498" s="28"/>
       <c r="B498" s="28"/>
       <c r="C498" s="28"/>
       <c r="D498" s="28"/>
       <c r="E498" s="28"/>
       <c r="G498" s="1"/>
     </row>
     <row r="499" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D499" s="4"/>
       <c r="F499" s="4"/>
       <c r="G499" s="7"/>
     </row>
     <row r="500" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A500" s="28"/>
       <c r="B500" s="28"/>
       <c r="C500" s="28"/>
       <c r="D500" s="28"/>
       <c r="E500" s="28"/>
       <c r="G500" s="1"/>
     </row>
     <row r="501" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D501" s="4"/>
       <c r="F501" s="4"/>
@@ -4366,224 +4355,224 @@
       <c r="D515" s="4"/>
       <c r="F515" s="4"/>
       <c r="G515" s="7"/>
     </row>
     <row r="516" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A516" s="28"/>
       <c r="B516" s="28"/>
       <c r="C516" s="28"/>
       <c r="D516" s="28"/>
       <c r="E516" s="28"/>
       <c r="G516" s="1"/>
     </row>
     <row r="517" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D517" s="4"/>
       <c r="F517" s="4"/>
       <c r="G517" s="7"/>
     </row>
     <row r="518" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A518" s="28"/>
       <c r="B518" s="28"/>
       <c r="C518" s="28"/>
       <c r="D518" s="28"/>
       <c r="E518" s="28"/>
       <c r="G518" s="1"/>
     </row>
-    <row r="519" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
     <row r="520" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A520" s="28"/>
-[...4 lines deleted...]
-      <c r="G520" s="1"/>
+      <c r="A520" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="B520" s="34"/>
+      <c r="C520" s="34"/>
+      <c r="D520" s="34"/>
+      <c r="E520" s="34"/>
+      <c r="F520" s="34"/>
+      <c r="G520" s="34"/>
     </row>
     <row r="522" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A522" s="29" t="s">
-[...10 lines deleted...]
-      <c r="A524" s="2" t="b">
+      <c r="A522" s="2" t="b">
         <v>0</v>
       </c>
-      <c r="B524" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B522" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="524" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="35" t="s">
+        <v>83</v>
+      </c>
+      <c r="B524" s="35"/>
+      <c r="C524" s="35"/>
+      <c r="D524" s="35"/>
+      <c r="E524" s="35"/>
+      <c r="F524" s="35"/>
+      <c r="G524" s="35"/>
+    </row>
+    <row r="525" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="35"/>
+      <c r="B525" s="35"/>
+      <c r="C525" s="35"/>
+      <c r="D525" s="35"/>
+      <c r="E525" s="35"/>
+      <c r="F525" s="35"/>
+      <c r="G525" s="35"/>
     </row>
     <row r="526" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A526" s="33" t="s">
-[...25 lines deleted...]
-      <c r="G528" s="33"/>
+      <c r="A526" s="35"/>
+      <c r="B526" s="35"/>
+      <c r="C526" s="35"/>
+      <c r="D526" s="35"/>
+      <c r="E526" s="35"/>
+      <c r="F526" s="35"/>
+      <c r="G526" s="35"/>
+    </row>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A528" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="530" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>23</v>
-      </c>
+        <v>36</v>
+      </c>
+      <c r="F530" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G530" s="38"/>
     </row>
     <row r="532" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A532" t="s">
-[...5 lines deleted...]
-      <c r="G532" s="38"/>
+      <c r="A532" s="28"/>
+      <c r="B532" s="28"/>
+      <c r="C532" s="28"/>
+      <c r="D532" s="28"/>
+      <c r="E532" s="28"/>
+      <c r="G532" s="1"/>
+    </row>
+    <row r="533" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D533" s="4"/>
+      <c r="F533" s="4"/>
+      <c r="G533" s="7"/>
     </row>
     <row r="534" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A534" s="28"/>
       <c r="B534" s="28"/>
       <c r="C534" s="28"/>
       <c r="D534" s="28"/>
       <c r="E534" s="28"/>
       <c r="G534" s="1"/>
     </row>
     <row r="535" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D535" s="4"/>
       <c r="F535" s="4"/>
       <c r="G535" s="7"/>
     </row>
     <row r="536" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A536" s="28"/>
       <c r="B536" s="28"/>
       <c r="C536" s="28"/>
       <c r="D536" s="28"/>
       <c r="E536" s="28"/>
       <c r="G536" s="1"/>
     </row>
     <row r="537" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D537" s="4"/>
       <c r="F537" s="4"/>
       <c r="G537" s="7"/>
     </row>
     <row r="538" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A538" s="28"/>
       <c r="B538" s="28"/>
       <c r="C538" s="28"/>
       <c r="D538" s="28"/>
       <c r="E538" s="28"/>
       <c r="G538" s="1"/>
     </row>
-    <row r="539" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="G540" s="1"/>
+    <row r="541" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A541" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B541" s="34"/>
+      <c r="C541" s="34"/>
+      <c r="D541" s="34"/>
+      <c r="E541" s="34"/>
+      <c r="F541" s="34"/>
+      <c r="G541" s="34"/>
     </row>
     <row r="543" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A543" s="29" t="s">
+      <c r="A543" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="B543" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="545" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A545" s="35" t="s">
         <v>63</v>
       </c>
-      <c r="B543" s="29"/>
-[...32 lines deleted...]
-      <c r="G548" s="33"/>
+      <c r="B545" s="35"/>
+      <c r="C545" s="35"/>
+      <c r="D545" s="35"/>
+      <c r="E545" s="35"/>
+      <c r="F545" s="35"/>
+      <c r="G545" s="35"/>
+    </row>
+    <row r="546" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="35"/>
+      <c r="B546" s="35"/>
+      <c r="C546" s="35"/>
+      <c r="D546" s="35"/>
+      <c r="E546" s="35"/>
+      <c r="F546" s="35"/>
+      <c r="G546" s="35"/>
+    </row>
+    <row r="548" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A548" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="550" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>23</v>
-      </c>
+        <v>62</v>
+      </c>
+      <c r="F550" s="38" t="s">
+        <v>91</v>
+      </c>
+      <c r="G550" s="38"/>
     </row>
     <row r="552" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A552" t="s">
-[...5 lines deleted...]
-      <c r="G552" s="38"/>
+      <c r="A552" s="28"/>
+      <c r="B552" s="28"/>
+      <c r="C552" s="28"/>
+      <c r="D552" s="28"/>
+      <c r="E552" s="28"/>
+      <c r="G552" s="1"/>
+    </row>
+    <row r="553" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D553" s="4"/>
+      <c r="F553" s="4"/>
+      <c r="G553" s="7"/>
     </row>
     <row r="554" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A554" s="28"/>
       <c r="B554" s="28"/>
       <c r="C554" s="28"/>
       <c r="D554" s="28"/>
       <c r="E554" s="28"/>
       <c r="G554" s="1"/>
     </row>
     <row r="555" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D555" s="4"/>
       <c r="F555" s="4"/>
       <c r="G555" s="7"/>
     </row>
     <row r="556" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A556" s="28"/>
       <c r="B556" s="28"/>
       <c r="C556" s="28"/>
       <c r="D556" s="28"/>
       <c r="E556" s="28"/>
       <c r="G556" s="1"/>
     </row>
     <row r="557" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D557" s="4"/>
       <c r="F557" s="4"/>
@@ -4770,92 +4759,93 @@
       <c r="D585" s="4"/>
       <c r="F585" s="4"/>
       <c r="G585" s="7"/>
     </row>
     <row r="586" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A586" s="28"/>
       <c r="B586" s="28"/>
       <c r="C586" s="28"/>
       <c r="D586" s="28"/>
       <c r="E586" s="28"/>
       <c r="G586" s="1"/>
     </row>
     <row r="587" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D587" s="4"/>
       <c r="F587" s="4"/>
       <c r="G587" s="7"/>
     </row>
     <row r="588" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A588" s="28"/>
       <c r="B588" s="28"/>
       <c r="C588" s="28"/>
       <c r="D588" s="28"/>
       <c r="E588" s="28"/>
       <c r="G588" s="1"/>
     </row>
-    <row r="589" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="G590" s="1"/>
+    <row r="591" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A591" s="34" t="s">
+        <v>64</v>
+      </c>
+      <c r="B591" s="34"/>
+      <c r="C591" s="34"/>
+      <c r="D591" s="34"/>
+      <c r="E591" s="34"/>
+      <c r="F591" s="34"/>
+      <c r="G591" s="34"/>
     </row>
     <row r="593" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A593" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G593" s="29"/>
+      <c r="A593" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="B593" s="36"/>
+      <c r="C593" s="36"/>
+      <c r="D593" s="36"/>
+      <c r="E593" s="36"/>
+      <c r="F593" s="36"/>
+      <c r="G593" s="36"/>
     </row>
     <row r="595" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A595" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G595" s="30"/>
+      <c r="A595" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="B595" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="597" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A597" s="2" t="b">
-[...4 lines deleted...]
-      </c>
+      <c r="A597" s="28"/>
+      <c r="B597" s="28"/>
+      <c r="C597" s="28"/>
+      <c r="D597" s="28"/>
+      <c r="E597" s="28"/>
+      <c r="F597" s="28"/>
+      <c r="G597" s="28"/>
+    </row>
+    <row r="598" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D598" s="4"/>
+      <c r="F598" s="4"/>
+      <c r="G598" s="4"/>
     </row>
     <row r="599" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A599" s="28"/>
       <c r="B599" s="28"/>
       <c r="C599" s="28"/>
       <c r="D599" s="28"/>
       <c r="E599" s="28"/>
       <c r="F599" s="28"/>
       <c r="G599" s="28"/>
     </row>
     <row r="600" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D600" s="4"/>
       <c r="F600" s="4"/>
       <c r="G600" s="4"/>
     </row>
     <row r="601" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A601" s="28"/>
       <c r="B601" s="28"/>
       <c r="C601" s="28"/>
       <c r="D601" s="28"/>
       <c r="E601" s="28"/>
       <c r="F601" s="28"/>
       <c r="G601" s="28"/>
     </row>
     <row r="602" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
@@ -4878,1324 +4868,1328 @@
       <c r="G604" s="4"/>
     </row>
     <row r="605" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A605" s="28"/>
       <c r="B605" s="28"/>
       <c r="C605" s="28"/>
       <c r="D605" s="28"/>
       <c r="E605" s="28"/>
       <c r="F605" s="28"/>
       <c r="G605" s="28"/>
     </row>
     <row r="606" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D606" s="4"/>
       <c r="F606" s="4"/>
       <c r="G606" s="4"/>
     </row>
     <row r="607" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A607" s="28"/>
       <c r="B607" s="28"/>
       <c r="C607" s="28"/>
       <c r="D607" s="28"/>
       <c r="E607" s="28"/>
       <c r="F607" s="28"/>
       <c r="G607" s="28"/>
     </row>
-    <row r="608" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="G609" s="28"/>
+    <row r="610" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A610" s="5" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="612" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A612" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A612" t="s">
+        <v>79</v>
+      </c>
+      <c r="D612" s="28"/>
+      <c r="E612" s="28"/>
+      <c r="F612" s="28"/>
+      <c r="G612" s="28"/>
+    </row>
+    <row r="613" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D613" s="4"/>
+      <c r="E613" s="4"/>
+      <c r="F613" s="4"/>
+      <c r="G613" s="4"/>
     </row>
     <row r="614" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D614" s="28"/>
       <c r="E614" s="28"/>
       <c r="F614" s="28"/>
       <c r="G614" s="28"/>
     </row>
     <row r="615" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D615" s="4"/>
       <c r="E615" s="4"/>
       <c r="F615" s="4"/>
       <c r="G615" s="4"/>
     </row>
     <row r="616" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D616" s="28"/>
       <c r="E616" s="28"/>
       <c r="F616" s="28"/>
       <c r="G616" s="28"/>
     </row>
-    <row r="617" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="G621" s="33"/>
+    <row r="619" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="35" t="s">
+        <v>66</v>
+      </c>
+      <c r="B619" s="35"/>
+      <c r="C619" s="35"/>
+      <c r="D619" s="35"/>
+      <c r="E619" s="35"/>
+      <c r="F619" s="35"/>
+      <c r="G619" s="35"/>
+    </row>
+    <row r="620" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A620" s="35"/>
+      <c r="B620" s="35"/>
+      <c r="C620" s="35"/>
+      <c r="D620" s="35"/>
+      <c r="E620" s="35"/>
+      <c r="F620" s="35"/>
+      <c r="G620" s="35"/>
+    </row>
+    <row r="621" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A621" s="35"/>
+      <c r="B621" s="35"/>
+      <c r="C621" s="35"/>
+      <c r="D621" s="35"/>
+      <c r="E621" s="35"/>
+      <c r="F621" s="35"/>
+      <c r="G621" s="35"/>
     </row>
     <row r="622" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A622" s="33"/>
-[...5 lines deleted...]
-      <c r="G622" s="33"/>
+      <c r="A622" s="35"/>
+      <c r="B622" s="35"/>
+      <c r="C622" s="35"/>
+      <c r="D622" s="35"/>
+      <c r="E622" s="35"/>
+      <c r="F622" s="35"/>
+      <c r="G622" s="35"/>
     </row>
     <row r="623" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A623" s="33"/>
-[...5 lines deleted...]
-      <c r="G623" s="33"/>
+      <c r="A623" s="35"/>
+      <c r="B623" s="35"/>
+      <c r="C623" s="35"/>
+      <c r="D623" s="35"/>
+      <c r="E623" s="35"/>
+      <c r="F623" s="35"/>
+      <c r="G623" s="35"/>
     </row>
     <row r="624" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A624" s="33"/>
-[...14 lines deleted...]
-      <c r="G625" s="33"/>
+      <c r="A624" s="35"/>
+      <c r="B624" s="35"/>
+      <c r="C624" s="35"/>
+      <c r="D624" s="35"/>
+      <c r="E624" s="35"/>
+      <c r="F624" s="35"/>
+      <c r="G624" s="35"/>
     </row>
     <row r="626" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A626" s="33"/>
-[...5 lines deleted...]
-      <c r="G626" s="33"/>
+      <c r="A626" t="s">
+        <v>43</v>
+      </c>
+      <c r="D626" s="28"/>
+      <c r="E626" s="28"/>
+      <c r="F626" s="28"/>
+      <c r="G626" s="28"/>
+    </row>
+    <row r="627" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D627" s="4"/>
+      <c r="E627" s="4"/>
+      <c r="F627" s="4"/>
+      <c r="G627" s="4"/>
     </row>
     <row r="628" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="D628" s="28"/>
       <c r="E628" s="28"/>
       <c r="F628" s="28"/>
       <c r="G628" s="28"/>
     </row>
     <row r="629" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D629" s="4"/>
       <c r="E629" s="4"/>
       <c r="F629" s="4"/>
       <c r="G629" s="4"/>
     </row>
     <row r="630" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A630" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D630" s="28"/>
       <c r="E630" s="28"/>
       <c r="F630" s="28"/>
       <c r="G630" s="28"/>
     </row>
     <row r="631" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D631" s="4"/>
       <c r="E631" s="4"/>
       <c r="F631" s="4"/>
       <c r="G631" s="4"/>
     </row>
     <row r="632" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D632" s="28"/>
       <c r="E632" s="28"/>
       <c r="F632" s="28"/>
       <c r="G632" s="28"/>
     </row>
-    <row r="633" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="G638" s="43"/>
+    <row r="635" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A635" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B635" s="32"/>
+      <c r="C635" s="32"/>
+      <c r="D635" s="32"/>
+      <c r="E635" s="32"/>
+      <c r="F635" s="32"/>
+      <c r="G635" s="32"/>
+    </row>
+    <row r="636" spans="1:7" ht="215.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A636" s="32"/>
+      <c r="B636" s="32"/>
+      <c r="C636" s="32"/>
+      <c r="D636" s="32"/>
+      <c r="E636" s="32"/>
+      <c r="F636" s="32"/>
+      <c r="G636" s="32"/>
+    </row>
+    <row r="637" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A637" s="32"/>
+      <c r="B637" s="32"/>
+      <c r="C637" s="32"/>
+      <c r="D637" s="32"/>
+      <c r="E637" s="32"/>
+      <c r="F637" s="32"/>
+      <c r="G637" s="32"/>
+    </row>
+    <row r="638" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="31" t="s">
+        <v>107</v>
+      </c>
+      <c r="B638" s="31"/>
+      <c r="C638" s="31"/>
+      <c r="D638" s="31"/>
+      <c r="E638" s="31"/>
+      <c r="F638" s="31"/>
+      <c r="G638" s="31"/>
     </row>
     <row r="639" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A639" s="43"/>
-[...16 lines deleted...]
-      <c r="G640" s="43"/>
+      <c r="A639" s="31"/>
+      <c r="B639" s="31"/>
+      <c r="C639" s="31"/>
+      <c r="D639" s="31"/>
+      <c r="E639" s="31"/>
+      <c r="F639" s="31"/>
+      <c r="G639" s="31"/>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A640" s="31"/>
+      <c r="B640" s="31"/>
+      <c r="C640" s="31"/>
+      <c r="D640" s="31"/>
+      <c r="E640" s="31"/>
+      <c r="F640" s="31"/>
+      <c r="G640" s="31"/>
     </row>
     <row r="641" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A641" s="43"/>
-[...5 lines deleted...]
-      <c r="G641" s="43"/>
+      <c r="A641" s="31"/>
+      <c r="B641" s="31"/>
+      <c r="C641" s="31"/>
+      <c r="D641" s="31"/>
+      <c r="E641" s="31"/>
+      <c r="F641" s="31"/>
+      <c r="G641" s="31"/>
     </row>
     <row r="642" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A642" s="43"/>
-[...5 lines deleted...]
-      <c r="G642" s="43"/>
+      <c r="A642" s="31"/>
+      <c r="B642" s="31"/>
+      <c r="C642" s="31"/>
+      <c r="D642" s="31"/>
+      <c r="E642" s="31"/>
+      <c r="F642" s="31"/>
+      <c r="G642" s="31"/>
     </row>
     <row r="643" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A643" s="43"/>
-[...5 lines deleted...]
-      <c r="G643" s="43"/>
+      <c r="A643" s="31"/>
+      <c r="B643" s="31"/>
+      <c r="C643" s="31"/>
+      <c r="D643" s="31"/>
+      <c r="E643" s="31"/>
+      <c r="F643" s="31"/>
+      <c r="G643" s="31"/>
     </row>
     <row r="644" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A644" s="43"/>
-[...5 lines deleted...]
-      <c r="G644" s="43"/>
+      <c r="A644" s="31"/>
+      <c r="B644" s="31"/>
+      <c r="C644" s="31"/>
+      <c r="D644" s="31"/>
+      <c r="E644" s="31"/>
+      <c r="F644" s="31"/>
+      <c r="G644" s="31"/>
     </row>
     <row r="645" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A645" s="43"/>
-[...5 lines deleted...]
-      <c r="G645" s="43"/>
+      <c r="A645" s="31"/>
+      <c r="B645" s="31"/>
+      <c r="C645" s="31"/>
+      <c r="D645" s="31"/>
+      <c r="E645" s="31"/>
+      <c r="F645" s="31"/>
+      <c r="G645" s="31"/>
     </row>
     <row r="646" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A646" s="43"/>
-[...5 lines deleted...]
-      <c r="G646" s="43"/>
+      <c r="A646" s="31"/>
+      <c r="B646" s="31"/>
+      <c r="C646" s="31"/>
+      <c r="D646" s="31"/>
+      <c r="E646" s="31"/>
+      <c r="F646" s="31"/>
+      <c r="G646" s="31"/>
     </row>
     <row r="647" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A647" s="43"/>
-[...5 lines deleted...]
-      <c r="G647" s="43"/>
+      <c r="A647" s="31"/>
+      <c r="B647" s="31"/>
+      <c r="C647" s="31"/>
+      <c r="D647" s="31"/>
+      <c r="E647" s="31"/>
+      <c r="F647" s="31"/>
+      <c r="G647" s="31"/>
     </row>
     <row r="648" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A648" s="43"/>
-[...5 lines deleted...]
-      <c r="G648" s="43"/>
+      <c r="A648" s="31"/>
+      <c r="B648" s="31"/>
+      <c r="C648" s="31"/>
+      <c r="D648" s="31"/>
+      <c r="E648" s="31"/>
+      <c r="F648" s="31"/>
+      <c r="G648" s="31"/>
     </row>
     <row r="649" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A649" s="43"/>
-[...5 lines deleted...]
-      <c r="G649" s="43"/>
+      <c r="A649" s="31"/>
+      <c r="B649" s="31"/>
+      <c r="C649" s="31"/>
+      <c r="D649" s="31"/>
+      <c r="E649" s="31"/>
+      <c r="F649" s="31"/>
+      <c r="G649" s="31"/>
     </row>
     <row r="650" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A650" s="43"/>
-[...5 lines deleted...]
-      <c r="G650" s="43"/>
+      <c r="A650" s="31"/>
+      <c r="B650" s="31"/>
+      <c r="C650" s="31"/>
+      <c r="D650" s="31"/>
+      <c r="E650" s="31"/>
+      <c r="F650" s="31"/>
+      <c r="G650" s="31"/>
     </row>
     <row r="651" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A651" s="43"/>
-[...5 lines deleted...]
-      <c r="G651" s="43"/>
+      <c r="A651" s="31"/>
+      <c r="B651" s="31"/>
+      <c r="C651" s="31"/>
+      <c r="D651" s="31"/>
+      <c r="E651" s="31"/>
+      <c r="F651" s="31"/>
+      <c r="G651" s="31"/>
     </row>
     <row r="652" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A652" s="43"/>
-[...5 lines deleted...]
-      <c r="G652" s="43"/>
+      <c r="A652" s="31"/>
+      <c r="B652" s="31"/>
+      <c r="C652" s="31"/>
+      <c r="D652" s="31"/>
+      <c r="E652" s="31"/>
+      <c r="F652" s="31"/>
+      <c r="G652" s="31"/>
     </row>
     <row r="653" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A653" s="43"/>
-[...5 lines deleted...]
-      <c r="G653" s="43"/>
+      <c r="A653" s="31"/>
+      <c r="B653" s="31"/>
+      <c r="C653" s="31"/>
+      <c r="D653" s="31"/>
+      <c r="E653" s="31"/>
+      <c r="F653" s="31"/>
+      <c r="G653" s="31"/>
     </row>
     <row r="654" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A654" s="43"/>
-[...5 lines deleted...]
-      <c r="G654" s="43"/>
+      <c r="A654" s="31"/>
+      <c r="B654" s="31"/>
+      <c r="C654" s="31"/>
+      <c r="D654" s="31"/>
+      <c r="E654" s="31"/>
+      <c r="F654" s="31"/>
+      <c r="G654" s="31"/>
     </row>
     <row r="655" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A655" s="43"/>
-[...5 lines deleted...]
-      <c r="G655" s="43"/>
+      <c r="A655" s="31"/>
+      <c r="B655" s="31"/>
+      <c r="C655" s="31"/>
+      <c r="D655" s="31"/>
+      <c r="E655" s="31"/>
+      <c r="F655" s="31"/>
+      <c r="G655" s="31"/>
     </row>
     <row r="656" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A656" s="43"/>
-[...5 lines deleted...]
-      <c r="G656" s="43"/>
+      <c r="A656" s="31"/>
+      <c r="B656" s="31"/>
+      <c r="C656" s="31"/>
+      <c r="D656" s="31"/>
+      <c r="E656" s="31"/>
+      <c r="F656" s="31"/>
+      <c r="G656" s="31"/>
     </row>
     <row r="657" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A657" s="43"/>
-[...5 lines deleted...]
-      <c r="G657" s="43"/>
+      <c r="A657" s="31"/>
+      <c r="B657" s="31"/>
+      <c r="C657" s="31"/>
+      <c r="D657" s="31"/>
+      <c r="E657" s="31"/>
+      <c r="F657" s="31"/>
+      <c r="G657" s="31"/>
     </row>
     <row r="658" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A658" s="43"/>
-[...5 lines deleted...]
-      <c r="G658" s="43"/>
+      <c r="A658" s="31"/>
+      <c r="B658" s="31"/>
+      <c r="C658" s="31"/>
+      <c r="D658" s="31"/>
+      <c r="E658" s="31"/>
+      <c r="F658" s="31"/>
+      <c r="G658" s="31"/>
     </row>
     <row r="659" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A659" s="43"/>
-[...5 lines deleted...]
-      <c r="G659" s="43"/>
+      <c r="A659" s="31"/>
+      <c r="B659" s="31"/>
+      <c r="C659" s="31"/>
+      <c r="D659" s="31"/>
+      <c r="E659" s="31"/>
+      <c r="F659" s="31"/>
+      <c r="G659" s="31"/>
     </row>
     <row r="660" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A660" s="43"/>
-[...5 lines deleted...]
-      <c r="G660" s="43"/>
+      <c r="A660" s="31"/>
+      <c r="B660" s="31"/>
+      <c r="C660" s="31"/>
+      <c r="D660" s="31"/>
+      <c r="E660" s="31"/>
+      <c r="F660" s="31"/>
+      <c r="G660" s="31"/>
     </row>
     <row r="661" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A661" s="43"/>
-[...5 lines deleted...]
-      <c r="G661" s="43"/>
+      <c r="A661" s="31"/>
+      <c r="B661" s="31"/>
+      <c r="C661" s="31"/>
+      <c r="D661" s="31"/>
+      <c r="E661" s="31"/>
+      <c r="F661" s="31"/>
+      <c r="G661" s="31"/>
     </row>
     <row r="662" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A662" s="43"/>
-[...5 lines deleted...]
-      <c r="G662" s="43"/>
+      <c r="A662" s="31"/>
+      <c r="B662" s="31"/>
+      <c r="C662" s="31"/>
+      <c r="D662" s="31"/>
+      <c r="E662" s="31"/>
+      <c r="F662" s="31"/>
+      <c r="G662" s="31"/>
     </row>
     <row r="663" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A663" s="43"/>
-[...5 lines deleted...]
-      <c r="G663" s="43"/>
+      <c r="A663" s="31"/>
+      <c r="B663" s="31"/>
+      <c r="C663" s="31"/>
+      <c r="D663" s="31"/>
+      <c r="E663" s="31"/>
+      <c r="F663" s="31"/>
+      <c r="G663" s="31"/>
     </row>
     <row r="664" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A664" s="43"/>
-[...5 lines deleted...]
-      <c r="G664" s="43"/>
+      <c r="A664" s="31"/>
+      <c r="B664" s="31"/>
+      <c r="C664" s="31"/>
+      <c r="D664" s="31"/>
+      <c r="E664" s="31"/>
+      <c r="F664" s="31"/>
+      <c r="G664" s="31"/>
     </row>
     <row r="665" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A665" s="43"/>
-[...5 lines deleted...]
-      <c r="G665" s="43"/>
+      <c r="A665" s="31"/>
+      <c r="B665" s="31"/>
+      <c r="C665" s="31"/>
+      <c r="D665" s="31"/>
+      <c r="E665" s="31"/>
+      <c r="F665" s="31"/>
+      <c r="G665" s="31"/>
     </row>
     <row r="666" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A666" s="43"/>
-[...5 lines deleted...]
-      <c r="G666" s="43"/>
+      <c r="A666" s="31"/>
+      <c r="B666" s="31"/>
+      <c r="C666" s="31"/>
+      <c r="D666" s="31"/>
+      <c r="E666" s="31"/>
+      <c r="F666" s="31"/>
+      <c r="G666" s="31"/>
     </row>
     <row r="667" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A667" s="43"/>
-[...5 lines deleted...]
-      <c r="G667" s="43"/>
+      <c r="A667" s="31"/>
+      <c r="B667" s="31"/>
+      <c r="C667" s="31"/>
+      <c r="D667" s="31"/>
+      <c r="E667" s="31"/>
+      <c r="F667" s="31"/>
+      <c r="G667" s="31"/>
     </row>
     <row r="668" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A668" s="43"/>
-[...5 lines deleted...]
-      <c r="G668" s="43"/>
+      <c r="A668" s="31"/>
+      <c r="B668" s="31"/>
+      <c r="C668" s="31"/>
+      <c r="D668" s="31"/>
+      <c r="E668" s="31"/>
+      <c r="F668" s="31"/>
+      <c r="G668" s="31"/>
     </row>
     <row r="669" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A669" s="43"/>
-[...5 lines deleted...]
-      <c r="G669" s="43"/>
+      <c r="A669" s="31"/>
+      <c r="B669" s="31"/>
+      <c r="C669" s="31"/>
+      <c r="D669" s="31"/>
+      <c r="E669" s="31"/>
+      <c r="F669" s="31"/>
+      <c r="G669" s="31"/>
     </row>
     <row r="670" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A670" s="43"/>
-[...5 lines deleted...]
-      <c r="G670" s="43"/>
+      <c r="A670" s="31"/>
+      <c r="B670" s="31"/>
+      <c r="C670" s="31"/>
+      <c r="D670" s="31"/>
+      <c r="E670" s="31"/>
+      <c r="F670" s="31"/>
+      <c r="G670" s="31"/>
     </row>
     <row r="671" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A671" s="43"/>
-[...5 lines deleted...]
-      <c r="G671" s="43"/>
+      <c r="A671" s="31"/>
+      <c r="B671" s="31"/>
+      <c r="C671" s="31"/>
+      <c r="D671" s="31"/>
+      <c r="E671" s="31"/>
+      <c r="F671" s="31"/>
+      <c r="G671" s="31"/>
     </row>
     <row r="672" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A672" s="43"/>
-[...5 lines deleted...]
-      <c r="G672" s="43"/>
+      <c r="A672" s="31"/>
+      <c r="B672" s="31"/>
+      <c r="C672" s="31"/>
+      <c r="D672" s="31"/>
+      <c r="E672" s="31"/>
+      <c r="F672" s="31"/>
+      <c r="G672" s="31"/>
     </row>
     <row r="673" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A673" s="43"/>
-[...5 lines deleted...]
-      <c r="G673" s="43"/>
+      <c r="A673" s="31"/>
+      <c r="B673" s="31"/>
+      <c r="C673" s="31"/>
+      <c r="D673" s="31"/>
+      <c r="E673" s="31"/>
+      <c r="F673" s="31"/>
+      <c r="G673" s="31"/>
     </row>
     <row r="674" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A674" s="43"/>
-[...5 lines deleted...]
-      <c r="G674" s="43"/>
+      <c r="A674" s="31"/>
+      <c r="B674" s="31"/>
+      <c r="C674" s="31"/>
+      <c r="D674" s="31"/>
+      <c r="E674" s="31"/>
+      <c r="F674" s="31"/>
+      <c r="G674" s="31"/>
     </row>
     <row r="675" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A675" s="43"/>
-[...5 lines deleted...]
-      <c r="G675" s="43"/>
+      <c r="A675" s="31"/>
+      <c r="B675" s="31"/>
+      <c r="C675" s="31"/>
+      <c r="D675" s="31"/>
+      <c r="E675" s="31"/>
+      <c r="F675" s="31"/>
+      <c r="G675" s="31"/>
     </row>
     <row r="676" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A676" s="43"/>
-[...5 lines deleted...]
-      <c r="G676" s="43"/>
+      <c r="A676" s="31"/>
+      <c r="B676" s="31"/>
+      <c r="C676" s="31"/>
+      <c r="D676" s="31"/>
+      <c r="E676" s="31"/>
+      <c r="F676" s="31"/>
+      <c r="G676" s="31"/>
     </row>
     <row r="677" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A677" s="43"/>
-[...5 lines deleted...]
-      <c r="G677" s="43"/>
+      <c r="A677" s="31"/>
+      <c r="B677" s="31"/>
+      <c r="C677" s="31"/>
+      <c r="D677" s="31"/>
+      <c r="E677" s="31"/>
+      <c r="F677" s="31"/>
+      <c r="G677" s="31"/>
     </row>
     <row r="678" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A678" s="43"/>
-[...5 lines deleted...]
-      <c r="G678" s="43"/>
+      <c r="A678" s="31"/>
+      <c r="B678" s="31"/>
+      <c r="C678" s="31"/>
+      <c r="D678" s="31"/>
+      <c r="E678" s="31"/>
+      <c r="F678" s="31"/>
+      <c r="G678" s="31"/>
     </row>
     <row r="679" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A679" s="43"/>
-[...5 lines deleted...]
-      <c r="G679" s="43"/>
+      <c r="A679" s="31"/>
+      <c r="B679" s="31"/>
+      <c r="C679" s="31"/>
+      <c r="D679" s="31"/>
+      <c r="E679" s="31"/>
+      <c r="F679" s="31"/>
+      <c r="G679" s="31"/>
     </row>
     <row r="680" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A680" s="43"/>
-[...5 lines deleted...]
-      <c r="G680" s="43"/>
+      <c r="A680" s="31"/>
+      <c r="B680" s="31"/>
+      <c r="C680" s="31"/>
+      <c r="D680" s="31"/>
+      <c r="E680" s="31"/>
+      <c r="F680" s="31"/>
+      <c r="G680" s="31"/>
     </row>
     <row r="681" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A681" s="43"/>
-[...5 lines deleted...]
-      <c r="G681" s="43"/>
+      <c r="A681" s="31"/>
+      <c r="B681" s="31"/>
+      <c r="C681" s="31"/>
+      <c r="D681" s="31"/>
+      <c r="E681" s="31"/>
+      <c r="F681" s="31"/>
+      <c r="G681" s="31"/>
     </row>
     <row r="682" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A682" s="43"/>
-[...5 lines deleted...]
-      <c r="G682" s="43"/>
+      <c r="A682" s="31"/>
+      <c r="B682" s="31"/>
+      <c r="C682" s="31"/>
+      <c r="D682" s="31"/>
+      <c r="E682" s="31"/>
+      <c r="F682" s="31"/>
+      <c r="G682" s="31"/>
     </row>
     <row r="683" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A683" s="43"/>
-[...5 lines deleted...]
-      <c r="G683" s="43"/>
+      <c r="A683" s="31"/>
+      <c r="B683" s="31"/>
+      <c r="C683" s="31"/>
+      <c r="D683" s="31"/>
+      <c r="E683" s="31"/>
+      <c r="F683" s="31"/>
+      <c r="G683" s="31"/>
     </row>
     <row r="684" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A684" s="43"/>
-[...5 lines deleted...]
-      <c r="G684" s="43"/>
+      <c r="A684" s="31"/>
+      <c r="B684" s="31"/>
+      <c r="C684" s="31"/>
+      <c r="D684" s="31"/>
+      <c r="E684" s="31"/>
+      <c r="F684" s="31"/>
+      <c r="G684" s="31"/>
     </row>
     <row r="685" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A685" s="43"/>
-[...5 lines deleted...]
-      <c r="G685" s="43"/>
+      <c r="A685" s="31"/>
+      <c r="B685" s="31"/>
+      <c r="C685" s="31"/>
+      <c r="D685" s="31"/>
+      <c r="E685" s="31"/>
+      <c r="F685" s="31"/>
+      <c r="G685" s="31"/>
     </row>
     <row r="686" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A686" s="43"/>
-[...5 lines deleted...]
-      <c r="G686" s="43"/>
+      <c r="A686" s="31"/>
+      <c r="B686" s="31"/>
+      <c r="C686" s="31"/>
+      <c r="D686" s="31"/>
+      <c r="E686" s="31"/>
+      <c r="F686" s="31"/>
+      <c r="G686" s="31"/>
     </row>
     <row r="687" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A687" s="43"/>
-[...5 lines deleted...]
-      <c r="G687" s="43"/>
+      <c r="A687" s="31"/>
+      <c r="B687" s="31"/>
+      <c r="C687" s="31"/>
+      <c r="D687" s="31"/>
+      <c r="E687" s="31"/>
+      <c r="F687" s="31"/>
+      <c r="G687" s="31"/>
     </row>
     <row r="688" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A688" s="43"/>
-[...5 lines deleted...]
-      <c r="G688" s="43"/>
+      <c r="A688" s="31"/>
+      <c r="B688" s="31"/>
+      <c r="C688" s="31"/>
+      <c r="D688" s="31"/>
+      <c r="E688" s="31"/>
+      <c r="F688" s="31"/>
+      <c r="G688" s="31"/>
     </row>
     <row r="689" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A689" s="43"/>
-[...5 lines deleted...]
-      <c r="G689" s="43"/>
+      <c r="A689" s="31"/>
+      <c r="B689" s="31"/>
+      <c r="C689" s="31"/>
+      <c r="D689" s="31"/>
+      <c r="E689" s="31"/>
+      <c r="F689" s="31"/>
+      <c r="G689" s="31"/>
     </row>
     <row r="690" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A690" s="43"/>
-[...5 lines deleted...]
-      <c r="G690" s="43"/>
+      <c r="A690" s="31"/>
+      <c r="B690" s="31"/>
+      <c r="C690" s="31"/>
+      <c r="D690" s="31"/>
+      <c r="E690" s="31"/>
+      <c r="F690" s="31"/>
+      <c r="G690" s="31"/>
     </row>
     <row r="691" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A691" s="43"/>
-[...5 lines deleted...]
-      <c r="G691" s="43"/>
+      <c r="A691" s="31"/>
+      <c r="B691" s="31"/>
+      <c r="C691" s="31"/>
+      <c r="D691" s="31"/>
+      <c r="E691" s="31"/>
+      <c r="F691" s="31"/>
+      <c r="G691" s="31"/>
     </row>
     <row r="692" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A692" s="43"/>
-[...5 lines deleted...]
-      <c r="G692" s="43"/>
+      <c r="A692" s="31"/>
+      <c r="B692" s="31"/>
+      <c r="C692" s="31"/>
+      <c r="D692" s="31"/>
+      <c r="E692" s="31"/>
+      <c r="F692" s="31"/>
+      <c r="G692" s="31"/>
     </row>
     <row r="693" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A693" s="43"/>
-[...5 lines deleted...]
-      <c r="G693" s="43"/>
+      <c r="A693" s="31"/>
+      <c r="B693" s="31"/>
+      <c r="C693" s="31"/>
+      <c r="D693" s="31"/>
+      <c r="E693" s="31"/>
+      <c r="F693" s="31"/>
+      <c r="G693" s="31"/>
     </row>
     <row r="694" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A694" s="43"/>
-[...5 lines deleted...]
-      <c r="G694" s="43"/>
+      <c r="A694" s="31"/>
+      <c r="B694" s="31"/>
+      <c r="C694" s="31"/>
+      <c r="D694" s="31"/>
+      <c r="E694" s="31"/>
+      <c r="F694" s="31"/>
+      <c r="G694" s="31"/>
     </row>
     <row r="695" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A695" s="43"/>
-[...5 lines deleted...]
-      <c r="G695" s="43"/>
+      <c r="A695" s="31"/>
+      <c r="B695" s="31"/>
+      <c r="C695" s="31"/>
+      <c r="D695" s="31"/>
+      <c r="E695" s="31"/>
+      <c r="F695" s="31"/>
+      <c r="G695" s="31"/>
     </row>
     <row r="696" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A696" s="43"/>
-[...5 lines deleted...]
-      <c r="G696" s="43"/>
+      <c r="A696" s="31"/>
+      <c r="B696" s="31"/>
+      <c r="C696" s="31"/>
+      <c r="D696" s="31"/>
+      <c r="E696" s="31"/>
+      <c r="F696" s="31"/>
+      <c r="G696" s="31"/>
     </row>
     <row r="697" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A697" s="43"/>
-[...5 lines deleted...]
-      <c r="G697" s="43"/>
+      <c r="A697" s="31"/>
+      <c r="B697" s="31"/>
+      <c r="C697" s="31"/>
+      <c r="D697" s="31"/>
+      <c r="E697" s="31"/>
+      <c r="F697" s="31"/>
+      <c r="G697" s="31"/>
     </row>
     <row r="698" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A698" s="43"/>
-[...14 lines deleted...]
-      <c r="G699" s="43"/>
+      <c r="A698" s="31"/>
+      <c r="B698" s="31"/>
+      <c r="C698" s="31"/>
+      <c r="D698" s="31"/>
+      <c r="E698" s="31"/>
+      <c r="F698" s="31"/>
+      <c r="G698" s="31"/>
+    </row>
+    <row r="699" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A699" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="B699" s="31"/>
+      <c r="C699" s="31"/>
+      <c r="D699" s="31"/>
+      <c r="E699" s="31"/>
+      <c r="F699" s="31"/>
+      <c r="G699" s="31"/>
     </row>
     <row r="700" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A700" s="43"/>
-[...16 lines deleted...]
-      <c r="G701" s="43"/>
+      <c r="A700" s="31"/>
+      <c r="B700" s="31"/>
+      <c r="C700" s="31"/>
+      <c r="D700" s="31"/>
+      <c r="E700" s="31"/>
+      <c r="F700" s="31"/>
+      <c r="G700" s="31"/>
+    </row>
+    <row r="701" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A701" s="31"/>
+      <c r="B701" s="31"/>
+      <c r="C701" s="31"/>
+      <c r="D701" s="31"/>
+      <c r="E701" s="31"/>
+      <c r="F701" s="31"/>
+      <c r="G701" s="31"/>
     </row>
     <row r="702" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A702" s="43"/>
-[...5 lines deleted...]
-      <c r="G702" s="43"/>
+      <c r="A702" s="31"/>
+      <c r="B702" s="31"/>
+      <c r="C702" s="31"/>
+      <c r="D702" s="31"/>
+      <c r="E702" s="31"/>
+      <c r="F702" s="31"/>
+      <c r="G702" s="31"/>
     </row>
     <row r="703" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A703" s="43"/>
-[...5 lines deleted...]
-      <c r="G703" s="43"/>
+      <c r="A703" s="31"/>
+      <c r="B703" s="31"/>
+      <c r="C703" s="31"/>
+      <c r="D703" s="31"/>
+      <c r="E703" s="31"/>
+      <c r="F703" s="31"/>
+      <c r="G703" s="31"/>
     </row>
     <row r="704" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A704" s="43"/>
-[...5 lines deleted...]
-      <c r="G704" s="43"/>
+      <c r="A704" s="31"/>
+      <c r="B704" s="31"/>
+      <c r="C704" s="31"/>
+      <c r="D704" s="31"/>
+      <c r="E704" s="31"/>
+      <c r="F704" s="31"/>
+      <c r="G704" s="31"/>
     </row>
     <row r="705" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A705" s="43"/>
-[...5 lines deleted...]
-      <c r="G705" s="43"/>
+      <c r="A705" s="31"/>
+      <c r="B705" s="31"/>
+      <c r="C705" s="31"/>
+      <c r="D705" s="31"/>
+      <c r="E705" s="31"/>
+      <c r="F705" s="31"/>
+      <c r="G705" s="31"/>
     </row>
     <row r="706" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A706" s="43"/>
-[...5 lines deleted...]
-      <c r="G706" s="43"/>
+      <c r="A706" s="31"/>
+      <c r="B706" s="31"/>
+      <c r="C706" s="31"/>
+      <c r="D706" s="31"/>
+      <c r="E706" s="31"/>
+      <c r="F706" s="31"/>
+      <c r="G706" s="31"/>
     </row>
     <row r="707" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A707" s="43"/>
-[...5 lines deleted...]
-      <c r="G707" s="43"/>
+      <c r="A707" s="31"/>
+      <c r="B707" s="31"/>
+      <c r="C707" s="31"/>
+      <c r="D707" s="31"/>
+      <c r="E707" s="31"/>
+      <c r="F707" s="31"/>
+      <c r="G707" s="31"/>
     </row>
     <row r="708" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A708" s="43"/>
-[...5 lines deleted...]
-      <c r="G708" s="43"/>
+      <c r="A708" s="31"/>
+      <c r="B708" s="31"/>
+      <c r="C708" s="31"/>
+      <c r="D708" s="31"/>
+      <c r="E708" s="31"/>
+      <c r="F708" s="31"/>
+      <c r="G708" s="31"/>
     </row>
     <row r="709" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A709" s="43"/>
-[...5 lines deleted...]
-      <c r="G709" s="43"/>
+      <c r="A709" s="31"/>
+      <c r="B709" s="31"/>
+      <c r="C709" s="31"/>
+      <c r="D709" s="31"/>
+      <c r="E709" s="31"/>
+      <c r="F709" s="31"/>
+      <c r="G709" s="31"/>
     </row>
     <row r="710" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A710" s="43"/>
-[...5 lines deleted...]
-      <c r="G710" s="43"/>
+      <c r="A710" s="31"/>
+      <c r="B710" s="31"/>
+      <c r="C710" s="31"/>
+      <c r="D710" s="31"/>
+      <c r="E710" s="31"/>
+      <c r="F710" s="31"/>
+      <c r="G710" s="31"/>
     </row>
     <row r="711" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A711" s="43"/>
-[...5 lines deleted...]
-      <c r="G711" s="43"/>
+      <c r="A711" s="31"/>
+      <c r="B711" s="31"/>
+      <c r="C711" s="31"/>
+      <c r="D711" s="31"/>
+      <c r="E711" s="31"/>
+      <c r="F711" s="31"/>
+      <c r="G711" s="31"/>
     </row>
     <row r="712" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A712" s="43"/>
-[...5 lines deleted...]
-      <c r="G712" s="43"/>
+      <c r="A712" s="31"/>
+      <c r="B712" s="31"/>
+      <c r="C712" s="31"/>
+      <c r="D712" s="31"/>
+      <c r="E712" s="31"/>
+      <c r="F712" s="31"/>
+      <c r="G712" s="31"/>
     </row>
     <row r="713" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A713" s="43"/>
-[...5 lines deleted...]
-      <c r="G713" s="43"/>
+      <c r="A713" s="31"/>
+      <c r="B713" s="31"/>
+      <c r="C713" s="31"/>
+      <c r="D713" s="31"/>
+      <c r="E713" s="31"/>
+      <c r="F713" s="31"/>
+      <c r="G713" s="31"/>
     </row>
     <row r="714" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A714" s="43"/>
-[...5 lines deleted...]
-      <c r="G714" s="43"/>
+      <c r="A714" s="31"/>
+      <c r="B714" s="31"/>
+      <c r="C714" s="31"/>
+      <c r="D714" s="31"/>
+      <c r="E714" s="31"/>
+      <c r="F714" s="31"/>
+      <c r="G714" s="31"/>
     </row>
     <row r="715" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A715" s="43"/>
-[...5 lines deleted...]
-      <c r="G715" s="43"/>
+      <c r="A715" s="31"/>
+      <c r="B715" s="31"/>
+      <c r="C715" s="31"/>
+      <c r="D715" s="31"/>
+      <c r="E715" s="31"/>
+      <c r="F715" s="31"/>
+      <c r="G715" s="31"/>
     </row>
     <row r="716" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A716" s="43"/>
-[...5 lines deleted...]
-      <c r="G716" s="43"/>
+      <c r="A716" s="31"/>
+      <c r="B716" s="31"/>
+      <c r="C716" s="31"/>
+      <c r="D716" s="31"/>
+      <c r="E716" s="31"/>
+      <c r="F716" s="31"/>
+      <c r="G716" s="31"/>
     </row>
     <row r="717" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A717" s="43"/>
-[...5 lines deleted...]
-      <c r="G717" s="43"/>
+      <c r="A717" s="31"/>
+      <c r="B717" s="31"/>
+      <c r="C717" s="31"/>
+      <c r="D717" s="31"/>
+      <c r="E717" s="31"/>
+      <c r="F717" s="31"/>
+      <c r="G717" s="31"/>
     </row>
     <row r="718" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A718" s="43"/>
-[...5 lines deleted...]
-      <c r="G718" s="43"/>
+      <c r="A718" s="31"/>
+      <c r="B718" s="31"/>
+      <c r="C718" s="31"/>
+      <c r="D718" s="31"/>
+      <c r="E718" s="31"/>
+      <c r="F718" s="31"/>
+      <c r="G718" s="31"/>
     </row>
     <row r="719" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A719" s="43"/>
-[...5 lines deleted...]
-      <c r="G719" s="43"/>
+      <c r="A719" s="31"/>
+      <c r="B719" s="31"/>
+      <c r="C719" s="31"/>
+      <c r="D719" s="31"/>
+      <c r="E719" s="31"/>
+      <c r="F719" s="31"/>
+      <c r="G719" s="31"/>
     </row>
     <row r="720" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A720" s="43"/>
-[...5 lines deleted...]
-      <c r="G720" s="43"/>
+      <c r="A720" s="31"/>
+      <c r="B720" s="31"/>
+      <c r="C720" s="31"/>
+      <c r="D720" s="31"/>
+      <c r="E720" s="31"/>
+      <c r="F720" s="31"/>
+      <c r="G720" s="31"/>
     </row>
     <row r="721" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A721" s="43"/>
-[...5 lines deleted...]
-      <c r="G721" s="43"/>
+      <c r="A721" s="31"/>
+      <c r="B721" s="31"/>
+      <c r="C721" s="31"/>
+      <c r="D721" s="31"/>
+      <c r="E721" s="31"/>
+      <c r="F721" s="31"/>
+      <c r="G721" s="31"/>
     </row>
     <row r="722" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A722" s="43"/>
-[...5 lines deleted...]
-      <c r="G722" s="43"/>
+      <c r="A722" s="31"/>
+      <c r="B722" s="31"/>
+      <c r="C722" s="31"/>
+      <c r="D722" s="31"/>
+      <c r="E722" s="31"/>
+      <c r="F722" s="31"/>
+      <c r="G722" s="31"/>
     </row>
     <row r="723" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A723" s="43"/>
-[...5 lines deleted...]
-      <c r="G723" s="43"/>
+      <c r="A723" s="31"/>
+      <c r="B723" s="31"/>
+      <c r="C723" s="31"/>
+      <c r="D723" s="31"/>
+      <c r="E723" s="31"/>
+      <c r="F723" s="31"/>
+      <c r="G723" s="31"/>
     </row>
     <row r="724" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A724" s="43"/>
-[...5 lines deleted...]
-      <c r="G724" s="43"/>
+      <c r="A724" s="31"/>
+      <c r="B724" s="31"/>
+      <c r="C724" s="31"/>
+      <c r="D724" s="31"/>
+      <c r="E724" s="31"/>
+      <c r="F724" s="31"/>
+      <c r="G724" s="31"/>
     </row>
     <row r="725" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A725" s="43"/>
-[...5 lines deleted...]
-      <c r="G725" s="43"/>
+      <c r="A725" s="31"/>
+      <c r="B725" s="31"/>
+      <c r="C725" s="31"/>
+      <c r="D725" s="31"/>
+      <c r="E725" s="31"/>
+      <c r="F725" s="31"/>
+      <c r="G725" s="31"/>
     </row>
     <row r="726" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A726" s="43"/>
-[...5 lines deleted...]
-      <c r="G726" s="43"/>
+      <c r="A726" s="31"/>
+      <c r="B726" s="31"/>
+      <c r="C726" s="31"/>
+      <c r="D726" s="31"/>
+      <c r="E726" s="31"/>
+      <c r="F726" s="31"/>
+      <c r="G726" s="31"/>
     </row>
     <row r="727" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A727" s="43"/>
-[...5 lines deleted...]
-      <c r="G727" s="43"/>
+      <c r="A727" s="31"/>
+      <c r="B727" s="31"/>
+      <c r="C727" s="31"/>
+      <c r="D727" s="31"/>
+      <c r="E727" s="31"/>
+      <c r="F727" s="31"/>
+      <c r="G727" s="31"/>
     </row>
     <row r="728" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A728" s="43"/>
-[...5 lines deleted...]
-      <c r="G728" s="43"/>
+      <c r="A728" s="31"/>
+      <c r="B728" s="31"/>
+      <c r="C728" s="31"/>
+      <c r="D728" s="31"/>
+      <c r="E728" s="31"/>
+      <c r="F728" s="31"/>
+      <c r="G728" s="31"/>
     </row>
     <row r="729" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A729" s="43"/>
-[...5 lines deleted...]
-      <c r="G729" s="43"/>
+      <c r="A729" s="31"/>
+      <c r="B729" s="31"/>
+      <c r="C729" s="31"/>
+      <c r="D729" s="31"/>
+      <c r="E729" s="31"/>
+      <c r="F729" s="31"/>
+      <c r="G729" s="31"/>
     </row>
     <row r="730" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A730" s="43"/>
-[...5 lines deleted...]
-      <c r="G730" s="43"/>
+      <c r="A730" s="31"/>
+      <c r="B730" s="31"/>
+      <c r="C730" s="31"/>
+      <c r="D730" s="31"/>
+      <c r="E730" s="31"/>
+      <c r="F730" s="31"/>
+      <c r="G730" s="31"/>
     </row>
     <row r="731" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A731" s="43"/>
-[...5 lines deleted...]
-      <c r="G731" s="43"/>
+      <c r="A731" s="31"/>
+      <c r="B731" s="31"/>
+      <c r="C731" s="31"/>
+      <c r="D731" s="31"/>
+      <c r="E731" s="31"/>
+      <c r="F731" s="31"/>
+      <c r="G731" s="31"/>
     </row>
     <row r="732" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A732" s="43"/>
-[...5 lines deleted...]
-      <c r="G732" s="43"/>
+      <c r="A732" s="31"/>
+      <c r="B732" s="31"/>
+      <c r="C732" s="31"/>
+      <c r="D732" s="31"/>
+      <c r="E732" s="31"/>
+      <c r="F732" s="31"/>
+      <c r="G732" s="31"/>
     </row>
     <row r="733" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A733" s="43"/>
-[...5 lines deleted...]
-      <c r="G733" s="43"/>
+      <c r="A733" s="31"/>
+      <c r="B733" s="31"/>
+      <c r="C733" s="31"/>
+      <c r="D733" s="31"/>
+      <c r="E733" s="31"/>
+      <c r="F733" s="31"/>
+      <c r="G733" s="31"/>
     </row>
     <row r="734" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A734" s="43"/>
-[...5 lines deleted...]
-      <c r="G734" s="43"/>
+      <c r="A734" s="31"/>
+      <c r="B734" s="31"/>
+      <c r="C734" s="31"/>
+      <c r="D734" s="31"/>
+      <c r="E734" s="31"/>
+      <c r="F734" s="31"/>
+      <c r="G734" s="31"/>
     </row>
     <row r="735" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A735" s="43"/>
-[...5 lines deleted...]
-      <c r="G735" s="43"/>
+      <c r="A735" s="31"/>
+      <c r="B735" s="31"/>
+      <c r="C735" s="31"/>
+      <c r="D735" s="31"/>
+      <c r="E735" s="31"/>
+      <c r="F735" s="31"/>
+      <c r="G735" s="31"/>
     </row>
     <row r="736" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A736" s="43"/>
-[...5 lines deleted...]
-      <c r="G736" s="43"/>
+      <c r="A736" s="31"/>
+      <c r="B736" s="31"/>
+      <c r="C736" s="31"/>
+      <c r="D736" s="31"/>
+      <c r="E736" s="31"/>
+      <c r="F736" s="31"/>
+      <c r="G736" s="31"/>
     </row>
     <row r="737" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A737" s="43"/>
-[...5 lines deleted...]
-      <c r="G737" s="43"/>
+      <c r="A737" s="31"/>
+      <c r="B737" s="31"/>
+      <c r="C737" s="31"/>
+      <c r="D737" s="31"/>
+      <c r="E737" s="31"/>
+      <c r="F737" s="31"/>
+      <c r="G737" s="31"/>
     </row>
     <row r="738" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A738" s="43"/>
-[...5 lines deleted...]
-      <c r="G738" s="43"/>
+      <c r="A738" s="31"/>
+      <c r="B738" s="31"/>
+      <c r="C738" s="31"/>
+      <c r="D738" s="31"/>
+      <c r="E738" s="31"/>
+      <c r="F738" s="31"/>
+      <c r="G738" s="31"/>
     </row>
     <row r="739" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A739" s="43"/>
-[...5 lines deleted...]
-      <c r="G739" s="43"/>
+      <c r="A739" s="31"/>
+      <c r="B739" s="31"/>
+      <c r="C739" s="31"/>
+      <c r="D739" s="31"/>
+      <c r="E739" s="31"/>
+      <c r="F739" s="31"/>
+      <c r="G739" s="31"/>
     </row>
     <row r="740" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A740" s="43"/>
-[...5 lines deleted...]
-      <c r="G740" s="43"/>
+      <c r="A740" s="31"/>
+      <c r="B740" s="31"/>
+      <c r="C740" s="31"/>
+      <c r="D740" s="31"/>
+      <c r="E740" s="31"/>
+      <c r="F740" s="31"/>
+      <c r="G740" s="31"/>
     </row>
     <row r="741" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A741" s="43"/>
-[...5 lines deleted...]
-      <c r="G741" s="43"/>
+      <c r="A741" s="31"/>
+      <c r="B741" s="31"/>
+      <c r="C741" s="31"/>
+      <c r="D741" s="31"/>
+      <c r="E741" s="31"/>
+      <c r="F741" s="31"/>
+      <c r="G741" s="31"/>
     </row>
     <row r="742" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A742" s="43"/>
-[...5 lines deleted...]
-      <c r="G742" s="43"/>
+      <c r="A742" s="31"/>
+      <c r="B742" s="31"/>
+      <c r="C742" s="31"/>
+      <c r="D742" s="31"/>
+      <c r="E742" s="31"/>
+      <c r="F742" s="31"/>
+      <c r="G742" s="31"/>
     </row>
     <row r="743" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A743" s="43"/>
-[...5 lines deleted...]
-      <c r="G743" s="43"/>
+      <c r="A743" s="31"/>
+      <c r="B743" s="31"/>
+      <c r="C743" s="31"/>
+      <c r="D743" s="31"/>
+      <c r="E743" s="31"/>
+      <c r="F743" s="31"/>
+      <c r="G743" s="31"/>
     </row>
     <row r="744" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A744" s="43"/>
-[...5 lines deleted...]
-      <c r="G744" s="43"/>
+      <c r="A744" s="31"/>
+      <c r="B744" s="31"/>
+      <c r="C744" s="31"/>
+      <c r="D744" s="31"/>
+      <c r="E744" s="31"/>
+      <c r="F744" s="31"/>
+      <c r="G744" s="31"/>
     </row>
     <row r="745" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A745" s="43"/>
-[...5 lines deleted...]
-      <c r="G745" s="43"/>
+      <c r="A745" s="31"/>
+      <c r="B745" s="31"/>
+      <c r="C745" s="31"/>
+      <c r="D745" s="31"/>
+      <c r="E745" s="31"/>
+      <c r="F745" s="31"/>
+      <c r="G745" s="31"/>
     </row>
     <row r="746" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A746" s="43"/>
-[...5 lines deleted...]
-      <c r="G746" s="43"/>
+      <c r="A746" s="31"/>
+      <c r="B746" s="31"/>
+      <c r="C746" s="31"/>
+      <c r="D746" s="31"/>
+      <c r="E746" s="31"/>
+      <c r="F746" s="31"/>
+      <c r="G746" s="31"/>
     </row>
     <row r="747" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A747" s="43"/>
-[...5 lines deleted...]
-      <c r="G747" s="43"/>
+      <c r="A747" s="31"/>
+      <c r="B747" s="31"/>
+      <c r="C747" s="31"/>
+      <c r="D747" s="31"/>
+      <c r="E747" s="31"/>
+      <c r="F747" s="31"/>
+      <c r="G747" s="31"/>
     </row>
     <row r="748" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A748" s="43"/>
-[...5 lines deleted...]
-      <c r="G748" s="43"/>
+      <c r="A748" s="31"/>
+      <c r="B748" s="31"/>
+      <c r="C748" s="31"/>
+      <c r="D748" s="31"/>
+      <c r="E748" s="31"/>
+      <c r="F748" s="31"/>
+      <c r="G748" s="31"/>
     </row>
     <row r="749" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A749" s="43"/>
-[...5 lines deleted...]
-      <c r="G749" s="43"/>
+      <c r="A749" s="31"/>
+      <c r="B749" s="31"/>
+      <c r="C749" s="31"/>
+      <c r="D749" s="31"/>
+      <c r="E749" s="31"/>
+      <c r="F749" s="31"/>
+      <c r="G749" s="31"/>
     </row>
     <row r="750" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A750" s="43"/>
-[...5 lines deleted...]
-      <c r="G750" s="43"/>
+      <c r="A750" s="31"/>
+      <c r="B750" s="31"/>
+      <c r="C750" s="31"/>
+      <c r="D750" s="31"/>
+      <c r="E750" s="31"/>
+      <c r="F750" s="31"/>
+      <c r="G750" s="31"/>
     </row>
     <row r="751" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A751" s="43"/>
-[...5 lines deleted...]
-      <c r="G751" s="43"/>
+      <c r="A751" s="31"/>
+      <c r="B751" s="31"/>
+      <c r="C751" s="31"/>
+      <c r="D751" s="31"/>
+      <c r="E751" s="31"/>
+      <c r="F751" s="31"/>
+      <c r="G751" s="31"/>
     </row>
     <row r="752" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A752" s="43"/>
-[...5 lines deleted...]
-      <c r="G752" s="43"/>
+      <c r="A752" s="31"/>
+      <c r="B752" s="31"/>
+      <c r="C752" s="31"/>
+      <c r="D752" s="31"/>
+      <c r="E752" s="31"/>
+      <c r="F752" s="31"/>
+      <c r="G752" s="31"/>
     </row>
     <row r="753" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A753" s="43"/>
-[...5 lines deleted...]
-      <c r="G753" s="43"/>
+      <c r="A753" s="31"/>
+      <c r="B753" s="31"/>
+      <c r="C753" s="31"/>
+      <c r="D753" s="31"/>
+      <c r="E753" s="31"/>
+      <c r="F753" s="31"/>
+      <c r="G753" s="31"/>
     </row>
     <row r="754" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A754" s="43"/>
-[...5 lines deleted...]
-      <c r="G754" s="43"/>
+      <c r="A754" s="31"/>
+      <c r="B754" s="31"/>
+      <c r="C754" s="31"/>
+      <c r="D754" s="31"/>
+      <c r="E754" s="31"/>
+      <c r="F754" s="31"/>
+      <c r="G754" s="31"/>
     </row>
     <row r="755" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A755" s="43"/>
-[...5 lines deleted...]
-      <c r="G755" s="43"/>
+      <c r="A755" s="31"/>
+      <c r="B755" s="31"/>
+      <c r="C755" s="31"/>
+      <c r="D755" s="31"/>
+      <c r="E755" s="31"/>
+      <c r="F755" s="31"/>
+      <c r="G755" s="31"/>
     </row>
     <row r="756" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A756" s="43"/>
-[...5 lines deleted...]
-      <c r="G756" s="43"/>
+      <c r="A756" s="31"/>
+      <c r="B756" s="31"/>
+      <c r="C756" s="31"/>
+      <c r="D756" s="31"/>
+      <c r="E756" s="31"/>
+      <c r="F756" s="31"/>
+      <c r="G756" s="31"/>
     </row>
     <row r="757" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A757" s="43"/>
-[...5 lines deleted...]
-      <c r="G757" s="43"/>
+      <c r="A757" s="31"/>
+      <c r="B757" s="31"/>
+      <c r="C757" s="31"/>
+      <c r="D757" s="31"/>
+      <c r="E757" s="31"/>
+      <c r="F757" s="31"/>
+      <c r="G757" s="31"/>
     </row>
     <row r="758" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A758" s="43"/>
-[...5 lines deleted...]
-      <c r="G758" s="43"/>
+      <c r="A758" s="3"/>
+      <c r="B758" s="3"/>
+      <c r="C758" s="3"/>
+      <c r="D758" s="3"/>
+      <c r="E758" s="3"/>
+      <c r="F758" s="3"/>
+      <c r="G758" s="3"/>
     </row>
     <row r="759" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A759" s="43"/>
-[...5 lines deleted...]
-      <c r="G759" s="43"/>
+      <c r="A759" s="3"/>
+      <c r="B759" s="3"/>
+      <c r="C759" s="3"/>
+      <c r="D759" s="3"/>
+      <c r="E759" s="3"/>
+      <c r="F759" s="3"/>
+      <c r="G759" s="3"/>
     </row>
     <row r="760" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A760" s="3"/>
       <c r="B760" s="3"/>
       <c r="C760" s="3"/>
       <c r="D760" s="3"/>
       <c r="E760" s="3"/>
       <c r="F760" s="3"/>
       <c r="G760" s="3"/>
     </row>
     <row r="761" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A761" s="3"/>
       <c r="B761" s="3"/>
       <c r="C761" s="3"/>
       <c r="D761" s="3"/>
       <c r="E761" s="3"/>
       <c r="F761" s="3"/>
       <c r="G761" s="3"/>
     </row>
     <row r="762" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A762" s="3"/>
       <c r="B762" s="3"/>
       <c r="C762" s="3"/>
       <c r="D762" s="3"/>
       <c r="E762" s="3"/>
@@ -6621,389 +6615,387 @@
       <c r="B809" s="3"/>
       <c r="C809" s="3"/>
       <c r="D809" s="3"/>
       <c r="E809" s="3"/>
       <c r="F809" s="3"/>
       <c r="G809" s="3"/>
     </row>
     <row r="810" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A810" s="3"/>
       <c r="B810" s="3"/>
       <c r="C810" s="3"/>
       <c r="D810" s="3"/>
       <c r="E810" s="3"/>
       <c r="F810" s="3"/>
       <c r="G810" s="3"/>
     </row>
     <row r="811" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A811" s="3"/>
       <c r="B811" s="3"/>
       <c r="C811" s="3"/>
       <c r="D811" s="3"/>
       <c r="E811" s="3"/>
       <c r="F811" s="3"/>
       <c r="G811" s="3"/>
     </row>
-    <row r="812" spans="1:7" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="263">
-    <mergeCell ref="A328:E328"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="262">
+    <mergeCell ref="A467:E467"/>
+    <mergeCell ref="A469:E469"/>
+    <mergeCell ref="A552:E552"/>
+    <mergeCell ref="A554:E554"/>
+    <mergeCell ref="A556:E556"/>
+    <mergeCell ref="A597:G597"/>
+    <mergeCell ref="A599:G599"/>
+    <mergeCell ref="A601:G601"/>
+    <mergeCell ref="A508:E508"/>
+    <mergeCell ref="A510:E510"/>
+    <mergeCell ref="A512:E512"/>
+    <mergeCell ref="A514:E514"/>
+    <mergeCell ref="A516:E516"/>
+    <mergeCell ref="A524:G526"/>
+    <mergeCell ref="A536:E536"/>
+    <mergeCell ref="A518:E518"/>
+    <mergeCell ref="F475:G475"/>
+    <mergeCell ref="A558:E558"/>
+    <mergeCell ref="A560:E560"/>
+    <mergeCell ref="A532:E532"/>
+    <mergeCell ref="A534:E534"/>
+    <mergeCell ref="A538:E538"/>
+    <mergeCell ref="A572:E572"/>
+    <mergeCell ref="A574:E574"/>
+    <mergeCell ref="A229:E229"/>
+    <mergeCell ref="A231:E231"/>
+    <mergeCell ref="A284:G284"/>
+    <mergeCell ref="A59:G59"/>
+    <mergeCell ref="A66:G66"/>
+    <mergeCell ref="A104:G104"/>
+    <mergeCell ref="A134:G134"/>
+    <mergeCell ref="A147:G147"/>
+    <mergeCell ref="A150:G150"/>
+    <mergeCell ref="A61:G61"/>
+    <mergeCell ref="A68:G68"/>
+    <mergeCell ref="A87:G87"/>
+    <mergeCell ref="A125:G125"/>
+    <mergeCell ref="A152:G152"/>
+    <mergeCell ref="A201:G201"/>
+    <mergeCell ref="A219:G219"/>
+    <mergeCell ref="A242:G242"/>
+    <mergeCell ref="A246:G246"/>
+    <mergeCell ref="A265:G265"/>
+    <mergeCell ref="A159:E159"/>
+    <mergeCell ref="A161:E161"/>
+    <mergeCell ref="A91:G91"/>
+    <mergeCell ref="A233:E233"/>
+    <mergeCell ref="A165:E165"/>
+    <mergeCell ref="D612:G612"/>
+    <mergeCell ref="D614:G614"/>
+    <mergeCell ref="D616:G616"/>
+    <mergeCell ref="F461:G461"/>
+    <mergeCell ref="F494:G494"/>
+    <mergeCell ref="F530:G530"/>
+    <mergeCell ref="F550:G550"/>
+    <mergeCell ref="A506:E506"/>
+    <mergeCell ref="A463:E463"/>
+    <mergeCell ref="A465:E465"/>
+    <mergeCell ref="A489:G489"/>
+    <mergeCell ref="A491:G492"/>
+    <mergeCell ref="A473:E473"/>
+    <mergeCell ref="A496:E496"/>
+    <mergeCell ref="A471:E471"/>
+    <mergeCell ref="A502:E502"/>
+    <mergeCell ref="A504:E504"/>
+    <mergeCell ref="A584:E584"/>
+    <mergeCell ref="A545:G546"/>
+    <mergeCell ref="A603:G603"/>
+    <mergeCell ref="A605:G605"/>
+    <mergeCell ref="A607:G607"/>
+    <mergeCell ref="A591:G591"/>
+    <mergeCell ref="A593:G593"/>
+    <mergeCell ref="A436:G437"/>
+    <mergeCell ref="A423:E423"/>
+    <mergeCell ref="A413:G413"/>
+    <mergeCell ref="A417:G417"/>
+    <mergeCell ref="F389:G389"/>
+    <mergeCell ref="F410:G410"/>
+    <mergeCell ref="F429:G429"/>
+    <mergeCell ref="E391:G391"/>
+    <mergeCell ref="A396:G396"/>
+    <mergeCell ref="A425:E425"/>
+    <mergeCell ref="A427:E427"/>
     <mergeCell ref="A406:E406"/>
-    <mergeCell ref="A640:G700"/>
-[...130 lines deleted...]
-    <mergeCell ref="A44:G44"/>
     <mergeCell ref="A167:E167"/>
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A171:E171"/>
     <mergeCell ref="A173:E173"/>
     <mergeCell ref="A175:E175"/>
     <mergeCell ref="D52:G52"/>
     <mergeCell ref="D54:G54"/>
     <mergeCell ref="A177:E177"/>
     <mergeCell ref="C63:E63"/>
     <mergeCell ref="A85:G85"/>
     <mergeCell ref="A93:G93"/>
     <mergeCell ref="D56:G56"/>
     <mergeCell ref="A89:G89"/>
     <mergeCell ref="A70:G70"/>
     <mergeCell ref="A72:G72"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="A74:G74"/>
     <mergeCell ref="A76:G76"/>
     <mergeCell ref="A78:G78"/>
     <mergeCell ref="A80:G80"/>
     <mergeCell ref="A82:G82"/>
     <mergeCell ref="D127:G127"/>
+    <mergeCell ref="D18:G18"/>
+    <mergeCell ref="D20:G20"/>
+    <mergeCell ref="D24:G24"/>
+    <mergeCell ref="D22:G22"/>
+    <mergeCell ref="D26:G26"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D32:G32"/>
+    <mergeCell ref="D37:G37"/>
+    <mergeCell ref="D41:G41"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="D50:G50"/>
+    <mergeCell ref="D28:G28"/>
+    <mergeCell ref="D30:G30"/>
+    <mergeCell ref="D39:G39"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A44:G44"/>
+    <mergeCell ref="A277:E277"/>
+    <mergeCell ref="A292:E292"/>
+    <mergeCell ref="A322:E322"/>
+    <mergeCell ref="A324:E324"/>
+    <mergeCell ref="A320:E320"/>
+    <mergeCell ref="A95:G95"/>
+    <mergeCell ref="A97:G97"/>
+    <mergeCell ref="A99:G99"/>
+    <mergeCell ref="A101:G101"/>
+    <mergeCell ref="A114:G114"/>
+    <mergeCell ref="D118:G118"/>
+    <mergeCell ref="D120:G120"/>
+    <mergeCell ref="D122:G122"/>
+    <mergeCell ref="A294:E294"/>
+    <mergeCell ref="A259:E259"/>
+    <mergeCell ref="A163:E163"/>
+    <mergeCell ref="A106:G112"/>
+    <mergeCell ref="D116:G116"/>
+    <mergeCell ref="A235:E235"/>
+    <mergeCell ref="A138:G145"/>
+    <mergeCell ref="A193:E193"/>
+    <mergeCell ref="A195:E195"/>
+    <mergeCell ref="A187:E187"/>
+    <mergeCell ref="A154:G155"/>
+    <mergeCell ref="A179:E179"/>
+    <mergeCell ref="A181:E181"/>
+    <mergeCell ref="F157:G157"/>
+    <mergeCell ref="A189:E189"/>
+    <mergeCell ref="A183:E183"/>
+    <mergeCell ref="A362:E362"/>
+    <mergeCell ref="A364:E364"/>
+    <mergeCell ref="A205:G206"/>
+    <mergeCell ref="A210:E210"/>
+    <mergeCell ref="A237:E237"/>
+    <mergeCell ref="F208:G208"/>
+    <mergeCell ref="F223:G223"/>
+    <mergeCell ref="F253:G253"/>
+    <mergeCell ref="F271:G271"/>
+    <mergeCell ref="F290:G290"/>
+    <mergeCell ref="F312:G312"/>
+    <mergeCell ref="F339:G339"/>
+    <mergeCell ref="F360:G360"/>
+    <mergeCell ref="A296:E296"/>
+    <mergeCell ref="A298:E298"/>
+    <mergeCell ref="A314:E314"/>
+    <mergeCell ref="F239:G239"/>
+    <mergeCell ref="A269:G269"/>
+    <mergeCell ref="A288:G288"/>
+    <mergeCell ref="D129:G129"/>
+    <mergeCell ref="A307:G308"/>
+    <mergeCell ref="A255:E255"/>
+    <mergeCell ref="A257:E257"/>
+    <mergeCell ref="A261:E261"/>
+    <mergeCell ref="A273:E273"/>
+    <mergeCell ref="A275:E275"/>
+    <mergeCell ref="A279:E279"/>
+    <mergeCell ref="A191:E191"/>
+    <mergeCell ref="A197:E197"/>
+    <mergeCell ref="A185:E185"/>
+    <mergeCell ref="A248:G251"/>
+    <mergeCell ref="A225:E225"/>
+    <mergeCell ref="D131:G131"/>
+    <mergeCell ref="D136:G136"/>
+    <mergeCell ref="A227:E227"/>
+    <mergeCell ref="A212:E212"/>
+    <mergeCell ref="A214:E214"/>
+    <mergeCell ref="F199:G199"/>
+    <mergeCell ref="F216:G216"/>
+    <mergeCell ref="F263:G263"/>
+    <mergeCell ref="F281:G281"/>
+    <mergeCell ref="F300:G300"/>
+    <mergeCell ref="A303:G303"/>
+    <mergeCell ref="A310:G310"/>
+    <mergeCell ref="A331:G331"/>
+    <mergeCell ref="A335:G335"/>
+    <mergeCell ref="A352:G352"/>
+    <mergeCell ref="A356:G356"/>
+    <mergeCell ref="A373:G373"/>
+    <mergeCell ref="A377:G377"/>
+    <mergeCell ref="A393:G393"/>
+    <mergeCell ref="A343:E343"/>
+    <mergeCell ref="A345:E345"/>
+    <mergeCell ref="A347:E347"/>
+    <mergeCell ref="A368:E368"/>
+    <mergeCell ref="A366:E366"/>
+    <mergeCell ref="A316:E316"/>
+    <mergeCell ref="A318:E318"/>
+    <mergeCell ref="A341:E341"/>
+    <mergeCell ref="F381:G381"/>
+    <mergeCell ref="D632:G632"/>
+    <mergeCell ref="A619:G624"/>
+    <mergeCell ref="D626:G626"/>
+    <mergeCell ref="A408:E408"/>
+    <mergeCell ref="A400:G400"/>
+    <mergeCell ref="A383:E383"/>
+    <mergeCell ref="A385:E385"/>
+    <mergeCell ref="A387:E387"/>
+    <mergeCell ref="A326:E326"/>
+    <mergeCell ref="A404:E404"/>
+    <mergeCell ref="F328:G328"/>
+    <mergeCell ref="F349:G349"/>
+    <mergeCell ref="F370:G370"/>
+    <mergeCell ref="A432:G432"/>
+    <mergeCell ref="A455:G455"/>
+    <mergeCell ref="A447:E447"/>
+    <mergeCell ref="A449:E449"/>
+    <mergeCell ref="A443:E443"/>
+    <mergeCell ref="A445:E445"/>
+    <mergeCell ref="A451:E451"/>
+    <mergeCell ref="F402:G402"/>
+    <mergeCell ref="F421:G421"/>
+    <mergeCell ref="F441:G441"/>
+    <mergeCell ref="F453:G453"/>
+    <mergeCell ref="A586:E586"/>
+    <mergeCell ref="E478:G478"/>
+    <mergeCell ref="E481:G481"/>
+    <mergeCell ref="A638:G698"/>
+    <mergeCell ref="A699:G757"/>
+    <mergeCell ref="A635:G637"/>
+    <mergeCell ref="A498:E498"/>
+    <mergeCell ref="A500:E500"/>
+    <mergeCell ref="A484:G484"/>
+    <mergeCell ref="A487:G487"/>
+    <mergeCell ref="A520:G520"/>
+    <mergeCell ref="A541:G541"/>
+    <mergeCell ref="A588:E588"/>
+    <mergeCell ref="A562:E562"/>
     <mergeCell ref="A564:E564"/>
     <mergeCell ref="A566:E566"/>
     <mergeCell ref="A568:E568"/>
     <mergeCell ref="A570:E570"/>
-    <mergeCell ref="A572:E572"/>
+    <mergeCell ref="A576:E576"/>
     <mergeCell ref="A578:E578"/>
     <mergeCell ref="A580:E580"/>
     <mergeCell ref="A582:E582"/>
-    <mergeCell ref="A584:E584"/>
-[...23 lines deleted...]
-    <mergeCell ref="A419:G419"/>
+    <mergeCell ref="D628:G628"/>
     <mergeCell ref="D630:G630"/>
-    <mergeCell ref="D632:G632"/>
-[...69 lines deleted...]
-    <mergeCell ref="A471:E471"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;RSeite &amp;P von &amp;N</oddFooter>
     <firstHeader>&amp;L&amp;G&amp;RFinanzdirektion
 Steuerverwaltung
 Rechtsabteilung
 Bahnhofstrasse 26, 6300 Zug
 T +41 41 594 20 00
 www.zg.ch/tax</firstHeader>
     <firstFooter>&amp;RSeite &amp;P von &amp;N</firstFooter>
   </headerFooter>
+  <rowBreaks count="11" manualBreakCount="11">
+    <brk id="65" max="16383" man="1"/>
+    <brk id="133" max="16383" man="1"/>
+    <brk id="200" max="16383" man="1"/>
+    <brk id="264" max="16383" man="1"/>
+    <brk id="330" max="16383" man="1"/>
+    <brk id="392" max="16383" man="1"/>
+    <brk id="454" max="16383" man="1"/>
+    <brk id="519" max="16383" man="1"/>
+    <brk id="590" max="16383" man="1"/>
+    <brk id="637" max="6" man="1"/>
+    <brk id="698" max="16383" man="1"/>
+  </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nachlassinventar</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kanton Zug</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ranja Kyburz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
-    <vt:lpwstr>2024-09-11T16:08:48Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SetDate">
+    <vt:lpwstr>2026-01-16T08:43:53Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
-    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Name">
+    <vt:lpwstr>KTZG_Oeffentlich</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SiteId">
     <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
-    <vt:lpwstr>29504697-1644-433c-b136-540288dc5424</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ActionId">
+    <vt:lpwstr>039007b2-6d32-4d6f-af23-228a0fdc8fbe</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>