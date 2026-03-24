--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -3,123 +3,120 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\01 Präsidiales\Todesfälle\Erbschaftsamt\Vorlagen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11288E0E-0620-4033-AEF2-4E1140EA3461}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{64B36C53-7D29-4BBB-9D12-D35B2EAFA80C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="41496" windowHeight="16776" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
+    <workbookView xWindow="-132" yWindow="-132" windowWidth="41544" windowHeight="16824" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
   </bookViews>
   <sheets>
     <sheet name="Erbschaftssteuererklärung" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">Erbschaftssteuererklärung!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F456" i="1" l="1"/>
+  <c r="F134" i="1" l="1"/>
+  <c r="F456" i="1"/>
   <c r="F432" i="1"/>
   <c r="F392" i="1"/>
   <c r="F359" i="1"/>
   <c r="F321" i="1"/>
   <c r="F304" i="1"/>
   <c r="F283" i="1"/>
   <c r="F263" i="1"/>
   <c r="F235" i="1"/>
   <c r="F216" i="1"/>
   <c r="F198" i="1"/>
   <c r="F174" i="1"/>
   <c r="F151" i="1"/>
-  <c r="F134" i="1"/>
   <c r="E323" i="1" l="1"/>
-  <c r="E459" i="1"/>
-[...1 lines deleted...]
-  <c r="E495" i="1" s="1"/>
+  <c r="E458" i="1"/>
+  <c r="E460" i="1" l="1"/>
+  <c r="E493" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="111">
   <si>
     <t>Erblasserin/Erblasser</t>
   </si>
   <si>
     <t>Name, Vorname</t>
   </si>
   <si>
     <t>Geburtsdatum</t>
-  </si>
-[...1 lines deleted...]
-    <t>Heimatort/Staatsangehörigeit</t>
   </si>
   <si>
     <t>Adresse, PLZ und Ort</t>
   </si>
   <si>
     <t>Zivilstand</t>
   </si>
   <si>
     <t>Aufenthalt</t>
   </si>
   <si>
     <t>Todesdatum</t>
   </si>
   <si>
     <t>Unterschrift/en</t>
   </si>
   <si>
     <t xml:space="preserve">Angaben über Bankguthaben, Depotvermögen, Darlehensforderungen, Kapitalanlagen, etc. </t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Total 1.1</t>
   </si>
@@ -355,53 +352,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>per Todestag</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Wert in Franken</t>
   </si>
   <si>
     <t>Personalien</t>
   </si>
   <si>
     <t>Wenn ja, wann haben Sie die Zuwendungen erhalten und welche Vermögenswerte wurden Ihnen zugewandt?</t>
   </si>
   <si>
-    <t>Beilage: Schätzung per Todestag, sofern letzte Schätzung mehr als vier Jahre zurückliegt</t>
-[...1 lines deleted...]
-  <si>
     <t>Gemäss § 1 Abs. 2 StG erhebt der Kanton Zug eine Erbschaftssteuer.
 Der Erbschaftssteuer unterliegen gemäss § 173 Abs. 1 StG alle Vermögensübergänge (Erbanfälle und Zuwendungen) kraft gesetzlichen Erbrechts oder aufgrund einer Verfügung von Todes wegen. Zuwendungen von Versicherungsbeträgen, die mit oder nach dem Tode der Erblasserin oder des Erblassers fällig werden, unterliegen der Erbschaftssteuer, soweit sie nicht als Einkommen besteuert werden (§ 173 Abs. 3).
 Bei jedem Todesfall, der voraussichtlich eine Erbschaftssteuerpflicht zur Folge hat, stellt der Gemeinderat der Gemeinde, in welcher der Erbgang eröffnet wurde, den Erbenden ein Erbschaftssteuerformular zu, das diese innert 90 Tagen vollständig ausgefüllt zurückzusenden haben (§ 183 Abs. 1 StG).</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Offensichtlich unvollständige oder unrichtige Steuererklärungen müssen zur Ergänzung zurückgewiesen werden. Um allfällige Rückfragen zu vermeiden, bitten wir Sie, die für die Veranlagung benötigten Unterlagen und Bescheinigungen der Steuererklärung beizulegen. Falls die Erbenteilung bereits durchgeführt wurde, ist der Teilungsvertrag ebenfalls einzureichen.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Auch bei mehreren Erbenden und/oder Vermächtnisnehmenden ist nur eine Steuererklär-ung einzureichen. Die Erbschaftssteuer wird für jede erbende oder vermächtnisnehmende Person einzeln berechnet, jedoch gesamthaft von der Erbmasse bezogen (§ 184 Abs. 1 StG). Bei vorzeitigen Zahlungen aus dem Nachlass empfiehlt es sich deshalb, die mutmasslich geschuldete Erbschaftssteuer zurückzubehalten</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -496,50 +490,56 @@
       <t xml:space="preserve">Belege, welche nicht bereits mit dem Nachlassinventar eingereicht worden sind (Todesfallkosten etc.), müssen mit der Erbschaftssteuererklärung nachgereicht werden. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Bei nicht veränderten Positionen (wenn bereits ein Nachlassinventar eingereicht wurde) reicht der Totalwert in der Position aus. </t>
     </r>
   </si>
   <si>
     <t>Der Erbschaftssteuer unterliegen alle Vermögensübergänge (Erbanfälle und Zuwendungen) kraft gesetzlichen Erbrechts oder aufgrund einer Verfügung von Todes wegen. Zu den steuerbaren Vermögensübergängen gehören insbesondere solche aufgrund von Erbeinsetzung, Vermächtnis, Erbvertrag, Schenkung auf den Todesfall, Errichtung einer Stiftung auf den Todesfall und Nacherbeneinsetzung. Zuwendungen von Versicherungsbeträgen, die mit oder nach dem Tode der Erblasserin oder des Erblassers fällig werden, unterliegen der Erbschaftssteuer, soweit sie nicht als Einkommen besteuert werden (§ 173 StG).
 Steuerpflichtig ist die Empfängerin oder der Empfänger des übergehenden Vermögens. Beim Übergang von Nutzniessungen und wiederkehrenden Leistungen sind die Nutzniesserinnen und Nutzniesser sowie die Leistungsempfängerinnen und -empfänger, bei einer Nacherbeneinsetzung sowohl die Vor- als auch die Nacherbinnen und -erben steuerpflichtig (§ 176 StG).
 In der Erbschaftssteuererklärung sind sämtliche Aktiven (inkl. Marchzinsen, Versicherungs-leistungen und Rückvergütungen) und Passiven zu deklarieren. Alle Positionen sind detailliert auszuweisen. Insbesondere sind Aufstellungen, Versicherungspolicen und Auszahlungsbelege von Versicherungen sowie neuere Grundstückschatzungen einzureichen. Wir möchten Sie darauf hinweisen, dass der Hausrat steuerbefreit ist (§ 175 Abs. 3 Bst. d StG).
 Steuerlich abzugsfähig sind folgende Positionen:
 a. die mit der Erbschaft auf die Erbinnen und Erben übergehenden Schulden;
 b. die Kosten für Begräbnis und Grabunterhalt;
 c. die Auslagen für die Abwicklung des Erbganges und die Kosten der Testamentsvollstreckung;
 d. Gerichts- und Anwaltskosten für Ungültigkeits-, Herabsetzungs- oder Erbschaftsklagen (§ 179 StG).
 Gemäss § 175 Abs. 1 StG sind der überlebende Eheteil, die Lebenspartnerin oder der Lebenspartner, die direkten Nachkommen und die Stiefkinder sowie die Eltern und Stiefeltern der Erblasserin oder des Erblassers von der Steuerpflicht befreit. Eingetragene Partnerinnen und Partner im Sinne des Partnerschaftsgesetzes sind Eheleuten gleichgestellt (§ 2 bis StG).
 Hat die verstorbene Person bereits zu Lebzeiten den Erbinnen und Erben sowie den Vermächtnisnehmerinnen und -nehmern unentgeltliche Zuwendungen gemacht, wird bei der Steuerberechnung auf den Gesamtbetrag abgestellt. Ist eine Empfängerin oder ein Empfänger nur für einen Teil des Vermögensüberganges im Kanton steuerpflichtig, bestimmt sich die Steuer nach dem Steuersatz für die gesamte Zuwendung. Wird die Bezahlung der Steuer von der Erblasserin oder dem Erblasser dem Nachlass überbunden, erhöhen sich die für die Berechnung massgebenden Anfälle und Zuwendungen um die entsprechenden Steuerbeträge (§ 181 StG).
 Die Erbschaftssteuer wird durch die kantonale Steuerverwaltung veranlagt und bezogen. Die Erbschaftssteuer wird für jede Erbin oder jeden Erben bzw. jede Vermächtnisnehmerin oder jeden Vermächtnisnehmer einzeln berechnet, jedoch gesamthaft von der Erbmasse bezogen (§ 184 StG). Für die Erbschaftssteuer haften die Erbinnen und Erben sowie die Vermächtnisnehmerinnen und -nehmer solidarisch bis zum Betrag der Bereicherung (§ 185 StG).
 Weitere Informationen zur Erbschaftssteuer (u. a. sämtliche Gesetzesbestimmungen und die Möglichkeit der Steuerberechnung) sind auf der Homepage der Kantonalen Steuerverwaltung abrufbar. Die lnternetadresse der Kantonalen Steuerverwaltung lautet: www.zg.ch/tax</t>
+  </si>
+  <si>
+    <t>Beilage: Auf Verlangen muss eine Schätzung eingereicht werden</t>
+  </si>
+  <si>
+    <t>Heimatort/Staatsangehörigkeit</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_ &quot;CHF&quot;\ * #,##0.00_ ;_ &quot;CHF&quot;\ * \-#,##0.00_ ;_ &quot;CHF&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -616,51 +616,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -692,98 +692,104 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -1096,715 +1102,715 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE6354D3-42FD-48D5-AD00-61179149C836}">
-  <dimension ref="A6:G769"/>
+  <dimension ref="A6:G767"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A641" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
-      <selection activeCell="A641" sqref="A641:G693"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="K21" sqref="K21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="11.44140625" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:7" ht="16.8" x14ac:dyDescent="0.3">
-      <c r="A6" s="41" t="s">
-[...7 lines deleted...]
-      <c r="G6" s="41"/>
+      <c r="A6" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="43"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43"/>
+      <c r="F6" s="43"/>
+      <c r="G6" s="43"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="42" t="s">
-[...7 lines deleted...]
-      <c r="G7" s="42"/>
+      <c r="A7" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" s="44"/>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="44"/>
+      <c r="F7" s="44"/>
+      <c r="G7" s="44"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F8" s="23"/>
     </row>
     <row r="9" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="26" t="s">
-[...7 lines deleted...]
-      <c r="G9" s="26"/>
+      <c r="A9" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" s="25"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="25"/>
+      <c r="E9" s="25"/>
+      <c r="F9" s="25"/>
+      <c r="G9" s="25"/>
     </row>
     <row r="10" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="26"/>
-[...5 lines deleted...]
-      <c r="G10" s="26"/>
+      <c r="A10" s="25"/>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="25"/>
+      <c r="G10" s="25"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="26"/>
-[...5 lines deleted...]
-      <c r="G11" s="26"/>
+      <c r="A11" s="25"/>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="25"/>
+      <c r="G11" s="25"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="26"/>
-[...5 lines deleted...]
-      <c r="G12" s="26"/>
+      <c r="A12" s="25"/>
+      <c r="B12" s="25"/>
+      <c r="C12" s="25"/>
+      <c r="D12" s="25"/>
+      <c r="E12" s="25"/>
+      <c r="F12" s="25"/>
+      <c r="G12" s="25"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" s="26"/>
-[...5 lines deleted...]
-      <c r="G13" s="26"/>
+      <c r="A13" s="25"/>
+      <c r="B13" s="25"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="25"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="25"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="26"/>
-[...5 lines deleted...]
-      <c r="G14" s="26"/>
+      <c r="A14" s="25"/>
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="25"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="26"/>
-[...5 lines deleted...]
-      <c r="G15" s="26"/>
+      <c r="A15" s="25"/>
+      <c r="B15" s="25"/>
+      <c r="C15" s="25"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="25"/>
+      <c r="F15" s="25"/>
+      <c r="G15" s="25"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="26"/>
-[...5 lines deleted...]
-      <c r="G16" s="26"/>
+      <c r="A16" s="25"/>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A17" s="26"/>
-[...5 lines deleted...]
-      <c r="G17" s="26"/>
+      <c r="A17" s="25"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="25"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A18" s="26"/>
-[...5 lines deleted...]
-      <c r="G18" s="26"/>
+      <c r="A18" s="25"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="25"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="25"/>
+      <c r="G18" s="25"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A19" s="26"/>
-[...5 lines deleted...]
-      <c r="G19" s="26"/>
+      <c r="A19" s="25"/>
+      <c r="B19" s="25"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A20" s="26"/>
-[...5 lines deleted...]
-      <c r="G20" s="26"/>
+      <c r="A20" s="25"/>
+      <c r="B20" s="25"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A21" s="26"/>
-[...5 lines deleted...]
-      <c r="G21" s="26"/>
+      <c r="A21" s="25"/>
+      <c r="B21" s="25"/>
+      <c r="C21" s="25"/>
+      <c r="D21" s="25"/>
+      <c r="E21" s="25"/>
+      <c r="F21" s="25"/>
+      <c r="G21" s="25"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A23" s="32" t="s">
+      <c r="A23" s="34" t="s">
         <v>0</v>
       </c>
-      <c r="B23" s="32"/>
-[...4 lines deleted...]
-      <c r="G23" s="32"/>
+      <c r="B23" s="34"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="34"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>1</v>
       </c>
-      <c r="D25" s="31"/>
-[...2 lines deleted...]
-      <c r="G25" s="31"/>
+      <c r="D25" s="37"/>
+      <c r="E25" s="37"/>
+      <c r="F25" s="37"/>
+      <c r="G25" s="37"/>
     </row>
     <row r="26" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>2</v>
       </c>
-      <c r="D27" s="31"/>
-[...2 lines deleted...]
-      <c r="G27" s="31"/>
+      <c r="D27" s="37"/>
+      <c r="E27" s="37"/>
+      <c r="F27" s="37"/>
+      <c r="G27" s="37"/>
     </row>
     <row r="28" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="G29" s="31"/>
+        <v>110</v>
+      </c>
+      <c r="D29" s="37"/>
+      <c r="E29" s="37"/>
+      <c r="F29" s="37"/>
+      <c r="G29" s="37"/>
     </row>
     <row r="30" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G31" s="31"/>
+        <v>4</v>
+      </c>
+      <c r="D31" s="37"/>
+      <c r="E31" s="37"/>
+      <c r="F31" s="37"/>
+      <c r="G31" s="37"/>
     </row>
     <row r="32" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="G33" s="31"/>
+        <v>3</v>
+      </c>
+      <c r="D33" s="37"/>
+      <c r="E33" s="37"/>
+      <c r="F33" s="37"/>
+      <c r="G33" s="37"/>
     </row>
     <row r="34" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="G35" s="31"/>
+        <v>5</v>
+      </c>
+      <c r="D35" s="37"/>
+      <c r="E35" s="37"/>
+      <c r="F35" s="37"/>
+      <c r="G35" s="37"/>
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="G37" s="31"/>
+        <v>6</v>
+      </c>
+      <c r="D37" s="37"/>
+      <c r="E37" s="37"/>
+      <c r="F37" s="37"/>
+      <c r="G37" s="37"/>
     </row>
     <row r="38" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="G39" s="31"/>
+        <v>63</v>
+      </c>
+      <c r="D39" s="37"/>
+      <c r="E39" s="37"/>
+      <c r="F39" s="37"/>
+      <c r="G39" s="37"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A41" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G41" s="32"/>
+      <c r="A41" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="B41" s="34"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="G43" s="31"/>
+        <v>51</v>
+      </c>
+      <c r="D43" s="37"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="37"/>
+      <c r="G43" s="37"/>
     </row>
     <row r="44" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>1</v>
       </c>
-      <c r="D45" s="31"/>
-[...2 lines deleted...]
-      <c r="G45" s="31"/>
+      <c r="D45" s="37"/>
+      <c r="E45" s="37"/>
+      <c r="F45" s="37"/>
+      <c r="G45" s="37"/>
     </row>
     <row r="46" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="G47" s="31"/>
+        <v>3</v>
+      </c>
+      <c r="D47" s="37"/>
+      <c r="E47" s="37"/>
+      <c r="F47" s="37"/>
+      <c r="G47" s="37"/>
     </row>
     <row r="48" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D48" s="4"/>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="4"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-      <c r="G49" s="31"/>
+        <v>52</v>
+      </c>
+      <c r="D49" s="37"/>
+      <c r="E49" s="37"/>
+      <c r="F49" s="37"/>
+      <c r="G49" s="37"/>
     </row>
     <row r="50" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="4"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="G51" s="31"/>
+        <v>53</v>
+      </c>
+      <c r="D51" s="37"/>
+      <c r="E51" s="37"/>
+      <c r="F51" s="37"/>
+      <c r="G51" s="37"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
     </row>
     <row r="53" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="26" t="s">
-[...7 lines deleted...]
-      <c r="G53" s="26"/>
+      <c r="A53" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B53" s="25"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="25"/>
+      <c r="E53" s="25"/>
+      <c r="F53" s="25"/>
+      <c r="G53" s="25"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A54" s="26"/>
-[...5 lines deleted...]
-      <c r="G54" s="26"/>
+      <c r="A54" s="25"/>
+      <c r="B54" s="25"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="25"/>
+      <c r="E54" s="25"/>
+      <c r="F54" s="25"/>
+      <c r="G54" s="25"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A55" s="26"/>
-[...5 lines deleted...]
-      <c r="G55" s="26"/>
+      <c r="A55" s="25"/>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="25"/>
+      <c r="F55" s="25"/>
+      <c r="G55" s="25"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A56" s="26"/>
-[...5 lines deleted...]
-      <c r="G56" s="26"/>
+      <c r="A56" s="25"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="25"/>
+      <c r="F56" s="25"/>
+      <c r="G56" s="25"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A57" s="26"/>
-[...5 lines deleted...]
-      <c r="G57" s="26"/>
+      <c r="A57" s="25"/>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="25"/>
+      <c r="E57" s="25"/>
+      <c r="F57" s="25"/>
+      <c r="G57" s="25"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A58" s="26"/>
-[...5 lines deleted...]
-      <c r="G58" s="26"/>
+      <c r="A58" s="25"/>
+      <c r="B58" s="25"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="25"/>
+      <c r="E58" s="25"/>
+      <c r="F58" s="25"/>
+      <c r="G58" s="25"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A59" s="26"/>
-[...5 lines deleted...]
-      <c r="G59" s="26"/>
+      <c r="A59" s="25"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="25"/>
+      <c r="F59" s="25"/>
+      <c r="G59" s="25"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A60" s="26"/>
-[...5 lines deleted...]
-      <c r="G60" s="26"/>
+      <c r="A60" s="25"/>
+      <c r="B60" s="25"/>
+      <c r="C60" s="25"/>
+      <c r="D60" s="25"/>
+      <c r="E60" s="25"/>
+      <c r="F60" s="25"/>
+      <c r="G60" s="25"/>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A61" s="26"/>
-[...5 lines deleted...]
-      <c r="G61" s="26"/>
+      <c r="A61" s="25"/>
+      <c r="B61" s="25"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="25"/>
+      <c r="E61" s="25"/>
+      <c r="F61" s="25"/>
+      <c r="G61" s="25"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A62" s="26"/>
-[...5 lines deleted...]
-      <c r="G62" s="26"/>
+      <c r="A62" s="25"/>
+      <c r="B62" s="25"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="25"/>
+      <c r="E62" s="25"/>
+      <c r="F62" s="25"/>
+      <c r="G62" s="25"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A63" s="26"/>
-[...5 lines deleted...]
-      <c r="G63" s="26"/>
+      <c r="A63" s="25"/>
+      <c r="B63" s="25"/>
+      <c r="C63" s="25"/>
+      <c r="D63" s="25"/>
+      <c r="E63" s="25"/>
+      <c r="F63" s="25"/>
+      <c r="G63" s="25"/>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="7"/>
       <c r="B64" s="7"/>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
       <c r="E64" s="7"/>
       <c r="F64" s="7"/>
       <c r="G64" s="7"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="29" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B65" s="29"/>
       <c r="C65" s="29"/>
       <c r="D65" s="29"/>
       <c r="E65" s="29"/>
       <c r="F65" s="29"/>
       <c r="G65" s="29"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="5"/>
       <c r="B66" s="5"/>
       <c r="C66" s="5"/>
       <c r="D66" s="5"/>
     </row>
     <row r="67" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="26" t="s">
-[...7 lines deleted...]
-      <c r="G67" s="26"/>
+      <c r="A67" s="25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B67" s="25"/>
+      <c r="C67" s="25"/>
+      <c r="D67" s="25"/>
+      <c r="E67" s="25"/>
+      <c r="F67" s="25"/>
+      <c r="G67" s="25"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A68" s="26"/>
-[...5 lines deleted...]
-      <c r="G68" s="26"/>
+      <c r="A68" s="25"/>
+      <c r="B68" s="25"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A69" s="26"/>
-[...5 lines deleted...]
-      <c r="G69" s="26"/>
+      <c r="A69" s="25"/>
+      <c r="B69" s="25"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="25"/>
+      <c r="E69" s="25"/>
+      <c r="F69" s="25"/>
+      <c r="G69" s="25"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A70" s="26"/>
-[...5 lines deleted...]
-      <c r="G70" s="26"/>
+      <c r="A70" s="25"/>
+      <c r="B70" s="25"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="25"/>
+      <c r="E70" s="25"/>
+      <c r="F70" s="25"/>
+      <c r="G70" s="25"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A71" s="26"/>
-[...5 lines deleted...]
-      <c r="G71" s="26"/>
+      <c r="A71" s="25"/>
+      <c r="B71" s="25"/>
+      <c r="C71" s="25"/>
+      <c r="D71" s="25"/>
+      <c r="E71" s="25"/>
+      <c r="F71" s="25"/>
+      <c r="G71" s="25"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A72" s="26"/>
-[...5 lines deleted...]
-      <c r="G72" s="26"/>
+      <c r="A72" s="25"/>
+      <c r="B72" s="25"/>
+      <c r="C72" s="25"/>
+      <c r="D72" s="25"/>
+      <c r="E72" s="25"/>
+      <c r="F72" s="25"/>
+      <c r="G72" s="25"/>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A73" s="26"/>
-[...5 lines deleted...]
-      <c r="G73" s="26"/>
+      <c r="A73" s="25"/>
+      <c r="B73" s="25"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="25"/>
+      <c r="E73" s="25"/>
+      <c r="F73" s="25"/>
+      <c r="G73" s="25"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="8"/>
       <c r="B74" s="8"/>
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
       <c r="E74" s="8"/>
       <c r="F74" s="8"/>
       <c r="G74" s="8"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="29" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B75" s="29"/>
       <c r="C75" s="29"/>
       <c r="D75" s="29"/>
       <c r="E75" s="29"/>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="5"/>
       <c r="B76" s="5"/>
       <c r="C76" s="5"/>
       <c r="D76" s="5"/>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A77" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G77" s="32"/>
+      <c r="A77" s="34" t="s">
+        <v>56</v>
+      </c>
+      <c r="B77" s="34"/>
+      <c r="C77" s="34"/>
+      <c r="D77" s="34"/>
+      <c r="E77" s="34"/>
+      <c r="F77" s="34"/>
+      <c r="G77" s="34"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A79" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G79" s="39"/>
+      <c r="A79" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B79" s="35"/>
+      <c r="C79" s="35"/>
+      <c r="D79" s="35"/>
+      <c r="E79" s="35"/>
+      <c r="F79" s="35"/>
+      <c r="G79" s="35"/>
     </row>
     <row r="81" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="26" t="s">
-[...7 lines deleted...]
-      <c r="G81" s="26"/>
+      <c r="A81" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="B81" s="25"/>
+      <c r="C81" s="25"/>
+      <c r="D81" s="25"/>
+      <c r="E81" s="25"/>
+      <c r="F81" s="25"/>
+      <c r="G81" s="25"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A82" s="26"/>
-[...5 lines deleted...]
-      <c r="G82" s="26"/>
+      <c r="A82" s="25"/>
+      <c r="B82" s="25"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="25"/>
+      <c r="E82" s="25"/>
+      <c r="F82" s="25"/>
+      <c r="G82" s="25"/>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="9"/>
       <c r="B83" s="9"/>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="9"/>
       <c r="G83" s="9"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G84" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F84" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G84" s="26"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="24"/>
       <c r="B86" s="24"/>
       <c r="C86" s="24"/>
       <c r="D86" s="24"/>
       <c r="E86" s="24"/>
       <c r="G86" s="2"/>
     </row>
     <row r="87" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F87" s="6"/>
       <c r="G87" s="11"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="24"/>
       <c r="B88" s="24"/>
       <c r="C88" s="24"/>
       <c r="D88" s="24"/>
       <c r="E88" s="24"/>
       <c r="G88" s="2"/>
     </row>
     <row r="89" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F89" s="6"/>
       <c r="G89" s="11"/>
     </row>
@@ -2051,683 +2057,683 @@
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="24"/>
       <c r="B130" s="24"/>
       <c r="C130" s="24"/>
       <c r="D130" s="24"/>
       <c r="E130" s="24"/>
       <c r="G130" s="2"/>
     </row>
     <row r="131" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F131" s="6"/>
       <c r="G131" s="11"/>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="24"/>
       <c r="B132" s="24"/>
       <c r="C132" s="24"/>
       <c r="D132" s="24"/>
       <c r="E132" s="24"/>
       <c r="G132" s="2"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G133" s="10"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F134" s="35">
+        <v>10</v>
+      </c>
+      <c r="F134" s="38">
         <f>ROUND(SUM(G86,G88,G114,G124,G126,G128,G130,G112,G110,G108,G106,G104,G102,G100,G98,G96,G94,G92,G90,G116,G118,G120,G122,G132),0)</f>
         <v>0</v>
       </c>
-      <c r="G134" s="35"/>
+      <c r="G134" s="38"/>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A136" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G136" s="32"/>
+      <c r="A136" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B136" s="34"/>
+      <c r="C136" s="34"/>
+      <c r="D136" s="34"/>
+      <c r="E136" s="34"/>
+      <c r="F136" s="34"/>
+      <c r="G136" s="34"/>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B138" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="140" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="33" t="s">
-[...7 lines deleted...]
-      <c r="G140" s="33"/>
+      <c r="A140" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B140" s="39"/>
+      <c r="C140" s="39"/>
+      <c r="D140" s="39"/>
+      <c r="E140" s="39"/>
+      <c r="F140" s="39"/>
+      <c r="G140" s="39"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A141" s="33"/>
-[...5 lines deleted...]
-      <c r="G141" s="33"/>
+      <c r="A141" s="39"/>
+      <c r="B141" s="39"/>
+      <c r="C141" s="39"/>
+      <c r="D141" s="39"/>
+      <c r="E141" s="39"/>
+      <c r="F141" s="39"/>
+      <c r="G141" s="39"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="F143" s="27" t="s">
         <v>86</v>
       </c>
-      <c r="G143" s="27"/>
+      <c r="F143" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G143" s="26"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="24"/>
       <c r="B145" s="24"/>
       <c r="C145" s="24"/>
       <c r="D145" s="24"/>
       <c r="E145" s="24"/>
       <c r="G145" s="2"/>
     </row>
     <row r="146" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F146" s="6"/>
       <c r="G146" s="11"/>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="24"/>
       <c r="B147" s="24"/>
       <c r="C147" s="24"/>
       <c r="D147" s="24"/>
       <c r="E147" s="24"/>
       <c r="G147" s="2"/>
     </row>
     <row r="148" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F148" s="6"/>
       <c r="G148" s="11"/>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A149" s="24"/>
       <c r="B149" s="24"/>
       <c r="C149" s="24"/>
       <c r="D149" s="24"/>
       <c r="E149" s="24"/>
       <c r="G149" s="2"/>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G150" s="10"/>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F151" s="35">
+        <v>11</v>
+      </c>
+      <c r="F151" s="38">
         <f>ROUND(SUM(G145,G147,G149),0)</f>
         <v>0</v>
       </c>
-      <c r="G151" s="35"/>
+      <c r="G151" s="38"/>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G152" s="12"/>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G153" s="12"/>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A154" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G154" s="32"/>
+      <c r="A154" s="34" t="s">
+        <v>64</v>
+      </c>
+      <c r="B154" s="34"/>
+      <c r="C154" s="34"/>
+      <c r="D154" s="34"/>
+      <c r="E154" s="34"/>
+      <c r="F154" s="34"/>
+      <c r="G154" s="34"/>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A156" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B156" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G158" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F158" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G158" s="26"/>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A160" s="24"/>
       <c r="B160" s="24"/>
       <c r="C160" s="24"/>
       <c r="D160" s="24"/>
       <c r="E160" s="24"/>
       <c r="G160" s="2"/>
     </row>
     <row r="161" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F161" s="6"/>
       <c r="G161" s="11"/>
     </row>
     <row r="162" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A162" s="24"/>
       <c r="B162" s="24"/>
       <c r="C162" s="24"/>
       <c r="D162" s="24"/>
       <c r="E162" s="24"/>
       <c r="G162" s="2"/>
     </row>
     <row r="163" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F163" s="6"/>
       <c r="G163" s="11"/>
     </row>
     <row r="164" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A164" s="24"/>
       <c r="B164" s="24"/>
       <c r="C164" s="24"/>
       <c r="D164" s="24"/>
       <c r="E164" s="24"/>
       <c r="G164" s="2"/>
     </row>
     <row r="165" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F165" s="6"/>
       <c r="G165" s="11"/>
     </row>
     <row r="166" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A166" s="24"/>
       <c r="B166" s="24"/>
       <c r="C166" s="24"/>
       <c r="D166" s="24"/>
       <c r="E166" s="24"/>
       <c r="G166" s="2"/>
     </row>
     <row r="167" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F167" s="6"/>
       <c r="G167" s="11"/>
     </row>
     <row r="168" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A168" s="31"/>
-[...3 lines deleted...]
-      <c r="E168" s="31"/>
+      <c r="A168" s="37"/>
+      <c r="B168" s="37"/>
+      <c r="C168" s="37"/>
+      <c r="D168" s="37"/>
+      <c r="E168" s="37"/>
       <c r="G168" s="2"/>
     </row>
     <row r="169" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F169" s="6"/>
       <c r="G169" s="11"/>
     </row>
     <row r="170" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A170" s="24"/>
       <c r="B170" s="24"/>
       <c r="C170" s="24"/>
       <c r="D170" s="24"/>
       <c r="E170" s="24"/>
       <c r="G170" s="2"/>
     </row>
     <row r="171" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F171" s="6"/>
       <c r="G171" s="11"/>
     </row>
     <row r="172" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A172" s="24"/>
       <c r="B172" s="24"/>
       <c r="C172" s="24"/>
       <c r="D172" s="24"/>
       <c r="E172" s="24"/>
       <c r="G172" s="2"/>
     </row>
     <row r="173" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G173" s="10"/>
     </row>
     <row r="174" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F174" s="35">
+        <v>13</v>
+      </c>
+      <c r="F174" s="38">
         <f>ROUND(SUM(G160,G162,G170,G172,G164,G166,G168),0)</f>
         <v>0</v>
       </c>
-      <c r="G174" s="35"/>
+      <c r="G174" s="38"/>
     </row>
     <row r="175" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G175" s="12"/>
     </row>
     <row r="177" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A177" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G177" s="32"/>
+      <c r="A177" s="34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B177" s="34"/>
+      <c r="C177" s="34"/>
+      <c r="D177" s="34"/>
+      <c r="E177" s="34"/>
+      <c r="F177" s="34"/>
+      <c r="G177" s="34"/>
     </row>
     <row r="179" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A179" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B179" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="181" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A181" s="43" t="s">
-[...7 lines deleted...]
-      <c r="G181" s="43"/>
+      <c r="A181" s="45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B181" s="45"/>
+      <c r="C181" s="45"/>
+      <c r="D181" s="45"/>
+      <c r="E181" s="45"/>
+      <c r="F181" s="45"/>
+      <c r="G181" s="45"/>
     </row>
     <row r="183" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G183" s="30"/>
+      <c r="A183" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="B183" s="32"/>
+      <c r="C183" s="32"/>
+      <c r="D183" s="32"/>
+      <c r="E183" s="32"/>
+      <c r="F183" s="32"/>
+      <c r="G183" s="32"/>
     </row>
     <row r="184" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A184" s="30"/>
-[...5 lines deleted...]
-      <c r="G184" s="30"/>
+      <c r="A184" s="32"/>
+      <c r="B184" s="32"/>
+      <c r="C184" s="32"/>
+      <c r="D184" s="32"/>
+      <c r="E184" s="32"/>
+      <c r="F184" s="32"/>
+      <c r="G184" s="32"/>
     </row>
     <row r="185" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A185" s="30"/>
-[...5 lines deleted...]
-      <c r="G185" s="30"/>
+      <c r="A185" s="32"/>
+      <c r="B185" s="32"/>
+      <c r="C185" s="32"/>
+      <c r="D185" s="32"/>
+      <c r="E185" s="32"/>
+      <c r="F185" s="32"/>
+      <c r="G185" s="32"/>
     </row>
     <row r="186" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A186" s="30"/>
-[...5 lines deleted...]
-      <c r="G186" s="30"/>
+      <c r="A186" s="32"/>
+      <c r="B186" s="32"/>
+      <c r="C186" s="32"/>
+      <c r="D186" s="32"/>
+      <c r="E186" s="32"/>
+      <c r="F186" s="32"/>
+      <c r="G186" s="32"/>
     </row>
     <row r="188" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G188" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F188" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G188" s="26"/>
     </row>
     <row r="190" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A190" s="24"/>
       <c r="B190" s="24"/>
       <c r="C190" s="24"/>
       <c r="D190" s="24"/>
       <c r="E190" s="24"/>
       <c r="G190" s="2"/>
     </row>
     <row r="191" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F191" s="6"/>
       <c r="G191" s="11"/>
     </row>
     <row r="192" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A192" s="24"/>
       <c r="B192" s="24"/>
       <c r="C192" s="24"/>
       <c r="D192" s="24"/>
       <c r="E192" s="24"/>
       <c r="G192" s="2"/>
     </row>
     <row r="193" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F193" s="6"/>
       <c r="G193" s="11"/>
     </row>
     <row r="194" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A194" s="24"/>
       <c r="B194" s="24"/>
       <c r="C194" s="24"/>
       <c r="D194" s="24"/>
       <c r="E194" s="24"/>
       <c r="G194" s="2"/>
     </row>
     <row r="195" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F195" s="6"/>
       <c r="G195" s="11"/>
     </row>
     <row r="196" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A196" s="24"/>
       <c r="B196" s="24"/>
       <c r="C196" s="24"/>
       <c r="D196" s="24"/>
       <c r="E196" s="24"/>
       <c r="G196" s="2"/>
     </row>
     <row r="197" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G197" s="10"/>
     </row>
     <row r="198" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F198" s="35">
+        <v>14</v>
+      </c>
+      <c r="F198" s="38">
         <f>ROUND(SUM(G190,G192,G196,G194),0)</f>
         <v>0</v>
       </c>
-      <c r="G198" s="35"/>
+      <c r="G198" s="38"/>
     </row>
     <row r="199" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G199" s="12"/>
     </row>
     <row r="200" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A200" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G200" s="32"/>
+      <c r="A200" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="B200" s="34"/>
+      <c r="C200" s="34"/>
+      <c r="D200" s="34"/>
+      <c r="E200" s="34"/>
+      <c r="F200" s="34"/>
+      <c r="G200" s="34"/>
     </row>
     <row r="202" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B202" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A204" s="43" t="s">
-[...7 lines deleted...]
-      <c r="G204" s="43"/>
+      <c r="A204" s="45" t="s">
+        <v>65</v>
+      </c>
+      <c r="B204" s="45"/>
+      <c r="C204" s="45"/>
+      <c r="D204" s="45"/>
+      <c r="E204" s="45"/>
+      <c r="F204" s="45"/>
+      <c r="G204" s="45"/>
     </row>
     <row r="206" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G206" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F206" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G206" s="26"/>
     </row>
     <row r="208" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A208" s="24"/>
       <c r="B208" s="24"/>
       <c r="C208" s="24"/>
       <c r="D208" s="24"/>
       <c r="E208" s="24"/>
       <c r="G208" s="2"/>
     </row>
     <row r="209" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F209" s="6"/>
       <c r="G209" s="11"/>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A210" s="24"/>
       <c r="B210" s="24"/>
       <c r="C210" s="24"/>
       <c r="D210" s="24"/>
       <c r="E210" s="24"/>
       <c r="G210" s="2"/>
     </row>
     <row r="211" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F211" s="6"/>
       <c r="G211" s="11"/>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A212" s="24"/>
       <c r="B212" s="24"/>
       <c r="C212" s="24"/>
       <c r="D212" s="24"/>
       <c r="E212" s="24"/>
       <c r="G212" s="2"/>
     </row>
     <row r="213" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F213" s="6"/>
       <c r="G213" s="11"/>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A214" s="24"/>
       <c r="B214" s="24"/>
       <c r="C214" s="24"/>
       <c r="D214" s="24"/>
       <c r="E214" s="24"/>
       <c r="G214" s="2"/>
     </row>
     <row r="215" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G215" s="10"/>
     </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F216" s="35">
+        <v>15</v>
+      </c>
+      <c r="F216" s="38">
         <f>ROUND(SUM(G208,G210,G214,G212),0)</f>
         <v>0</v>
       </c>
-      <c r="G216" s="35"/>
+      <c r="G216" s="38"/>
     </row>
     <row r="217" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G217" s="12"/>
     </row>
     <row r="219" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A219" s="44" t="s">
-[...7 lines deleted...]
-      <c r="G219" s="44"/>
+      <c r="A219" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="B219" s="46"/>
+      <c r="C219" s="46"/>
+      <c r="D219" s="46"/>
+      <c r="E219" s="46"/>
+      <c r="F219" s="46"/>
+      <c r="G219" s="46"/>
     </row>
     <row r="221" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B221" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="223" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A223" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G223" s="39"/>
+      <c r="A223" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B223" s="35"/>
+      <c r="C223" s="35"/>
+      <c r="D223" s="35"/>
+      <c r="E223" s="35"/>
+      <c r="F223" s="35"/>
+      <c r="G223" s="35"/>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G225" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F225" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G225" s="26"/>
     </row>
     <row r="227" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A227" s="24"/>
       <c r="B227" s="24"/>
       <c r="C227" s="24"/>
       <c r="D227" s="24"/>
       <c r="E227" s="24"/>
       <c r="G227" s="2"/>
     </row>
     <row r="228" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F228" s="6"/>
       <c r="G228" s="11"/>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A229" s="24"/>
       <c r="B229" s="24"/>
       <c r="C229" s="24"/>
       <c r="D229" s="24"/>
       <c r="E229" s="24"/>
       <c r="G229" s="2"/>
     </row>
     <row r="230" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F230" s="6"/>
       <c r="G230" s="11"/>
     </row>
     <row r="231" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A231" s="24"/>
       <c r="B231" s="24"/>
       <c r="C231" s="24"/>
       <c r="D231" s="24"/>
       <c r="E231" s="24"/>
       <c r="G231" s="2"/>
     </row>
     <row r="232" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F232" s="6"/>
       <c r="G232" s="11"/>
     </row>
     <row r="233" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A233" s="24"/>
       <c r="B233" s="24"/>
       <c r="C233" s="24"/>
       <c r="D233" s="24"/>
       <c r="E233" s="24"/>
       <c r="G233" s="2"/>
     </row>
     <row r="234" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G234" s="10"/>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F235" s="35">
+        <v>16</v>
+      </c>
+      <c r="F235" s="38">
         <f>ROUND(SUM(G227,G229,G231,G233),0)</f>
         <v>0</v>
       </c>
-      <c r="G235" s="35"/>
+      <c r="G235" s="38"/>
     </row>
     <row r="236" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G236" s="12"/>
     </row>
     <row r="238" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A238" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G238" s="32"/>
+      <c r="A238" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="B238" s="34"/>
+      <c r="C238" s="34"/>
+      <c r="D238" s="34"/>
+      <c r="E238" s="34"/>
+      <c r="F238" s="34"/>
+      <c r="G238" s="34"/>
     </row>
     <row r="240" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B240" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="242" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A242" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G242" s="30"/>
+      <c r="A242" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B242" s="32"/>
+      <c r="C242" s="32"/>
+      <c r="D242" s="32"/>
+      <c r="E242" s="32"/>
+      <c r="F242" s="32"/>
+      <c r="G242" s="32"/>
     </row>
     <row r="243" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A243" s="30"/>
-[...5 lines deleted...]
-      <c r="G243" s="30"/>
+      <c r="A243" s="32"/>
+      <c r="B243" s="32"/>
+      <c r="C243" s="32"/>
+      <c r="D243" s="32"/>
+      <c r="E243" s="32"/>
+      <c r="F243" s="32"/>
+      <c r="G243" s="32"/>
     </row>
     <row r="244" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A244" s="9"/>
       <c r="B244" s="9"/>
       <c r="C244" s="9"/>
       <c r="D244" s="9"/>
       <c r="E244" s="9"/>
       <c r="F244" s="9"/>
       <c r="G244" s="9"/>
     </row>
     <row r="245" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A245" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G245" s="39"/>
+      <c r="A245" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B245" s="35"/>
+      <c r="C245" s="35"/>
+      <c r="D245" s="35"/>
+      <c r="E245" s="35"/>
+      <c r="F245" s="35"/>
+      <c r="G245" s="35"/>
     </row>
     <row r="247" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G247" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F247" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G247" s="26"/>
     </row>
     <row r="249" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A249" s="24"/>
       <c r="B249" s="24"/>
       <c r="C249" s="24"/>
       <c r="D249" s="24"/>
       <c r="E249" s="24"/>
       <c r="G249" s="2"/>
     </row>
     <row r="250" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F250" s="6"/>
       <c r="G250" s="11"/>
     </row>
     <row r="251" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A251" s="24"/>
       <c r="B251" s="24"/>
       <c r="C251" s="24"/>
       <c r="D251" s="24"/>
       <c r="E251" s="24"/>
       <c r="G251" s="2"/>
     </row>
     <row r="252" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F252" s="6"/>
       <c r="G252" s="11"/>
     </row>
@@ -2770,434 +2776,434 @@
     <row r="259" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A259" s="24"/>
       <c r="B259" s="24"/>
       <c r="C259" s="24"/>
       <c r="D259" s="24"/>
       <c r="E259" s="24"/>
       <c r="G259" s="2"/>
     </row>
     <row r="260" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F260" s="6"/>
       <c r="G260" s="11"/>
     </row>
     <row r="261" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A261" s="24"/>
       <c r="B261" s="24"/>
       <c r="C261" s="24"/>
       <c r="D261" s="24"/>
       <c r="E261" s="24"/>
       <c r="G261" s="2"/>
     </row>
     <row r="262" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G262" s="10"/>
     </row>
     <row r="263" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="F263" s="35">
+        <v>20</v>
+      </c>
+      <c r="F263" s="38">
         <f>ROUND(SUM(G249,G251,G253,G255,G257,G259,G261),0)</f>
         <v>0</v>
       </c>
-      <c r="G263" s="35"/>
+      <c r="G263" s="38"/>
     </row>
     <row r="264" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G264" s="12"/>
     </row>
     <row r="265" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A265" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G265" s="32"/>
+      <c r="A265" s="34" t="s">
+        <v>80</v>
+      </c>
+      <c r="B265" s="34"/>
+      <c r="C265" s="34"/>
+      <c r="D265" s="34"/>
+      <c r="E265" s="34"/>
+      <c r="F265" s="34"/>
+      <c r="G265" s="34"/>
     </row>
     <row r="267" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B267" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="269" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A269" s="38" t="s">
-[...7 lines deleted...]
-      <c r="G269" s="38"/>
+      <c r="A269" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="B269" s="42"/>
+      <c r="C269" s="42"/>
+      <c r="D269" s="42"/>
+      <c r="E269" s="42"/>
+      <c r="F269" s="42"/>
+      <c r="G269" s="42"/>
     </row>
     <row r="271" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A271" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G271" s="30"/>
+      <c r="A271" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B271" s="27"/>
+      <c r="C271" s="27"/>
+      <c r="D271" s="27"/>
+      <c r="E271" s="27"/>
+      <c r="F271" s="27"/>
+      <c r="G271" s="27"/>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="G273" s="27"/>
+        <v>22</v>
+      </c>
+      <c r="F273" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G273" s="26"/>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A275" s="24"/>
       <c r="B275" s="24"/>
       <c r="C275" s="24"/>
       <c r="D275" s="24"/>
       <c r="E275" s="24"/>
       <c r="G275" s="2"/>
     </row>
     <row r="276" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F276" s="6"/>
       <c r="G276" s="11"/>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A277" s="24"/>
       <c r="B277" s="24"/>
       <c r="C277" s="24"/>
       <c r="D277" s="24"/>
       <c r="E277" s="24"/>
       <c r="G277" s="2"/>
     </row>
     <row r="278" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F278" s="6"/>
       <c r="G278" s="11"/>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A279" s="24"/>
       <c r="B279" s="24"/>
       <c r="C279" s="24"/>
       <c r="D279" s="24"/>
       <c r="E279" s="24"/>
       <c r="G279" s="2"/>
     </row>
     <row r="280" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F280" s="6"/>
       <c r="G280" s="11"/>
     </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A281" s="24"/>
       <c r="B281" s="24"/>
       <c r="C281" s="24"/>
       <c r="D281" s="24"/>
       <c r="E281" s="24"/>
       <c r="G281" s="2"/>
     </row>
     <row r="282" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G282" s="10"/>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F283" s="35">
+        <v>23</v>
+      </c>
+      <c r="F283" s="38">
         <f>ROUND(SUM(G275,G277,G279,G281),0)</f>
         <v>0</v>
       </c>
-      <c r="G283" s="35"/>
+      <c r="G283" s="38"/>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G284" s="12"/>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A286" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G286" s="32"/>
+      <c r="A286" s="34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B286" s="34"/>
+      <c r="C286" s="34"/>
+      <c r="D286" s="34"/>
+      <c r="E286" s="34"/>
+      <c r="F286" s="34"/>
+      <c r="G286" s="34"/>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B288" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="290" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A290" s="38" t="s">
-[...18 lines deleted...]
-      <c r="G292" s="30"/>
+      <c r="A290" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="B290" s="42"/>
+      <c r="C290" s="42"/>
+      <c r="D290" s="42"/>
+      <c r="E290" s="42"/>
+      <c r="F290" s="42"/>
+      <c r="G290" s="42"/>
+    </row>
+    <row r="292" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B292" s="27"/>
+      <c r="C292" s="27"/>
+      <c r="D292" s="27"/>
+      <c r="E292" s="27"/>
+      <c r="F292" s="27"/>
+      <c r="G292" s="27"/>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-      <c r="G294" s="27"/>
+        <v>103</v>
+      </c>
+      <c r="F294" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G294" s="26"/>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A296" s="24"/>
       <c r="B296" s="24"/>
       <c r="C296" s="24"/>
       <c r="D296" s="24"/>
       <c r="E296" s="24"/>
       <c r="G296" s="2"/>
     </row>
     <row r="297" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F297" s="6"/>
       <c r="G297" s="11"/>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A298" s="24"/>
       <c r="B298" s="24"/>
       <c r="C298" s="24"/>
       <c r="D298" s="24"/>
       <c r="E298" s="24"/>
       <c r="G298" s="2"/>
     </row>
     <row r="299" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F299" s="6"/>
       <c r="G299" s="11"/>
     </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A300" s="24"/>
       <c r="B300" s="24"/>
       <c r="C300" s="24"/>
       <c r="D300" s="24"/>
       <c r="E300" s="24"/>
       <c r="G300" s="2"/>
     </row>
     <row r="301" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F301" s="6"/>
       <c r="G301" s="11"/>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A302" s="24"/>
       <c r="B302" s="24"/>
       <c r="C302" s="24"/>
       <c r="D302" s="24"/>
       <c r="E302" s="24"/>
       <c r="G302" s="2"/>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G303" s="10"/>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="F304" s="35">
+        <v>25</v>
+      </c>
+      <c r="F304" s="38">
         <f>ROUND(SUM(G296,G298,G300,G302),0)</f>
         <v>0</v>
       </c>
-      <c r="G304" s="35"/>
+      <c r="G304" s="38"/>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G305" s="12"/>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G306" s="12"/>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A307" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G307" s="32"/>
+      <c r="A307" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="B307" s="34"/>
+      <c r="C307" s="34"/>
+      <c r="D307" s="34"/>
+      <c r="E307" s="34"/>
+      <c r="F307" s="34"/>
+      <c r="G307" s="34"/>
     </row>
     <row r="309" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B309" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="311" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A311" s="38" t="s">
-[...7 lines deleted...]
-      <c r="G311" s="38"/>
+      <c r="A311" s="42" t="s">
+        <v>24</v>
+      </c>
+      <c r="B311" s="42"/>
+      <c r="C311" s="42"/>
+      <c r="D311" s="42"/>
+      <c r="E311" s="42"/>
+      <c r="F311" s="42"/>
+      <c r="G311" s="42"/>
     </row>
     <row r="313" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A313" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G313" s="39"/>
+      <c r="A313" s="35" t="s">
+        <v>67</v>
+      </c>
+      <c r="B313" s="35"/>
+      <c r="C313" s="35"/>
+      <c r="D313" s="35"/>
+      <c r="E313" s="35"/>
+      <c r="F313" s="35"/>
+      <c r="G313" s="35"/>
     </row>
     <row r="315" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G315" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F315" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G315" s="26"/>
     </row>
     <row r="317" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A317" s="24"/>
       <c r="B317" s="24"/>
       <c r="C317" s="24"/>
       <c r="D317" s="24"/>
       <c r="E317" s="24"/>
       <c r="G317" s="2"/>
     </row>
     <row r="318" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F318" s="6"/>
       <c r="G318" s="11"/>
     </row>
     <row r="319" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A319" s="24"/>
       <c r="B319" s="24"/>
       <c r="C319" s="24"/>
       <c r="D319" s="24"/>
       <c r="E319" s="24"/>
       <c r="G319" s="2"/>
     </row>
     <row r="320" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G320" s="10"/>
     </row>
     <row r="321" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F321" s="35">
+        <v>68</v>
+      </c>
+      <c r="F321" s="38">
         <f>ROUND(SUM(G317,G319),0)</f>
         <v>0</v>
       </c>
-      <c r="G321" s="35"/>
+      <c r="G321" s="38"/>
     </row>
     <row r="322" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G322" s="13"/>
     </row>
     <row r="323" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A323" s="14" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E323" s="36">
+        <v>27</v>
+      </c>
+      <c r="E323" s="40">
         <f>ROUND(SUM(F304,F283,F263,F235,F151,F216,F198,F174,F134,F321),0)</f>
         <v>0</v>
       </c>
-      <c r="F323" s="36"/>
-      <c r="G323" s="36"/>
+      <c r="F323" s="40"/>
+      <c r="G323" s="40"/>
     </row>
     <row r="324" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A324" s="14"/>
       <c r="G324" s="15"/>
     </row>
     <row r="326" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A326" s="40" t="s">
-[...7 lines deleted...]
-      <c r="G326" s="40"/>
+      <c r="A326" s="36" t="s">
+        <v>26</v>
+      </c>
+      <c r="B326" s="36"/>
+      <c r="C326" s="36"/>
+      <c r="D326" s="36"/>
+      <c r="E326" s="36"/>
+      <c r="F326" s="36"/>
+      <c r="G326" s="36"/>
     </row>
     <row r="329" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A329" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G329" s="32"/>
+      <c r="A329" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="B329" s="34"/>
+      <c r="C329" s="34"/>
+      <c r="D329" s="34"/>
+      <c r="E329" s="34"/>
+      <c r="F329" s="34"/>
+      <c r="G329" s="34"/>
     </row>
     <row r="331" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B331" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="333" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A333" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G333" s="39"/>
+      <c r="A333" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="B333" s="35"/>
+      <c r="C333" s="35"/>
+      <c r="D333" s="35"/>
+      <c r="E333" s="35"/>
+      <c r="F333" s="35"/>
+      <c r="G333" s="35"/>
     </row>
     <row r="335" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G335" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F335" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G335" s="26"/>
     </row>
     <row r="337" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A337" s="24"/>
       <c r="B337" s="24"/>
       <c r="C337" s="24"/>
       <c r="D337" s="24"/>
       <c r="E337" s="24"/>
       <c r="G337" s="2"/>
     </row>
     <row r="338" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F338" s="6"/>
       <c r="G338" s="11"/>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A339" s="24"/>
       <c r="B339" s="24"/>
       <c r="C339" s="24"/>
       <c r="D339" s="24"/>
       <c r="E339" s="24"/>
       <c r="G339" s="2"/>
     </row>
     <row r="340" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F340" s="6"/>
       <c r="G340" s="11"/>
     </row>
@@ -3288,107 +3294,107 @@
     <row r="355" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A355" s="24"/>
       <c r="B355" s="24"/>
       <c r="C355" s="24"/>
       <c r="D355" s="24"/>
       <c r="E355" s="24"/>
       <c r="G355" s="2"/>
     </row>
     <row r="356" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F356" s="6"/>
       <c r="G356" s="11"/>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A357" s="24"/>
       <c r="B357" s="24"/>
       <c r="C357" s="24"/>
       <c r="D357" s="24"/>
       <c r="E357" s="24"/>
       <c r="G357" s="2"/>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G358" s="10"/>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F359" s="35">
+        <v>33</v>
+      </c>
+      <c r="F359" s="38">
         <f>ROUND(SUM(G337,G339,G341,G357,G343,G345,G347,G349,G351,G353,G355),0)</f>
         <v>0</v>
       </c>
-      <c r="G359" s="35"/>
+      <c r="G359" s="38"/>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A362" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G362" s="32"/>
+      <c r="A362" s="34" t="s">
+        <v>57</v>
+      </c>
+      <c r="B362" s="34"/>
+      <c r="C362" s="34"/>
+      <c r="D362" s="34"/>
+      <c r="E362" s="34"/>
+      <c r="F362" s="34"/>
+      <c r="G362" s="34"/>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B364" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="366" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A366" s="38" t="s">
-[...7 lines deleted...]
-      <c r="G366" s="38"/>
+      <c r="A366" s="42" t="s">
+        <v>35</v>
+      </c>
+      <c r="B366" s="42"/>
+      <c r="C366" s="42"/>
+      <c r="D366" s="42"/>
+      <c r="E366" s="42"/>
+      <c r="F366" s="42"/>
+      <c r="G366" s="42"/>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A368" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G368" s="39"/>
+      <c r="A368" s="35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B368" s="35"/>
+      <c r="C368" s="35"/>
+      <c r="D368" s="35"/>
+      <c r="E368" s="35"/>
+      <c r="F368" s="35"/>
+      <c r="G368" s="35"/>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G370" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F370" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G370" s="26"/>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A372" s="24"/>
       <c r="B372" s="24"/>
       <c r="C372" s="24"/>
       <c r="D372" s="24"/>
       <c r="E372" s="24"/>
       <c r="G372" s="2"/>
     </row>
     <row r="373" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F373" s="6"/>
       <c r="G373" s="11"/>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A374" s="24"/>
       <c r="B374" s="24"/>
       <c r="C374" s="24"/>
       <c r="D374" s="24"/>
       <c r="E374" s="24"/>
       <c r="G374" s="2"/>
     </row>
     <row r="375" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F375" s="6"/>
       <c r="G375" s="11"/>
     </row>
@@ -3467,128 +3473,128 @@
     <row r="388" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A388" s="24"/>
       <c r="B388" s="24"/>
       <c r="C388" s="24"/>
       <c r="D388" s="24"/>
       <c r="E388" s="24"/>
       <c r="G388" s="2"/>
     </row>
     <row r="389" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F389" s="6"/>
       <c r="G389" s="11"/>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A390" s="24"/>
       <c r="B390" s="24"/>
       <c r="C390" s="24"/>
       <c r="D390" s="24"/>
       <c r="E390" s="24"/>
       <c r="G390" s="2"/>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G391" s="10"/>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F392" s="35">
+        <v>34</v>
+      </c>
+      <c r="F392" s="38">
         <f>ROUND(SUM(G372,G374,G376,G390,G378,G380,G382,G384,G386,G388),0)</f>
         <v>0</v>
       </c>
-      <c r="G392" s="35"/>
+      <c r="G392" s="38"/>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G393" s="12"/>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A394" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G394" s="32"/>
+      <c r="A394" s="34" t="s">
+        <v>58</v>
+      </c>
+      <c r="B394" s="34"/>
+      <c r="C394" s="34"/>
+      <c r="D394" s="34"/>
+      <c r="E394" s="34"/>
+      <c r="F394" s="34"/>
+      <c r="G394" s="34"/>
     </row>
     <row r="396" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B396" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="398" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A398" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G398" s="30"/>
+      <c r="A398" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B398" s="32"/>
+      <c r="C398" s="32"/>
+      <c r="D398" s="32"/>
+      <c r="E398" s="32"/>
+      <c r="F398" s="32"/>
+      <c r="G398" s="32"/>
     </row>
     <row r="399" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A399" s="30"/>
-[...5 lines deleted...]
-      <c r="G399" s="30"/>
+      <c r="A399" s="32"/>
+      <c r="B399" s="32"/>
+      <c r="C399" s="32"/>
+      <c r="D399" s="32"/>
+      <c r="E399" s="32"/>
+      <c r="F399" s="32"/>
+      <c r="G399" s="32"/>
     </row>
     <row r="401" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A401" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G401" s="30"/>
+      <c r="A401" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="B401" s="32"/>
+      <c r="C401" s="32"/>
+      <c r="D401" s="32"/>
+      <c r="E401" s="32"/>
+      <c r="F401" s="32"/>
+      <c r="G401" s="32"/>
     </row>
     <row r="402" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A402" s="30"/>
-[...5 lines deleted...]
-      <c r="G402" s="30"/>
+      <c r="A402" s="32"/>
+      <c r="B402" s="32"/>
+      <c r="C402" s="32"/>
+      <c r="D402" s="32"/>
+      <c r="E402" s="32"/>
+      <c r="F402" s="32"/>
+      <c r="G402" s="32"/>
     </row>
     <row r="404" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G404" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F404" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G404" s="26"/>
     </row>
     <row r="406" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A406" s="24"/>
       <c r="B406" s="24"/>
       <c r="C406" s="24"/>
       <c r="D406" s="24"/>
       <c r="E406" s="24"/>
       <c r="G406" s="2"/>
     </row>
     <row r="407" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F407" s="6"/>
       <c r="G407" s="11"/>
     </row>
     <row r="408" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A408" s="24"/>
       <c r="B408" s="24"/>
       <c r="C408" s="24"/>
       <c r="D408" s="24"/>
       <c r="E408" s="24"/>
       <c r="G408" s="2"/>
     </row>
     <row r="409" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F409" s="6"/>
       <c r="G409" s="11"/>
     </row>
@@ -3703,96 +3709,96 @@
     <row r="428" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A428" s="24"/>
       <c r="B428" s="24"/>
       <c r="C428" s="24"/>
       <c r="D428" s="24"/>
       <c r="E428" s="24"/>
       <c r="G428" s="2"/>
     </row>
     <row r="429" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F429" s="6"/>
       <c r="G429" s="11"/>
     </row>
     <row r="430" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A430" s="24"/>
       <c r="B430" s="24"/>
       <c r="C430" s="24"/>
       <c r="D430" s="24"/>
       <c r="E430" s="24"/>
       <c r="G430" s="2"/>
     </row>
     <row r="431" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G431" s="10"/>
     </row>
     <row r="432" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="F432" s="35">
+        <v>36</v>
+      </c>
+      <c r="F432" s="38">
         <f>ROUND(SUM(G412,G430,G410,G408,G406,G414,G416,G418,G420,G422,G424,G426,G428),0)</f>
         <v>0</v>
       </c>
-      <c r="G432" s="35"/>
+      <c r="G432" s="38"/>
     </row>
     <row r="434" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A434" s="32" t="s">
-[...7 lines deleted...]
-      <c r="G434" s="32"/>
+      <c r="A434" s="34" t="s">
+        <v>37</v>
+      </c>
+      <c r="B434" s="34"/>
+      <c r="C434" s="34"/>
+      <c r="D434" s="34"/>
+      <c r="E434" s="34"/>
+      <c r="F434" s="34"/>
+      <c r="G434" s="34"/>
     </row>
     <row r="436" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="b">
         <v>0</v>
       </c>
       <c r="B436" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="438" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A438" s="39" t="s">
-[...7 lines deleted...]
-      <c r="G438" s="39"/>
+      <c r="A438" s="35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B438" s="35"/>
+      <c r="C438" s="35"/>
+      <c r="D438" s="35"/>
+      <c r="E438" s="35"/>
+      <c r="F438" s="35"/>
+      <c r="G438" s="35"/>
     </row>
     <row r="440" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="G440" s="27"/>
+        <v>9</v>
+      </c>
+      <c r="F440" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G440" s="26"/>
     </row>
     <row r="442" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A442" s="24"/>
       <c r="B442" s="24"/>
       <c r="C442" s="24"/>
       <c r="D442" s="24"/>
       <c r="E442" s="24"/>
       <c r="G442" s="2"/>
     </row>
     <row r="443" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F443" s="6"/>
       <c r="G443" s="11"/>
     </row>
     <row r="444" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A444" s="24"/>
       <c r="B444" s="24"/>
       <c r="C444" s="24"/>
       <c r="D444" s="24"/>
       <c r="E444" s="24"/>
       <c r="G444" s="2"/>
     </row>
     <row r="445" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F445" s="6"/>
       <c r="G445" s="11"/>
     </row>
@@ -3835,1678 +3841,1680 @@
     <row r="452" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A452" s="24"/>
       <c r="B452" s="24"/>
       <c r="C452" s="24"/>
       <c r="D452" s="24"/>
       <c r="E452" s="24"/>
       <c r="G452" s="2"/>
     </row>
     <row r="453" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F453" s="6"/>
       <c r="G453" s="11"/>
     </row>
     <row r="454" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A454" s="24"/>
       <c r="B454" s="24"/>
       <c r="C454" s="24"/>
       <c r="D454" s="24"/>
       <c r="E454" s="24"/>
       <c r="G454" s="2"/>
     </row>
     <row r="455" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G455" s="10"/>
     </row>
     <row r="456" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="F456" s="35">
+        <v>38</v>
+      </c>
+      <c r="F456" s="38">
         <f>ROUND(SUM(G442,G444,G446,G454,G448,G450,G452),0)</f>
         <v>0</v>
       </c>
-      <c r="G456" s="35"/>
+      <c r="G456" s="38"/>
     </row>
     <row r="457" spans="1:7" x14ac:dyDescent="0.25">
       <c r="G457" s="10"/>
     </row>
-    <row r="458" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E459" s="36">
+    <row r="458" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A458" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="E458" s="40">
         <f>ROUND(SUM(F359,F432,F392,F456),0)</f>
         <v>0</v>
       </c>
-      <c r="F459" s="36"/>
-[...10 lines deleted...]
-        <f>E323-E459</f>
+      <c r="F458" s="40"/>
+      <c r="G458" s="40"/>
+    </row>
+    <row r="459" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="G459" s="10"/>
+    </row>
+    <row r="460" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A460" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E460" s="41">
+        <f>E323-E458</f>
         <v>0</v>
       </c>
-      <c r="F461" s="37"/>
-[...19 lines deleted...]
-      <c r="G464" s="10"/>
+      <c r="F460" s="41"/>
+      <c r="G460" s="41"/>
+    </row>
+    <row r="461" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A461" s="14"/>
+      <c r="G461" s="16"/>
+    </row>
+    <row r="462" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A462" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B462" s="14"/>
+      <c r="C462" s="14"/>
+      <c r="D462" s="14"/>
+      <c r="E462" s="14"/>
+      <c r="F462" s="10"/>
+      <c r="G462" s="10"/>
+    </row>
+    <row r="463" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A463" s="17"/>
+      <c r="B463" s="17"/>
+      <c r="C463" s="17"/>
+      <c r="D463" s="17"/>
+      <c r="E463" s="17"/>
+    </row>
+    <row r="464" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="B464" s="25"/>
+      <c r="C464" s="25"/>
+      <c r="D464" s="25"/>
+      <c r="E464" s="25"/>
+      <c r="F464" s="25"/>
+      <c r="G464" s="25"/>
     </row>
     <row r="465" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A465" s="17"/>
-[...6 lines deleted...]
-      <c r="A466" s="26" t="s">
+      <c r="A465" s="25"/>
+      <c r="B465" s="25"/>
+      <c r="C465" s="25"/>
+      <c r="D465" s="25"/>
+      <c r="E465" s="25"/>
+      <c r="F465" s="25"/>
+      <c r="G465" s="25"/>
+    </row>
+    <row r="466" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A466" s="25"/>
+      <c r="B466" s="25"/>
+      <c r="C466" s="25"/>
+      <c r="D466" s="25"/>
+      <c r="E466" s="25"/>
+      <c r="F466" s="25"/>
+      <c r="G466" s="25"/>
+    </row>
+    <row r="467" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A467" s="25"/>
+      <c r="B467" s="25"/>
+      <c r="C467" s="25"/>
+      <c r="D467" s="25"/>
+      <c r="E467" s="25"/>
+      <c r="F467" s="25"/>
+      <c r="G467" s="25"/>
+    </row>
+    <row r="468" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A468" s="7"/>
+      <c r="B468" s="7"/>
+      <c r="C468" s="7"/>
+      <c r="D468" s="7"/>
+      <c r="E468" s="7"/>
+      <c r="F468" s="7"/>
+      <c r="G468" s="7"/>
+    </row>
+    <row r="469" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A469" s="7"/>
+      <c r="B469" s="7"/>
+      <c r="C469" s="7"/>
+      <c r="D469" s="7"/>
+      <c r="E469" s="7"/>
+      <c r="F469" s="7"/>
+      <c r="G469" s="2"/>
+    </row>
+    <row r="470" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A470" s="5"/>
+      <c r="B470" s="5"/>
+      <c r="C470" s="5"/>
+      <c r="D470" s="5"/>
+      <c r="E470" s="5"/>
+      <c r="F470" s="5"/>
+      <c r="G470" s="10"/>
+    </row>
+    <row r="471" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="B471" s="25"/>
+      <c r="C471" s="25"/>
+      <c r="D471" s="25"/>
+      <c r="E471" s="25"/>
+      <c r="F471" s="25"/>
+      <c r="G471" s="25"/>
+    </row>
+    <row r="472" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A472" s="25"/>
+      <c r="B472" s="25"/>
+      <c r="C472" s="25"/>
+      <c r="D472" s="25"/>
+      <c r="E472" s="25"/>
+      <c r="F472" s="25"/>
+      <c r="G472" s="25"/>
+    </row>
+    <row r="473" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A473" s="7"/>
+      <c r="B473" s="7"/>
+      <c r="C473" s="7"/>
+      <c r="D473" s="7"/>
+      <c r="E473" s="7"/>
+      <c r="F473" s="7"/>
+      <c r="G473" s="7"/>
+    </row>
+    <row r="474" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A474" s="7"/>
+      <c r="B474" s="7"/>
+      <c r="C474" s="7"/>
+      <c r="D474" s="7"/>
+      <c r="E474" s="7"/>
+      <c r="F474" s="7"/>
+      <c r="G474" s="2"/>
+    </row>
+    <row r="475" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A475" s="17"/>
+      <c r="B475" s="17"/>
+      <c r="C475" s="17"/>
+      <c r="D475" s="17"/>
+      <c r="E475" s="17"/>
+      <c r="F475" s="17"/>
+      <c r="G475" s="18"/>
+    </row>
+    <row r="476" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B476" s="25"/>
+      <c r="C476" s="25"/>
+      <c r="D476" s="25"/>
+      <c r="E476" s="25"/>
+      <c r="F476" s="25"/>
+      <c r="G476" s="25"/>
+    </row>
+    <row r="477" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A477" s="25"/>
+      <c r="B477" s="25"/>
+      <c r="C477" s="25"/>
+      <c r="D477" s="25"/>
+      <c r="E477" s="25"/>
+      <c r="F477" s="25"/>
+      <c r="G477" s="25"/>
+    </row>
+    <row r="478" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A478" s="7"/>
+      <c r="B478" s="7"/>
+      <c r="C478" s="7"/>
+      <c r="D478" s="7"/>
+      <c r="E478" s="7"/>
+      <c r="F478" s="7"/>
+      <c r="G478" s="7"/>
+    </row>
+    <row r="479" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A479" s="7"/>
+      <c r="B479" s="7"/>
+      <c r="C479" s="7"/>
+      <c r="D479" s="7"/>
+      <c r="E479" s="7"/>
+      <c r="F479" s="7"/>
+      <c r="G479" s="2"/>
+    </row>
+    <row r="480" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A480" s="17"/>
+      <c r="B480" s="17"/>
+      <c r="C480" s="17"/>
+      <c r="D480" s="17"/>
+      <c r="E480" s="17"/>
+      <c r="F480" s="17"/>
+      <c r="G480" s="10"/>
+    </row>
+    <row r="481" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B481" s="25"/>
+      <c r="C481" s="25"/>
+      <c r="D481" s="25"/>
+      <c r="E481" s="25"/>
+      <c r="F481" s="25"/>
+      <c r="G481" s="25"/>
+    </row>
+    <row r="482" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A482" s="25"/>
+      <c r="B482" s="25"/>
+      <c r="C482" s="25"/>
+      <c r="D482" s="25"/>
+      <c r="E482" s="25"/>
+      <c r="F482" s="25"/>
+      <c r="G482" s="25"/>
+    </row>
+    <row r="483" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A483" s="25"/>
+      <c r="B483" s="25"/>
+      <c r="C483" s="25"/>
+      <c r="D483" s="25"/>
+      <c r="E483" s="25"/>
+      <c r="F483" s="25"/>
+      <c r="G483" s="25"/>
+    </row>
+    <row r="484" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A484" s="7"/>
+      <c r="B484" s="7"/>
+      <c r="C484" s="7"/>
+      <c r="D484" s="7"/>
+      <c r="E484" s="7"/>
+      <c r="F484" s="7"/>
+      <c r="G484" s="2"/>
+    </row>
+    <row r="485" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A485" s="17"/>
+      <c r="B485" s="17"/>
+      <c r="C485" s="17"/>
+      <c r="D485" s="17"/>
+      <c r="E485" s="17"/>
+      <c r="F485" s="17"/>
+      <c r="G485" s="10"/>
+    </row>
+    <row r="486" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A486" s="14"/>
+      <c r="G486" s="19"/>
+    </row>
+    <row r="487" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A487" s="36" t="s">
         <v>70</v>
       </c>
-      <c r="B466" s="26"/>
-[...199 lines deleted...]
-      <c r="G487" s="10"/>
+      <c r="B487" s="36"/>
+      <c r="C487" s="36"/>
+      <c r="D487" s="36"/>
+      <c r="E487" s="36"/>
+      <c r="F487" s="36"/>
+      <c r="G487" s="36"/>
     </row>
     <row r="488" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A488" s="14"/>
       <c r="G488" s="19"/>
     </row>
-    <row r="489" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...43 lines deleted...]
-      <c r="G493" s="19"/>
+    <row r="489" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="30" t="s">
+        <v>76</v>
+      </c>
+      <c r="B489" s="30"/>
+      <c r="C489" s="30"/>
+      <c r="D489" s="30"/>
+      <c r="E489" s="30"/>
+      <c r="F489" s="30"/>
+      <c r="G489" s="2"/>
+    </row>
+    <row r="490" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A490" s="17"/>
+      <c r="B490" s="17"/>
+      <c r="C490" s="17"/>
+      <c r="D490" s="17"/>
+      <c r="E490" s="17"/>
+      <c r="F490" s="17"/>
+      <c r="G490" s="10"/>
+    </row>
+    <row r="491" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A491" s="30" t="s">
+        <v>82</v>
+      </c>
+      <c r="B491" s="30"/>
+      <c r="C491" s="30"/>
+      <c r="D491" s="30"/>
+      <c r="E491" s="30"/>
+      <c r="F491" s="30"/>
+      <c r="G491" s="19"/>
+    </row>
+    <row r="492" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A492" s="20"/>
+      <c r="B492" s="20"/>
+      <c r="C492" s="20"/>
+      <c r="D492" s="20"/>
+      <c r="E492" s="20"/>
+      <c r="F492" s="20"/>
+      <c r="G492" s="19"/>
+    </row>
+    <row r="493" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A493" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E493" s="41">
+        <f>ROUND(SUM(E460-G469-G474-G479-G484-G489),0)</f>
+        <v>0</v>
+      </c>
+      <c r="F493" s="41"/>
+      <c r="G493" s="41"/>
     </row>
     <row r="494" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A494" s="20"/>
-[...12 lines deleted...]
-        <f>ROUND(SUM(E461-G471-G476-G481-G486-G491),0)</f>
+      <c r="A494" s="14"/>
+      <c r="G494" s="16"/>
+    </row>
+    <row r="495" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A495" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="B495" s="34"/>
+      <c r="C495" s="34"/>
+      <c r="D495" s="34"/>
+      <c r="E495" s="34"/>
+      <c r="F495" s="34"/>
+      <c r="G495" s="34"/>
+    </row>
+    <row r="496" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="21"/>
+      <c r="B496" s="21"/>
+      <c r="C496" s="21"/>
+      <c r="D496" s="21"/>
+      <c r="E496" s="21"/>
+      <c r="F496" s="21"/>
+      <c r="G496" s="21"/>
+    </row>
+    <row r="497" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A497" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B497" s="28"/>
+      <c r="C497" s="28"/>
+      <c r="D497" s="28"/>
+      <c r="E497" s="28"/>
+      <c r="F497" s="28"/>
+      <c r="G497" s="28"/>
+    </row>
+    <row r="498" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A498" s="17"/>
+      <c r="B498" s="17"/>
+      <c r="C498" s="17"/>
+      <c r="D498" s="17"/>
+      <c r="E498" s="17"/>
+      <c r="F498" s="17"/>
+      <c r="G498" s="10"/>
+    </row>
+    <row r="499" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="3" t="b">
         <v>0</v>
       </c>
-      <c r="F495" s="37"/>
-[...35 lines deleted...]
-      <c r="G499" s="28"/>
+      <c r="B499" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C499" s="1" t="b">
+        <v>0</v>
+      </c>
+      <c r="D499" t="s">
+        <v>106</v>
+      </c>
+      <c r="E499" s="8"/>
     </row>
     <row r="500" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A500" s="17"/>
       <c r="B500" s="17"/>
       <c r="C500" s="17"/>
       <c r="D500" s="17"/>
       <c r="E500" s="17"/>
       <c r="F500" s="17"/>
       <c r="G500" s="10"/>
     </row>
     <row r="501" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A501" s="3" t="b">
-[...11 lines deleted...]
-      <c r="E501" s="8"/>
+      <c r="A501" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B501" s="25"/>
+      <c r="C501" s="25"/>
+      <c r="D501" s="25"/>
+      <c r="E501" s="25"/>
+      <c r="F501" s="25"/>
+      <c r="G501" s="25"/>
     </row>
     <row r="502" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A502" s="17"/>
-[...5 lines deleted...]
-      <c r="G502" s="10"/>
+      <c r="A502" s="25"/>
+      <c r="B502" s="25"/>
+      <c r="C502" s="25"/>
+      <c r="D502" s="25"/>
+      <c r="E502" s="25"/>
+      <c r="F502" s="25"/>
+      <c r="G502" s="25"/>
     </row>
     <row r="503" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A503" s="26" t="s">
-[...16 lines deleted...]
-      <c r="G504" s="26"/>
+      <c r="A503" s="21"/>
+      <c r="B503" s="21"/>
+      <c r="C503" s="21"/>
+      <c r="D503" s="21"/>
+      <c r="E503" s="21"/>
+      <c r="F503" s="21"/>
+      <c r="G503" s="21"/>
+    </row>
+    <row r="504" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A504" s="33"/>
+      <c r="B504" s="33"/>
+      <c r="C504" s="33"/>
+      <c r="D504" s="33"/>
+      <c r="E504" s="33"/>
+      <c r="F504" s="33"/>
+      <c r="G504" s="33"/>
     </row>
     <row r="505" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A505" s="21"/>
       <c r="B505" s="21"/>
       <c r="C505" s="21"/>
       <c r="D505" s="21"/>
       <c r="E505" s="21"/>
       <c r="F505" s="21"/>
       <c r="G505" s="21"/>
     </row>
     <row r="506" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A506" s="34"/>
-[...25 lines deleted...]
-      <c r="G508" s="26"/>
+      <c r="A506" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B506" s="25"/>
+      <c r="C506" s="25"/>
+      <c r="D506" s="25"/>
+      <c r="E506" s="25"/>
+      <c r="F506" s="25"/>
+      <c r="G506" s="25"/>
+    </row>
+    <row r="507" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A507" s="25"/>
+      <c r="B507" s="25"/>
+      <c r="C507" s="25"/>
+      <c r="D507" s="25"/>
+      <c r="E507" s="25"/>
+      <c r="F507" s="25"/>
+      <c r="G507" s="25"/>
+    </row>
+    <row r="508" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A508" s="17"/>
+      <c r="B508" s="17"/>
+      <c r="C508" s="17"/>
+      <c r="D508" s="17"/>
+      <c r="E508" s="17"/>
+      <c r="F508" s="17"/>
+      <c r="G508" s="10"/>
     </row>
     <row r="509" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A509" s="26"/>
-[...5 lines deleted...]
-      <c r="G509" s="26"/>
+      <c r="A509" s="3" t="b">
+        <v>0</v>
+      </c>
+      <c r="B509" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C509" s="1" t="b">
+        <v>0</v>
+      </c>
+      <c r="D509" t="s">
+        <v>106</v>
+      </c>
+      <c r="E509" s="5"/>
     </row>
     <row r="510" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A510" s="17"/>
       <c r="B510" s="17"/>
       <c r="C510" s="17"/>
       <c r="D510" s="17"/>
       <c r="E510" s="17"/>
       <c r="F510" s="17"/>
       <c r="G510" s="10"/>
     </row>
-    <row r="511" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A511" s="3" t="b">
+    <row r="511" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="B511" s="28"/>
+      <c r="C511" s="28"/>
+      <c r="D511" s="28"/>
+      <c r="E511" s="28"/>
+      <c r="F511" s="28"/>
+      <c r="G511" s="28"/>
+    </row>
+    <row r="512" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="21"/>
+      <c r="B512" s="21"/>
+      <c r="C512" s="21"/>
+      <c r="D512" s="21"/>
+      <c r="E512" s="21"/>
+      <c r="F512" s="21"/>
+      <c r="G512" s="21"/>
+    </row>
+    <row r="513" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B513" s="25"/>
+      <c r="C513" s="25"/>
+      <c r="D513" s="25"/>
+      <c r="E513" s="25"/>
+      <c r="F513" s="25"/>
+      <c r="G513" s="25"/>
+    </row>
+    <row r="514" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A514" s="25"/>
+      <c r="B514" s="25"/>
+      <c r="C514" s="25"/>
+      <c r="D514" s="25"/>
+      <c r="E514" s="25"/>
+      <c r="F514" s="25"/>
+      <c r="G514" s="25"/>
+    </row>
+    <row r="515" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A515" s="17"/>
+      <c r="B515" s="17"/>
+      <c r="C515" s="17"/>
+      <c r="D515" s="17"/>
+      <c r="E515" s="17"/>
+      <c r="F515" s="17"/>
+      <c r="G515" s="10"/>
+    </row>
+    <row r="516" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A516" s="3" t="b">
         <v>0</v>
       </c>
-      <c r="B511" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C511" s="1" t="b">
+      <c r="B516" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C516" s="1" t="b">
         <v>0</v>
       </c>
-      <c r="D511" t="s">
-[...51 lines deleted...]
-      <c r="G516" s="26"/>
+      <c r="D516" t="s">
+        <v>106</v>
+      </c>
+      <c r="E516" s="5"/>
     </row>
     <row r="517" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A517" s="17"/>
       <c r="B517" s="17"/>
       <c r="C517" s="17"/>
       <c r="D517" s="17"/>
       <c r="E517" s="17"/>
       <c r="F517" s="17"/>
       <c r="G517" s="10"/>
     </row>
-    <row r="518" spans="1:7" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E518" s="5"/>
+    <row r="518" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A518" s="25" t="s">
+        <v>87</v>
+      </c>
+      <c r="B518" s="25"/>
+      <c r="C518" s="25"/>
+      <c r="D518" s="25"/>
+      <c r="E518" s="25"/>
+      <c r="F518" s="25"/>
+      <c r="G518" s="25"/>
     </row>
     <row r="519" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A519" s="17"/>
-[...17 lines deleted...]
-    </row>
+      <c r="A519" s="25"/>
+      <c r="B519" s="25"/>
+      <c r="C519" s="25"/>
+      <c r="D519" s="25"/>
+      <c r="E519" s="25"/>
+      <c r="F519" s="25"/>
+      <c r="G519" s="25"/>
+    </row>
+    <row r="520" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="521" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A521" s="26"/>
-[...4 lines deleted...]
-      <c r="F521" s="26"/>
+      <c r="A521" t="s">
+        <v>9</v>
+      </c>
+      <c r="F521" s="26" t="s">
+        <v>85</v>
+      </c>
       <c r="G521" s="26"/>
     </row>
-    <row r="522" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="523" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A523" t="s">
-[...6 lines deleted...]
-    </row>
+      <c r="A523" s="24"/>
+      <c r="B523" s="24"/>
+      <c r="C523" s="24"/>
+      <c r="D523" s="24"/>
+      <c r="E523" s="24"/>
+      <c r="G523" s="2"/>
+    </row>
+    <row r="524" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="525" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A525" s="24"/>
       <c r="B525" s="24"/>
       <c r="C525" s="24"/>
       <c r="D525" s="24"/>
       <c r="E525" s="24"/>
       <c r="G525" s="2"/>
     </row>
     <row r="526" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="527" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A527" s="24"/>
       <c r="B527" s="24"/>
       <c r="C527" s="24"/>
       <c r="D527" s="24"/>
       <c r="E527" s="24"/>
       <c r="G527" s="2"/>
     </row>
-    <row r="528" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A528" s="5"/>
+      <c r="B528" s="5"/>
+      <c r="C528" s="5"/>
+      <c r="D528" s="5"/>
+      <c r="E528" s="5"/>
+      <c r="F528" s="5"/>
+      <c r="G528" s="5"/>
+    </row>
     <row r="529" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A529" s="24"/>
-[...6 lines deleted...]
-    <row r="530" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="A529" s="34" t="s">
+        <v>42</v>
+      </c>
+      <c r="B529" s="34"/>
+      <c r="C529" s="34"/>
+      <c r="D529" s="34"/>
+      <c r="E529" s="34"/>
+      <c r="F529" s="34"/>
+      <c r="G529" s="34"/>
+    </row>
     <row r="531" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A531" s="24"/>
-[...14 lines deleted...]
-    </row>
+      <c r="A531" t="s">
+        <v>1</v>
+      </c>
+      <c r="E531" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="532" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="533" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A533" s="32" t="s">
-[...8 lines deleted...]
-    </row>
+      <c r="A533" s="24"/>
+      <c r="B533" s="24"/>
+      <c r="C533" s="24"/>
+      <c r="E533" s="24"/>
+      <c r="F533" s="24"/>
+      <c r="G533" s="24"/>
+    </row>
+    <row r="534" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="535" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E535" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
     </row>
     <row r="536" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="537" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A537" s="24"/>
       <c r="B537" s="24"/>
       <c r="C537" s="24"/>
       <c r="E537" s="24"/>
       <c r="F537" s="24"/>
       <c r="G537" s="24"/>
     </row>
-    <row r="538" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="539" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E539" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
     </row>
     <row r="540" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="541" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A541" s="24"/>
       <c r="B541" s="24"/>
       <c r="C541" s="24"/>
       <c r="E541" s="24"/>
       <c r="F541" s="24"/>
       <c r="G541" s="24"/>
     </row>
+    <row r="542" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="543" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E543" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
     </row>
     <row r="544" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="545" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A545" s="24"/>
       <c r="B545" s="24"/>
       <c r="C545" s="24"/>
       <c r="E545" s="24"/>
       <c r="F545" s="24"/>
       <c r="G545" s="24"/>
     </row>
-    <row r="546" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="547" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E547" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
     </row>
     <row r="548" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="549" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A549" s="24"/>
       <c r="B549" s="24"/>
       <c r="C549" s="24"/>
       <c r="E549" s="24"/>
       <c r="F549" s="24"/>
       <c r="G549" s="24"/>
     </row>
+    <row r="550" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="551" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E551" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
     </row>
     <row r="552" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="553" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A553" s="24"/>
       <c r="B553" s="24"/>
       <c r="C553" s="24"/>
       <c r="E553" s="24"/>
       <c r="F553" s="24"/>
       <c r="G553" s="24"/>
     </row>
-    <row r="554" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="555" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E555" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
     </row>
     <row r="556" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="557" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A557" s="24"/>
       <c r="B557" s="24"/>
       <c r="C557" s="24"/>
       <c r="E557" s="24"/>
       <c r="F557" s="24"/>
       <c r="G557" s="24"/>
     </row>
+    <row r="558" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="559" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E559" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
     </row>
     <row r="560" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="561" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A561" s="24"/>
       <c r="B561" s="24"/>
       <c r="C561" s="24"/>
       <c r="E561" s="24"/>
       <c r="F561" s="24"/>
       <c r="G561" s="24"/>
     </row>
-    <row r="562" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...4 lines deleted...]
-      <c r="E563" t="s">
+    <row r="564" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A564" s="34" t="s">
         <v>44</v>
       </c>
-    </row>
-[...8 lines deleted...]
-    </row>
+      <c r="B564" s="34"/>
+      <c r="C564" s="34"/>
+      <c r="D564" s="34"/>
+      <c r="E564" s="34"/>
+      <c r="F564" s="34"/>
+      <c r="G564" s="34"/>
+    </row>
+    <row r="566" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A566" t="s">
+        <v>1</v>
+      </c>
+      <c r="E566" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="567" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="568" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A568" s="32" t="s">
-[...8 lines deleted...]
-    </row>
+      <c r="A568" s="24"/>
+      <c r="B568" s="24"/>
+      <c r="C568" s="24"/>
+      <c r="E568" s="24"/>
+      <c r="F568" s="24"/>
+      <c r="G568" s="24"/>
+    </row>
+    <row r="569" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="570" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E570" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="571" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="571" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="572" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A572" s="24"/>
       <c r="B572" s="24"/>
       <c r="C572" s="24"/>
       <c r="E572" s="24"/>
       <c r="F572" s="24"/>
       <c r="G572" s="24"/>
     </row>
-    <row r="573" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="574" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E574" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="575" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="576" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A576" s="24"/>
       <c r="B576" s="24"/>
       <c r="C576" s="24"/>
       <c r="E576" s="24"/>
       <c r="F576" s="24"/>
       <c r="G576" s="24"/>
     </row>
+    <row r="577" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="578" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E578" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="579" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="580" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A580" s="24"/>
       <c r="B580" s="24"/>
       <c r="C580" s="24"/>
       <c r="E580" s="24"/>
       <c r="F580" s="24"/>
       <c r="G580" s="24"/>
     </row>
-    <row r="581" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="582" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E582" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="583" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="584" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A584" s="24"/>
       <c r="B584" s="24"/>
       <c r="C584" s="24"/>
       <c r="E584" s="24"/>
       <c r="F584" s="24"/>
       <c r="G584" s="24"/>
     </row>
+    <row r="585" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="586" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E586" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="587" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="588" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A588" s="24"/>
       <c r="B588" s="24"/>
       <c r="C588" s="24"/>
       <c r="E588" s="24"/>
       <c r="F588" s="24"/>
       <c r="G588" s="24"/>
     </row>
-    <row r="589" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="590" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E590" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="591" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="592" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A592" s="24"/>
       <c r="B592" s="24"/>
       <c r="C592" s="24"/>
       <c r="E592" s="24"/>
       <c r="F592" s="24"/>
       <c r="G592" s="24"/>
     </row>
+    <row r="593" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="594" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E594" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="595" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="596" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A596" s="24"/>
       <c r="B596" s="24"/>
       <c r="C596" s="24"/>
       <c r="E596" s="24"/>
       <c r="F596" s="24"/>
       <c r="G596" s="24"/>
     </row>
-    <row r="597" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...16 lines deleted...]
-    </row>
+    <row r="599" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A599" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B599" s="34"/>
+      <c r="C599" s="34"/>
+      <c r="D599" s="34"/>
+      <c r="E599" s="34"/>
+      <c r="F599" s="34"/>
+      <c r="G599" s="34"/>
+    </row>
+    <row r="601" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" t="s">
+        <v>75</v>
+      </c>
+      <c r="D601" s="24"/>
+      <c r="E601" s="24"/>
+      <c r="F601" s="24"/>
+      <c r="G601" s="24"/>
+    </row>
+    <row r="602" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="603" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A603" s="32" t="s">
-[...9 lines deleted...]
-    <row r="605" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" t="s">
+        <v>52</v>
+      </c>
+      <c r="D603" s="24"/>
+      <c r="E603" s="24"/>
+      <c r="F603" s="24"/>
+      <c r="G603" s="24"/>
+    </row>
+    <row r="604" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="605" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="D605" s="24"/>
       <c r="E605" s="24"/>
       <c r="F605" s="24"/>
       <c r="G605" s="24"/>
     </row>
-    <row r="606" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...40 lines deleted...]
-    </row>
+    <row r="608" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A608" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B608" s="34"/>
+      <c r="C608" s="34"/>
+      <c r="D608" s="34"/>
+      <c r="E608" s="34"/>
+      <c r="F608" s="34"/>
+      <c r="G608" s="34"/>
+    </row>
+    <row r="610" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A610" s="28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B610" s="28"/>
+      <c r="C610" s="28"/>
+      <c r="D610" s="28"/>
+      <c r="E610" s="28"/>
+      <c r="F610" s="28"/>
+      <c r="G610" s="28"/>
+    </row>
+    <row r="611" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A611" s="28"/>
+      <c r="B611" s="28"/>
+      <c r="C611" s="28"/>
+      <c r="D611" s="28"/>
+      <c r="E611" s="28"/>
+      <c r="F611" s="28"/>
+      <c r="G611" s="28"/>
+    </row>
+    <row r="613" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
+        <v>28</v>
+      </c>
+      <c r="D613" s="24"/>
+      <c r="E613" s="24"/>
+      <c r="F613" s="24"/>
+      <c r="G613" s="24"/>
+    </row>
+    <row r="614" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="615" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A615" s="28"/>
-[...6 lines deleted...]
-    </row>
+      <c r="A615" t="s">
+        <v>7</v>
+      </c>
+      <c r="D615" s="24"/>
+      <c r="E615" s="24"/>
+      <c r="F615" s="24"/>
+      <c r="G615" s="24"/>
+    </row>
+    <row r="616" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="617" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A617" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D617" s="24"/>
       <c r="E617" s="24"/>
       <c r="F617" s="24"/>
       <c r="G617" s="24"/>
     </row>
-    <row r="618" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...9 lines deleted...]
-    <row r="620" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="620" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A620" s="29" t="s">
+        <v>73</v>
+      </c>
+      <c r="B620" s="29"/>
+      <c r="C620" s="29"/>
+      <c r="D620" s="29"/>
+      <c r="E620" s="29"/>
+      <c r="F620" s="29"/>
+      <c r="G620" s="29"/>
+    </row>
     <row r="621" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D621" s="24"/>
-[...2 lines deleted...]
-      <c r="G621" s="24"/>
+      <c r="A621" s="8"/>
+      <c r="B621" s="8"/>
+      <c r="C621" s="8"/>
+      <c r="D621" s="8"/>
+      <c r="E621" s="8"/>
+      <c r="F621" s="8"/>
+      <c r="G621" s="8"/>
+    </row>
+    <row r="622" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A622" s="37"/>
+      <c r="B622" s="37"/>
+      <c r="C622" s="37"/>
+      <c r="D622" s="37"/>
+      <c r="E622" s="37"/>
+      <c r="F622" s="37"/>
+      <c r="G622" s="37"/>
+    </row>
+    <row r="623" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A623" s="21"/>
+      <c r="B623" s="21"/>
+      <c r="C623" s="21"/>
+      <c r="D623" s="21"/>
+      <c r="E623" s="21"/>
+      <c r="F623" s="21"/>
+      <c r="G623" s="21"/>
     </row>
     <row r="624" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A624" s="29" t="s">
-[...16 lines deleted...]
-      <c r="G625" s="8"/>
+      <c r="A624" t="s">
+        <v>28</v>
+      </c>
+      <c r="D624" s="24"/>
+      <c r="E624" s="24"/>
+      <c r="F624" s="24"/>
+      <c r="G624" s="24"/>
     </row>
     <row r="626" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A626" s="31"/>
-[...14 lines deleted...]
-      <c r="G627" s="21"/>
+      <c r="A626" t="s">
+        <v>7</v>
+      </c>
+      <c r="D626" s="24"/>
+      <c r="E626" s="24"/>
+      <c r="F626" s="24"/>
+      <c r="G626" s="24"/>
     </row>
     <row r="628" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A628" t="s">
-[...5 lines deleted...]
-      <c r="G628" s="24"/>
+      <c r="A628" s="31" t="s">
+        <v>79</v>
+      </c>
+      <c r="B628" s="31"/>
+      <c r="C628" s="31"/>
+      <c r="D628" s="31"/>
+      <c r="E628" s="31"/>
+      <c r="F628" s="31"/>
+      <c r="G628" s="31"/>
+    </row>
+    <row r="629" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A629" s="31"/>
+      <c r="B629" s="31"/>
+      <c r="C629" s="31"/>
+      <c r="D629" s="31"/>
+      <c r="E629" s="31"/>
+      <c r="F629" s="31"/>
+      <c r="G629" s="31"/>
     </row>
     <row r="630" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A630" t="s">
-[...34 lines deleted...]
-      <c r="G634" s="26"/>
+      <c r="A630" s="31"/>
+      <c r="B630" s="31"/>
+      <c r="C630" s="31"/>
+      <c r="D630" s="31"/>
+      <c r="E630" s="31"/>
+      <c r="F630" s="31"/>
+      <c r="G630" s="31"/>
+    </row>
+    <row r="635" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A635" s="17" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="637" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A637" s="17" t="s">
-[...17 lines deleted...]
-      <c r="G641" s="26"/>
+      <c r="A637" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A639" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B639" s="25"/>
+      <c r="C639" s="25"/>
+      <c r="D639" s="25"/>
+      <c r="E639" s="25"/>
+      <c r="F639" s="25"/>
+      <c r="G639" s="25"/>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A640" s="25"/>
+      <c r="B640" s="25"/>
+      <c r="C640" s="25"/>
+      <c r="D640" s="25"/>
+      <c r="E640" s="25"/>
+      <c r="F640" s="25"/>
+      <c r="G640" s="25"/>
+    </row>
+    <row r="641" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A641" s="25"/>
+      <c r="B641" s="25"/>
+      <c r="C641" s="25"/>
+      <c r="D641" s="25"/>
+      <c r="E641" s="25"/>
+      <c r="F641" s="25"/>
+      <c r="G641" s="25"/>
     </row>
     <row r="642" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A642" s="26"/>
-[...5 lines deleted...]
-      <c r="G642" s="26"/>
+      <c r="A642" s="25"/>
+      <c r="B642" s="25"/>
+      <c r="C642" s="25"/>
+      <c r="D642" s="25"/>
+      <c r="E642" s="25"/>
+      <c r="F642" s="25"/>
+      <c r="G642" s="25"/>
     </row>
     <row r="643" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A643" s="26"/>
-[...5 lines deleted...]
-      <c r="G643" s="26"/>
+      <c r="A643" s="25"/>
+      <c r="B643" s="25"/>
+      <c r="C643" s="25"/>
+      <c r="D643" s="25"/>
+      <c r="E643" s="25"/>
+      <c r="F643" s="25"/>
+      <c r="G643" s="25"/>
     </row>
     <row r="644" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A644" s="26"/>
-[...5 lines deleted...]
-      <c r="G644" s="26"/>
+      <c r="A644" s="25"/>
+      <c r="B644" s="25"/>
+      <c r="C644" s="25"/>
+      <c r="D644" s="25"/>
+      <c r="E644" s="25"/>
+      <c r="F644" s="25"/>
+      <c r="G644" s="25"/>
     </row>
     <row r="645" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A645" s="26"/>
-[...5 lines deleted...]
-      <c r="G645" s="26"/>
+      <c r="A645" s="25"/>
+      <c r="B645" s="25"/>
+      <c r="C645" s="25"/>
+      <c r="D645" s="25"/>
+      <c r="E645" s="25"/>
+      <c r="F645" s="25"/>
+      <c r="G645" s="25"/>
     </row>
     <row r="646" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A646" s="26"/>
-[...5 lines deleted...]
-      <c r="G646" s="26"/>
+      <c r="A646" s="25"/>
+      <c r="B646" s="25"/>
+      <c r="C646" s="25"/>
+      <c r="D646" s="25"/>
+      <c r="E646" s="25"/>
+      <c r="F646" s="25"/>
+      <c r="G646" s="25"/>
     </row>
     <row r="647" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A647" s="26"/>
-[...5 lines deleted...]
-      <c r="G647" s="26"/>
+      <c r="A647" s="25"/>
+      <c r="B647" s="25"/>
+      <c r="C647" s="25"/>
+      <c r="D647" s="25"/>
+      <c r="E647" s="25"/>
+      <c r="F647" s="25"/>
+      <c r="G647" s="25"/>
     </row>
     <row r="648" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A648" s="26"/>
-[...5 lines deleted...]
-      <c r="G648" s="26"/>
+      <c r="A648" s="25"/>
+      <c r="B648" s="25"/>
+      <c r="C648" s="25"/>
+      <c r="D648" s="25"/>
+      <c r="E648" s="25"/>
+      <c r="F648" s="25"/>
+      <c r="G648" s="25"/>
     </row>
     <row r="649" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A649" s="26"/>
-[...5 lines deleted...]
-      <c r="G649" s="26"/>
+      <c r="A649" s="25"/>
+      <c r="B649" s="25"/>
+      <c r="C649" s="25"/>
+      <c r="D649" s="25"/>
+      <c r="E649" s="25"/>
+      <c r="F649" s="25"/>
+      <c r="G649" s="25"/>
     </row>
     <row r="650" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A650" s="26"/>
-[...5 lines deleted...]
-      <c r="G650" s="26"/>
+      <c r="A650" s="25"/>
+      <c r="B650" s="25"/>
+      <c r="C650" s="25"/>
+      <c r="D650" s="25"/>
+      <c r="E650" s="25"/>
+      <c r="F650" s="25"/>
+      <c r="G650" s="25"/>
     </row>
     <row r="651" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A651" s="26"/>
-[...5 lines deleted...]
-      <c r="G651" s="26"/>
+      <c r="A651" s="25"/>
+      <c r="B651" s="25"/>
+      <c r="C651" s="25"/>
+      <c r="D651" s="25"/>
+      <c r="E651" s="25"/>
+      <c r="F651" s="25"/>
+      <c r="G651" s="25"/>
     </row>
     <row r="652" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A652" s="26"/>
-[...5 lines deleted...]
-      <c r="G652" s="26"/>
+      <c r="A652" s="25"/>
+      <c r="B652" s="25"/>
+      <c r="C652" s="25"/>
+      <c r="D652" s="25"/>
+      <c r="E652" s="25"/>
+      <c r="F652" s="25"/>
+      <c r="G652" s="25"/>
     </row>
     <row r="653" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A653" s="26"/>
-[...5 lines deleted...]
-      <c r="G653" s="26"/>
+      <c r="A653" s="25"/>
+      <c r="B653" s="25"/>
+      <c r="C653" s="25"/>
+      <c r="D653" s="25"/>
+      <c r="E653" s="25"/>
+      <c r="F653" s="25"/>
+      <c r="G653" s="25"/>
     </row>
     <row r="654" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A654" s="26"/>
-[...5 lines deleted...]
-      <c r="G654" s="26"/>
+      <c r="A654" s="25"/>
+      <c r="B654" s="25"/>
+      <c r="C654" s="25"/>
+      <c r="D654" s="25"/>
+      <c r="E654" s="25"/>
+      <c r="F654" s="25"/>
+      <c r="G654" s="25"/>
     </row>
     <row r="655" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A655" s="26"/>
-[...5 lines deleted...]
-      <c r="G655" s="26"/>
+      <c r="A655" s="25"/>
+      <c r="B655" s="25"/>
+      <c r="C655" s="25"/>
+      <c r="D655" s="25"/>
+      <c r="E655" s="25"/>
+      <c r="F655" s="25"/>
+      <c r="G655" s="25"/>
     </row>
     <row r="656" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A656" s="26"/>
-[...5 lines deleted...]
-      <c r="G656" s="26"/>
+      <c r="A656" s="25"/>
+      <c r="B656" s="25"/>
+      <c r="C656" s="25"/>
+      <c r="D656" s="25"/>
+      <c r="E656" s="25"/>
+      <c r="F656" s="25"/>
+      <c r="G656" s="25"/>
     </row>
     <row r="657" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A657" s="26"/>
-[...5 lines deleted...]
-      <c r="G657" s="26"/>
+      <c r="A657" s="25"/>
+      <c r="B657" s="25"/>
+      <c r="C657" s="25"/>
+      <c r="D657" s="25"/>
+      <c r="E657" s="25"/>
+      <c r="F657" s="25"/>
+      <c r="G657" s="25"/>
     </row>
     <row r="658" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A658" s="26"/>
-[...5 lines deleted...]
-      <c r="G658" s="26"/>
+      <c r="A658" s="25"/>
+      <c r="B658" s="25"/>
+      <c r="C658" s="25"/>
+      <c r="D658" s="25"/>
+      <c r="E658" s="25"/>
+      <c r="F658" s="25"/>
+      <c r="G658" s="25"/>
     </row>
     <row r="659" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A659" s="26"/>
-[...5 lines deleted...]
-      <c r="G659" s="26"/>
+      <c r="A659" s="25"/>
+      <c r="B659" s="25"/>
+      <c r="C659" s="25"/>
+      <c r="D659" s="25"/>
+      <c r="E659" s="25"/>
+      <c r="F659" s="25"/>
+      <c r="G659" s="25"/>
     </row>
     <row r="660" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A660" s="26"/>
-[...5 lines deleted...]
-      <c r="G660" s="26"/>
+      <c r="A660" s="25"/>
+      <c r="B660" s="25"/>
+      <c r="C660" s="25"/>
+      <c r="D660" s="25"/>
+      <c r="E660" s="25"/>
+      <c r="F660" s="25"/>
+      <c r="G660" s="25"/>
     </row>
     <row r="661" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A661" s="26"/>
-[...5 lines deleted...]
-      <c r="G661" s="26"/>
+      <c r="A661" s="25"/>
+      <c r="B661" s="25"/>
+      <c r="C661" s="25"/>
+      <c r="D661" s="25"/>
+      <c r="E661" s="25"/>
+      <c r="F661" s="25"/>
+      <c r="G661" s="25"/>
     </row>
     <row r="662" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A662" s="26"/>
-[...5 lines deleted...]
-      <c r="G662" s="26"/>
+      <c r="A662" s="25"/>
+      <c r="B662" s="25"/>
+      <c r="C662" s="25"/>
+      <c r="D662" s="25"/>
+      <c r="E662" s="25"/>
+      <c r="F662" s="25"/>
+      <c r="G662" s="25"/>
     </row>
     <row r="663" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A663" s="26"/>
-[...5 lines deleted...]
-      <c r="G663" s="26"/>
+      <c r="A663" s="25"/>
+      <c r="B663" s="25"/>
+      <c r="C663" s="25"/>
+      <c r="D663" s="25"/>
+      <c r="E663" s="25"/>
+      <c r="F663" s="25"/>
+      <c r="G663" s="25"/>
     </row>
     <row r="664" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A664" s="26"/>
-[...5 lines deleted...]
-      <c r="G664" s="26"/>
+      <c r="A664" s="25"/>
+      <c r="B664" s="25"/>
+      <c r="C664" s="25"/>
+      <c r="D664" s="25"/>
+      <c r="E664" s="25"/>
+      <c r="F664" s="25"/>
+      <c r="G664" s="25"/>
     </row>
     <row r="665" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A665" s="26"/>
-[...5 lines deleted...]
-      <c r="G665" s="26"/>
+      <c r="A665" s="25"/>
+      <c r="B665" s="25"/>
+      <c r="C665" s="25"/>
+      <c r="D665" s="25"/>
+      <c r="E665" s="25"/>
+      <c r="F665" s="25"/>
+      <c r="G665" s="25"/>
     </row>
     <row r="666" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A666" s="26"/>
-[...5 lines deleted...]
-      <c r="G666" s="26"/>
+      <c r="A666" s="25"/>
+      <c r="B666" s="25"/>
+      <c r="C666" s="25"/>
+      <c r="D666" s="25"/>
+      <c r="E666" s="25"/>
+      <c r="F666" s="25"/>
+      <c r="G666" s="25"/>
     </row>
     <row r="667" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A667" s="26"/>
-[...5 lines deleted...]
-      <c r="G667" s="26"/>
+      <c r="A667" s="25"/>
+      <c r="B667" s="25"/>
+      <c r="C667" s="25"/>
+      <c r="D667" s="25"/>
+      <c r="E667" s="25"/>
+      <c r="F667" s="25"/>
+      <c r="G667" s="25"/>
     </row>
     <row r="668" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A668" s="26"/>
-[...5 lines deleted...]
-      <c r="G668" s="26"/>
+      <c r="A668" s="25"/>
+      <c r="B668" s="25"/>
+      <c r="C668" s="25"/>
+      <c r="D668" s="25"/>
+      <c r="E668" s="25"/>
+      <c r="F668" s="25"/>
+      <c r="G668" s="25"/>
     </row>
     <row r="669" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A669" s="26"/>
-[...5 lines deleted...]
-      <c r="G669" s="26"/>
+      <c r="A669" s="25"/>
+      <c r="B669" s="25"/>
+      <c r="C669" s="25"/>
+      <c r="D669" s="25"/>
+      <c r="E669" s="25"/>
+      <c r="F669" s="25"/>
+      <c r="G669" s="25"/>
     </row>
     <row r="670" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A670" s="26"/>
-[...5 lines deleted...]
-      <c r="G670" s="26"/>
+      <c r="A670" s="25"/>
+      <c r="B670" s="25"/>
+      <c r="C670" s="25"/>
+      <c r="D670" s="25"/>
+      <c r="E670" s="25"/>
+      <c r="F670" s="25"/>
+      <c r="G670" s="25"/>
     </row>
     <row r="671" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A671" s="26"/>
-[...5 lines deleted...]
-      <c r="G671" s="26"/>
+      <c r="A671" s="25"/>
+      <c r="B671" s="25"/>
+      <c r="C671" s="25"/>
+      <c r="D671" s="25"/>
+      <c r="E671" s="25"/>
+      <c r="F671" s="25"/>
+      <c r="G671" s="25"/>
     </row>
     <row r="672" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A672" s="26"/>
-[...5 lines deleted...]
-      <c r="G672" s="26"/>
+      <c r="A672" s="25"/>
+      <c r="B672" s="25"/>
+      <c r="C672" s="25"/>
+      <c r="D672" s="25"/>
+      <c r="E672" s="25"/>
+      <c r="F672" s="25"/>
+      <c r="G672" s="25"/>
     </row>
     <row r="673" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A673" s="26"/>
-[...5 lines deleted...]
-      <c r="G673" s="26"/>
+      <c r="A673" s="25"/>
+      <c r="B673" s="25"/>
+      <c r="C673" s="25"/>
+      <c r="D673" s="25"/>
+      <c r="E673" s="25"/>
+      <c r="F673" s="25"/>
+      <c r="G673" s="25"/>
     </row>
     <row r="674" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A674" s="26"/>
-[...5 lines deleted...]
-      <c r="G674" s="26"/>
+      <c r="A674" s="25"/>
+      <c r="B674" s="25"/>
+      <c r="C674" s="25"/>
+      <c r="D674" s="25"/>
+      <c r="E674" s="25"/>
+      <c r="F674" s="25"/>
+      <c r="G674" s="25"/>
     </row>
     <row r="675" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A675" s="26"/>
-[...5 lines deleted...]
-      <c r="G675" s="26"/>
+      <c r="A675" s="25"/>
+      <c r="B675" s="25"/>
+      <c r="C675" s="25"/>
+      <c r="D675" s="25"/>
+      <c r="E675" s="25"/>
+      <c r="F675" s="25"/>
+      <c r="G675" s="25"/>
     </row>
     <row r="676" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A676" s="26"/>
-[...5 lines deleted...]
-      <c r="G676" s="26"/>
+      <c r="A676" s="25"/>
+      <c r="B676" s="25"/>
+      <c r="C676" s="25"/>
+      <c r="D676" s="25"/>
+      <c r="E676" s="25"/>
+      <c r="F676" s="25"/>
+      <c r="G676" s="25"/>
     </row>
     <row r="677" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A677" s="26"/>
-[...5 lines deleted...]
-      <c r="G677" s="26"/>
+      <c r="A677" s="25"/>
+      <c r="B677" s="25"/>
+      <c r="C677" s="25"/>
+      <c r="D677" s="25"/>
+      <c r="E677" s="25"/>
+      <c r="F677" s="25"/>
+      <c r="G677" s="25"/>
     </row>
     <row r="678" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A678" s="26"/>
-[...5 lines deleted...]
-      <c r="G678" s="26"/>
+      <c r="A678" s="25"/>
+      <c r="B678" s="25"/>
+      <c r="C678" s="25"/>
+      <c r="D678" s="25"/>
+      <c r="E678" s="25"/>
+      <c r="F678" s="25"/>
+      <c r="G678" s="25"/>
     </row>
     <row r="679" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A679" s="26"/>
-[...5 lines deleted...]
-      <c r="G679" s="26"/>
+      <c r="A679" s="25"/>
+      <c r="B679" s="25"/>
+      <c r="C679" s="25"/>
+      <c r="D679" s="25"/>
+      <c r="E679" s="25"/>
+      <c r="F679" s="25"/>
+      <c r="G679" s="25"/>
     </row>
     <row r="680" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A680" s="26"/>
-[...5 lines deleted...]
-      <c r="G680" s="26"/>
+      <c r="A680" s="25"/>
+      <c r="B680" s="25"/>
+      <c r="C680" s="25"/>
+      <c r="D680" s="25"/>
+      <c r="E680" s="25"/>
+      <c r="F680" s="25"/>
+      <c r="G680" s="25"/>
     </row>
     <row r="681" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A681" s="26"/>
-[...5 lines deleted...]
-      <c r="G681" s="26"/>
+      <c r="A681" s="25"/>
+      <c r="B681" s="25"/>
+      <c r="C681" s="25"/>
+      <c r="D681" s="25"/>
+      <c r="E681" s="25"/>
+      <c r="F681" s="25"/>
+      <c r="G681" s="25"/>
     </row>
     <row r="682" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A682" s="26"/>
-[...5 lines deleted...]
-      <c r="G682" s="26"/>
+      <c r="A682" s="25"/>
+      <c r="B682" s="25"/>
+      <c r="C682" s="25"/>
+      <c r="D682" s="25"/>
+      <c r="E682" s="25"/>
+      <c r="F682" s="25"/>
+      <c r="G682" s="25"/>
     </row>
     <row r="683" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A683" s="26"/>
-[...5 lines deleted...]
-      <c r="G683" s="26"/>
+      <c r="A683" s="25"/>
+      <c r="B683" s="25"/>
+      <c r="C683" s="25"/>
+      <c r="D683" s="25"/>
+      <c r="E683" s="25"/>
+      <c r="F683" s="25"/>
+      <c r="G683" s="25"/>
     </row>
     <row r="684" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A684" s="26"/>
-[...5 lines deleted...]
-      <c r="G684" s="26"/>
+      <c r="A684" s="25"/>
+      <c r="B684" s="25"/>
+      <c r="C684" s="25"/>
+      <c r="D684" s="25"/>
+      <c r="E684" s="25"/>
+      <c r="F684" s="25"/>
+      <c r="G684" s="25"/>
     </row>
     <row r="685" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A685" s="26"/>
-[...5 lines deleted...]
-      <c r="G685" s="26"/>
+      <c r="A685" s="25"/>
+      <c r="B685" s="25"/>
+      <c r="C685" s="25"/>
+      <c r="D685" s="25"/>
+      <c r="E685" s="25"/>
+      <c r="F685" s="25"/>
+      <c r="G685" s="25"/>
     </row>
     <row r="686" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A686" s="26"/>
-[...5 lines deleted...]
-      <c r="G686" s="26"/>
+      <c r="A686" s="25"/>
+      <c r="B686" s="25"/>
+      <c r="C686" s="25"/>
+      <c r="D686" s="25"/>
+      <c r="E686" s="25"/>
+      <c r="F686" s="25"/>
+      <c r="G686" s="25"/>
     </row>
     <row r="687" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A687" s="26"/>
-[...5 lines deleted...]
-      <c r="G687" s="26"/>
+      <c r="A687" s="25"/>
+      <c r="B687" s="25"/>
+      <c r="C687" s="25"/>
+      <c r="D687" s="25"/>
+      <c r="E687" s="25"/>
+      <c r="F687" s="25"/>
+      <c r="G687" s="25"/>
     </row>
     <row r="688" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A688" s="26"/>
-[...5 lines deleted...]
-      <c r="G688" s="26"/>
+      <c r="A688" s="25"/>
+      <c r="B688" s="25"/>
+      <c r="C688" s="25"/>
+      <c r="D688" s="25"/>
+      <c r="E688" s="25"/>
+      <c r="F688" s="25"/>
+      <c r="G688" s="25"/>
     </row>
     <row r="689" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A689" s="26"/>
-[...5 lines deleted...]
-      <c r="G689" s="26"/>
+      <c r="A689" s="25"/>
+      <c r="B689" s="25"/>
+      <c r="C689" s="25"/>
+      <c r="D689" s="25"/>
+      <c r="E689" s="25"/>
+      <c r="F689" s="25"/>
+      <c r="G689" s="25"/>
     </row>
     <row r="690" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A690" s="26"/>
-[...5 lines deleted...]
-      <c r="G690" s="26"/>
+      <c r="A690" s="25"/>
+      <c r="B690" s="25"/>
+      <c r="C690" s="25"/>
+      <c r="D690" s="25"/>
+      <c r="E690" s="25"/>
+      <c r="F690" s="25"/>
+      <c r="G690" s="25"/>
     </row>
     <row r="691" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A691" s="26"/>
-[...5 lines deleted...]
-      <c r="G691" s="26"/>
+      <c r="A691" s="25"/>
+      <c r="B691" s="25"/>
+      <c r="C691" s="25"/>
+      <c r="D691" s="25"/>
+      <c r="E691" s="25"/>
+      <c r="F691" s="25"/>
+      <c r="G691" s="25"/>
     </row>
     <row r="692" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A692" s="26"/>
-[...5 lines deleted...]
-      <c r="G692" s="26"/>
+      <c r="A692" s="8"/>
+      <c r="B692" s="8"/>
+      <c r="C692" s="8"/>
+      <c r="D692" s="8"/>
+      <c r="E692" s="8"/>
+      <c r="F692" s="8"/>
+      <c r="G692" s="8"/>
     </row>
     <row r="693" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A693" s="26"/>
-[...5 lines deleted...]
-      <c r="G693" s="26"/>
+      <c r="A693" s="8"/>
+      <c r="B693" s="8"/>
+      <c r="C693" s="8"/>
+      <c r="D693" s="8"/>
+      <c r="E693" s="8"/>
+      <c r="F693" s="8"/>
+      <c r="G693" s="8"/>
     </row>
     <row r="694" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A694" s="8"/>
       <c r="B694" s="8"/>
       <c r="C694" s="8"/>
       <c r="D694" s="8"/>
       <c r="E694" s="8"/>
       <c r="F694" s="8"/>
       <c r="G694" s="8"/>
     </row>
     <row r="695" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A695" s="8"/>
       <c r="B695" s="8"/>
       <c r="C695" s="8"/>
       <c r="D695" s="8"/>
       <c r="E695" s="8"/>
       <c r="F695" s="8"/>
       <c r="G695" s="8"/>
     </row>
     <row r="696" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A696" s="8"/>
       <c r="B696" s="8"/>
       <c r="C696" s="8"/>
       <c r="D696" s="8"/>
       <c r="E696" s="8"/>
@@ -6130,334 +6138,314 @@
       <c r="B765" s="8"/>
       <c r="C765" s="8"/>
       <c r="D765" s="8"/>
       <c r="E765" s="8"/>
       <c r="F765" s="8"/>
       <c r="G765" s="8"/>
     </row>
     <row r="766" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A766" s="8"/>
       <c r="B766" s="8"/>
       <c r="C766" s="8"/>
       <c r="D766" s="8"/>
       <c r="E766" s="8"/>
       <c r="F766" s="8"/>
       <c r="G766" s="8"/>
     </row>
     <row r="767" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A767" s="8"/>
       <c r="B767" s="8"/>
       <c r="C767" s="8"/>
       <c r="D767" s="8"/>
       <c r="E767" s="8"/>
       <c r="F767" s="8"/>
       <c r="G767" s="8"/>
     </row>
-    <row r="768" spans="1:7" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="264">
-[...1 lines deleted...]
-    <mergeCell ref="A612:G612"/>
+  <mergeCells count="262">
+    <mergeCell ref="A599:G599"/>
+    <mergeCell ref="A608:G608"/>
     <mergeCell ref="A401:G402"/>
     <mergeCell ref="A168:E168"/>
     <mergeCell ref="E323:G323"/>
     <mergeCell ref="F359:G359"/>
     <mergeCell ref="A269:G269"/>
     <mergeCell ref="A286:G286"/>
     <mergeCell ref="A290:G290"/>
     <mergeCell ref="A307:G307"/>
     <mergeCell ref="A311:G311"/>
     <mergeCell ref="A313:G313"/>
     <mergeCell ref="A326:G326"/>
     <mergeCell ref="A329:G329"/>
     <mergeCell ref="A333:G333"/>
     <mergeCell ref="A398:G399"/>
-    <mergeCell ref="A513:G513"/>
+    <mergeCell ref="A511:G511"/>
     <mergeCell ref="A259:E259"/>
     <mergeCell ref="A261:E261"/>
-    <mergeCell ref="A626:G626"/>
-[...6 lines deleted...]
-    <mergeCell ref="A478:G479"/>
+    <mergeCell ref="A214:E214"/>
+    <mergeCell ref="A372:E372"/>
+    <mergeCell ref="F294:G294"/>
+    <mergeCell ref="F315:G315"/>
+    <mergeCell ref="F335:G335"/>
+    <mergeCell ref="A622:G622"/>
+    <mergeCell ref="A506:G507"/>
+    <mergeCell ref="A497:G497"/>
+    <mergeCell ref="A513:G514"/>
+    <mergeCell ref="A518:G519"/>
+    <mergeCell ref="A464:G467"/>
+    <mergeCell ref="A471:G472"/>
+    <mergeCell ref="A476:G477"/>
     <mergeCell ref="A177:G177"/>
     <mergeCell ref="A181:G181"/>
     <mergeCell ref="A200:G200"/>
     <mergeCell ref="A204:G204"/>
     <mergeCell ref="A219:G219"/>
     <mergeCell ref="A223:G223"/>
     <mergeCell ref="A238:G238"/>
     <mergeCell ref="A245:G245"/>
     <mergeCell ref="A265:G265"/>
     <mergeCell ref="F198:G198"/>
     <mergeCell ref="F216:G216"/>
     <mergeCell ref="F235:G235"/>
     <mergeCell ref="F263:G263"/>
     <mergeCell ref="F283:G283"/>
     <mergeCell ref="F304:G304"/>
     <mergeCell ref="F321:G321"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:G7"/>
     <mergeCell ref="A23:G23"/>
     <mergeCell ref="A41:G41"/>
     <mergeCell ref="A75:G75"/>
     <mergeCell ref="A77:G77"/>
     <mergeCell ref="A79:G79"/>
     <mergeCell ref="A136:G136"/>
     <mergeCell ref="A154:G154"/>
-    <mergeCell ref="A214:E214"/>
     <mergeCell ref="A126:E126"/>
     <mergeCell ref="A128:E128"/>
     <mergeCell ref="A130:E130"/>
     <mergeCell ref="A104:E104"/>
     <mergeCell ref="A106:E106"/>
     <mergeCell ref="A132:E132"/>
-    <mergeCell ref="A372:E372"/>
     <mergeCell ref="A67:G73"/>
-    <mergeCell ref="A164:E164"/>
-[...7 lines deleted...]
-    <mergeCell ref="A102:E102"/>
     <mergeCell ref="F84:G84"/>
-    <mergeCell ref="F143:G143"/>
-[...23 lines deleted...]
-    <mergeCell ref="A485:G485"/>
     <mergeCell ref="A9:G21"/>
     <mergeCell ref="D45:G45"/>
     <mergeCell ref="D49:G49"/>
     <mergeCell ref="D51:G51"/>
     <mergeCell ref="D47:G47"/>
     <mergeCell ref="D43:G43"/>
-    <mergeCell ref="A406:E406"/>
-    <mergeCell ref="A408:E408"/>
+    <mergeCell ref="D25:G25"/>
+    <mergeCell ref="F143:G143"/>
+    <mergeCell ref="F158:G158"/>
     <mergeCell ref="A140:G141"/>
     <mergeCell ref="A145:E145"/>
-    <mergeCell ref="D25:G25"/>
+    <mergeCell ref="F225:G225"/>
+    <mergeCell ref="F392:G392"/>
+    <mergeCell ref="F432:G432"/>
+    <mergeCell ref="F456:G456"/>
+    <mergeCell ref="E458:G458"/>
+    <mergeCell ref="A362:G362"/>
+    <mergeCell ref="A366:G366"/>
+    <mergeCell ref="A368:G368"/>
     <mergeCell ref="D27:G27"/>
     <mergeCell ref="D31:G31"/>
     <mergeCell ref="D29:G29"/>
     <mergeCell ref="D33:G33"/>
     <mergeCell ref="D39:G39"/>
     <mergeCell ref="A81:G82"/>
     <mergeCell ref="A275:E275"/>
     <mergeCell ref="A277:E277"/>
     <mergeCell ref="A170:E170"/>
     <mergeCell ref="F134:G134"/>
     <mergeCell ref="F151:G151"/>
     <mergeCell ref="F174:G174"/>
     <mergeCell ref="A212:E212"/>
-    <mergeCell ref="A584:C584"/>
-[...12 lines deleted...]
-    <mergeCell ref="A568:G568"/>
     <mergeCell ref="A227:E227"/>
     <mergeCell ref="A229:E229"/>
     <mergeCell ref="A231:E231"/>
     <mergeCell ref="D35:G35"/>
     <mergeCell ref="D37:G37"/>
-    <mergeCell ref="A537:C537"/>
+    <mergeCell ref="F273:G273"/>
+    <mergeCell ref="A192:E192"/>
+    <mergeCell ref="A242:G243"/>
+    <mergeCell ref="A98:E98"/>
+    <mergeCell ref="A100:E100"/>
+    <mergeCell ref="A102:E102"/>
     <mergeCell ref="A65:G65"/>
     <mergeCell ref="A255:E255"/>
-    <mergeCell ref="A337:E337"/>
-[...5 lines deleted...]
-    <mergeCell ref="A302:E302"/>
+    <mergeCell ref="A164:E164"/>
+    <mergeCell ref="A166:E166"/>
+    <mergeCell ref="A149:E149"/>
+    <mergeCell ref="A190:E190"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A96:E96"/>
-    <mergeCell ref="A497:G497"/>
-[...5 lines deleted...]
-    <mergeCell ref="A390:E390"/>
     <mergeCell ref="A108:E108"/>
     <mergeCell ref="A110:E110"/>
     <mergeCell ref="A112:E112"/>
     <mergeCell ref="A114:E114"/>
     <mergeCell ref="A116:E116"/>
     <mergeCell ref="A118:E118"/>
     <mergeCell ref="A120:E120"/>
     <mergeCell ref="A122:E122"/>
     <mergeCell ref="A124:E124"/>
     <mergeCell ref="A196:E196"/>
     <mergeCell ref="A208:E208"/>
     <mergeCell ref="A194:E194"/>
-    <mergeCell ref="A183:G186"/>
+    <mergeCell ref="A580:C580"/>
+    <mergeCell ref="E537:G537"/>
+    <mergeCell ref="E541:G541"/>
+    <mergeCell ref="E545:G545"/>
+    <mergeCell ref="E549:G549"/>
+    <mergeCell ref="E553:G553"/>
+    <mergeCell ref="E557:G557"/>
+    <mergeCell ref="A523:E523"/>
+    <mergeCell ref="A525:E525"/>
+    <mergeCell ref="E572:G572"/>
+    <mergeCell ref="E533:G533"/>
+    <mergeCell ref="A527:E527"/>
+    <mergeCell ref="A529:G529"/>
+    <mergeCell ref="A564:G564"/>
+    <mergeCell ref="A533:C533"/>
+    <mergeCell ref="F404:G404"/>
+    <mergeCell ref="F440:G440"/>
+    <mergeCell ref="F521:G521"/>
+    <mergeCell ref="F247:G247"/>
+    <mergeCell ref="A504:G504"/>
+    <mergeCell ref="A376:E376"/>
+    <mergeCell ref="A357:E357"/>
+    <mergeCell ref="A412:E412"/>
+    <mergeCell ref="A390:E390"/>
+    <mergeCell ref="A416:E416"/>
+    <mergeCell ref="A394:G394"/>
+    <mergeCell ref="A434:G434"/>
+    <mergeCell ref="A438:G438"/>
+    <mergeCell ref="A487:G487"/>
+    <mergeCell ref="A406:E406"/>
+    <mergeCell ref="A408:E408"/>
+    <mergeCell ref="A495:G495"/>
+    <mergeCell ref="A410:E410"/>
+    <mergeCell ref="A489:F489"/>
+    <mergeCell ref="A414:E414"/>
+    <mergeCell ref="E460:G460"/>
+    <mergeCell ref="E493:G493"/>
     <mergeCell ref="A160:E160"/>
     <mergeCell ref="A162:E162"/>
     <mergeCell ref="A172:E172"/>
     <mergeCell ref="A147:E147"/>
     <mergeCell ref="A355:E355"/>
-    <mergeCell ref="F225:G225"/>
-[...2 lines deleted...]
-    <mergeCell ref="A251:E251"/>
     <mergeCell ref="A253:E253"/>
     <mergeCell ref="A343:E343"/>
     <mergeCell ref="A345:E345"/>
     <mergeCell ref="A347:E347"/>
     <mergeCell ref="A349:E349"/>
     <mergeCell ref="A279:E279"/>
     <mergeCell ref="A281:E281"/>
     <mergeCell ref="A257:E257"/>
-    <mergeCell ref="A641:G693"/>
-[...1 lines deleted...]
-    <mergeCell ref="A614:G615"/>
+    <mergeCell ref="A341:E341"/>
+    <mergeCell ref="A296:E296"/>
+    <mergeCell ref="A298:E298"/>
+    <mergeCell ref="A300:E300"/>
+    <mergeCell ref="A302:E302"/>
+    <mergeCell ref="A271:G271"/>
+    <mergeCell ref="A337:E337"/>
+    <mergeCell ref="A339:E339"/>
+    <mergeCell ref="A639:G691"/>
+    <mergeCell ref="A610:G611"/>
+    <mergeCell ref="D613:G613"/>
+    <mergeCell ref="D615:G615"/>
     <mergeCell ref="D617:G617"/>
-    <mergeCell ref="D619:G619"/>
-[...2 lines deleted...]
-    <mergeCell ref="A493:F493"/>
+    <mergeCell ref="A620:G620"/>
+    <mergeCell ref="A491:F491"/>
+    <mergeCell ref="A537:C537"/>
     <mergeCell ref="A541:C541"/>
     <mergeCell ref="A545:C545"/>
     <mergeCell ref="A549:C549"/>
-    <mergeCell ref="A553:C553"/>
-    <mergeCell ref="A600:C600"/>
+    <mergeCell ref="A596:C596"/>
+    <mergeCell ref="A568:C568"/>
     <mergeCell ref="A572:C572"/>
-    <mergeCell ref="A576:C576"/>
-    <mergeCell ref="A596:C596"/>
+    <mergeCell ref="A592:C592"/>
+    <mergeCell ref="E576:G576"/>
     <mergeCell ref="E580:G580"/>
     <mergeCell ref="E584:G584"/>
     <mergeCell ref="E588:G588"/>
     <mergeCell ref="E592:G592"/>
-    <mergeCell ref="E596:G596"/>
-[...2 lines deleted...]
-    <mergeCell ref="A632:G634"/>
+    <mergeCell ref="D624:G624"/>
+    <mergeCell ref="D626:G626"/>
+    <mergeCell ref="A628:G630"/>
+    <mergeCell ref="D601:G601"/>
+    <mergeCell ref="D603:G603"/>
     <mergeCell ref="D605:G605"/>
-    <mergeCell ref="D607:G607"/>
-    <mergeCell ref="D609:G609"/>
     <mergeCell ref="A418:E418"/>
     <mergeCell ref="A420:E420"/>
     <mergeCell ref="A422:E422"/>
     <mergeCell ref="A424:E424"/>
     <mergeCell ref="A426:E426"/>
     <mergeCell ref="A428:E428"/>
     <mergeCell ref="A448:E448"/>
     <mergeCell ref="A454:E454"/>
     <mergeCell ref="A430:E430"/>
+    <mergeCell ref="A557:C557"/>
     <mergeCell ref="A561:C561"/>
-    <mergeCell ref="A565:C565"/>
+    <mergeCell ref="A584:C584"/>
     <mergeCell ref="A588:C588"/>
-    <mergeCell ref="A592:C592"/>
     <mergeCell ref="A450:E450"/>
     <mergeCell ref="A452:E452"/>
-    <mergeCell ref="E565:G565"/>
-    <mergeCell ref="E572:G572"/>
+    <mergeCell ref="E561:G561"/>
+    <mergeCell ref="E568:G568"/>
     <mergeCell ref="A442:E442"/>
     <mergeCell ref="A444:E444"/>
     <mergeCell ref="A446:E446"/>
-    <mergeCell ref="A580:C580"/>
-[...5 lines deleted...]
-    <mergeCell ref="A557:C557"/>
+    <mergeCell ref="A576:C576"/>
+    <mergeCell ref="A501:G502"/>
+    <mergeCell ref="E596:G596"/>
+    <mergeCell ref="A553:C553"/>
     <mergeCell ref="A53:G63"/>
     <mergeCell ref="F188:G188"/>
     <mergeCell ref="F206:G206"/>
     <mergeCell ref="A210:E210"/>
     <mergeCell ref="A351:E351"/>
     <mergeCell ref="A353:E353"/>
     <mergeCell ref="A384:E384"/>
     <mergeCell ref="A388:E388"/>
     <mergeCell ref="A378:E378"/>
     <mergeCell ref="A380:E380"/>
     <mergeCell ref="A382:E382"/>
     <mergeCell ref="A386:E386"/>
     <mergeCell ref="A317:E317"/>
     <mergeCell ref="A319:E319"/>
     <mergeCell ref="F370:G370"/>
     <mergeCell ref="A292:G292"/>
     <mergeCell ref="A374:E374"/>
     <mergeCell ref="A233:E233"/>
+    <mergeCell ref="A481:G483"/>
+    <mergeCell ref="A249:E249"/>
+    <mergeCell ref="A251:E251"/>
+    <mergeCell ref="A183:G186"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;RSeite &amp;P von &amp;N</oddFooter>
     <firstHeader>&amp;L&amp;G&amp;RFinanzdirektion
 Steuerverwaltung
 Rechtsabteilung
 Bahnhofstrasse 26, 6300 Zug
 T +41 41 594 20 00
 www.zg.ch/tax</firstHeader>
     <firstFooter>&amp;RSeite &amp;P von &amp;N</firstFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -6472,48 +6460,51 @@
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Erbschaftssteuererklärung</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kanton Zug</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ranja Kyburz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
-    <vt:lpwstr>2024-09-11T16:08:48Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SetDate">
+    <vt:lpwstr>2026-01-16T08:43:26Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
-    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Name">
+    <vt:lpwstr>KTZG_Oeffentlich</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SiteId">
     <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
-    <vt:lpwstr>29504697-1644-433c-b136-540288dc5424</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ActionId">
+    <vt:lpwstr>762aca12-111b-46df-8bf3-22465b4257d2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>