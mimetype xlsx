--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\01 Präsidiales\Todesfälle\Erbschaftsamt\Vorlagen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{19C4999F-266B-4C35-9121-69461D469A2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{39A05A27-F455-4184-BD33-45CCFB76C2BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="41496" windowHeight="16776" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
+    <workbookView xWindow="-132" yWindow="-132" windowWidth="41544" windowHeight="16824" xr2:uid="{64CCB081-54CD-4218-922C-849407F7FD9F}"/>
   </bookViews>
   <sheets>
     <sheet name="Schenkungssteuererklärung" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">Schenkungssteuererklärung!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -678,51 +678,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE6354D3-42FD-48D5-AD00-61179149C836}">
   <dimension ref="A6:G420"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="190" zoomScaleNormal="190" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScale="107" zoomScaleNormal="190" workbookViewId="0">
       <selection activeCell="D21" sqref="D21:G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="11.44140625" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F6" s="9"/>
     </row>
     <row r="7" spans="1:7" ht="16.8" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="9"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
@@ -4199,48 +4199,51 @@
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Schenkungssteuererklärung</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kanton Zug</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ranja Kyburz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
-    <vt:lpwstr>2024-09-11T16:08:48Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SetDate">
+    <vt:lpwstr>2026-01-16T08:44:10Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
-    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Name">
+    <vt:lpwstr>KTZG_Oeffentlich</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_SiteId">
     <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
-    <vt:lpwstr>29504697-1644-433c-b136-540288dc5424</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ActionId">
+    <vt:lpwstr>d7610aaf-51b3-4ec1-a661-a4819a73e182</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_12929fe2-8bad-4dcb-8a88-df5f275e3b3e_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>