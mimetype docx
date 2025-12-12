--- v0 (2025-10-02)
+++ v1 (2025-12-12)
@@ -1,98 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="30CA4D85" w14:textId="61286499" w:rsidR="009F3CE3" w:rsidRDefault="00700500" w:rsidP="00700500">
+    <w:p w14:paraId="30CA4D85" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
-          <w:tab w:val="left" w:pos="7620"/>
+          <w:tab w:val="left" w:pos="5613"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5C0CBBAF" w14:textId="65A82E87" w:rsidR="00504E73" w:rsidRDefault="00700500" w:rsidP="00700500">
+    <w:p w14:paraId="5C0CBBAF" w14:textId="77777777" w:rsidR="00504E73" w:rsidRDefault="00504E73" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
-          <w:tab w:val="left" w:pos="7170"/>
+          <w:tab w:val="left" w:pos="5613"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6F8916A4" w14:textId="77777777" w:rsidR="00504E73" w:rsidRDefault="00504E73" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="5613"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79368B42" w14:textId="77777777" w:rsidR="00504E73" w:rsidRDefault="00504E73" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="5613"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
@@ -137,465 +119,522 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Anmeldung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152603EB" w14:textId="752C11F3" w:rsidR="009F3CE3" w:rsidRPr="004A4076" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
+    <w:p w14:paraId="152603EB" w14:textId="15BA2A04" w:rsidR="009F3CE3" w:rsidRPr="004A4076" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Chilbi Menzingen 1</w:t>
       </w:r>
-      <w:r w:rsidR="00021AD4">
+      <w:r w:rsidR="00D1393F">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="003F51FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DF6A7A">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">+ </w:t>
       </w:r>
       <w:r w:rsidR="00021AD4">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>19</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F51FE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1393F">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003F51FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Oktober 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00021AD4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> Oktober 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1393F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E711E3E" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
-      <w:pPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="04A2227E" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B11F9E3" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BAC698E" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
-[...264 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7938"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="1DBBB860" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F4F6E2F" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Verein</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7542C63B" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="3B61CFAD" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="459D06ED" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="341F99F3" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="2CE06FA4" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3268F5DE" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Vorname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAD0D34" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="75B5DC7E" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3927A1D9" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Adresse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4078CF4F" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="09370A3D" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CD8C2F6" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>PLZ / Ort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BC3482" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="73FBEE86" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F9083AE" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Telefon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0618798E" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00FA706F">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="4D681017" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C3E1095" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
@@ -654,570 +693,867 @@
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Samstag und/oder Sonntag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6C4926" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083F0B54" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="7366"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="5C977943" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9A0F47" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Ihr Angebot:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A48F978" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="28305295" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49A17CA8" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53380BFA" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="59087734" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D24183B" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CC26779" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00310DE6">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1976D11B" w14:textId="5FB22842" w:rsidR="00D1393F" w:rsidRDefault="00D1393F" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="75A244CB" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
-[...181 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="3056F3CA" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20C29130" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF563B">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Zusätzlicher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DF09E56" w14:textId="18D2B815" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Platzbedarf für:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F73272" w14:textId="66ECABDC" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="7C80966D" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DEE47A8" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593FB7F2" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="11F5BBAD" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48DF2908" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3435E096" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="4C2DF087" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0621DD23" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2D2D41" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="002D46AC">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="223F0806" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67239EF3" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C95C923" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
-[...197 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2063"/>
+        <w:gridCol w:w="7435"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="44056BEE" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57B43958" w14:textId="59CCEFC3" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Materialbestellung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3808C8A0" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="71EB9408" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F0A6015" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C14B834" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="799EE609" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="759ADB88" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E4EE83" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF563B" w:rsidRPr="00FF563B" w14:paraId="134603AC" w14:textId="77777777" w:rsidTr="00FF563B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FEBEE4A" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79217302" w14:textId="77777777" w:rsidR="00FF563B" w:rsidRPr="00FF563B" w:rsidRDefault="00FF563B" w:rsidP="00D175C1">
+            <w:pPr>
+              <w:pStyle w:val="Kopfzeile"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4819"/>
+                <w:tab w:val="clear" w:pos="9071"/>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4962"/>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="0A6A289C" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A4AAD6" w14:textId="232BFDCD" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
+    <w:p w14:paraId="25A4AAD6" w14:textId="52F7F268" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dieses Formular ist bis spätestens </w:t>
+        <w:t>Dieses Formular ist bis spät</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF563B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stens </w:t>
       </w:r>
       <w:r w:rsidRPr="000258E1">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Freitag, </w:t>
       </w:r>
       <w:r w:rsidR="00021AD4">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1393F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="003F51FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000258E1">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> September 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00021AD4">
+      <w:r w:rsidR="00D1393F">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> einzureichen an:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393A9621" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRPr="000258E1" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4819"/>
           <w:tab w:val="clear" w:pos="9071"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1235,208 +1571,164 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Postfach, 6313 Menzingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179E4748" w14:textId="77777777" w:rsidR="009F3CE3" w:rsidRDefault="009F3CE3" w:rsidP="009F3CE3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>oder elisabeth.haeberli@menzingen.ch</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E216016" w14:textId="77777777" w:rsidR="008B429C" w:rsidRDefault="008B429C"/>
     <w:sectPr w:rsidR="008B429C">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1134" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="257" w:other="257"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FBAF0CC" w14:textId="77777777" w:rsidR="00C80F2D" w:rsidRDefault="00C80F2D">
+    <w:p w14:paraId="08A6F8B3" w14:textId="77777777" w:rsidR="00CB3F1A" w:rsidRDefault="008654E3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A3C9AAD" w14:textId="77777777" w:rsidR="00C80F2D" w:rsidRDefault="00C80F2D">
+    <w:p w14:paraId="713F8DA0" w14:textId="77777777" w:rsidR="00CB3F1A" w:rsidRDefault="008654E3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67D7F542" w14:textId="77777777" w:rsidR="00C80F2D" w:rsidRDefault="00C80F2D">
+    <w:p w14:paraId="516FF80B" w14:textId="77777777" w:rsidR="00CB3F1A" w:rsidRDefault="008654E3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19A49ECB" w14:textId="77777777" w:rsidR="00C80F2D" w:rsidRDefault="00C80F2D">
+    <w:p w14:paraId="3B66463B" w14:textId="77777777" w:rsidR="00CB3F1A" w:rsidRDefault="008654E3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="79B1FC94" w14:textId="77777777" w:rsidR="00021AD4" w:rsidRDefault="009F3CE3">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="25AEE539" w14:textId="77777777" w:rsidR="00504E73" w:rsidRDefault="00504E73">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="075675A5" wp14:editId="1AEBE607">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3994641</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-229918</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2406015" cy="822960"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Grafik 1" descr="gemeinde_menzingen_rgb_high_rz"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1469,119 +1761,118 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F3CE3"/>
     <w:rsid w:val="00021AD4"/>
     <w:rsid w:val="003F51FE"/>
     <w:rsid w:val="00504E73"/>
-    <w:rsid w:val="00700500"/>
     <w:rsid w:val="008654E3"/>
     <w:rsid w:val="008B429C"/>
     <w:rsid w:val="009F3CE3"/>
-    <w:rsid w:val="00C80F2D"/>
     <w:rsid w:val="00CB3F1A"/>
+    <w:rsid w:val="00D1393F"/>
     <w:rsid w:val="00DF6A7A"/>
+    <w:rsid w:val="00FF563B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="621E6A21"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{902B6087-D847-4D04-9A2E-939D9261CFB0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2023,65 +2314,84 @@
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00504E73"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00504E73"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Tabellenraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FF563B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -2341,69 +2651,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>166</Words>
-  <Characters>1048</Characters>
+  <Words>63</Words>
+  <Characters>399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1212</CharactersWithSpaces>
+  <CharactersWithSpaces>461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Häberli Elisabeth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>