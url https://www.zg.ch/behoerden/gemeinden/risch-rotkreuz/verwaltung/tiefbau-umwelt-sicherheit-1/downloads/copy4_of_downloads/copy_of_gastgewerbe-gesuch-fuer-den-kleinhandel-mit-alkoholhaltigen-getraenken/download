--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -988,82 +988,74 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E230B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*sofern nicht mit obengenannten Angaben identisch</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C6FE37" w14:textId="77777777" w:rsidR="00480B27" w:rsidRPr="00D61335" w:rsidRDefault="00480B27" w:rsidP="009E230B">
       <w:pPr>
         <w:pStyle w:val="StandardNo"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="747ED5D7" w14:textId="1B4E37FF" w:rsidR="009E230B" w:rsidRDefault="009E230B" w:rsidP="009E230B">
+    <w:p w14:paraId="747ED5D7" w14:textId="4D87DBFF" w:rsidR="009E230B" w:rsidRDefault="009E230B" w:rsidP="009E230B">
       <w:pPr>
         <w:pStyle w:val="StandardNo"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009763E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Anlass</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>bezeichnung</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009763E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00915C44">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -1115,245 +1107,217 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00915C44">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AF0C26B" w14:textId="23A28548" w:rsidR="009E230B" w:rsidRPr="00C90584" w:rsidRDefault="009E230B" w:rsidP="009E230B">
       <w:pPr>
         <w:pStyle w:val="StandardNo"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9261" w:type="dxa"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="2343"/>
         <w:gridCol w:w="1984"/>
-        <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="3044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E0CA1" w:rsidRPr="00325C76" w14:paraId="7C39FE6E" w14:textId="77777777" w:rsidTr="003F4E1F">
+      <w:tr w:rsidR="00FE05B9" w:rsidRPr="00325C76" w14:paraId="7C39FE6E" w14:textId="77777777" w:rsidTr="00FE05B9">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2AEA01" w14:textId="5AEA9CB5" w:rsidR="006E0CA1" w:rsidRPr="00325C76" w:rsidRDefault="006E0CA1" w:rsidP="0015445A">
+          <w:p w14:paraId="2C2AEA01" w14:textId="24FDDF1F" w:rsidR="00FE05B9" w:rsidRPr="00325C76" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Platz/Anlage</w:t>
             </w:r>
-            <w:r w:rsidR="001515D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055FF6E4" w14:textId="66E14587" w:rsidR="006E0CA1" w:rsidRPr="00325C76" w:rsidRDefault="006E0CA1" w:rsidP="0015445A">
+          <w:p w14:paraId="055FF6E4" w14:textId="66E14587" w:rsidR="00FE05B9" w:rsidRPr="00325C76" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3857"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
-            <w:r w:rsidR="00101181">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Anlass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8F4A17" w14:textId="77777777" w:rsidR="006E0CA1" w:rsidRPr="00325C76" w:rsidRDefault="00BB4D3B" w:rsidP="0015445A">
+          <w:p w14:paraId="4D8F4A17" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="00325C76" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Zeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3044" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1A3637" w14:textId="07498D43" w:rsidR="006E0CA1" w:rsidRPr="00325C76" w:rsidRDefault="00BB4D3B" w:rsidP="0015445A">
+          <w:p w14:paraId="0D1A3637" w14:textId="5E7FE7B1" w:rsidR="00FE05B9" w:rsidRPr="00325C76" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Bemerkungen</w:t>
             </w:r>
-            <w:r w:rsidR="001515D2" w:rsidRPr="001515D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...26 lines deleted...]
-              <w:t>HW</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E0CA1" w:rsidRPr="00763FFB" w14:paraId="1552E59C" w14:textId="77777777" w:rsidTr="00F270DD">
+      <w:tr w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w14:paraId="1552E59C" w14:textId="77777777" w:rsidTr="00FE05B9">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E2B846" w14:textId="77777777" w:rsidR="006E0CA1" w:rsidRPr="00763FFB" w:rsidRDefault="009763E9" w:rsidP="0015445A">
+          <w:p w14:paraId="57E2B846" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1399,51 +1363,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC42814" w14:textId="77777777" w:rsidR="00AD7F18" w:rsidRPr="003935AB" w:rsidRDefault="009763E9" w:rsidP="0015445A">
+          <w:p w14:paraId="2FC42814" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3857"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1489,51 +1453,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13424828" w14:textId="77777777" w:rsidR="006E0CA1" w:rsidRPr="003935AB" w:rsidRDefault="009763E9" w:rsidP="0015445A">
+          <w:p w14:paraId="13424828" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1577,53 +1541,53 @@
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D6E58B" w14:textId="77777777" w:rsidR="006E0CA1" w:rsidRPr="003935AB" w:rsidRDefault="009763E9" w:rsidP="0015445A">
+          <w:p w14:paraId="70D6E58B" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1665,55 +1629,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w14:paraId="26160F75" w14:textId="77777777" w:rsidTr="00FE05B9">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="969" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F30FC7B" w14:textId="77777777" w:rsidR="006E0CA1" w:rsidRPr="00763FFB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="283F4CF1" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1755,64 +1724,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="283F4CF1" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="00763FFB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="1F778707" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="4536"/>
+                <w:tab w:val="left" w:pos="3857"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1852,57 +1816,57 @@
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F778707" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="003935AB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="4783EA57" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="3857"/>
+                <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1942,53 +1906,53 @@
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="3044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4783EA57" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="003935AB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="2AC1DA6F" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2030,55 +1994,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w14:paraId="00DE4CD8" w14:textId="77777777" w:rsidTr="00FE05B9">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC1DA6F" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="003935AB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="375BB905" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="00763FFB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2122,57 +2091,57 @@
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="969" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E58B18" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="00763FFB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="54D5D386" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="4536"/>
+                <w:tab w:val="left" w:pos="3857"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2210,60 +2179,55 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375BB905" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="00763FFB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="2A20AC4C" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2307,57 +2271,57 @@
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:tcW w:w="3044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D5D386" w14:textId="77777777" w:rsidR="0015445A" w:rsidRPr="003935AB" w:rsidRDefault="0015445A" w:rsidP="0015445A">
+          <w:p w14:paraId="427EB9AC" w14:textId="77777777" w:rsidR="00FE05B9" w:rsidRPr="003935AB" w:rsidRDefault="00FE05B9" w:rsidP="0015445A">
             <w:pPr>
               <w:pStyle w:val="RischGrundtext"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="3857"/>
+                <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="100" w:after="100" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2395,564 +2359,210 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00915C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...268 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7359A0FE" w14:textId="77777777" w:rsidR="00BD0C92" w:rsidRPr="001515D2" w:rsidRDefault="00BD0C92" w:rsidP="00BD0C92">
       <w:pPr>
         <w:pStyle w:val="StandardNo"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="088F5775" w14:textId="2D89ECC2" w:rsidR="00461CF6" w:rsidRPr="001515D2" w:rsidRDefault="001515D2" w:rsidP="00707243">
-[...83 lines deleted...]
-    <w:p w14:paraId="20DB474B" w14:textId="57A52C7C" w:rsidR="00BD0C92" w:rsidRDefault="001515D2" w:rsidP="00707243">
+    <w:p w14:paraId="20DB474B" w14:textId="43F6FD92" w:rsidR="00BD0C92" w:rsidRDefault="00BC034B" w:rsidP="00707243">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001515D2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00BD0C92" w:rsidRPr="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Falls Sie den </w:t>
       </w:r>
-      <w:r w:rsidRPr="001515D2">
+      <w:r w:rsidR="001515D2" w:rsidRPr="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Dorfmattplatz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder den </w:t>
       </w:r>
       <w:r w:rsidR="00BD0C92" w:rsidRPr="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Festplatz beim Sportpark</w:t>
       </w:r>
       <w:r w:rsidR="00BD0C92" w:rsidRPr="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> benützen wollen, zeichnen Sie bitte die Marktstände, etc. auf dem Plan auf nachfolgender Seite ein.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2980B2" w14:textId="2DC4B247" w:rsidR="00334737" w:rsidRPr="004273A7" w:rsidRDefault="001515D2" w:rsidP="00707243">
+    <w:p w14:paraId="2A2980B2" w14:textId="15F88D9B" w:rsidR="00334737" w:rsidRPr="004273A7" w:rsidRDefault="00BC034B" w:rsidP="00707243">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004273A7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003F4E1F" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Bitte bestellen Sie das gewünschte</w:t>
       </w:r>
       <w:r w:rsidR="003F4E1F" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Festmaterial </w:t>
       </w:r>
       <w:r w:rsidR="003F4E1F" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00F12500" w:rsidRPr="004273A7">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00F12500" w:rsidRPr="001A17C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Bestellung Festmaterial</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F12500" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F4E1F" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
@@ -3001,129 +2611,383 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">041 </w:t>
       </w:r>
       <w:r w:rsidR="007C10F6" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">554 25 22 </w:t>
       </w:r>
       <w:r w:rsidR="003F4E1F" w:rsidRPr="004273A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>zur Verfügung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B990DAF" w14:textId="77777777" w:rsidR="00C626C0" w:rsidRDefault="00C626C0" w:rsidP="0015445A">
+    <w:p w14:paraId="4B990DAF" w14:textId="77777777" w:rsidR="00C626C0" w:rsidRPr="005F25B6" w:rsidRDefault="00C626C0" w:rsidP="0015445A">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B95DA83" w14:textId="77777777" w:rsidR="009D0CCE" w:rsidRDefault="009D0CCE" w:rsidP="0015445A">
+    <w:p w14:paraId="182C99B8" w14:textId="23DDBBC6" w:rsidR="00BC034B" w:rsidRPr="001515D2" w:rsidRDefault="00340C40" w:rsidP="00BC034B">
+      <w:pPr>
+        <w:pStyle w:val="StandardNo"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340C40">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00340C40">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00340C40">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00340C40">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00340C40">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC034B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich habe die </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Grobbeurteilung von Anlassrisiken</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC034B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>durchgeführt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und gegebenenfalls </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5510">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00BC034B" w:rsidRPr="00DD4922">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Zuger Polizei</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5510">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>gemeldet</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC034B" w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5A9666" w14:textId="0211F6D3" w:rsidR="00BC034B" w:rsidRPr="00BC034B" w:rsidRDefault="00BC034B" w:rsidP="0015445A">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23349570" w14:textId="3F8FC0CE" w:rsidR="001515D2" w:rsidRDefault="001515D2" w:rsidP="0015445A">
+    <w:p w14:paraId="3B95DA83" w14:textId="77777777" w:rsidR="009D0CCE" w:rsidRDefault="009D0CCE" w:rsidP="0015445A">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23349570" w14:textId="129A1A40" w:rsidR="001515D2" w:rsidRDefault="001515D2" w:rsidP="0015445A">
+      <w:pPr>
+        <w:pStyle w:val="RischGrundtext"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001515D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Datum/Unterschrift</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F4665">
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE05B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Gesuchsteller/in</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001515D2">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14402">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00921D53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14402">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unterschrift</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4665">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gesuchsteller/in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="001515D2">
+      <w:r w:rsidR="00D14402">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>______________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001515D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14402">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00921D53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587E49DD" w14:textId="7FE4970C" w:rsidR="009D0CCE" w:rsidRDefault="009D0CCE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F83998C" w14:textId="4418A6AA" w:rsidR="00CE0940" w:rsidRDefault="00CE0940" w:rsidP="0015445A">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
@@ -3136,51 +3000,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00CE0940">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30E1ED37" wp14:editId="0F5D2AD9">
             <wp:extent cx="5711190" cy="8171180"/>
             <wp:effectExtent l="0" t="0" r="3810" b="1270"/>
             <wp:docPr id="1839639218" name="Grafik 1" descr="Ein Bild, das Karte, Städtebau, Screenshot, Gebäude enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1839639218" name="Grafik 1" descr="Ein Bild, das Karte, Städtebau, Screenshot, Gebäude enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5711190" cy="8171180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6267D30E" w14:textId="19582880" w:rsidR="009D0CCE" w:rsidRPr="001515D2" w:rsidRDefault="004F1801" w:rsidP="0015445A">
       <w:pPr>
         <w:pStyle w:val="RischGrundtext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
@@ -3194,96 +3058,96 @@
       </w:pPr>
       <w:r w:rsidRPr="004F1801">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66166DDF" wp14:editId="637ED67A">
             <wp:extent cx="5725160" cy="8171180"/>
             <wp:effectExtent l="0" t="0" r="8890" b="1270"/>
             <wp:docPr id="1904190438" name="Grafik 1" descr="Ein Bild, das Gebäude, Screenshot, Städtebau, Karte enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1904190438" name="Grafik 1" descr="Ein Bild, das Gebäude, Screenshot, Städtebau, Karte enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5725160" cy="8171180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009D0CCE" w:rsidRPr="001515D2" w:rsidSect="009D0CCE">
-      <w:headerReference w:type="default" r:id="rId12"/>
-      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="3119" w:right="1077" w:bottom="851" w:left="1588" w:header="1588" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55D48163" w14:textId="77777777" w:rsidR="00245331" w:rsidRDefault="00245331" w:rsidP="00041EC4">
+    <w:p w14:paraId="11BAA335" w14:textId="77777777" w:rsidR="00C80F27" w:rsidRDefault="00C80F27" w:rsidP="00041EC4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15BDBE50" w14:textId="77777777" w:rsidR="00245331" w:rsidRDefault="00245331" w:rsidP="00041EC4">
+    <w:p w14:paraId="568233DA" w14:textId="77777777" w:rsidR="00C80F27" w:rsidRDefault="00C80F27" w:rsidP="00041EC4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -3335,58 +3199,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39E84541" w14:textId="77777777" w:rsidR="00245331" w:rsidRDefault="00245331" w:rsidP="00041EC4">
+    <w:p w14:paraId="717D2105" w14:textId="77777777" w:rsidR="00C80F27" w:rsidRDefault="00C80F27" w:rsidP="00041EC4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38E9E8E0" w14:textId="77777777" w:rsidR="00245331" w:rsidRDefault="00245331" w:rsidP="00041EC4">
+    <w:p w14:paraId="1187C443" w14:textId="77777777" w:rsidR="00C80F27" w:rsidRDefault="00C80F27" w:rsidP="00041EC4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9241"/>
     </w:tblGrid>
     <w:tr w:rsidR="00FF0556" w14:paraId="696C5127" w14:textId="77777777" w:rsidTr="00D02F1D">
       <w:trPr>
         <w:cantSplit/>
@@ -5497,91 +5361,93 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1203324267">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2134445582">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1889605206">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1340932927">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="548301946">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1637444092">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="t/cV/J8V+9qiwOaF+QNUNkY0AJZuTbqi5jsyxeVv8yIzmi+eFEgj6A7pyYuLasRZ/y1bXPAJWsluyTpHWKIzNA==" w:salt="sJqpF6vEuc+xS4h4w3Hh5Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mnScVaDwEvquPy2Bd+UM2ezWJCnNQkZHb6ZpEwfXqxjZRXslWQ6IoSKf57ecGg30GdrnzNmbW3UqPjVmN5JTtw==" w:salt="qkjJGeZzwGkspL5i48OyPQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="284"/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B62ACD"/>
     <w:rsid w:val="00001025"/>
     <w:rsid w:val="000011B5"/>
     <w:rsid w:val="00003A87"/>
     <w:rsid w:val="000045CD"/>
     <w:rsid w:val="00011160"/>
     <w:rsid w:val="00015013"/>
     <w:rsid w:val="00022044"/>
     <w:rsid w:val="00024AC7"/>
     <w:rsid w:val="0003059A"/>
     <w:rsid w:val="00031139"/>
     <w:rsid w:val="00033EFF"/>
+    <w:rsid w:val="00034F8F"/>
+    <w:rsid w:val="0003655C"/>
     <w:rsid w:val="00037937"/>
     <w:rsid w:val="00041736"/>
     <w:rsid w:val="00041EC4"/>
     <w:rsid w:val="000422B0"/>
     <w:rsid w:val="0004315D"/>
     <w:rsid w:val="00043E93"/>
     <w:rsid w:val="00047F0A"/>
     <w:rsid w:val="00050A30"/>
     <w:rsid w:val="00053B00"/>
     <w:rsid w:val="00060FD7"/>
     <w:rsid w:val="00072FDA"/>
     <w:rsid w:val="00077EA8"/>
     <w:rsid w:val="00086F16"/>
     <w:rsid w:val="000968B8"/>
     <w:rsid w:val="000A4280"/>
     <w:rsid w:val="000B6D30"/>
     <w:rsid w:val="000D6249"/>
     <w:rsid w:val="000E131D"/>
     <w:rsid w:val="000E7BAF"/>
     <w:rsid w:val="00101181"/>
     <w:rsid w:val="00105226"/>
     <w:rsid w:val="00105D1F"/>
     <w:rsid w:val="00107DF7"/>
     <w:rsid w:val="00111EAC"/>
     <w:rsid w:val="0011599C"/>
@@ -5592,71 +5458,73 @@
     <w:rsid w:val="00130AFD"/>
     <w:rsid w:val="001330A9"/>
     <w:rsid w:val="00137A2B"/>
     <w:rsid w:val="00137B81"/>
     <w:rsid w:val="0014453A"/>
     <w:rsid w:val="00145E42"/>
     <w:rsid w:val="001515D2"/>
     <w:rsid w:val="00153690"/>
     <w:rsid w:val="0015445A"/>
     <w:rsid w:val="001557F5"/>
     <w:rsid w:val="001659D8"/>
     <w:rsid w:val="00165A96"/>
     <w:rsid w:val="00167B20"/>
     <w:rsid w:val="00171546"/>
     <w:rsid w:val="00171ADE"/>
     <w:rsid w:val="001742CD"/>
     <w:rsid w:val="0017495E"/>
     <w:rsid w:val="001809A4"/>
     <w:rsid w:val="001815FC"/>
     <w:rsid w:val="0018180A"/>
     <w:rsid w:val="00182D1D"/>
     <w:rsid w:val="00185712"/>
     <w:rsid w:val="001859CB"/>
     <w:rsid w:val="001954A0"/>
     <w:rsid w:val="001A04E9"/>
+    <w:rsid w:val="001A17C4"/>
     <w:rsid w:val="001A5729"/>
     <w:rsid w:val="001B0DAC"/>
     <w:rsid w:val="001B1A95"/>
     <w:rsid w:val="001C49D7"/>
     <w:rsid w:val="001D70BC"/>
     <w:rsid w:val="001E2718"/>
     <w:rsid w:val="001E46CD"/>
     <w:rsid w:val="001E4CCC"/>
     <w:rsid w:val="001E60F6"/>
     <w:rsid w:val="001F0080"/>
     <w:rsid w:val="001F2BBE"/>
     <w:rsid w:val="00207D19"/>
     <w:rsid w:val="00211347"/>
     <w:rsid w:val="002133BF"/>
     <w:rsid w:val="00216677"/>
     <w:rsid w:val="00220687"/>
     <w:rsid w:val="00220B76"/>
     <w:rsid w:val="00221CED"/>
     <w:rsid w:val="00223408"/>
     <w:rsid w:val="002273EB"/>
     <w:rsid w:val="002323D4"/>
+    <w:rsid w:val="0023455A"/>
     <w:rsid w:val="0023516C"/>
     <w:rsid w:val="00245331"/>
     <w:rsid w:val="002526B5"/>
     <w:rsid w:val="00253793"/>
     <w:rsid w:val="002544D9"/>
     <w:rsid w:val="00254C07"/>
     <w:rsid w:val="00257663"/>
     <w:rsid w:val="00264CF7"/>
     <w:rsid w:val="002655B0"/>
     <w:rsid w:val="002668AF"/>
     <w:rsid w:val="00274919"/>
     <w:rsid w:val="00274BAF"/>
     <w:rsid w:val="0028253C"/>
     <w:rsid w:val="0028466E"/>
     <w:rsid w:val="00284D15"/>
     <w:rsid w:val="00292B62"/>
     <w:rsid w:val="0029404B"/>
     <w:rsid w:val="00295A83"/>
     <w:rsid w:val="002A2A1A"/>
     <w:rsid w:val="002B2E3E"/>
     <w:rsid w:val="002C09B7"/>
     <w:rsid w:val="002C0CD9"/>
     <w:rsid w:val="002C44D3"/>
     <w:rsid w:val="002C45F2"/>
     <w:rsid w:val="002C4E2F"/>
@@ -5665,86 +5533,89 @@
     <w:rsid w:val="002D3510"/>
     <w:rsid w:val="002E24B7"/>
     <w:rsid w:val="002E2969"/>
     <w:rsid w:val="002E463F"/>
     <w:rsid w:val="002E5B7E"/>
     <w:rsid w:val="002E64F8"/>
     <w:rsid w:val="002F03A5"/>
     <w:rsid w:val="002F0567"/>
     <w:rsid w:val="002F1E10"/>
     <w:rsid w:val="002F4665"/>
     <w:rsid w:val="002F6D1C"/>
     <w:rsid w:val="00301F77"/>
     <w:rsid w:val="00304411"/>
     <w:rsid w:val="0031313B"/>
     <w:rsid w:val="00314475"/>
     <w:rsid w:val="00316CDF"/>
     <w:rsid w:val="00325D8A"/>
     <w:rsid w:val="00330212"/>
     <w:rsid w:val="003305D1"/>
     <w:rsid w:val="003314ED"/>
     <w:rsid w:val="0033173B"/>
     <w:rsid w:val="00331895"/>
     <w:rsid w:val="00334737"/>
     <w:rsid w:val="00334C81"/>
     <w:rsid w:val="00336242"/>
+    <w:rsid w:val="00340C40"/>
     <w:rsid w:val="003423FF"/>
     <w:rsid w:val="00343DAD"/>
     <w:rsid w:val="00343F3A"/>
     <w:rsid w:val="00344746"/>
     <w:rsid w:val="00344C19"/>
     <w:rsid w:val="00350EF7"/>
     <w:rsid w:val="0035269E"/>
     <w:rsid w:val="00352F63"/>
     <w:rsid w:val="00354BD2"/>
     <w:rsid w:val="00360BD8"/>
     <w:rsid w:val="00370184"/>
     <w:rsid w:val="003709D3"/>
     <w:rsid w:val="003747B2"/>
     <w:rsid w:val="00380B34"/>
     <w:rsid w:val="00382FCC"/>
     <w:rsid w:val="0038525C"/>
     <w:rsid w:val="003860E8"/>
     <w:rsid w:val="00386150"/>
+    <w:rsid w:val="00386A24"/>
     <w:rsid w:val="00394433"/>
     <w:rsid w:val="003A1452"/>
     <w:rsid w:val="003A5F4C"/>
     <w:rsid w:val="003B333D"/>
     <w:rsid w:val="003B38A9"/>
     <w:rsid w:val="003B43EF"/>
     <w:rsid w:val="003B4FD0"/>
     <w:rsid w:val="003B6920"/>
     <w:rsid w:val="003B69AE"/>
     <w:rsid w:val="003B6F01"/>
     <w:rsid w:val="003C31B3"/>
     <w:rsid w:val="003C4491"/>
     <w:rsid w:val="003D23C8"/>
     <w:rsid w:val="003D3F66"/>
     <w:rsid w:val="003E284B"/>
     <w:rsid w:val="003E2E63"/>
     <w:rsid w:val="003F1FD1"/>
     <w:rsid w:val="003F4E1F"/>
+    <w:rsid w:val="00401BF3"/>
     <w:rsid w:val="004032C1"/>
     <w:rsid w:val="00407F76"/>
     <w:rsid w:val="0041194E"/>
     <w:rsid w:val="004172A4"/>
     <w:rsid w:val="00423DE8"/>
     <w:rsid w:val="004249A8"/>
     <w:rsid w:val="004257C7"/>
     <w:rsid w:val="004273A7"/>
     <w:rsid w:val="00427834"/>
     <w:rsid w:val="0043255B"/>
     <w:rsid w:val="00445112"/>
     <w:rsid w:val="004475B3"/>
     <w:rsid w:val="00451B08"/>
     <w:rsid w:val="00452870"/>
     <w:rsid w:val="00456AC0"/>
     <w:rsid w:val="00461C01"/>
     <w:rsid w:val="00461CF6"/>
     <w:rsid w:val="004657BC"/>
     <w:rsid w:val="00470785"/>
     <w:rsid w:val="00474560"/>
     <w:rsid w:val="0047623C"/>
     <w:rsid w:val="00476B2A"/>
     <w:rsid w:val="00480B27"/>
     <w:rsid w:val="0048456B"/>
     <w:rsid w:val="004A3EA2"/>
@@ -5780,88 +5651,92 @@
     <w:rsid w:val="00544F6F"/>
     <w:rsid w:val="005464CE"/>
     <w:rsid w:val="005506DA"/>
     <w:rsid w:val="005540B1"/>
     <w:rsid w:val="00556B38"/>
     <w:rsid w:val="005618CF"/>
     <w:rsid w:val="00561952"/>
     <w:rsid w:val="00562EE8"/>
     <w:rsid w:val="00563045"/>
     <w:rsid w:val="0056558F"/>
     <w:rsid w:val="00580A33"/>
     <w:rsid w:val="005818AF"/>
     <w:rsid w:val="00584E9D"/>
     <w:rsid w:val="00585B19"/>
     <w:rsid w:val="00591C56"/>
     <w:rsid w:val="00595522"/>
     <w:rsid w:val="00595EA7"/>
     <w:rsid w:val="005A01DD"/>
     <w:rsid w:val="005A06E0"/>
     <w:rsid w:val="005A43BD"/>
     <w:rsid w:val="005A722C"/>
     <w:rsid w:val="005B2359"/>
     <w:rsid w:val="005C19AD"/>
     <w:rsid w:val="005C2A3F"/>
     <w:rsid w:val="005C35E4"/>
+    <w:rsid w:val="005D27DB"/>
     <w:rsid w:val="005E03DD"/>
     <w:rsid w:val="005E0E18"/>
     <w:rsid w:val="005E284E"/>
     <w:rsid w:val="005E3AAE"/>
     <w:rsid w:val="005E4E9C"/>
     <w:rsid w:val="005E592A"/>
+    <w:rsid w:val="005F25B6"/>
     <w:rsid w:val="005F346E"/>
+    <w:rsid w:val="005F5D48"/>
     <w:rsid w:val="005F7270"/>
     <w:rsid w:val="00601E12"/>
     <w:rsid w:val="00603D43"/>
     <w:rsid w:val="00606511"/>
     <w:rsid w:val="006120E0"/>
     <w:rsid w:val="00613E95"/>
     <w:rsid w:val="00614674"/>
     <w:rsid w:val="00620759"/>
     <w:rsid w:val="00624233"/>
     <w:rsid w:val="00625421"/>
     <w:rsid w:val="0062592A"/>
     <w:rsid w:val="0062676D"/>
     <w:rsid w:val="006322F6"/>
     <w:rsid w:val="00640C3E"/>
     <w:rsid w:val="00652274"/>
     <w:rsid w:val="006530CE"/>
     <w:rsid w:val="00654893"/>
     <w:rsid w:val="00656152"/>
     <w:rsid w:val="006561AA"/>
     <w:rsid w:val="00660DAD"/>
     <w:rsid w:val="00671F76"/>
     <w:rsid w:val="00673C41"/>
     <w:rsid w:val="00676A8F"/>
     <w:rsid w:val="0068697A"/>
     <w:rsid w:val="0068756D"/>
     <w:rsid w:val="00690A63"/>
     <w:rsid w:val="00690F57"/>
     <w:rsid w:val="0069248A"/>
     <w:rsid w:val="00692716"/>
     <w:rsid w:val="00693371"/>
     <w:rsid w:val="006A4475"/>
+    <w:rsid w:val="006A5510"/>
     <w:rsid w:val="006A7A15"/>
     <w:rsid w:val="006B1184"/>
     <w:rsid w:val="006B1DBF"/>
     <w:rsid w:val="006B2080"/>
     <w:rsid w:val="006B242A"/>
     <w:rsid w:val="006B284E"/>
     <w:rsid w:val="006B6655"/>
     <w:rsid w:val="006B78A1"/>
     <w:rsid w:val="006C0956"/>
     <w:rsid w:val="006C2DEC"/>
     <w:rsid w:val="006C7F67"/>
     <w:rsid w:val="006D0AB7"/>
     <w:rsid w:val="006D1F3A"/>
     <w:rsid w:val="006D3067"/>
     <w:rsid w:val="006D5215"/>
     <w:rsid w:val="006D5E0C"/>
     <w:rsid w:val="006D5E3F"/>
     <w:rsid w:val="006E02FA"/>
     <w:rsid w:val="006E0CA1"/>
     <w:rsid w:val="006E3712"/>
     <w:rsid w:val="006E56E8"/>
     <w:rsid w:val="006E5715"/>
     <w:rsid w:val="006F0F41"/>
     <w:rsid w:val="006F2D0D"/>
     <w:rsid w:val="006F6FDA"/>
@@ -5963,51 +5838,53 @@
     <w:rsid w:val="008A51AF"/>
     <w:rsid w:val="008A5BF6"/>
     <w:rsid w:val="008A6823"/>
     <w:rsid w:val="008A7628"/>
     <w:rsid w:val="008B4563"/>
     <w:rsid w:val="008B4A9C"/>
     <w:rsid w:val="008B578D"/>
     <w:rsid w:val="008C15BA"/>
     <w:rsid w:val="008C2DF1"/>
     <w:rsid w:val="008C4EFC"/>
     <w:rsid w:val="008C7F39"/>
     <w:rsid w:val="008D0148"/>
     <w:rsid w:val="008D0B64"/>
     <w:rsid w:val="008D0DDE"/>
     <w:rsid w:val="008D3817"/>
     <w:rsid w:val="008E27BA"/>
     <w:rsid w:val="008E3A21"/>
     <w:rsid w:val="008E73AA"/>
     <w:rsid w:val="008F257C"/>
     <w:rsid w:val="008F27CE"/>
     <w:rsid w:val="008F4F87"/>
     <w:rsid w:val="008F70D8"/>
     <w:rsid w:val="00900581"/>
     <w:rsid w:val="009047F5"/>
     <w:rsid w:val="0091249E"/>
+    <w:rsid w:val="009137DF"/>
     <w:rsid w:val="00915C44"/>
+    <w:rsid w:val="00921D53"/>
     <w:rsid w:val="00923735"/>
     <w:rsid w:val="00923E7C"/>
     <w:rsid w:val="009242E5"/>
     <w:rsid w:val="00926371"/>
     <w:rsid w:val="00926E81"/>
     <w:rsid w:val="009274C3"/>
     <w:rsid w:val="009312C4"/>
     <w:rsid w:val="00937049"/>
     <w:rsid w:val="00941563"/>
     <w:rsid w:val="00942BE1"/>
     <w:rsid w:val="009445BA"/>
     <w:rsid w:val="00946A64"/>
     <w:rsid w:val="00947DCE"/>
     <w:rsid w:val="00950930"/>
     <w:rsid w:val="00955F3A"/>
     <w:rsid w:val="0095711A"/>
     <w:rsid w:val="009572B5"/>
     <w:rsid w:val="00973CC2"/>
     <w:rsid w:val="009763E9"/>
     <w:rsid w:val="0098029E"/>
     <w:rsid w:val="00980A8C"/>
     <w:rsid w:val="0098108B"/>
     <w:rsid w:val="00982C4A"/>
     <w:rsid w:val="0098407D"/>
     <w:rsid w:val="009902E3"/>
@@ -6023,245 +5900,254 @@
     <w:rsid w:val="009D0CCE"/>
     <w:rsid w:val="009D0DB4"/>
     <w:rsid w:val="009D0E5D"/>
     <w:rsid w:val="009D1B85"/>
     <w:rsid w:val="009D2D15"/>
     <w:rsid w:val="009D33DA"/>
     <w:rsid w:val="009D3BD2"/>
     <w:rsid w:val="009D77DD"/>
     <w:rsid w:val="009E230B"/>
     <w:rsid w:val="009E478F"/>
     <w:rsid w:val="009E4A8E"/>
     <w:rsid w:val="009E79ED"/>
     <w:rsid w:val="009F1994"/>
     <w:rsid w:val="009F7498"/>
     <w:rsid w:val="00A037F0"/>
     <w:rsid w:val="00A07943"/>
     <w:rsid w:val="00A1039D"/>
     <w:rsid w:val="00A17A67"/>
     <w:rsid w:val="00A30E49"/>
     <w:rsid w:val="00A4067F"/>
     <w:rsid w:val="00A44F08"/>
     <w:rsid w:val="00A51717"/>
     <w:rsid w:val="00A6076A"/>
     <w:rsid w:val="00A667F0"/>
     <w:rsid w:val="00A67549"/>
+    <w:rsid w:val="00A67D38"/>
     <w:rsid w:val="00A67EAC"/>
     <w:rsid w:val="00A753CF"/>
     <w:rsid w:val="00A7757D"/>
     <w:rsid w:val="00A7799A"/>
     <w:rsid w:val="00A80392"/>
     <w:rsid w:val="00A839D6"/>
     <w:rsid w:val="00A861A3"/>
     <w:rsid w:val="00A87E5E"/>
     <w:rsid w:val="00A904C4"/>
     <w:rsid w:val="00A93B3C"/>
     <w:rsid w:val="00A93BE6"/>
     <w:rsid w:val="00A941BF"/>
     <w:rsid w:val="00A974DD"/>
     <w:rsid w:val="00AA5D2D"/>
     <w:rsid w:val="00AA67A4"/>
     <w:rsid w:val="00AA7F14"/>
     <w:rsid w:val="00AB1D17"/>
     <w:rsid w:val="00AB3154"/>
     <w:rsid w:val="00AB3D8B"/>
     <w:rsid w:val="00AB48DB"/>
+    <w:rsid w:val="00AC02BB"/>
     <w:rsid w:val="00AC2668"/>
     <w:rsid w:val="00AC2D69"/>
     <w:rsid w:val="00AC325D"/>
     <w:rsid w:val="00AD2895"/>
     <w:rsid w:val="00AD6193"/>
     <w:rsid w:val="00AD76AA"/>
     <w:rsid w:val="00AD7F18"/>
     <w:rsid w:val="00AE2BB2"/>
     <w:rsid w:val="00AE3AB2"/>
     <w:rsid w:val="00AE5FCD"/>
     <w:rsid w:val="00AE76EC"/>
     <w:rsid w:val="00AF56B6"/>
     <w:rsid w:val="00AF7E16"/>
     <w:rsid w:val="00AF7E97"/>
     <w:rsid w:val="00B00DCB"/>
     <w:rsid w:val="00B03944"/>
     <w:rsid w:val="00B13757"/>
     <w:rsid w:val="00B231CD"/>
     <w:rsid w:val="00B24029"/>
     <w:rsid w:val="00B33B55"/>
     <w:rsid w:val="00B4205D"/>
     <w:rsid w:val="00B4244A"/>
     <w:rsid w:val="00B42712"/>
     <w:rsid w:val="00B454F6"/>
     <w:rsid w:val="00B50068"/>
     <w:rsid w:val="00B56BFC"/>
     <w:rsid w:val="00B570AF"/>
     <w:rsid w:val="00B57749"/>
     <w:rsid w:val="00B60844"/>
     <w:rsid w:val="00B62ACD"/>
     <w:rsid w:val="00B67716"/>
     <w:rsid w:val="00B70E6B"/>
     <w:rsid w:val="00B760E8"/>
     <w:rsid w:val="00B807CF"/>
     <w:rsid w:val="00B81F17"/>
     <w:rsid w:val="00B84B2D"/>
     <w:rsid w:val="00B8676E"/>
     <w:rsid w:val="00B951EA"/>
     <w:rsid w:val="00BA5CD8"/>
     <w:rsid w:val="00BA5FDD"/>
     <w:rsid w:val="00BB4D3B"/>
     <w:rsid w:val="00BB68A1"/>
+    <w:rsid w:val="00BC034B"/>
     <w:rsid w:val="00BD0C92"/>
     <w:rsid w:val="00BD661B"/>
     <w:rsid w:val="00BD6C96"/>
     <w:rsid w:val="00BE2508"/>
     <w:rsid w:val="00BE2EC9"/>
     <w:rsid w:val="00BE5312"/>
     <w:rsid w:val="00BE73F2"/>
     <w:rsid w:val="00BF1258"/>
     <w:rsid w:val="00BF1A2A"/>
     <w:rsid w:val="00BF35A4"/>
     <w:rsid w:val="00C03E51"/>
     <w:rsid w:val="00C06145"/>
     <w:rsid w:val="00C06E0A"/>
     <w:rsid w:val="00C102F8"/>
     <w:rsid w:val="00C13299"/>
     <w:rsid w:val="00C1452F"/>
     <w:rsid w:val="00C27815"/>
     <w:rsid w:val="00C300DE"/>
     <w:rsid w:val="00C32C8C"/>
     <w:rsid w:val="00C35B91"/>
     <w:rsid w:val="00C4024A"/>
     <w:rsid w:val="00C406A2"/>
     <w:rsid w:val="00C41855"/>
     <w:rsid w:val="00C422BE"/>
     <w:rsid w:val="00C42B3B"/>
     <w:rsid w:val="00C4731C"/>
     <w:rsid w:val="00C52396"/>
     <w:rsid w:val="00C54FE8"/>
     <w:rsid w:val="00C60D8F"/>
     <w:rsid w:val="00C626C0"/>
     <w:rsid w:val="00C62D78"/>
     <w:rsid w:val="00C6407C"/>
     <w:rsid w:val="00C6466B"/>
     <w:rsid w:val="00C66F70"/>
     <w:rsid w:val="00C708ED"/>
     <w:rsid w:val="00C75E88"/>
     <w:rsid w:val="00C7640B"/>
+    <w:rsid w:val="00C77558"/>
+    <w:rsid w:val="00C80F27"/>
     <w:rsid w:val="00C851FA"/>
     <w:rsid w:val="00C852E4"/>
     <w:rsid w:val="00C92933"/>
     <w:rsid w:val="00C940E8"/>
     <w:rsid w:val="00C969D3"/>
     <w:rsid w:val="00C96C6A"/>
     <w:rsid w:val="00C96F48"/>
     <w:rsid w:val="00CA181B"/>
     <w:rsid w:val="00CA5382"/>
     <w:rsid w:val="00CB008E"/>
     <w:rsid w:val="00CB0F2E"/>
     <w:rsid w:val="00CB1A9B"/>
     <w:rsid w:val="00CB1BFE"/>
     <w:rsid w:val="00CB78C1"/>
     <w:rsid w:val="00CC05C6"/>
     <w:rsid w:val="00CC0C6B"/>
     <w:rsid w:val="00CC27AF"/>
     <w:rsid w:val="00CC3F1C"/>
     <w:rsid w:val="00CD2490"/>
     <w:rsid w:val="00CD3FD2"/>
     <w:rsid w:val="00CD4C19"/>
     <w:rsid w:val="00CD70A3"/>
     <w:rsid w:val="00CD7B11"/>
     <w:rsid w:val="00CE0940"/>
     <w:rsid w:val="00CE3C40"/>
     <w:rsid w:val="00CF2E69"/>
     <w:rsid w:val="00D02F1D"/>
+    <w:rsid w:val="00D14402"/>
     <w:rsid w:val="00D152D6"/>
     <w:rsid w:val="00D17C7C"/>
     <w:rsid w:val="00D2537C"/>
     <w:rsid w:val="00D27198"/>
     <w:rsid w:val="00D30060"/>
     <w:rsid w:val="00D321A5"/>
     <w:rsid w:val="00D335DF"/>
     <w:rsid w:val="00D41166"/>
     <w:rsid w:val="00D45598"/>
     <w:rsid w:val="00D4747C"/>
     <w:rsid w:val="00D47A5D"/>
     <w:rsid w:val="00D50541"/>
     <w:rsid w:val="00D50B4B"/>
     <w:rsid w:val="00D51CA5"/>
     <w:rsid w:val="00D5778F"/>
     <w:rsid w:val="00D61335"/>
     <w:rsid w:val="00D61EF3"/>
     <w:rsid w:val="00D63E5A"/>
     <w:rsid w:val="00D650FE"/>
     <w:rsid w:val="00D66FA3"/>
     <w:rsid w:val="00D75113"/>
     <w:rsid w:val="00D7668E"/>
     <w:rsid w:val="00D80AA4"/>
     <w:rsid w:val="00D8281E"/>
     <w:rsid w:val="00D85787"/>
     <w:rsid w:val="00D86052"/>
     <w:rsid w:val="00D873C2"/>
     <w:rsid w:val="00DA56AC"/>
     <w:rsid w:val="00DA5963"/>
     <w:rsid w:val="00DA719E"/>
     <w:rsid w:val="00DB25E8"/>
     <w:rsid w:val="00DC0696"/>
     <w:rsid w:val="00DC23EA"/>
     <w:rsid w:val="00DD26E8"/>
+    <w:rsid w:val="00DD4922"/>
     <w:rsid w:val="00DE15EF"/>
     <w:rsid w:val="00DE1AB1"/>
     <w:rsid w:val="00DE3083"/>
     <w:rsid w:val="00DF0864"/>
     <w:rsid w:val="00DF5029"/>
     <w:rsid w:val="00DF6C38"/>
     <w:rsid w:val="00E02BC0"/>
     <w:rsid w:val="00E04212"/>
     <w:rsid w:val="00E051F5"/>
     <w:rsid w:val="00E06CFE"/>
     <w:rsid w:val="00E1056D"/>
     <w:rsid w:val="00E11562"/>
     <w:rsid w:val="00E1265C"/>
     <w:rsid w:val="00E14813"/>
     <w:rsid w:val="00E1530E"/>
     <w:rsid w:val="00E21353"/>
     <w:rsid w:val="00E22C45"/>
     <w:rsid w:val="00E36C1F"/>
     <w:rsid w:val="00E50977"/>
     <w:rsid w:val="00E50998"/>
     <w:rsid w:val="00E538F8"/>
     <w:rsid w:val="00E55BAF"/>
     <w:rsid w:val="00E605FB"/>
     <w:rsid w:val="00E61DA8"/>
     <w:rsid w:val="00E62D78"/>
     <w:rsid w:val="00E655F8"/>
     <w:rsid w:val="00E70576"/>
     <w:rsid w:val="00E72E12"/>
+    <w:rsid w:val="00E7410F"/>
     <w:rsid w:val="00E773FD"/>
     <w:rsid w:val="00E81040"/>
     <w:rsid w:val="00E834E0"/>
     <w:rsid w:val="00E92098"/>
     <w:rsid w:val="00E945C3"/>
     <w:rsid w:val="00E95333"/>
     <w:rsid w:val="00E95DE9"/>
+    <w:rsid w:val="00E95F12"/>
     <w:rsid w:val="00EA0A8E"/>
     <w:rsid w:val="00EA1FD0"/>
     <w:rsid w:val="00EB0E3F"/>
     <w:rsid w:val="00EB2923"/>
     <w:rsid w:val="00EB586A"/>
     <w:rsid w:val="00EB7CED"/>
     <w:rsid w:val="00EC10B8"/>
     <w:rsid w:val="00EC13CF"/>
     <w:rsid w:val="00EC557D"/>
     <w:rsid w:val="00ED19A1"/>
     <w:rsid w:val="00ED2C9B"/>
     <w:rsid w:val="00EF03D5"/>
     <w:rsid w:val="00EF0E59"/>
     <w:rsid w:val="00EF5675"/>
     <w:rsid w:val="00F00E2C"/>
     <w:rsid w:val="00F04850"/>
     <w:rsid w:val="00F06425"/>
     <w:rsid w:val="00F079C5"/>
     <w:rsid w:val="00F12500"/>
     <w:rsid w:val="00F133C9"/>
     <w:rsid w:val="00F23DB2"/>
     <w:rsid w:val="00F270DD"/>
     <w:rsid w:val="00F303F9"/>
     <w:rsid w:val="00F32D32"/>
     <w:rsid w:val="00F336D6"/>
@@ -6278,50 +6164,51 @@
     <w:rsid w:val="00F63711"/>
     <w:rsid w:val="00F640FC"/>
     <w:rsid w:val="00F64DE8"/>
     <w:rsid w:val="00F708CC"/>
     <w:rsid w:val="00F743CF"/>
     <w:rsid w:val="00F74A29"/>
     <w:rsid w:val="00F75FCC"/>
     <w:rsid w:val="00F82B9C"/>
     <w:rsid w:val="00F82E8C"/>
     <w:rsid w:val="00F94215"/>
     <w:rsid w:val="00F945EF"/>
     <w:rsid w:val="00FA12FB"/>
     <w:rsid w:val="00FA2E0B"/>
     <w:rsid w:val="00FA3788"/>
     <w:rsid w:val="00FA5795"/>
     <w:rsid w:val="00FA5E26"/>
     <w:rsid w:val="00FB67CD"/>
     <w:rsid w:val="00FC09FE"/>
     <w:rsid w:val="00FC12C3"/>
     <w:rsid w:val="00FC5461"/>
     <w:rsid w:val="00FC7F38"/>
     <w:rsid w:val="00FD0BCA"/>
     <w:rsid w:val="00FD29E6"/>
     <w:rsid w:val="00FD4CF7"/>
     <w:rsid w:val="00FD62B5"/>
+    <w:rsid w:val="00FE05B9"/>
     <w:rsid w:val="00FE5C72"/>
     <w:rsid w:val="00FE7139"/>
     <w:rsid w:val="00FF0556"/>
     <w:rsid w:val="00FF0670"/>
     <w:rsid w:val="00FF1C9B"/>
     <w:rsid w:val="00FF2725"/>
     <w:rsid w:val="00FF5D26"/>
     <w:rsid w:val="00FF5EF1"/>
     <w:rsid w:val="00FF64A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -6886,51 +6773,50 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00E02BC0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
@@ -11855,51 +11741,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146502401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zg.ch/de/sicherheit/polizei/veranstaltungen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/risch-rotkreuz/politik/rechtssammlung/4-5-planung-bau-sicherheit/420-8-verordnung-ueber-die-sportanlagen-den-dorfmatt-und-den-festplatz/download" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/risch-rotkreuz/verwaltung/tiefbau-umwelt-sicherheit-1/downloads/werkhof-oekihof/bestellformular-festmaterial.xlsx/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/risch-rotkreuz/verwaltung/tiefbau-umwelt-sicherheit-1/downloads/werkhof-oekihof/bestellformular-festmaterial.xlsx/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zg.ch/behoerden/gemeinden/risch-rotkreuz/politik/rechtssammlung/4-5-planung-bau-sicherheit/420-8-verordnung-ueber-die-sportanlagen-den-dorfmatt-und-den-festplatz/download" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zg.ch/de/sicherheit/polizei" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zg.ch/de/sicherheit/polizei/veranstaltungen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -12132,75 +12018,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>296</Words>
-  <Characters>1869</Characters>
+  <Words>290</Words>
+  <Characters>1832</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Leuchter Informatik AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2161</CharactersWithSpaces>
+  <CharactersWithSpaces>2118</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274621</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:eveline_schwarzenberger@hotmail.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>