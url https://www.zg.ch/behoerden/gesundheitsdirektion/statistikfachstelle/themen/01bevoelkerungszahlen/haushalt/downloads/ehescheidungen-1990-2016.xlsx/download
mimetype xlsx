--- v0 (2025-10-02)
+++ v1 (2026-01-07)
@@ -11,56 +11,56 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Ehescheidungen" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
     <t xml:space="preserve">Ehescheidungen nach Gemeinde</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 1969 bis 2021</t>
+    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 1969 bis 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
@@ -165,51 +165,62 @@
   </si>
   <si>
     <t xml:space="preserve">1996</t>
   </si>
   <si>
     <t xml:space="preserve">1997</t>
   </si>
   <si>
     <t xml:space="preserve">1998</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1999 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">2000</t>
+    <r>
+      <t xml:space="preserve">2000 </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+      </rPr>
+      <t xml:space="preserve">1)</t>
+    </r>
+    <r>
+      <t xml:space="preserve"/>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">2001</t>
   </si>
   <si>
     <t xml:space="preserve">2002</t>
   </si>
   <si>
     <t xml:space="preserve">2003</t>
   </si>
   <si>
     <t xml:space="preserve">2004</t>
   </si>
   <si>
     <t xml:space="preserve">2005</t>
   </si>
   <si>
     <t xml:space="preserve">2006</t>
   </si>
   <si>
     <t xml:space="preserve">2007</t>
   </si>
   <si>
     <t xml:space="preserve">2008</t>
   </si>
@@ -229,70 +240,79 @@
     <t xml:space="preserve">2013</t>
   </si>
   <si>
     <t xml:space="preserve">2014</t>
   </si>
   <si>
     <t xml:space="preserve">2015</t>
   </si>
   <si>
     <t xml:space="preserve">2016</t>
   </si>
   <si>
     <t xml:space="preserve">2017</t>
   </si>
   <si>
     <t xml:space="preserve">2018</t>
   </si>
   <si>
     <t xml:space="preserve">2019</t>
   </si>
   <si>
     <t xml:space="preserve">2020</t>
   </si>
   <si>
     <t xml:space="preserve">2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"> Die Entwicklung der Scheidungen nach 1998 (starke Zunahme 1999, starke Abnahme 2000) steht im Zusammenhang mit dem neuen Scheidungsrecht, das am 1. Januar 2000 in Kraft getreten ist.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der natürlichen Bevölkerungsbewegung BEVNAT</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der natürlichen Bevölkerungsbewegung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -357,51 +377,51 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">61</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">64</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -682,57 +702,57 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="12.585" hidden="0" customWidth="1"/>
-    <col min="7" max="7" width="10.735" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
-    <col min="9" max="9" width="11.1516666666667" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
-    <col min="11" max="11" width="11.9683333333333" hidden="0" customWidth="1"/>
-    <col min="12" max="12" width="11.56" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="10.36625" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
@@ -2467,51 +2487,51 @@
       </c>
       <c r="I41" s="8" t="n">
         <v>8</v>
       </c>
       <c r="J41" s="8" t="n">
         <v>24</v>
       </c>
       <c r="K41" s="8" t="n">
         <v>36</v>
       </c>
       <c r="L41" s="8" t="n">
         <v>24</v>
       </c>
       <c r="M41" s="8" t="n">
         <v>4</v>
       </c>
       <c r="N41" s="8" t="n">
         <v>61</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="8" t="n">
-        <v>20981</v>
+        <v>20980</v>
       </c>
       <c r="C42" s="8" t="n">
         <v>262</v>
       </c>
       <c r="D42" s="8" t="n">
         <v>37</v>
       </c>
       <c r="E42" s="8" t="n">
         <v>48</v>
       </c>
       <c r="F42" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G42" s="8" t="n">
         <v>10</v>
       </c>
       <c r="H42" s="8" t="n">
         <v>2</v>
       </c>
       <c r="I42" s="8" t="n">
         <v>16</v>
       </c>
       <c r="J42" s="8" t="n">
         <v>26</v>
       </c>
@@ -3167,126 +3187,255 @@
         <v>6</v>
       </c>
       <c r="H57" s="8" t="n">
         <v>3</v>
       </c>
       <c r="I57" s="8" t="n">
         <v>14</v>
       </c>
       <c r="J57" s="8" t="n">
         <v>12</v>
       </c>
       <c r="K57" s="8" t="n">
         <v>19</v>
       </c>
       <c r="L57" s="8" t="n">
         <v>17</v>
       </c>
       <c r="M57" s="8" t="n">
         <v>8</v>
       </c>
       <c r="N57" s="8" t="n">
         <v>50</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
-      <c r="A58" s="1"/>
-[...15 lines deleted...]
-      <c r="A59" s="5" t="s">
+      <c r="A58" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="B59" s="2"/>
-[...11 lines deleted...]
-      <c r="N59" s="2"/>
+      <c r="B58" s="8" t="n">
+        <v>16201</v>
+      </c>
+      <c r="C58" s="8" t="n">
+        <v>207</v>
+      </c>
+      <c r="D58" s="8" t="n">
+        <v>44</v>
+      </c>
+      <c r="E58" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="F58" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="I58" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="J58" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="K58" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="L58" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="M58" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="N58" s="8" t="n">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="A59" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B59" s="8" t="n">
+        <v>15562</v>
+      </c>
+      <c r="C59" s="8" t="n">
+        <v>205</v>
+      </c>
+      <c r="D59" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="E59" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="F59" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="I59" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="J59" s="8" t="n">
+        <v>14</v>
+      </c>
+      <c r="K59" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="L59" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="M59" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="N59" s="8" t="n">
+        <v>64</v>
+      </c>
     </row>
     <row r="60" ht="15" customHeight="1">
-      <c r="A60" s="5" t="s">
-[...14 lines deleted...]
-      <c r="N60" s="2"/>
+      <c r="A60" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B60" s="8" t="n">
+        <v>16123</v>
+      </c>
+      <c r="C60" s="8" t="n">
+        <v>187</v>
+      </c>
+      <c r="D60" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="E60" s="8" t="n">
+        <v>31</v>
+      </c>
+      <c r="F60" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="I60" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8" t="n">
+        <v>14</v>
+      </c>
+      <c r="K60" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="L60" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="M60" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="N60" s="8" t="n">
+        <v>43</v>
+      </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="1"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
     </row>
-    <row r="62" ht="81" customHeight="1"/>
+    <row r="62" ht="30" customHeight="1">
+      <c r="A62" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+      <c r="J62" s="2"/>
+      <c r="K62" s="2"/>
+      <c r="L62" s="2"/>
+      <c r="M62" s="2"/>
+      <c r="N62" s="2"/>
+    </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="5" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-    <row r="66" ht="15" customHeight="1"/>
+        <v>73</v>
+      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="J63" s="2"/>
+      <c r="K63" s="2"/>
+      <c r="L63" s="2"/>
+      <c r="M63" s="2"/>
+      <c r="N63" s="2"/>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="A64" s="1"/>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+      <c r="J64" s="2"/>
+      <c r="K64" s="2"/>
+      <c r="L64" s="2"/>
+      <c r="M64" s="2"/>
+      <c r="N64" s="2"/>
+    </row>
+    <row r="65" ht="81" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1">
+      <c r="A66" s="5" t="s">
+        <v>74</v>
+      </c>
+    </row>
     <row r="67" ht="15" customHeight="1"/>
     <row r="68" ht="15" customHeight="1"/>
     <row r="69" ht="15" customHeight="1"/>
     <row r="70" ht="15" customHeight="1"/>
     <row r="71" ht="15" customHeight="1"/>
     <row r="72" ht="15" customHeight="1"/>
     <row r="73" ht="15" customHeight="1"/>
     <row r="74" ht="15" customHeight="1"/>
     <row r="75" ht="15" customHeight="1"/>
     <row r="76" ht="15" customHeight="1"/>
     <row r="77" ht="15" customHeight="1"/>
     <row r="78" ht="15" customHeight="1"/>
     <row r="79" ht="15" customHeight="1"/>
     <row r="80" ht="15" customHeight="1"/>
     <row r="81" ht="15" customHeight="1"/>
     <row r="82" ht="15" customHeight="1"/>
     <row r="83" ht="15" customHeight="1"/>
     <row r="84" ht="15" customHeight="1"/>
     <row r="85" ht="15" customHeight="1"/>
     <row r="86" ht="15" customHeight="1"/>
     <row r="87" ht="15" customHeight="1"/>
     <row r="88" ht="15" customHeight="1"/>
     <row r="89" ht="15" customHeight="1"/>
     <row r="90" ht="15" customHeight="1"/>
     <row r="91" ht="15" customHeight="1"/>
@@ -3681,48 +3830,48 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
-    <mergeCell ref="A59:N59"/>
-    <mergeCell ref="A60:N60"/>
+    <mergeCell ref="A62:N62"/>
     <mergeCell ref="A63:N63"/>
+    <mergeCell ref="A66:N66"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>