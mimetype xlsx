--- v0 (2025-10-22)
+++ v1 (2025-12-24)
@@ -1,791 +1,769 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27726"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E10BB13B-F415-4AD1-AEA3-9478DF120CE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="29580" yWindow="3495" windowWidth="21600" windowHeight="11175" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Internationale Migration" sheetId="1" r:id="rId1"/>
-[...6 lines deleted...]
-    <sheet name="Wegzug Kanton - Nicht CH" sheetId="8" r:id="rId8"/>
+    <sheet name="Internationale Migration" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Interkantonale Migration" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="Zuzug Kanton - Total" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="Zuzug Kanton - CH" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="Zuzug Kanton - Nicht CH" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="Wegzug Kanton - Total" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="Wegzug Kanton - CH" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="Wegzug Kanton - Nicht CH" sheetId="8" state="visible" r:id="rId8"/>
   </sheets>
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <si>
-    <t>Ein- und Auswanderung nach Staatsangehörigkeit</t>
+    <t xml:space="preserve">Ein- und Auswanderung nach Staatsangehörigkeit</t>
   </si>
   <si>
-    <t>Kanton Zug, 2011 bis 2023</t>
+    <t xml:space="preserve">Kanton Zug, 2011 bis 2024</t>
   </si>
   <si>
-    <t>Jahr</t>
+    <t xml:space="preserve">Jahr</t>
   </si>
   <si>
-    <t>Einwanderung</t>
+    <t xml:space="preserve">Einwanderung</t>
   </si>
   <si>
-    <t/>
+    <t xml:space="preserve"/>
   </si>
   <si>
-    <t>Auswanderung</t>
+    <t xml:space="preserve">Auswanderung</t>
   </si>
   <si>
-    <t>Internationaler Wanderungssaldo</t>
+    <t xml:space="preserve">Internationaler Wanderungssaldo</t>
   </si>
   <si>
-    <t>Schweizer/-in</t>
+    <t xml:space="preserve">Schweizer/-in</t>
   </si>
   <si>
-    <t>Ausländer/-in</t>
+    <t xml:space="preserve">Ausländer/-in</t>
   </si>
   <si>
-    <t>2011</t>
+    <t xml:space="preserve">2011</t>
   </si>
   <si>
-    <t>2012</t>
+    <t xml:space="preserve">2012</t>
   </si>
   <si>
-    <t>2013</t>
+    <t xml:space="preserve">2013</t>
   </si>
   <si>
-    <t>2014</t>
+    <t xml:space="preserve">2014</t>
   </si>
   <si>
-    <t>2015</t>
+    <t xml:space="preserve">2015</t>
   </si>
   <si>
-    <t>2016</t>
+    <t xml:space="preserve">2016</t>
   </si>
   <si>
-    <t>2017</t>
+    <t xml:space="preserve">2017</t>
   </si>
   <si>
-    <t>2018</t>
+    <t xml:space="preserve">2018</t>
   </si>
   <si>
-    <t>2019</t>
+    <t xml:space="preserve">2019</t>
   </si>
   <si>
-    <t>2020</t>
+    <t xml:space="preserve">2020</t>
   </si>
   <si>
-    <t>2021</t>
+    <t xml:space="preserve">2021</t>
   </si>
   <si>
-    <t>2022</t>
+    <t xml:space="preserve">2022</t>
   </si>
   <si>
-    <t>2023</t>
+    <t xml:space="preserve">2023</t>
   </si>
   <si>
-    <t>Ein positives Wanderungssaldo bedeutet mehr Ein- als Auswanderung, ein negatives Wanderungssaldo mehr Aus- als Einwanderung.</t>
+    <t xml:space="preserve">2024</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, STATPOP</t>
+    <t xml:space="preserve">Ein positives Wanderungssaldo bedeutet mehr Ein- als Auswanderung, ein negatives Wanderungssaldo mehr Aus- als Einwanderung.</t>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der Bevölkerung und Haushalte Bewegungsdaten, Aktualisiert am 10.12.2025 07:58</t>
   </si>
   <si>
-    <t>Interkantonale Zu- und Wegzüge nach Staatsangehörigkeit</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
   <si>
-    <t>Zuzug</t>
+    <t xml:space="preserve">Interkantonale Zu- und Wegzüge nach Staatsangehörigkeit</t>
   </si>
   <si>
-    <t>Wegzug</t>
+    <t xml:space="preserve">Zuzug</t>
   </si>
   <si>
-    <t>Interkantonaler Wanderungssaldo</t>
+    <t xml:space="preserve">Wegzug</t>
   </si>
   <si>
-    <t>Ein positives Wanderungssaldo bedeutet mehr Zuzüge aus anderen Kantonen in den Kanton Zug als Wegzüge in andere Kantone.
+    <t xml:space="preserve">Interkantonaler Wanderungssaldo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ein positives Wanderungssaldo bedeutet mehr Zuzüge aus anderen Kantonen in den Kanton Zug als Wegzüge in andere Kantone.
 Ein negatives Wanderungssaldo bedeutet mehr Wegzüge aus dem Kanton Zug in andere Kantone als Zuzüge aus anderen Kantonen.</t>
   </si>
   <si>
-    <t>Zuzug in den Kanton Zug nach Wegzugskanton</t>
+    <t xml:space="preserve">Zuzug in den Kanton Zug nach Wegzugskanton</t>
   </si>
   <si>
-    <t>Wegzugskanton</t>
+    <t xml:space="preserve">Wegzugskanton</t>
   </si>
   <si>
-    <t>Total</t>
+    <t xml:space="preserve">Total</t>
   </si>
   <si>
-    <t>Zürich</t>
+    <t xml:space="preserve">Zürich</t>
   </si>
   <si>
-    <t>Luzern</t>
+    <t xml:space="preserve">Luzern</t>
   </si>
   <si>
-    <t>Aargau</t>
+    <t xml:space="preserve">Aargau</t>
   </si>
   <si>
-    <t>Schwyz</t>
+    <t xml:space="preserve">Schwyz</t>
   </si>
   <si>
-    <t>Bern</t>
+    <t xml:space="preserve">Bern</t>
   </si>
   <si>
-    <t>Waadt</t>
+    <t xml:space="preserve">Waadt</t>
   </si>
   <si>
-    <t>St. Gallen</t>
+    <t xml:space="preserve">St. Gallen</t>
   </si>
   <si>
-    <t>Genf</t>
+    <t xml:space="preserve">Genf</t>
   </si>
   <si>
-    <t>Tessin</t>
+    <t xml:space="preserve">Basel-Stadt</t>
   </si>
   <si>
-    <t>Basel-Stadt</t>
+    <t xml:space="preserve">Tessin</t>
   </si>
   <si>
-    <t>Graubünden</t>
+    <t xml:space="preserve">Graubünden</t>
   </si>
   <si>
-    <t>Basel-Landschaft</t>
+    <t xml:space="preserve">Basel-Landschaft</t>
   </si>
   <si>
-    <t>Solothurn</t>
+    <t xml:space="preserve">Solothurn</t>
   </si>
   <si>
-    <t>Nidwalden</t>
+    <t xml:space="preserve">Nidwalden</t>
   </si>
   <si>
-    <t>Thurgau</t>
+    <t xml:space="preserve">Thurgau</t>
   </si>
   <si>
-    <t>Uri</t>
+    <t xml:space="preserve">Wallis</t>
   </si>
   <si>
-    <t>Wallis</t>
+    <t xml:space="preserve">Uri</t>
   </si>
   <si>
-    <t>Obwalden</t>
+    <t xml:space="preserve">Obwalden</t>
   </si>
   <si>
-    <t>Freiburg</t>
+    <t xml:space="preserve">Freiburg</t>
   </si>
   <si>
-    <t>Schaffhausen</t>
+    <t xml:space="preserve">Schaffhausen</t>
   </si>
   <si>
-    <t>Neuenburg</t>
+    <t xml:space="preserve">Neuenburg</t>
   </si>
   <si>
-    <t>Glarus</t>
+    <t xml:space="preserve">Glarus</t>
   </si>
   <si>
-    <t>Appenzell Ausserrhoden</t>
+    <t xml:space="preserve">Appenzell Ausserrhoden</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t xml:space="preserve">Jura</t>
   </si>
   <si>
-    <t>Appenzell Innerrhoden</t>
+    <t xml:space="preserve">Appenzell Innerrhoden</t>
   </si>
   <si>
-    <t>Zuzug von Schweizer/-innen in den Kanton Zug nach Wegzugskanton</t>
+    <t xml:space="preserve">Zuzug von Schweizer/-innen in den Kanton Zug nach Wegzugskanton</t>
   </si>
   <si>
-    <t>Zuzug von Ausländer/-innen in den Kanton Zug nach Wegzugskanton</t>
+    <t xml:space="preserve">Zuzug von Ausländer/-innen in den Kanton Zug nach Wegzugskanton</t>
   </si>
   <si>
-    <t>Wegzug aus dem Kanton Zug nach Zuzugskanton</t>
+    <t xml:space="preserve">Wegzug aus dem Kanton Zug nach Zuzugskanton</t>
   </si>
   <si>
-    <t>Zuzugskanton</t>
+    <t xml:space="preserve">Zuzugskanton</t>
   </si>
   <si>
-    <t>Wegzüge von Schweizer/-innen aus dem Kanton Zug nach Zuzugskanton</t>
+    <t xml:space="preserve">Wegzüge von Schweizer/-innen aus dem Kanton Zug nach Zuzugskanton</t>
   </si>
   <si>
-    <t>Wegzüge von Ausländer/-innen aus dem Kanton Zug nach Zuzugskanton</t>
+    <t xml:space="preserve">Wegzüge von Ausländer/-innen aus dem Kanton Zug nach Zuzugskanton</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <numFmts count="8">
+    <numFmt numFmtId="166" formatCode="#,##0"/>
+    <numFmt numFmtId="167" formatCode="#,##0"/>
+    <numFmt numFmtId="168" formatCode="#,##0"/>
+    <numFmt numFmtId="169" formatCode="#,##0"/>
+    <numFmt numFmtId="170" formatCode="#,##0"/>
+    <numFmt numFmtId="171" formatCode="#,##0"/>
+    <numFmt numFmtId="172" formatCode="#,##0"/>
+    <numFmt numFmtId="173" formatCode="#,##0"/>
+  </numFmts>
+  <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <b/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="172" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="173" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-[...7 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">23</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">23</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1027,13252 +1005,14202 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:H1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="10" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.5745833333333" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.5745833333333" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="13.55375" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="11" t="s">
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="12"/>
-[...7 lines deleted...]
-    <row r="2" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...9 lines deleted...]
-      <c r="A4" s="16" t="s">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B4" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="18" t="s">
+      <c r="C4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="17" t="s">
+      <c r="D4" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="18" t="s">
+      <c r="E4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="16" t="s">
+      <c r="F4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="16" t="s">
+    <row r="5" ht="30" customHeight="1">
+      <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="E5" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="16" t="s">
+      <c r="F5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" ht="15" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="6">
+      <c r="B6" s="6" t="n">
         <v>329</v>
       </c>
-      <c r="C6" s="8">
+      <c r="C6" s="9" t="n">
         <v>2988</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6" s="6" t="n">
         <v>315</v>
       </c>
-      <c r="E6" s="8">
+      <c r="E6" s="9" t="n">
         <v>1304</v>
       </c>
-      <c r="F6" s="4">
+      <c r="F6" s="4" t="n">
         <v>1698</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" ht="15" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="6">
+      <c r="B7" s="6" t="n">
         <v>337</v>
       </c>
-      <c r="C7" s="8">
+      <c r="C7" s="9" t="n">
         <v>2611</v>
       </c>
-      <c r="D7" s="6">
+      <c r="D7" s="6" t="n">
         <v>355</v>
       </c>
-      <c r="E7" s="8">
+      <c r="E7" s="9" t="n">
         <v>1401</v>
       </c>
-      <c r="F7" s="4">
+      <c r="F7" s="4" t="n">
         <v>1192</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" ht="15" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="6">
+      <c r="B8" s="6" t="n">
         <v>349</v>
       </c>
-      <c r="C8" s="8">
+      <c r="C8" s="9" t="n">
         <v>2874</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8" s="6" t="n">
         <v>352</v>
       </c>
-      <c r="E8" s="8">
+      <c r="E8" s="9" t="n">
         <v>1650</v>
       </c>
-      <c r="F8" s="4">
+      <c r="F8" s="4" t="n">
         <v>1221</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" ht="15" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="6">
+      <c r="B9" s="6" t="n">
         <v>354</v>
       </c>
-      <c r="C9" s="8">
+      <c r="C9" s="9" t="n">
         <v>2812</v>
       </c>
-      <c r="D9" s="6">
+      <c r="D9" s="6" t="n">
         <v>404</v>
       </c>
-      <c r="E9" s="8">
+      <c r="E9" s="9" t="n">
         <v>1819</v>
       </c>
-      <c r="F9" s="4">
+      <c r="F9" s="4" t="n">
         <v>943</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" ht="15" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="6">
+      <c r="B10" s="6" t="n">
         <v>308</v>
       </c>
-      <c r="C10" s="8">
+      <c r="C10" s="9" t="n">
         <v>2834</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10" s="6" t="n">
         <v>396</v>
       </c>
-      <c r="E10" s="8">
+      <c r="E10" s="9" t="n">
         <v>1766</v>
       </c>
-      <c r="F10" s="4">
+      <c r="F10" s="4" t="n">
         <v>980</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" ht="15" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="6">
+      <c r="B11" s="6" t="n">
         <v>345</v>
       </c>
-      <c r="C11" s="8">
+      <c r="C11" s="9" t="n">
         <v>2841</v>
       </c>
-      <c r="D11" s="6">
+      <c r="D11" s="6" t="n">
         <v>449</v>
       </c>
-      <c r="E11" s="8">
+      <c r="E11" s="9" t="n">
         <v>1721</v>
       </c>
-      <c r="F11" s="4">
+      <c r="F11" s="4" t="n">
         <v>1016</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" ht="15" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="6">
+      <c r="B12" s="6" t="n">
         <v>326</v>
       </c>
-      <c r="C12" s="8">
+      <c r="C12" s="9" t="n">
         <v>2641</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12" s="6" t="n">
         <v>431</v>
       </c>
-      <c r="E12" s="8">
+      <c r="E12" s="9" t="n">
         <v>1692</v>
       </c>
-      <c r="F12" s="4">
+      <c r="F12" s="4" t="n">
         <v>844</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" ht="15" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="6">
+      <c r="B13" s="6" t="n">
         <v>371</v>
       </c>
-      <c r="C13" s="8">
+      <c r="C13" s="9" t="n">
         <v>2596</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13" s="6" t="n">
         <v>435</v>
       </c>
-      <c r="E13" s="8">
+      <c r="E13" s="9" t="n">
         <v>1730</v>
       </c>
-      <c r="F13" s="4">
+      <c r="F13" s="4" t="n">
         <v>802</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" ht="15" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="6">
+      <c r="B14" s="6" t="n">
         <v>322</v>
       </c>
-      <c r="C14" s="8">
+      <c r="C14" s="9" t="n">
         <v>2610</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="6" t="n">
         <v>401</v>
       </c>
-      <c r="E14" s="8">
+      <c r="E14" s="9" t="n">
         <v>1851</v>
       </c>
-      <c r="F14" s="4">
+      <c r="F14" s="4" t="n">
         <v>680</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" ht="15" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="6">
+      <c r="B15" s="6" t="n">
         <v>348</v>
       </c>
-      <c r="C15" s="8">
+      <c r="C15" s="9" t="n">
         <v>2402</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="6" t="n">
         <v>359</v>
       </c>
-      <c r="E15" s="8">
+      <c r="E15" s="9" t="n">
         <v>1478</v>
       </c>
-      <c r="F15" s="4">
+      <c r="F15" s="4" t="n">
         <v>913</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" ht="15" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B16" s="6">
+      <c r="B16" s="6" t="n">
         <v>288</v>
       </c>
-      <c r="C16" s="8">
+      <c r="C16" s="9" t="n">
         <v>2715</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="6" t="n">
         <v>411</v>
       </c>
-      <c r="E16" s="8">
+      <c r="E16" s="9" t="n">
         <v>1691</v>
       </c>
-      <c r="F16" s="4">
+      <c r="F16" s="4" t="n">
         <v>901</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" ht="15" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="6">
+      <c r="B17" s="6" t="n">
         <v>268</v>
       </c>
-      <c r="C17" s="8">
+      <c r="C17" s="9" t="n">
         <v>2851</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17" s="6" t="n">
         <v>408</v>
       </c>
-      <c r="E17" s="8">
+      <c r="E17" s="9" t="n">
         <v>1435</v>
       </c>
-      <c r="F17" s="4">
+      <c r="F17" s="4" t="n">
         <v>1276</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" ht="15" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B18" s="6">
+      <c r="B18" s="6" t="n">
         <v>312</v>
       </c>
-      <c r="C18" s="8">
+      <c r="C18" s="9" t="n">
         <v>3321</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18" s="6" t="n">
         <v>431</v>
       </c>
-      <c r="E18" s="8">
+      <c r="E18" s="9" t="n">
         <v>1553</v>
       </c>
-      <c r="F18" s="4">
+      <c r="F18" s="4" t="n">
         <v>1649</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="A20" s="14" t="s">
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="3" t="s">
         <v>22</v>
       </c>
+      <c r="B19" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="C19" s="9" t="n">
+        <v>2649</v>
+      </c>
+      <c r="D19" s="6" t="n">
+        <v>399</v>
+      </c>
+      <c r="E19" s="9" t="n">
+        <v>1677</v>
+      </c>
+      <c r="F19" s="4" t="n">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="1"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
+    </row>
+    <row r="21" ht="30" customHeight="1">
+      <c r="A21" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+    </row>
+    <row r="22" ht="30" customHeight="1">
+      <c r="A22" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="1"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+    </row>
+    <row r="24" ht="81" customHeight="1">
+      <c r="A24" s="1"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="14" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="A22:H22"/>
+    <mergeCell ref="A25:H25"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.5745833333333" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.5745833333333" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="14.0641666666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="13" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" ht="30" customHeight="1">
+      <c r="A5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="17" t="n">
+        <v>2162</v>
+      </c>
+      <c r="C6" s="18" t="n">
+        <v>1152</v>
+      </c>
+      <c r="D6" s="17" t="n">
+        <v>2486</v>
+      </c>
+      <c r="E6" s="18" t="n">
+        <v>1065</v>
+      </c>
+      <c r="F6" s="16" t="n">
+        <v>-237</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="17" t="n">
+        <v>2216</v>
+      </c>
+      <c r="C7" s="18" t="n">
+        <v>1212</v>
+      </c>
+      <c r="D7" s="17" t="n">
+        <v>2397</v>
+      </c>
+      <c r="E7" s="18" t="n">
+        <v>1080</v>
+      </c>
+      <c r="F7" s="16" t="n">
+        <v>-49</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="17" t="n">
+        <v>2001</v>
+      </c>
+      <c r="C8" s="18" t="n">
+        <v>1309</v>
+      </c>
+      <c r="D8" s="17" t="n">
+        <v>2201</v>
+      </c>
+      <c r="E8" s="18" t="n">
+        <v>1162</v>
+      </c>
+      <c r="F8" s="16" t="n">
+        <v>-53</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="17" t="n">
+        <v>2239</v>
+      </c>
+      <c r="C9" s="18" t="n">
+        <v>1427</v>
+      </c>
+      <c r="D9" s="17" t="n">
+        <v>2108</v>
+      </c>
+      <c r="E9" s="18" t="n">
+        <v>1091</v>
+      </c>
+      <c r="F9" s="16" t="n">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="17" t="n">
+        <v>2300</v>
+      </c>
+      <c r="C10" s="18" t="n">
+        <v>1591</v>
+      </c>
+      <c r="D10" s="17" t="n">
+        <v>2272</v>
+      </c>
+      <c r="E10" s="18" t="n">
+        <v>1185</v>
+      </c>
+      <c r="F10" s="16" t="n">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="17" t="n">
+        <v>2323</v>
+      </c>
+      <c r="C11" s="18" t="n">
+        <v>1447</v>
+      </c>
+      <c r="D11" s="17" t="n">
+        <v>2401</v>
+      </c>
+      <c r="E11" s="18" t="n">
+        <v>1271</v>
+      </c>
+      <c r="F11" s="16" t="n">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="17" t="n">
+        <v>2264</v>
+      </c>
+      <c r="C12" s="18" t="n">
+        <v>1358</v>
+      </c>
+      <c r="D12" s="17" t="n">
+        <v>2322</v>
+      </c>
+      <c r="E12" s="18" t="n">
+        <v>1209</v>
+      </c>
+      <c r="F12" s="16" t="n">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="17" t="n">
+        <v>2184</v>
+      </c>
+      <c r="C13" s="18" t="n">
+        <v>1503</v>
+      </c>
+      <c r="D13" s="17" t="n">
+        <v>2393</v>
+      </c>
+      <c r="E13" s="18" t="n">
+        <v>1246</v>
+      </c>
+      <c r="F13" s="16" t="n">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="17" t="n">
+        <v>2102</v>
+      </c>
+      <c r="C14" s="18" t="n">
+        <v>1344</v>
+      </c>
+      <c r="D14" s="17" t="n">
+        <v>2422</v>
+      </c>
+      <c r="E14" s="18" t="n">
+        <v>1451</v>
+      </c>
+      <c r="F14" s="16" t="n">
+        <v>-427</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="17" t="n">
+        <v>2193</v>
+      </c>
+      <c r="C15" s="18" t="n">
+        <v>1491</v>
+      </c>
+      <c r="D15" s="17" t="n">
+        <v>2530</v>
+      </c>
+      <c r="E15" s="18" t="n">
+        <v>1319</v>
+      </c>
+      <c r="F15" s="16" t="n">
+        <v>-165</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="17" t="n">
+        <v>1996</v>
+      </c>
+      <c r="C16" s="18" t="n">
+        <v>1568</v>
+      </c>
+      <c r="D16" s="17" t="n">
+        <v>2534</v>
+      </c>
+      <c r="E16" s="18" t="n">
+        <v>1406</v>
+      </c>
+      <c r="F16" s="16" t="n">
+        <v>-376</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="17" t="n">
+        <v>2059</v>
+      </c>
+      <c r="C17" s="18" t="n">
+        <v>1501</v>
+      </c>
+      <c r="D17" s="17" t="n">
+        <v>2450</v>
+      </c>
+      <c r="E17" s="18" t="n">
+        <v>1400</v>
+      </c>
+      <c r="F17" s="16" t="n">
+        <v>-290</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="17" t="n">
+        <v>1867</v>
+      </c>
+      <c r="C18" s="18" t="n">
+        <v>1425</v>
+      </c>
+      <c r="D18" s="17" t="n">
+        <v>2294</v>
+      </c>
+      <c r="E18" s="18" t="n">
+        <v>1503</v>
+      </c>
+      <c r="F18" s="16" t="n">
+        <v>-505</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="17" t="n">
+        <v>2256</v>
+      </c>
+      <c r="C19" s="18" t="n">
+        <v>1638</v>
+      </c>
+      <c r="D19" s="17" t="n">
+        <v>2307</v>
+      </c>
+      <c r="E19" s="18" t="n">
+        <v>1553</v>
+      </c>
+      <c r="F19" s="16" t="n">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="1"/>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
-      <c r="G20" s="12"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" ht="60" customHeight="1">
       <c r="A21" s="14" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B21" s="15"/>
       <c r="C21" s="15"/>
       <c r="D21" s="15"/>
       <c r="E21" s="15"/>
       <c r="F21" s="15"/>
-      <c r="G21" s="12"/>
-[...10 lines deleted...]
-    <row r="23" spans="1:8" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" ht="30" customHeight="1">
+      <c r="A22" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="15"/>
+      <c r="C22" s="15"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="15"/>
+      <c r="F22" s="15"/>
+    </row>
+    <row r="23" ht="15" customHeight="1">
       <c r="A23" s="1"/>
-      <c r="B23" s="9"/>
-[...492 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B23" s="15"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="15"/>
+      <c r="F23" s="15"/>
+    </row>
+    <row r="24" ht="81" customHeight="1">
+      <c r="A24" s="1"/>
+      <c r="B24" s="15"/>
+      <c r="C24" s="15"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="15"/>
+      <c r="F24" s="15"/>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="14" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="A21:H21"/>
-    <mergeCell ref="A24:H24"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
-    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="A21:H21"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:F5"/>
+    <mergeCell ref="A22:H22"/>
+    <mergeCell ref="A25:H25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
-[...898 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:O1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="20" t="n">
+        <v>1052</v>
+      </c>
+      <c r="C5" s="20" t="n">
+        <v>1194</v>
+      </c>
+      <c r="D5" s="20" t="n">
+        <v>1054</v>
+      </c>
+      <c r="E5" s="20" t="n">
+        <v>1157</v>
+      </c>
+      <c r="F5" s="20" t="n">
+        <v>1256</v>
+      </c>
+      <c r="G5" s="20" t="n">
+        <v>1246</v>
+      </c>
+      <c r="H5" s="20" t="n">
+        <v>1216</v>
+      </c>
+      <c r="I5" s="20" t="n">
+        <v>1220</v>
+      </c>
+      <c r="J5" s="20" t="n">
+        <v>1210</v>
+      </c>
+      <c r="K5" s="20" t="n">
+        <v>1361</v>
+      </c>
+      <c r="L5" s="20" t="n">
+        <v>1342</v>
+      </c>
+      <c r="M5" s="20" t="n">
+        <v>1359</v>
+      </c>
+      <c r="N5" s="20" t="n">
+        <v>1272</v>
+      </c>
+      <c r="O5" s="20" t="n">
+        <v>1533</v>
+      </c>
+      <c r="P5" s="20" t="n">
+        <v>17472</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="20" t="n">
+        <v>610</v>
+      </c>
+      <c r="C6" s="20" t="n">
+        <v>612</v>
+      </c>
+      <c r="D6" s="20" t="n">
+        <v>571</v>
+      </c>
+      <c r="E6" s="20" t="n">
+        <v>657</v>
+      </c>
+      <c r="F6" s="20" t="n">
+        <v>733</v>
+      </c>
+      <c r="G6" s="20" t="n">
+        <v>679</v>
+      </c>
+      <c r="H6" s="20" t="n">
+        <v>678</v>
+      </c>
+      <c r="I6" s="20" t="n">
+        <v>669</v>
+      </c>
+      <c r="J6" s="20" t="n">
+        <v>665</v>
+      </c>
+      <c r="K6" s="20" t="n">
+        <v>613</v>
+      </c>
+      <c r="L6" s="20" t="n">
+        <v>565</v>
+      </c>
+      <c r="M6" s="20" t="n">
+        <v>570</v>
+      </c>
+      <c r="N6" s="20" t="n">
+        <v>556</v>
+      </c>
+      <c r="O6" s="20" t="n">
+        <v>649</v>
+      </c>
+      <c r="P6" s="20" t="n">
+        <v>8827</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="20" t="n">
+        <v>401</v>
+      </c>
+      <c r="C7" s="20" t="n">
+        <v>407</v>
+      </c>
+      <c r="D7" s="20" t="n">
+        <v>435</v>
+      </c>
+      <c r="E7" s="20" t="n">
+        <v>437</v>
+      </c>
+      <c r="F7" s="20" t="n">
+        <v>421</v>
+      </c>
+      <c r="G7" s="20" t="n">
+        <v>415</v>
+      </c>
+      <c r="H7" s="20" t="n">
+        <v>359</v>
+      </c>
+      <c r="I7" s="20" t="n">
+        <v>462</v>
+      </c>
+      <c r="J7" s="20" t="n">
+        <v>385</v>
+      </c>
+      <c r="K7" s="20" t="n">
+        <v>376</v>
+      </c>
+      <c r="L7" s="20" t="n">
+        <v>351</v>
+      </c>
+      <c r="M7" s="20" t="n">
+        <v>347</v>
+      </c>
+      <c r="N7" s="20" t="n">
+        <v>343</v>
+      </c>
+      <c r="O7" s="20" t="n">
+        <v>396</v>
+      </c>
+      <c r="P7" s="20" t="n">
+        <v>5535</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="20" t="n">
+        <v>380</v>
+      </c>
+      <c r="C8" s="20" t="n">
+        <v>377</v>
+      </c>
+      <c r="D8" s="20" t="n">
+        <v>381</v>
+      </c>
+      <c r="E8" s="20" t="n">
+        <v>346</v>
+      </c>
+      <c r="F8" s="20" t="n">
+        <v>396</v>
+      </c>
+      <c r="G8" s="20" t="n">
+        <v>381</v>
+      </c>
+      <c r="H8" s="20" t="n">
+        <v>365</v>
+      </c>
+      <c r="I8" s="20" t="n">
+        <v>330</v>
+      </c>
+      <c r="J8" s="20" t="n">
+        <v>306</v>
+      </c>
+      <c r="K8" s="20" t="n">
+        <v>293</v>
+      </c>
+      <c r="L8" s="20" t="n">
+        <v>294</v>
+      </c>
+      <c r="M8" s="20" t="n">
+        <v>291</v>
+      </c>
+      <c r="N8" s="20" t="n">
+        <v>249</v>
+      </c>
+      <c r="O8" s="20" t="n">
+        <v>341</v>
+      </c>
+      <c r="P8" s="20" t="n">
+        <v>4730</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="20" t="n">
+        <v>137</v>
+      </c>
+      <c r="C9" s="20" t="n">
+        <v>157</v>
+      </c>
+      <c r="D9" s="20" t="n">
+        <v>174</v>
+      </c>
+      <c r="E9" s="20" t="n">
+        <v>133</v>
+      </c>
+      <c r="F9" s="20" t="n">
+        <v>165</v>
+      </c>
+      <c r="G9" s="20" t="n">
+        <v>177</v>
+      </c>
+      <c r="H9" s="20" t="n">
+        <v>156</v>
+      </c>
+      <c r="I9" s="20" t="n">
+        <v>172</v>
+      </c>
+      <c r="J9" s="20" t="n">
+        <v>150</v>
+      </c>
+      <c r="K9" s="20" t="n">
+        <v>134</v>
+      </c>
+      <c r="L9" s="20" t="n">
+        <v>183</v>
+      </c>
+      <c r="M9" s="20" t="n">
+        <v>149</v>
+      </c>
+      <c r="N9" s="20" t="n">
+        <v>160</v>
+      </c>
+      <c r="O9" s="20" t="n">
+        <v>170</v>
+      </c>
+      <c r="P9" s="20" t="n">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="20" t="n">
+        <v>65</v>
+      </c>
+      <c r="C10" s="20" t="n">
+        <v>53</v>
+      </c>
+      <c r="D10" s="20" t="n">
+        <v>67</v>
+      </c>
+      <c r="E10" s="20" t="n">
+        <v>243</v>
+      </c>
+      <c r="F10" s="20" t="n">
+        <v>152</v>
+      </c>
+      <c r="G10" s="20" t="n">
+        <v>112</v>
+      </c>
+      <c r="H10" s="20" t="n">
+        <v>87</v>
+      </c>
+      <c r="I10" s="20" t="n">
+        <v>97</v>
+      </c>
+      <c r="J10" s="20" t="n">
+        <v>57</v>
+      </c>
+      <c r="K10" s="20" t="n">
+        <v>134</v>
+      </c>
+      <c r="L10" s="20" t="n">
+        <v>126</v>
+      </c>
+      <c r="M10" s="20" t="n">
+        <v>124</v>
+      </c>
+      <c r="N10" s="20" t="n">
+        <v>89</v>
+      </c>
+      <c r="O10" s="20" t="n">
+        <v>115</v>
+      </c>
+      <c r="P10" s="20" t="n">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="20" t="n">
+        <v>106</v>
+      </c>
+      <c r="C11" s="20" t="n">
+        <v>99</v>
+      </c>
+      <c r="D11" s="20" t="n">
+        <v>84</v>
+      </c>
+      <c r="E11" s="20" t="n">
+        <v>86</v>
+      </c>
+      <c r="F11" s="20" t="n">
+        <v>117</v>
+      </c>
+      <c r="G11" s="20" t="n">
+        <v>130</v>
+      </c>
+      <c r="H11" s="20" t="n">
+        <v>102</v>
+      </c>
+      <c r="I11" s="20" t="n">
+        <v>95</v>
+      </c>
+      <c r="J11" s="20" t="n">
+        <v>127</v>
+      </c>
+      <c r="K11" s="20" t="n">
+        <v>125</v>
+      </c>
+      <c r="L11" s="20" t="n">
+        <v>109</v>
+      </c>
+      <c r="M11" s="20" t="n">
+        <v>93</v>
+      </c>
+      <c r="N11" s="20" t="n">
+        <v>90</v>
+      </c>
+      <c r="O11" s="20" t="n">
+        <v>105</v>
+      </c>
+      <c r="P11" s="20" t="n">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="20" t="n">
+        <v>38</v>
+      </c>
+      <c r="C12" s="20" t="n">
+        <v>51</v>
+      </c>
+      <c r="D12" s="20" t="n">
+        <v>41</v>
+      </c>
+      <c r="E12" s="20" t="n">
+        <v>71</v>
+      </c>
+      <c r="F12" s="20" t="n">
+        <v>66</v>
+      </c>
+      <c r="G12" s="20" t="n">
+        <v>79</v>
+      </c>
+      <c r="H12" s="20" t="n">
+        <v>76</v>
+      </c>
+      <c r="I12" s="20" t="n">
+        <v>91</v>
+      </c>
+      <c r="J12" s="20" t="n">
+        <v>49</v>
+      </c>
+      <c r="K12" s="20" t="n">
+        <v>96</v>
+      </c>
+      <c r="L12" s="20" t="n">
+        <v>83</v>
+      </c>
+      <c r="M12" s="20" t="n">
+        <v>106</v>
+      </c>
+      <c r="N12" s="20" t="n">
+        <v>71</v>
+      </c>
+      <c r="O12" s="20" t="n">
+        <v>60</v>
+      </c>
+      <c r="P12" s="20" t="n">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="20" t="n">
+        <v>53</v>
+      </c>
+      <c r="C13" s="20" t="n">
+        <v>57</v>
+      </c>
+      <c r="D13" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="E13" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="F13" s="20" t="n">
+        <v>61</v>
+      </c>
+      <c r="G13" s="20" t="n">
+        <v>73</v>
+      </c>
+      <c r="H13" s="20" t="n">
+        <v>84</v>
+      </c>
+      <c r="I13" s="20" t="n">
+        <v>58</v>
+      </c>
+      <c r="J13" s="20" t="n">
+        <v>49</v>
+      </c>
+      <c r="K13" s="20" t="n">
+        <v>82</v>
+      </c>
+      <c r="L13" s="20" t="n">
+        <v>61</v>
+      </c>
+      <c r="M13" s="20" t="n">
+        <v>64</v>
+      </c>
+      <c r="N13" s="20" t="n">
+        <v>71</v>
+      </c>
+      <c r="O13" s="20" t="n">
+        <v>65</v>
+      </c>
+      <c r="P13" s="20" t="n">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="20" t="n">
+        <v>58</v>
+      </c>
+      <c r="C14" s="20" t="n">
+        <v>39</v>
+      </c>
+      <c r="D14" s="20" t="n">
+        <v>35</v>
+      </c>
+      <c r="E14" s="20" t="n">
+        <v>56</v>
+      </c>
+      <c r="F14" s="20" t="n">
+        <v>59</v>
+      </c>
+      <c r="G14" s="20" t="n">
+        <v>57</v>
+      </c>
+      <c r="H14" s="20" t="n">
+        <v>61</v>
+      </c>
+      <c r="I14" s="20" t="n">
+        <v>75</v>
+      </c>
+      <c r="J14" s="20" t="n">
+        <v>85</v>
+      </c>
+      <c r="K14" s="20" t="n">
+        <v>79</v>
+      </c>
+      <c r="L14" s="20" t="n">
+        <v>72</v>
+      </c>
+      <c r="M14" s="20" t="n">
+        <v>73</v>
+      </c>
+      <c r="N14" s="20" t="n">
+        <v>63</v>
+      </c>
+      <c r="O14" s="20" t="n">
+        <v>52</v>
+      </c>
+      <c r="P14" s="20" t="n">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="C15" s="20" t="n">
+        <v>52</v>
+      </c>
+      <c r="D15" s="20" t="n">
+        <v>66</v>
+      </c>
+      <c r="E15" s="20" t="n">
+        <v>56</v>
+      </c>
+      <c r="F15" s="20" t="n">
+        <v>69</v>
+      </c>
+      <c r="G15" s="20" t="n">
+        <v>41</v>
+      </c>
+      <c r="H15" s="20" t="n">
+        <v>65</v>
+      </c>
+      <c r="I15" s="20" t="n">
+        <v>48</v>
+      </c>
+      <c r="J15" s="20" t="n">
+        <v>47</v>
+      </c>
+      <c r="K15" s="20" t="n">
+        <v>70</v>
+      </c>
+      <c r="L15" s="20" t="n">
+        <v>70</v>
+      </c>
+      <c r="M15" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="N15" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="O15" s="20" t="n">
+        <v>64</v>
+      </c>
+      <c r="P15" s="20" t="n">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="20" t="n">
+        <v>59</v>
+      </c>
+      <c r="C16" s="20" t="n">
+        <v>38</v>
+      </c>
+      <c r="D16" s="20" t="n">
+        <v>44</v>
+      </c>
+      <c r="E16" s="20" t="n">
+        <v>58</v>
+      </c>
+      <c r="F16" s="20" t="n">
+        <v>60</v>
+      </c>
+      <c r="G16" s="20" t="n">
+        <v>57</v>
+      </c>
+      <c r="H16" s="20" t="n">
+        <v>56</v>
+      </c>
+      <c r="I16" s="20" t="n">
+        <v>50</v>
+      </c>
+      <c r="J16" s="20" t="n">
+        <v>35</v>
+      </c>
+      <c r="K16" s="20" t="n">
+        <v>52</v>
+      </c>
+      <c r="L16" s="20" t="n">
+        <v>44</v>
+      </c>
+      <c r="M16" s="20" t="n">
+        <v>56</v>
+      </c>
+      <c r="N16" s="20" t="n">
+        <v>36</v>
+      </c>
+      <c r="O16" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="P16" s="20" t="n">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="20" t="n">
+        <v>40</v>
+      </c>
+      <c r="C17" s="20" t="n">
+        <v>39</v>
+      </c>
+      <c r="D17" s="20" t="n">
+        <v>43</v>
+      </c>
+      <c r="E17" s="20" t="n">
+        <v>79</v>
+      </c>
+      <c r="F17" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="G17" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="H17" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="I17" s="20" t="n">
+        <v>53</v>
+      </c>
+      <c r="J17" s="20" t="n">
+        <v>45</v>
+      </c>
+      <c r="K17" s="20" t="n">
+        <v>51</v>
+      </c>
+      <c r="L17" s="20" t="n">
+        <v>38</v>
+      </c>
+      <c r="M17" s="20" t="n">
+        <v>47</v>
+      </c>
+      <c r="N17" s="20" t="n">
+        <v>43</v>
+      </c>
+      <c r="O17" s="20" t="n">
+        <v>58</v>
+      </c>
+      <c r="P17" s="20" t="n">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" s="20" t="n">
+        <v>62</v>
+      </c>
+      <c r="C18" s="20" t="n">
+        <v>59</v>
+      </c>
+      <c r="D18" s="20" t="n">
+        <v>50</v>
+      </c>
+      <c r="E18" s="20" t="n">
+        <v>52</v>
+      </c>
+      <c r="F18" s="20" t="n">
+        <v>47</v>
+      </c>
+      <c r="G18" s="20" t="n">
+        <v>61</v>
+      </c>
+      <c r="H18" s="20" t="n">
+        <v>41</v>
+      </c>
+      <c r="I18" s="20" t="n">
+        <v>45</v>
+      </c>
+      <c r="J18" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="K18" s="20" t="n">
+        <v>34</v>
+      </c>
+      <c r="L18" s="20" t="n">
+        <v>25</v>
+      </c>
+      <c r="M18" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="N18" s="20" t="n">
+        <v>37</v>
+      </c>
+      <c r="O18" s="20" t="n">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="P18" s="20" t="n">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" s="20" t="n">
+        <v>46</v>
+      </c>
+      <c r="C19" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="D19" s="20" t="n">
+        <v>39</v>
+      </c>
+      <c r="E19" s="20" t="n">
+        <v>42</v>
+      </c>
+      <c r="F19" s="20" t="n">
+        <v>57</v>
+      </c>
+      <c r="G19" s="20" t="n">
+        <v>40</v>
+      </c>
+      <c r="H19" s="20" t="n">
+        <v>43</v>
+      </c>
+      <c r="I19" s="20" t="n">
+        <v>38</v>
+      </c>
+      <c r="J19" s="20" t="n">
+        <v>31</v>
+      </c>
+      <c r="K19" s="20" t="n">
+        <v>36</v>
+      </c>
+      <c r="L19" s="20" t="n">
+        <v>44</v>
+      </c>
+      <c r="M19" s="20" t="n">
+        <v>43</v>
+      </c>
+      <c r="N19" s="20" t="n">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
-[...43 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="O19" s="20" t="n">
+        <v>54</v>
+      </c>
+      <c r="P19" s="20" t="n">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B20" s="20" t="n">
+        <v>26</v>
+      </c>
+      <c r="C20" s="20" t="n">
+        <v>24</v>
+      </c>
+      <c r="D20" s="20" t="n">
+        <v>33</v>
+      </c>
+      <c r="E20" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="F20" s="20" t="n">
+        <v>23</v>
+      </c>
+      <c r="G20" s="20" t="n">
+        <v>33</v>
+      </c>
+      <c r="H20" s="20" t="n">
+        <v>31</v>
+      </c>
+      <c r="I20" s="20" t="n">
+        <v>11</v>
+      </c>
+      <c r="J20" s="20" t="n">
+        <v>25</v>
+      </c>
+      <c r="K20" s="20" t="n">
+        <v>23</v>
+      </c>
+      <c r="L20" s="20" t="n">
+        <v>35</v>
+      </c>
+      <c r="M20" s="20" t="n">
+        <v>23</v>
+      </c>
+      <c r="N20" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="O20" s="20" t="n">
+        <v>47</v>
+      </c>
+      <c r="P20" s="20" t="n">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="20" t="n">
+        <v>32</v>
+      </c>
+      <c r="C21" s="20" t="n">
+        <v>29</v>
+      </c>
+      <c r="D21" s="20" t="n">
+        <v>36</v>
+      </c>
+      <c r="E21" s="20" t="n">
+        <v>30</v>
+      </c>
+      <c r="F21" s="20" t="n">
         <v>34</v>
       </c>
-      <c r="B6" s="4">
-[...43 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="G21" s="20" t="n">
+        <v>29</v>
+      </c>
+      <c r="H21" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="I21" s="20" t="n">
+        <v>41</v>
+      </c>
+      <c r="J21" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="K21" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="L21" s="20" t="n">
+        <v>19</v>
+      </c>
+      <c r="M21" s="20" t="n">
+        <v>25</v>
+      </c>
+      <c r="N21" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="O21" s="20" t="n">
+        <v>13</v>
+      </c>
+      <c r="P21" s="20" t="n">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="20" t="n">
+        <v>37</v>
+      </c>
+      <c r="C22" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="D22" s="20" t="n">
+        <v>28</v>
+      </c>
+      <c r="E22" s="20" t="n">
+        <v>19</v>
+      </c>
+      <c r="F22" s="20" t="n">
+        <v>18</v>
+      </c>
+      <c r="G22" s="20" t="n">
+        <v>30</v>
+      </c>
+      <c r="H22" s="20" t="n">
         <v>35</v>
       </c>
-      <c r="B7" s="4">
-[...17 lines deleted...]
-      <c r="H7" s="4">
+      <c r="I22" s="20" t="n">
+        <v>19</v>
+      </c>
+      <c r="J22" s="20" t="n">
+        <v>23</v>
+      </c>
+      <c r="K22" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="L22" s="20" t="n">
+        <v>25</v>
+      </c>
+      <c r="M22" s="20" t="n">
+        <v>26</v>
+      </c>
+      <c r="N22" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="O22" s="20" t="n">
+        <v>31</v>
+      </c>
+      <c r="P22" s="20" t="n">
         <v>359</v>
       </c>
-      <c r="I7" s="4">
-[...122 lines deleted...]
-      <c r="C10" s="4">
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="20" t="n">
+        <v>18</v>
+      </c>
+      <c r="C23" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="D23" s="20" t="n">
+        <v>19</v>
+      </c>
+      <c r="E23" s="20" t="n">
+        <v>21</v>
+      </c>
+      <c r="F23" s="20" t="n">
+        <v>31</v>
+      </c>
+      <c r="G23" s="20" t="n">
+        <v>30</v>
+      </c>
+      <c r="H23" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="I23" s="20" t="n">
+        <v>34</v>
+      </c>
+      <c r="J23" s="20" t="n">
+        <v>27</v>
+      </c>
+      <c r="K23" s="20" t="n">
+        <v>23</v>
+      </c>
+      <c r="L23" s="20" t="n">
+        <v>11</v>
+      </c>
+      <c r="M23" s="20" t="n">
+        <v>21</v>
+      </c>
+      <c r="N23" s="20" t="n">
+        <v>22</v>
+      </c>
+      <c r="O23" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="P23" s="20" t="n">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="4">
-[...17 lines deleted...]
-      <c r="J10" s="4">
+      <c r="B24" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="C24" s="20" t="n">
+        <v>19</v>
+      </c>
+      <c r="D24" s="20" t="n">
+        <v>18</v>
+      </c>
+      <c r="E24" s="20" t="n">
+        <v>21</v>
+      </c>
+      <c r="F24" s="20" t="n">
+        <v>18</v>
+      </c>
+      <c r="G24" s="20" t="n">
+        <v>18</v>
+      </c>
+      <c r="H24" s="20" t="n">
+        <v>49</v>
+      </c>
+      <c r="I24" s="20" t="n">
+        <v>29</v>
+      </c>
+      <c r="J24" s="20" t="n">
+        <v>29</v>
+      </c>
+      <c r="K24" s="20" t="n">
+        <v>14</v>
+      </c>
+      <c r="L24" s="20" t="n">
+        <v>24</v>
+      </c>
+      <c r="M24" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="N24" s="20" t="n">
+        <v>8</v>
+      </c>
+      <c r="O24" s="20" t="n">
+        <v>11</v>
+      </c>
+      <c r="P24" s="20" t="n">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="C25" s="20" t="n">
+        <v>10</v>
+      </c>
+      <c r="D25" s="20" t="n">
+        <v>12</v>
+      </c>
+      <c r="E25" s="20" t="n">
+        <v>13</v>
+      </c>
+      <c r="F25" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="G25" s="20" t="n">
+        <v>11</v>
+      </c>
+      <c r="H25" s="20" t="n">
+        <v>16</v>
+      </c>
+      <c r="I25" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="J25" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="K25" s="20" t="n">
+        <v>21</v>
+      </c>
+      <c r="L25" s="20" t="n">
+        <v>10</v>
+      </c>
+      <c r="M25" s="20" t="n">
+        <v>25</v>
+      </c>
+      <c r="N25" s="20" t="n">
+        <v>10</v>
+      </c>
+      <c r="O25" s="20" t="n">
+        <v>13</v>
+      </c>
+      <c r="P25" s="20" t="n">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="20" t="n">
+        <v>7</v>
+      </c>
+      <c r="C26" s="20" t="n">
+        <v>10</v>
+      </c>
+      <c r="D26" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="E26" s="20" t="n">
+        <v>13</v>
+      </c>
+      <c r="F26" s="20" t="n">
+        <v>20</v>
+      </c>
+      <c r="G26" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="H26" s="20" t="n">
+        <v>5</v>
+      </c>
+      <c r="I26" s="20" t="n">
+        <v>17</v>
+      </c>
+      <c r="J26" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="K26" s="20" t="n">
+        <v>17</v>
+      </c>
+      <c r="L26" s="20" t="n">
+        <v>15</v>
+      </c>
+      <c r="M26" s="20" t="n">
+        <v>8</v>
+      </c>
+      <c r="N26" s="20" t="n">
+        <v>12</v>
+      </c>
+      <c r="O26" s="20" t="n">
+        <v>11</v>
+      </c>
+      <c r="P26" s="20" t="n">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="C27" s="20" t="n">
+        <v>12</v>
+      </c>
+      <c r="D27" s="20" t="n">
+        <v>7</v>
+      </c>
+      <c r="E27" s="20" t="n">
+        <v>8</v>
+      </c>
+      <c r="F27" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="G27" s="20" t="n">
+        <v>8</v>
+      </c>
+      <c r="H27" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="I27" s="20" t="n">
+        <v>8</v>
+      </c>
+      <c r="J27" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="K27" s="20" t="n">
+        <v>7</v>
+      </c>
+      <c r="L27" s="20" t="n">
+        <v>13</v>
+      </c>
+      <c r="M27" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="N27" s="20" t="n">
+        <v>9</v>
+      </c>
+      <c r="O27" s="20" t="n">
+        <v>12</v>
+      </c>
+      <c r="P27" s="20" t="n">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
         <v>57</v>
       </c>
-      <c r="K10" s="4">
-[...113 lines deleted...]
-      <c r="B13" s="4">
+      <c r="B28" s="20" t="n">
+        <v>4</v>
+      </c>
+      <c r="C28" s="20" t="n">
+        <v>10</v>
+      </c>
+      <c r="D28" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="E28" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="F28" s="20" t="n">
+        <v>6</v>
+      </c>
+      <c r="G28" s="20" t="n">
+        <v>1</v>
+      </c>
+      <c r="H28" s="20" t="n">
+        <v>4</v>
+      </c>
+      <c r="I28" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="J28" s="20" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="L28" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="M28" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="N28" s="20" t="n">
+        <v>1</v>
+      </c>
+      <c r="O28" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="P28" s="20" t="n">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
         <v>58</v>
       </c>
-      <c r="C13" s="4">
-[...2 lines deleted...]
-      <c r="D13" s="4">
+      <c r="B29" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="C29" s="20" t="n">
+        <v>4</v>
+      </c>
+      <c r="D29" s="20" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="F29" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="G29" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="H29" s="20" t="n">
+        <v>5</v>
+      </c>
+      <c r="I29" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="J29" s="20" t="n">
+        <v>4</v>
+      </c>
+      <c r="K29" s="20" t="n">
+        <v>0</v>
+      </c>
+      <c r="L29" s="20" t="n">
+        <v>2</v>
+      </c>
+      <c r="M29" s="20" t="n">
+        <v>5</v>
+      </c>
+      <c r="N29" s="20" t="n">
+        <v>0</v>
+      </c>
+      <c r="O29" s="20" t="n">
+        <v>3</v>
+      </c>
+      <c r="P29" s="20" t="n">
         <v>35</v>
       </c>
-      <c r="E13" s="4">
-[...255 lines deleted...]
-      <c r="L18" s="4">
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="20" t="n">
+        <v>3314</v>
+      </c>
+      <c r="C30" s="20" t="n">
+        <v>3428</v>
+      </c>
+      <c r="D30" s="20" t="n">
+        <v>3310</v>
+      </c>
+      <c r="E30" s="20" t="n">
+        <v>3666</v>
+      </c>
+      <c r="F30" s="20" t="n">
+        <v>3891</v>
+      </c>
+      <c r="G30" s="20" t="n">
+        <v>3770</v>
+      </c>
+      <c r="H30" s="20" t="n">
+        <v>3622</v>
+      </c>
+      <c r="I30" s="20" t="n">
+        <v>3687</v>
+      </c>
+      <c r="J30" s="20" t="n">
+        <v>3446</v>
+      </c>
+      <c r="K30" s="20" t="n">
+        <v>3684</v>
+      </c>
+      <c r="L30" s="20" t="n">
+        <v>3564</v>
+      </c>
+      <c r="M30" s="20" t="n">
+        <v>3560</v>
+      </c>
+      <c r="N30" s="20" t="n">
+        <v>3292</v>
+      </c>
+      <c r="O30" s="20" t="n">
+        <v>3894</v>
+      </c>
+      <c r="P30" s="20" t="n">
+        <v>50128</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="19"/>
+      <c r="C31" s="19"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="19"/>
+      <c r="G31" s="19"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="19"/>
+      <c r="J31" s="19"/>
+      <c r="K31" s="19"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="19"/>
+      <c r="N31" s="19"/>
+      <c r="O31" s="19"/>
+      <c r="P31" s="19"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="19"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="19"/>
+      <c r="N32" s="19"/>
+      <c r="O32" s="19"/>
+      <c r="P32" s="19"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="19"/>
+      <c r="H33" s="19"/>
+      <c r="I33" s="19"/>
+      <c r="J33" s="19"/>
+      <c r="K33" s="19"/>
+      <c r="L33" s="19"/>
+      <c r="M33" s="19"/>
+      <c r="N33" s="19"/>
+      <c r="O33" s="19"/>
+      <c r="P33" s="19"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="19"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="19"/>
+      <c r="J34" s="19"/>
+      <c r="K34" s="19"/>
+      <c r="L34" s="19"/>
+      <c r="M34" s="19"/>
+      <c r="N34" s="19"/>
+      <c r="O34" s="19"/>
+      <c r="P34" s="19"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="M18" s="4">
-[...1123 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:O1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="23" t="n">
+        <v>623</v>
+      </c>
+      <c r="C5" s="23" t="n">
+        <v>732</v>
+      </c>
+      <c r="D5" s="23" t="n">
+        <v>573</v>
+      </c>
+      <c r="E5" s="23" t="n">
+        <v>648</v>
+      </c>
+      <c r="F5" s="23" t="n">
+        <v>701</v>
+      </c>
+      <c r="G5" s="23" t="n">
+        <v>726</v>
+      </c>
+      <c r="H5" s="23" t="n">
+        <v>712</v>
+      </c>
+      <c r="I5" s="23" t="n">
+        <v>686</v>
+      </c>
+      <c r="J5" s="23" t="n">
+        <v>689</v>
+      </c>
+      <c r="K5" s="23" t="n">
+        <v>771</v>
+      </c>
+      <c r="L5" s="23" t="n">
+        <v>692</v>
+      </c>
+      <c r="M5" s="23" t="n">
+        <v>743</v>
+      </c>
+      <c r="N5" s="23" t="n">
+        <v>663</v>
+      </c>
+      <c r="O5" s="23" t="n">
+        <v>828</v>
+      </c>
+      <c r="P5" s="23" t="n">
+        <v>9787</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="23" t="n">
+        <v>441</v>
+      </c>
+      <c r="C6" s="23" t="n">
+        <v>396</v>
+      </c>
+      <c r="D6" s="23" t="n">
+        <v>381</v>
+      </c>
+      <c r="E6" s="23" t="n">
+        <v>449</v>
+      </c>
+      <c r="F6" s="23" t="n">
+        <v>478</v>
+      </c>
+      <c r="G6" s="23" t="n">
+        <v>458</v>
+      </c>
+      <c r="H6" s="23" t="n">
+        <v>481</v>
+      </c>
+      <c r="I6" s="23" t="n">
+        <v>435</v>
+      </c>
+      <c r="J6" s="23" t="n">
+        <v>449</v>
+      </c>
+      <c r="K6" s="23" t="n">
+        <v>411</v>
+      </c>
+      <c r="L6" s="23" t="n">
+        <v>362</v>
+      </c>
+      <c r="M6" s="23" t="n">
+        <v>387</v>
+      </c>
+      <c r="N6" s="23" t="n">
+        <v>393</v>
+      </c>
+      <c r="O6" s="23" t="n">
+        <v>429</v>
+      </c>
+      <c r="P6" s="23" t="n">
+        <v>5950</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="23" t="n">
+        <v>302</v>
+      </c>
+      <c r="C7" s="23" t="n">
+        <v>306</v>
+      </c>
+      <c r="D7" s="23" t="n">
+        <v>315</v>
+      </c>
+      <c r="E7" s="23" t="n">
+        <v>297</v>
+      </c>
+      <c r="F7" s="23" t="n">
+        <v>268</v>
+      </c>
+      <c r="G7" s="23" t="n">
+        <v>267</v>
+      </c>
+      <c r="H7" s="23" t="n">
+        <v>262</v>
+      </c>
+      <c r="I7" s="23" t="n">
+        <v>297</v>
+      </c>
+      <c r="J7" s="23" t="n">
+        <v>262</v>
+      </c>
+      <c r="K7" s="23" t="n">
+        <v>268</v>
+      </c>
+      <c r="L7" s="23" t="n">
+        <v>240</v>
+      </c>
+      <c r="M7" s="23" t="n">
+        <v>245</v>
+      </c>
+      <c r="N7" s="23" t="n">
+        <v>220</v>
+      </c>
+      <c r="O7" s="23" t="n">
+        <v>273</v>
+      </c>
+      <c r="P7" s="23" t="n">
+        <v>3822</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="23" t="n">
+        <v>253</v>
+      </c>
+      <c r="C8" s="23" t="n">
+        <v>244</v>
+      </c>
+      <c r="D8" s="23" t="n">
+        <v>252</v>
+      </c>
+      <c r="E8" s="23" t="n">
+        <v>255</v>
+      </c>
+      <c r="F8" s="23" t="n">
+        <v>260</v>
+      </c>
+      <c r="G8" s="23" t="n">
+        <v>268</v>
+      </c>
+      <c r="H8" s="23" t="n">
+        <v>242</v>
+      </c>
+      <c r="I8" s="23" t="n">
+        <v>220</v>
+      </c>
+      <c r="J8" s="23" t="n">
+        <v>198</v>
+      </c>
+      <c r="K8" s="23" t="n">
+        <v>188</v>
+      </c>
+      <c r="L8" s="23" t="n">
+        <v>169</v>
+      </c>
+      <c r="M8" s="23" t="n">
+        <v>176</v>
+      </c>
+      <c r="N8" s="23" t="n">
+        <v>155</v>
+      </c>
+      <c r="O8" s="23" t="n">
+        <v>194</v>
+      </c>
+      <c r="P8" s="23" t="n">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="23" t="n">
+        <v>98</v>
+      </c>
+      <c r="C9" s="23" t="n">
+        <v>112</v>
+      </c>
+      <c r="D9" s="23" t="n">
+        <v>101</v>
+      </c>
+      <c r="E9" s="23" t="n">
+        <v>91</v>
+      </c>
+      <c r="F9" s="23" t="n">
+        <v>117</v>
+      </c>
+      <c r="G9" s="23" t="n">
+        <v>113</v>
+      </c>
+      <c r="H9" s="23" t="n">
+        <v>110</v>
+      </c>
+      <c r="I9" s="23" t="n">
+        <v>128</v>
+      </c>
+      <c r="J9" s="23" t="n">
+        <v>95</v>
+      </c>
+      <c r="K9" s="23" t="n">
+        <v>79</v>
+      </c>
+      <c r="L9" s="23" t="n">
+        <v>112</v>
+      </c>
+      <c r="M9" s="23" t="n">
+        <v>96</v>
+      </c>
+      <c r="N9" s="23" t="n">
+        <v>82</v>
+      </c>
+      <c r="O9" s="23" t="n">
+        <v>104</v>
+      </c>
+      <c r="P9" s="23" t="n">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="23" t="n">
+        <v>72</v>
+      </c>
+      <c r="C10" s="23" t="n">
+        <v>77</v>
+      </c>
+      <c r="D10" s="23" t="n">
+        <v>45</v>
+      </c>
+      <c r="E10" s="23" t="n">
+        <v>71</v>
+      </c>
+      <c r="F10" s="23" t="n">
+        <v>69</v>
+      </c>
+      <c r="G10" s="23" t="n">
+        <v>79</v>
+      </c>
+      <c r="H10" s="23" t="n">
+        <v>61</v>
+      </c>
+      <c r="I10" s="23" t="n">
+        <v>62</v>
+      </c>
+      <c r="J10" s="23" t="n">
+        <v>73</v>
+      </c>
+      <c r="K10" s="23" t="n">
+        <v>67</v>
+      </c>
+      <c r="L10" s="23" t="n">
+        <v>63</v>
+      </c>
+      <c r="M10" s="23" t="n">
+        <v>57</v>
+      </c>
+      <c r="N10" s="23" t="n">
+        <v>50</v>
+      </c>
+      <c r="O10" s="23" t="n">
+        <v>63</v>
+      </c>
+      <c r="P10" s="23" t="n">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="23" t="n">
+        <v>37</v>
+      </c>
+      <c r="C11" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="D11" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="E11" s="23" t="n">
+        <v>60</v>
+      </c>
+      <c r="F11" s="23" t="n">
+        <v>45</v>
+      </c>
+      <c r="G11" s="23" t="n">
+        <v>52</v>
+      </c>
+      <c r="H11" s="23" t="n">
+        <v>38</v>
+      </c>
+      <c r="I11" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="J11" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="K11" s="23" t="n">
+        <v>54</v>
+      </c>
+      <c r="L11" s="23" t="n">
+        <v>45</v>
+      </c>
+      <c r="M11" s="23" t="n">
+        <v>46</v>
+      </c>
+      <c r="N11" s="23" t="n">
+        <v>53</v>
+      </c>
+      <c r="O11" s="23" t="n">
+        <v>56</v>
+      </c>
+      <c r="P11" s="23" t="n">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" s="23" t="n">
+        <v>44</v>
+      </c>
+      <c r="C12" s="23" t="n">
+        <v>40</v>
+      </c>
+      <c r="D12" s="23" t="n">
+        <v>46</v>
+      </c>
+      <c r="E12" s="23" t="n">
+        <v>46</v>
+      </c>
+      <c r="F12" s="23" t="n">
+        <v>46</v>
+      </c>
+      <c r="G12" s="23" t="n">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="H12" s="23" t="n">
+        <v>47</v>
+      </c>
+      <c r="I12" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="J12" s="23" t="n">
+        <v>28</v>
+      </c>
+      <c r="K12" s="23" t="n">
+        <v>52</v>
+      </c>
+      <c r="L12" s="23" t="n">
+        <v>42</v>
+      </c>
+      <c r="M12" s="23" t="n">
+        <v>37</v>
+      </c>
+      <c r="N12" s="23" t="n">
+        <v>38</v>
+      </c>
+      <c r="O12" s="23" t="n">
+        <v>44</v>
+      </c>
+      <c r="P12" s="23" t="n">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" s="23" t="n">
+        <v>47</v>
+      </c>
+      <c r="C13" s="23" t="n">
+        <v>48</v>
+      </c>
+      <c r="D13" s="23" t="n">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
-[...43 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="E13" s="23" t="n">
+        <v>35</v>
+      </c>
+      <c r="F13" s="23" t="n">
+        <v>29</v>
+      </c>
+      <c r="G13" s="23" t="n">
+        <v>51</v>
+      </c>
+      <c r="H13" s="23" t="n">
+        <v>36</v>
+      </c>
+      <c r="I13" s="23" t="n">
+        <v>37</v>
+      </c>
+      <c r="J13" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="K13" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="L13" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="M13" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="N13" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="O13" s="23" t="n">
+        <v>25</v>
+      </c>
+      <c r="P13" s="23" t="n">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="C14" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="D14" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="E14" s="23" t="n">
+        <v>35</v>
+      </c>
+      <c r="F14" s="23" t="n">
         <v>34</v>
       </c>
-      <c r="B6" s="4">
-[...32 lines deleted...]
-      <c r="M6" s="4">
+      <c r="G14" s="23" t="n">
+        <v>34</v>
+      </c>
+      <c r="H14" s="23" t="n">
+        <v>40</v>
+      </c>
+      <c r="I14" s="23" t="n">
+        <v>35</v>
+      </c>
+      <c r="J14" s="23" t="n">
+        <v>37</v>
+      </c>
+      <c r="K14" s="23" t="n">
+        <v>33</v>
+      </c>
+      <c r="L14" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="M14" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="N14" s="23" t="n">
+        <v>31</v>
+      </c>
+      <c r="O14" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="P14" s="23" t="n">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="C15" s="23" t="n">
+        <v>28</v>
+      </c>
+      <c r="D15" s="23" t="n">
+        <v>32</v>
+      </c>
+      <c r="E15" s="23" t="n">
+        <v>49</v>
+      </c>
+      <c r="F15" s="23" t="n">
+        <v>36</v>
+      </c>
+      <c r="G15" s="23" t="n">
+        <v>36</v>
+      </c>
+      <c r="H15" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="I15" s="23" t="n">
+        <v>37</v>
+      </c>
+      <c r="J15" s="23" t="n">
+        <v>31</v>
+      </c>
+      <c r="K15" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="L15" s="23" t="n">
+        <v>25</v>
+      </c>
+      <c r="M15" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="N15" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="O15" s="23" t="n">
+        <v>38</v>
+      </c>
+      <c r="P15" s="23" t="n">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="23" t="n">
+        <v>35</v>
+      </c>
+      <c r="C16" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="D16" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="E16" s="23" t="n">
+        <v>34</v>
+      </c>
+      <c r="F16" s="23" t="n">
+        <v>35</v>
+      </c>
+      <c r="G16" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="H16" s="23" t="n">
+        <v>36</v>
+      </c>
+      <c r="I16" s="23" t="n">
+        <v>32</v>
+      </c>
+      <c r="J16" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="K16" s="23" t="n">
+        <v>28</v>
+      </c>
+      <c r="L16" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="M16" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="N16" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="O16" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="P16" s="23" t="n">
         <v>387</v>
       </c>
-      <c r="N6" s="4">
-[...54 lines deleted...]
-      <c r="A8" s="10" t="s">
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" s="23" t="n">
+        <v>32</v>
+      </c>
+      <c r="C17" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="D17" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="E17" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="F17" s="23" t="n">
+        <v>38</v>
+      </c>
+      <c r="G17" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="H17" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="I17" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="J17" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="K17" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="L17" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="M17" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="N17" s="23" t="n">
+        <v>17</v>
+      </c>
+      <c r="O17" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="P17" s="23" t="n">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="C18" s="23" t="n">
+        <v>14</v>
+      </c>
+      <c r="D18" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="E18" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="F18" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="G18" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="H18" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="I18" s="23" t="n">
         <v>36</v>
       </c>
-      <c r="B8" s="4">
-[...29 lines deleted...]
-      <c r="L8" s="4">
+      <c r="J18" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="K18" s="23" t="n">
+        <v>43</v>
+      </c>
+      <c r="L18" s="23" t="n">
+        <v>32</v>
+      </c>
+      <c r="M18" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="N18" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="O18" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="P18" s="23" t="n">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="23" t="n">
+        <v>14</v>
+      </c>
+      <c r="C19" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="D19" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="E19" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="F19" s="23" t="n">
+        <v>17</v>
+      </c>
+      <c r="G19" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="H19" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="I19" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="J19" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="K19" s="23" t="n">
+        <v>26</v>
+      </c>
+      <c r="L19" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="M19" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="N19" s="23" t="n">
+        <v>27</v>
+      </c>
+      <c r="O19" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="P19" s="23" t="n">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="23" t="n">
+        <v>25</v>
+      </c>
+      <c r="C20" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="D20" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="E20" s="23" t="n">
+        <v>30</v>
+      </c>
+      <c r="F20" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="G20" s="23" t="n">
+        <v>23</v>
+      </c>
+      <c r="H20" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="I20" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="J20" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="K20" s="23" t="n">
+        <v>17</v>
+      </c>
+      <c r="L20" s="23" t="n">
+        <v>15</v>
+      </c>
+      <c r="M20" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="N20" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="O20" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="P20" s="23" t="n">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="23" t="n">
+        <v>24</v>
+      </c>
+      <c r="C21" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="D21" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="E21" s="23" t="n">
+        <v>14</v>
+      </c>
+      <c r="F21" s="23" t="n">
+        <v>17</v>
+      </c>
+      <c r="G21" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="H21" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="I21" s="23" t="n">
+        <v>10</v>
+      </c>
+      <c r="J21" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="K21" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="L21" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="M21" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="N21" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="O21" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="P21" s="23" t="n">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="C22" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="D22" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="E22" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="F22" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="G22" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="H22" s="23" t="n">
+        <v>21</v>
+      </c>
+      <c r="I22" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="J22" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="K22" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="L22" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="M22" s="23" t="n">
+        <v>14</v>
+      </c>
+      <c r="N22" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="O22" s="23" t="n">
+        <v>22</v>
+      </c>
+      <c r="P22" s="23" t="n">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="C23" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="D23" s="23" t="n">
+        <v>14</v>
+      </c>
+      <c r="E23" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="F23" s="23" t="n">
+        <v>18</v>
+      </c>
+      <c r="G23" s="23" t="n">
+        <v>19</v>
+      </c>
+      <c r="H23" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="I23" s="23" t="n">
+        <v>20</v>
+      </c>
+      <c r="J23" s="23" t="n">
+        <v>16</v>
+      </c>
+      <c r="K23" s="23" t="n">
+        <v>13</v>
+      </c>
+      <c r="L23" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="M23" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="N23" s="23" t="n">
+        <v>10</v>
+      </c>
+      <c r="O23" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="P23" s="23" t="n">
         <v>169</v>
       </c>
-      <c r="M8" s="4">
-[...46 lines deleted...]
-      <c r="M9" s="4">
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="C24" s="23" t="n">
+        <v>12</v>
+      </c>
+      <c r="D24" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="E24" s="23" t="n">
+        <v>12</v>
+      </c>
+      <c r="F24" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="G24" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="H24" s="23" t="n">
+        <v>13</v>
+      </c>
+      <c r="I24" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="J24" s="23" t="n">
+        <v>15</v>
+      </c>
+      <c r="K24" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="L24" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="M24" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="N24" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="O24" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="P24" s="23" t="n">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="C25" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="D25" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="E25" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="F25" s="23" t="n">
+        <v>13</v>
+      </c>
+      <c r="G25" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="H25" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="I25" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="J25" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="K25" s="23" t="n">
+        <v>15</v>
+      </c>
+      <c r="L25" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="M25" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="N25" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="O25" s="23" t="n">
+        <v>10</v>
+      </c>
+      <c r="P25" s="23" t="n">
         <v>96</v>
       </c>
-      <c r="N9" s="4">
-[...43 lines deleted...]
-      <c r="M10" s="4">
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="C26" s="23" t="n">
+        <v>11</v>
+      </c>
+      <c r="D26" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="E26" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="F26" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="G26" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="H26" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="I26" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="J26" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="K26" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="L26" s="23" t="n">
+        <v>10</v>
+      </c>
+      <c r="M26" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="N26" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="O26" s="23" t="n">
+        <v>8</v>
+      </c>
+      <c r="P26" s="23" t="n">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="C27" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="D27" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="E27" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="F27" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="G27" s="23" t="n">
+        <v>7</v>
+      </c>
+      <c r="H27" s="23" t="n">
+        <v>12</v>
+      </c>
+      <c r="I27" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="J27" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="K27" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="L27" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="M27" s="23" t="n">
+        <v>12</v>
+      </c>
+      <c r="N27" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="O27" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="P27" s="23" t="n">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
         <v>57</v>
       </c>
-      <c r="N10" s="4">
-[...110 lines deleted...]
-      <c r="D13" s="4">
+      <c r="B28" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="C28" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="D28" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="E28" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="F28" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="G28" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="H28" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="I28" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="J28" s="23" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="L28" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="M28" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="N28" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="O28" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="P28" s="23" t="n">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="23" t="n">
+        <v>2</v>
+      </c>
+      <c r="C29" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="D29" s="23" t="n">
+        <v>0</v>
+      </c>
+      <c r="E29" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="F29" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="G29" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="H29" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="I29" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="J29" s="23" t="n">
+        <v>4</v>
+      </c>
+      <c r="K29" s="23" t="n">
+        <v>0</v>
+      </c>
+      <c r="L29" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="M29" s="23" t="n">
+        <v>3</v>
+      </c>
+      <c r="N29" s="23" t="n">
+        <v>0</v>
+      </c>
+      <c r="O29" s="23" t="n">
+        <v>1</v>
+      </c>
+      <c r="P29" s="23" t="n">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="E13" s="4">
-[...84 lines deleted...]
-      <c r="B15" s="4">
+      <c r="B30" s="23" t="n">
+        <v>2162</v>
+      </c>
+      <c r="C30" s="23" t="n">
+        <v>2216</v>
+      </c>
+      <c r="D30" s="23" t="n">
+        <v>2001</v>
+      </c>
+      <c r="E30" s="23" t="n">
+        <v>2239</v>
+      </c>
+      <c r="F30" s="23" t="n">
+        <v>2300</v>
+      </c>
+      <c r="G30" s="23" t="n">
+        <v>2323</v>
+      </c>
+      <c r="H30" s="23" t="n">
+        <v>2264</v>
+      </c>
+      <c r="I30" s="23" t="n">
+        <v>2184</v>
+      </c>
+      <c r="J30" s="23" t="n">
+        <v>2102</v>
+      </c>
+      <c r="K30" s="23" t="n">
+        <v>2193</v>
+      </c>
+      <c r="L30" s="23" t="n">
+        <v>1996</v>
+      </c>
+      <c r="M30" s="23" t="n">
+        <v>2059</v>
+      </c>
+      <c r="N30" s="23" t="n">
+        <v>1867</v>
+      </c>
+      <c r="O30" s="23" t="n">
+        <v>2256</v>
+      </c>
+      <c r="P30" s="23" t="n">
+        <v>30162</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="22"/>
+      <c r="F31" s="22"/>
+      <c r="G31" s="22"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="22"/>
+      <c r="J31" s="22"/>
+      <c r="K31" s="22"/>
+      <c r="L31" s="22"/>
+      <c r="M31" s="22"/>
+      <c r="N31" s="22"/>
+      <c r="O31" s="22"/>
+      <c r="P31" s="22"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C15" s="4">
-[...26 lines deleted...]
-      <c r="L15" s="4">
+      <c r="B32" s="22"/>
+      <c r="C32" s="22"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="22"/>
+      <c r="F32" s="22"/>
+      <c r="G32" s="22"/>
+      <c r="H32" s="22"/>
+      <c r="I32" s="22"/>
+      <c r="J32" s="22"/>
+      <c r="K32" s="22"/>
+      <c r="L32" s="22"/>
+      <c r="M32" s="22"/>
+      <c r="N32" s="22"/>
+      <c r="O32" s="22"/>
+      <c r="P32" s="22"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="22"/>
+      <c r="C33" s="22"/>
+      <c r="D33" s="22"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="22"/>
+      <c r="G33" s="22"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="22"/>
+      <c r="J33" s="22"/>
+      <c r="K33" s="22"/>
+      <c r="L33" s="22"/>
+      <c r="M33" s="22"/>
+      <c r="N33" s="22"/>
+      <c r="O33" s="22"/>
+      <c r="P33" s="22"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="22"/>
+      <c r="C34" s="22"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="22"/>
+      <c r="F34" s="22"/>
+      <c r="G34" s="22"/>
+      <c r="H34" s="22"/>
+      <c r="I34" s="22"/>
+      <c r="J34" s="22"/>
+      <c r="K34" s="22"/>
+      <c r="L34" s="22"/>
+      <c r="M34" s="22"/>
+      <c r="N34" s="22"/>
+      <c r="O34" s="22"/>
+      <c r="P34" s="22"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="M15" s="4">
-[...1264 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:O1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="25" t="n">
+        <v>429</v>
+      </c>
+      <c r="C5" s="25" t="n">
+        <v>462</v>
+      </c>
+      <c r="D5" s="25" t="n">
+        <v>481</v>
+      </c>
+      <c r="E5" s="25" t="n">
+        <v>509</v>
+      </c>
+      <c r="F5" s="25" t="n">
+        <v>555</v>
+      </c>
+      <c r="G5" s="25" t="n">
+        <v>520</v>
+      </c>
+      <c r="H5" s="25" t="n">
+        <v>504</v>
+      </c>
+      <c r="I5" s="25" t="n">
+        <v>534</v>
+      </c>
+      <c r="J5" s="25" t="n">
+        <v>521</v>
+      </c>
+      <c r="K5" s="25" t="n">
+        <v>590</v>
+      </c>
+      <c r="L5" s="25" t="n">
+        <v>650</v>
+      </c>
+      <c r="M5" s="25" t="n">
+        <v>616</v>
+      </c>
+      <c r="N5" s="25" t="n">
+        <v>609</v>
+      </c>
+      <c r="O5" s="25" t="n">
+        <v>705</v>
+      </c>
+      <c r="P5" s="25" t="n">
+        <v>7685</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="25" t="n">
+        <v>169</v>
+      </c>
+      <c r="C6" s="25" t="n">
+        <v>216</v>
+      </c>
+      <c r="D6" s="25" t="n">
+        <v>190</v>
+      </c>
+      <c r="E6" s="25" t="n">
+        <v>208</v>
+      </c>
+      <c r="F6" s="25" t="n">
+        <v>255</v>
+      </c>
+      <c r="G6" s="25" t="n">
+        <v>221</v>
+      </c>
+      <c r="H6" s="25" t="n">
+        <v>197</v>
+      </c>
+      <c r="I6" s="25" t="n">
+        <v>234</v>
+      </c>
+      <c r="J6" s="25" t="n">
+        <v>216</v>
+      </c>
+      <c r="K6" s="25" t="n">
+        <v>202</v>
+      </c>
+      <c r="L6" s="25" t="n">
+        <v>203</v>
+      </c>
+      <c r="M6" s="25" t="n">
+        <v>183</v>
+      </c>
+      <c r="N6" s="25" t="n">
+        <v>163</v>
+      </c>
+      <c r="O6" s="25" t="n">
+        <v>220</v>
+      </c>
+      <c r="P6" s="25" t="n">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="25" t="n">
+        <v>99</v>
+      </c>
+      <c r="C7" s="25" t="n">
+        <v>101</v>
+      </c>
+      <c r="D7" s="25" t="n">
+        <v>120</v>
+      </c>
+      <c r="E7" s="25" t="n">
+        <v>140</v>
+      </c>
+      <c r="F7" s="25" t="n">
+        <v>153</v>
+      </c>
+      <c r="G7" s="25" t="n">
+        <v>148</v>
+      </c>
+      <c r="H7" s="25" t="n">
+        <v>97</v>
+      </c>
+      <c r="I7" s="25" t="n">
+        <v>165</v>
+      </c>
+      <c r="J7" s="25" t="n">
+        <v>123</v>
+      </c>
+      <c r="K7" s="25" t="n">
+        <v>108</v>
+      </c>
+      <c r="L7" s="25" t="n">
+        <v>111</v>
+      </c>
+      <c r="M7" s="25" t="n">
+        <v>102</v>
+      </c>
+      <c r="N7" s="25" t="n">
+        <v>123</v>
+      </c>
+      <c r="O7" s="25" t="n">
+        <v>123</v>
+      </c>
+      <c r="P7" s="25" t="n">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="25" t="n">
+        <v>127</v>
+      </c>
+      <c r="C8" s="25" t="n">
+        <v>133</v>
+      </c>
+      <c r="D8" s="25" t="n">
+        <v>129</v>
+      </c>
+      <c r="E8" s="25" t="n">
+        <v>91</v>
+      </c>
+      <c r="F8" s="25" t="n">
+        <v>136</v>
+      </c>
+      <c r="G8" s="25" t="n">
+        <v>113</v>
+      </c>
+      <c r="H8" s="25" t="n">
+        <v>123</v>
+      </c>
+      <c r="I8" s="25" t="n">
+        <v>110</v>
+      </c>
+      <c r="J8" s="25" t="n">
+        <v>108</v>
+      </c>
+      <c r="K8" s="25" t="n">
+        <v>105</v>
+      </c>
+      <c r="L8" s="25" t="n">
+        <v>125</v>
+      </c>
+      <c r="M8" s="25" t="n">
+        <v>115</v>
+      </c>
+      <c r="N8" s="25" t="n">
+        <v>94</v>
+      </c>
+      <c r="O8" s="25" t="n">
+        <v>147</v>
+      </c>
+      <c r="P8" s="25" t="n">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="25" t="n">
+        <v>28</v>
+      </c>
+      <c r="C9" s="25" t="n">
+        <v>33</v>
+      </c>
+      <c r="D9" s="25" t="n">
+        <v>49</v>
+      </c>
+      <c r="E9" s="25" t="n">
+        <v>183</v>
+      </c>
+      <c r="F9" s="25" t="n">
+        <v>107</v>
+      </c>
+      <c r="G9" s="25" t="n">
+        <v>60</v>
+      </c>
+      <c r="H9" s="25" t="n">
+        <v>49</v>
+      </c>
+      <c r="I9" s="25" t="n">
+        <v>67</v>
+      </c>
+      <c r="J9" s="25" t="n">
+        <v>31</v>
+      </c>
+      <c r="K9" s="25" t="n">
+        <v>80</v>
+      </c>
+      <c r="L9" s="25" t="n">
+        <v>81</v>
+      </c>
+      <c r="M9" s="25" t="n">
+        <v>78</v>
+      </c>
+      <c r="N9" s="25" t="n">
+        <v>36</v>
+      </c>
+      <c r="O9" s="25" t="n">
+        <v>59</v>
+      </c>
+      <c r="P9" s="25" t="n">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="25" t="n">
+        <v>39</v>
+      </c>
+      <c r="C10" s="25" t="n">
+        <v>45</v>
+      </c>
+      <c r="D10" s="25" t="n">
+        <v>73</v>
+      </c>
+      <c r="E10" s="25" t="n">
+        <v>42</v>
+      </c>
+      <c r="F10" s="25" t="n">
+        <v>48</v>
+      </c>
+      <c r="G10" s="25" t="n">
+        <v>64</v>
+      </c>
+      <c r="H10" s="25" t="n">
+        <v>46</v>
+      </c>
+      <c r="I10" s="25" t="n">
+        <v>44</v>
+      </c>
+      <c r="J10" s="25" t="n">
+        <v>55</v>
+      </c>
+      <c r="K10" s="25" t="n">
+        <v>55</v>
+      </c>
+      <c r="L10" s="25" t="n">
+        <v>71</v>
+      </c>
+      <c r="M10" s="25" t="n">
+        <v>53</v>
+      </c>
+      <c r="N10" s="25" t="n">
+        <v>78</v>
+      </c>
+      <c r="O10" s="25" t="n">
+        <v>66</v>
+      </c>
+      <c r="P10" s="25" t="n">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="25" t="n">
+        <v>27</v>
+      </c>
+      <c r="C11" s="25" t="n">
+        <v>37</v>
+      </c>
+      <c r="D11" s="25" t="n">
+        <v>33</v>
+      </c>
+      <c r="E11" s="25" t="n">
+        <v>44</v>
+      </c>
+      <c r="F11" s="25" t="n">
+        <v>48</v>
+      </c>
+      <c r="G11" s="25" t="n">
+        <v>57</v>
+      </c>
+      <c r="H11" s="25" t="n">
+        <v>58</v>
+      </c>
+      <c r="I11" s="25" t="n">
+        <v>55</v>
+      </c>
+      <c r="J11" s="25" t="n">
+        <v>29</v>
+      </c>
+      <c r="K11" s="25" t="n">
+        <v>53</v>
+      </c>
+      <c r="L11" s="25" t="n">
+        <v>51</v>
+      </c>
+      <c r="M11" s="25" t="n">
+        <v>76</v>
+      </c>
+      <c r="N11" s="25" t="n">
+        <v>50</v>
+      </c>
+      <c r="O11" s="25" t="n">
+        <v>42</v>
+      </c>
+      <c r="P11" s="25" t="n">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="25" t="n">
+        <v>39</v>
+      </c>
+      <c r="C12" s="25" t="n">
+        <v>36</v>
+      </c>
+      <c r="D12" s="25" t="n">
+        <v>35</v>
+      </c>
+      <c r="E12" s="25" t="n">
+        <v>22</v>
+      </c>
+      <c r="F12" s="25" t="n">
+        <v>44</v>
+      </c>
+      <c r="G12" s="25" t="n">
+        <v>50</v>
+      </c>
+      <c r="H12" s="25" t="n">
+        <v>61</v>
+      </c>
+      <c r="I12" s="25" t="n">
+        <v>40</v>
+      </c>
+      <c r="J12" s="25" t="n">
+        <v>25</v>
+      </c>
+      <c r="K12" s="25" t="n">
+        <v>56</v>
+      </c>
+      <c r="L12" s="25" t="n">
+        <v>41</v>
+      </c>
+      <c r="M12" s="25" t="n">
+        <v>45</v>
+      </c>
+      <c r="N12" s="25" t="n">
+        <v>44</v>
+      </c>
+      <c r="O12" s="25" t="n">
+        <v>41</v>
+      </c>
+      <c r="P12" s="25" t="n">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="25" t="n">
+        <v>34</v>
+      </c>
+      <c r="C13" s="25" t="n">
+        <v>22</v>
+      </c>
+      <c r="D13" s="25" t="n">
+        <v>39</v>
+      </c>
+      <c r="E13" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="F13" s="25" t="n">
+        <v>48</v>
+      </c>
+      <c r="G13" s="25" t="n">
+        <v>51</v>
+      </c>
+      <c r="H13" s="25" t="n">
+        <v>41</v>
+      </c>
+      <c r="I13" s="25" t="n">
+        <v>33</v>
+      </c>
+      <c r="J13" s="25" t="n">
+        <v>54</v>
+      </c>
+      <c r="K13" s="25" t="n">
+        <v>58</v>
+      </c>
+      <c r="L13" s="25" t="n">
+        <v>46</v>
+      </c>
+      <c r="M13" s="25" t="n">
+        <v>36</v>
+      </c>
+      <c r="N13" s="25" t="n">
+        <v>40</v>
+      </c>
+      <c r="O13" s="25" t="n">
+        <v>42</v>
+      </c>
+      <c r="P13" s="25" t="n">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="25" t="n">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="C14" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="D14" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="E14" s="25" t="n">
+        <v>21</v>
+      </c>
+      <c r="F14" s="25" t="n">
+        <v>25</v>
+      </c>
+      <c r="G14" s="25" t="n">
+        <v>23</v>
+      </c>
+      <c r="H14" s="25" t="n">
+        <v>21</v>
+      </c>
+      <c r="I14" s="25" t="n">
+        <v>40</v>
+      </c>
+      <c r="J14" s="25" t="n">
+        <v>48</v>
+      </c>
+      <c r="K14" s="25" t="n">
+        <v>46</v>
+      </c>
+      <c r="L14" s="25" t="n">
+        <v>42</v>
+      </c>
+      <c r="M14" s="25" t="n">
+        <v>43</v>
+      </c>
+      <c r="N14" s="25" t="n">
+        <v>32</v>
+      </c>
+      <c r="O14" s="25" t="n">
+        <v>30</v>
+      </c>
+      <c r="P14" s="25" t="n">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="25" t="n">
+        <v>24</v>
+      </c>
+      <c r="C15" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="D15" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="E15" s="25" t="n">
+        <v>24</v>
+      </c>
+      <c r="F15" s="25" t="n">
+        <v>25</v>
+      </c>
+      <c r="G15" s="25" t="n">
+        <v>30</v>
+      </c>
+      <c r="H15" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="I15" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="J15" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="K15" s="25" t="n">
+        <v>24</v>
+      </c>
+      <c r="L15" s="25" t="n">
+        <v>22</v>
+      </c>
+      <c r="M15" s="25" t="n">
+        <v>26</v>
+      </c>
+      <c r="N15" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="O15" s="25" t="n">
+        <v>19</v>
+      </c>
+      <c r="P15" s="25" t="n">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="C16" s="25" t="n">
+        <v>21</v>
+      </c>
+      <c r="D16" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="E16" s="25" t="n">
+        <v>23</v>
+      </c>
+      <c r="F16" s="25" t="n">
+        <v>19</v>
+      </c>
+      <c r="G16" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="H16" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="I16" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="J16" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="K16" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="L16" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="M16" s="25" t="n">
+        <v>22</v>
+      </c>
+      <c r="N16" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="O16" s="25" t="n">
+        <v>27</v>
+      </c>
+      <c r="P16" s="25" t="n">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="C17" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="D17" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="E17" s="25" t="n">
+        <v>30</v>
+      </c>
+      <c r="F17" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="G17" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="H17" s="25" t="n">
+        <v>22</v>
+      </c>
+      <c r="I17" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="J17" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="K17" s="25" t="n">
+        <v>21</v>
+      </c>
+      <c r="L17" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="M17" s="25" t="n">
+        <v>26</v>
+      </c>
+      <c r="N17" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="O17" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="P17" s="25" t="n">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="C18" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="D18" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="E18" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="F18" s="25" t="n">
+        <v>23</v>
+      </c>
+      <c r="G18" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="H18" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="I18" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="J18" s="25" t="n">
+        <v>19</v>
+      </c>
+      <c r="K18" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="L18" s="25" t="n">
+        <v>28</v>
+      </c>
+      <c r="M18" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="N18" s="25" t="n">
+        <v>16</v>
+      </c>
+      <c r="O18" s="25" t="n">
+        <v>20</v>
+      </c>
+      <c r="P18" s="25" t="n">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="C19" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="D19" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="E19" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="F19" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="G19" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="H19" s="25" t="n">
+        <v>36</v>
+      </c>
+      <c r="I19" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="J19" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="K19" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="L19" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="M19" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="N19" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="O19" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="P19" s="25" t="n">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="C20" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="D20" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="E20" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="F20" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="G20" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="H20" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="I20" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="J20" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="K20" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="L20" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="M20" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="N20" s="25" t="n">
+        <v>21</v>
+      </c>
+      <c r="O20" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="P20" s="25" t="n">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="C21" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="D21" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="E21" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="F21" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="G21" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="H21" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="I21" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="J21" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="K21" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="L21" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="M21" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="N21" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="O21" s="25" t="n">
+        <v>25</v>
+      </c>
+      <c r="P21" s="25" t="n">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="C22" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="D22" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="E22" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="F22" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="G22" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="H22" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="I22" s="25" t="n">
+        <v>18</v>
+      </c>
+      <c r="J22" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="K22" s="25" t="n">
+        <v>17</v>
+      </c>
+      <c r="L22" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="M22" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="N22" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="O22" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="P22" s="25" t="n">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="C23" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="D23" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="E23" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="F23" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="G23" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="H23" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="I23" s="25" t="n">
+        <v>14</v>
+      </c>
+      <c r="J23" s="25" t="n">
+        <v>11</v>
+      </c>
+      <c r="K23" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="L23" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="M23" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="N23" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="O23" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="P23" s="25" t="n">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="C24" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="D24" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="E24" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="F24" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="G24" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="H24" s="25" t="n">
+        <v>13</v>
+      </c>
+      <c r="I24" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="J24" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="K24" s="25" t="n">
+        <v>2</v>
+      </c>
+      <c r="L24" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="M24" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="N24" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="O24" s="25" t="n">
+        <v>15</v>
+      </c>
+      <c r="P24" s="25" t="n">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="C25" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="D25" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="E25" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="F25" s="25" t="n">
+        <v>12</v>
+      </c>
+      <c r="G25" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="H25" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="I25" s="25" t="n">
+        <v>19</v>
+      </c>
+      <c r="J25" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="K25" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="L25" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="M25" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="N25" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="O25" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="P25" s="25" t="n">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="C26" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="D26" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="E26" s="25" t="n">
+        <v>6</v>
+      </c>
+      <c r="F26" s="25" t="n">
+        <v>7</v>
+      </c>
+      <c r="G26" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="H26" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="I26" s="25" t="n">
+        <v>9</v>
+      </c>
+      <c r="J26" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="K26" s="25" t="n">
+        <v>2</v>
+      </c>
+      <c r="L26" s="25" t="n">
+        <v>8</v>
+      </c>
+      <c r="M26" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="N26" s="25" t="n">
+        <v>10</v>
+      </c>
+      <c r="O26" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="P26" s="25" t="n">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="C27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="D27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="F27" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="G27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="H27" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="I27" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="J27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="K27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="L27" s="25" t="n">
+        <v>3</v>
+      </c>
+      <c r="M27" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="N27" s="25" t="n">
+        <v>5</v>
+      </c>
+      <c r="O27" s="25" t="n">
+        <v>4</v>
+      </c>
+      <c r="P27" s="25" t="n">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="C28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="D28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="E28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="G28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="H28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="I28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="J28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="L28" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="M28" s="25" t="n">
+        <v>2</v>
+      </c>
+      <c r="N28" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="O28" s="25" t="n">
+        <v>2</v>
+      </c>
+      <c r="P28" s="25" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="C29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="D29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="F29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="G29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="H29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="I29" s="25" t="n">
+        <v>2</v>
+      </c>
+      <c r="J29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="L29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="M29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="N29" s="25" t="n">
+        <v>0</v>
+      </c>
+      <c r="O29" s="25" t="n">
+        <v>1</v>
+      </c>
+      <c r="P29" s="25" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
-[...352 lines deleted...]
-      <c r="J12" s="4">
+      <c r="B30" s="25" t="n">
+        <v>1152</v>
+      </c>
+      <c r="C30" s="25" t="n">
+        <v>1212</v>
+      </c>
+      <c r="D30" s="25" t="n">
+        <v>1309</v>
+      </c>
+      <c r="E30" s="25" t="n">
+        <v>1427</v>
+      </c>
+      <c r="F30" s="25" t="n">
+        <v>1591</v>
+      </c>
+      <c r="G30" s="25" t="n">
+        <v>1447</v>
+      </c>
+      <c r="H30" s="25" t="n">
+        <v>1358</v>
+      </c>
+      <c r="I30" s="25" t="n">
+        <v>1503</v>
+      </c>
+      <c r="J30" s="25" t="n">
+        <v>1344</v>
+      </c>
+      <c r="K30" s="25" t="n">
+        <v>1491</v>
+      </c>
+      <c r="L30" s="25" t="n">
+        <v>1568</v>
+      </c>
+      <c r="M30" s="25" t="n">
+        <v>1501</v>
+      </c>
+      <c r="N30" s="25" t="n">
+        <v>1425</v>
+      </c>
+      <c r="O30" s="25" t="n">
+        <v>1638</v>
+      </c>
+      <c r="P30" s="25" t="n">
+        <v>19966</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="24"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+      <c r="N31" s="24"/>
+      <c r="O31" s="24"/>
+      <c r="P31" s="24"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="24"/>
+      <c r="C32" s="24"/>
+      <c r="D32" s="24"/>
+      <c r="E32" s="24"/>
+      <c r="F32" s="24"/>
+      <c r="G32" s="24"/>
+      <c r="H32" s="24"/>
+      <c r="I32" s="24"/>
+      <c r="J32" s="24"/>
+      <c r="K32" s="24"/>
+      <c r="L32" s="24"/>
+      <c r="M32" s="24"/>
+      <c r="N32" s="24"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="24"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="24"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="24"/>
+      <c r="E33" s="24"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24"/>
+      <c r="H33" s="24"/>
+      <c r="I33" s="24"/>
+      <c r="J33" s="24"/>
+      <c r="K33" s="24"/>
+      <c r="L33" s="24"/>
+      <c r="M33" s="24"/>
+      <c r="N33" s="24"/>
+      <c r="O33" s="24"/>
+      <c r="P33" s="24"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="24"/>
+      <c r="C34" s="24"/>
+      <c r="D34" s="24"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="24"/>
+      <c r="I34" s="24"/>
+      <c r="J34" s="24"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="24"/>
+      <c r="M34" s="24"/>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="24"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="K12" s="4">
-[...1411 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:O1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="27" t="n">
+        <v>1090</v>
+      </c>
+      <c r="C5" s="27" t="n">
+        <v>1030</v>
+      </c>
+      <c r="D5" s="27" t="n">
+        <v>957</v>
+      </c>
+      <c r="E5" s="27" t="n">
+        <v>1006</v>
+      </c>
+      <c r="F5" s="27" t="n">
+        <v>1075</v>
+      </c>
+      <c r="G5" s="27" t="n">
+        <v>1218</v>
+      </c>
+      <c r="H5" s="27" t="n">
+        <v>1198</v>
+      </c>
+      <c r="I5" s="27" t="n">
+        <v>1266</v>
+      </c>
+      <c r="J5" s="27" t="n">
+        <v>1204</v>
+      </c>
+      <c r="K5" s="27" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L5" s="27" t="n">
+        <v>1121</v>
+      </c>
+      <c r="M5" s="27" t="n">
+        <v>1133</v>
+      </c>
+      <c r="N5" s="27" t="n">
+        <v>1127</v>
+      </c>
+      <c r="O5" s="27" t="n">
+        <v>1179</v>
+      </c>
+      <c r="P5" s="27" t="n">
+        <v>15804</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="27" t="n">
+        <v>774</v>
+      </c>
+      <c r="C6" s="27" t="n">
+        <v>787</v>
+      </c>
+      <c r="D6" s="27" t="n">
+        <v>761</v>
+      </c>
+      <c r="E6" s="27" t="n">
+        <v>684</v>
+      </c>
+      <c r="F6" s="27" t="n">
+        <v>761</v>
+      </c>
+      <c r="G6" s="27" t="n">
+        <v>746</v>
+      </c>
+      <c r="H6" s="27" t="n">
+        <v>661</v>
+      </c>
+      <c r="I6" s="27" t="n">
+        <v>771</v>
+      </c>
+      <c r="J6" s="27" t="n">
+        <v>781</v>
+      </c>
+      <c r="K6" s="27" t="n">
+        <v>793</v>
+      </c>
+      <c r="L6" s="27" t="n">
+        <v>939</v>
+      </c>
+      <c r="M6" s="27" t="n">
+        <v>810</v>
+      </c>
+      <c r="N6" s="27" t="n">
+        <v>856</v>
+      </c>
+      <c r="O6" s="27" t="n">
+        <v>791</v>
+      </c>
+      <c r="P6" s="27" t="n">
+        <v>10915</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="27" t="n">
+        <v>570</v>
+      </c>
+      <c r="C7" s="27" t="n">
+        <v>515</v>
+      </c>
+      <c r="D7" s="27" t="n">
+        <v>470</v>
+      </c>
+      <c r="E7" s="27" t="n">
+        <v>456</v>
+      </c>
+      <c r="F7" s="27" t="n">
+        <v>472</v>
+      </c>
+      <c r="G7" s="27" t="n">
+        <v>537</v>
+      </c>
+      <c r="H7" s="27" t="n">
+        <v>497</v>
+      </c>
+      <c r="I7" s="27" t="n">
+        <v>442</v>
+      </c>
+      <c r="J7" s="27" t="n">
+        <v>521</v>
+      </c>
+      <c r="K7" s="27" t="n">
+        <v>478</v>
+      </c>
+      <c r="L7" s="27" t="n">
+        <v>608</v>
+      </c>
+      <c r="M7" s="27" t="n">
+        <v>537</v>
+      </c>
+      <c r="N7" s="27" t="n">
+        <v>546</v>
+      </c>
+      <c r="O7" s="27" t="n">
+        <v>525</v>
+      </c>
+      <c r="P7" s="27" t="n">
+        <v>7174</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="27" t="n">
+        <v>394</v>
+      </c>
+      <c r="C8" s="27" t="n">
+        <v>394</v>
+      </c>
+      <c r="D8" s="27" t="n">
+        <v>396</v>
+      </c>
+      <c r="E8" s="27" t="n">
+        <v>370</v>
+      </c>
+      <c r="F8" s="27" t="n">
+        <v>383</v>
+      </c>
+      <c r="G8" s="27" t="n">
+        <v>392</v>
+      </c>
+      <c r="H8" s="27" t="n">
+        <v>446</v>
+      </c>
+      <c r="I8" s="27" t="n">
+        <v>440</v>
+      </c>
+      <c r="J8" s="27" t="n">
+        <v>535</v>
+      </c>
+      <c r="K8" s="27" t="n">
+        <v>565</v>
+      </c>
+      <c r="L8" s="27" t="n">
+        <v>497</v>
+      </c>
+      <c r="M8" s="27" t="n">
+        <v>494</v>
+      </c>
+      <c r="N8" s="27" t="n">
+        <v>473</v>
+      </c>
+      <c r="O8" s="27" t="n">
+        <v>520</v>
+      </c>
+      <c r="P8" s="27" t="n">
+        <v>6299</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="27" t="n">
+        <v>141</v>
+      </c>
+      <c r="C9" s="27" t="n">
+        <v>155</v>
+      </c>
+      <c r="D9" s="27" t="n">
+        <v>133</v>
+      </c>
+      <c r="E9" s="27" t="n">
+        <v>124</v>
+      </c>
+      <c r="F9" s="27" t="n">
+        <v>163</v>
+      </c>
+      <c r="G9" s="27" t="n">
+        <v>150</v>
+      </c>
+      <c r="H9" s="27" t="n">
+        <v>133</v>
+      </c>
+      <c r="I9" s="27" t="n">
+        <v>120</v>
+      </c>
+      <c r="J9" s="27" t="n">
+        <v>155</v>
+      </c>
+      <c r="K9" s="27" t="n">
+        <v>127</v>
+      </c>
+      <c r="L9" s="27" t="n">
+        <v>94</v>
+      </c>
+      <c r="M9" s="27" t="n">
+        <v>116</v>
+      </c>
+      <c r="N9" s="27" t="n">
+        <v>114</v>
+      </c>
+      <c r="O9" s="27" t="n">
+        <v>125</v>
+      </c>
+      <c r="P9" s="27" t="n">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="27" t="n">
+        <v>93</v>
+      </c>
+      <c r="C10" s="27" t="n">
+        <v>80</v>
+      </c>
+      <c r="D10" s="27" t="n">
+        <v>99</v>
+      </c>
+      <c r="E10" s="27" t="n">
+        <v>83</v>
+      </c>
+      <c r="F10" s="27" t="n">
+        <v>73</v>
+      </c>
+      <c r="G10" s="27" t="n">
+        <v>67</v>
+      </c>
+      <c r="H10" s="27" t="n">
+        <v>68</v>
+      </c>
+      <c r="I10" s="27" t="n">
+        <v>59</v>
+      </c>
+      <c r="J10" s="27" t="n">
+        <v>74</v>
+      </c>
+      <c r="K10" s="27" t="n">
+        <v>73</v>
+      </c>
+      <c r="L10" s="27" t="n">
+        <v>98</v>
+      </c>
+      <c r="M10" s="27" t="n">
+        <v>91</v>
+      </c>
+      <c r="N10" s="27" t="n">
+        <v>115</v>
+      </c>
+      <c r="O10" s="27" t="n">
+        <v>96</v>
+      </c>
+      <c r="P10" s="27" t="n">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="27" t="n">
+        <v>73</v>
+      </c>
+      <c r="C11" s="27" t="n">
+        <v>47</v>
+      </c>
+      <c r="D11" s="27" t="n">
+        <v>59</v>
+      </c>
+      <c r="E11" s="27" t="n">
+        <v>52</v>
+      </c>
+      <c r="F11" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="G11" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="H11" s="27" t="n">
+        <v>60</v>
+      </c>
+      <c r="I11" s="27" t="n">
+        <v>64</v>
+      </c>
+      <c r="J11" s="27" t="n">
+        <v>71</v>
+      </c>
+      <c r="K11" s="27" t="n">
+        <v>74</v>
+      </c>
+      <c r="L11" s="27" t="n">
+        <v>76</v>
+      </c>
+      <c r="M11" s="27" t="n">
+        <v>81</v>
+      </c>
+      <c r="N11" s="27" t="n">
+        <v>88</v>
+      </c>
+      <c r="O11" s="27" t="n">
+        <v>51</v>
+      </c>
+      <c r="P11" s="27" t="n">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="C12" s="27" t="n">
+        <v>46</v>
+      </c>
+      <c r="D12" s="27" t="n">
+        <v>50</v>
+      </c>
+      <c r="E12" s="27" t="n">
+        <v>57</v>
+      </c>
+      <c r="F12" s="27" t="n">
+        <v>35</v>
+      </c>
+      <c r="G12" s="27" t="n">
+        <v>64</v>
+      </c>
+      <c r="H12" s="27" t="n">
+        <v>55</v>
+      </c>
+      <c r="I12" s="27" t="n">
+        <v>40</v>
+      </c>
+      <c r="J12" s="27" t="n">
+        <v>52</v>
+      </c>
+      <c r="K12" s="27" t="n">
+        <v>65</v>
+      </c>
+      <c r="L12" s="27" t="n">
+        <v>85</v>
+      </c>
+      <c r="M12" s="27" t="n">
+        <v>81</v>
+      </c>
+      <c r="N12" s="27" t="n">
+        <v>67</v>
+      </c>
+      <c r="O12" s="27" t="n">
+        <v>76</v>
+      </c>
+      <c r="P12" s="27" t="n">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="27" t="n">
+        <v>66</v>
+      </c>
+      <c r="C13" s="27" t="n">
+        <v>45</v>
+      </c>
+      <c r="D13" s="27" t="n">
+        <v>54</v>
+      </c>
+      <c r="E13" s="27" t="n">
+        <v>44</v>
+      </c>
+      <c r="F13" s="27" t="n">
+        <v>63</v>
+      </c>
+      <c r="G13" s="27" t="n">
+        <v>67</v>
+      </c>
+      <c r="H13" s="27" t="n">
+        <v>54</v>
+      </c>
+      <c r="I13" s="27" t="n">
+        <v>57</v>
+      </c>
+      <c r="J13" s="27" t="n">
+        <v>71</v>
+      </c>
+      <c r="K13" s="27" t="n">
+        <v>69</v>
+      </c>
+      <c r="L13" s="27" t="n">
+        <v>53</v>
+      </c>
+      <c r="M13" s="27" t="n">
+        <v>58</v>
+      </c>
+      <c r="N13" s="27" t="n">
+        <v>49</v>
+      </c>
+      <c r="O13" s="27" t="n">
+        <v>51</v>
+      </c>
+      <c r="P13" s="27" t="n">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="27" t="n">
+        <v>45</v>
+      </c>
+      <c r="C14" s="27" t="n">
+        <v>34</v>
+      </c>
+      <c r="D14" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="E14" s="27" t="n">
+        <v>49</v>
+      </c>
+      <c r="F14" s="27" t="n">
+        <v>51</v>
+      </c>
+      <c r="G14" s="27" t="n">
+        <v>65</v>
+      </c>
+      <c r="H14" s="27" t="n">
+        <v>46</v>
+      </c>
+      <c r="I14" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="J14" s="27" t="n">
+        <v>39</v>
+      </c>
+      <c r="K14" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="L14" s="27" t="n">
+        <v>43</v>
+      </c>
+      <c r="M14" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="N14" s="27" t="n">
+        <v>35</v>
+      </c>
+      <c r="O14" s="27" t="n">
+        <v>58</v>
+      </c>
+      <c r="P14" s="27" t="n">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="27" t="n">
+        <v>39</v>
+      </c>
+      <c r="C15" s="27" t="n">
+        <v>42</v>
+      </c>
+      <c r="D15" s="27" t="n">
+        <v>54</v>
+      </c>
+      <c r="E15" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="F15" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="G15" s="27" t="n">
+        <v>23</v>
+      </c>
+      <c r="H15" s="27" t="n">
+        <v>33</v>
+      </c>
+      <c r="I15" s="27" t="n">
+        <v>62</v>
+      </c>
+      <c r="J15" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="K15" s="27" t="n">
+        <v>52</v>
+      </c>
+      <c r="L15" s="27" t="n">
+        <v>60</v>
+      </c>
+      <c r="M15" s="27" t="n">
+        <v>64</v>
+      </c>
+      <c r="N15" s="27" t="n">
+        <v>38</v>
+      </c>
+      <c r="O15" s="27" t="n">
+        <v>46</v>
+      </c>
+      <c r="P15" s="27" t="n">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="27" t="n">
+        <v>36</v>
+      </c>
+      <c r="C16" s="27" t="n">
+        <v>43</v>
+      </c>
+      <c r="D16" s="27" t="n">
+        <v>66</v>
+      </c>
+      <c r="E16" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="F16" s="27" t="n">
+        <v>47</v>
+      </c>
+      <c r="G16" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="H16" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="I16" s="27" t="n">
+        <v>50</v>
+      </c>
+      <c r="J16" s="27" t="n">
+        <v>53</v>
+      </c>
+      <c r="K16" s="27" t="n">
+        <v>40</v>
+      </c>
+      <c r="L16" s="27" t="n">
+        <v>46</v>
+      </c>
+      <c r="M16" s="27" t="n">
+        <v>41</v>
+      </c>
+      <c r="N16" s="27" t="n">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="O16" s="27" t="n">
+        <v>62</v>
+      </c>
+      <c r="P16" s="27" t="n">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="27" t="n">
+        <v>40</v>
+      </c>
+      <c r="C17" s="27" t="n">
+        <v>38</v>
+      </c>
+      <c r="D17" s="27" t="n">
+        <v>26</v>
+      </c>
+      <c r="E17" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="F17" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="G17" s="27" t="n">
+        <v>51</v>
+      </c>
+      <c r="H17" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="I17" s="27" t="n">
+        <v>29</v>
+      </c>
+      <c r="J17" s="27" t="n">
+        <v>48</v>
+      </c>
+      <c r="K17" s="27" t="n">
+        <v>49</v>
+      </c>
+      <c r="L17" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="M17" s="27" t="n">
+        <v>50</v>
+      </c>
+      <c r="N17" s="27" t="n">
+        <v>44</v>
+      </c>
+      <c r="O17" s="27" t="n">
+        <v>45</v>
+      </c>
+      <c r="P17" s="27" t="n">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="C18" s="27" t="n">
+        <v>34</v>
+      </c>
+      <c r="D18" s="27" t="n">
+        <v>32</v>
+      </c>
+      <c r="E18" s="27" t="n">
+        <v>57</v>
+      </c>
+      <c r="F18" s="27" t="n">
+        <v>46</v>
+      </c>
+      <c r="G18" s="27" t="n">
+        <v>52</v>
+      </c>
+      <c r="H18" s="27" t="n">
+        <v>43</v>
+      </c>
+      <c r="I18" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="J18" s="27" t="n">
+        <v>40</v>
+      </c>
+      <c r="K18" s="27" t="n">
+        <v>37</v>
+      </c>
+      <c r="L18" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="M18" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="N18" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="O18" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="P18" s="27" t="n">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="C19" s="27" t="n">
+        <v>48</v>
+      </c>
+      <c r="D19" s="27" t="n">
+        <v>36</v>
+      </c>
+      <c r="E19" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="F19" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="G19" s="27" t="n">
+        <v>18</v>
+      </c>
+      <c r="H19" s="27" t="n">
+        <v>23</v>
+      </c>
+      <c r="I19" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="J19" s="27" t="n">
+        <v>35</v>
+      </c>
+      <c r="K19" s="27" t="n">
+        <v>23</v>
+      </c>
+      <c r="L19" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="M19" s="27" t="n">
+        <v>50</v>
+      </c>
+      <c r="N19" s="27" t="n">
+        <v>28</v>
+      </c>
+      <c r="O19" s="27" t="n">
+        <v>54</v>
+      </c>
+      <c r="P19" s="27" t="n">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="C20" s="27" t="n">
+        <v>35</v>
+      </c>
+      <c r="D20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="E20" s="27" t="n">
+        <v>19</v>
+      </c>
+      <c r="F20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="G20" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="H20" s="27" t="n">
+        <v>19</v>
+      </c>
+      <c r="I20" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="J20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="K20" s="27" t="n">
+        <v>34</v>
+      </c>
+      <c r="L20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="M20" s="27" t="n">
+        <v>22</v>
+      </c>
+      <c r="N20" s="27" t="n">
+        <v>30</v>
+      </c>
+      <c r="O20" s="27" t="n">
+        <v>35</v>
+      </c>
+      <c r="P20" s="27" t="n">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="27" t="n">
+        <v>15</v>
+      </c>
+      <c r="C21" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="D21" s="27" t="n">
+        <v>22</v>
+      </c>
+      <c r="E21" s="27" t="n">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
-[...140 lines deleted...]
-      <c r="B8" s="4">
+      <c r="F21" s="27" t="n">
+        <v>26</v>
+      </c>
+      <c r="G21" s="27" t="n">
+        <v>29</v>
+      </c>
+      <c r="H21" s="27" t="n">
+        <v>33</v>
+      </c>
+      <c r="I21" s="27" t="n">
+        <v>26</v>
+      </c>
+      <c r="J21" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="K21" s="27" t="n">
+        <v>29</v>
+      </c>
+      <c r="L21" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="M21" s="27" t="n">
+        <v>38</v>
+      </c>
+      <c r="N21" s="27" t="n">
+        <v>33</v>
+      </c>
+      <c r="O21" s="27" t="n">
+        <v>33</v>
+      </c>
+      <c r="P21" s="27" t="n">
         <v>394</v>
       </c>
-      <c r="C8" s="4">
-[...140 lines deleted...]
-      <c r="C11" s="4">
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="27" t="n">
+        <v>17</v>
+      </c>
+      <c r="C22" s="27" t="n">
+        <v>22</v>
+      </c>
+      <c r="D22" s="27" t="n">
+        <v>19</v>
+      </c>
+      <c r="E22" s="27" t="n">
+        <v>25</v>
+      </c>
+      <c r="F22" s="27" t="n">
+        <v>28</v>
+      </c>
+      <c r="G22" s="27" t="n">
+        <v>24</v>
+      </c>
+      <c r="H22" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="I22" s="27" t="n">
+        <v>24</v>
+      </c>
+      <c r="J22" s="27" t="n">
+        <v>29</v>
+      </c>
+      <c r="K22" s="27" t="n">
+        <v>19</v>
+      </c>
+      <c r="L22" s="27" t="n">
+        <v>31</v>
+      </c>
+      <c r="M22" s="27" t="n">
+        <v>32</v>
+      </c>
+      <c r="N22" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="O22" s="27" t="n">
+        <v>27</v>
+      </c>
+      <c r="P22" s="27" t="n">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="C23" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="D23" s="27" t="n">
+        <v>16</v>
+      </c>
+      <c r="E23" s="27" t="n">
+        <v>17</v>
+      </c>
+      <c r="F23" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="G23" s="27" t="n">
+        <v>18</v>
+      </c>
+      <c r="H23" s="27" t="n">
+        <v>15</v>
+      </c>
+      <c r="I23" s="27" t="n">
+        <v>24</v>
+      </c>
+      <c r="J23" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="K23" s="27" t="n">
+        <v>22</v>
+      </c>
+      <c r="L23" s="27" t="n">
+        <v>23</v>
+      </c>
+      <c r="M23" s="27" t="n">
+        <v>22</v>
+      </c>
+      <c r="N23" s="27" t="n">
+        <v>17</v>
+      </c>
+      <c r="O23" s="27" t="n">
+        <v>21</v>
+      </c>
+      <c r="P23" s="27" t="n">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="C24" s="27" t="n">
+        <v>16</v>
+      </c>
+      <c r="D24" s="27" t="n">
+        <v>18</v>
+      </c>
+      <c r="E24" s="27" t="n">
+        <v>6</v>
+      </c>
+      <c r="F24" s="27" t="n">
+        <v>21</v>
+      </c>
+      <c r="G24" s="27" t="n">
+        <v>16</v>
+      </c>
+      <c r="H24" s="27" t="n">
+        <v>19</v>
+      </c>
+      <c r="I24" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="J24" s="27" t="n">
+        <v>23</v>
+      </c>
+      <c r="K24" s="27" t="n">
+        <v>24</v>
+      </c>
+      <c r="L24" s="27" t="n">
+        <v>16</v>
+      </c>
+      <c r="M24" s="27" t="n">
+        <v>20</v>
+      </c>
+      <c r="N24" s="27" t="n">
+        <v>17</v>
+      </c>
+      <c r="O24" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="P24" s="27" t="n">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="C25" s="27" t="n">
+        <v>7</v>
+      </c>
+      <c r="D25" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="E25" s="27" t="n">
+        <v>8</v>
+      </c>
+      <c r="F25" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="G25" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="H25" s="27" t="n">
+        <v>21</v>
+      </c>
+      <c r="I25" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="J25" s="27" t="n">
+        <v>11</v>
+      </c>
+      <c r="K25" s="27" t="n">
+        <v>7</v>
+      </c>
+      <c r="L25" s="27" t="n">
+        <v>13</v>
+      </c>
+      <c r="M25" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="N25" s="27" t="n">
+        <v>8</v>
+      </c>
+      <c r="O25" s="27" t="n">
+        <v>13</v>
+      </c>
+      <c r="P25" s="27" t="n">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="C26" s="27" t="n">
+        <v>7</v>
+      </c>
+      <c r="D26" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="E26" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="F26" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="G26" s="27" t="n">
+        <v>3</v>
+      </c>
+      <c r="H26" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="I26" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="J26" s="27" t="n">
+        <v>6</v>
+      </c>
+      <c r="K26" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="L26" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="M26" s="27" t="n">
+        <v>15</v>
+      </c>
+      <c r="N26" s="27" t="n">
+        <v>11</v>
+      </c>
+      <c r="O26" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="P26" s="27" t="n">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="27" t="n">
+        <v>8</v>
+      </c>
+      <c r="C27" s="27" t="n">
+        <v>3</v>
+      </c>
+      <c r="D27" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="E27" s="27" t="n">
+        <v>3</v>
+      </c>
+      <c r="F27" s="27" t="n">
+        <v>18</v>
+      </c>
+      <c r="G27" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="H27" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="I27" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="J27" s="27" t="n">
+        <v>10</v>
+      </c>
+      <c r="K27" s="27" t="n">
+        <v>6</v>
+      </c>
+      <c r="L27" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="M27" s="27" t="n">
+        <v>7</v>
+      </c>
+      <c r="N27" s="27" t="n">
+        <v>12</v>
+      </c>
+      <c r="O27" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="P27" s="27" t="n">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="C28" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="D28" s="27" t="n">
+        <v>7</v>
+      </c>
+      <c r="E28" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="F28" s="27" t="n">
+        <v>1</v>
+      </c>
+      <c r="G28" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="H28" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="I28" s="27" t="n">
+        <v>9</v>
+      </c>
+      <c r="J28" s="27" t="n">
+        <v>3</v>
+      </c>
+      <c r="K28" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="L28" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="M28" s="27" t="n">
+        <v>3</v>
+      </c>
+      <c r="N28" s="27" t="n">
+        <v>1</v>
+      </c>
+      <c r="O28" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="P28" s="27" t="n">
         <v>47</v>
       </c>
-      <c r="D11" s="4">
-[...37 lines deleted...]
-      <c r="A12" s="10" t="s">
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="C29" s="27" t="n">
+        <v>8</v>
+      </c>
+      <c r="D29" s="27" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="F29" s="27" t="n">
+        <v>4</v>
+      </c>
+      <c r="G29" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="H29" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="I29" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="J29" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="L29" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="M29" s="27" t="n">
+        <v>6</v>
+      </c>
+      <c r="N29" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="O29" s="27" t="n">
+        <v>2</v>
+      </c>
+      <c r="P29" s="27" t="n">
         <v>38</v>
       </c>
-      <c r="B12" s="4">
-[...158 lines deleted...]
-      <c r="H15" s="4">
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="I15" s="4">
-[...34 lines deleted...]
-      <c r="E16" s="4">
+      <c r="B30" s="27" t="n">
+        <v>3551</v>
+      </c>
+      <c r="C30" s="27" t="n">
+        <v>3477</v>
+      </c>
+      <c r="D30" s="27" t="n">
+        <v>3363</v>
+      </c>
+      <c r="E30" s="27" t="n">
+        <v>3199</v>
+      </c>
+      <c r="F30" s="27" t="n">
+        <v>3457</v>
+      </c>
+      <c r="G30" s="27" t="n">
+        <v>3672</v>
+      </c>
+      <c r="H30" s="27" t="n">
+        <v>3531</v>
+      </c>
+      <c r="I30" s="27" t="n">
+        <v>3639</v>
+      </c>
+      <c r="J30" s="27" t="n">
+        <v>3873</v>
+      </c>
+      <c r="K30" s="27" t="n">
+        <v>3849</v>
+      </c>
+      <c r="L30" s="27" t="n">
+        <v>3940</v>
+      </c>
+      <c r="M30" s="27" t="n">
+        <v>3850</v>
+      </c>
+      <c r="N30" s="27" t="n">
+        <v>3797</v>
+      </c>
+      <c r="O30" s="27" t="n">
+        <v>3860</v>
+      </c>
+      <c r="P30" s="27" t="n">
+        <v>51058</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="26"/>
+      <c r="C31" s="26"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="26"/>
+      <c r="F31" s="26"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="26"/>
+      <c r="J31" s="26"/>
+      <c r="K31" s="26"/>
+      <c r="L31" s="26"/>
+      <c r="M31" s="26"/>
+      <c r="N31" s="26"/>
+      <c r="O31" s="26"/>
+      <c r="P31" s="26"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="26"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="26"/>
+      <c r="M32" s="26"/>
+      <c r="N32" s="26"/>
+      <c r="O32" s="26"/>
+      <c r="P32" s="26"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="26"/>
+      <c r="C33" s="26"/>
+      <c r="D33" s="26"/>
+      <c r="E33" s="26"/>
+      <c r="F33" s="26"/>
+      <c r="G33" s="26"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="26"/>
+      <c r="J33" s="26"/>
+      <c r="K33" s="26"/>
+      <c r="L33" s="26"/>
+      <c r="M33" s="26"/>
+      <c r="N33" s="26"/>
+      <c r="O33" s="26"/>
+      <c r="P33" s="26"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="26"/>
+      <c r="C34" s="26"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26"/>
+      <c r="F34" s="26"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="26"/>
+      <c r="L34" s="26"/>
+      <c r="M34" s="26"/>
+      <c r="N34" s="26"/>
+      <c r="O34" s="26"/>
+      <c r="P34" s="26"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="F16" s="4">
-[...1238 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="A5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="29" t="n">
         <v>724</v>
       </c>
-      <c r="C5" s="4">
+      <c r="C5" s="29" t="n">
         <v>673</v>
       </c>
-      <c r="D5" s="4">
+      <c r="D5" s="29" t="n">
         <v>579</v>
       </c>
-      <c r="E5" s="4">
+      <c r="E5" s="29" t="n">
         <v>625</v>
       </c>
-      <c r="F5" s="4">
+      <c r="F5" s="29" t="n">
         <v>670</v>
       </c>
-      <c r="G5" s="4">
+      <c r="G5" s="29" t="n">
         <v>755</v>
       </c>
-      <c r="H5" s="4">
+      <c r="H5" s="29" t="n">
         <v>722</v>
       </c>
-      <c r="I5" s="4">
+      <c r="I5" s="29" t="n">
         <v>802</v>
       </c>
-      <c r="J5" s="4">
+      <c r="J5" s="29" t="n">
         <v>708</v>
       </c>
-      <c r="K5" s="4">
+      <c r="K5" s="29" t="n">
         <v>786</v>
       </c>
-      <c r="L5" s="4">
+      <c r="L5" s="29" t="n">
         <v>709</v>
       </c>
-      <c r="M5" s="4">
+      <c r="M5" s="29" t="n">
         <v>687</v>
       </c>
-      <c r="N5" s="4">
+      <c r="N5" s="29" t="n">
         <v>663</v>
       </c>
-      <c r="O5" s="4">
-[...4 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="O5" s="29" t="n">
+        <v>688</v>
+      </c>
+      <c r="P5" s="29" t="n">
+        <v>9791</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="29" t="n">
+        <v>555</v>
+      </c>
+      <c r="C6" s="29" t="n">
+        <v>571</v>
+      </c>
+      <c r="D6" s="29" t="n">
+        <v>529</v>
+      </c>
+      <c r="E6" s="29" t="n">
+        <v>461</v>
+      </c>
+      <c r="F6" s="29" t="n">
+        <v>531</v>
+      </c>
+      <c r="G6" s="29" t="n">
+        <v>521</v>
+      </c>
+      <c r="H6" s="29" t="n">
+        <v>461</v>
+      </c>
+      <c r="I6" s="29" t="n">
+        <v>527</v>
+      </c>
+      <c r="J6" s="29" t="n">
+        <v>484</v>
+      </c>
+      <c r="K6" s="29" t="n">
+        <v>515</v>
+      </c>
+      <c r="L6" s="29" t="n">
+        <v>631</v>
+      </c>
+      <c r="M6" s="29" t="n">
+        <v>526</v>
+      </c>
+      <c r="N6" s="29" t="n">
+        <v>523</v>
+      </c>
+      <c r="O6" s="29" t="n">
+        <v>457</v>
+      </c>
+      <c r="P6" s="29" t="n">
+        <v>7292</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="29" t="n">
+        <v>448</v>
+      </c>
+      <c r="C7" s="29" t="n">
+        <v>384</v>
+      </c>
+      <c r="D7" s="29" t="n">
+        <v>337</v>
+      </c>
+      <c r="E7" s="29" t="n">
+        <v>314</v>
+      </c>
+      <c r="F7" s="29" t="n">
+        <v>333</v>
+      </c>
+      <c r="G7" s="29" t="n">
+        <v>383</v>
+      </c>
+      <c r="H7" s="29" t="n">
+        <v>356</v>
+      </c>
+      <c r="I7" s="29" t="n">
+        <v>317</v>
+      </c>
+      <c r="J7" s="29" t="n">
+        <v>369</v>
+      </c>
+      <c r="K7" s="29" t="n">
+        <v>363</v>
+      </c>
+      <c r="L7" s="29" t="n">
+        <v>408</v>
+      </c>
+      <c r="M7" s="29" t="n">
+        <v>377</v>
+      </c>
+      <c r="N7" s="29" t="n">
+        <v>347</v>
+      </c>
+      <c r="O7" s="29" t="n">
+        <v>369</v>
+      </c>
+      <c r="P7" s="29" t="n">
+        <v>5105</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="29" t="n">
+        <v>282</v>
+      </c>
+      <c r="C8" s="29" t="n">
+        <v>264</v>
+      </c>
+      <c r="D8" s="29" t="n">
+        <v>249</v>
+      </c>
+      <c r="E8" s="29" t="n">
+        <v>246</v>
+      </c>
+      <c r="F8" s="29" t="n">
+        <v>239</v>
+      </c>
+      <c r="G8" s="29" t="n">
+        <v>259</v>
+      </c>
+      <c r="H8" s="29" t="n">
+        <v>289</v>
+      </c>
+      <c r="I8" s="29" t="n">
+        <v>265</v>
+      </c>
+      <c r="J8" s="29" t="n">
+        <v>322</v>
+      </c>
+      <c r="K8" s="29" t="n">
+        <v>308</v>
+      </c>
+      <c r="L8" s="29" t="n">
+        <v>286</v>
+      </c>
+      <c r="M8" s="29" t="n">
+        <v>284</v>
+      </c>
+      <c r="N8" s="29" t="n">
+        <v>264</v>
+      </c>
+      <c r="O8" s="29" t="n">
+        <v>279</v>
+      </c>
+      <c r="P8" s="29" t="n">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="29" t="n">
+        <v>115</v>
+      </c>
+      <c r="C9" s="29" t="n">
+        <v>124</v>
+      </c>
+      <c r="D9" s="29" t="n">
+        <v>96</v>
+      </c>
+      <c r="E9" s="29" t="n">
+        <v>98</v>
+      </c>
+      <c r="F9" s="29" t="n">
+        <v>126</v>
+      </c>
+      <c r="G9" s="29" t="n">
+        <v>106</v>
+      </c>
+      <c r="H9" s="29" t="n">
+        <v>99</v>
+      </c>
+      <c r="I9" s="29" t="n">
+        <v>90</v>
+      </c>
+      <c r="J9" s="29" t="n">
+        <v>124</v>
+      </c>
+      <c r="K9" s="29" t="n">
+        <v>99</v>
+      </c>
+      <c r="L9" s="29" t="n">
+        <v>67</v>
+      </c>
+      <c r="M9" s="29" t="n">
+        <v>88</v>
+      </c>
+      <c r="N9" s="29" t="n">
+        <v>94</v>
+      </c>
+      <c r="O9" s="29" t="n">
+        <v>91</v>
+      </c>
+      <c r="P9" s="29" t="n">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="29" t="n">
+        <v>60</v>
+      </c>
+      <c r="C10" s="29" t="n">
+        <v>58</v>
+      </c>
+      <c r="D10" s="29" t="n">
+        <v>75</v>
+      </c>
+      <c r="E10" s="29" t="n">
+        <v>55</v>
+      </c>
+      <c r="F10" s="29" t="n">
+        <v>51</v>
+      </c>
+      <c r="G10" s="29" t="n">
+        <v>39</v>
+      </c>
+      <c r="H10" s="29" t="n">
+        <v>42</v>
+      </c>
+      <c r="I10" s="29" t="n">
+        <v>41</v>
+      </c>
+      <c r="J10" s="29" t="n">
+        <v>52</v>
+      </c>
+      <c r="K10" s="29" t="n">
+        <v>47</v>
+      </c>
+      <c r="L10" s="29" t="n">
+        <v>58</v>
+      </c>
+      <c r="M10" s="29" t="n">
+        <v>75</v>
+      </c>
+      <c r="N10" s="29" t="n">
+        <v>88</v>
+      </c>
+      <c r="O10" s="29" t="n">
+        <v>67</v>
+      </c>
+      <c r="P10" s="29" t="n">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="29" t="n">
+        <v>58</v>
+      </c>
+      <c r="C11" s="29" t="n">
+        <v>41</v>
+      </c>
+      <c r="D11" s="29" t="n">
+        <v>46</v>
+      </c>
+      <c r="E11" s="29" t="n">
+        <v>46</v>
+      </c>
+      <c r="F11" s="29" t="n">
+        <v>35</v>
+      </c>
+      <c r="G11" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="H11" s="29" t="n">
+        <v>46</v>
+      </c>
+      <c r="I11" s="29" t="n">
+        <v>50</v>
+      </c>
+      <c r="J11" s="29" t="n">
+        <v>57</v>
+      </c>
+      <c r="K11" s="29" t="n">
+        <v>62</v>
+      </c>
+      <c r="L11" s="29" t="n">
+        <v>51</v>
+      </c>
+      <c r="M11" s="29" t="n">
+        <v>61</v>
+      </c>
+      <c r="N11" s="29" t="n">
+        <v>57</v>
+      </c>
+      <c r="O11" s="29" t="n">
+        <v>40</v>
+      </c>
+      <c r="P11" s="29" t="n">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="C12" s="29" t="n">
+        <v>37</v>
+      </c>
+      <c r="D12" s="29" t="n">
+        <v>44</v>
+      </c>
+      <c r="E12" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="G12" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="H12" s="29" t="n">
+        <v>26</v>
+      </c>
+      <c r="I12" s="29" t="n">
+        <v>44</v>
+      </c>
+      <c r="J12" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="K12" s="29" t="n">
+        <v>46</v>
+      </c>
+      <c r="L12" s="29" t="n">
+        <v>41</v>
+      </c>
+      <c r="M12" s="29" t="n">
+        <v>49</v>
+      </c>
+      <c r="N12" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="O12" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="P12" s="29" t="n">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="C13" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="D13" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="E13" s="29" t="n">
+        <v>31</v>
+      </c>
+      <c r="F13" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="G13" s="29" t="n">
+        <v>36</v>
+      </c>
+      <c r="H13" s="29" t="n">
+        <v>41</v>
+      </c>
+      <c r="I13" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="J13" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="K13" s="29" t="n">
+        <v>35</v>
+      </c>
+      <c r="L13" s="29" t="n">
+        <v>35</v>
+      </c>
+      <c r="M13" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="N13" s="29" t="n">
+        <v>23</v>
+      </c>
+      <c r="O13" s="29" t="n">
+        <v>38</v>
+      </c>
+      <c r="P13" s="29" t="n">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="C14" s="29" t="n">
+        <v>23</v>
+      </c>
+      <c r="D14" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="E14" s="29" t="n">
         <v>34</v>
       </c>
-      <c r="B6" s="4">
-[...43 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="F14" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="G14" s="29" t="n">
+        <v>36</v>
+      </c>
+      <c r="H14" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="I14" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="J14" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="K14" s="29" t="n">
+        <v>28</v>
+      </c>
+      <c r="L14" s="29" t="n">
+        <v>39</v>
+      </c>
+      <c r="M14" s="29" t="n">
+        <v>49</v>
+      </c>
+      <c r="N14" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="O14" s="29" t="n">
         <v>35</v>
       </c>
-      <c r="B7" s="4">
-[...43 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="P14" s="29" t="n">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="C15" s="29" t="n">
+        <v>28</v>
+      </c>
+      <c r="D15" s="29" t="n">
+        <v>41</v>
+      </c>
+      <c r="E15" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="F15" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="G15" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="H15" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="I15" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="J15" s="29" t="n">
+        <v>30</v>
+      </c>
+      <c r="K15" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="L15" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="M15" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="N15" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="O15" s="29" t="n">
         <v>36</v>
       </c>
-      <c r="B8" s="4">
-[...43 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="P15" s="29" t="n">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="29" t="n">
+        <v>28</v>
+      </c>
+      <c r="C16" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="D16" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="E16" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="F16" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="G16" s="29" t="n">
         <v>37</v>
       </c>
-      <c r="B9" s="4">
-[...43 lines deleted...]
-      <c r="A10" s="10" t="s">
+      <c r="H16" s="29" t="n">
+        <v>35</v>
+      </c>
+      <c r="I16" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="J16" s="29" t="n">
+        <v>26</v>
+      </c>
+      <c r="K16" s="29" t="n">
+        <v>46</v>
+      </c>
+      <c r="L16" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="M16" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="N16" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="O16" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="P16" s="29" t="n">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="C17" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="D17" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="E17" s="29" t="n">
         <v>39</v>
       </c>
-      <c r="B10" s="4">
-[...2 lines deleted...]
-      <c r="C10" s="4">
+      <c r="F17" s="29" t="n">
+        <v>36</v>
+      </c>
+      <c r="G17" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="H17" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="I17" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="J17" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="K17" s="29" t="n">
+        <v>26</v>
+      </c>
+      <c r="L17" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="M17" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="N17" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="O17" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="P17" s="29" t="n">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="C18" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="D18" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="E18" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="F18" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="G18" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="H18" s="29" t="n">
+        <v>16</v>
+      </c>
+      <c r="I18" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="J18" s="29" t="n">
+        <v>26</v>
+      </c>
+      <c r="K18" s="29" t="n">
+        <v>28</v>
+      </c>
+      <c r="L18" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="M18" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="N18" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="O18" s="29" t="n">
+        <v>23</v>
+      </c>
+      <c r="P18" s="29" t="n">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="C19" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="D19" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="E19" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="F19" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="G19" s="29" t="n">
+        <v>21</v>
+      </c>
+      <c r="H19" s="29" t="n">
+        <v>16</v>
+      </c>
+      <c r="I19" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="J19" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="K19" s="29" t="n">
+        <v>28</v>
+      </c>
+      <c r="L19" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="M19" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="N19" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="O19" s="29" t="n">
+        <v>25</v>
+      </c>
+      <c r="P19" s="29" t="n">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="C20" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="D20" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="E20" s="29" t="n">
+        <v>26</v>
+      </c>
+      <c r="F20" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="G20" s="29" t="n">
+        <v>24</v>
+      </c>
+      <c r="H20" s="29" t="n">
+        <v>27</v>
+      </c>
+      <c r="I20" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="J20" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="K20" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="L20" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="M20" s="29" t="n">
+        <v>29</v>
+      </c>
+      <c r="N20" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="O20" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="P20" s="29" t="n">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="C21" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="D21" s="29" t="n">
+        <v>11</v>
+      </c>
+      <c r="E21" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="F21" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="G21" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="H21" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="I21" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="J21" s="29" t="n">
+        <v>22</v>
+      </c>
+      <c r="K21" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="L21" s="29" t="n">
+        <v>23</v>
+      </c>
+      <c r="M21" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="N21" s="29" t="n">
+        <v>20</v>
+      </c>
+      <c r="O21" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="P21" s="29" t="n">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="C22" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="D22" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="E22" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="F22" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="G22" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="H22" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="I22" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="J22" s="29" t="n">
+        <v>17</v>
+      </c>
+      <c r="K22" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="L22" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="M22" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="N22" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="O22" s="29" t="n">
+        <v>11</v>
+      </c>
+      <c r="P22" s="29" t="n">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="C23" s="29" t="n">
+        <v>19</v>
+      </c>
+      <c r="D23" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="E23" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="F23" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="G23" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="H23" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="I23" s="29" t="n">
+        <v>11</v>
+      </c>
+      <c r="J23" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="K23" s="29" t="n">
+        <v>6</v>
+      </c>
+      <c r="L23" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="M23" s="29" t="n">
+        <v>23</v>
+      </c>
+      <c r="N23" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="O23" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="P23" s="29" t="n">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="29" t="n">
+        <v>6</v>
+      </c>
+      <c r="C24" s="29" t="n">
+        <v>11</v>
+      </c>
+      <c r="D24" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="E24" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="F24" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="G24" s="29" t="n">
+        <v>9</v>
+      </c>
+      <c r="H24" s="29" t="n">
+        <v>9</v>
+      </c>
+      <c r="I24" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="J24" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="K24" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="L24" s="29" t="n">
+        <v>12</v>
+      </c>
+      <c r="M24" s="29" t="n">
+        <v>15</v>
+      </c>
+      <c r="N24" s="29" t="n">
+        <v>9</v>
+      </c>
+      <c r="O24" s="29" t="n">
+        <v>8</v>
+      </c>
+      <c r="P24" s="29" t="n">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="C25" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="D25" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="E25" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="F25" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="G25" s="29" t="n">
+        <v>9</v>
+      </c>
+      <c r="H25" s="29" t="n">
+        <v>18</v>
+      </c>
+      <c r="I25" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="J25" s="29" t="n">
+        <v>9</v>
+      </c>
+      <c r="K25" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="L25" s="29" t="n">
+        <v>13</v>
+      </c>
+      <c r="M25" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="N25" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="O25" s="29" t="n">
+        <v>10</v>
+      </c>
+      <c r="P25" s="29" t="n">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="C26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="D26" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="E26" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="F26" s="29" t="n">
+        <v>14</v>
+      </c>
+      <c r="G26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="H26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="I26" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="J26" s="29" t="n">
+        <v>6</v>
+      </c>
+      <c r="K26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="L26" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="M26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="N26" s="29" t="n">
+        <v>11</v>
+      </c>
+      <c r="O26" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="P26" s="29" t="n">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="C27" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="D27" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="E27" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="F27" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="G27" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="H27" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="I27" s="29" t="n">
+        <v>6</v>
+      </c>
+      <c r="J27" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="K27" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="L27" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="M27" s="29" t="n">
+        <v>7</v>
+      </c>
+      <c r="N27" s="29" t="n">
+        <v>6</v>
+      </c>
+      <c r="O27" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="P27" s="29" t="n">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="C28" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="D28" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="E28" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="F28" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="G28" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="H28" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="I28" s="29" t="n">
+        <v>8</v>
+      </c>
+      <c r="J28" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="K28" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="L28" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="M28" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="N28" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="O28" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="P28" s="29" t="n">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="4">
-[...55 lines deleted...]
-      <c r="G11" s="4">
+      <c r="B29" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="C29" s="29" t="n">
+        <v>8</v>
+      </c>
+      <c r="D29" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="F29" s="29" t="n">
+        <v>4</v>
+      </c>
+      <c r="G29" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="H29" s="29" t="n">
+        <v>2</v>
+      </c>
+      <c r="I29" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="J29" s="29" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" s="29" t="n">
+        <v>3</v>
+      </c>
+      <c r="L29" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="M29" s="29" t="n">
+        <v>5</v>
+      </c>
+      <c r="N29" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="O29" s="29" t="n">
+        <v>1</v>
+      </c>
+      <c r="P29" s="29" t="n">
         <v>29</v>
       </c>
-      <c r="H11" s="4">
-[...64 lines deleted...]
-      <c r="N12" s="4">
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="29" t="n">
+        <v>2486</v>
+      </c>
+      <c r="C30" s="29" t="n">
+        <v>2397</v>
+      </c>
+      <c r="D30" s="29" t="n">
+        <v>2201</v>
+      </c>
+      <c r="E30" s="29" t="n">
+        <v>2108</v>
+      </c>
+      <c r="F30" s="29" t="n">
+        <v>2272</v>
+      </c>
+      <c r="G30" s="29" t="n">
+        <v>2401</v>
+      </c>
+      <c r="H30" s="29" t="n">
+        <v>2322</v>
+      </c>
+      <c r="I30" s="29" t="n">
+        <v>2393</v>
+      </c>
+      <c r="J30" s="29" t="n">
+        <v>2422</v>
+      </c>
+      <c r="K30" s="29" t="n">
+        <v>2530</v>
+      </c>
+      <c r="L30" s="29" t="n">
+        <v>2534</v>
+      </c>
+      <c r="M30" s="29" t="n">
+        <v>2450</v>
+      </c>
+      <c r="N30" s="29" t="n">
+        <v>2294</v>
+      </c>
+      <c r="O30" s="29" t="n">
+        <v>2307</v>
+      </c>
+      <c r="P30" s="29" t="n">
+        <v>33117</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="28"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="28"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="28"/>
+      <c r="I31" s="28"/>
+      <c r="J31" s="28"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="28"/>
+      <c r="M31" s="28"/>
+      <c r="N31" s="28"/>
+      <c r="O31" s="28"/>
+      <c r="P31" s="28"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="28"/>
+      <c r="C32" s="28"/>
+      <c r="D32" s="28"/>
+      <c r="E32" s="28"/>
+      <c r="F32" s="28"/>
+      <c r="G32" s="28"/>
+      <c r="H32" s="28"/>
+      <c r="I32" s="28"/>
+      <c r="J32" s="28"/>
+      <c r="K32" s="28"/>
+      <c r="L32" s="28"/>
+      <c r="M32" s="28"/>
+      <c r="N32" s="28"/>
+      <c r="O32" s="28"/>
+      <c r="P32" s="28"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="28"/>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="28"/>
+      <c r="I33" s="28"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+      <c r="M33" s="28"/>
+      <c r="N33" s="28"/>
+      <c r="O33" s="28"/>
+      <c r="P33" s="28"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="28"/>
+      <c r="I34" s="28"/>
+      <c r="J34" s="28"/>
+      <c r="K34" s="28"/>
+      <c r="L34" s="28"/>
+      <c r="M34" s="28"/>
+      <c r="N34" s="28"/>
+      <c r="O34" s="28"/>
+      <c r="P34" s="28"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="O12" s="4">
-[...1399 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:O500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="2" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...15 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
       <c r="A4" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="31" t="n">
+        <v>366</v>
+      </c>
+      <c r="C5" s="31" t="n">
+        <v>357</v>
+      </c>
+      <c r="D5" s="31" t="n">
+        <v>378</v>
+      </c>
+      <c r="E5" s="31" t="n">
+        <v>381</v>
+      </c>
+      <c r="F5" s="31" t="n">
+        <v>405</v>
+      </c>
+      <c r="G5" s="31" t="n">
+        <v>463</v>
+      </c>
+      <c r="H5" s="31" t="n">
+        <v>476</v>
+      </c>
+      <c r="I5" s="31" t="n">
+        <v>464</v>
+      </c>
+      <c r="J5" s="31" t="n">
+        <v>496</v>
+      </c>
+      <c r="K5" s="31" t="n">
+        <v>414</v>
+      </c>
+      <c r="L5" s="31" t="n">
+        <v>412</v>
+      </c>
+      <c r="M5" s="31" t="n">
+        <v>446</v>
+      </c>
+      <c r="N5" s="31" t="n">
+        <v>464</v>
+      </c>
+      <c r="O5" s="31" t="n">
+        <v>491</v>
+      </c>
+      <c r="P5" s="31" t="n">
+        <v>6013</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="31" t="n">
+        <v>219</v>
+      </c>
+      <c r="C6" s="31" t="n">
+        <v>216</v>
+      </c>
+      <c r="D6" s="31" t="n">
+        <v>232</v>
+      </c>
+      <c r="E6" s="31" t="n">
+        <v>223</v>
+      </c>
+      <c r="F6" s="31" t="n">
+        <v>230</v>
+      </c>
+      <c r="G6" s="31" t="n">
+        <v>225</v>
+      </c>
+      <c r="H6" s="31" t="n">
+        <v>200</v>
+      </c>
+      <c r="I6" s="31" t="n">
+        <v>244</v>
+      </c>
+      <c r="J6" s="31" t="n">
+        <v>297</v>
+      </c>
+      <c r="K6" s="31" t="n">
+        <v>278</v>
+      </c>
+      <c r="L6" s="31" t="n">
+        <v>308</v>
+      </c>
+      <c r="M6" s="31" t="n">
+        <v>284</v>
+      </c>
+      <c r="N6" s="31" t="n">
+        <v>333</v>
+      </c>
+      <c r="O6" s="31" t="n">
+        <v>334</v>
+      </c>
+      <c r="P6" s="31" t="n">
+        <v>3623</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="31" t="n">
+        <v>112</v>
+      </c>
+      <c r="C7" s="31" t="n">
+        <v>130</v>
+      </c>
+      <c r="D7" s="31" t="n">
+        <v>147</v>
+      </c>
+      <c r="E7" s="31" t="n">
+        <v>124</v>
+      </c>
+      <c r="F7" s="31" t="n">
+        <v>144</v>
+      </c>
+      <c r="G7" s="31" t="n">
+        <v>133</v>
+      </c>
+      <c r="H7" s="31" t="n">
+        <v>157</v>
+      </c>
+      <c r="I7" s="31" t="n">
+        <v>175</v>
+      </c>
+      <c r="J7" s="31" t="n">
+        <v>213</v>
+      </c>
+      <c r="K7" s="31" t="n">
+        <v>257</v>
+      </c>
+      <c r="L7" s="31" t="n">
+        <v>211</v>
+      </c>
+      <c r="M7" s="31" t="n">
+        <v>210</v>
+      </c>
+      <c r="N7" s="31" t="n">
+        <v>209</v>
+      </c>
+      <c r="O7" s="31" t="n">
+        <v>241</v>
+      </c>
+      <c r="P7" s="31" t="n">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="31" t="n">
+        <v>122</v>
+      </c>
+      <c r="C8" s="31" t="n">
+        <v>131</v>
+      </c>
+      <c r="D8" s="31" t="n">
+        <v>133</v>
+      </c>
+      <c r="E8" s="31" t="n">
+        <v>142</v>
+      </c>
+      <c r="F8" s="31" t="n">
+        <v>139</v>
+      </c>
+      <c r="G8" s="31" t="n">
+        <v>154</v>
+      </c>
+      <c r="H8" s="31" t="n">
+        <v>141</v>
+      </c>
+      <c r="I8" s="31" t="n">
+        <v>125</v>
+      </c>
+      <c r="J8" s="31" t="n">
+        <v>152</v>
+      </c>
+      <c r="K8" s="31" t="n">
+        <v>115</v>
+      </c>
+      <c r="L8" s="31" t="n">
+        <v>200</v>
+      </c>
+      <c r="M8" s="31" t="n">
+        <v>160</v>
+      </c>
+      <c r="N8" s="31" t="n">
+        <v>199</v>
+      </c>
+      <c r="O8" s="31" t="n">
+        <v>156</v>
+      </c>
+      <c r="P8" s="31" t="n">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="31" t="n">
+        <v>38</v>
+      </c>
+      <c r="C9" s="31" t="n">
+        <v>30</v>
+      </c>
+      <c r="D9" s="31" t="n">
+        <v>39</v>
+      </c>
+      <c r="E9" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="F9" s="31" t="n">
+        <v>39</v>
+      </c>
+      <c r="G9" s="31" t="n">
+        <v>30</v>
+      </c>
+      <c r="H9" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="I9" s="31" t="n">
+        <v>37</v>
+      </c>
+      <c r="J9" s="31" t="n">
+        <v>45</v>
+      </c>
+      <c r="K9" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="L9" s="31" t="n">
+        <v>31</v>
+      </c>
+      <c r="M9" s="31" t="n">
+        <v>37</v>
+      </c>
+      <c r="N9" s="31" t="n">
+        <v>29</v>
+      </c>
+      <c r="O9" s="31" t="n">
+        <v>27</v>
+      </c>
+      <c r="P9" s="31" t="n">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="C10" s="31" t="n">
+        <v>31</v>
+      </c>
+      <c r="D10" s="31" t="n">
+        <v>37</v>
+      </c>
+      <c r="E10" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="F10" s="31" t="n">
+        <v>37</v>
+      </c>
+      <c r="G10" s="31" t="n">
+        <v>44</v>
+      </c>
+      <c r="H10" s="31" t="n">
+        <v>34</v>
+      </c>
+      <c r="I10" s="31" t="n">
+        <v>30</v>
+      </c>
+      <c r="J10" s="31" t="n">
+        <v>31</v>
+      </c>
+      <c r="K10" s="31" t="n">
+        <v>28</v>
+      </c>
+      <c r="L10" s="31" t="n">
+        <v>27</v>
+      </c>
+      <c r="M10" s="31" t="n">
+        <v>28</v>
+      </c>
+      <c r="N10" s="31" t="n">
+        <v>20</v>
+      </c>
+      <c r="O10" s="31" t="n">
+        <v>34</v>
+      </c>
+      <c r="P10" s="31" t="n">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="C11" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="D11" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="E11" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="F11" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="G11" s="31" t="n">
+        <v>28</v>
+      </c>
+      <c r="H11" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="I11" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="J11" s="31" t="n">
+        <v>31</v>
+      </c>
+      <c r="K11" s="31" t="n">
+        <v>37</v>
+      </c>
+      <c r="L11" s="31" t="n">
+        <v>46</v>
+      </c>
+      <c r="M11" s="31" t="n">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="10" t="s">
+      <c r="N11" s="31" t="n">
+        <v>45</v>
+      </c>
+      <c r="O11" s="31" t="n">
+        <v>41</v>
+      </c>
+      <c r="P11" s="31" t="n">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="31" t="n">
         <v>33</v>
       </c>
-      <c r="B5" s="4">
-[...90 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="C12" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="D12" s="31" t="n">
+        <v>24</v>
+      </c>
+      <c r="E12" s="31" t="n">
+        <v>28</v>
+      </c>
+      <c r="F12" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="G12" s="31" t="n">
+        <v>28</v>
+      </c>
+      <c r="H12" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="I12" s="31" t="n">
+        <v>18</v>
+      </c>
+      <c r="J12" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="K12" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="L12" s="31" t="n">
+        <v>40</v>
+      </c>
+      <c r="M12" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="N12" s="31" t="n">
+        <v>27</v>
+      </c>
+      <c r="O12" s="31" t="n">
+        <v>29</v>
+      </c>
+      <c r="P12" s="31" t="n">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="C13" s="31" t="n">
+        <v>29</v>
+      </c>
+      <c r="D13" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="E13" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="F13" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="G13" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="H13" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="I13" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="J13" s="31" t="n">
+        <v>25</v>
+      </c>
+      <c r="K13" s="31" t="n">
+        <v>17</v>
+      </c>
+      <c r="L13" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="M13" s="31" t="n">
+        <v>27</v>
+      </c>
+      <c r="N13" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="O13" s="31" t="n">
         <v>36</v>
       </c>
-      <c r="B7" s="4">
-[...43 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="P13" s="31" t="n">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="C14" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="D14" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="E14" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="F14" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="G14" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="H14" s="31" t="n">
+        <v>21</v>
+      </c>
+      <c r="I14" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="J14" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="K14" s="31" t="n">
+        <v>21</v>
+      </c>
+      <c r="L14" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="M14" s="31" t="n">
+        <v>29</v>
+      </c>
+      <c r="N14" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="O14" s="31" t="n">
+        <v>22</v>
+      </c>
+      <c r="P14" s="31" t="n">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="C15" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="D15" s="31" t="n">
+        <v>25</v>
+      </c>
+      <c r="E15" s="31" t="n">
+        <v>11</v>
+      </c>
+      <c r="F15" s="31" t="n">
+        <v>20</v>
+      </c>
+      <c r="G15" s="31" t="n">
+        <v>11</v>
+      </c>
+      <c r="H15" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="I15" s="31" t="n">
+        <v>20</v>
+      </c>
+      <c r="J15" s="31" t="n">
+        <v>23</v>
+      </c>
+      <c r="K15" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="L15" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="M15" s="31" t="n">
+        <v>17</v>
+      </c>
+      <c r="N15" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="O15" s="31" t="n">
+        <v>26</v>
+      </c>
+      <c r="P15" s="31" t="n">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="C16" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="D16" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="E16" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="F16" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="G16" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="H16" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="I16" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="J16" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="K16" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="L16" s="31" t="n">
+        <v>25</v>
+      </c>
+      <c r="M16" s="31" t="n">
+        <v>20</v>
+      </c>
+      <c r="N16" s="31" t="n">
+        <v>31</v>
+      </c>
+      <c r="O16" s="31" t="n">
+        <v>11</v>
+      </c>
+      <c r="P16" s="31" t="n">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="C17" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="D17" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="E17" s="31" t="n">
+        <v>18</v>
+      </c>
+      <c r="F17" s="31" t="n">
+        <v>21</v>
+      </c>
+      <c r="G17" s="31" t="n">
+        <v>29</v>
+      </c>
+      <c r="H17" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="I17" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="J17" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="K17" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="L17" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="M17" s="31" t="n">
+        <v>17</v>
+      </c>
+      <c r="N17" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="O17" s="31" t="n">
+        <v>20</v>
+      </c>
+      <c r="P17" s="31" t="n">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="C18" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="D18" s="31" t="n">
+        <v>12</v>
+      </c>
+      <c r="E18" s="31" t="n">
+        <v>18</v>
+      </c>
+      <c r="F18" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="G18" s="31" t="n">
+        <v>25</v>
+      </c>
+      <c r="H18" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="I18" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="J18" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="K18" s="31" t="n">
+        <v>11</v>
+      </c>
+      <c r="L18" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="M18" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="N18" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="O18" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="P18" s="31" t="n">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B19" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="C19" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="D19" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="E19" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="F19" s="31" t="n">
+        <v>11</v>
+      </c>
+      <c r="G19" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="H19" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="I19" s="31" t="n">
+        <v>18</v>
+      </c>
+      <c r="J19" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="K19" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="L19" s="31" t="n">
+        <v>19</v>
+      </c>
+      <c r="M19" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="N19" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="O19" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="P19" s="31" t="n">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="C20" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="D20" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="E20" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="F20" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="G20" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="H20" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="I20" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="J20" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="K20" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="L20" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="M20" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="N20" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="O20" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="P20" s="31" t="n">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="C21" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="D21" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="E21" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="F21" s="31" t="n">
+        <v>15</v>
+      </c>
+      <c r="G21" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="H21" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="I21" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="J21" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="K21" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="L21" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="M21" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="N21" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="O21" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="P21" s="31" t="n">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="C22" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="D22" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="E22" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="F22" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="G22" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="H22" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="I22" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="J22" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="K22" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="L22" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="M22" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="N22" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="O22" s="31" t="n">
+        <v>16</v>
+      </c>
+      <c r="P22" s="31" t="n">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="C23" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="D23" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="E23" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="F23" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="G23" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="H23" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="I23" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="J23" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="K23" s="31" t="n">
+        <v>14</v>
+      </c>
+      <c r="L23" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="M23" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="N23" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="O23" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="P23" s="31" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="C24" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="D24" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="E24" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="F24" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="G24" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="H24" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="I24" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="J24" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="K24" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="L24" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="M24" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="N24" s="31" t="n">
+        <v>13</v>
+      </c>
+      <c r="O24" s="31" t="n">
+        <v>10</v>
+      </c>
+      <c r="P24" s="31" t="n">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="C25" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="D25" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="E25" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="F25" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="G25" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="H25" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="I25" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="J25" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="K25" s="31" t="n">
+        <v>7</v>
+      </c>
+      <c r="L25" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="M25" s="31" t="n">
+        <v>8</v>
+      </c>
+      <c r="N25" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="O25" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="P25" s="31" t="n">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="C26" s="31" t="n">
+        <v>6</v>
+      </c>
+      <c r="D26" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="E26" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="F26" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="G26" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="H26" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="I26" s="31" t="n">
+        <v>5</v>
+      </c>
+      <c r="J26" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="K26" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="L26" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="M26" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="N26" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="O26" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="P26" s="31" t="n">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="C27" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="D27" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="F27" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="G27" s="31" t="n">
+        <v>9</v>
+      </c>
+      <c r="H27" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="I27" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="J27" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="K27" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="L27" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="M27" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="N27" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="O27" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="P27" s="31" t="n">
         <v>35</v>
       </c>
-      <c r="B8" s="4">
-[...187 lines deleted...]
-      <c r="B12" s="4">
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="C28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="D28" s="31" t="n">
+        <v>4</v>
+      </c>
+      <c r="E28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="F28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="G28" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="H28" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="I28" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="J28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" s="31" t="n">
+        <v>3</v>
+      </c>
+      <c r="L28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="M28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="N28" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="O28" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="P28" s="31" t="n">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="C29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="D29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="E29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="F29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="G29" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="H29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="I29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="J29" s="31" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" s="31" t="n">
+        <v>2</v>
+      </c>
+      <c r="L29" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="M29" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="N29" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="O29" s="31" t="n">
+        <v>1</v>
+      </c>
+      <c r="P29" s="31" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="4">
-[...2 lines deleted...]
-      <c r="D12" s="4">
+      <c r="B30" s="31" t="n">
+        <v>1065</v>
+      </c>
+      <c r="C30" s="31" t="n">
+        <v>1080</v>
+      </c>
+      <c r="D30" s="31" t="n">
+        <v>1162</v>
+      </c>
+      <c r="E30" s="31" t="n">
+        <v>1091</v>
+      </c>
+      <c r="F30" s="31" t="n">
+        <v>1185</v>
+      </c>
+      <c r="G30" s="31" t="n">
+        <v>1271</v>
+      </c>
+      <c r="H30" s="31" t="n">
+        <v>1209</v>
+      </c>
+      <c r="I30" s="31" t="n">
+        <v>1246</v>
+      </c>
+      <c r="J30" s="31" t="n">
+        <v>1451</v>
+      </c>
+      <c r="K30" s="31" t="n">
+        <v>1319</v>
+      </c>
+      <c r="L30" s="31" t="n">
+        <v>1406</v>
+      </c>
+      <c r="M30" s="31" t="n">
+        <v>1400</v>
+      </c>
+      <c r="N30" s="31" t="n">
+        <v>1503</v>
+      </c>
+      <c r="O30" s="31" t="n">
+        <v>1553</v>
+      </c>
+      <c r="P30" s="31" t="n">
+        <v>17941</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="30"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="30"/>
+      <c r="E31" s="30"/>
+      <c r="F31" s="30"/>
+      <c r="G31" s="30"/>
+      <c r="H31" s="30"/>
+      <c r="I31" s="30"/>
+      <c r="J31" s="30"/>
+      <c r="K31" s="30"/>
+      <c r="L31" s="30"/>
+      <c r="M31" s="30"/>
+      <c r="N31" s="30"/>
+      <c r="O31" s="30"/>
+      <c r="P31" s="30"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="E12" s="4">
-[...61 lines deleted...]
-      <c r="J13" s="4">
+      <c r="B32" s="30"/>
+      <c r="C32" s="30"/>
+      <c r="D32" s="30"/>
+      <c r="E32" s="30"/>
+      <c r="F32" s="30"/>
+      <c r="G32" s="30"/>
+      <c r="H32" s="30"/>
+      <c r="I32" s="30"/>
+      <c r="J32" s="30"/>
+      <c r="K32" s="30"/>
+      <c r="L32" s="30"/>
+      <c r="M32" s="30"/>
+      <c r="N32" s="30"/>
+      <c r="O32" s="30"/>
+      <c r="P32" s="30"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="30"/>
+      <c r="C33" s="30"/>
+      <c r="D33" s="30"/>
+      <c r="E33" s="30"/>
+      <c r="F33" s="30"/>
+      <c r="G33" s="30"/>
+      <c r="H33" s="30"/>
+      <c r="I33" s="30"/>
+      <c r="J33" s="30"/>
+      <c r="K33" s="30"/>
+      <c r="L33" s="30"/>
+      <c r="M33" s="30"/>
+      <c r="N33" s="30"/>
+      <c r="O33" s="30"/>
+      <c r="P33" s="30"/>
+    </row>
+    <row r="34" ht="81" customHeight="1">
+      <c r="B34" s="30"/>
+      <c r="C34" s="30"/>
+      <c r="D34" s="30"/>
+      <c r="E34" s="30"/>
+      <c r="F34" s="30"/>
+      <c r="G34" s="30"/>
+      <c r="H34" s="30"/>
+      <c r="I34" s="30"/>
+      <c r="J34" s="30"/>
+      <c r="K34" s="30"/>
+      <c r="L34" s="30"/>
+      <c r="M34" s="30"/>
+      <c r="N34" s="30"/>
+      <c r="O34" s="30"/>
+      <c r="P34" s="30"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="K13" s="4">
-[...1364 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:O1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A32:P32"/>
+    <mergeCell ref="A35:P35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...26 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
-
-[...24 lines deleted...]
-</file>