--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -13,124 +13,102 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Denkmalgeschützte Objekte" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
-    <r>
-[...10 lines deleted...]
-    </r>
+    <t xml:space="preserve">Denkmalgeschützte Objekte</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 2000 bis 2023 per Jahresende</t>
+    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 2000 bis 2024 per Jahresende</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
     <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
     <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
-    <r>
-[...10 lines deleted...]
-    </r>
+    <t xml:space="preserve">Erfasste Objekte: Geschützte Denkmäler mit Assekuranz-Nummer (ohne Wegkreuze, Bildstöcke und archäologische Fundstellen usw.)</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Denkmalpflege und Archäologie; Aktualisiert am 05.11.2024 14:12</t>
+    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Denkmalpflege und Archäologie</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -195,51 +173,51 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">32</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -518,57 +496,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
-    <col min="4" max="4" width="10.8262790697674" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="10.7216279069767" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
-    <col min="9" max="9" width="11.9541860465116" hidden="0" customWidth="1"/>
-    <col min="10" max="10" width="10.3146511627907" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="10.36625" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
@@ -1654,120 +1632,160 @@
         <v>16</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>33</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>27</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>15</v>
       </c>
       <c r="J28" s="8" t="n">
         <v>33</v>
       </c>
       <c r="K28" s="8" t="n">
         <v>19</v>
       </c>
       <c r="L28" s="8" t="n">
         <v>276</v>
       </c>
       <c r="M28" s="8" t="n">
         <v>703</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
-      <c r="A29" s="1"/>
-[...11 lines deleted...]
-      <c r="M29" s="2"/>
+      <c r="A29" s="7" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="8" t="n">
+        <v>78</v>
+      </c>
+      <c r="C29" s="8" t="n">
+        <v>124</v>
+      </c>
+      <c r="D29" s="8" t="n">
+        <v>38</v>
+      </c>
+      <c r="E29" s="8" t="n">
+        <v>49</v>
+      </c>
+      <c r="F29" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>34</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>29</v>
+      </c>
+      <c r="I29" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="J29" s="8" t="n">
+        <v>35</v>
+      </c>
+      <c r="K29" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>283</v>
+      </c>
+      <c r="M29" s="8" t="n">
+        <v>721</v>
+      </c>
     </row>
     <row r="30" ht="15" customHeight="1">
-      <c r="A30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A30" s="1"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
     </row>
     <row r="32" ht="15" customHeight="1">
-      <c r="A32" s="1"/>
+      <c r="A32" s="5" t="s">
+        <v>16</v>
+      </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
     </row>
-    <row r="33" ht="81" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A34" s="5" t="s">
+    <row r="33" ht="15" customHeight="1">
+      <c r="A33" s="1"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
+      <c r="L33" s="2"/>
+      <c r="M33" s="2"/>
+    </row>
+    <row r="34" ht="81" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="5" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
     <row r="47" ht="15" customHeight="1"/>
     <row r="48" ht="15" customHeight="1"/>
     <row r="49" ht="15" customHeight="1"/>
     <row r="50" ht="15" customHeight="1"/>
     <row r="51" ht="15" customHeight="1"/>
     <row r="52" ht="15" customHeight="1"/>
     <row r="53" ht="15" customHeight="1"/>
     <row r="54" ht="15" customHeight="1"/>
     <row r="55" ht="15" customHeight="1"/>
     <row r="56" ht="15" customHeight="1"/>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
     <row r="59" ht="15" customHeight="1"/>
     <row r="60" ht="15" customHeight="1"/>
@@ -2193,48 +2211,48 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
-    <mergeCell ref="A30:M30"/>
     <mergeCell ref="A31:M31"/>
-    <mergeCell ref="A34:M34"/>
+    <mergeCell ref="A32:M32"/>
+    <mergeCell ref="A35:M35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>