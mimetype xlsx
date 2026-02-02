--- v1 (2025-12-15)
+++ v2 (2026-02-02)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Denkmalgeschützte Objekte" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t xml:space="preserve">Denkmalgeschützte Objekte</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 2000 bis 2024 per Jahresende</t>
+    <t xml:space="preserve">Kanton Zug und Zuger Gemeinden, 2000 bis 2025 per Jahresende</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
@@ -173,51 +173,51 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">33</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">34</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1673,120 +1673,160 @@
         <v>16</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>34</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>29</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>16</v>
       </c>
       <c r="J29" s="8" t="n">
         <v>35</v>
       </c>
       <c r="K29" s="8" t="n">
         <v>19</v>
       </c>
       <c r="L29" s="8" t="n">
         <v>283</v>
       </c>
       <c r="M29" s="8" t="n">
         <v>721</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
-      <c r="A30" s="1"/>
-[...11 lines deleted...]
-      <c r="M30" s="2"/>
+      <c r="A30" s="7" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="8" t="n">
+        <v>79</v>
+      </c>
+      <c r="C30" s="8" t="n">
+        <v>138</v>
+      </c>
+      <c r="D30" s="8" t="n">
+        <v>38</v>
+      </c>
+      <c r="E30" s="8" t="n">
+        <v>50</v>
+      </c>
+      <c r="F30" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>29</v>
+      </c>
+      <c r="I30" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="J30" s="8" t="n">
+        <v>36</v>
+      </c>
+      <c r="K30" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>286</v>
+      </c>
+      <c r="M30" s="8" t="n">
+        <v>740</v>
+      </c>
     </row>
     <row r="31" ht="15" customHeight="1">
-      <c r="A31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A31" s="1"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
     </row>
     <row r="33" ht="15" customHeight="1">
-      <c r="A33" s="1"/>
+      <c r="A33" s="5" t="s">
+        <v>16</v>
+      </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
     </row>
-    <row r="34" ht="81" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A35" s="5" t="s">
+    <row r="34" ht="15" customHeight="1">
+      <c r="A34" s="1"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+      <c r="L34" s="2"/>
+      <c r="M34" s="2"/>
+    </row>
+    <row r="35" ht="81" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1">
+      <c r="A36" s="5" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
     <row r="47" ht="15" customHeight="1"/>
     <row r="48" ht="15" customHeight="1"/>
     <row r="49" ht="15" customHeight="1"/>
     <row r="50" ht="15" customHeight="1"/>
     <row r="51" ht="15" customHeight="1"/>
     <row r="52" ht="15" customHeight="1"/>
     <row r="53" ht="15" customHeight="1"/>
     <row r="54" ht="15" customHeight="1"/>
     <row r="55" ht="15" customHeight="1"/>
     <row r="56" ht="15" customHeight="1"/>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
     <row r="59" ht="15" customHeight="1"/>
     <row r="60" ht="15" customHeight="1"/>
     <row r="61" ht="15" customHeight="1"/>
@@ -2211,48 +2251,48 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
-    <mergeCell ref="A31:M31"/>
     <mergeCell ref="A32:M32"/>
-    <mergeCell ref="A35:M35"/>
+    <mergeCell ref="A33:M33"/>
+    <mergeCell ref="A36:M36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>