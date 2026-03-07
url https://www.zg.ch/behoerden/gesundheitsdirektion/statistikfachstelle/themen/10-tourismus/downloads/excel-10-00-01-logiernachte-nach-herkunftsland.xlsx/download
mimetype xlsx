--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -5,65 +5,68 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Übernachtungen" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Logiernächte" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
-[...7 lines deleted...]
-    <t xml:space="preserve">Herkunftsland</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
+  <si>
+    <t xml:space="preserve">Anzahl Logiernächte nach Herkunftsland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, 2005 bis 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">herkunftsland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025</t>
   </si>
   <si>
     <t xml:space="preserve">2024</t>
   </si>
   <si>
     <t xml:space="preserve">2023</t>
   </si>
   <si>
     <t xml:space="preserve">2022</t>
   </si>
   <si>
     <t xml:space="preserve">2021</t>
   </si>
   <si>
     <t xml:space="preserve">2020</t>
   </si>
   <si>
     <t xml:space="preserve">2019</t>
   </si>
   <si>
     <t xml:space="preserve">2018</t>
   </si>
   <si>
     <t xml:space="preserve">2017</t>
   </si>
@@ -100,267 +103,267 @@
   <si>
     <t xml:space="preserve">2006</t>
   </si>
   <si>
     <t xml:space="preserve">2005</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz</t>
   </si>
   <si>
     <t xml:space="preserve">Deutschland</t>
   </si>
   <si>
     <t xml:space="preserve">Vereinigte Staaten</t>
   </si>
   <si>
     <t xml:space="preserve">Vereinigtes Königreich</t>
   </si>
   <si>
     <t xml:space="preserve">Italien</t>
   </si>
   <si>
     <t xml:space="preserve">Frankreich</t>
   </si>
   <si>
+    <t xml:space="preserve">China</t>
+  </si>
+  <si>
     <t xml:space="preserve">Niederlande</t>
   </si>
   <si>
     <t xml:space="preserve">Spanien</t>
   </si>
   <si>
+    <t xml:space="preserve">Indien</t>
+  </si>
+  <si>
     <t xml:space="preserve">Österreich</t>
   </si>
   <si>
+    <t xml:space="preserve">Polen</t>
+  </si>
+  <si>
     <t xml:space="preserve">Belgien</t>
   </si>
   <si>
+    <t xml:space="preserve">Russland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweden</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Griechenland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vereinigte Arabische Emirate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasilien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dänemark</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tschechien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rumänien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Türkei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraine</t>
+  </si>
+  <si>
     <t xml:space="preserve">Übriges Süd- und Ostasien</t>
   </si>
   <si>
-    <t xml:space="preserve">Indien</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">Griechenland</t>
+    <t xml:space="preserve">Ungarn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Südafrika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finnland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Slowakei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Südamerika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Slowenien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentinien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norwegen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korea (Süd-)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan (Chinesisches Taipei)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Zentralamerika, Karibik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Europa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Westasien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Afrika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malaysia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi-Arabien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thailand</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Litauen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Philippinen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulgarien</t>
   </si>
   <si>
     <t xml:space="preserve">Ägypten</t>
   </si>
   <si>
-    <t xml:space="preserve">Irland</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">Japan</t>
+    <t xml:space="preserve">Hongkong</t>
   </si>
   <si>
     <t xml:space="preserve">Übriges Nordafrika</t>
   </si>
   <si>
-    <t xml:space="preserve">Übriges Westasien</t>
-[...38 lines deleted...]
-    <t xml:space="preserve">Philippinen</t>
+    <t xml:space="preserve">Zypern</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neuseeland, Ozeanien</t>
   </si>
   <si>
     <t xml:space="preserve">Chile</t>
   </si>
   <si>
-    <t xml:space="preserve">Neuseeland, Ozeanien</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Malaysia</t>
+    <t xml:space="preserve">Liechtenstein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estland</t>
   </si>
   <si>
     <t xml:space="preserve">Lettland</t>
   </si>
   <si>
-    <t xml:space="preserve">Liechtenstein</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Kuwait</t>
   </si>
   <si>
     <t xml:space="preserve">Oman</t>
   </si>
   <si>
+    <t xml:space="preserve">Bahrain</t>
+  </si>
+  <si>
     <t xml:space="preserve">Island</t>
   </si>
   <si>
     <t xml:space="preserve">Belarus</t>
   </si>
   <si>
     <t xml:space="preserve">Katar</t>
   </si>
   <si>
-    <t xml:space="preserve">Bahrain</t>
+    <t xml:space="preserve">Golf-Staaten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zentralamerika, Karibik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien, Neuseeland, Ozeanien</t>
   </si>
   <si>
     <t xml:space="preserve">Baltische Staaten</t>
   </si>
   <si>
-    <t xml:space="preserve">Zentralamerika, Karibik</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Serbien und Montenegro</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Beherberungsstatistik</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -766,51 +769,51 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="29.8454166666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.99" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.99" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.99" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.99" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.99" hidden="0" customWidth="1"/>
-    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.99" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
     <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
     <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
     <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
     <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
     <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
     <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
     <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
     <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
     <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
@@ -922,4829 +925,5055 @@
       </c>
       <c r="N4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="U4" s="5" t="s">
         <v>22</v>
       </c>
+      <c r="V4" s="5" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" s="7" t="n">
+        <v>160749</v>
+      </c>
+      <c r="C5" s="7" t="n">
         <v>143058</v>
       </c>
-      <c r="C5" s="7" t="n">
+      <c r="D5" s="7" t="n">
         <v>146214</v>
       </c>
-      <c r="D5" s="7" t="n">
+      <c r="E5" s="7" t="n">
         <v>137924</v>
       </c>
-      <c r="E5" s="7" t="n">
+      <c r="F5" s="7" t="n">
         <v>123033</v>
       </c>
-      <c r="F5" s="7" t="n">
+      <c r="G5" s="7" t="n">
         <v>84745</v>
       </c>
-      <c r="G5" s="7" t="n">
+      <c r="H5" s="7" t="n">
         <v>111803</v>
       </c>
-      <c r="H5" s="7" t="n">
+      <c r="I5" s="7" t="n">
         <v>113650</v>
       </c>
-      <c r="I5" s="7" t="n">
+      <c r="J5" s="7" t="n">
         <v>126662</v>
       </c>
-      <c r="J5" s="7" t="n">
+      <c r="K5" s="7" t="n">
         <v>123669</v>
       </c>
-      <c r="K5" s="7" t="n">
+      <c r="L5" s="7" t="n">
         <v>137752</v>
       </c>
-      <c r="L5" s="7" t="n">
+      <c r="M5" s="7" t="n">
         <v>153850</v>
       </c>
-      <c r="M5" s="7" t="n">
+      <c r="N5" s="7" t="n">
         <v>142480</v>
       </c>
-      <c r="N5" s="7" t="n">
+      <c r="O5" s="7" t="n">
         <v>133114</v>
       </c>
-      <c r="O5" s="7" t="n">
+      <c r="P5" s="7" t="n">
         <v>139919</v>
       </c>
-      <c r="P5" s="7" t="n">
+      <c r="Q5" s="7" t="n">
         <v>133315</v>
       </c>
-      <c r="Q5" s="7" t="n">
+      <c r="R5" s="7" t="n">
         <v>128123</v>
       </c>
-      <c r="R5" s="7" t="n">
+      <c r="S5" s="7" t="n">
         <v>136711</v>
       </c>
-      <c r="S5" s="7" t="n">
+      <c r="T5" s="7" t="n">
         <v>136691</v>
       </c>
-      <c r="T5" s="7" t="n">
+      <c r="U5" s="7" t="n">
         <v>129637</v>
       </c>
-      <c r="U5" s="7" t="n">
+      <c r="V5" s="7" t="n">
         <v>123064</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" s="7" t="n">
+        <v>34653</v>
+      </c>
+      <c r="C6" s="7" t="n">
         <v>30788</v>
       </c>
-      <c r="C6" s="7" t="n">
+      <c r="D6" s="7" t="n">
         <v>29136</v>
       </c>
-      <c r="D6" s="7" t="n">
+      <c r="E6" s="7" t="n">
         <v>28335</v>
       </c>
-      <c r="E6" s="7" t="n">
+      <c r="F6" s="7" t="n">
         <v>19113</v>
       </c>
-      <c r="F6" s="7" t="n">
+      <c r="G6" s="7" t="n">
         <v>15852</v>
       </c>
-      <c r="G6" s="7" t="n">
+      <c r="H6" s="7" t="n">
         <v>33423</v>
       </c>
-      <c r="H6" s="7" t="n">
+      <c r="I6" s="7" t="n">
         <v>38130</v>
       </c>
-      <c r="I6" s="7" t="n">
+      <c r="J6" s="7" t="n">
         <v>38939</v>
       </c>
-      <c r="J6" s="7" t="n">
+      <c r="K6" s="7" t="n">
         <v>39094</v>
       </c>
-      <c r="K6" s="7" t="n">
+      <c r="L6" s="7" t="n">
         <v>39680</v>
       </c>
-      <c r="L6" s="7" t="n">
+      <c r="M6" s="7" t="n">
         <v>43262</v>
       </c>
-      <c r="M6" s="7" t="n">
+      <c r="N6" s="7" t="n">
         <v>41841</v>
       </c>
-      <c r="N6" s="7" t="n">
+      <c r="O6" s="7" t="n">
         <v>43846</v>
       </c>
-      <c r="O6" s="7" t="n">
+      <c r="P6" s="7" t="n">
         <v>45048</v>
       </c>
-      <c r="P6" s="7" t="n">
+      <c r="Q6" s="7" t="n">
         <v>45075</v>
       </c>
-      <c r="Q6" s="7" t="n">
+      <c r="R6" s="7" t="n">
         <v>45838</v>
       </c>
-      <c r="R6" s="7" t="n">
+      <c r="S6" s="7" t="n">
         <v>46934</v>
       </c>
-      <c r="S6" s="7" t="n">
+      <c r="T6" s="7" t="n">
         <v>44905</v>
       </c>
-      <c r="T6" s="7" t="n">
+      <c r="U6" s="7" t="n">
         <v>44554</v>
       </c>
-      <c r="U6" s="7" t="n">
+      <c r="V6" s="7" t="n">
         <v>42155</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" s="7" t="n">
+        <v>16370</v>
+      </c>
+      <c r="C7" s="7" t="n">
         <v>12352</v>
       </c>
-      <c r="C7" s="7" t="n">
+      <c r="D7" s="7" t="n">
         <v>12117</v>
       </c>
-      <c r="D7" s="7" t="n">
+      <c r="E7" s="7" t="n">
         <v>13699</v>
       </c>
-      <c r="E7" s="7" t="n">
+      <c r="F7" s="7" t="n">
         <v>4837</v>
       </c>
-      <c r="F7" s="7" t="n">
+      <c r="G7" s="7" t="n">
         <v>2932</v>
       </c>
-      <c r="G7" s="7" t="n">
+      <c r="H7" s="7" t="n">
         <v>13505</v>
       </c>
-      <c r="H7" s="7" t="n">
+      <c r="I7" s="7" t="n">
         <v>15224</v>
       </c>
-      <c r="I7" s="7" t="n">
+      <c r="J7" s="7" t="n">
         <v>15111</v>
       </c>
-      <c r="J7" s="7" t="n">
+      <c r="K7" s="7" t="n">
         <v>15304</v>
       </c>
-      <c r="K7" s="7" t="n">
+      <c r="L7" s="7" t="n">
         <v>14235</v>
       </c>
-      <c r="L7" s="7" t="n">
+      <c r="M7" s="7" t="n">
         <v>15626</v>
       </c>
-      <c r="M7" s="7" t="n">
+      <c r="N7" s="7" t="n">
         <v>13390</v>
       </c>
-      <c r="N7" s="7" t="n">
+      <c r="O7" s="7" t="n">
         <v>11981</v>
       </c>
-      <c r="O7" s="7" t="n">
+      <c r="P7" s="7" t="n">
         <v>12861</v>
       </c>
-      <c r="P7" s="7" t="n">
+      <c r="Q7" s="7" t="n">
         <v>10583</v>
       </c>
-      <c r="Q7" s="7" t="n">
+      <c r="R7" s="7" t="n">
         <v>8212</v>
       </c>
-      <c r="R7" s="7" t="n">
+      <c r="S7" s="7" t="n">
         <v>9113</v>
       </c>
-      <c r="S7" s="7" t="n">
+      <c r="T7" s="7" t="n">
         <v>9662</v>
       </c>
-      <c r="T7" s="7" t="n">
+      <c r="U7" s="7" t="n">
         <v>10395</v>
       </c>
-      <c r="U7" s="7" t="n">
+      <c r="V7" s="7" t="n">
         <v>8759</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B8" s="7" t="n">
+        <v>11474</v>
+      </c>
+      <c r="C8" s="7" t="n">
         <v>11062</v>
       </c>
-      <c r="C8" s="7" t="n">
+      <c r="D8" s="7" t="n">
         <v>14114</v>
       </c>
-      <c r="D8" s="7" t="n">
+      <c r="E8" s="7" t="n">
         <v>10983</v>
       </c>
-      <c r="E8" s="7" t="n">
+      <c r="F8" s="7" t="n">
         <v>4361</v>
       </c>
-      <c r="F8" s="7" t="n">
+      <c r="G8" s="7" t="n">
         <v>4215</v>
       </c>
-      <c r="G8" s="7" t="n">
+      <c r="H8" s="7" t="n">
         <v>13185</v>
       </c>
-      <c r="H8" s="7" t="n">
+      <c r="I8" s="7" t="n">
         <v>14802</v>
       </c>
-      <c r="I8" s="7" t="n">
+      <c r="J8" s="7" t="n">
         <v>14640</v>
       </c>
-      <c r="J8" s="7" t="n">
+      <c r="K8" s="7" t="n">
         <v>15545</v>
       </c>
-      <c r="K8" s="7" t="n">
+      <c r="L8" s="7" t="n">
         <v>17024</v>
       </c>
-      <c r="L8" s="7" t="n">
+      <c r="M8" s="7" t="n">
         <v>18364</v>
       </c>
-      <c r="M8" s="7" t="n">
+      <c r="N8" s="7" t="n">
         <v>15191</v>
       </c>
-      <c r="N8" s="7" t="n">
+      <c r="O8" s="7" t="n">
         <v>19039</v>
       </c>
-      <c r="O8" s="7" t="n">
+      <c r="P8" s="7" t="n">
         <v>19969</v>
       </c>
-      <c r="P8" s="7" t="n">
+      <c r="Q8" s="7" t="n">
         <v>17557</v>
       </c>
-      <c r="Q8" s="7" t="n">
+      <c r="R8" s="7" t="n">
         <v>13465</v>
       </c>
-      <c r="R8" s="7" t="n">
+      <c r="S8" s="7" t="n">
         <v>14670</v>
       </c>
-      <c r="S8" s="7" t="n">
+      <c r="T8" s="7" t="n">
         <v>13256</v>
       </c>
-      <c r="T8" s="7" t="n">
+      <c r="U8" s="7" t="n">
         <v>9574</v>
       </c>
-      <c r="U8" s="7" t="n">
+      <c r="V8" s="7" t="n">
         <v>10364</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" s="7" t="n">
+        <v>8706</v>
+      </c>
+      <c r="C9" s="7" t="n">
         <v>7584</v>
       </c>
-      <c r="C9" s="7" t="n">
+      <c r="D9" s="7" t="n">
         <v>7504</v>
       </c>
-      <c r="D9" s="7" t="n">
+      <c r="E9" s="7" t="n">
         <v>5817</v>
       </c>
-      <c r="E9" s="7" t="n">
+      <c r="F9" s="7" t="n">
         <v>4490</v>
       </c>
-      <c r="F9" s="7" t="n">
+      <c r="G9" s="7" t="n">
         <v>4071</v>
       </c>
-      <c r="G9" s="7" t="n">
+      <c r="H9" s="7" t="n">
         <v>7523</v>
       </c>
-      <c r="H9" s="7" t="n">
+      <c r="I9" s="7" t="n">
         <v>7873</v>
       </c>
-      <c r="I9" s="7" t="n">
+      <c r="J9" s="7" t="n">
         <v>7229</v>
       </c>
-      <c r="J9" s="7" t="n">
+      <c r="K9" s="7" t="n">
         <v>7181</v>
       </c>
-      <c r="K9" s="7" t="n">
+      <c r="L9" s="7" t="n">
         <v>9549</v>
       </c>
-      <c r="L9" s="7" t="n">
+      <c r="M9" s="7" t="n">
         <v>9054</v>
       </c>
-      <c r="M9" s="7" t="n">
+      <c r="N9" s="7" t="n">
         <v>8615</v>
       </c>
-      <c r="N9" s="7" t="n">
+      <c r="O9" s="7" t="n">
         <v>7324</v>
       </c>
-      <c r="O9" s="7" t="n">
+      <c r="P9" s="7" t="n">
         <v>7177</v>
       </c>
-      <c r="P9" s="7" t="n">
+      <c r="Q9" s="7" t="n">
         <v>6442</v>
       </c>
-      <c r="Q9" s="7" t="n">
+      <c r="R9" s="7" t="n">
         <v>5513</v>
       </c>
-      <c r="R9" s="7" t="n">
+      <c r="S9" s="7" t="n">
         <v>6453</v>
       </c>
-      <c r="S9" s="7" t="n">
+      <c r="T9" s="7" t="n">
         <v>6344</v>
       </c>
-      <c r="T9" s="7" t="n">
+      <c r="U9" s="7" t="n">
         <v>5858</v>
       </c>
-      <c r="U9" s="7" t="n">
+      <c r="V9" s="7" t="n">
         <v>5936</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" s="7" t="n">
+        <v>7529</v>
+      </c>
+      <c r="C10" s="7" t="n">
         <v>6886</v>
       </c>
-      <c r="C10" s="7" t="n">
+      <c r="D10" s="7" t="n">
         <v>6230</v>
       </c>
-      <c r="D10" s="7" t="n">
+      <c r="E10" s="7" t="n">
         <v>5337</v>
       </c>
-      <c r="E10" s="7" t="n">
+      <c r="F10" s="7" t="n">
         <v>3087</v>
       </c>
-      <c r="F10" s="7" t="n">
+      <c r="G10" s="7" t="n">
         <v>2236</v>
       </c>
-      <c r="G10" s="7" t="n">
+      <c r="H10" s="7" t="n">
         <v>5921</v>
       </c>
-      <c r="H10" s="7" t="n">
+      <c r="I10" s="7" t="n">
         <v>6527</v>
       </c>
-      <c r="I10" s="7" t="n">
+      <c r="J10" s="7" t="n">
         <v>6324</v>
       </c>
-      <c r="J10" s="7" t="n">
+      <c r="K10" s="7" t="n">
         <v>7075</v>
       </c>
-      <c r="K10" s="7" t="n">
+      <c r="L10" s="7" t="n">
         <v>7215</v>
       </c>
-      <c r="L10" s="7" t="n">
+      <c r="M10" s="7" t="n">
         <v>7535</v>
       </c>
-      <c r="M10" s="7" t="n">
+      <c r="N10" s="7" t="n">
         <v>6780</v>
       </c>
-      <c r="N10" s="7" t="n">
+      <c r="O10" s="7" t="n">
         <v>6792</v>
       </c>
-      <c r="O10" s="7" t="n">
+      <c r="P10" s="7" t="n">
         <v>7258</v>
       </c>
-      <c r="P10" s="7" t="n">
+      <c r="Q10" s="7" t="n">
         <v>6078</v>
       </c>
-      <c r="Q10" s="7" t="n">
+      <c r="R10" s="7" t="n">
         <v>6111</v>
       </c>
-      <c r="R10" s="7" t="n">
+      <c r="S10" s="7" t="n">
         <v>6061</v>
       </c>
-      <c r="S10" s="7" t="n">
+      <c r="T10" s="7" t="n">
         <v>5397</v>
       </c>
-      <c r="T10" s="7" t="n">
+      <c r="U10" s="7" t="n">
         <v>4929</v>
       </c>
-      <c r="U10" s="7" t="n">
+      <c r="V10" s="7" t="n">
         <v>4952</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="7" t="n">
-        <v>5803</v>
+        <v>6074</v>
       </c>
       <c r="C11" s="7" t="n">
-        <v>5337</v>
+        <v>1958</v>
       </c>
       <c r="D11" s="7" t="n">
-        <v>5267</v>
+        <v>4544</v>
       </c>
       <c r="E11" s="7" t="n">
-        <v>3860</v>
+        <v>633</v>
       </c>
       <c r="F11" s="7" t="n">
-        <v>2968</v>
+        <v>97</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>5264</v>
+        <v>710</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>6248</v>
+        <v>15644</v>
       </c>
       <c r="I11" s="7" t="n">
-        <v>6086</v>
+        <v>22012</v>
       </c>
       <c r="J11" s="7" t="n">
-        <v>6093</v>
+        <v>17583</v>
       </c>
       <c r="K11" s="7" t="n">
-        <v>6156</v>
+        <v>11934</v>
       </c>
       <c r="L11" s="7" t="n">
-        <v>8740</v>
+        <v>27756</v>
       </c>
       <c r="M11" s="7" t="n">
-        <v>7715</v>
+        <v>17891</v>
       </c>
       <c r="N11" s="7" t="n">
-        <v>6939</v>
+        <v>7852</v>
       </c>
       <c r="O11" s="7" t="n">
-        <v>6965</v>
+        <v>2061</v>
       </c>
       <c r="P11" s="7" t="n">
-        <v>6142</v>
+        <v>1655</v>
       </c>
       <c r="Q11" s="7" t="n">
-        <v>5443</v>
+        <v>1618</v>
       </c>
       <c r="R11" s="7" t="n">
-        <v>6328</v>
+        <v>1026</v>
       </c>
       <c r="S11" s="7" t="n">
-        <v>5902</v>
+        <v>1174</v>
       </c>
       <c r="T11" s="7" t="n">
-        <v>5017</v>
+        <v>1502</v>
       </c>
       <c r="U11" s="7" t="n">
-        <v>5330</v>
+        <v>1063</v>
+      </c>
+      <c r="V11" s="7" t="n">
+        <v>690</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="7" t="n">
-        <v>4159</v>
+        <v>5907</v>
       </c>
       <c r="C12" s="7" t="n">
-        <v>3409</v>
+        <v>5803</v>
       </c>
       <c r="D12" s="7" t="n">
-        <v>3000</v>
+        <v>5337</v>
       </c>
       <c r="E12" s="7" t="n">
-        <v>1879</v>
+        <v>5267</v>
       </c>
       <c r="F12" s="7" t="n">
-        <v>1168</v>
+        <v>3860</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>3438</v>
+        <v>2968</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>4022</v>
+        <v>5264</v>
       </c>
       <c r="I12" s="7" t="n">
-        <v>3943</v>
+        <v>6248</v>
       </c>
       <c r="J12" s="7" t="n">
-        <v>3537</v>
+        <v>6086</v>
       </c>
       <c r="K12" s="7" t="n">
-        <v>3445</v>
+        <v>6093</v>
       </c>
       <c r="L12" s="7" t="n">
-        <v>3140</v>
+        <v>6156</v>
       </c>
       <c r="M12" s="7" t="n">
-        <v>4755</v>
+        <v>8740</v>
       </c>
       <c r="N12" s="7" t="n">
-        <v>3445</v>
+        <v>7715</v>
       </c>
       <c r="O12" s="7" t="n">
-        <v>3806</v>
+        <v>6939</v>
       </c>
       <c r="P12" s="7" t="n">
-        <v>2938</v>
+        <v>6965</v>
       </c>
       <c r="Q12" s="7" t="n">
-        <v>2197</v>
+        <v>6142</v>
       </c>
       <c r="R12" s="7" t="n">
-        <v>2104</v>
+        <v>5443</v>
       </c>
       <c r="S12" s="7" t="n">
-        <v>2090</v>
+        <v>6328</v>
       </c>
       <c r="T12" s="7" t="n">
-        <v>2109</v>
+        <v>5902</v>
       </c>
       <c r="U12" s="7" t="n">
-        <v>1450</v>
+        <v>5017</v>
+      </c>
+      <c r="V12" s="7" t="n">
+        <v>5330</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="7" t="n">
-        <v>4122</v>
+        <v>4134</v>
       </c>
       <c r="C13" s="7" t="n">
-        <v>3731</v>
+        <v>4159</v>
       </c>
       <c r="D13" s="7" t="n">
-        <v>3711</v>
+        <v>3409</v>
       </c>
       <c r="E13" s="7" t="n">
-        <v>2663</v>
+        <v>3000</v>
       </c>
       <c r="F13" s="7" t="n">
-        <v>1925</v>
+        <v>1879</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>4394</v>
+        <v>1168</v>
       </c>
       <c r="H13" s="7" t="n">
-        <v>5015</v>
+        <v>3438</v>
       </c>
       <c r="I13" s="7" t="n">
-        <v>5455</v>
+        <v>4022</v>
       </c>
       <c r="J13" s="7" t="n">
-        <v>6248</v>
+        <v>3943</v>
       </c>
       <c r="K13" s="7" t="n">
-        <v>5259</v>
+        <v>3537</v>
       </c>
       <c r="L13" s="7" t="n">
-        <v>5807</v>
+        <v>3445</v>
       </c>
       <c r="M13" s="7" t="n">
-        <v>5929</v>
+        <v>3140</v>
       </c>
       <c r="N13" s="7" t="n">
-        <v>5489</v>
+        <v>4755</v>
       </c>
       <c r="O13" s="7" t="n">
-        <v>4599</v>
+        <v>3445</v>
       </c>
       <c r="P13" s="7" t="n">
-        <v>5001</v>
+        <v>3806</v>
       </c>
       <c r="Q13" s="7" t="n">
-        <v>4643</v>
+        <v>2938</v>
       </c>
       <c r="R13" s="7" t="n">
-        <v>4414</v>
+        <v>2197</v>
       </c>
       <c r="S13" s="7" t="n">
-        <v>4448</v>
+        <v>2104</v>
       </c>
       <c r="T13" s="7" t="n">
-        <v>4551</v>
+        <v>2090</v>
       </c>
       <c r="U13" s="7" t="n">
-        <v>4733</v>
+        <v>2109</v>
+      </c>
+      <c r="V13" s="7" t="n">
+        <v>1450</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="7" t="n">
-        <v>2868</v>
+        <v>4072</v>
       </c>
       <c r="C14" s="7" t="n">
-        <v>2929</v>
+        <v>2154</v>
       </c>
       <c r="D14" s="7" t="n">
-        <v>2694</v>
+        <v>3069</v>
       </c>
       <c r="E14" s="7" t="n">
-        <v>1225</v>
+        <v>2076</v>
       </c>
       <c r="F14" s="7" t="n">
-        <v>719</v>
+        <v>790</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>2428</v>
+        <v>1145</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>3349</v>
+        <v>18900</v>
       </c>
       <c r="I14" s="7" t="n">
-        <v>3675</v>
+        <v>20472</v>
       </c>
       <c r="J14" s="7" t="n">
-        <v>3573</v>
+        <v>13768</v>
       </c>
       <c r="K14" s="7" t="n">
-        <v>3702</v>
+        <v>7358</v>
       </c>
       <c r="L14" s="7" t="n">
-        <v>4157</v>
+        <v>10010</v>
       </c>
       <c r="M14" s="7" t="n">
-        <v>3189</v>
+        <v>5903</v>
       </c>
       <c r="N14" s="7" t="n">
-        <v>3047</v>
+        <v>5877</v>
       </c>
       <c r="O14" s="7" t="n">
-        <v>3027</v>
+        <v>2981</v>
       </c>
       <c r="P14" s="7" t="n">
-        <v>2504</v>
+        <v>3181</v>
       </c>
       <c r="Q14" s="7" t="n">
-        <v>2119</v>
+        <v>2376</v>
       </c>
       <c r="R14" s="7" t="n">
-        <v>2014</v>
+        <v>1338</v>
       </c>
       <c r="S14" s="7" t="n">
-        <v>2492</v>
+        <v>1758</v>
       </c>
       <c r="T14" s="7" t="n">
-        <v>2064</v>
+        <v>1948</v>
       </c>
       <c r="U14" s="7" t="n">
-        <v>2111</v>
+        <v>903</v>
+      </c>
+      <c r="V14" s="7" t="n">
+        <v>1027</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="7" t="n">
-        <v>2210</v>
+        <v>3588</v>
       </c>
       <c r="C15" s="7" t="n">
-        <v>870</v>
+        <v>4122</v>
       </c>
       <c r="D15" s="7" t="n">
-        <v>371</v>
+        <v>3731</v>
       </c>
       <c r="E15" s="7" t="n">
-        <v>82</v>
+        <v>3711</v>
       </c>
       <c r="F15" s="7" t="n">
-        <v>168</v>
+        <v>2663</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>989</v>
+        <v>1925</v>
       </c>
       <c r="H15" s="7" t="n">
-        <v>735</v>
+        <v>4394</v>
       </c>
       <c r="I15" s="7" t="n">
-        <v>903</v>
+        <v>5015</v>
       </c>
       <c r="J15" s="7" t="n">
-        <v>796</v>
+        <v>5455</v>
       </c>
       <c r="K15" s="7" t="n">
-        <v>566</v>
+        <v>6248</v>
       </c>
       <c r="L15" s="7" t="n">
-        <v>720</v>
+        <v>5259</v>
       </c>
       <c r="M15" s="7" t="n">
-        <v>778</v>
+        <v>5807</v>
       </c>
       <c r="N15" s="7" t="n">
-        <v>1079</v>
+        <v>5929</v>
       </c>
       <c r="O15" s="7" t="n">
-        <v>1705</v>
+        <v>5489</v>
       </c>
       <c r="P15" s="7" t="n">
-        <v>559</v>
+        <v>4599</v>
       </c>
       <c r="Q15" s="7" t="n">
-        <v>285</v>
+        <v>5001</v>
       </c>
       <c r="R15" s="7" t="n">
-        <v>355</v>
+        <v>4643</v>
       </c>
       <c r="S15" s="7" t="n">
-        <v>499</v>
+        <v>4414</v>
       </c>
       <c r="T15" s="7" t="n">
-        <v>372</v>
+        <v>4448</v>
       </c>
       <c r="U15" s="7" t="n">
-        <v>687</v>
+        <v>4551</v>
+      </c>
+      <c r="V15" s="7" t="n">
+        <v>4733</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="7" t="n">
-        <v>2154</v>
+        <v>2743</v>
       </c>
       <c r="C16" s="7" t="n">
-        <v>3069</v>
+        <v>2037</v>
       </c>
       <c r="D16" s="7" t="n">
-        <v>2076</v>
+        <v>1782</v>
       </c>
       <c r="E16" s="7" t="n">
-        <v>790</v>
+        <v>1884</v>
       </c>
       <c r="F16" s="7" t="n">
-        <v>1145</v>
+        <v>1283</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>18900</v>
+        <v>870</v>
       </c>
       <c r="H16" s="7" t="n">
-        <v>20472</v>
+        <v>1722</v>
       </c>
       <c r="I16" s="7" t="n">
-        <v>13768</v>
+        <v>2145</v>
       </c>
       <c r="J16" s="7" t="n">
-        <v>7358</v>
+        <v>2225</v>
       </c>
       <c r="K16" s="7" t="n">
-        <v>10010</v>
+        <v>1553</v>
       </c>
       <c r="L16" s="7" t="n">
-        <v>5903</v>
+        <v>1515</v>
       </c>
       <c r="M16" s="7" t="n">
-        <v>5877</v>
+        <v>1668</v>
       </c>
       <c r="N16" s="7" t="n">
-        <v>2981</v>
+        <v>2475</v>
       </c>
       <c r="O16" s="7" t="n">
-        <v>3181</v>
+        <v>1548</v>
       </c>
       <c r="P16" s="7" t="n">
-        <v>2376</v>
+        <v>1668</v>
       </c>
       <c r="Q16" s="7" t="n">
-        <v>1338</v>
+        <v>2104</v>
       </c>
       <c r="R16" s="7" t="n">
-        <v>1758</v>
+        <v>1049</v>
       </c>
       <c r="S16" s="7" t="n">
-        <v>1948</v>
+        <v>1217</v>
       </c>
       <c r="T16" s="7" t="n">
-        <v>903</v>
+        <v>1126</v>
       </c>
       <c r="U16" s="7" t="n">
-        <v>1027</v>
+        <v>1040</v>
+      </c>
+      <c r="V16" s="7" t="n">
+        <v>831</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="7" t="n">
-        <v>2135</v>
+        <v>2418</v>
       </c>
       <c r="C17" s="7" t="n">
-        <v>1904</v>
+        <v>2868</v>
       </c>
       <c r="D17" s="7" t="n">
-        <v>1235</v>
+        <v>2929</v>
       </c>
       <c r="E17" s="7" t="n">
-        <v>391</v>
+        <v>2694</v>
       </c>
       <c r="F17" s="7" t="n">
-        <v>335</v>
+        <v>1225</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>1472</v>
+        <v>719</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>1794</v>
+        <v>2428</v>
       </c>
       <c r="I17" s="7" t="n">
-        <v>2183</v>
+        <v>3349</v>
       </c>
       <c r="J17" s="7" t="n">
-        <v>1492</v>
+        <v>3675</v>
       </c>
       <c r="K17" s="7" t="n">
-        <v>3067</v>
+        <v>3573</v>
       </c>
       <c r="L17" s="7" t="n">
-        <v>1633</v>
+        <v>3702</v>
       </c>
       <c r="M17" s="7" t="n">
-        <v>967</v>
+        <v>4157</v>
       </c>
       <c r="N17" s="7" t="n">
-        <v>1503</v>
+        <v>3189</v>
       </c>
       <c r="O17" s="7" t="n">
-        <v>1459</v>
+        <v>3047</v>
       </c>
       <c r="P17" s="7" t="n">
-        <v>1408</v>
+        <v>3027</v>
       </c>
       <c r="Q17" s="7" t="n">
-        <v>896</v>
+        <v>2504</v>
       </c>
       <c r="R17" s="7" t="n">
-        <v>1541</v>
+        <v>2119</v>
       </c>
       <c r="S17" s="7" t="n">
-        <v>1088</v>
+        <v>2014</v>
       </c>
       <c r="T17" s="7" t="n">
-        <v>1122</v>
+        <v>2492</v>
       </c>
       <c r="U17" s="7" t="n">
-        <v>804</v>
+        <v>2064</v>
+      </c>
+      <c r="V17" s="7" t="n">
+        <v>2111</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="7" t="n">
-        <v>2037</v>
+        <v>2147</v>
       </c>
       <c r="C18" s="7" t="n">
-        <v>1782</v>
+        <v>1744</v>
       </c>
       <c r="D18" s="7" t="n">
-        <v>1884</v>
+        <v>1419</v>
       </c>
       <c r="E18" s="7" t="n">
-        <v>1283</v>
+        <v>2323</v>
       </c>
       <c r="F18" s="7" t="n">
-        <v>870</v>
+        <v>2805</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>1722</v>
+        <v>1861</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>2145</v>
+        <v>5483</v>
       </c>
       <c r="I18" s="7" t="n">
-        <v>2225</v>
+        <v>5379</v>
       </c>
       <c r="J18" s="7" t="n">
-        <v>1553</v>
+        <v>5529</v>
       </c>
       <c r="K18" s="7" t="n">
-        <v>1515</v>
+        <v>4634</v>
       </c>
       <c r="L18" s="7" t="n">
-        <v>1668</v>
+        <v>4468</v>
       </c>
       <c r="M18" s="7" t="n">
-        <v>2475</v>
+        <v>4451</v>
       </c>
       <c r="N18" s="7" t="n">
-        <v>1548</v>
+        <v>4724</v>
       </c>
       <c r="O18" s="7" t="n">
-        <v>1668</v>
+        <v>4290</v>
       </c>
       <c r="P18" s="7" t="n">
-        <v>2104</v>
+        <v>4696</v>
       </c>
       <c r="Q18" s="7" t="n">
-        <v>1049</v>
+        <v>3635</v>
       </c>
       <c r="R18" s="7" t="n">
-        <v>1217</v>
+        <v>2936</v>
       </c>
       <c r="S18" s="7" t="n">
-        <v>1126</v>
+        <v>3746</v>
       </c>
       <c r="T18" s="7" t="n">
-        <v>1040</v>
+        <v>2867</v>
       </c>
       <c r="U18" s="7" t="n">
-        <v>831</v>
+        <v>2507</v>
+      </c>
+      <c r="V18" s="7" t="n">
+        <v>2175</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B19" s="7" t="n">
+        <v>2142</v>
+      </c>
+      <c r="C19" s="7" t="n">
         <v>2028</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="D19" s="7" t="n">
         <v>1853</v>
       </c>
-      <c r="D19" s="7" t="n">
+      <c r="E19" s="7" t="n">
         <v>1506</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="F19" s="7" t="n">
         <v>1046</v>
       </c>
-      <c r="F19" s="7" t="n">
+      <c r="G19" s="7" t="n">
         <v>892</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="H19" s="7" t="n">
         <v>1699</v>
       </c>
-      <c r="H19" s="7" t="n">
+      <c r="I19" s="7" t="n">
         <v>1828</v>
       </c>
-      <c r="I19" s="7" t="n">
+      <c r="J19" s="7" t="n">
         <v>1774</v>
       </c>
-      <c r="J19" s="7" t="n">
+      <c r="K19" s="7" t="n">
         <v>1708</v>
       </c>
-      <c r="K19" s="7" t="n">
+      <c r="L19" s="7" t="n">
         <v>2326</v>
       </c>
-      <c r="L19" s="7" t="n">
+      <c r="M19" s="7" t="n">
         <v>2350</v>
       </c>
-      <c r="M19" s="7" t="n">
+      <c r="N19" s="7" t="n">
         <v>2598</v>
       </c>
-      <c r="N19" s="7" t="n">
+      <c r="O19" s="7" t="n">
         <v>1906</v>
       </c>
-      <c r="O19" s="7" t="n">
+      <c r="P19" s="7" t="n">
         <v>2239</v>
       </c>
-      <c r="P19" s="7" t="n">
+      <c r="Q19" s="7" t="n">
         <v>2304</v>
       </c>
-      <c r="Q19" s="7" t="n">
+      <c r="R19" s="7" t="n">
         <v>1769</v>
       </c>
-      <c r="R19" s="7" t="n">
+      <c r="S19" s="7" t="n">
         <v>1973</v>
       </c>
-      <c r="S19" s="7" t="n">
+      <c r="T19" s="7" t="n">
         <v>2082</v>
       </c>
-      <c r="T19" s="7" t="n">
+      <c r="U19" s="7" t="n">
         <v>1803</v>
       </c>
-      <c r="U19" s="7" t="n">
+      <c r="V19" s="7" t="n">
         <v>1653</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B20" s="7" t="n">
-        <v>1958</v>
+        <v>1864</v>
       </c>
       <c r="C20" s="7" t="n">
-        <v>4544</v>
+        <v>1662</v>
       </c>
       <c r="D20" s="7" t="n">
-        <v>633</v>
+        <v>1807</v>
       </c>
       <c r="E20" s="7" t="n">
-        <v>97</v>
+        <v>1997</v>
       </c>
       <c r="F20" s="7" t="n">
-        <v>710</v>
+        <v>632</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>15644</v>
+        <v>696</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>22012</v>
+        <v>2194</v>
       </c>
       <c r="I20" s="7" t="n">
-        <v>17583</v>
+        <v>1950</v>
       </c>
       <c r="J20" s="7" t="n">
-        <v>11934</v>
+        <v>2103</v>
       </c>
       <c r="K20" s="7" t="n">
-        <v>27756</v>
+        <v>1667</v>
       </c>
       <c r="L20" s="7" t="n">
-        <v>17891</v>
+        <v>1357</v>
       </c>
       <c r="M20" s="7" t="n">
-        <v>7852</v>
+        <v>1268</v>
       </c>
       <c r="N20" s="7" t="n">
-        <v>2061</v>
+        <v>2078</v>
       </c>
       <c r="O20" s="7" t="n">
-        <v>1655</v>
+        <v>2325</v>
       </c>
       <c r="P20" s="7" t="n">
-        <v>1618</v>
+        <v>2730</v>
       </c>
       <c r="Q20" s="7" t="n">
-        <v>1026</v>
-[...12 lines deleted...]
-      </c>
+        <v>1732</v>
+      </c>
+      <c r="R20" s="7"/>
+      <c r="S20" s="7"/>
+      <c r="T20" s="7"/>
+      <c r="U20" s="7"/>
+      <c r="V20" s="7"/>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B21" s="7" t="n">
-        <v>1757</v>
+        <v>1862</v>
       </c>
       <c r="C21" s="7" t="n">
-        <v>581</v>
+        <v>1593</v>
       </c>
       <c r="D21" s="7" t="n">
-        <v>461</v>
+        <v>868</v>
       </c>
       <c r="E21" s="7" t="n">
-        <v>471</v>
+        <v>580</v>
       </c>
       <c r="F21" s="7" t="n">
-        <v>99</v>
+        <v>348</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>515</v>
+        <v>453</v>
       </c>
       <c r="H21" s="7" t="n">
+        <v>856</v>
+      </c>
+      <c r="I21" s="7" t="n">
+        <v>1022</v>
+      </c>
+      <c r="J21" s="7" t="n">
+        <v>817</v>
+      </c>
+      <c r="K21" s="7" t="n">
+        <v>1334</v>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>1460</v>
+      </c>
+      <c r="M21" s="7" t="n">
+        <v>1088</v>
+      </c>
+      <c r="N21" s="7" t="n">
+        <v>1064</v>
+      </c>
+      <c r="O21" s="7" t="n">
+        <v>580</v>
+      </c>
+      <c r="P21" s="7" t="n">
+        <v>736</v>
+      </c>
+      <c r="Q21" s="7" t="n">
+        <v>710</v>
+      </c>
+      <c r="R21" s="7" t="n">
+        <v>489</v>
+      </c>
+      <c r="S21" s="7" t="n">
         <v>603</v>
       </c>
-      <c r="I21" s="7" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="T21" s="7" t="n">
-        <v>774</v>
+        <v>546</v>
       </c>
       <c r="U21" s="7" t="n">
-        <v>703</v>
+        <v>536</v>
+      </c>
+      <c r="V21" s="7" t="n">
+        <v>445</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B22" s="7" t="n">
-        <v>1744</v>
+        <v>1840</v>
       </c>
       <c r="C22" s="7" t="n">
-        <v>1419</v>
+        <v>1757</v>
       </c>
       <c r="D22" s="7" t="n">
-        <v>2323</v>
+        <v>581</v>
       </c>
       <c r="E22" s="7" t="n">
-        <v>2805</v>
+        <v>461</v>
       </c>
       <c r="F22" s="7" t="n">
-        <v>1861</v>
+        <v>471</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>5483</v>
+        <v>99</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>5379</v>
+        <v>515</v>
       </c>
       <c r="I22" s="7" t="n">
-        <v>5529</v>
+        <v>603</v>
       </c>
       <c r="J22" s="7" t="n">
-        <v>4634</v>
+        <v>605</v>
       </c>
       <c r="K22" s="7" t="n">
-        <v>4468</v>
+        <v>719</v>
       </c>
       <c r="L22" s="7" t="n">
-        <v>4451</v>
+        <v>872</v>
       </c>
       <c r="M22" s="7" t="n">
-        <v>4724</v>
+        <v>950</v>
       </c>
       <c r="N22" s="7" t="n">
-        <v>4290</v>
+        <v>859</v>
       </c>
       <c r="O22" s="7" t="n">
-        <v>4696</v>
+        <v>1137</v>
       </c>
       <c r="P22" s="7" t="n">
-        <v>3635</v>
+        <v>828</v>
       </c>
       <c r="Q22" s="7" t="n">
-        <v>2936</v>
+        <v>878</v>
       </c>
       <c r="R22" s="7" t="n">
-        <v>3746</v>
+        <v>725</v>
       </c>
       <c r="S22" s="7" t="n">
-        <v>2867</v>
+        <v>742</v>
       </c>
       <c r="T22" s="7" t="n">
-        <v>2507</v>
+        <v>762</v>
       </c>
       <c r="U22" s="7" t="n">
-        <v>2175</v>
+        <v>774</v>
+      </c>
+      <c r="V22" s="7" t="n">
+        <v>703</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B23" s="7" t="n">
-        <v>1662</v>
+        <v>1693</v>
       </c>
       <c r="C23" s="7" t="n">
-        <v>1807</v>
+        <v>1162</v>
       </c>
       <c r="D23" s="7" t="n">
-        <v>1997</v>
+        <v>1104</v>
       </c>
       <c r="E23" s="7" t="n">
-        <v>632</v>
+        <v>906</v>
       </c>
       <c r="F23" s="7" t="n">
-        <v>696</v>
+        <v>440</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>2194</v>
+        <v>495</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>1950</v>
+        <v>1559</v>
       </c>
       <c r="I23" s="7" t="n">
-        <v>2103</v>
+        <v>1149</v>
       </c>
       <c r="J23" s="7" t="n">
-        <v>1667</v>
+        <v>1483</v>
       </c>
       <c r="K23" s="7" t="n">
-        <v>1357</v>
+        <v>1081</v>
       </c>
       <c r="L23" s="7" t="n">
-        <v>1268</v>
+        <v>941</v>
       </c>
       <c r="M23" s="7" t="n">
-        <v>2078</v>
+        <v>1151</v>
       </c>
       <c r="N23" s="7" t="n">
-        <v>2325</v>
+        <v>846</v>
       </c>
       <c r="O23" s="7" t="n">
-        <v>2730</v>
+        <v>757</v>
       </c>
       <c r="P23" s="7" t="n">
-        <v>1732</v>
-[...5 lines deleted...]
-      <c r="U23" s="7"/>
+        <v>763</v>
+      </c>
+      <c r="Q23" s="7" t="n">
+        <v>500</v>
+      </c>
+      <c r="R23" s="7" t="n">
+        <v>514</v>
+      </c>
+      <c r="S23" s="7" t="n">
+        <v>856</v>
+      </c>
+      <c r="T23" s="7" t="n">
+        <v>740</v>
+      </c>
+      <c r="U23" s="7" t="n">
+        <v>600</v>
+      </c>
+      <c r="V23" s="7" t="n">
+        <v>710</v>
+      </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B24" s="7" t="n">
-        <v>1593</v>
+        <v>1686</v>
       </c>
       <c r="C24" s="7" t="n">
-        <v>868</v>
+        <v>2135</v>
       </c>
       <c r="D24" s="7" t="n">
-        <v>580</v>
+        <v>1904</v>
       </c>
       <c r="E24" s="7" t="n">
-        <v>348</v>
+        <v>1235</v>
       </c>
       <c r="F24" s="7" t="n">
-        <v>453</v>
+        <v>391</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>856</v>
+        <v>335</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>1022</v>
+        <v>1472</v>
       </c>
       <c r="I24" s="7" t="n">
-        <v>817</v>
+        <v>1794</v>
       </c>
       <c r="J24" s="7" t="n">
-        <v>1334</v>
+        <v>2183</v>
       </c>
       <c r="K24" s="7" t="n">
-        <v>1460</v>
+        <v>1492</v>
       </c>
       <c r="L24" s="7" t="n">
+        <v>3067</v>
+      </c>
+      <c r="M24" s="7" t="n">
+        <v>1633</v>
+      </c>
+      <c r="N24" s="7" t="n">
+        <v>967</v>
+      </c>
+      <c r="O24" s="7" t="n">
+        <v>1503</v>
+      </c>
+      <c r="P24" s="7" t="n">
+        <v>1459</v>
+      </c>
+      <c r="Q24" s="7" t="n">
+        <v>1408</v>
+      </c>
+      <c r="R24" s="7" t="n">
+        <v>896</v>
+      </c>
+      <c r="S24" s="7" t="n">
+        <v>1541</v>
+      </c>
+      <c r="T24" s="7" t="n">
         <v>1088</v>
       </c>
-      <c r="M24" s="7" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="U24" s="7" t="n">
-        <v>445</v>
+        <v>1122</v>
+      </c>
+      <c r="V24" s="7" t="n">
+        <v>804</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B25" s="7" t="n">
-        <v>1397</v>
+        <v>1391</v>
       </c>
       <c r="C25" s="7" t="n">
-        <v>399</v>
+        <v>1013</v>
       </c>
       <c r="D25" s="7" t="n">
-        <v>90</v>
+        <v>939</v>
       </c>
       <c r="E25" s="7" t="n">
-        <v>4</v>
+        <v>739</v>
       </c>
       <c r="F25" s="7" t="n">
-        <v>22</v>
+        <v>426</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>214</v>
+        <v>355</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>99</v>
+        <v>773</v>
       </c>
       <c r="I25" s="7" t="n">
-        <v>230</v>
+        <v>1240</v>
       </c>
       <c r="J25" s="7" t="n">
-        <v>274</v>
+        <v>1244</v>
       </c>
       <c r="K25" s="7" t="n">
-        <v>462</v>
+        <v>1539</v>
       </c>
       <c r="L25" s="7" t="n">
-        <v>365</v>
+        <v>978</v>
       </c>
       <c r="M25" s="7" t="n">
-        <v>475</v>
+        <v>1035</v>
       </c>
       <c r="N25" s="7" t="n">
-        <v>483</v>
+        <v>763</v>
       </c>
       <c r="O25" s="7" t="n">
-        <v>718</v>
+        <v>906</v>
       </c>
       <c r="P25" s="7" t="n">
-        <v>550</v>
+        <v>662</v>
       </c>
       <c r="Q25" s="7" t="n">
-        <v>340</v>
+        <v>511</v>
       </c>
       <c r="R25" s="7" t="n">
-        <v>283</v>
+        <v>850</v>
       </c>
       <c r="S25" s="7" t="n">
-        <v>279</v>
+        <v>703</v>
       </c>
       <c r="T25" s="7" t="n">
-        <v>710</v>
+        <v>670</v>
       </c>
       <c r="U25" s="7" t="n">
-        <v>186</v>
+        <v>625</v>
+      </c>
+      <c r="V25" s="7" t="n">
+        <v>504</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B26" s="7" t="n">
-        <v>1162</v>
+        <v>1240</v>
       </c>
       <c r="C26" s="7" t="n">
-        <v>1104</v>
+        <v>755</v>
       </c>
       <c r="D26" s="7" t="n">
-        <v>906</v>
+        <v>678</v>
       </c>
       <c r="E26" s="7" t="n">
-        <v>440</v>
+        <v>598</v>
       </c>
       <c r="F26" s="7" t="n">
-        <v>495</v>
+        <v>406</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>1559</v>
+        <v>118</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>1149</v>
+        <v>473</v>
       </c>
       <c r="I26" s="7" t="n">
-        <v>1483</v>
+        <v>621</v>
       </c>
       <c r="J26" s="7" t="n">
-        <v>1081</v>
+        <v>985</v>
       </c>
       <c r="K26" s="7" t="n">
-        <v>941</v>
+        <v>1365</v>
       </c>
       <c r="L26" s="7" t="n">
-        <v>1151</v>
+        <v>568</v>
       </c>
       <c r="M26" s="7" t="n">
-        <v>846</v>
+        <v>718</v>
       </c>
       <c r="N26" s="7" t="n">
-        <v>757</v>
+        <v>379</v>
       </c>
       <c r="O26" s="7" t="n">
-        <v>763</v>
+        <v>263</v>
       </c>
       <c r="P26" s="7" t="n">
-        <v>500</v>
-[...15 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="Q26" s="7"/>
+      <c r="R26" s="7"/>
+      <c r="S26" s="7"/>
+      <c r="T26" s="7"/>
+      <c r="U26" s="7"/>
+      <c r="V26" s="7"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B27" s="7" t="n">
-        <v>1127</v>
+        <v>1187</v>
       </c>
       <c r="C27" s="7" t="n">
-        <v>1547</v>
+        <v>1034</v>
       </c>
       <c r="D27" s="7" t="n">
-        <v>922</v>
+        <v>1078</v>
       </c>
       <c r="E27" s="7" t="n">
-        <v>391</v>
+        <v>1545</v>
       </c>
       <c r="F27" s="7" t="n">
-        <v>433</v>
+        <v>1140</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>1058</v>
+        <v>865</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>1208</v>
+        <v>1346</v>
       </c>
       <c r="I27" s="7" t="n">
-        <v>1208</v>
+        <v>1500</v>
       </c>
       <c r="J27" s="7" t="n">
-        <v>1729</v>
+        <v>1471</v>
       </c>
       <c r="K27" s="7" t="n">
-        <v>2254</v>
+        <v>1756</v>
       </c>
       <c r="L27" s="7" t="n">
-        <v>1522</v>
+        <v>1067</v>
       </c>
       <c r="M27" s="7" t="n">
-        <v>1466</v>
+        <v>986</v>
       </c>
       <c r="N27" s="7" t="n">
+        <v>1014</v>
+      </c>
+      <c r="O27" s="7" t="n">
+        <v>738</v>
+      </c>
+      <c r="P27" s="7" t="n">
         <v>1140</v>
       </c>
-      <c r="O27" s="7" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q27" s="7" t="n">
-        <v>1009</v>
+        <v>609</v>
       </c>
       <c r="R27" s="7" t="n">
-        <v>1085</v>
+        <v>686</v>
       </c>
       <c r="S27" s="7" t="n">
-        <v>1010</v>
+        <v>694</v>
       </c>
       <c r="T27" s="7" t="n">
-        <v>894</v>
+        <v>807</v>
       </c>
       <c r="U27" s="7" t="n">
-        <v>1055</v>
+        <v>990</v>
+      </c>
+      <c r="V27" s="7" t="n">
+        <v>618</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B28" s="7" t="n">
+        <v>1100</v>
+      </c>
+      <c r="C28" s="7" t="n">
         <v>1085</v>
       </c>
-      <c r="C28" s="7" t="n">
+      <c r="D28" s="7" t="n">
         <v>1054</v>
       </c>
-      <c r="D28" s="7" t="n">
+      <c r="E28" s="7" t="n">
         <v>1298</v>
       </c>
-      <c r="E28" s="7" t="n">
+      <c r="F28" s="7" t="n">
         <v>260</v>
       </c>
-      <c r="F28" s="7" t="n">
+      <c r="G28" s="7" t="n">
         <v>202</v>
       </c>
-      <c r="G28" s="7" t="n">
+      <c r="H28" s="7" t="n">
         <v>1260</v>
       </c>
-      <c r="H28" s="7" t="n">
+      <c r="I28" s="7" t="n">
         <v>1556</v>
       </c>
-      <c r="I28" s="7" t="n">
+      <c r="J28" s="7" t="n">
         <v>1213</v>
       </c>
-      <c r="J28" s="7" t="n">
+      <c r="K28" s="7" t="n">
         <v>1065</v>
       </c>
-      <c r="K28" s="7" t="n">
+      <c r="L28" s="7" t="n">
         <v>1599</v>
       </c>
-      <c r="L28" s="7" t="n">
+      <c r="M28" s="7" t="n">
         <v>1467</v>
       </c>
-      <c r="M28" s="7" t="n">
+      <c r="N28" s="7" t="n">
         <v>1188</v>
       </c>
-      <c r="N28" s="7" t="n">
+      <c r="O28" s="7" t="n">
         <v>1000</v>
       </c>
-      <c r="O28" s="7" t="n">
+      <c r="P28" s="7" t="n">
         <v>1010</v>
       </c>
-      <c r="P28" s="7" t="n">
+      <c r="Q28" s="7" t="n">
         <v>1186</v>
       </c>
-      <c r="Q28" s="7" t="n">
+      <c r="R28" s="7" t="n">
         <v>627</v>
       </c>
-      <c r="R28" s="7" t="n">
+      <c r="S28" s="7" t="n">
         <v>713</v>
       </c>
-      <c r="S28" s="7" t="n">
+      <c r="T28" s="7" t="n">
         <v>680</v>
       </c>
-      <c r="T28" s="7" t="n">
+      <c r="U28" s="7" t="n">
         <v>723</v>
       </c>
-      <c r="U28" s="7" t="n">
+      <c r="V28" s="7" t="n">
         <v>1046</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B29" s="7" t="n">
-        <v>1041</v>
+        <v>1021</v>
       </c>
       <c r="C29" s="7" t="n">
-        <v>802</v>
+        <v>866</v>
       </c>
       <c r="D29" s="7" t="n">
-        <v>518</v>
+        <v>1081</v>
       </c>
       <c r="E29" s="7" t="n">
-        <v>398</v>
+        <v>1235</v>
       </c>
       <c r="F29" s="7" t="n">
-        <v>243</v>
+        <v>822</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>732</v>
+        <v>424</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>955</v>
+        <v>1772</v>
       </c>
       <c r="I29" s="7" t="n">
-        <v>1392</v>
+        <v>1618</v>
       </c>
       <c r="J29" s="7" t="n">
-        <v>1351</v>
+        <v>2000</v>
       </c>
       <c r="K29" s="7" t="n">
-        <v>1670</v>
+        <v>1800</v>
       </c>
       <c r="L29" s="7" t="n">
-        <v>1154</v>
+        <v>1672</v>
       </c>
       <c r="M29" s="7" t="n">
-        <v>1046</v>
+        <v>2366</v>
       </c>
       <c r="N29" s="7" t="n">
-        <v>1440</v>
+        <v>2276</v>
       </c>
       <c r="O29" s="7" t="n">
-        <v>1393</v>
+        <v>1695</v>
       </c>
       <c r="P29" s="7" t="n">
-        <v>1347</v>
+        <v>1708</v>
       </c>
       <c r="Q29" s="7" t="n">
-        <v>938</v>
+        <v>1587</v>
       </c>
       <c r="R29" s="7" t="n">
-        <v>1329</v>
+        <v>1682</v>
       </c>
       <c r="S29" s="7" t="n">
-        <v>1087</v>
+        <v>1552</v>
       </c>
       <c r="T29" s="7" t="n">
-        <v>781</v>
+        <v>1645</v>
       </c>
       <c r="U29" s="7" t="n">
-        <v>521</v>
+        <v>1268</v>
+      </c>
+      <c r="V29" s="7" t="n">
+        <v>1029</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B30" s="7" t="n">
-        <v>1034</v>
+        <v>929</v>
       </c>
       <c r="C30" s="7" t="n">
-        <v>1078</v>
+        <v>1127</v>
       </c>
       <c r="D30" s="7" t="n">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E30" s="7" t="n">
-        <v>1140</v>
+        <v>922</v>
       </c>
       <c r="F30" s="7" t="n">
-        <v>865</v>
+        <v>391</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>1346</v>
+        <v>433</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>1500</v>
+        <v>1058</v>
       </c>
       <c r="I30" s="7" t="n">
-        <v>1471</v>
+        <v>1208</v>
       </c>
       <c r="J30" s="7" t="n">
-        <v>1756</v>
+        <v>1208</v>
       </c>
       <c r="K30" s="7" t="n">
-        <v>1067</v>
+        <v>1729</v>
       </c>
       <c r="L30" s="7" t="n">
-        <v>986</v>
+        <v>2254</v>
       </c>
       <c r="M30" s="7" t="n">
-        <v>1014</v>
+        <v>1522</v>
       </c>
       <c r="N30" s="7" t="n">
-        <v>738</v>
+        <v>1466</v>
       </c>
       <c r="O30" s="7" t="n">
         <v>1140</v>
       </c>
       <c r="P30" s="7" t="n">
-        <v>609</v>
+        <v>1168</v>
       </c>
       <c r="Q30" s="7" t="n">
-        <v>686</v>
+        <v>962</v>
       </c>
       <c r="R30" s="7" t="n">
-        <v>694</v>
+        <v>1009</v>
       </c>
       <c r="S30" s="7" t="n">
-        <v>807</v>
+        <v>1085</v>
       </c>
       <c r="T30" s="7" t="n">
-        <v>990</v>
+        <v>1010</v>
       </c>
       <c r="U30" s="7" t="n">
-        <v>618</v>
+        <v>894</v>
+      </c>
+      <c r="V30" s="7" t="n">
+        <v>1055</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B31" s="7" t="n">
-        <v>1013</v>
+        <v>882</v>
       </c>
       <c r="C31" s="7" t="n">
-        <v>939</v>
+        <v>928</v>
       </c>
       <c r="D31" s="7" t="n">
-        <v>739</v>
+        <v>795</v>
       </c>
       <c r="E31" s="7" t="n">
-        <v>426</v>
+        <v>917</v>
       </c>
       <c r="F31" s="7" t="n">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>773</v>
+        <v>205</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>1240</v>
+        <v>919</v>
       </c>
       <c r="I31" s="7" t="n">
-        <v>1244</v>
+        <v>918</v>
       </c>
       <c r="J31" s="7" t="n">
-        <v>1539</v>
+        <v>816</v>
       </c>
       <c r="K31" s="7" t="n">
-        <v>978</v>
+        <v>1194</v>
       </c>
       <c r="L31" s="7" t="n">
-        <v>1035</v>
+        <v>881</v>
       </c>
       <c r="M31" s="7" t="n">
-        <v>763</v>
+        <v>1116</v>
       </c>
       <c r="N31" s="7" t="n">
-        <v>906</v>
+        <v>1821</v>
       </c>
       <c r="O31" s="7" t="n">
-        <v>662</v>
+        <v>1847</v>
       </c>
       <c r="P31" s="7" t="n">
-        <v>511</v>
+        <v>1068</v>
       </c>
       <c r="Q31" s="7" t="n">
-        <v>850</v>
+        <v>938</v>
       </c>
       <c r="R31" s="7" t="n">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="S31" s="7" t="n">
-        <v>670</v>
+        <v>1030</v>
       </c>
       <c r="T31" s="7" t="n">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="U31" s="7" t="n">
-        <v>504</v>
+        <v>281</v>
+      </c>
+      <c r="V31" s="7" t="n">
+        <v>336</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B32" s="7" t="n">
-        <v>928</v>
+        <v>827</v>
       </c>
       <c r="C32" s="7" t="n">
-        <v>795</v>
+        <v>855</v>
       </c>
       <c r="D32" s="7" t="n">
-        <v>917</v>
+        <v>648</v>
       </c>
       <c r="E32" s="7" t="n">
-        <v>356</v>
+        <v>529</v>
       </c>
       <c r="F32" s="7" t="n">
-        <v>205</v>
+        <v>111</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>919</v>
+        <v>142</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>918</v>
+        <v>684</v>
       </c>
       <c r="I32" s="7" t="n">
-        <v>816</v>
+        <v>724</v>
       </c>
       <c r="J32" s="7" t="n">
-        <v>1194</v>
+        <v>1048</v>
       </c>
       <c r="K32" s="7" t="n">
-        <v>881</v>
+        <v>821</v>
       </c>
       <c r="L32" s="7" t="n">
-        <v>1116</v>
+        <v>1065</v>
       </c>
       <c r="M32" s="7" t="n">
-        <v>1821</v>
+        <v>1008</v>
       </c>
       <c r="N32" s="7" t="n">
-        <v>1847</v>
+        <v>941</v>
       </c>
       <c r="O32" s="7" t="n">
-        <v>1068</v>
+        <v>1012</v>
       </c>
       <c r="P32" s="7" t="n">
-        <v>938</v>
+        <v>844</v>
       </c>
       <c r="Q32" s="7" t="n">
-        <v>707</v>
+        <v>765</v>
       </c>
       <c r="R32" s="7" t="n">
-        <v>1030</v>
+        <v>571</v>
       </c>
       <c r="S32" s="7" t="n">
-        <v>635</v>
+        <v>875</v>
       </c>
       <c r="T32" s="7" t="n">
-        <v>281</v>
+        <v>590</v>
       </c>
       <c r="U32" s="7" t="n">
-        <v>336</v>
+        <v>349</v>
+      </c>
+      <c r="V32" s="7" t="n">
+        <v>629</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B33" s="7" t="n">
-        <v>922</v>
+        <v>811</v>
       </c>
       <c r="C33" s="7" t="n">
-        <v>1000</v>
+        <v>841</v>
       </c>
       <c r="D33" s="7" t="n">
-        <v>671</v>
+        <v>574</v>
       </c>
       <c r="E33" s="7" t="n">
-        <v>308</v>
+        <v>968</v>
       </c>
       <c r="F33" s="7" t="n">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>1169</v>
+        <v>227</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>1431</v>
+        <v>806</v>
       </c>
       <c r="I33" s="7" t="n">
-        <v>1213</v>
+        <v>1092</v>
       </c>
       <c r="J33" s="7" t="n">
-        <v>1757</v>
+        <v>801</v>
       </c>
       <c r="K33" s="7" t="n">
-        <v>1626</v>
+        <v>512</v>
       </c>
       <c r="L33" s="7" t="n">
-        <v>1606</v>
+        <v>570</v>
       </c>
       <c r="M33" s="7" t="n">
-        <v>1865</v>
+        <v>448</v>
       </c>
       <c r="N33" s="7" t="n">
-        <v>949</v>
+        <v>635</v>
       </c>
       <c r="O33" s="7" t="n">
-        <v>1348</v>
+        <v>696</v>
       </c>
       <c r="P33" s="7" t="n">
-        <v>890</v>
+        <v>559</v>
       </c>
       <c r="Q33" s="7" t="n">
-        <v>739</v>
+        <v>410</v>
       </c>
       <c r="R33" s="7" t="n">
-        <v>750</v>
+        <v>465</v>
       </c>
       <c r="S33" s="7" t="n">
-        <v>1015</v>
+        <v>557</v>
       </c>
       <c r="T33" s="7" t="n">
-        <v>1014</v>
+        <v>298</v>
       </c>
       <c r="U33" s="7" t="n">
-        <v>605</v>
+        <v>364</v>
+      </c>
+      <c r="V33" s="7" t="n">
+        <v>395</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B34" s="7" t="n">
-        <v>869</v>
+        <v>802</v>
       </c>
       <c r="C34" s="7" t="n">
-        <v>1069</v>
+        <v>2210</v>
       </c>
       <c r="D34" s="7" t="n">
-        <v>977</v>
+        <v>870</v>
       </c>
       <c r="E34" s="7" t="n">
-        <v>569</v>
+        <v>371</v>
       </c>
       <c r="F34" s="7" t="n">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>874</v>
+        <v>168</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>841</v>
+        <v>989</v>
       </c>
       <c r="I34" s="7" t="n">
-        <v>989</v>
+        <v>735</v>
       </c>
       <c r="J34" s="7" t="n">
-        <v>969</v>
+        <v>903</v>
       </c>
       <c r="K34" s="7" t="n">
-        <v>950</v>
+        <v>796</v>
       </c>
       <c r="L34" s="7" t="n">
-        <v>1361</v>
+        <v>566</v>
       </c>
       <c r="M34" s="7" t="n">
-        <v>1194</v>
+        <v>720</v>
       </c>
       <c r="N34" s="7" t="n">
-        <v>984</v>
+        <v>778</v>
       </c>
       <c r="O34" s="7" t="n">
-        <v>939</v>
+        <v>1079</v>
       </c>
       <c r="P34" s="7" t="n">
-        <v>673</v>
+        <v>1705</v>
       </c>
       <c r="Q34" s="7" t="n">
-        <v>508</v>
+        <v>559</v>
       </c>
       <c r="R34" s="7" t="n">
-        <v>629</v>
+        <v>285</v>
       </c>
       <c r="S34" s="7" t="n">
-        <v>842</v>
+        <v>355</v>
       </c>
       <c r="T34" s="7" t="n">
-        <v>652</v>
+        <v>499</v>
       </c>
       <c r="U34" s="7" t="n">
-        <v>601</v>
+        <v>372</v>
+      </c>
+      <c r="V34" s="7" t="n">
+        <v>687</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B35" s="7" t="n">
-        <v>866</v>
+        <v>764</v>
       </c>
       <c r="C35" s="7" t="n">
-        <v>1081</v>
+        <v>922</v>
       </c>
       <c r="D35" s="7" t="n">
-        <v>1235</v>
+        <v>1000</v>
       </c>
       <c r="E35" s="7" t="n">
-        <v>822</v>
+        <v>671</v>
       </c>
       <c r="F35" s="7" t="n">
-        <v>424</v>
+        <v>308</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>1772</v>
+        <v>313</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>1618</v>
+        <v>1169</v>
       </c>
       <c r="I35" s="7" t="n">
-        <v>2000</v>
+        <v>1431</v>
       </c>
       <c r="J35" s="7" t="n">
-        <v>1800</v>
+        <v>1213</v>
       </c>
       <c r="K35" s="7" t="n">
-        <v>1672</v>
+        <v>1757</v>
       </c>
       <c r="L35" s="7" t="n">
-        <v>2366</v>
+        <v>1626</v>
       </c>
       <c r="M35" s="7" t="n">
-        <v>2276</v>
+        <v>1606</v>
       </c>
       <c r="N35" s="7" t="n">
-        <v>1695</v>
+        <v>1865</v>
       </c>
       <c r="O35" s="7" t="n">
-        <v>1708</v>
+        <v>949</v>
       </c>
       <c r="P35" s="7" t="n">
-        <v>1587</v>
+        <v>1348</v>
       </c>
       <c r="Q35" s="7" t="n">
-        <v>1682</v>
+        <v>890</v>
       </c>
       <c r="R35" s="7" t="n">
-        <v>1552</v>
+        <v>739</v>
       </c>
       <c r="S35" s="7" t="n">
-        <v>1645</v>
+        <v>750</v>
       </c>
       <c r="T35" s="7" t="n">
-        <v>1268</v>
+        <v>1015</v>
       </c>
       <c r="U35" s="7" t="n">
-        <v>1029</v>
+        <v>1014</v>
+      </c>
+      <c r="V35" s="7" t="n">
+        <v>605</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B36" s="7" t="n">
-        <v>855</v>
+        <v>632</v>
       </c>
       <c r="C36" s="7" t="n">
-        <v>648</v>
+        <v>869</v>
       </c>
       <c r="D36" s="7" t="n">
-        <v>529</v>
+        <v>1069</v>
       </c>
       <c r="E36" s="7" t="n">
-        <v>111</v>
+        <v>977</v>
       </c>
       <c r="F36" s="7" t="n">
-        <v>142</v>
+        <v>569</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>684</v>
+        <v>115</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>724</v>
+        <v>874</v>
       </c>
       <c r="I36" s="7" t="n">
-        <v>1048</v>
+        <v>841</v>
       </c>
       <c r="J36" s="7" t="n">
-        <v>821</v>
+        <v>989</v>
       </c>
       <c r="K36" s="7" t="n">
-        <v>1065</v>
+        <v>969</v>
       </c>
       <c r="L36" s="7" t="n">
-        <v>1008</v>
+        <v>950</v>
       </c>
       <c r="M36" s="7" t="n">
-        <v>941</v>
+        <v>1361</v>
       </c>
       <c r="N36" s="7" t="n">
-        <v>1012</v>
+        <v>1194</v>
       </c>
       <c r="O36" s="7" t="n">
-        <v>844</v>
+        <v>984</v>
       </c>
       <c r="P36" s="7" t="n">
-        <v>765</v>
+        <v>939</v>
       </c>
       <c r="Q36" s="7" t="n">
-        <v>571</v>
+        <v>673</v>
       </c>
       <c r="R36" s="7" t="n">
-        <v>875</v>
+        <v>508</v>
       </c>
       <c r="S36" s="7" t="n">
-        <v>590</v>
+        <v>629</v>
       </c>
       <c r="T36" s="7" t="n">
-        <v>349</v>
+        <v>842</v>
       </c>
       <c r="U36" s="7" t="n">
-        <v>629</v>
+        <v>652</v>
+      </c>
+      <c r="V36" s="7" t="n">
+        <v>601</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B37" s="7" t="n">
-        <v>841</v>
+        <v>597</v>
       </c>
       <c r="C37" s="7" t="n">
-        <v>574</v>
+        <v>1041</v>
       </c>
       <c r="D37" s="7" t="n">
-        <v>968</v>
+        <v>802</v>
       </c>
       <c r="E37" s="7" t="n">
-        <v>361</v>
+        <v>518</v>
       </c>
       <c r="F37" s="7" t="n">
-        <v>227</v>
+        <v>398</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>806</v>
+        <v>243</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>1092</v>
+        <v>732</v>
       </c>
       <c r="I37" s="7" t="n">
-        <v>801</v>
+        <v>955</v>
       </c>
       <c r="J37" s="7" t="n">
-        <v>512</v>
+        <v>1392</v>
       </c>
       <c r="K37" s="7" t="n">
-        <v>570</v>
+        <v>1351</v>
       </c>
       <c r="L37" s="7" t="n">
-        <v>448</v>
+        <v>1670</v>
       </c>
       <c r="M37" s="7" t="n">
-        <v>635</v>
+        <v>1154</v>
       </c>
       <c r="N37" s="7" t="n">
-        <v>696</v>
+        <v>1046</v>
       </c>
       <c r="O37" s="7" t="n">
-        <v>559</v>
+        <v>1440</v>
       </c>
       <c r="P37" s="7" t="n">
-        <v>410</v>
+        <v>1393</v>
       </c>
       <c r="Q37" s="7" t="n">
-        <v>465</v>
+        <v>1347</v>
       </c>
       <c r="R37" s="7" t="n">
-        <v>557</v>
+        <v>938</v>
       </c>
       <c r="S37" s="7" t="n">
-        <v>298</v>
+        <v>1329</v>
       </c>
       <c r="T37" s="7" t="n">
-        <v>364</v>
+        <v>1087</v>
       </c>
       <c r="U37" s="7" t="n">
-        <v>395</v>
+        <v>781</v>
+      </c>
+      <c r="V37" s="7" t="n">
+        <v>521</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B38" s="7" t="n">
-        <v>755</v>
+        <v>592</v>
       </c>
       <c r="C38" s="7" t="n">
-        <v>678</v>
+        <v>424</v>
       </c>
       <c r="D38" s="7" t="n">
-        <v>598</v>
+        <v>1343</v>
       </c>
       <c r="E38" s="7" t="n">
-        <v>406</v>
+        <v>454</v>
       </c>
       <c r="F38" s="7" t="n">
-        <v>118</v>
+        <v>175</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>473</v>
+        <v>169</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>621</v>
+        <v>646</v>
       </c>
       <c r="I38" s="7" t="n">
-        <v>985</v>
+        <v>878</v>
       </c>
       <c r="J38" s="7" t="n">
-        <v>1365</v>
+        <v>1791</v>
       </c>
       <c r="K38" s="7" t="n">
-        <v>568</v>
+        <v>876</v>
       </c>
       <c r="L38" s="7" t="n">
-        <v>718</v>
+        <v>454</v>
       </c>
       <c r="M38" s="7" t="n">
-        <v>379</v>
+        <v>655</v>
       </c>
       <c r="N38" s="7" t="n">
-        <v>263</v>
+        <v>358</v>
       </c>
       <c r="O38" s="7" t="n">
-        <v>247</v>
-[...6 lines deleted...]
-      <c r="U38" s="7"/>
+        <v>266</v>
+      </c>
+      <c r="P38" s="7" t="n">
+        <v>395</v>
+      </c>
+      <c r="Q38" s="7" t="n">
+        <v>329</v>
+      </c>
+      <c r="R38" s="7" t="n">
+        <v>313</v>
+      </c>
+      <c r="S38" s="7" t="n">
+        <v>474</v>
+      </c>
+      <c r="T38" s="7" t="n">
+        <v>458</v>
+      </c>
+      <c r="U38" s="7" t="n">
+        <v>438</v>
+      </c>
+      <c r="V38" s="7" t="n">
+        <v>405</v>
+      </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B39" s="7" t="n">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="C39" s="7" t="n">
-        <v>297</v>
+        <v>555</v>
       </c>
       <c r="D39" s="7" t="n">
-        <v>246</v>
+        <v>502</v>
       </c>
       <c r="E39" s="7" t="n">
-        <v>201</v>
+        <v>706</v>
       </c>
       <c r="F39" s="7" t="n">
-        <v>185</v>
+        <v>507</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>287</v>
+        <v>147</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>410</v>
+        <v>522</v>
       </c>
       <c r="I39" s="7" t="n">
-        <v>309</v>
+        <v>538</v>
       </c>
       <c r="J39" s="7" t="n">
-        <v>332</v>
+        <v>493</v>
       </c>
       <c r="K39" s="7" t="n">
-        <v>345</v>
+        <v>429</v>
       </c>
       <c r="L39" s="7" t="n">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="M39" s="7" t="n">
-        <v>347</v>
+        <v>876</v>
       </c>
       <c r="N39" s="7" t="n">
-        <v>414</v>
+        <v>629</v>
       </c>
       <c r="O39" s="7" t="n">
-        <v>538</v>
+        <v>464</v>
       </c>
       <c r="P39" s="7" t="n">
-        <v>543</v>
-[...5 lines deleted...]
-      <c r="U39" s="7"/>
+        <v>503</v>
+      </c>
+      <c r="Q39" s="7" t="n">
+        <v>320</v>
+      </c>
+      <c r="R39" s="7" t="n">
+        <v>408</v>
+      </c>
+      <c r="S39" s="7" t="n">
+        <v>624</v>
+      </c>
+      <c r="T39" s="7" t="n">
+        <v>431</v>
+      </c>
+      <c r="U39" s="7" t="n">
+        <v>255</v>
+      </c>
+      <c r="V39" s="7" t="n">
+        <v>210</v>
+      </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B40" s="7" t="n">
-        <v>555</v>
+        <v>540</v>
       </c>
       <c r="C40" s="7" t="n">
+        <v>368</v>
+      </c>
+      <c r="D40" s="7" t="n">
+        <v>284</v>
+      </c>
+      <c r="E40" s="7" t="n">
+        <v>476</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>242</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>155</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>498</v>
+      </c>
+      <c r="I40" s="7" t="n">
+        <v>841</v>
+      </c>
+      <c r="J40" s="7" t="n">
+        <v>513</v>
+      </c>
+      <c r="K40" s="7" t="n">
+        <v>455</v>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>405</v>
+      </c>
+      <c r="M40" s="7" t="n">
+        <v>361</v>
+      </c>
+      <c r="N40" s="7" t="n">
         <v>502</v>
       </c>
-      <c r="D40" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E40" s="7" t="n">
+      <c r="O40" s="7" t="n">
+        <v>354</v>
+      </c>
+      <c r="P40" s="7" t="n">
+        <v>539</v>
+      </c>
+      <c r="Q40" s="7" t="n">
+        <v>968</v>
+      </c>
+      <c r="R40" s="7" t="n">
+        <v>367</v>
+      </c>
+      <c r="S40" s="7" t="n">
+        <v>263</v>
+      </c>
+      <c r="T40" s="7" t="n">
         <v>507</v>
       </c>
-      <c r="F40" s="7" t="n">
-[...43 lines deleted...]
-      </c>
       <c r="U40" s="7" t="n">
-        <v>210</v>
+        <v>249</v>
+      </c>
+      <c r="V40" s="7" t="n">
+        <v>196</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B41" s="7" t="n">
-        <v>491</v>
+        <v>535</v>
       </c>
       <c r="C41" s="7" t="n">
-        <v>297</v>
+        <v>439</v>
       </c>
       <c r="D41" s="7" t="n">
-        <v>263</v>
+        <v>433</v>
       </c>
       <c r="E41" s="7" t="n">
-        <v>42</v>
+        <v>300</v>
       </c>
       <c r="F41" s="7" t="n">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>458</v>
+        <v>118</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="I41" s="7" t="n">
-        <v>167</v>
+        <v>327</v>
       </c>
       <c r="J41" s="7" t="n">
-        <v>409</v>
+        <v>374</v>
       </c>
       <c r="K41" s="7" t="n">
-        <v>363</v>
+        <v>383</v>
       </c>
       <c r="L41" s="7" t="n">
-        <v>374</v>
+        <v>275</v>
       </c>
       <c r="M41" s="7" t="n">
-        <v>161</v>
+        <v>292</v>
       </c>
       <c r="N41" s="7" t="n">
-        <v>185</v>
+        <v>348</v>
       </c>
       <c r="O41" s="7" t="n">
-        <v>207</v>
-[...6 lines deleted...]
-      <c r="U41" s="7"/>
+        <v>225</v>
+      </c>
+      <c r="P41" s="7" t="n">
+        <v>391</v>
+      </c>
+      <c r="Q41" s="7" t="n">
+        <v>361</v>
+      </c>
+      <c r="R41" s="7" t="n">
+        <v>282</v>
+      </c>
+      <c r="S41" s="7" t="n">
+        <v>691</v>
+      </c>
+      <c r="T41" s="7" t="n">
+        <v>358</v>
+      </c>
+      <c r="U41" s="7" t="n">
+        <v>255</v>
+      </c>
+      <c r="V41" s="7" t="n">
+        <v>382</v>
+      </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B42" s="7" t="n">
-        <v>484</v>
+        <v>503</v>
       </c>
       <c r="C42" s="7" t="n">
-        <v>437</v>
+        <v>217</v>
       </c>
       <c r="D42" s="7" t="n">
-        <v>420</v>
+        <v>157</v>
       </c>
       <c r="E42" s="7" t="n">
-        <v>48</v>
+        <v>329</v>
       </c>
       <c r="F42" s="7" t="n">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>707</v>
+        <v>30</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>563</v>
+        <v>165</v>
       </c>
       <c r="I42" s="7" t="n">
-        <v>483</v>
+        <v>368</v>
       </c>
       <c r="J42" s="7" t="n">
-        <v>554</v>
+        <v>321</v>
       </c>
       <c r="K42" s="7" t="n">
-        <v>1455</v>
+        <v>202</v>
       </c>
       <c r="L42" s="7" t="n">
-        <v>503</v>
+        <v>275</v>
       </c>
       <c r="M42" s="7" t="n">
-        <v>579</v>
+        <v>307</v>
       </c>
       <c r="N42" s="7" t="n">
-        <v>564</v>
+        <v>248</v>
       </c>
       <c r="O42" s="7" t="n">
-        <v>634</v>
+        <v>215</v>
       </c>
       <c r="P42" s="7" t="n">
-        <v>559</v>
+        <v>234</v>
       </c>
       <c r="Q42" s="7" t="n">
-        <v>379</v>
+        <v>212</v>
       </c>
       <c r="R42" s="7" t="n">
-        <v>493</v>
+        <v>176</v>
       </c>
       <c r="S42" s="7" t="n">
-        <v>396</v>
+        <v>245</v>
       </c>
       <c r="T42" s="7" t="n">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="U42" s="7" t="n">
-        <v>310</v>
+        <v>120</v>
+      </c>
+      <c r="V42" s="7" t="n">
+        <v>129</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B43" s="7" t="n">
+        <v>486</v>
+      </c>
+      <c r="C43" s="7" t="n">
         <v>440</v>
       </c>
-      <c r="C43" s="7" t="n">
+      <c r="D43" s="7" t="n">
         <v>616</v>
       </c>
-      <c r="D43" s="7" t="n">
+      <c r="E43" s="7" t="n">
         <v>538</v>
       </c>
-      <c r="E43" s="7" t="n">
+      <c r="F43" s="7" t="n">
         <v>212</v>
       </c>
-      <c r="F43" s="7" t="n">
+      <c r="G43" s="7" t="n">
         <v>651</v>
       </c>
-      <c r="G43" s="7" t="n">
+      <c r="H43" s="7" t="n">
         <v>1270</v>
       </c>
-      <c r="H43" s="7" t="n">
+      <c r="I43" s="7" t="n">
         <v>1031</v>
       </c>
-      <c r="I43" s="7" t="n">
+      <c r="J43" s="7" t="n">
         <v>931</v>
       </c>
-      <c r="J43" s="7" t="n">
+      <c r="K43" s="7" t="n">
         <v>1212</v>
       </c>
-      <c r="K43" s="7" t="n">
+      <c r="L43" s="7" t="n">
         <v>1359</v>
       </c>
-      <c r="L43" s="7" t="n">
+      <c r="M43" s="7" t="n">
         <v>1260</v>
       </c>
-      <c r="M43" s="7" t="n">
+      <c r="N43" s="7" t="n">
         <v>1243</v>
       </c>
-      <c r="N43" s="7" t="n">
+      <c r="O43" s="7" t="n">
         <v>1906</v>
       </c>
-      <c r="O43" s="7" t="n">
+      <c r="P43" s="7" t="n">
         <v>1138</v>
       </c>
-      <c r="P43" s="7" t="n">
+      <c r="Q43" s="7" t="n">
         <v>1324</v>
       </c>
-      <c r="Q43" s="7" t="n">
+      <c r="R43" s="7" t="n">
         <v>947</v>
       </c>
-      <c r="R43" s="7" t="n">
+      <c r="S43" s="7" t="n">
         <v>967</v>
       </c>
-      <c r="S43" s="7" t="n">
+      <c r="T43" s="7" t="n">
         <v>514</v>
       </c>
-      <c r="T43" s="7" t="n">
+      <c r="U43" s="7" t="n">
         <v>494</v>
       </c>
-      <c r="U43" s="7" t="n">
+      <c r="V43" s="7" t="n">
         <v>611</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B44" s="7" t="n">
-        <v>439</v>
+        <v>478</v>
       </c>
       <c r="C44" s="7" t="n">
-        <v>433</v>
+        <v>409</v>
       </c>
       <c r="D44" s="7" t="n">
-        <v>300</v>
+        <v>374</v>
       </c>
       <c r="E44" s="7" t="n">
-        <v>133</v>
+        <v>414</v>
       </c>
       <c r="F44" s="7" t="n">
-        <v>118</v>
+        <v>226</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>275</v>
+        <v>114</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>327</v>
+        <v>505</v>
       </c>
       <c r="I44" s="7" t="n">
-        <v>374</v>
+        <v>412</v>
       </c>
       <c r="J44" s="7" t="n">
-        <v>383</v>
+        <v>444</v>
       </c>
       <c r="K44" s="7" t="n">
-        <v>275</v>
+        <v>473</v>
       </c>
       <c r="L44" s="7" t="n">
-        <v>292</v>
+        <v>437</v>
       </c>
       <c r="M44" s="7" t="n">
-        <v>348</v>
+        <v>421</v>
       </c>
       <c r="N44" s="7" t="n">
-        <v>225</v>
+        <v>384</v>
       </c>
       <c r="O44" s="7" t="n">
-        <v>391</v>
+        <v>372</v>
       </c>
       <c r="P44" s="7" t="n">
-        <v>361</v>
+        <v>303</v>
       </c>
       <c r="Q44" s="7" t="n">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="R44" s="7" t="n">
-        <v>691</v>
+        <v>347</v>
       </c>
       <c r="S44" s="7" t="n">
-        <v>358</v>
+        <v>385</v>
       </c>
       <c r="T44" s="7" t="n">
-        <v>255</v>
+        <v>442</v>
       </c>
       <c r="U44" s="7" t="n">
-        <v>382</v>
+        <v>227</v>
+      </c>
+      <c r="V44" s="7" t="n">
+        <v>400</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B45" s="7" t="n">
-        <v>424</v>
+        <v>472</v>
       </c>
       <c r="C45" s="7" t="n">
-        <v>1343</v>
+        <v>360</v>
       </c>
       <c r="D45" s="7" t="n">
+        <v>1219</v>
+      </c>
+      <c r="E45" s="7" t="n">
+        <v>527</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>102</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>220</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>910</v>
+      </c>
+      <c r="I45" s="7" t="n">
+        <v>1059</v>
+      </c>
+      <c r="J45" s="7" t="n">
+        <v>518</v>
+      </c>
+      <c r="K45" s="7" t="n">
+        <v>376</v>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>334</v>
+      </c>
+      <c r="M45" s="7" t="n">
+        <v>353</v>
+      </c>
+      <c r="N45" s="7" t="n">
+        <v>301</v>
+      </c>
+      <c r="O45" s="7" t="n">
+        <v>296</v>
+      </c>
+      <c r="P45" s="7" t="n">
         <v>454</v>
       </c>
-      <c r="E45" s="7" t="n">
-[...32 lines deleted...]
-      <c r="P45" s="7" t="n">
+      <c r="Q45" s="7" t="n">
+        <v>280</v>
+      </c>
+      <c r="R45" s="7" t="n">
+        <v>314</v>
+      </c>
+      <c r="S45" s="7" t="n">
+        <v>409</v>
+      </c>
+      <c r="T45" s="7" t="n">
+        <v>275</v>
+      </c>
+      <c r="U45" s="7" t="n">
         <v>329</v>
       </c>
-      <c r="Q45" s="7" t="n">
-[...12 lines deleted...]
-        <v>405</v>
+      <c r="V45" s="7" t="n">
+        <v>285</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B46" s="7" t="n">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="C46" s="7" t="n">
-        <v>374</v>
+        <v>220</v>
       </c>
       <c r="D46" s="7" t="n">
-        <v>414</v>
+        <v>346</v>
       </c>
       <c r="E46" s="7" t="n">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="F46" s="7" t="n">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>505</v>
+        <v>37</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>412</v>
+        <v>218</v>
       </c>
       <c r="I46" s="7" t="n">
-        <v>444</v>
+        <v>121</v>
       </c>
       <c r="J46" s="7" t="n">
-        <v>473</v>
+        <v>172</v>
       </c>
       <c r="K46" s="7" t="n">
-        <v>437</v>
+        <v>299</v>
       </c>
       <c r="L46" s="7" t="n">
-        <v>421</v>
+        <v>96</v>
       </c>
       <c r="M46" s="7" t="n">
-        <v>384</v>
+        <v>98</v>
       </c>
       <c r="N46" s="7" t="n">
-        <v>372</v>
+        <v>120</v>
       </c>
       <c r="O46" s="7" t="n">
-        <v>303</v>
+        <v>101</v>
       </c>
       <c r="P46" s="7" t="n">
-        <v>308</v>
+        <v>122</v>
       </c>
       <c r="Q46" s="7" t="n">
-        <v>347</v>
+        <v>182</v>
       </c>
       <c r="R46" s="7" t="n">
-        <v>385</v>
+        <v>103</v>
       </c>
       <c r="S46" s="7" t="n">
-        <v>442</v>
+        <v>105</v>
       </c>
       <c r="T46" s="7" t="n">
-        <v>227</v>
+        <v>250</v>
       </c>
       <c r="U46" s="7" t="n">
-        <v>400</v>
+        <v>167</v>
+      </c>
+      <c r="V46" s="7" t="n">
+        <v>259</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B47" s="7" t="n">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="C47" s="7" t="n">
-        <v>466</v>
+        <v>259</v>
       </c>
       <c r="D47" s="7" t="n">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="E47" s="7" t="n">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="F47" s="7" t="n">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>451</v>
+        <v>92</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>1234</v>
+        <v>82</v>
       </c>
       <c r="I47" s="7" t="n">
-        <v>901</v>
+        <v>120</v>
       </c>
       <c r="J47" s="7" t="n">
-        <v>811</v>
+        <v>103</v>
       </c>
       <c r="K47" s="7" t="n">
-        <v>857</v>
+        <v>104</v>
       </c>
       <c r="L47" s="7" t="n">
-        <v>714</v>
+        <v>157</v>
       </c>
       <c r="M47" s="7" t="n">
-        <v>673</v>
+        <v>219</v>
       </c>
       <c r="N47" s="7" t="n">
-        <v>976</v>
+        <v>166</v>
       </c>
       <c r="O47" s="7" t="n">
-        <v>1219</v>
+        <v>140</v>
       </c>
       <c r="P47" s="7" t="n">
-        <v>670</v>
+        <v>122</v>
       </c>
       <c r="Q47" s="7" t="n">
-        <v>664</v>
-[...12 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="R47" s="7"/>
+      <c r="S47" s="7"/>
+      <c r="T47" s="7"/>
+      <c r="U47" s="7"/>
+      <c r="V47" s="7"/>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B48" s="7" t="n">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="C48" s="7" t="n">
-        <v>249</v>
+        <v>393</v>
       </c>
       <c r="D48" s="7" t="n">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E48" s="7" t="n">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="F48" s="7" t="n">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>312</v>
+        <v>156</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>297</v>
+        <v>451</v>
       </c>
       <c r="I48" s="7" t="n">
-        <v>483</v>
+        <v>1234</v>
       </c>
       <c r="J48" s="7" t="n">
-        <v>450</v>
+        <v>901</v>
       </c>
       <c r="K48" s="7" t="n">
-        <v>366</v>
+        <v>811</v>
       </c>
       <c r="L48" s="7" t="n">
-        <v>368</v>
+        <v>857</v>
       </c>
       <c r="M48" s="7" t="n">
-        <v>427</v>
+        <v>714</v>
       </c>
       <c r="N48" s="7" t="n">
-        <v>411</v>
+        <v>673</v>
       </c>
       <c r="O48" s="7" t="n">
-        <v>352</v>
+        <v>976</v>
       </c>
       <c r="P48" s="7" t="n">
-        <v>289</v>
+        <v>1219</v>
       </c>
       <c r="Q48" s="7" t="n">
-        <v>226</v>
+        <v>670</v>
       </c>
       <c r="R48" s="7" t="n">
-        <v>193</v>
+        <v>664</v>
       </c>
       <c r="S48" s="7" t="n">
-        <v>181</v>
+        <v>921</v>
       </c>
       <c r="T48" s="7" t="n">
-        <v>178</v>
+        <v>1010</v>
       </c>
       <c r="U48" s="7" t="n">
-        <v>246</v>
+        <v>767</v>
+      </c>
+      <c r="V48" s="7" t="n">
+        <v>813</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="A49" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B49" s="7" t="n">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C49" s="7" t="n">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="D49" s="7" t="n">
-        <v>325</v>
+        <v>218</v>
       </c>
       <c r="E49" s="7" t="n">
-        <v>77</v>
+        <v>162</v>
       </c>
       <c r="F49" s="7" t="n">
-        <v>62</v>
+        <v>438</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>524</v>
+        <v>111</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>436</v>
+        <v>138</v>
       </c>
       <c r="I49" s="7" t="n">
-        <v>363</v>
+        <v>122</v>
       </c>
       <c r="J49" s="7" t="n">
-        <v>594</v>
+        <v>306</v>
       </c>
       <c r="K49" s="7" t="n">
-        <v>414</v>
+        <v>450</v>
       </c>
       <c r="L49" s="7" t="n">
-        <v>479</v>
+        <v>243</v>
       </c>
       <c r="M49" s="7" t="n">
-        <v>285</v>
+        <v>166</v>
       </c>
       <c r="N49" s="7" t="n">
-        <v>834</v>
+        <v>228</v>
       </c>
       <c r="O49" s="7" t="n">
-        <v>970</v>
+        <v>128</v>
       </c>
       <c r="P49" s="7" t="n">
-        <v>234</v>
-[...15 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="Q49" s="7"/>
+      <c r="R49" s="7"/>
+      <c r="S49" s="7"/>
+      <c r="T49" s="7"/>
+      <c r="U49" s="7"/>
+      <c r="V49" s="7"/>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="A50" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B50" s="7" t="n">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C50" s="7" t="n">
-        <v>284</v>
+        <v>566</v>
       </c>
       <c r="D50" s="7" t="n">
-        <v>476</v>
+        <v>297</v>
       </c>
       <c r="E50" s="7" t="n">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F50" s="7" t="n">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>498</v>
+        <v>185</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>841</v>
+        <v>287</v>
       </c>
       <c r="I50" s="7" t="n">
-        <v>513</v>
+        <v>410</v>
       </c>
       <c r="J50" s="7" t="n">
-        <v>455</v>
+        <v>309</v>
       </c>
       <c r="K50" s="7" t="n">
-        <v>405</v>
+        <v>332</v>
       </c>
       <c r="L50" s="7" t="n">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="M50" s="7" t="n">
-        <v>502</v>
+        <v>401</v>
       </c>
       <c r="N50" s="7" t="n">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="O50" s="7" t="n">
-        <v>539</v>
+        <v>414</v>
       </c>
       <c r="P50" s="7" t="n">
-        <v>968</v>
+        <v>538</v>
       </c>
       <c r="Q50" s="7" t="n">
-        <v>367</v>
-[...12 lines deleted...]
-      </c>
+        <v>543</v>
+      </c>
+      <c r="R50" s="7"/>
+      <c r="S50" s="7"/>
+      <c r="T50" s="7"/>
+      <c r="U50" s="7"/>
+      <c r="V50" s="7"/>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B51" s="7" t="n">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C51" s="7" t="n">
-        <v>1219</v>
+        <v>246</v>
       </c>
       <c r="D51" s="7" t="n">
-        <v>527</v>
+        <v>330</v>
       </c>
       <c r="E51" s="7" t="n">
-        <v>102</v>
+        <v>304</v>
       </c>
       <c r="F51" s="7" t="n">
-        <v>220</v>
+        <v>66</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>910</v>
+        <v>67</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>1059</v>
+        <v>260</v>
       </c>
       <c r="I51" s="7" t="n">
-        <v>518</v>
+        <v>124</v>
       </c>
       <c r="J51" s="7" t="n">
-        <v>376</v>
+        <v>218</v>
       </c>
       <c r="K51" s="7" t="n">
-        <v>334</v>
+        <v>162</v>
       </c>
       <c r="L51" s="7" t="n">
-        <v>353</v>
+        <v>158</v>
       </c>
       <c r="M51" s="7" t="n">
-        <v>301</v>
+        <v>106</v>
       </c>
       <c r="N51" s="7" t="n">
-        <v>296</v>
+        <v>180</v>
       </c>
       <c r="O51" s="7" t="n">
-        <v>454</v>
+        <v>168</v>
       </c>
       <c r="P51" s="7" t="n">
-        <v>280</v>
-[...15 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="Q51" s="7"/>
+      <c r="R51" s="7"/>
+      <c r="S51" s="7"/>
+      <c r="T51" s="7"/>
+      <c r="U51" s="7"/>
+      <c r="V51" s="7"/>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="A52" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B52" s="7" t="n">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C52" s="7" t="n">
-        <v>218</v>
+        <v>270</v>
       </c>
       <c r="D52" s="7" t="n">
-        <v>162</v>
+        <v>481</v>
       </c>
       <c r="E52" s="7" t="n">
-        <v>438</v>
+        <v>327</v>
       </c>
       <c r="F52" s="7" t="n">
-        <v>111</v>
+        <v>179</v>
       </c>
       <c r="G52" s="7" t="n">
         <v>138</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>122</v>
+        <v>957</v>
       </c>
       <c r="I52" s="7" t="n">
-        <v>306</v>
+        <v>849</v>
       </c>
       <c r="J52" s="7" t="n">
-        <v>450</v>
+        <v>1003</v>
       </c>
       <c r="K52" s="7" t="n">
-        <v>243</v>
+        <v>875</v>
       </c>
       <c r="L52" s="7" t="n">
-        <v>166</v>
+        <v>1358</v>
       </c>
       <c r="M52" s="7" t="n">
-        <v>228</v>
+        <v>961</v>
       </c>
       <c r="N52" s="7" t="n">
-        <v>128</v>
+        <v>1044</v>
       </c>
       <c r="O52" s="7" t="n">
-        <v>150</v>
-[...6 lines deleted...]
-      <c r="U52" s="7"/>
+        <v>283</v>
+      </c>
+      <c r="P52" s="7" t="n">
+        <v>434</v>
+      </c>
+      <c r="Q52" s="7" t="n">
+        <v>431</v>
+      </c>
+      <c r="R52" s="7" t="n">
+        <v>911</v>
+      </c>
+      <c r="S52" s="7" t="n">
+        <v>460</v>
+      </c>
+      <c r="T52" s="7" t="n">
+        <v>493</v>
+      </c>
+      <c r="U52" s="7" t="n">
+        <v>462</v>
+      </c>
+      <c r="V52" s="7" t="n">
+        <v>278</v>
+      </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B53" s="7" t="n">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C53" s="7" t="n">
-        <v>281</v>
+        <v>380</v>
       </c>
       <c r="D53" s="7" t="n">
-        <v>233</v>
+        <v>359</v>
       </c>
       <c r="E53" s="7" t="n">
-        <v>37</v>
+        <v>325</v>
       </c>
       <c r="F53" s="7" t="n">
-        <v>289</v>
+        <v>77</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>1980</v>
+        <v>62</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>1499</v>
+        <v>524</v>
       </c>
       <c r="I53" s="7" t="n">
-        <v>466</v>
+        <v>436</v>
       </c>
       <c r="J53" s="7" t="n">
-        <v>207</v>
+        <v>363</v>
       </c>
       <c r="K53" s="7" t="n">
-        <v>152</v>
+        <v>594</v>
       </c>
       <c r="L53" s="7" t="n">
-        <v>243</v>
+        <v>414</v>
       </c>
       <c r="M53" s="7" t="n">
-        <v>356</v>
+        <v>479</v>
       </c>
       <c r="N53" s="7" t="n">
-        <v>106</v>
+        <v>285</v>
       </c>
       <c r="O53" s="7" t="n">
-        <v>245</v>
+        <v>834</v>
       </c>
       <c r="P53" s="7" t="n">
-        <v>305</v>
+        <v>970</v>
       </c>
       <c r="Q53" s="7" t="n">
-        <v>118</v>
+        <v>234</v>
       </c>
       <c r="R53" s="7" t="n">
-        <v>210</v>
+        <v>277</v>
       </c>
       <c r="S53" s="7" t="n">
-        <v>102</v>
+        <v>151</v>
       </c>
       <c r="T53" s="7" t="n">
-        <v>161</v>
+        <v>215</v>
       </c>
       <c r="U53" s="7" t="n">
-        <v>221</v>
+        <v>141</v>
+      </c>
+      <c r="V53" s="7" t="n">
+        <v>77</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="A54" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B54" s="7" t="n">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C54" s="7" t="n">
-        <v>369</v>
+        <v>484</v>
       </c>
       <c r="D54" s="7" t="n">
-        <v>333</v>
+        <v>437</v>
       </c>
       <c r="E54" s="7" t="n">
-        <v>293</v>
+        <v>420</v>
       </c>
       <c r="F54" s="7" t="n">
-        <v>239</v>
+        <v>48</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>406</v>
+        <v>88</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>462</v>
+        <v>707</v>
       </c>
       <c r="I54" s="7" t="n">
-        <v>487</v>
+        <v>563</v>
       </c>
       <c r="J54" s="7" t="n">
-        <v>729</v>
+        <v>483</v>
       </c>
       <c r="K54" s="7" t="n">
-        <v>734</v>
+        <v>554</v>
       </c>
       <c r="L54" s="7" t="n">
-        <v>713</v>
+        <v>1455</v>
       </c>
       <c r="M54" s="7" t="n">
-        <v>618</v>
+        <v>503</v>
       </c>
       <c r="N54" s="7" t="n">
-        <v>643</v>
+        <v>579</v>
       </c>
       <c r="O54" s="7" t="n">
-        <v>777</v>
+        <v>564</v>
       </c>
       <c r="P54" s="7" t="n">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="Q54" s="7" t="n">
-        <v>205</v>
+        <v>559</v>
       </c>
       <c r="R54" s="7" t="n">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="S54" s="7" t="n">
-        <v>553</v>
+        <v>493</v>
       </c>
       <c r="T54" s="7" t="n">
-        <v>548</v>
+        <v>396</v>
       </c>
       <c r="U54" s="7" t="n">
-        <v>823</v>
+        <v>343</v>
+      </c>
+      <c r="V54" s="7" t="n">
+        <v>310</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="A55" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B55" s="7" t="n">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="C55" s="7" t="n">
-        <v>481</v>
+        <v>132</v>
       </c>
       <c r="D55" s="7" t="n">
-        <v>327</v>
+        <v>187</v>
       </c>
       <c r="E55" s="7" t="n">
-        <v>179</v>
+        <v>36</v>
       </c>
       <c r="F55" s="7" t="n">
-        <v>138</v>
+        <v>12</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>957</v>
+        <v>1</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>849</v>
+        <v>328</v>
       </c>
       <c r="I55" s="7" t="n">
-        <v>1003</v>
+        <v>147</v>
       </c>
       <c r="J55" s="7" t="n">
-        <v>875</v>
+        <v>83</v>
       </c>
       <c r="K55" s="7" t="n">
-        <v>1358</v>
+        <v>273</v>
       </c>
       <c r="L55" s="7" t="n">
-        <v>961</v>
+        <v>461</v>
       </c>
       <c r="M55" s="7" t="n">
-        <v>1044</v>
+        <v>220</v>
       </c>
       <c r="N55" s="7" t="n">
-        <v>283</v>
+        <v>126</v>
       </c>
       <c r="O55" s="7" t="n">
-        <v>434</v>
+        <v>119</v>
       </c>
       <c r="P55" s="7" t="n">
-        <v>431</v>
+        <v>124</v>
       </c>
       <c r="Q55" s="7" t="n">
-        <v>911</v>
+        <v>181</v>
       </c>
       <c r="R55" s="7" t="n">
-        <v>460</v>
+        <v>91</v>
       </c>
       <c r="S55" s="7" t="n">
-        <v>493</v>
+        <v>77</v>
       </c>
       <c r="T55" s="7" t="n">
-        <v>462</v>
+        <v>50</v>
       </c>
       <c r="U55" s="7" t="n">
-        <v>278</v>
+        <v>43</v>
+      </c>
+      <c r="V55" s="7" t="n">
+        <v>48</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="A56" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B56" s="7" t="n">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C56" s="7" t="n">
-        <v>176</v>
+        <v>118</v>
       </c>
       <c r="D56" s="7" t="n">
-        <v>103</v>
+        <v>221</v>
       </c>
       <c r="E56" s="7" t="n">
-        <v>32</v>
+        <v>332</v>
       </c>
       <c r="F56" s="7" t="n">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>120</v>
+        <v>228</v>
       </c>
       <c r="I56" s="7" t="n">
-        <v>103</v>
+        <v>410</v>
       </c>
       <c r="J56" s="7" t="n">
-        <v>104</v>
+        <v>290</v>
       </c>
       <c r="K56" s="7" t="n">
-        <v>157</v>
+        <v>403</v>
       </c>
       <c r="L56" s="7" t="n">
-        <v>219</v>
+        <v>667</v>
       </c>
       <c r="M56" s="7" t="n">
-        <v>166</v>
+        <v>639</v>
       </c>
       <c r="N56" s="7" t="n">
-        <v>140</v>
+        <v>618</v>
       </c>
       <c r="O56" s="7" t="n">
-        <v>122</v>
+        <v>546</v>
       </c>
       <c r="P56" s="7" t="n">
-        <v>68</v>
-[...5 lines deleted...]
-      <c r="U56" s="7"/>
+        <v>338</v>
+      </c>
+      <c r="Q56" s="7" t="n">
+        <v>584</v>
+      </c>
+      <c r="R56" s="7" t="n">
+        <v>211</v>
+      </c>
+      <c r="S56" s="7" t="n">
+        <v>191</v>
+      </c>
+      <c r="T56" s="7" t="n">
+        <v>329</v>
+      </c>
+      <c r="U56" s="7" t="n">
+        <v>305</v>
+      </c>
+      <c r="V56" s="7" t="n">
+        <v>577</v>
+      </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="A57" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B57" s="7" t="n">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C57" s="7" t="n">
-        <v>330</v>
+        <v>491</v>
       </c>
       <c r="D57" s="7" t="n">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E57" s="7" t="n">
-        <v>66</v>
+        <v>263</v>
       </c>
       <c r="F57" s="7" t="n">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>260</v>
+        <v>41</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>124</v>
+        <v>458</v>
       </c>
       <c r="I57" s="7" t="n">
-        <v>218</v>
+        <v>300</v>
       </c>
       <c r="J57" s="7" t="n">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="K57" s="7" t="n">
-        <v>158</v>
+        <v>409</v>
       </c>
       <c r="L57" s="7" t="n">
-        <v>106</v>
+        <v>363</v>
       </c>
       <c r="M57" s="7" t="n">
-        <v>180</v>
+        <v>374</v>
       </c>
       <c r="N57" s="7" t="n">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="O57" s="7" t="n">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="P57" s="7"/>
+        <v>185</v>
+      </c>
+      <c r="P57" s="7" t="n">
+        <v>207</v>
+      </c>
       <c r="Q57" s="7"/>
       <c r="R57" s="7"/>
       <c r="S57" s="7"/>
       <c r="T57" s="7"/>
       <c r="U57" s="7"/>
+      <c r="V57" s="7"/>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="A58" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B58" s="7" t="n">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="C58" s="7" t="n">
-        <v>346</v>
+        <v>302</v>
       </c>
       <c r="D58" s="7" t="n">
-        <v>161</v>
+        <v>281</v>
       </c>
       <c r="E58" s="7" t="n">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="F58" s="7" t="n">
         <v>37</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>218</v>
+        <v>289</v>
       </c>
       <c r="H58" s="7" t="n">
-        <v>121</v>
+        <v>1980</v>
       </c>
       <c r="I58" s="7" t="n">
-        <v>172</v>
+        <v>1499</v>
       </c>
       <c r="J58" s="7" t="n">
-        <v>299</v>
+        <v>466</v>
       </c>
       <c r="K58" s="7" t="n">
-        <v>96</v>
+        <v>207</v>
       </c>
       <c r="L58" s="7" t="n">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="M58" s="7" t="n">
-        <v>120</v>
+        <v>243</v>
       </c>
       <c r="N58" s="7" t="n">
-        <v>101</v>
+        <v>356</v>
       </c>
       <c r="O58" s="7" t="n">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="P58" s="7" t="n">
-        <v>182</v>
+        <v>245</v>
       </c>
       <c r="Q58" s="7" t="n">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="R58" s="7" t="n">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="S58" s="7" t="n">
-        <v>250</v>
+        <v>210</v>
       </c>
       <c r="T58" s="7" t="n">
-        <v>167</v>
+        <v>102</v>
       </c>
       <c r="U58" s="7" t="n">
-        <v>259</v>
+        <v>161</v>
+      </c>
+      <c r="V58" s="7" t="n">
+        <v>221</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B59" s="7" t="n">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="C59" s="7" t="n">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="D59" s="7" t="n">
-        <v>101</v>
+        <v>181</v>
       </c>
       <c r="E59" s="7" t="n">
-        <v>92</v>
+        <v>292</v>
       </c>
       <c r="F59" s="7" t="n">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>937</v>
+        <v>228</v>
       </c>
       <c r="H59" s="7" t="n">
-        <v>214</v>
+        <v>322</v>
       </c>
       <c r="I59" s="7" t="n">
-        <v>334</v>
+        <v>239</v>
       </c>
       <c r="J59" s="7" t="n">
-        <v>408</v>
+        <v>123</v>
       </c>
       <c r="K59" s="7" t="n">
-        <v>220</v>
+        <v>69</v>
       </c>
       <c r="L59" s="7" t="n">
-        <v>486</v>
+        <v>68</v>
       </c>
       <c r="M59" s="7" t="n">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="N59" s="7" t="n">
-        <v>183</v>
+        <v>270</v>
       </c>
       <c r="O59" s="7" t="n">
-        <v>813</v>
+        <v>129</v>
       </c>
       <c r="P59" s="7" t="n">
-        <v>338</v>
+        <v>98</v>
       </c>
       <c r="Q59" s="7" t="n">
-        <v>317</v>
-[...12 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="R59" s="7"/>
+      <c r="S59" s="7"/>
+      <c r="T59" s="7"/>
+      <c r="U59" s="7"/>
+      <c r="V59" s="7"/>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="A60" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B60" s="7" t="n">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="C60" s="7" t="n">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D60" s="7" t="n">
-        <v>329</v>
+        <v>171</v>
       </c>
       <c r="E60" s="7" t="n">
-        <v>45</v>
+        <v>162</v>
       </c>
       <c r="F60" s="7" t="n">
-        <v>30</v>
+        <v>128</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>165</v>
+        <v>117</v>
       </c>
       <c r="H60" s="7" t="n">
-        <v>368</v>
+        <v>243</v>
       </c>
       <c r="I60" s="7" t="n">
-        <v>321</v>
+        <v>256</v>
       </c>
       <c r="J60" s="7" t="n">
-        <v>202</v>
+        <v>231</v>
       </c>
       <c r="K60" s="7" t="n">
-        <v>275</v>
+        <v>214</v>
       </c>
       <c r="L60" s="7" t="n">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="M60" s="7" t="n">
-        <v>248</v>
+        <v>177</v>
       </c>
       <c r="N60" s="7" t="n">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="O60" s="7" t="n">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="P60" s="7" t="n">
-        <v>212</v>
+        <v>135</v>
       </c>
       <c r="Q60" s="7" t="n">
-        <v>176</v>
+        <v>251</v>
       </c>
       <c r="R60" s="7" t="n">
-        <v>245</v>
+        <v>168</v>
       </c>
       <c r="S60" s="7" t="n">
-        <v>367</v>
+        <v>185</v>
       </c>
       <c r="T60" s="7" t="n">
-        <v>120</v>
+        <v>269</v>
       </c>
       <c r="U60" s="7" t="n">
-        <v>129</v>
+        <v>107</v>
+      </c>
+      <c r="V60" s="7" t="n">
+        <v>137</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="A61" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B61" s="7" t="n">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="C61" s="7" t="n">
-        <v>181</v>
+        <v>289</v>
       </c>
       <c r="D61" s="7" t="n">
-        <v>292</v>
+        <v>369</v>
       </c>
       <c r="E61" s="7" t="n">
-        <v>76</v>
+        <v>333</v>
       </c>
       <c r="F61" s="7" t="n">
-        <v>228</v>
+        <v>293</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>322</v>
+        <v>239</v>
       </c>
       <c r="H61" s="7" t="n">
-        <v>239</v>
+        <v>406</v>
       </c>
       <c r="I61" s="7" t="n">
-        <v>123</v>
+        <v>462</v>
       </c>
       <c r="J61" s="7" t="n">
-        <v>69</v>
+        <v>487</v>
       </c>
       <c r="K61" s="7" t="n">
-        <v>68</v>
+        <v>729</v>
       </c>
       <c r="L61" s="7" t="n">
-        <v>252</v>
+        <v>734</v>
       </c>
       <c r="M61" s="7" t="n">
-        <v>270</v>
+        <v>713</v>
       </c>
       <c r="N61" s="7" t="n">
-        <v>129</v>
+        <v>618</v>
       </c>
       <c r="O61" s="7" t="n">
-        <v>98</v>
+        <v>643</v>
       </c>
       <c r="P61" s="7" t="n">
-        <v>79</v>
-[...5 lines deleted...]
-      <c r="U61" s="7"/>
+        <v>777</v>
+      </c>
+      <c r="Q61" s="7" t="n">
+        <v>621</v>
+      </c>
+      <c r="R61" s="7" t="n">
+        <v>205</v>
+      </c>
+      <c r="S61" s="7" t="n">
+        <v>375</v>
+      </c>
+      <c r="T61" s="7" t="n">
+        <v>553</v>
+      </c>
+      <c r="U61" s="7" t="n">
+        <v>548</v>
+      </c>
+      <c r="V61" s="7" t="n">
+        <v>823</v>
+      </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="A62" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B62" s="7" t="n">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="C62" s="7" t="n">
-        <v>171</v>
+        <v>1397</v>
       </c>
       <c r="D62" s="7" t="n">
-        <v>162</v>
+        <v>399</v>
       </c>
       <c r="E62" s="7" t="n">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="F62" s="7" t="n">
-        <v>117</v>
+        <v>4</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="H62" s="7" t="n">
-        <v>256</v>
+        <v>214</v>
       </c>
       <c r="I62" s="7" t="n">
-        <v>231</v>
+        <v>99</v>
       </c>
       <c r="J62" s="7" t="n">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="K62" s="7" t="n">
-        <v>313</v>
+        <v>274</v>
       </c>
       <c r="L62" s="7" t="n">
-        <v>177</v>
+        <v>462</v>
       </c>
       <c r="M62" s="7" t="n">
-        <v>232</v>
+        <v>365</v>
       </c>
       <c r="N62" s="7" t="n">
-        <v>161</v>
+        <v>475</v>
       </c>
       <c r="O62" s="7" t="n">
-        <v>135</v>
+        <v>483</v>
       </c>
       <c r="P62" s="7" t="n">
-        <v>251</v>
+        <v>718</v>
       </c>
       <c r="Q62" s="7" t="n">
-        <v>168</v>
+        <v>550</v>
       </c>
       <c r="R62" s="7" t="n">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="S62" s="7" t="n">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="T62" s="7" t="n">
-        <v>107</v>
+        <v>279</v>
       </c>
       <c r="U62" s="7" t="n">
-        <v>137</v>
+        <v>710</v>
+      </c>
+      <c r="V62" s="7" t="n">
+        <v>186</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="A63" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B63" s="7" t="n">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="C63" s="7" t="n">
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="D63" s="7" t="n">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E63" s="7" t="n">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="F63" s="7" t="n">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="G63" s="7"/>
+        <v>92</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>40</v>
+      </c>
       <c r="H63" s="7" t="n">
-        <v>98</v>
+        <v>937</v>
       </c>
       <c r="I63" s="7" t="n">
-        <v>157</v>
+        <v>214</v>
       </c>
       <c r="J63" s="7" t="n">
-        <v>100</v>
+        <v>334</v>
       </c>
       <c r="K63" s="7" t="n">
-        <v>150</v>
+        <v>408</v>
       </c>
       <c r="L63" s="7" t="n">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="M63" s="7" t="n">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="N63" s="7" t="n">
-        <v>149</v>
+        <v>229</v>
       </c>
       <c r="O63" s="7" t="n">
-        <v>146</v>
+        <v>183</v>
       </c>
       <c r="P63" s="7" t="n">
-        <v>42</v>
+        <v>813</v>
       </c>
       <c r="Q63" s="7" t="n">
-        <v>22</v>
+        <v>338</v>
       </c>
       <c r="R63" s="7" t="n">
-        <v>113</v>
+        <v>317</v>
       </c>
       <c r="S63" s="7" t="n">
-        <v>39</v>
+        <v>190</v>
       </c>
       <c r="T63" s="7" t="n">
-        <v>219</v>
+        <v>246</v>
       </c>
       <c r="U63" s="7" t="n">
-        <v>52</v>
+        <v>216</v>
+      </c>
+      <c r="V63" s="7" t="n">
+        <v>212</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="A64" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B64" s="7" t="n">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="C64" s="7" t="n">
-        <v>305</v>
+        <v>390</v>
       </c>
       <c r="D64" s="7" t="n">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="E64" s="7" t="n">
-        <v>51</v>
+        <v>468</v>
       </c>
       <c r="F64" s="7" t="n">
-        <v>8</v>
+        <v>183</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="H64" s="7" t="n">
-        <v>265</v>
+        <v>312</v>
       </c>
       <c r="I64" s="7" t="n">
-        <v>247</v>
+        <v>297</v>
       </c>
       <c r="J64" s="7" t="n">
-        <v>161</v>
+        <v>483</v>
       </c>
       <c r="K64" s="7" t="n">
-        <v>254</v>
+        <v>450</v>
       </c>
       <c r="L64" s="7" t="n">
-        <v>255</v>
+        <v>366</v>
       </c>
       <c r="M64" s="7" t="n">
-        <v>179</v>
+        <v>368</v>
       </c>
       <c r="N64" s="7" t="n">
-        <v>1081</v>
+        <v>427</v>
       </c>
       <c r="O64" s="7" t="n">
-        <v>1253</v>
+        <v>411</v>
       </c>
       <c r="P64" s="7" t="n">
-        <v>173</v>
-[...5 lines deleted...]
-      <c r="U64" s="7"/>
+        <v>352</v>
+      </c>
+      <c r="Q64" s="7" t="n">
+        <v>289</v>
+      </c>
+      <c r="R64" s="7" t="n">
+        <v>226</v>
+      </c>
+      <c r="S64" s="7" t="n">
+        <v>193</v>
+      </c>
+      <c r="T64" s="7" t="n">
+        <v>181</v>
+      </c>
+      <c r="U64" s="7" t="n">
+        <v>178</v>
+      </c>
+      <c r="V64" s="7" t="n">
+        <v>246</v>
+      </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="A65" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B65" s="7" t="n">
+        <v>162</v>
+      </c>
+      <c r="C65" s="7" t="n">
         <v>137</v>
       </c>
-      <c r="C65" s="7" t="n">
+      <c r="D65" s="7" t="n">
         <v>123</v>
       </c>
-      <c r="D65" s="7" t="n">
+      <c r="E65" s="7" t="n">
         <v>92</v>
       </c>
-      <c r="E65" s="7" t="n">
+      <c r="F65" s="7" t="n">
         <v>103</v>
       </c>
-      <c r="F65" s="7" t="n">
+      <c r="G65" s="7" t="n">
         <v>52</v>
       </c>
-      <c r="G65" s="7" t="n">
+      <c r="H65" s="7" t="n">
         <v>141</v>
       </c>
-      <c r="H65" s="7" t="n">
+      <c r="I65" s="7" t="n">
         <v>166</v>
       </c>
-      <c r="I65" s="7" t="n">
+      <c r="J65" s="7" t="n">
         <v>135</v>
       </c>
-      <c r="J65" s="7" t="n">
+      <c r="K65" s="7" t="n">
         <v>100</v>
       </c>
-      <c r="K65" s="7" t="n">
+      <c r="L65" s="7" t="n">
         <v>80</v>
       </c>
-      <c r="L65" s="7" t="n">
+      <c r="M65" s="7" t="n">
         <v>44</v>
       </c>
-      <c r="M65" s="7" t="n">
+      <c r="N65" s="7" t="n">
         <v>95</v>
       </c>
-      <c r="N65" s="7" t="n">
+      <c r="O65" s="7" t="n">
         <v>209</v>
       </c>
-      <c r="O65" s="7" t="n">
+      <c r="P65" s="7" t="n">
         <v>78</v>
       </c>
-      <c r="P65" s="7" t="n">
+      <c r="Q65" s="7" t="n">
         <v>77</v>
       </c>
-      <c r="Q65" s="7"/>
       <c r="R65" s="7"/>
       <c r="S65" s="7"/>
       <c r="T65" s="7"/>
       <c r="U65" s="7"/>
+      <c r="V65" s="7"/>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="A66" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B66" s="7" t="n">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="C66" s="7" t="n">
-        <v>187</v>
+        <v>140</v>
       </c>
       <c r="D66" s="7" t="n">
-        <v>36</v>
+        <v>305</v>
       </c>
       <c r="E66" s="7" t="n">
-        <v>12</v>
+        <v>213</v>
       </c>
       <c r="F66" s="7" t="n">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>328</v>
+        <v>8</v>
       </c>
       <c r="H66" s="7" t="n">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="I66" s="7" t="n">
-        <v>83</v>
+        <v>265</v>
       </c>
       <c r="J66" s="7" t="n">
-        <v>273</v>
+        <v>247</v>
       </c>
       <c r="K66" s="7" t="n">
-        <v>461</v>
+        <v>161</v>
       </c>
       <c r="L66" s="7" t="n">
-        <v>220</v>
+        <v>254</v>
       </c>
       <c r="M66" s="7" t="n">
-        <v>126</v>
+        <v>255</v>
       </c>
       <c r="N66" s="7" t="n">
-        <v>119</v>
+        <v>179</v>
       </c>
       <c r="O66" s="7" t="n">
-        <v>124</v>
+        <v>1081</v>
       </c>
       <c r="P66" s="7" t="n">
-        <v>181</v>
+        <v>1253</v>
       </c>
       <c r="Q66" s="7" t="n">
-        <v>91</v>
-[...12 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="R66" s="7"/>
+      <c r="S66" s="7"/>
+      <c r="T66" s="7"/>
+      <c r="U66" s="7"/>
+      <c r="V66" s="7"/>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="A67" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B67" s="7" t="n">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C67" s="7" t="n">
-        <v>221</v>
+        <v>161</v>
       </c>
       <c r="D67" s="7" t="n">
-        <v>332</v>
+        <v>198</v>
       </c>
       <c r="E67" s="7" t="n">
-        <v>16</v>
+        <v>199</v>
       </c>
       <c r="F67" s="7" t="n">
         <v>45</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="H67" s="7"/>
       <c r="I67" s="7" t="n">
-        <v>290</v>
+        <v>98</v>
       </c>
       <c r="J67" s="7" t="n">
-        <v>403</v>
+        <v>157</v>
       </c>
       <c r="K67" s="7" t="n">
-        <v>667</v>
+        <v>100</v>
       </c>
       <c r="L67" s="7" t="n">
-        <v>639</v>
+        <v>150</v>
       </c>
       <c r="M67" s="7" t="n">
-        <v>618</v>
+        <v>237</v>
       </c>
       <c r="N67" s="7" t="n">
-        <v>546</v>
+        <v>493</v>
       </c>
       <c r="O67" s="7" t="n">
-        <v>338</v>
+        <v>149</v>
       </c>
       <c r="P67" s="7" t="n">
-        <v>584</v>
+        <v>146</v>
       </c>
       <c r="Q67" s="7" t="n">
-        <v>211</v>
+        <v>42</v>
       </c>
       <c r="R67" s="7" t="n">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="S67" s="7" t="n">
-        <v>329</v>
+        <v>113</v>
       </c>
       <c r="T67" s="7" t="n">
-        <v>305</v>
+        <v>39</v>
       </c>
       <c r="U67" s="7" t="n">
-        <v>577</v>
+        <v>219</v>
+      </c>
+      <c r="V67" s="7" t="n">
+        <v>52</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="A68" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B68" s="7" t="n">
+        <v>125</v>
+      </c>
+      <c r="C68" s="7" t="n">
+        <v>75</v>
+      </c>
+      <c r="D68" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="E68" s="7" t="n">
+        <v>116</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>327</v>
+      </c>
+      <c r="G68" s="7" t="n">
         <v>96</v>
       </c>
-      <c r="C68" s="7" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="H68" s="7" t="n">
-        <v>90</v>
+        <v>154</v>
       </c>
       <c r="I68" s="7" t="n">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="J68" s="7" t="n">
-        <v>43</v>
+        <v>251</v>
       </c>
       <c r="K68" s="7" t="n">
-        <v>103</v>
+        <v>194</v>
       </c>
       <c r="L68" s="7" t="n">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M68" s="7" t="n">
-        <v>41</v>
+        <v>137</v>
       </c>
       <c r="N68" s="7" t="n">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="O68" s="7" t="n">
-        <v>68</v>
+        <v>188</v>
       </c>
       <c r="P68" s="7" t="n">
-        <v>140</v>
-[...5 lines deleted...]
-      <c r="U68" s="7"/>
+        <v>157</v>
+      </c>
+      <c r="Q68" s="7" t="n">
+        <v>208</v>
+      </c>
+      <c r="R68" s="7" t="n">
+        <v>197</v>
+      </c>
+      <c r="S68" s="7" t="n">
+        <v>195</v>
+      </c>
+      <c r="T68" s="7" t="n">
+        <v>127</v>
+      </c>
+      <c r="U68" s="7" t="n">
+        <v>112</v>
+      </c>
+      <c r="V68" s="7" t="n">
+        <v>136</v>
+      </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="A69" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B69" s="7" t="n">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="C69" s="7" t="n">
-        <v>105</v>
+        <v>69</v>
       </c>
       <c r="D69" s="7" t="n">
-        <v>116</v>
+        <v>69</v>
       </c>
       <c r="E69" s="7" t="n">
-        <v>327</v>
+        <v>99</v>
       </c>
       <c r="F69" s="7" t="n">
-        <v>96</v>
+        <v>151</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>154</v>
+        <v>89</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="I69" s="7" t="n">
-        <v>251</v>
+        <v>145</v>
       </c>
       <c r="J69" s="7" t="n">
-        <v>194</v>
+        <v>282</v>
       </c>
       <c r="K69" s="7" t="n">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="L69" s="7" t="n">
-        <v>137</v>
+        <v>178</v>
       </c>
       <c r="M69" s="7" t="n">
-        <v>174</v>
+        <v>106</v>
       </c>
       <c r="N69" s="7" t="n">
-        <v>188</v>
+        <v>108</v>
       </c>
       <c r="O69" s="7" t="n">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="P69" s="7" t="n">
-        <v>208</v>
+        <v>180</v>
       </c>
       <c r="Q69" s="7" t="n">
-        <v>197</v>
-[...12 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="R69" s="7"/>
+      <c r="S69" s="7"/>
+      <c r="T69" s="7"/>
+      <c r="U69" s="7"/>
+      <c r="V69" s="7"/>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="A70" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B70" s="7" t="n">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="C70" s="7" t="n">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D70" s="7" t="n">
-        <v>99</v>
+        <v>170</v>
       </c>
       <c r="E70" s="7" t="n">
-        <v>151</v>
+        <v>59</v>
       </c>
       <c r="F70" s="7" t="n">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="I70" s="7" t="n">
-        <v>282</v>
+        <v>90</v>
       </c>
       <c r="J70" s="7" t="n">
-        <v>178</v>
+        <v>116</v>
       </c>
       <c r="K70" s="7" t="n">
-        <v>178</v>
+        <v>43</v>
       </c>
       <c r="L70" s="7" t="n">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M70" s="7" t="n">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="N70" s="7" t="n">
-        <v>189</v>
+        <v>41</v>
       </c>
       <c r="O70" s="7" t="n">
-        <v>180</v>
+        <v>137</v>
       </c>
       <c r="P70" s="7" t="n">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="Q70" s="7"/>
+        <v>68</v>
+      </c>
+      <c r="Q70" s="7" t="n">
+        <v>140</v>
+      </c>
       <c r="R70" s="7"/>
       <c r="S70" s="7"/>
       <c r="T70" s="7"/>
       <c r="U70" s="7"/>
+      <c r="V70" s="7"/>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="A71" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B71" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C71" s="7" t="n">
         <v>68</v>
       </c>
-      <c r="C71" s="7" t="n">
+      <c r="D71" s="7" t="n">
         <v>18</v>
       </c>
-      <c r="D71" s="7" t="n">
+      <c r="E71" s="7" t="n">
         <v>119</v>
       </c>
-      <c r="E71" s="7" t="n">
+      <c r="F71" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="F71" s="7" t="n">
+      <c r="G71" s="7" t="n">
         <v>14</v>
       </c>
-      <c r="G71" s="7" t="n">
+      <c r="H71" s="7" t="n">
         <v>92</v>
       </c>
-      <c r="H71" s="7" t="n">
+      <c r="I71" s="7" t="n">
         <v>58</v>
       </c>
-      <c r="I71" s="7" t="n">
+      <c r="J71" s="7" t="n">
         <v>48</v>
       </c>
-      <c r="J71" s="7" t="n">
+      <c r="K71" s="7" t="n">
         <v>102</v>
       </c>
-      <c r="K71" s="7" t="n">
+      <c r="L71" s="7" t="n">
         <v>124</v>
       </c>
-      <c r="L71" s="7" t="n">
+      <c r="M71" s="7" t="n">
         <v>162</v>
       </c>
-      <c r="M71" s="7" t="n">
+      <c r="N71" s="7" t="n">
         <v>85</v>
       </c>
-      <c r="N71" s="7" t="n">
+      <c r="O71" s="7" t="n">
         <v>35</v>
       </c>
-      <c r="O71" s="7" t="n">
+      <c r="P71" s="7" t="n">
         <v>254</v>
       </c>
-      <c r="P71" s="7"/>
       <c r="Q71" s="7"/>
       <c r="R71" s="7"/>
       <c r="S71" s="7"/>
       <c r="T71" s="7"/>
       <c r="U71" s="7"/>
+      <c r="V71" s="7"/>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="A72" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B72" s="7" t="n">
+        <v>37</v>
+      </c>
+      <c r="C72" s="7" t="n">
         <v>52</v>
       </c>
-      <c r="C72" s="7" t="n">
+      <c r="D72" s="7" t="n">
         <v>34</v>
       </c>
-      <c r="D72" s="7" t="n">
+      <c r="E72" s="7" t="n">
         <v>24</v>
       </c>
-      <c r="E72" s="7" t="n">
+      <c r="F72" s="7" t="n">
         <v>28</v>
       </c>
-      <c r="F72" s="7" t="n">
+      <c r="G72" s="7" t="n">
         <v>4</v>
       </c>
-      <c r="G72" s="7" t="n">
+      <c r="H72" s="7" t="n">
         <v>24</v>
       </c>
-      <c r="H72" s="7" t="n">
+      <c r="I72" s="7" t="n">
         <v>78</v>
       </c>
-      <c r="I72" s="7" t="n">
+      <c r="J72" s="7" t="n">
         <v>5</v>
       </c>
-      <c r="J72" s="7" t="n">
+      <c r="K72" s="7" t="n">
         <v>11</v>
       </c>
-      <c r="K72" s="7" t="n">
+      <c r="L72" s="7" t="n">
         <v>26</v>
       </c>
-      <c r="L72" s="7" t="n">
+      <c r="M72" s="7" t="n">
         <v>25</v>
       </c>
-      <c r="M72" s="7" t="n">
+      <c r="N72" s="7" t="n">
         <v>61</v>
       </c>
-      <c r="N72" s="7" t="n">
+      <c r="O72" s="7" t="n">
         <v>134</v>
       </c>
-      <c r="O72" s="7" t="n">
+      <c r="P72" s="7" t="n">
         <v>113</v>
       </c>
-      <c r="P72" s="7"/>
       <c r="Q72" s="7"/>
       <c r="R72" s="7"/>
       <c r="S72" s="7"/>
       <c r="T72" s="7"/>
       <c r="U72" s="7"/>
+      <c r="V72" s="7"/>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="A73" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B73" s="7" t="n">
+        <v>36</v>
+      </c>
+      <c r="C73" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="D73" s="7" t="n">
+        <v>35</v>
+      </c>
+      <c r="E73" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>40</v>
+      </c>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7" t="n">
         <v>91</v>
       </c>
-      <c r="B73" s="7" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="I73" s="7" t="n">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="J73" s="7" t="n">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="K73" s="7" t="n">
-        <v>143</v>
+        <v>44</v>
       </c>
       <c r="L73" s="7" t="n">
-        <v>139</v>
+        <v>34</v>
       </c>
       <c r="M73" s="7" t="n">
-        <v>245</v>
+        <v>11</v>
       </c>
       <c r="N73" s="7" t="n">
-        <v>337</v>
+        <v>116</v>
       </c>
       <c r="O73" s="7" t="n">
-        <v>415</v>
+        <v>48</v>
       </c>
       <c r="P73" s="7" t="n">
-        <v>147</v>
-[...15 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="Q73" s="7"/>
+      <c r="R73" s="7"/>
+      <c r="S73" s="7"/>
+      <c r="T73" s="7"/>
+      <c r="U73" s="7"/>
+      <c r="V73" s="7"/>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="A74" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B74" s="7" t="n">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="C74" s="7" t="n">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D74" s="7" t="n">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="E74" s="7" t="n">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F74" s="7" t="n">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>92</v>
+        <v>175</v>
       </c>
       <c r="I74" s="7" t="n">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="J74" s="7" t="n">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K74" s="7" t="n">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="L74" s="7" t="n">
-        <v>49</v>
+        <v>143</v>
       </c>
       <c r="M74" s="7" t="n">
-        <v>99</v>
+        <v>139</v>
       </c>
       <c r="N74" s="7" t="n">
-        <v>66</v>
+        <v>245</v>
       </c>
       <c r="O74" s="7" t="n">
-        <v>45</v>
+        <v>337</v>
       </c>
       <c r="P74" s="7" t="n">
-        <v>92</v>
+        <v>415</v>
       </c>
       <c r="Q74" s="7" t="n">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="R74" s="7" t="n">
-        <v>241</v>
+        <v>60</v>
       </c>
       <c r="S74" s="7" t="n">
-        <v>308</v>
+        <v>108</v>
       </c>
       <c r="T74" s="7" t="n">
-        <v>291</v>
+        <v>37</v>
       </c>
       <c r="U74" s="7" t="n">
-        <v>73</v>
+        <v>79</v>
+      </c>
+      <c r="V74" s="7" t="n">
+        <v>74</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="A75" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B75" s="7" t="n">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C75" s="7" t="n">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="D75" s="7" t="n">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E75" s="7" t="n">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F75" s="7" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G75" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>49</v>
+      </c>
+      <c r="I75" s="7" t="n">
         <v>92</v>
       </c>
-      <c r="H75" s="7" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J75" s="7" t="n">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="K75" s="7" t="n">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L75" s="7" t="n">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="M75" s="7" t="n">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="N75" s="7" t="n">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="O75" s="7" t="n">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="U75" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="P75" s="7" t="n">
+        <v>45</v>
+      </c>
+      <c r="Q75" s="7" t="n">
+        <v>92</v>
+      </c>
+      <c r="R75" s="7" t="n">
+        <v>169</v>
+      </c>
+      <c r="S75" s="7" t="n">
+        <v>241</v>
+      </c>
+      <c r="T75" s="7" t="n">
+        <v>308</v>
+      </c>
+      <c r="U75" s="7" t="n">
+        <v>291</v>
+      </c>
+      <c r="V75" s="7" t="n">
+        <v>73</v>
+      </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="A76" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B76" s="7" t="n">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C76" s="7" t="n">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D76" s="7" t="n">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E76" s="7" t="n">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F76" s="7" t="n">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>91</v>
+        <v>1</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="I76" s="7" t="n">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J76" s="7" t="n">
         <v>44</v>
       </c>
       <c r="K76" s="7" t="n">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="L76" s="7" t="n">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="M76" s="7" t="n">
-        <v>116</v>
+        <v>42</v>
       </c>
       <c r="N76" s="7" t="n">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="O76" s="7" t="n">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="P76" s="7"/>
+        <v>10</v>
+      </c>
+      <c r="P76" s="7" t="n">
+        <v>17</v>
+      </c>
       <c r="Q76" s="7"/>
       <c r="R76" s="7"/>
       <c r="S76" s="7"/>
       <c r="T76" s="7"/>
       <c r="U76" s="7"/>
+      <c r="V76" s="7"/>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="A77" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B77" s="7"/>
       <c r="C77" s="7"/>
       <c r="D77" s="7"/>
       <c r="E77" s="7"/>
       <c r="F77" s="7"/>
       <c r="G77" s="7"/>
       <c r="H77" s="7"/>
       <c r="I77" s="7"/>
       <c r="J77" s="7"/>
       <c r="K77" s="7"/>
       <c r="L77" s="7"/>
       <c r="M77" s="7"/>
       <c r="N77" s="7"/>
       <c r="O77" s="7"/>
       <c r="P77" s="7"/>
       <c r="Q77" s="7" t="n">
-        <v>151</v>
+        <v>1004</v>
       </c>
       <c r="R77" s="7" t="n">
-        <v>142</v>
+        <v>830</v>
       </c>
       <c r="S77" s="7" t="n">
-        <v>137</v>
+        <v>933</v>
       </c>
       <c r="T77" s="7" t="n">
-        <v>93</v>
+        <v>667</v>
       </c>
       <c r="U77" s="7" t="n">
-        <v>155</v>
+        <v>659</v>
+      </c>
+      <c r="V77" s="7" t="n">
+        <v>520</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="A78" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B78" s="7"/>
       <c r="C78" s="7"/>
       <c r="D78" s="7"/>
       <c r="E78" s="7"/>
       <c r="F78" s="7"/>
       <c r="G78" s="7"/>
       <c r="H78" s="7"/>
       <c r="I78" s="7"/>
       <c r="J78" s="7"/>
       <c r="K78" s="7"/>
       <c r="L78" s="7"/>
       <c r="M78" s="7"/>
       <c r="N78" s="7"/>
       <c r="O78" s="7"/>
-      <c r="P78" s="7" t="n">
+      <c r="P78" s="7"/>
+      <c r="Q78" s="7" t="n">
         <v>246</v>
       </c>
-      <c r="Q78" s="7" t="n">
+      <c r="R78" s="7" t="n">
         <v>376</v>
       </c>
-      <c r="R78" s="7" t="n">
+      <c r="S78" s="7" t="n">
         <v>337</v>
       </c>
-      <c r="S78" s="7" t="n">
+      <c r="T78" s="7" t="n">
         <v>219</v>
       </c>
-      <c r="T78" s="7" t="n">
+      <c r="U78" s="7" t="n">
         <v>285</v>
       </c>
-      <c r="U78" s="7" t="n">
+      <c r="V78" s="7" t="n">
         <v>309</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="A79" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B79" s="7"/>
       <c r="C79" s="7"/>
       <c r="D79" s="7"/>
       <c r="E79" s="7"/>
       <c r="F79" s="7"/>
       <c r="G79" s="7"/>
       <c r="H79" s="7"/>
       <c r="I79" s="7"/>
       <c r="J79" s="7"/>
       <c r="K79" s="7"/>
       <c r="L79" s="7"/>
       <c r="M79" s="7"/>
       <c r="N79" s="7"/>
       <c r="O79" s="7"/>
       <c r="P79" s="7"/>
-      <c r="Q79" s="7" t="n">
+      <c r="Q79" s="7"/>
+      <c r="R79" s="7" t="n">
         <v>2188</v>
       </c>
-      <c r="R79" s="7" t="n">
+      <c r="S79" s="7" t="n">
         <v>1689</v>
       </c>
-      <c r="S79" s="7" t="n">
+      <c r="T79" s="7" t="n">
         <v>1691</v>
       </c>
-      <c r="T79" s="7" t="n">
+      <c r="U79" s="7" t="n">
         <v>1332</v>
       </c>
-      <c r="U79" s="7" t="n">
+      <c r="V79" s="7" t="n">
         <v>1239</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="A80" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B80" s="7"/>
       <c r="C80" s="7"/>
       <c r="D80" s="7"/>
       <c r="E80" s="7"/>
       <c r="F80" s="7"/>
       <c r="G80" s="7"/>
       <c r="H80" s="7"/>
       <c r="I80" s="7"/>
       <c r="J80" s="7"/>
       <c r="K80" s="7"/>
       <c r="L80" s="7"/>
       <c r="M80" s="7"/>
       <c r="N80" s="7"/>
       <c r="O80" s="7"/>
-      <c r="P80" s="7" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="P80" s="7"/>
+      <c r="Q80" s="7"/>
       <c r="R80" s="7" t="n">
-        <v>933</v>
+        <v>151</v>
       </c>
       <c r="S80" s="7" t="n">
-        <v>667</v>
+        <v>142</v>
       </c>
       <c r="T80" s="7" t="n">
-        <v>659</v>
+        <v>137</v>
       </c>
       <c r="U80" s="7" t="n">
-        <v>520</v>
+        <v>93</v>
+      </c>
+      <c r="V80" s="7" t="n">
+        <v>155</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="A81" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B81" s="7"/>
       <c r="C81" s="7"/>
       <c r="D81" s="7"/>
       <c r="E81" s="7"/>
       <c r="F81" s="7"/>
       <c r="G81" s="7"/>
       <c r="H81" s="7"/>
       <c r="I81" s="7"/>
       <c r="J81" s="7"/>
       <c r="K81" s="7"/>
       <c r="L81" s="7"/>
       <c r="M81" s="7"/>
       <c r="N81" s="7"/>
       <c r="O81" s="7"/>
       <c r="P81" s="7"/>
-      <c r="Q81" s="7" t="n">
+      <c r="Q81" s="7"/>
+      <c r="R81" s="7" t="n">
         <v>458</v>
       </c>
-      <c r="R81" s="7" t="n">
+      <c r="S81" s="7" t="n">
         <v>435</v>
       </c>
-      <c r="S81" s="7" t="n">
+      <c r="T81" s="7" t="n">
         <v>600</v>
       </c>
-      <c r="T81" s="7" t="n">
+      <c r="U81" s="7" t="n">
         <v>694</v>
       </c>
-      <c r="U81" s="7" t="n">
+      <c r="V81" s="7" t="n">
         <v>1031</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="A82" s="1"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
       <c r="J82" s="2"/>
       <c r="K82" s="2"/>
       <c r="L82" s="2"/>
       <c r="M82" s="2"/>
       <c r="N82" s="2"/>
       <c r="O82" s="2"/>
       <c r="P82" s="2"/>
       <c r="Q82" s="2"/>
       <c r="R82" s="2"/>
       <c r="S82" s="2"/>
       <c r="T82" s="2"/>
       <c r="U82" s="2"/>
+      <c r="V82" s="2"/>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="A83" s="8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
       <c r="J83" s="2"/>
       <c r="K83" s="2"/>
       <c r="L83" s="2"/>
       <c r="M83" s="2"/>
       <c r="N83" s="2"/>
       <c r="O83" s="2"/>
       <c r="P83" s="2"/>
       <c r="Q83" s="2"/>
       <c r="R83" s="2"/>
       <c r="S83" s="2"/>
       <c r="T83" s="2"/>
       <c r="U83" s="2"/>
+      <c r="V83" s="2"/>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="A84" s="1"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
       <c r="L84" s="2"/>
       <c r="M84" s="2"/>
       <c r="N84" s="2"/>
       <c r="O84" s="2"/>
       <c r="P84" s="2"/>
       <c r="Q84" s="2"/>
       <c r="R84" s="2"/>
       <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="U84" s="2"/>
+      <c r="V84" s="2"/>
     </row>
     <row r="85" ht="81" customHeight="1">
       <c r="A85" s="1"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
       <c r="J85" s="2"/>
       <c r="K85" s="2"/>
       <c r="L85" s="2"/>
       <c r="M85" s="2"/>
       <c r="N85" s="2"/>
       <c r="O85" s="2"/>
       <c r="P85" s="2"/>
       <c r="Q85" s="2"/>
       <c r="R85" s="2"/>
       <c r="S85" s="2"/>
       <c r="T85" s="2"/>
       <c r="U85" s="2"/>
+      <c r="V85" s="2"/>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="A86" s="8" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1"/>
     <row r="88" ht="15" customHeight="1"/>
     <row r="89" ht="15" customHeight="1"/>
     <row r="90" ht="15" customHeight="1"/>
     <row r="91" ht="15" customHeight="1"/>
     <row r="92" ht="15" customHeight="1"/>
     <row r="93" ht="15" customHeight="1"/>
     <row r="94" ht="15" customHeight="1"/>
     <row r="95" ht="15" customHeight="1"/>
     <row r="96" ht="15" customHeight="1"/>
     <row r="97" ht="15" customHeight="1"/>
     <row r="98" ht="15" customHeight="1"/>
     <row r="99" ht="15" customHeight="1"/>
     <row r="100" ht="15" customHeight="1"/>
     <row r="101" ht="15" customHeight="1"/>
     <row r="102" ht="15" customHeight="1"/>
     <row r="103" ht="15" customHeight="1"/>
     <row r="104" ht="15" customHeight="1"/>
     <row r="105" ht="15" customHeight="1"/>
     <row r="106" ht="15" customHeight="1"/>
     <row r="107" ht="15" customHeight="1"/>
     <row r="108" ht="15" customHeight="1"/>
     <row r="109" ht="15" customHeight="1"/>