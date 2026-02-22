--- v0 (2025-10-02)
+++ v1 (2026-02-22)
@@ -16,103 +16,102 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Fahrzeugbestand nach Gruppe" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t xml:space="preserve">Strassenfahrzeugbestand nach Fahrzeuggruppe</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 1990 bis 2024</t>
+    <t xml:space="preserve">Kanton Zug, 1990 bis 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Motorfahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">Anhänger</t>
   </si>
   <si>
     <t xml:space="preserve">Motorfahrräder</t>
   </si>
   <si>
     <t xml:space="preserve">Total Motorfahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve">Personenwagen</t>
   </si>
   <si>
     <t xml:space="preserve">Personentransportfahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve">Sachentransportfahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve">Landwirtschaftsfahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve">Industriefahrzeuge</t>
   </si>
   <si>
     <t xml:space="preserve">Motorräder</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
     <t xml:space="preserve">davon schnelle E-Bikes</t>
   </si>
   <si>
-    <t xml:space="preserve">Aufgrund einer Bereinigung der Grunddatenbank (IVZ-Fahrzeuge) ist die Vergleichbarkeit der Daten ab 2022 mit denen der Vorjahre leicht eingeschränkt.
-Die Daten zu Motorfahrrädern/schnellen E-Bikes stammen aus einer anderen Erhebung und erscheinen mit einer Verzögerung von einem Jahr gegenüber den Daten zu den Motorfahrzeugen.</t>
+    <t xml:space="preserve">Ab dem Referenzjahr 2018 (Einführung IVZ-Fahrzeuge) wird der Kanton gemäss den Angaben auf dem Kontrollschild bestimmt. In den Jahren bis und mit 2017 basiert die Kantonszuordnung dagegen auf der Halteradresse. Die Vergleichbarkeit der Kantonsdaten ab 2018 mit denen der Vorjahre ist daher eingeschränkt. Aufgrund einer Bereinigung der Grunddatenbank (IVZ-Fahrzeuge) ist die Vergleichbarkeit der Daten ab 2022 mit denen der Vorjahre leicht eingeschränkt. Die Daten zu Motorfahrrädern / schnellen E-Bikes stammen aus einer anderen Erhebung und erscheinen mit einer Verzögerung von einem Jahr gegenüber den Daten zu den Motorfahrzeugen.</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Strassenfahrzeugbestand MFZ &amp; Bundesamt für Statistik, Motorfahraderhebung, 2025-07-03 12:25</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, MFZ</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -226,51 +225,51 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">44</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">45</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -731,1300 +730,1330 @@
       </c>
       <c r="E5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="7" t="n">
-        <v>2024</v>
+        <v>1990</v>
       </c>
       <c r="B6" s="11" t="n">
-        <v>128614</v>
+        <v>49271</v>
       </c>
       <c r="C6" s="8" t="n">
-        <v>101419</v>
+        <v>40106</v>
       </c>
       <c r="D6" s="8" t="n">
-        <v>2196</v>
+        <v>346</v>
       </c>
       <c r="E6" s="8" t="n">
-        <v>11250</v>
+        <v>3225</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>2120</v>
+        <v>1417</v>
       </c>
       <c r="G6" s="8" t="n">
-        <v>1093</v>
+        <v>495</v>
       </c>
       <c r="H6" s="14" t="n">
-        <v>10536</v>
+        <v>3682</v>
       </c>
       <c r="I6" s="8" t="n">
-        <v>5605</v>
+        <v>2676</v>
       </c>
       <c r="J6" s="11" t="n">
-        <v>3310</v>
-[...3 lines deleted...]
-      </c>
+        <v>4286</v>
+      </c>
+      <c r="K6" s="14"/>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="7" t="n">
-        <v>2023</v>
+        <v>1991</v>
       </c>
       <c r="B7" s="11" t="n">
-        <v>124863</v>
+        <v>51417</v>
       </c>
       <c r="C7" s="8" t="n">
-        <v>98304</v>
+        <v>41744</v>
       </c>
       <c r="D7" s="8" t="n">
-        <v>2003</v>
+        <v>366</v>
       </c>
       <c r="E7" s="8" t="n">
-        <v>10866</v>
+        <v>3408</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>2114</v>
+        <v>1433</v>
       </c>
       <c r="G7" s="8" t="n">
-        <v>1107</v>
+        <v>525</v>
       </c>
       <c r="H7" s="14" t="n">
-        <v>10469</v>
+        <v>3941</v>
       </c>
       <c r="I7" s="8" t="n">
-        <v>5478</v>
+        <v>2804</v>
       </c>
       <c r="J7" s="11" t="n">
-        <v>3331</v>
-[...3 lines deleted...]
-      </c>
+        <v>3351</v>
+      </c>
+      <c r="K7" s="14"/>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="7" t="n">
-        <v>2022</v>
+        <v>1992</v>
       </c>
       <c r="B8" s="11" t="n">
-        <v>120599</v>
+        <v>52041</v>
       </c>
       <c r="C8" s="8" t="n">
-        <v>94812</v>
+        <v>42292</v>
       </c>
       <c r="D8" s="8" t="n">
-        <v>1944</v>
+        <v>378</v>
       </c>
       <c r="E8" s="8" t="n">
-        <v>10322</v>
+        <v>3387</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>2081</v>
+        <v>1436</v>
       </c>
       <c r="G8" s="8" t="n">
-        <v>1042</v>
+        <v>531</v>
       </c>
       <c r="H8" s="14" t="n">
-        <v>10398</v>
+        <v>4017</v>
       </c>
       <c r="I8" s="8" t="n">
-        <v>5438</v>
+        <v>2872</v>
       </c>
       <c r="J8" s="11" t="n">
-        <v>3252</v>
-[...3 lines deleted...]
-      </c>
+        <v>3076</v>
+      </c>
+      <c r="K8" s="14"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="n">
-        <v>2021</v>
+        <v>1993</v>
       </c>
       <c r="B9" s="11" t="n">
-        <v>117174</v>
+        <v>53488</v>
       </c>
       <c r="C9" s="8" t="n">
-        <v>92075</v>
+        <v>43348</v>
       </c>
       <c r="D9" s="8" t="n">
-        <v>1751</v>
+        <v>394</v>
       </c>
       <c r="E9" s="8" t="n">
-        <v>9785</v>
+        <v>3486</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>2060</v>
+        <v>1460</v>
       </c>
       <c r="G9" s="8" t="n">
-        <v>1000</v>
+        <v>538</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>10503</v>
+        <v>4262</v>
       </c>
       <c r="I9" s="8" t="n">
-        <v>5290</v>
+        <v>3069</v>
       </c>
       <c r="J9" s="11" t="n">
-        <v>3089</v>
-[...3 lines deleted...]
-      </c>
+        <v>2633</v>
+      </c>
+      <c r="K9" s="14"/>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="n">
-        <v>2020</v>
+        <v>1994</v>
       </c>
       <c r="B10" s="11" t="n">
-        <v>112832</v>
+        <v>54896</v>
       </c>
       <c r="C10" s="8" t="n">
-        <v>89070</v>
+        <v>44457</v>
       </c>
       <c r="D10" s="8" t="n">
-        <v>1506</v>
+        <v>393</v>
       </c>
       <c r="E10" s="8" t="n">
-        <v>9179</v>
+        <v>3615</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>2053</v>
+        <v>1465</v>
       </c>
       <c r="G10" s="8" t="n">
-        <v>972</v>
+        <v>551</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>10052</v>
+        <v>4415</v>
       </c>
       <c r="I10" s="8" t="n">
-        <v>5211</v>
+        <v>3105</v>
       </c>
       <c r="J10" s="11" t="n">
-        <v>2964</v>
-[...3 lines deleted...]
-      </c>
+        <v>2457</v>
+      </c>
+      <c r="K10" s="14"/>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="n">
-        <v>2019</v>
+        <v>1995</v>
       </c>
       <c r="B11" s="11" t="n">
-        <v>109072</v>
+        <v>56365</v>
       </c>
       <c r="C11" s="8" t="n">
-        <v>86373</v>
+        <v>45618</v>
       </c>
       <c r="D11" s="8" t="n">
-        <v>1387</v>
+        <v>413</v>
       </c>
       <c r="E11" s="8" t="n">
-        <v>8651</v>
+        <v>3736</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>2046</v>
+        <v>1528</v>
       </c>
       <c r="G11" s="8" t="n">
-        <v>937</v>
+        <v>545</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>9678</v>
+        <v>4525</v>
       </c>
       <c r="I11" s="8" t="n">
-        <v>5082</v>
+        <v>3290</v>
       </c>
       <c r="J11" s="11" t="n">
-        <v>2712</v>
-[...3 lines deleted...]
-      </c>
+        <v>2201</v>
+      </c>
+      <c r="K11" s="14"/>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="n">
-        <v>2018</v>
+        <v>1996</v>
       </c>
       <c r="B12" s="11" t="n">
-        <v>107114</v>
+        <v>58381</v>
       </c>
       <c r="C12" s="8" t="n">
-        <v>85023</v>
+        <v>47176</v>
       </c>
       <c r="D12" s="8" t="n">
-        <v>1271</v>
+        <v>423</v>
       </c>
       <c r="E12" s="8" t="n">
-        <v>8245</v>
+        <v>3829</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>2043</v>
+        <v>1542</v>
       </c>
       <c r="G12" s="8" t="n">
-        <v>926</v>
+        <v>541</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>9606</v>
+        <v>4870</v>
       </c>
       <c r="I12" s="8" t="n">
-        <v>5001</v>
+        <v>3364</v>
       </c>
       <c r="J12" s="11" t="n">
-        <v>2578</v>
-[...3 lines deleted...]
-      </c>
+        <v>2067</v>
+      </c>
+      <c r="K12" s="14"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="n">
-        <v>2017</v>
+        <v>1997</v>
       </c>
       <c r="B13" s="11" t="n">
-        <v>101899</v>
+        <v>60277</v>
       </c>
       <c r="C13" s="8" t="n">
-        <v>80904</v>
+        <v>48607</v>
       </c>
       <c r="D13" s="8" t="n">
-        <v>1189</v>
+        <v>457</v>
       </c>
       <c r="E13" s="8" t="n">
-        <v>7652</v>
+        <v>3908</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>2030</v>
+        <v>1561</v>
       </c>
       <c r="G13" s="8" t="n">
-        <v>885</v>
+        <v>534</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>9239</v>
+        <v>5210</v>
       </c>
       <c r="I13" s="8" t="n">
-        <v>4894</v>
+        <v>3417</v>
       </c>
       <c r="J13" s="11" t="n">
-        <v>2350</v>
-[...3 lines deleted...]
-      </c>
+        <v>1895</v>
+      </c>
+      <c r="K13" s="14"/>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="n">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="B14" s="11" t="n">
-        <v>99290</v>
+        <v>62709</v>
       </c>
       <c r="C14" s="8" t="n">
-        <v>79137</v>
+        <v>50553</v>
       </c>
       <c r="D14" s="8" t="n">
-        <v>1089</v>
+        <v>486</v>
       </c>
       <c r="E14" s="8" t="n">
-        <v>7174</v>
+        <v>4070</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>2017</v>
+        <v>1580</v>
       </c>
       <c r="G14" s="8" t="n">
-        <v>851</v>
+        <v>546</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>9022</v>
+        <v>5474</v>
       </c>
       <c r="I14" s="8" t="n">
-        <v>4869</v>
+        <v>3430</v>
       </c>
       <c r="J14" s="11" t="n">
-        <v>2122</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="K14" s="14"/>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="n">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="B15" s="11" t="n">
-        <v>96634</v>
+        <v>65292</v>
       </c>
       <c r="C15" s="8" t="n">
-        <v>76957</v>
+        <v>52603</v>
       </c>
       <c r="D15" s="8" t="n">
-        <v>1025</v>
+        <v>483</v>
       </c>
       <c r="E15" s="8" t="n">
-        <v>6884</v>
+        <v>4180</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>1979</v>
+        <v>1603</v>
       </c>
       <c r="G15" s="8" t="n">
-        <v>820</v>
+        <v>546</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>8969</v>
+        <v>5877</v>
       </c>
       <c r="I15" s="8" t="n">
-        <v>4725</v>
+        <v>3503</v>
       </c>
       <c r="J15" s="11" t="n">
-        <v>1896</v>
-[...3 lines deleted...]
-      </c>
+        <v>1611</v>
+      </c>
+      <c r="K15" s="14"/>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="n">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="B16" s="11" t="n">
-        <v>93969</v>
+        <v>67936</v>
       </c>
       <c r="C16" s="8" t="n">
-        <v>74798</v>
+        <v>54606</v>
       </c>
       <c r="D16" s="8" t="n">
-        <v>969</v>
+        <v>504</v>
       </c>
       <c r="E16" s="8" t="n">
-        <v>6694</v>
+        <v>4344</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>1961</v>
+        <v>1630</v>
       </c>
       <c r="G16" s="8" t="n">
-        <v>875</v>
+        <v>580</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>8672</v>
+        <v>6272</v>
       </c>
       <c r="I16" s="8" t="n">
-        <v>4665</v>
+        <v>3561</v>
       </c>
       <c r="J16" s="11" t="n">
-        <v>1656</v>
-[...3 lines deleted...]
-      </c>
+        <v>1474</v>
+      </c>
+      <c r="K16" s="14"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="n">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="B17" s="11" t="n">
-        <v>91368</v>
+        <v>70533</v>
       </c>
       <c r="C17" s="8" t="n">
-        <v>72770</v>
+        <v>56581</v>
       </c>
       <c r="D17" s="8" t="n">
-        <v>911</v>
+        <v>548</v>
       </c>
       <c r="E17" s="8" t="n">
-        <v>6444</v>
+        <v>4535</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>1970</v>
+        <v>1653</v>
       </c>
       <c r="G17" s="8" t="n">
-        <v>851</v>
+        <v>587</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>8422</v>
+        <v>6629</v>
       </c>
       <c r="I17" s="8" t="n">
-        <v>4515</v>
+        <v>3675</v>
       </c>
       <c r="J17" s="11" t="n">
-        <v>1552</v>
+        <v>1386</v>
       </c>
       <c r="K17" s="14"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="n">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="B18" s="11" t="n">
-        <v>89200</v>
+        <v>72612</v>
       </c>
       <c r="C18" s="8" t="n">
-        <v>71061</v>
+        <v>58176</v>
       </c>
       <c r="D18" s="8" t="n">
-        <v>862</v>
+        <v>574</v>
       </c>
       <c r="E18" s="8" t="n">
-        <v>6262</v>
+        <v>4609</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>1977</v>
+        <v>1694</v>
       </c>
       <c r="G18" s="8" t="n">
-        <v>823</v>
+        <v>599</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>8215</v>
+        <v>6960</v>
       </c>
       <c r="I18" s="8" t="n">
-        <v>4439</v>
+        <v>3702</v>
       </c>
       <c r="J18" s="11" t="n">
-        <v>1418</v>
+        <v>1178</v>
       </c>
       <c r="K18" s="14"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="n">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="B19" s="11" t="n">
-        <v>86575</v>
+        <v>74288</v>
       </c>
       <c r="C19" s="8" t="n">
-        <v>68959</v>
+        <v>59425</v>
       </c>
       <c r="D19" s="8" t="n">
-        <v>813</v>
+        <v>599</v>
       </c>
       <c r="E19" s="8" t="n">
-        <v>6046</v>
+        <v>4594</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>1928</v>
+        <v>1699</v>
       </c>
       <c r="G19" s="8" t="n">
-        <v>802</v>
+        <v>624</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>8027</v>
+        <v>7347</v>
       </c>
       <c r="I19" s="8" t="n">
-        <v>4369</v>
+        <v>3758</v>
       </c>
       <c r="J19" s="11" t="n">
-        <v>1351</v>
+        <v>1218</v>
       </c>
       <c r="K19" s="14"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="n">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="B20" s="11" t="n">
-        <v>84109</v>
+        <v>75626</v>
       </c>
       <c r="C20" s="8" t="n">
-        <v>66963</v>
+        <v>60511</v>
       </c>
       <c r="D20" s="8" t="n">
-        <v>780</v>
+        <v>608</v>
       </c>
       <c r="E20" s="8" t="n">
-        <v>5739</v>
+        <v>4741</v>
       </c>
       <c r="F20" s="8" t="n">
-        <v>1880</v>
+        <v>1749</v>
       </c>
       <c r="G20" s="8" t="n">
-        <v>784</v>
+        <v>617</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>7963</v>
+        <v>7400</v>
       </c>
       <c r="I20" s="8" t="n">
-        <v>4263</v>
+        <v>3802</v>
       </c>
       <c r="J20" s="11" t="n">
-        <v>1251</v>
+        <v>1227</v>
       </c>
       <c r="K20" s="14"/>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="n">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="B21" s="11" t="n">
-        <v>81920</v>
+        <v>77763</v>
       </c>
       <c r="C21" s="8" t="n">
-        <v>65159</v>
+        <v>62157</v>
       </c>
       <c r="D21" s="8" t="n">
-        <v>736</v>
+        <v>681</v>
       </c>
       <c r="E21" s="8" t="n">
-        <v>5495</v>
+        <v>4915</v>
       </c>
       <c r="F21" s="8" t="n">
-        <v>1848</v>
+        <v>1790</v>
       </c>
       <c r="G21" s="8" t="n">
-        <v>758</v>
+        <v>661</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>7924</v>
+        <v>7559</v>
       </c>
       <c r="I21" s="8" t="n">
-        <v>4179</v>
+        <v>3873</v>
       </c>
       <c r="J21" s="11" t="n">
-        <v>1173</v>
+        <v>1245</v>
       </c>
       <c r="K21" s="14"/>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="n">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="B22" s="11" t="n">
-        <v>81484</v>
+        <v>77579</v>
       </c>
       <c r="C22" s="8" t="n">
-        <v>64963</v>
+        <v>61861</v>
       </c>
       <c r="D22" s="8" t="n">
-        <v>736</v>
+        <v>692</v>
       </c>
       <c r="E22" s="8" t="n">
-        <v>5301</v>
+        <v>4952</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>1856</v>
+        <v>1819</v>
       </c>
       <c r="G22" s="8" t="n">
-        <v>740</v>
+        <v>692</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>7888</v>
+        <v>7563</v>
       </c>
       <c r="I22" s="8" t="n">
-        <v>4189</v>
+        <v>3869</v>
       </c>
       <c r="J22" s="11" t="n">
-        <v>1162</v>
+        <v>1226</v>
       </c>
       <c r="K22" s="14"/>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="n">
         <v>2007</v>
       </c>
       <c r="B23" s="11" t="n">
-        <v>79458</v>
+        <v>79362</v>
       </c>
       <c r="C23" s="8" t="n">
-        <v>63392</v>
+        <v>63313</v>
       </c>
       <c r="D23" s="8" t="n">
         <v>701</v>
       </c>
       <c r="E23" s="8" t="n">
-        <v>5178</v>
+        <v>5169</v>
       </c>
       <c r="F23" s="8" t="n">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>706</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>7665</v>
+        <v>7661</v>
       </c>
       <c r="I23" s="8" t="n">
-        <v>4031</v>
+        <v>4023</v>
       </c>
       <c r="J23" s="11" t="n">
         <v>1180</v>
       </c>
       <c r="K23" s="14"/>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="n">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B24" s="11" t="n">
-        <v>77662</v>
+        <v>81370</v>
       </c>
       <c r="C24" s="8" t="n">
-        <v>61928</v>
+        <v>64864</v>
       </c>
       <c r="D24" s="8" t="n">
-        <v>693</v>
+        <v>736</v>
       </c>
       <c r="E24" s="8" t="n">
-        <v>4962</v>
+        <v>5294</v>
       </c>
       <c r="F24" s="8" t="n">
-        <v>1826</v>
+        <v>1852</v>
       </c>
       <c r="G24" s="8" t="n">
-        <v>688</v>
+        <v>740</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>7565</v>
+        <v>7884</v>
       </c>
       <c r="I24" s="8" t="n">
-        <v>3876</v>
+        <v>4181</v>
       </c>
       <c r="J24" s="11" t="n">
-        <v>1226</v>
+        <v>1162</v>
       </c>
       <c r="K24" s="14"/>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="n">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="B25" s="11" t="n">
-        <v>77821</v>
+        <v>81801</v>
       </c>
       <c r="C25" s="8" t="n">
-        <v>62206</v>
+        <v>65058</v>
       </c>
       <c r="D25" s="8" t="n">
-        <v>682</v>
+        <v>736</v>
       </c>
       <c r="E25" s="8" t="n">
-        <v>4916</v>
+        <v>5487</v>
       </c>
       <c r="F25" s="8" t="n">
-        <v>1794</v>
+        <v>1843</v>
       </c>
       <c r="G25" s="8" t="n">
-        <v>661</v>
+        <v>758</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>7562</v>
+        <v>7919</v>
       </c>
       <c r="I25" s="8" t="n">
-        <v>3881</v>
+        <v>4172</v>
       </c>
       <c r="J25" s="11" t="n">
-        <v>1245</v>
+        <v>1173</v>
       </c>
       <c r="K25" s="14"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="n">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="B26" s="11" t="n">
-        <v>75626</v>
+        <v>84012</v>
       </c>
       <c r="C26" s="8" t="n">
-        <v>60511</v>
+        <v>66878</v>
       </c>
       <c r="D26" s="8" t="n">
-        <v>608</v>
+        <v>780</v>
       </c>
       <c r="E26" s="8" t="n">
-        <v>4741</v>
+        <v>5733</v>
       </c>
       <c r="F26" s="8" t="n">
-        <v>1749</v>
+        <v>1880</v>
       </c>
       <c r="G26" s="8" t="n">
-        <v>617</v>
+        <v>784</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>7400</v>
+        <v>7957</v>
       </c>
       <c r="I26" s="8" t="n">
-        <v>3802</v>
+        <v>4258</v>
       </c>
       <c r="J26" s="11" t="n">
-        <v>1227</v>
+        <v>1251</v>
       </c>
       <c r="K26" s="14"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="n">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="B27" s="11" t="n">
-        <v>74288</v>
+        <v>86493</v>
       </c>
       <c r="C27" s="8" t="n">
-        <v>59425</v>
+        <v>68885</v>
       </c>
       <c r="D27" s="8" t="n">
-        <v>599</v>
+        <v>813</v>
       </c>
       <c r="E27" s="8" t="n">
-        <v>4594</v>
+        <v>6040</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>1699</v>
+        <v>1928</v>
       </c>
       <c r="G27" s="8" t="n">
-        <v>624</v>
+        <v>802</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>7347</v>
+        <v>8025</v>
       </c>
       <c r="I27" s="8" t="n">
-        <v>3758</v>
+        <v>4365</v>
       </c>
       <c r="J27" s="11" t="n">
-        <v>1218</v>
+        <v>1351</v>
       </c>
       <c r="K27" s="14"/>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="n">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="B28" s="11" t="n">
-        <v>72612</v>
+        <v>89111</v>
       </c>
       <c r="C28" s="8" t="n">
-        <v>58176</v>
+        <v>70986</v>
       </c>
       <c r="D28" s="8" t="n">
-        <v>574</v>
+        <v>861</v>
       </c>
       <c r="E28" s="8" t="n">
-        <v>4609</v>
+        <v>6253</v>
       </c>
       <c r="F28" s="8" t="n">
-        <v>1694</v>
+        <v>1977</v>
       </c>
       <c r="G28" s="8" t="n">
-        <v>599</v>
+        <v>823</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>6960</v>
+        <v>8211</v>
       </c>
       <c r="I28" s="8" t="n">
-        <v>3702</v>
+        <v>4437</v>
       </c>
       <c r="J28" s="11" t="n">
-        <v>1178</v>
+        <v>1418</v>
       </c>
       <c r="K28" s="14"/>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="n">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="B29" s="11" t="n">
-        <v>70533</v>
+        <v>91259</v>
       </c>
       <c r="C29" s="8" t="n">
-        <v>56581</v>
+        <v>72679</v>
       </c>
       <c r="D29" s="8" t="n">
-        <v>548</v>
+        <v>910</v>
       </c>
       <c r="E29" s="8" t="n">
-        <v>4535</v>
+        <v>6434</v>
       </c>
       <c r="F29" s="8" t="n">
-        <v>1653</v>
+        <v>1970</v>
       </c>
       <c r="G29" s="8" t="n">
-        <v>587</v>
+        <v>851</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>6629</v>
+        <v>8415</v>
       </c>
       <c r="I29" s="8" t="n">
-        <v>3675</v>
+        <v>4513</v>
       </c>
       <c r="J29" s="11" t="n">
-        <v>1386</v>
+        <v>1552</v>
       </c>
       <c r="K29" s="14"/>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="n">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="B30" s="11" t="n">
-        <v>67936</v>
+        <v>93862</v>
       </c>
       <c r="C30" s="8" t="n">
-        <v>54606</v>
+        <v>74713</v>
       </c>
       <c r="D30" s="8" t="n">
-        <v>504</v>
+        <v>968</v>
       </c>
       <c r="E30" s="8" t="n">
-        <v>4344</v>
+        <v>6678</v>
       </c>
       <c r="F30" s="8" t="n">
-        <v>1630</v>
+        <v>1961</v>
       </c>
       <c r="G30" s="8" t="n">
-        <v>580</v>
+        <v>875</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>6272</v>
+        <v>8667</v>
       </c>
       <c r="I30" s="8" t="n">
-        <v>3561</v>
+        <v>4661</v>
       </c>
       <c r="J30" s="11" t="n">
-        <v>1474</v>
-[...1 lines deleted...]
-      <c r="K30" s="14"/>
+        <v>1656</v>
+      </c>
+      <c r="K30" s="14" t="n">
+        <v>610</v>
+      </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="n">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="B31" s="11" t="n">
-        <v>65292</v>
+        <v>96523</v>
       </c>
       <c r="C31" s="8" t="n">
-        <v>52603</v>
+        <v>76860</v>
       </c>
       <c r="D31" s="8" t="n">
-        <v>483</v>
+        <v>1025</v>
       </c>
       <c r="E31" s="8" t="n">
-        <v>4180</v>
+        <v>6875</v>
       </c>
       <c r="F31" s="8" t="n">
-        <v>1603</v>
+        <v>1978</v>
       </c>
       <c r="G31" s="8" t="n">
-        <v>546</v>
+        <v>820</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>5877</v>
+        <v>8965</v>
       </c>
       <c r="I31" s="8" t="n">
-        <v>3503</v>
+        <v>4722</v>
       </c>
       <c r="J31" s="11" t="n">
-        <v>1611</v>
-[...1 lines deleted...]
-      <c r="K31" s="14"/>
+        <v>1896</v>
+      </c>
+      <c r="K31" s="14" t="n">
+        <v>764</v>
+      </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="n">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="B32" s="11" t="n">
-        <v>62709</v>
+        <v>99194</v>
       </c>
       <c r="C32" s="8" t="n">
-        <v>50553</v>
+        <v>79054</v>
       </c>
       <c r="D32" s="8" t="n">
-        <v>486</v>
+        <v>1089</v>
       </c>
       <c r="E32" s="8" t="n">
-        <v>4070</v>
+        <v>7164</v>
       </c>
       <c r="F32" s="8" t="n">
-        <v>1580</v>
+        <v>2016</v>
       </c>
       <c r="G32" s="8" t="n">
-        <v>546</v>
+        <v>851</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>5474</v>
+        <v>9020</v>
       </c>
       <c r="I32" s="8" t="n">
-        <v>3430</v>
+        <v>4867</v>
       </c>
       <c r="J32" s="11" t="n">
-        <v>1743</v>
-[...1 lines deleted...]
-      <c r="K32" s="14"/>
+        <v>2122</v>
+      </c>
+      <c r="K32" s="14" t="n">
+        <v>890</v>
+      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="n">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="B33" s="11" t="n">
-        <v>60277</v>
+        <v>101801</v>
       </c>
       <c r="C33" s="8" t="n">
-        <v>48607</v>
+        <v>80819</v>
       </c>
       <c r="D33" s="8" t="n">
-        <v>457</v>
+        <v>1189</v>
       </c>
       <c r="E33" s="8" t="n">
-        <v>3908</v>
+        <v>7646</v>
       </c>
       <c r="F33" s="8" t="n">
-        <v>1561</v>
+        <v>2026</v>
       </c>
       <c r="G33" s="8" t="n">
-        <v>534</v>
+        <v>885</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>5210</v>
+        <v>9236</v>
       </c>
       <c r="I33" s="8" t="n">
-        <v>3417</v>
+        <v>4890</v>
       </c>
       <c r="J33" s="11" t="n">
-        <v>1895</v>
-[...1 lines deleted...]
-      <c r="K33" s="14"/>
+        <v>2350</v>
+      </c>
+      <c r="K33" s="14" t="n">
+        <v>998</v>
+      </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="n">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="B34" s="11" t="n">
-        <v>58381</v>
+        <v>95246</v>
       </c>
       <c r="C34" s="8" t="n">
-        <v>47176</v>
+        <v>75306</v>
       </c>
       <c r="D34" s="8" t="n">
-        <v>423</v>
+        <v>1245</v>
       </c>
       <c r="E34" s="8" t="n">
-        <v>3829</v>
+        <v>6419</v>
       </c>
       <c r="F34" s="8" t="n">
-        <v>1542</v>
+        <v>2031</v>
       </c>
       <c r="G34" s="8" t="n">
-        <v>541</v>
+        <v>903</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>4870</v>
+        <v>9342</v>
       </c>
       <c r="I34" s="8" t="n">
-        <v>3364</v>
+        <v>4703</v>
       </c>
       <c r="J34" s="11" t="n">
-        <v>2067</v>
-[...1 lines deleted...]
-      <c r="K34" s="14"/>
+        <v>2578</v>
+      </c>
+      <c r="K34" s="14" t="n">
+        <v>1156</v>
+      </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="n">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="B35" s="11" t="n">
-        <v>56365</v>
+        <v>95996</v>
       </c>
       <c r="C35" s="8" t="n">
-        <v>45618</v>
+        <v>75734</v>
       </c>
       <c r="D35" s="8" t="n">
-        <v>413</v>
+        <v>1361</v>
       </c>
       <c r="E35" s="8" t="n">
-        <v>3736</v>
+        <v>6551</v>
       </c>
       <c r="F35" s="8" t="n">
-        <v>1528</v>
+        <v>2032</v>
       </c>
       <c r="G35" s="8" t="n">
-        <v>545</v>
+        <v>924</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>4525</v>
+        <v>9394</v>
       </c>
       <c r="I35" s="8" t="n">
-        <v>3290</v>
+        <v>4730</v>
       </c>
       <c r="J35" s="11" t="n">
-        <v>2201</v>
-[...1 lines deleted...]
-      <c r="K35" s="14"/>
+        <v>2712</v>
+      </c>
+      <c r="K35" s="14" t="n">
+        <v>1223</v>
+      </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="n">
-        <v>1994</v>
+        <v>2020</v>
       </c>
       <c r="B36" s="11" t="n">
-        <v>54896</v>
+        <v>97738</v>
       </c>
       <c r="C36" s="8" t="n">
-        <v>44457</v>
+        <v>76626</v>
       </c>
       <c r="D36" s="8" t="n">
-        <v>393</v>
+        <v>1473</v>
       </c>
       <c r="E36" s="8" t="n">
-        <v>3615</v>
+        <v>6746</v>
       </c>
       <c r="F36" s="8" t="n">
-        <v>1465</v>
+        <v>2031</v>
       </c>
       <c r="G36" s="8" t="n">
-        <v>551</v>
+        <v>940</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>4415</v>
+        <v>9922</v>
       </c>
       <c r="I36" s="8" t="n">
-        <v>3105</v>
+        <v>4825</v>
       </c>
       <c r="J36" s="11" t="n">
-        <v>2457</v>
-[...1 lines deleted...]
-      <c r="K36" s="14"/>
+        <v>2964</v>
+      </c>
+      <c r="K36" s="14" t="n">
+        <v>1365</v>
+      </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="n">
-        <v>1993</v>
+        <v>2021</v>
       </c>
       <c r="B37" s="11" t="n">
-        <v>53488</v>
+        <v>99720</v>
       </c>
       <c r="C37" s="8" t="n">
-        <v>43348</v>
+        <v>77674</v>
       </c>
       <c r="D37" s="8" t="n">
-        <v>394</v>
+        <v>1648</v>
       </c>
       <c r="E37" s="8" t="n">
-        <v>3486</v>
+        <v>7050</v>
       </c>
       <c r="F37" s="8" t="n">
-        <v>1460</v>
+        <v>2042</v>
       </c>
       <c r="G37" s="8" t="n">
-        <v>538</v>
+        <v>924</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>4262</v>
+        <v>10382</v>
       </c>
       <c r="I37" s="8" t="n">
-        <v>3069</v>
+        <v>4890</v>
       </c>
       <c r="J37" s="11" t="n">
-        <v>2633</v>
-[...1 lines deleted...]
-      <c r="K37" s="14"/>
+        <v>3089</v>
+      </c>
+      <c r="K37" s="14" t="n">
+        <v>1416</v>
+      </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="n">
-        <v>1992</v>
+        <v>2022</v>
       </c>
       <c r="B38" s="11" t="n">
-        <v>52041</v>
+        <v>101242</v>
       </c>
       <c r="C38" s="8" t="n">
-        <v>42292</v>
+        <v>78806</v>
       </c>
       <c r="D38" s="8" t="n">
-        <v>378</v>
+        <v>1811</v>
       </c>
       <c r="E38" s="8" t="n">
-        <v>3387</v>
+        <v>7248</v>
       </c>
       <c r="F38" s="8" t="n">
-        <v>1436</v>
+        <v>2056</v>
       </c>
       <c r="G38" s="8" t="n">
-        <v>531</v>
+        <v>956</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>4017</v>
+        <v>10365</v>
       </c>
       <c r="I38" s="8" t="n">
-        <v>2872</v>
+        <v>5002</v>
       </c>
       <c r="J38" s="11" t="n">
-        <v>3076</v>
-[...1 lines deleted...]
-      <c r="K38" s="14"/>
+        <v>3252</v>
+      </c>
+      <c r="K38" s="14" t="n">
+        <v>1504</v>
+      </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="n">
-        <v>1991</v>
+        <v>2023</v>
       </c>
       <c r="B39" s="11" t="n">
-        <v>51417</v>
+        <v>102802</v>
       </c>
       <c r="C39" s="8" t="n">
-        <v>41744</v>
+        <v>79883</v>
       </c>
       <c r="D39" s="8" t="n">
-        <v>366</v>
+        <v>1943</v>
       </c>
       <c r="E39" s="8" t="n">
-        <v>3408</v>
+        <v>7507</v>
       </c>
       <c r="F39" s="8" t="n">
-        <v>1433</v>
+        <v>2097</v>
       </c>
       <c r="G39" s="8" t="n">
-        <v>525</v>
+        <v>998</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>3941</v>
+        <v>10374</v>
       </c>
       <c r="I39" s="8" t="n">
-        <v>2804</v>
+        <v>5003</v>
       </c>
       <c r="J39" s="11" t="n">
-        <v>3351</v>
-[...1 lines deleted...]
-      <c r="K39" s="14"/>
+        <v>3331</v>
+      </c>
+      <c r="K39" s="14" t="n">
+        <v>1590</v>
+      </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="n">
-        <v>1990</v>
+        <v>2024</v>
       </c>
       <c r="B40" s="11" t="n">
-        <v>49271</v>
+        <v>104186</v>
       </c>
       <c r="C40" s="8" t="n">
-        <v>40106</v>
+        <v>80947</v>
       </c>
       <c r="D40" s="8" t="n">
-        <v>346</v>
+        <v>2148</v>
       </c>
       <c r="E40" s="8" t="n">
-        <v>3225</v>
+        <v>7599</v>
       </c>
       <c r="F40" s="8" t="n">
-        <v>1417</v>
+        <v>2102</v>
       </c>
       <c r="G40" s="8" t="n">
-        <v>495</v>
+        <v>995</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>3682</v>
+        <v>10395</v>
       </c>
       <c r="I40" s="8" t="n">
-        <v>2676</v>
+        <v>5085</v>
       </c>
       <c r="J40" s="11" t="n">
-        <v>4286</v>
-[...1 lines deleted...]
-      <c r="K40" s="14"/>
+        <v>3310</v>
+      </c>
+      <c r="K40" s="14" t="n">
+        <v>1570</v>
+      </c>
     </row>
     <row r="41" ht="15" customHeight="1">
-      <c r="A41" s="1"/>
-[...14 lines deleted...]
-      </c>
+      <c r="A41" s="7" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B41" s="11" t="n">
+        <v>105755</v>
+      </c>
+      <c r="C41" s="8" t="n">
+        <v>82018</v>
+      </c>
+      <c r="D41" s="8" t="n">
+        <v>2254</v>
+      </c>
+      <c r="E41" s="8" t="n">
+        <v>7776</v>
+      </c>
+      <c r="F41" s="8" t="n">
+        <v>2125</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>1009</v>
+      </c>
+      <c r="H41" s="14" t="n">
+        <v>10573</v>
+      </c>
+      <c r="I41" s="8" t="n">
+        <v>5100</v>
+      </c>
+      <c r="J41" s="11"/>
+      <c r="K41" s="14"/>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="A42" s="1"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
     </row>
-    <row r="43" ht="15" customHeight="1">
+    <row r="43" ht="60" customHeight="1">
       <c r="A43" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
     </row>
     <row r="44" ht="15" customHeight="1">
-      <c r="A44" s="1"/>
+      <c r="A44" s="5" t="s">
+        <v>17</v>
+      </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
     </row>
-    <row r="45" ht="81" customHeight="1">
+    <row r="45" ht="15" customHeight="1">
       <c r="A45" s="1"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
     </row>
-    <row r="46" ht="15" customHeight="1">
-      <c r="A46" s="5" t="s">
+    <row r="46" ht="81" customHeight="1">
+      <c r="A46" s="1"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="2"/>
+      <c r="K46" s="2"/>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="A47" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="47" ht="15" customHeight="1"/>
     <row r="48" ht="15" customHeight="1"/>
     <row r="49" ht="15" customHeight="1"/>
     <row r="50" ht="15" customHeight="1"/>
     <row r="51" ht="15" customHeight="1"/>
     <row r="52" ht="15" customHeight="1"/>
     <row r="53" ht="15" customHeight="1"/>
     <row r="54" ht="15" customHeight="1"/>
     <row r="55" ht="15" customHeight="1"/>
     <row r="56" ht="15" customHeight="1"/>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
     <row r="59" ht="15" customHeight="1"/>
     <row r="60" ht="15" customHeight="1"/>
     <row r="61" ht="15" customHeight="1"/>
     <row r="62" ht="15" customHeight="1"/>
     <row r="63" ht="15" customHeight="1"/>
     <row r="64" ht="15" customHeight="1"/>
     <row r="65" ht="15" customHeight="1"/>
     <row r="66" ht="15" customHeight="1"/>
     <row r="67" ht="15" customHeight="1"/>
     <row r="68" ht="15" customHeight="1"/>
     <row r="69" ht="15" customHeight="1"/>
     <row r="70" ht="15" customHeight="1"/>
     <row r="71" ht="15" customHeight="1"/>
     <row r="72" ht="15" customHeight="1"/>
@@ -2438,52 +2467,52 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
-    <mergeCell ref="A42:K42"/>
+    <mergeCell ref="A43:K43"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:K4"/>
-    <mergeCell ref="A43:K43"/>
-    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A47:K47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>