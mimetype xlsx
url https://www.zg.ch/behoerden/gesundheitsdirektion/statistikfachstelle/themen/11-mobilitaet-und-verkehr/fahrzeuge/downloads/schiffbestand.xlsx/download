--- v0 (2025-10-02)
+++ v1 (2025-12-24)
@@ -11,83 +11,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Schiffbestand" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t xml:space="preserve">Schiffbestand</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug1980 bis 2022</t>
+    <t xml:space="preserve">Kanton Zug, 1980 bis 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Motorboote</t>
   </si>
   <si>
     <t xml:space="preserve">Segelboote</t>
   </si>
   <si>
     <t xml:space="preserve">Ruderboote, Pedalos, usw.</t>
   </si>
   <si>
     <t xml:space="preserve">Sonstige</t>
   </si>
   <si>
-    <t xml:space="preserve">Total</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Methodischer Bruch im Jahr 2014: Die Kategorien wurden von der Vereinigung der Schifffahrtsämter überarbeitet und die entsprechenden Zuteilungen über die Kantone hinweg harmonisiert. Die Kategorien Motorboote und Ruderboote sind mit den gleichlautenden Kategorien der Jahre 1980 bis 2013 nur eingeschränkt vergleichbar.</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Vereinigung der Schifffahrtsämter, Schiffbestand</t>
+    <t xml:space="preserve">Datenquelle: Vereinigung der Schifffahrtsämter</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -152,51 +149,51 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">51</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">54</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -473,55 +470,55 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
-    <col min="2" max="2" width="11.0521052631579" hidden="0" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="11.8810526315789" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="11.0745833333333" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="11.0954166666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="11.9079166666667" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.14" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -601,959 +598,871 @@
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="7" t="n">
         <v>1980</v>
       </c>
       <c r="B5" s="8" t="n">
         <v>1075</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>751</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>164</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F5" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="7" t="n">
         <v>1981</v>
       </c>
       <c r="B6" s="8" t="n">
         <v>1050</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>753</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>163</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F6" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="7" t="n">
         <v>1982</v>
       </c>
       <c r="B7" s="8" t="n">
         <v>1052</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>777</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>160</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F7" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="7" t="n">
         <v>1983</v>
       </c>
       <c r="B8" s="8" t="n">
         <v>1079</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>788</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>157</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F8" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="n">
         <v>1984</v>
       </c>
       <c r="B9" s="8" t="n">
         <v>1119</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>808</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>148</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F9" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="n">
         <v>1985</v>
       </c>
       <c r="B10" s="8" t="n">
         <v>1129</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>809</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>142</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F10" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="n">
         <v>1986</v>
       </c>
       <c r="B11" s="8" t="n">
         <v>1116</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>807</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>150</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F11" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="n">
         <v>1987</v>
       </c>
       <c r="B12" s="8" t="n">
         <v>1163</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>837</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>151</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F12" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="n">
         <v>1988</v>
       </c>
       <c r="B13" s="8" t="n">
         <v>1203</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>864</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>153</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F13" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="n">
         <v>1989</v>
       </c>
       <c r="B14" s="8" t="n">
         <v>1220</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>867</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>144</v>
       </c>
       <c r="E14" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="F14" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="n">
         <v>1990</v>
       </c>
       <c r="B15" s="8" t="n">
         <v>1237</v>
       </c>
       <c r="C15" s="8" t="n">
         <v>873</v>
       </c>
       <c r="D15" s="8" t="n">
         <v>140</v>
       </c>
       <c r="E15" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="F15" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="n">
         <v>1991</v>
       </c>
       <c r="B16" s="8" t="n">
         <v>1262</v>
       </c>
       <c r="C16" s="8" t="n">
         <v>875</v>
       </c>
       <c r="D16" s="8" t="n">
         <v>112</v>
       </c>
       <c r="E16" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F16" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="n">
         <v>1992</v>
       </c>
       <c r="B17" s="8" t="n">
         <v>1272</v>
       </c>
       <c r="C17" s="8" t="n">
         <v>877</v>
       </c>
       <c r="D17" s="8" t="n">
         <v>111</v>
       </c>
       <c r="E17" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F17" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="n">
         <v>1993</v>
       </c>
       <c r="B18" s="8" t="n">
         <v>1290</v>
       </c>
       <c r="C18" s="8" t="n">
         <v>857</v>
       </c>
       <c r="D18" s="8" t="n">
         <v>110</v>
       </c>
       <c r="E18" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F18" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="n">
         <v>1994</v>
       </c>
       <c r="B19" s="8" t="n">
         <v>1273</v>
       </c>
       <c r="C19" s="8" t="n">
         <v>854</v>
       </c>
       <c r="D19" s="8" t="n">
         <v>113</v>
       </c>
       <c r="E19" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F19" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="n">
         <v>1995</v>
       </c>
       <c r="B20" s="8" t="n">
         <v>1267</v>
       </c>
       <c r="C20" s="8" t="n">
         <v>836</v>
       </c>
       <c r="D20" s="8" t="n">
         <v>112</v>
       </c>
       <c r="E20" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F20" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="n">
         <v>1996</v>
       </c>
       <c r="B21" s="8" t="n">
         <v>1263</v>
       </c>
       <c r="C21" s="8" t="n">
         <v>821</v>
       </c>
       <c r="D21" s="8" t="n">
         <v>106</v>
       </c>
       <c r="E21" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F21" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="n">
         <v>1997</v>
       </c>
       <c r="B22" s="8" t="n">
         <v>1244</v>
       </c>
       <c r="C22" s="8" t="n">
         <v>790</v>
       </c>
       <c r="D22" s="8" t="n">
         <v>103</v>
       </c>
       <c r="E22" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F22" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="n">
         <v>1998</v>
       </c>
       <c r="B23" s="8" t="n">
         <v>1240</v>
       </c>
       <c r="C23" s="8" t="n">
         <v>768</v>
       </c>
       <c r="D23" s="8" t="n">
         <v>102</v>
       </c>
       <c r="E23" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F23" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="n">
         <v>1999</v>
       </c>
       <c r="B24" s="8" t="n">
         <v>1250</v>
       </c>
       <c r="C24" s="8" t="n">
         <v>757</v>
       </c>
       <c r="D24" s="8" t="n">
         <v>101</v>
       </c>
       <c r="E24" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F24" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="n">
         <v>2000</v>
       </c>
       <c r="B25" s="8" t="n">
         <v>1191</v>
       </c>
       <c r="C25" s="8" t="n">
         <v>707</v>
       </c>
       <c r="D25" s="8" t="n">
         <v>104</v>
       </c>
       <c r="E25" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F25" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="n">
         <v>2001</v>
       </c>
       <c r="B26" s="8" t="n">
         <v>1214</v>
       </c>
       <c r="C26" s="8" t="n">
         <v>709</v>
       </c>
       <c r="D26" s="8" t="n">
         <v>102</v>
       </c>
       <c r="E26" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F26" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="n">
         <v>2002</v>
       </c>
       <c r="B27" s="8" t="n">
         <v>1237</v>
       </c>
       <c r="C27" s="8" t="n">
         <v>725</v>
       </c>
       <c r="D27" s="8" t="n">
         <v>99</v>
       </c>
       <c r="E27" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F27" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="n">
         <v>2003</v>
       </c>
       <c r="B28" s="8" t="n">
         <v>1262</v>
       </c>
       <c r="C28" s="8" t="n">
         <v>719</v>
       </c>
       <c r="D28" s="8" t="n">
         <v>98</v>
       </c>
       <c r="E28" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F28" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="n">
         <v>2004</v>
       </c>
       <c r="B29" s="8" t="n">
         <v>1287</v>
       </c>
       <c r="C29" s="8" t="n">
         <v>704</v>
       </c>
       <c r="D29" s="8" t="n">
         <v>86</v>
       </c>
       <c r="E29" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F29" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="n">
         <v>2005</v>
       </c>
       <c r="B30" s="8" t="n">
         <v>1292</v>
       </c>
       <c r="C30" s="8" t="n">
         <v>692</v>
       </c>
       <c r="D30" s="8" t="n">
         <v>92</v>
       </c>
       <c r="E30" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F30" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="n">
         <v>2006</v>
       </c>
       <c r="B31" s="8" t="n">
         <v>1284</v>
       </c>
       <c r="C31" s="8" t="n">
         <v>668</v>
       </c>
       <c r="D31" s="8" t="n">
         <v>91</v>
       </c>
       <c r="E31" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F31" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="n">
         <v>2007</v>
       </c>
       <c r="B32" s="8" t="n">
         <v>1275</v>
       </c>
       <c r="C32" s="8" t="n">
         <v>683</v>
       </c>
       <c r="D32" s="8" t="n">
         <v>86</v>
       </c>
       <c r="E32" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="F32" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="n">
         <v>2008</v>
       </c>
       <c r="B33" s="8" t="n">
         <v>1269</v>
       </c>
       <c r="C33" s="8" t="n">
         <v>683</v>
       </c>
       <c r="D33" s="8" t="n">
         <v>89</v>
       </c>
       <c r="E33" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="F33" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="n">
         <v>2009</v>
       </c>
       <c r="B34" s="8" t="n">
         <v>1273</v>
       </c>
       <c r="C34" s="8" t="n">
         <v>663</v>
       </c>
       <c r="D34" s="8" t="n">
         <v>80</v>
       </c>
       <c r="E34" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F34" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="n">
         <v>2010</v>
       </c>
       <c r="B35" s="8" t="n">
         <v>1266</v>
       </c>
       <c r="C35" s="8" t="n">
         <v>660</v>
       </c>
       <c r="D35" s="8" t="n">
         <v>80</v>
       </c>
       <c r="E35" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F35" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="n">
         <v>2011</v>
       </c>
       <c r="B36" s="8" t="n">
         <v>1252</v>
       </c>
       <c r="C36" s="8" t="n">
         <v>669</v>
       </c>
       <c r="D36" s="8" t="n">
         <v>79</v>
       </c>
       <c r="E36" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F36" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="n">
         <v>2012</v>
       </c>
       <c r="B37" s="8" t="n">
         <v>1254</v>
       </c>
       <c r="C37" s="8" t="n">
         <v>653</v>
       </c>
       <c r="D37" s="8" t="n">
         <v>81</v>
       </c>
       <c r="E37" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F37" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="n">
         <v>2013</v>
       </c>
       <c r="B38" s="8" t="n">
         <v>1248</v>
       </c>
       <c r="C38" s="8" t="n">
         <v>658</v>
       </c>
       <c r="D38" s="8" t="n">
         <v>83</v>
       </c>
       <c r="E38" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="F38" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="n">
         <v>2014</v>
       </c>
       <c r="B39" s="8" t="n">
         <v>1240</v>
       </c>
       <c r="C39" s="8" t="n">
         <v>660</v>
       </c>
       <c r="D39" s="8" t="n">
         <v>83</v>
       </c>
       <c r="E39" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F39" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="n">
         <v>2015</v>
       </c>
       <c r="B40" s="8" t="n">
         <v>1249</v>
       </c>
       <c r="C40" s="8" t="n">
         <v>630</v>
       </c>
       <c r="D40" s="8" t="n">
         <v>83</v>
       </c>
       <c r="E40" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F40" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="n">
         <v>2016</v>
       </c>
       <c r="B41" s="8" t="n">
         <v>1269</v>
       </c>
       <c r="C41" s="8" t="n">
         <v>621</v>
       </c>
       <c r="D41" s="8" t="n">
         <v>80</v>
       </c>
       <c r="E41" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F41" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="n">
         <v>2017</v>
       </c>
       <c r="B42" s="8" t="n">
         <v>1263</v>
       </c>
       <c r="C42" s="8" t="n">
         <v>603</v>
       </c>
       <c r="D42" s="8" t="n">
         <v>78</v>
       </c>
       <c r="E42" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F42" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="n">
         <v>2018</v>
       </c>
       <c r="B43" s="8" t="n">
         <v>1249</v>
       </c>
       <c r="C43" s="8" t="n">
         <v>576</v>
       </c>
       <c r="D43" s="8" t="n">
         <v>82</v>
       </c>
       <c r="E43" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F43" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="n">
         <v>2019</v>
       </c>
       <c r="B44" s="8" t="n">
         <v>1236</v>
       </c>
       <c r="C44" s="8" t="n">
         <v>546</v>
       </c>
       <c r="D44" s="8" t="n">
         <v>83</v>
       </c>
       <c r="E44" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F44" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="n">
         <v>2020</v>
       </c>
       <c r="B45" s="8" t="n">
         <v>1260</v>
       </c>
       <c r="C45" s="8" t="n">
         <v>531</v>
       </c>
       <c r="D45" s="8" t="n">
         <v>83</v>
       </c>
       <c r="E45" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="F45" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="n">
         <v>2021</v>
       </c>
       <c r="B46" s="8" t="n">
         <v>1284</v>
       </c>
       <c r="C46" s="8" t="n">
         <v>522</v>
       </c>
       <c r="D46" s="8" t="n">
         <v>86</v>
       </c>
       <c r="E46" s="8" t="n">
         <v>21</v>
       </c>
-      <c r="F46" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="n">
         <v>2022</v>
       </c>
       <c r="B47" s="8" t="n">
         <v>1302</v>
       </c>
       <c r="C47" s="8" t="n">
         <v>527</v>
       </c>
       <c r="D47" s="8" t="n">
         <v>75</v>
       </c>
       <c r="E47" s="8" t="n">
         <v>21</v>
       </c>
-      <c r="F47" s="8" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48" ht="15" customHeight="1">
-      <c r="A48" s="1"/>
-[...14 lines deleted...]
-      <c r="F49" s="2"/>
+      <c r="A48" s="7" t="n">
+        <v>2023</v>
+      </c>
+      <c r="B48" s="8" t="n">
+        <v>1300</v>
+      </c>
+      <c r="C48" s="8" t="n">
+        <v>520</v>
+      </c>
+      <c r="D48" s="8" t="n">
+        <v>72</v>
+      </c>
+      <c r="E48" s="8" t="n">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="A49" s="7" t="n">
+        <v>2024</v>
+      </c>
+      <c r="B49" s="8" t="n">
+        <v>1296</v>
+      </c>
+      <c r="C49" s="8" t="n">
+        <v>499</v>
+      </c>
+      <c r="D49" s="8" t="n">
+        <v>71</v>
+      </c>
+      <c r="E49" s="8" t="n">
+        <v>21</v>
+      </c>
     </row>
     <row r="50" ht="15" customHeight="1">
-      <c r="A50" s="5" t="s">
-[...6 lines deleted...]
-      <c r="F50" s="2"/>
+      <c r="A50" s="7" t="n">
+        <v>2025</v>
+      </c>
+      <c r="B50" s="8" t="n">
+        <v>1293</v>
+      </c>
+      <c r="C50" s="8" t="n">
+        <v>480</v>
+      </c>
+      <c r="D50" s="8" t="n">
+        <v>70</v>
+      </c>
+      <c r="E50" s="8" t="n">
+        <v>21</v>
+      </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="1"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
-      <c r="F51" s="2"/>
-[...1 lines deleted...]
-    <row r="52" ht="81" customHeight="1"/>
+    </row>
+    <row r="52" ht="60" customHeight="1">
+      <c r="A52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+    </row>
     <row r="53" ht="15" customHeight="1">
       <c r="A53" s="5" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-    <row r="56" ht="15" customHeight="1"/>
+        <v>8</v>
+      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="A54" s="1"/>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+    </row>
+    <row r="55" ht="81" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1">
+      <c r="A56" s="5" t="s">
+        <v>9</v>
+      </c>
+    </row>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
     <row r="59" ht="15" customHeight="1"/>
     <row r="60" ht="15" customHeight="1"/>
     <row r="61" ht="15" customHeight="1"/>
     <row r="62" ht="15" customHeight="1"/>
     <row r="63" ht="15" customHeight="1"/>
     <row r="64" ht="15" customHeight="1"/>
     <row r="65" ht="15" customHeight="1"/>
     <row r="66" ht="15" customHeight="1"/>
     <row r="67" ht="15" customHeight="1"/>
     <row r="68" ht="15" customHeight="1"/>
     <row r="69" ht="15" customHeight="1"/>
     <row r="70" ht="15" customHeight="1"/>
     <row r="71" ht="15" customHeight="1"/>
     <row r="72" ht="15" customHeight="1"/>
     <row r="73" ht="15" customHeight="1"/>
     <row r="74" ht="15" customHeight="1"/>
     <row r="75" ht="15" customHeight="1"/>
     <row r="76" ht="15" customHeight="1"/>
     <row r="77" ht="15" customHeight="1"/>
     <row r="78" ht="15" customHeight="1"/>
     <row r="79" ht="15" customHeight="1"/>
     <row r="80" ht="15" customHeight="1"/>
     <row r="81" ht="15" customHeight="1"/>
@@ -1958,48 +1867,48 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
-    <mergeCell ref="A49:H49"/>
-    <mergeCell ref="A50:H50"/>
+    <mergeCell ref="A52:H52"/>
     <mergeCell ref="A53:H53"/>
+    <mergeCell ref="A56:H56"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>