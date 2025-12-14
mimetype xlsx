--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -11,248 +11,107 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Strassenverkehrsunfälle" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t xml:space="preserve">Strassenverkehrsunfälle mit Personenschaden</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 1975 bis 2021</t>
+    <t xml:space="preserve">Kanton Zug, 1975 bis 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Unfälle mit Personenschaden</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">Verunfallte Personen</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
     <t xml:space="preserve">mit Getöteten</t>
   </si>
   <si>
     <t xml:space="preserve">mit Verletzten</t>
   </si>
   <si>
     <t xml:space="preserve">Alle Verunfallte</t>
   </si>
   <si>
     <t xml:space="preserve">Fussgänger</t>
   </si>
   <si>
     <t xml:space="preserve">Lenker</t>
   </si>
   <si>
     <t xml:space="preserve">Mitfahrer</t>
   </si>
   <si>
     <t xml:space="preserve">schwer</t>
   </si>
   <si>
     <t xml:space="preserve">leicht</t>
   </si>
   <si>
     <t xml:space="preserve">Getötete</t>
   </si>
   <si>
     <t xml:space="preserve">Verletzte</t>
   </si>
   <si>
-    <t xml:space="preserve">2021</t>
-[...139 lines deleted...]
-  <si>
     <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Strassenverkehrsunfälle</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -366,51 +225,51 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">57</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">60</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -688,71 +547,71 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="11.0266666666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
-    <col min="8" max="8" width="9.9975" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
-    <col min="13" max="13" width="9.9975" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.99" hidden="0" customWidth="1"/>
-    <col min="18" max="18" width="9.9975" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.99" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.99" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.99" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.99" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.99" hidden="0" customWidth="1"/>
-    <col min="23" max="23" width="9.9975" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.99" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.99" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.99" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.99" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
     <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
     <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
     <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
     <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
     <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
     <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
     <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
     <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
     <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
     <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
@@ -1120,3926 +979,4080 @@
         <v>6</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="U7" s="13" t="s">
         <v>14</v>
       </c>
       <c r="V7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="W7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="X7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Y7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="Z7" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
-      <c r="A8" s="6" t="s">
-        <v>17</v>
+      <c r="A8" s="6" t="n">
+        <v>2024</v>
       </c>
       <c r="B8" s="10" t="n">
-        <v>245</v>
+        <v>289</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>2</v>
       </c>
       <c r="D8" s="10" t="n">
-        <v>243</v>
+        <v>287</v>
       </c>
       <c r="E8" s="7" t="n">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F8" s="14" t="n">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="G8" s="10" t="n">
-        <v>277</v>
+        <v>335</v>
       </c>
       <c r="H8" s="7" t="n">
         <v>2</v>
       </c>
       <c r="I8" s="10" t="n">
-        <v>275</v>
+        <v>333</v>
       </c>
       <c r="J8" s="7" t="n">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="K8" s="14" t="n">
-        <v>210</v>
+        <v>249</v>
       </c>
       <c r="L8" s="10" t="n">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="M8" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N8" s="10" t="n">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O8" s="7" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P8" s="14" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="Q8" s="10" t="n">
-        <v>231</v>
+        <v>281</v>
       </c>
       <c r="R8" s="7" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="S8" s="10" t="n">
-        <v>229</v>
+        <v>280</v>
       </c>
       <c r="T8" s="7" t="n">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="U8" s="14" t="n">
-        <v>168</v>
+        <v>206</v>
       </c>
       <c r="V8" s="10" t="n">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="W8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X8" s="10" t="n">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="Y8" s="7" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Z8" s="14" t="n">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
-      <c r="A9" s="6" t="s">
-        <v>18</v>
+      <c r="A9" s="6" t="n">
+        <v>2023</v>
       </c>
       <c r="B9" s="10" t="n">
-        <v>246</v>
+        <v>302</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>2</v>
       </c>
       <c r="D9" s="10" t="n">
-        <v>244</v>
+        <v>300</v>
       </c>
       <c r="E9" s="7" t="n">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>177</v>
+        <v>223</v>
       </c>
       <c r="G9" s="10" t="n">
-        <v>272</v>
+        <v>330</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>2</v>
       </c>
       <c r="I9" s="10" t="n">
-        <v>270</v>
+        <v>328</v>
       </c>
       <c r="J9" s="7" t="n">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="K9" s="14" t="n">
+        <v>250</v>
+      </c>
+      <c r="L9" s="10" t="n">
+        <v>39</v>
+      </c>
+      <c r="M9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N9" s="10" t="n">
+        <v>39</v>
+      </c>
+      <c r="O9" s="7" t="n">
+        <v>9</v>
+      </c>
+      <c r="P9" s="14" t="n">
+        <v>30</v>
+      </c>
+      <c r="Q9" s="10" t="n">
+        <v>269</v>
+      </c>
+      <c r="R9" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="S9" s="10" t="n">
+        <v>267</v>
+      </c>
+      <c r="T9" s="7" t="n">
+        <v>66</v>
+      </c>
+      <c r="U9" s="14" t="n">
         <v>201</v>
       </c>
-      <c r="L9" s="10" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="V9" s="10" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X9" s="10" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y9" s="7" t="n">
         <v>3</v>
       </c>
       <c r="Z9" s="14" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
-      <c r="A10" s="6" t="s">
-        <v>19</v>
+      <c r="A10" s="6" t="n">
+        <v>2022</v>
       </c>
       <c r="B10" s="10" t="n">
-        <v>266</v>
+        <v>286</v>
       </c>
       <c r="C10" s="7" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D10" s="10" t="n">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="E10" s="7" t="n">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="G10" s="10" t="n">
-        <v>289</v>
+        <v>320</v>
       </c>
       <c r="H10" s="7" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I10" s="10" t="n">
-        <v>285</v>
+        <v>318</v>
       </c>
       <c r="J10" s="7" t="n">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>217</v>
+        <v>239</v>
       </c>
       <c r="L10" s="10" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M10" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N10" s="10" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O10" s="7" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="P10" s="14" t="n">
         <v>18</v>
       </c>
       <c r="Q10" s="10" t="n">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="R10" s="7" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="S10" s="10" t="n">
-        <v>243</v>
+        <v>276</v>
       </c>
       <c r="T10" s="7" t="n">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>187</v>
+        <v>206</v>
       </c>
       <c r="V10" s="10" t="n">
         <v>17</v>
       </c>
       <c r="W10" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X10" s="10" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="Y10" s="7" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z10" s="14" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
-      <c r="A11" s="6" t="s">
-        <v>20</v>
+      <c r="A11" s="6" t="n">
+        <v>2021</v>
       </c>
       <c r="B11" s="10" t="n">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C11" s="7" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D11" s="10" t="n">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E11" s="7" t="n">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G11" s="10" t="n">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I11" s="10" t="n">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="J11" s="7" t="n">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="L11" s="10" t="n">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="M11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="N11" s="10" t="n">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="O11" s="7" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="Q11" s="10" t="n">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="R11" s="7" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S11" s="10" t="n">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="T11" s="7" t="n">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="V11" s="10" t="n">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="W11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X11" s="10" t="n">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="Y11" s="7" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="Z11" s="14" t="n">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
-      <c r="A12" s="6" t="s">
-        <v>21</v>
+      <c r="A12" s="6" t="n">
+        <v>2020</v>
       </c>
       <c r="B12" s="10" t="n">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="C12" s="7" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D12" s="10" t="n">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="E12" s="7" t="n">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="G12" s="10" t="n">
-        <v>305</v>
+        <v>272</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I12" s="10" t="n">
-        <v>302</v>
+        <v>270</v>
       </c>
       <c r="J12" s="7" t="n">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>237</v>
+        <v>201</v>
       </c>
       <c r="L12" s="10" t="n">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="M12" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N12" s="10" t="n">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="O12" s="7" t="n">
         <v>5</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="Q12" s="10" t="n">
         <v>231</v>
       </c>
       <c r="R12" s="7" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="S12" s="10" t="n">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="T12" s="7" t="n">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="V12" s="10" t="n">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="W12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X12" s="10" t="n">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="Y12" s="7" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Z12" s="14" t="n">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
-      <c r="A13" s="6" t="s">
-        <v>22</v>
+      <c r="A13" s="6" t="n">
+        <v>2019</v>
       </c>
       <c r="B13" s="10" t="n">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C13" s="7" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D13" s="10" t="n">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="E13" s="7" t="n">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>218</v>
+        <v>195</v>
       </c>
       <c r="G13" s="10" t="n">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="H13" s="7" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I13" s="10" t="n">
-        <v>308</v>
+        <v>285</v>
       </c>
       <c r="J13" s="7" t="n">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>259</v>
+        <v>217</v>
       </c>
       <c r="L13" s="10" t="n">
         <v>27</v>
       </c>
       <c r="M13" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N13" s="10" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O13" s="7" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="Q13" s="10" t="n">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="R13" s="7" t="n">
         <v>2</v>
       </c>
       <c r="S13" s="10" t="n">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="T13" s="7" t="n">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="V13" s="10" t="n">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="W13" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X13" s="10" t="n">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="Y13" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="Z13" s="14" t="n">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="6" t="n">
+        <v>2018</v>
+      </c>
+      <c r="B14" s="10" t="n">
+        <v>247</v>
+      </c>
+      <c r="C14" s="7" t="n">
         <v>1</v>
       </c>
-      <c r="Z13" s="14" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="D14" s="10" t="n">
-        <v>265</v>
+        <v>246</v>
       </c>
       <c r="E14" s="7" t="n">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>216</v>
+        <v>185</v>
       </c>
       <c r="G14" s="10" t="n">
-        <v>311</v>
+        <v>283</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I14" s="10" t="n">
-        <v>309</v>
+        <v>282</v>
       </c>
       <c r="J14" s="7" t="n">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>256</v>
+        <v>220</v>
       </c>
       <c r="L14" s="10" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="M14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="N14" s="10" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="O14" s="7" t="n">
         <v>5</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="Q14" s="10" t="n">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="R14" s="7" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="S14" s="10" t="n">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="T14" s="7" t="n">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>195</v>
+        <v>165</v>
       </c>
       <c r="V14" s="10" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="W14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X14" s="10" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Y14" s="7" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14" s="14" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
-      <c r="A15" s="6" t="s">
-        <v>24</v>
+      <c r="A15" s="6" t="n">
+        <v>2017</v>
       </c>
       <c r="B15" s="10" t="n">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="C15" s="7" t="n">
         <v>3</v>
       </c>
       <c r="D15" s="10" t="n">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="E15" s="7" t="n">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>214</v>
+        <v>194</v>
       </c>
       <c r="G15" s="10" t="n">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="H15" s="7" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I15" s="10" t="n">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="J15" s="7" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="L15" s="10" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="M15" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N15" s="10" t="n">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="O15" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="P15" s="14" t="n">
+        <v>27</v>
+      </c>
+      <c r="Q15" s="10" t="n">
+        <v>231</v>
+      </c>
+      <c r="R15" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="S15" s="10" t="n">
+        <v>228</v>
+      </c>
+      <c r="T15" s="7" t="n">
+        <v>53</v>
+      </c>
+      <c r="U15" s="14" t="n">
+        <v>175</v>
+      </c>
+      <c r="V15" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="W15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X15" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="Y15" s="7" t="n">
         <v>7</v>
       </c>
-      <c r="P15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="R15" s="7" t="n">
+      <c r="Z15" s="14" t="n">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="6" t="n">
+        <v>2016</v>
+      </c>
+      <c r="B16" s="10" t="n">
+        <v>269</v>
+      </c>
+      <c r="C16" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="S15" s="10" t="n">
+      <c r="D16" s="10" t="n">
+        <v>267</v>
+      </c>
+      <c r="E16" s="7" t="n">
+        <v>49</v>
+      </c>
+      <c r="F16" s="14" t="n">
+        <v>218</v>
+      </c>
+      <c r="G16" s="10" t="n">
+        <v>310</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="I16" s="10" t="n">
+        <v>308</v>
+      </c>
+      <c r="J16" s="7" t="n">
+        <v>49</v>
+      </c>
+      <c r="K16" s="14" t="n">
         <v>259</v>
       </c>
-      <c r="T15" s="7" t="n">
-[...5 lines deleted...]
-      <c r="V15" s="10" t="n">
+      <c r="L16" s="10" t="n">
         <v>27</v>
-      </c>
-[...48 lines deleted...]
-        <v>33</v>
       </c>
       <c r="M16" s="7" t="n">
         <v>0</v>
       </c>
       <c r="N16" s="10" t="n">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="O16" s="7" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="Q16" s="10" t="n">
-        <v>226</v>
+        <v>254</v>
       </c>
       <c r="R16" s="7" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S16" s="10" t="n">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="T16" s="7" t="n">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="U16" s="14" t="n">
-        <v>178</v>
+        <v>211</v>
       </c>
       <c r="V16" s="10" t="n">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="W16" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X16" s="10" t="n">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="Y16" s="7" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="Z16" s="14" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="6" t="s">
-        <v>26</v>
+      <c r="A17" s="6" t="n">
+        <v>2015</v>
       </c>
       <c r="B17" s="10" t="n">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="C17" s="7" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D17" s="10" t="n">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="E17" s="7" t="n">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="G17" s="10" t="n">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I17" s="10" t="n">
-        <v>346</v>
+        <v>309</v>
       </c>
       <c r="J17" s="7" t="n">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="L17" s="10" t="n">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="M17" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N17" s="10" t="n">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="O17" s="7" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="Q17" s="10" t="n">
-        <v>270</v>
+        <v>241</v>
       </c>
       <c r="R17" s="7" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S17" s="10" t="n">
-        <v>267</v>
+        <v>239</v>
       </c>
       <c r="T17" s="7" t="n">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="V17" s="10" t="n">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="W17" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X17" s="10" t="n">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="Y17" s="7" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z17" s="14" t="n">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
-      <c r="A18" s="6" t="s">
-        <v>27</v>
+      <c r="A18" s="6" t="n">
+        <v>2014</v>
       </c>
       <c r="B18" s="10" t="n">
-        <v>314</v>
+        <v>276</v>
       </c>
       <c r="C18" s="7" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D18" s="10" t="n">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="E18" s="7" t="n">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="G18" s="10" t="n">
-        <v>360</v>
+        <v>317</v>
       </c>
       <c r="H18" s="7" t="n">
         <v>4</v>
       </c>
       <c r="I18" s="10" t="n">
-        <v>356</v>
+        <v>313</v>
       </c>
       <c r="J18" s="7" t="n">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="L18" s="10" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="M18" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N18" s="10" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="O18" s="7" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="P18" s="14" t="n">
         <v>21</v>
       </c>
       <c r="Q18" s="10" t="n">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="R18" s="7" t="n">
         <v>2</v>
       </c>
       <c r="S18" s="10" t="n">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="T18" s="7" t="n">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="U18" s="14" t="n">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="V18" s="10" t="n">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="W18" s="7" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X18" s="10" t="n">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="Y18" s="7" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="Z18" s="14" t="n">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="6" t="s">
-        <v>28</v>
+      <c r="A19" s="6" t="n">
+        <v>2013</v>
       </c>
       <c r="B19" s="10" t="n">
-        <v>334</v>
+        <v>254</v>
       </c>
       <c r="C19" s="7" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D19" s="10" t="n">
-        <v>330</v>
+        <v>253</v>
       </c>
       <c r="E19" s="7" t="n">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>280</v>
+        <v>199</v>
       </c>
       <c r="G19" s="10" t="n">
-        <v>410</v>
+        <v>298</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I19" s="10" t="n">
-        <v>406</v>
+        <v>297</v>
       </c>
       <c r="J19" s="7" t="n">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>349</v>
+        <v>237</v>
       </c>
       <c r="L19" s="10" t="n">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="M19" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N19" s="10" t="n">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="O19" s="7" t="n">
         <v>6</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="Q19" s="10" t="n">
-        <v>306</v>
+        <v>226</v>
       </c>
       <c r="R19" s="7" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="S19" s="10" t="n">
-        <v>303</v>
+        <v>225</v>
       </c>
       <c r="T19" s="7" t="n">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>258</v>
+        <v>178</v>
       </c>
       <c r="V19" s="10" t="n">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="W19" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X19" s="10" t="n">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="Y19" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="Z19" s="14" t="n">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="6" t="n">
+        <v>2012</v>
+      </c>
+      <c r="B20" s="10" t="n">
+        <v>279</v>
+      </c>
+      <c r="C20" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="D20" s="10" t="n">
+        <v>275</v>
+      </c>
+      <c r="E20" s="7" t="n">
+        <v>70</v>
+      </c>
+      <c r="F20" s="14" t="n">
+        <v>205</v>
+      </c>
+      <c r="G20" s="10" t="n">
+        <v>350</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="I20" s="10" t="n">
+        <v>346</v>
+      </c>
+      <c r="J20" s="7" t="n">
+        <v>80</v>
+      </c>
+      <c r="K20" s="14" t="n">
+        <v>266</v>
+      </c>
+      <c r="L20" s="10" t="n">
+        <v>26</v>
+      </c>
+      <c r="M20" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N20" s="10" t="n">
+        <v>25</v>
+      </c>
+      <c r="O20" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="P20" s="14" t="n">
+        <v>14</v>
+      </c>
+      <c r="Q20" s="10" t="n">
+        <v>270</v>
+      </c>
+      <c r="R20" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="S20" s="10" t="n">
+        <v>267</v>
+      </c>
+      <c r="T20" s="7" t="n">
+        <v>63</v>
+      </c>
+      <c r="U20" s="14" t="n">
+        <v>204</v>
+      </c>
+      <c r="V20" s="10" t="n">
+        <v>54</v>
+      </c>
+      <c r="W20" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X20" s="10" t="n">
+        <v>54</v>
+      </c>
+      <c r="Y20" s="7" t="n">
         <v>6</v>
       </c>
-      <c r="Z19" s="14" t="n">
-[...37 lines deleted...]
-      <c r="L20" s="10" t="n">
+      <c r="Z20" s="14" t="n">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="6" t="n">
+        <v>2011</v>
+      </c>
+      <c r="B21" s="10" t="n">
+        <v>314</v>
+      </c>
+      <c r="C21" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="D21" s="10" t="n">
+        <v>310</v>
+      </c>
+      <c r="E21" s="7" t="n">
+        <v>93</v>
+      </c>
+      <c r="F21" s="14" t="n">
+        <v>217</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>360</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="I21" s="10" t="n">
+        <v>356</v>
+      </c>
+      <c r="J21" s="7" t="n">
+        <v>106</v>
+      </c>
+      <c r="K21" s="14" t="n">
+        <v>250</v>
+      </c>
+      <c r="L21" s="10" t="n">
+        <v>32</v>
+      </c>
+      <c r="M21" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N21" s="10" t="n">
+        <v>32</v>
+      </c>
+      <c r="O21" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="P21" s="14" t="n">
+        <v>21</v>
+      </c>
+      <c r="Q21" s="10" t="n">
+        <v>282</v>
+      </c>
+      <c r="R21" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="S21" s="10" t="n">
+        <v>280</v>
+      </c>
+      <c r="T21" s="7" t="n">
+        <v>86</v>
+      </c>
+      <c r="U21" s="14" t="n">
+        <v>194</v>
+      </c>
+      <c r="V21" s="10" t="n">
         <v>46</v>
       </c>
-      <c r="M20" s="7" t="n">
+      <c r="W21" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="N20" s="10" t="n">
+      <c r="X21" s="10" t="n">
         <v>44</v>
       </c>
-      <c r="O20" s="7" t="n">
-[...94 lines deleted...]
-      <c r="T21" s="7" t="n">
+      <c r="Y21" s="7" t="n">
+        <v>9</v>
+      </c>
+      <c r="Z21" s="14" t="n">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="6" t="n">
+        <v>2010</v>
+      </c>
+      <c r="B22" s="10" t="n">
+        <v>334</v>
+      </c>
+      <c r="C22" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="D22" s="10" t="n">
+        <v>330</v>
+      </c>
+      <c r="E22" s="7" t="n">
         <v>50</v>
       </c>
-      <c r="U21" s="14" t="n">
-[...33 lines deleted...]
-      </c>
       <c r="F22" s="14" t="n">
-        <v>247</v>
+        <v>280</v>
       </c>
       <c r="G22" s="10" t="n">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I22" s="10" t="n">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="J22" s="7" t="n">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>302</v>
+        <v>349</v>
       </c>
       <c r="L22" s="10" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M22" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N22" s="10" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O22" s="7" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="Q22" s="10" t="n">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="R22" s="7" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="S22" s="10" t="n">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="T22" s="7" t="n">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>233</v>
+        <v>258</v>
       </c>
       <c r="V22" s="10" t="n">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="W22" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X22" s="10" t="n">
+        <v>61</v>
+      </c>
+      <c r="Y22" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="Z22" s="14" t="n">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="6" t="n">
+        <v>2009</v>
+      </c>
+      <c r="B23" s="10" t="n">
+        <v>347</v>
+      </c>
+      <c r="C23" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="D23" s="10" t="n">
+        <v>341</v>
+      </c>
+      <c r="E23" s="7" t="n">
+        <v>95</v>
+      </c>
+      <c r="F23" s="14" t="n">
+        <v>246</v>
+      </c>
+      <c r="G23" s="10" t="n">
+        <v>434</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I23" s="10" t="n">
+        <v>426</v>
+      </c>
+      <c r="J23" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="K23" s="14" t="n">
+        <v>321</v>
+      </c>
+      <c r="L23" s="10" t="n">
+        <v>46</v>
+      </c>
+      <c r="M23" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N23" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="O23" s="7" t="n">
+        <v>19</v>
+      </c>
+      <c r="P23" s="14" t="n">
+        <v>25</v>
+      </c>
+      <c r="Q23" s="10" t="n">
+        <v>302</v>
+      </c>
+      <c r="R23" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="S23" s="10" t="n">
+        <v>298</v>
+      </c>
+      <c r="T23" s="7" t="n">
+        <v>75</v>
+      </c>
+      <c r="U23" s="14" t="n">
+        <v>223</v>
+      </c>
+      <c r="V23" s="10" t="n">
+        <v>86</v>
+      </c>
+      <c r="W23" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X23" s="10" t="n">
+        <v>84</v>
+      </c>
+      <c r="Y23" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="Z23" s="14" t="n">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="6" t="n">
+        <v>2008</v>
+      </c>
+      <c r="B24" s="10" t="n">
+        <v>340</v>
+      </c>
+      <c r="C24" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="D24" s="10" t="n">
+        <v>332</v>
+      </c>
+      <c r="E24" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="F24" s="14" t="n">
+        <v>272</v>
+      </c>
+      <c r="G24" s="10" t="n">
+        <v>411</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I24" s="10" t="n">
+        <v>403</v>
+      </c>
+      <c r="J24" s="7" t="n">
+        <v>68</v>
+      </c>
+      <c r="K24" s="14" t="n">
+        <v>335</v>
+      </c>
+      <c r="L24" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="M24" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="N24" s="10" t="n">
+        <v>39</v>
+      </c>
+      <c r="O24" s="7" t="n">
+        <v>12</v>
+      </c>
+      <c r="P24" s="14" t="n">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="10" t="n">
+        <v>314</v>
+      </c>
+      <c r="R24" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="S24" s="10" t="n">
+        <v>309</v>
+      </c>
+      <c r="T24" s="7" t="n">
+        <v>50</v>
+      </c>
+      <c r="U24" s="14" t="n">
+        <v>259</v>
+      </c>
+      <c r="V24" s="10" t="n">
+        <v>55</v>
+      </c>
+      <c r="W24" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X24" s="10" t="n">
+        <v>55</v>
+      </c>
+      <c r="Y24" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="Z24" s="14" t="n">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="6" t="n">
+        <v>2007</v>
+      </c>
+      <c r="B25" s="10" t="n">
+        <v>336</v>
+      </c>
+      <c r="C25" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="D25" s="10" t="n">
+        <v>329</v>
+      </c>
+      <c r="E25" s="7" t="n">
+        <v>82</v>
+      </c>
+      <c r="F25" s="14" t="n">
+        <v>247</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>403</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="I25" s="10" t="n">
+        <v>396</v>
+      </c>
+      <c r="J25" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="K25" s="14" t="n">
+        <v>302</v>
+      </c>
+      <c r="L25" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="M25" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N25" s="10" t="n">
+        <v>41</v>
+      </c>
+      <c r="O25" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="P25" s="14" t="n">
+        <v>26</v>
+      </c>
+      <c r="Q25" s="10" t="n">
+        <v>305</v>
+      </c>
+      <c r="R25" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="S25" s="10" t="n">
+        <v>299</v>
+      </c>
+      <c r="T25" s="7" t="n">
+        <v>66</v>
+      </c>
+      <c r="U25" s="14" t="n">
+        <v>233</v>
+      </c>
+      <c r="V25" s="10" t="n">
         <v>56</v>
-      </c>
-[...232 lines deleted...]
-        <v>99</v>
       </c>
       <c r="W25" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X25" s="10" t="n">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="Y25" s="7" t="n">
+        <v>13</v>
+      </c>
+      <c r="Z25" s="14" t="n">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="6" t="n">
+        <v>2006</v>
+      </c>
+      <c r="B26" s="10" t="n">
+        <v>338</v>
+      </c>
+      <c r="C26" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="D26" s="10" t="n">
+        <v>335</v>
+      </c>
+      <c r="E26" s="7" t="n">
+        <v>100</v>
+      </c>
+      <c r="F26" s="14" t="n">
+        <v>235</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>428</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="I26" s="10" t="n">
+        <v>425</v>
+      </c>
+      <c r="J26" s="7" t="n">
+        <v>109</v>
+      </c>
+      <c r="K26" s="14" t="n">
+        <v>316</v>
+      </c>
+      <c r="L26" s="10" t="n">
+        <v>29</v>
+      </c>
+      <c r="M26" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N26" s="10" t="n">
+        <v>29</v>
+      </c>
+      <c r="O26" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="P26" s="14" t="n">
         <v>21</v>
       </c>
-      <c r="Z25" s="14" t="n">
-[...10 lines deleted...]
-      <c r="C26" s="7" t="n">
+      <c r="Q26" s="10" t="n">
+        <v>323</v>
+      </c>
+      <c r="R26" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="S26" s="10" t="n">
+        <v>321</v>
+      </c>
+      <c r="T26" s="7" t="n">
+        <v>92</v>
+      </c>
+      <c r="U26" s="14" t="n">
+        <v>229</v>
+      </c>
+      <c r="V26" s="10" t="n">
+        <v>76</v>
+      </c>
+      <c r="W26" s="7" t="n">
         <v>1</v>
       </c>
-      <c r="D26" s="10" t="n">
-[...58 lines deleted...]
-      </c>
       <c r="X26" s="10" t="n">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="Y26" s="7" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="Z26" s="14" t="n">
-        <v>40</v>
+        <v>66</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
-      <c r="A27" s="6" t="s">
-        <v>36</v>
+      <c r="A27" s="6" t="n">
+        <v>2005</v>
       </c>
       <c r="B27" s="10" t="n">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C27" s="7" t="n">
         <v>3</v>
       </c>
       <c r="D27" s="10" t="n">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E27" s="7" t="n">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="G27" s="10" t="n">
-        <v>373</v>
+        <v>399</v>
       </c>
       <c r="H27" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="I27" s="10" t="n">
+        <v>394</v>
+      </c>
+      <c r="J27" s="7" t="n">
+        <v>125</v>
+      </c>
+      <c r="K27" s="14" t="n">
+        <v>269</v>
+      </c>
+      <c r="L27" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="M27" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N27" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="O27" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="P27" s="14" t="n">
+        <v>29</v>
+      </c>
+      <c r="Q27" s="10" t="n">
+        <v>281</v>
+      </c>
+      <c r="R27" s="7" t="n">
         <v>3</v>
       </c>
-      <c r="I27" s="10" t="n">
-[...8 lines deleted...]
-      <c r="L27" s="10" t="n">
+      <c r="S27" s="10" t="n">
+        <v>278</v>
+      </c>
+      <c r="T27" s="7" t="n">
+        <v>88</v>
+      </c>
+      <c r="U27" s="14" t="n">
+        <v>190</v>
+      </c>
+      <c r="V27" s="10" t="n">
+        <v>74</v>
+      </c>
+      <c r="W27" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X27" s="10" t="n">
+        <v>72</v>
+      </c>
+      <c r="Y27" s="7" t="n">
+        <v>22</v>
+      </c>
+      <c r="Z27" s="14" t="n">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="6" t="n">
+        <v>2004</v>
+      </c>
+      <c r="B28" s="10" t="n">
+        <v>345</v>
+      </c>
+      <c r="C28" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="D28" s="10" t="n">
+        <v>343</v>
+      </c>
+      <c r="E28" s="7" t="n">
+        <v>116</v>
+      </c>
+      <c r="F28" s="14" t="n">
+        <v>227</v>
+      </c>
+      <c r="G28" s="10" t="n">
+        <v>460</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="I28" s="10" t="n">
+        <v>458</v>
+      </c>
+      <c r="J28" s="7" t="n">
+        <v>129</v>
+      </c>
+      <c r="K28" s="14" t="n">
+        <v>329</v>
+      </c>
+      <c r="L28" s="10" t="n">
         <v>38</v>
-      </c>
-[...78 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M28" s="7" t="n">
         <v>0</v>
       </c>
       <c r="N28" s="10" t="n">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="O28" s="7" t="n">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="P28" s="14" t="n">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="Q28" s="10" t="n">
-        <v>292</v>
+        <v>323</v>
       </c>
       <c r="R28" s="7" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="S28" s="10" t="n">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="T28" s="7" t="n">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="U28" s="14" t="n">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="V28" s="10" t="n">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="W28" s="7" t="n">
         <v>0</v>
       </c>
       <c r="X28" s="10" t="n">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="Y28" s="7" t="n">
+        <v>21</v>
+      </c>
+      <c r="Z28" s="14" t="n">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="6" t="n">
+        <v>2003</v>
+      </c>
+      <c r="B29" s="10" t="n">
+        <v>301</v>
+      </c>
+      <c r="C29" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="D29" s="10" t="n">
+        <v>300</v>
+      </c>
+      <c r="E29" s="7" t="n">
+        <v>98</v>
+      </c>
+      <c r="F29" s="14" t="n">
+        <v>202</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>352</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="I29" s="10" t="n">
+        <v>351</v>
+      </c>
+      <c r="J29" s="7" t="n">
+        <v>101</v>
+      </c>
+      <c r="K29" s="14" t="n">
+        <v>250</v>
+      </c>
+      <c r="L29" s="10" t="n">
+        <v>40</v>
+      </c>
+      <c r="M29" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N29" s="10" t="n">
+        <v>39</v>
+      </c>
+      <c r="O29" s="7" t="n">
+        <v>13</v>
+      </c>
+      <c r="P29" s="14" t="n">
+        <v>26</v>
+      </c>
+      <c r="Q29" s="10" t="n">
+        <v>257</v>
+      </c>
+      <c r="R29" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="S29" s="10" t="n">
+        <v>257</v>
+      </c>
+      <c r="T29" s="7" t="n">
+        <v>73</v>
+      </c>
+      <c r="U29" s="14" t="n">
+        <v>184</v>
+      </c>
+      <c r="V29" s="10" t="n">
+        <v>55</v>
+      </c>
+      <c r="W29" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X29" s="10" t="n">
+        <v>55</v>
+      </c>
+      <c r="Y29" s="7" t="n">
         <v>15</v>
       </c>
-      <c r="Z28" s="14" t="n">
-[...4 lines deleted...]
-      <c r="A29" s="6" t="s">
+      <c r="Z29" s="14" t="n">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="6" t="n">
+        <v>2002</v>
+      </c>
+      <c r="B30" s="10" t="n">
+        <v>313</v>
+      </c>
+      <c r="C30" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="D30" s="10" t="n">
+        <v>310</v>
+      </c>
+      <c r="E30" s="7" t="n">
+        <v>101</v>
+      </c>
+      <c r="F30" s="14" t="n">
+        <v>209</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>373</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="I30" s="10" t="n">
+        <v>370</v>
+      </c>
+      <c r="J30" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="K30" s="14" t="n">
+        <v>267</v>
+      </c>
+      <c r="L30" s="10" t="n">
         <v>38</v>
-      </c>
-[...111 lines deleted...]
-        <v>28</v>
       </c>
       <c r="M30" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N30" s="10" t="n">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="O30" s="7" t="n">
         <v>13</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="Q30" s="10" t="n">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="R30" s="7" t="n">
         <v>2</v>
       </c>
       <c r="S30" s="10" t="n">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="T30" s="7" t="n">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>226</v>
+        <v>204</v>
       </c>
       <c r="V30" s="10" t="n">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="W30" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X30" s="10" t="n">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="Y30" s="7" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="Z30" s="14" t="n">
-        <v>54</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
-      <c r="A31" s="6" t="s">
-        <v>40</v>
+      <c r="A31" s="6" t="n">
+        <v>2001</v>
       </c>
       <c r="B31" s="10" t="n">
         <v>320</v>
       </c>
       <c r="C31" s="7" t="n">
         <v>9</v>
       </c>
       <c r="D31" s="10" t="n">
         <v>311</v>
       </c>
       <c r="E31" s="7" t="n">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G31" s="10" t="n">
-        <v>377</v>
+        <v>404</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I31" s="10" t="n">
-        <v>367</v>
+        <v>395</v>
       </c>
       <c r="J31" s="7" t="n">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L31" s="10" t="n">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="M31" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N31" s="10" t="n">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="O31" s="7" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="Q31" s="10" t="n">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="R31" s="7" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="S31" s="10" t="n">
         <v>283</v>
       </c>
       <c r="T31" s="7" t="n">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="V31" s="10" t="n">
+        <v>76</v>
+      </c>
+      <c r="W31" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X31" s="10" t="n">
+        <v>76</v>
+      </c>
+      <c r="Y31" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="Z31" s="14" t="n">
         <v>61</v>
       </c>
-      <c r="W31" s="7" t="n">
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="B32" s="10" t="n">
+        <v>311</v>
+      </c>
+      <c r="C32" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="D32" s="10" t="n">
+        <v>303</v>
+      </c>
+      <c r="E32" s="7" t="n">
+        <v>78</v>
+      </c>
+      <c r="F32" s="14" t="n">
+        <v>225</v>
+      </c>
+      <c r="G32" s="10" t="n">
+        <v>399</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I32" s="10" t="n">
+        <v>391</v>
+      </c>
+      <c r="J32" s="7" t="n">
+        <v>88</v>
+      </c>
+      <c r="K32" s="14" t="n">
+        <v>303</v>
+      </c>
+      <c r="L32" s="10" t="n">
+        <v>36</v>
+      </c>
+      <c r="M32" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="X31" s="10" t="n">
-[...31 lines deleted...]
-      <c r="H32" s="7" t="n">
+      <c r="N32" s="10" t="n">
+        <v>34</v>
+      </c>
+      <c r="O32" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="P32" s="14" t="n">
+        <v>24</v>
+      </c>
+      <c r="Q32" s="10" t="n">
+        <v>290</v>
+      </c>
+      <c r="R32" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="S32" s="10" t="n">
+        <v>285</v>
+      </c>
+      <c r="T32" s="7" t="n">
+        <v>70</v>
+      </c>
+      <c r="U32" s="14" t="n">
+        <v>215</v>
+      </c>
+      <c r="V32" s="10" t="n">
+        <v>73</v>
+      </c>
+      <c r="W32" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="X32" s="10" t="n">
+        <v>72</v>
+      </c>
+      <c r="Y32" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="Z32" s="14" t="n">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="A33" s="6" t="n">
+        <v>1999</v>
+      </c>
+      <c r="B33" s="10" t="n">
+        <v>306</v>
+      </c>
+      <c r="C33" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="D33" s="10" t="n">
+        <v>302</v>
+      </c>
+      <c r="E33" s="7" t="n">
+        <v>77</v>
+      </c>
+      <c r="F33" s="14" t="n">
+        <v>225</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>377</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="I33" s="10" t="n">
+        <v>373</v>
+      </c>
+      <c r="J33" s="7" t="n">
+        <v>79</v>
+      </c>
+      <c r="K33" s="14" t="n">
+        <v>294</v>
+      </c>
+      <c r="L33" s="10" t="n">
+        <v>28</v>
+      </c>
+      <c r="M33" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N33" s="10" t="n">
+        <v>27</v>
+      </c>
+      <c r="O33" s="7" t="n">
+        <v>13</v>
+      </c>
+      <c r="P33" s="14" t="n">
         <v>14</v>
       </c>
-      <c r="I32" s="10" t="n">
+      <c r="Q33" s="10" t="n">
+        <v>286</v>
+      </c>
+      <c r="R33" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="S33" s="10" t="n">
+        <v>284</v>
+      </c>
+      <c r="T33" s="7" t="n">
+        <v>58</v>
+      </c>
+      <c r="U33" s="14" t="n">
+        <v>226</v>
+      </c>
+      <c r="V33" s="10" t="n">
+        <v>63</v>
+      </c>
+      <c r="W33" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="X33" s="10" t="n">
+        <v>62</v>
+      </c>
+      <c r="Y33" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="Z33" s="14" t="n">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="A34" s="6" t="n">
+        <v>1998</v>
+      </c>
+      <c r="B34" s="10" t="n">
+        <v>320</v>
+      </c>
+      <c r="C34" s="7" t="n">
+        <v>9</v>
+      </c>
+      <c r="D34" s="10" t="n">
+        <v>311</v>
+      </c>
+      <c r="E34" s="7" t="n">
+        <v>63</v>
+      </c>
+      <c r="F34" s="14" t="n">
+        <v>248</v>
+      </c>
+      <c r="G34" s="10" t="n">
+        <v>377</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="I34" s="10" t="n">
         <v>367</v>
       </c>
-      <c r="J32" s="7" t="n">
-[...158 lines deleted...]
-      </c>
       <c r="J34" s="7" t="n">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>340</v>
+        <v>302</v>
       </c>
       <c r="L34" s="10" t="n">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="M34" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N34" s="10" t="n">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="O34" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="P34" s="14" t="n">
+        <v>19</v>
+      </c>
+      <c r="Q34" s="10" t="n">
+        <v>290</v>
+      </c>
+      <c r="R34" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="S34" s="10" t="n">
+        <v>283</v>
+      </c>
+      <c r="T34" s="7" t="n">
+        <v>55</v>
+      </c>
+      <c r="U34" s="14" t="n">
+        <v>228</v>
+      </c>
+      <c r="V34" s="10" t="n">
+        <v>61</v>
+      </c>
+      <c r="W34" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X34" s="10" t="n">
+        <v>59</v>
+      </c>
+      <c r="Y34" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="Z34" s="14" t="n">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="6" t="n">
+        <v>1997</v>
+      </c>
+      <c r="B35" s="10" t="n">
+        <v>305</v>
+      </c>
+      <c r="C35" s="7" t="n">
+        <v>12</v>
+      </c>
+      <c r="D35" s="10" t="n">
+        <v>293</v>
+      </c>
+      <c r="E35" s="7" t="n">
+        <v>53</v>
+      </c>
+      <c r="F35" s="14" t="n">
+        <v>240</v>
+      </c>
+      <c r="G35" s="10" t="n">
+        <v>381</v>
+      </c>
+      <c r="H35" s="7" t="n">
         <v>14</v>
       </c>
-      <c r="P34" s="14" t="n">
-[...57 lines deleted...]
-      </c>
       <c r="I35" s="10" t="n">
-        <v>329</v>
+        <v>367</v>
       </c>
       <c r="J35" s="7" t="n">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="L35" s="10" t="n">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="M35" s="7" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N35" s="10" t="n">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="O35" s="7" t="n">
         <v>7</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="Q35" s="10" t="n">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="R35" s="7" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="S35" s="10" t="n">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="T35" s="7" t="n">
+        <v>47</v>
+      </c>
+      <c r="U35" s="14" t="n">
+        <v>229</v>
+      </c>
+      <c r="V35" s="10" t="n">
+        <v>71</v>
+      </c>
+      <c r="W35" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="X35" s="10" t="n">
+        <v>67</v>
+      </c>
+      <c r="Y35" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="Z35" s="14" t="n">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="A36" s="6" t="n">
+        <v>1996</v>
+      </c>
+      <c r="B36" s="10" t="n">
+        <v>283</v>
+      </c>
+      <c r="C36" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="D36" s="10" t="n">
+        <v>275</v>
+      </c>
+      <c r="E36" s="7" t="n">
+        <v>47</v>
+      </c>
+      <c r="F36" s="14" t="n">
+        <v>228</v>
+      </c>
+      <c r="G36" s="10" t="n">
+        <v>351</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I36" s="10" t="n">
+        <v>343</v>
+      </c>
+      <c r="J36" s="7" t="n">
+        <v>50</v>
+      </c>
+      <c r="K36" s="14" t="n">
+        <v>293</v>
+      </c>
+      <c r="L36" s="10" t="n">
+        <v>30</v>
+      </c>
+      <c r="M36" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N36" s="10" t="n">
         <v>28</v>
       </c>
-      <c r="U35" s="14" t="n">
-[...25 lines deleted...]
-      <c r="C36" s="7" t="n">
+      <c r="O36" s="7" t="n">
         <v>6</v>
       </c>
-      <c r="D36" s="10" t="n">
-[...34 lines deleted...]
-      </c>
       <c r="P36" s="14" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Q36" s="10" t="n">
-        <v>287</v>
+        <v>246</v>
       </c>
       <c r="R36" s="7" t="n">
         <v>6</v>
       </c>
       <c r="S36" s="10" t="n">
+        <v>240</v>
+      </c>
+      <c r="T36" s="7" t="n">
+        <v>37</v>
+      </c>
+      <c r="U36" s="14" t="n">
+        <v>203</v>
+      </c>
+      <c r="V36" s="10" t="n">
+        <v>75</v>
+      </c>
+      <c r="W36" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X36" s="10" t="n">
+        <v>75</v>
+      </c>
+      <c r="Y36" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="Z36" s="14" t="n">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="A37" s="6" t="n">
+        <v>1995</v>
+      </c>
+      <c r="B37" s="10" t="n">
+        <v>325</v>
+      </c>
+      <c r="C37" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="D37" s="10" t="n">
+        <v>319</v>
+      </c>
+      <c r="E37" s="7" t="n">
+        <v>56</v>
+      </c>
+      <c r="F37" s="14" t="n">
+        <v>263</v>
+      </c>
+      <c r="G37" s="10" t="n">
+        <v>409</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="I37" s="10" t="n">
+        <v>403</v>
+      </c>
+      <c r="J37" s="7" t="n">
+        <v>63</v>
+      </c>
+      <c r="K37" s="14" t="n">
+        <v>340</v>
+      </c>
+      <c r="L37" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="M37" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N37" s="10" t="n">
+        <v>43</v>
+      </c>
+      <c r="O37" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="P37" s="14" t="n">
+        <v>29</v>
+      </c>
+      <c r="Q37" s="10" t="n">
+        <v>285</v>
+      </c>
+      <c r="R37" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="S37" s="10" t="n">
+        <v>280</v>
+      </c>
+      <c r="T37" s="7" t="n">
+        <v>42</v>
+      </c>
+      <c r="U37" s="14" t="n">
+        <v>238</v>
+      </c>
+      <c r="V37" s="10" t="n">
+        <v>80</v>
+      </c>
+      <c r="W37" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X37" s="10" t="n">
+        <v>80</v>
+      </c>
+      <c r="Y37" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="Z37" s="14" t="n">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="A38" s="6" t="n">
+        <v>1994</v>
+      </c>
+      <c r="B38" s="10" t="n">
+        <v>249</v>
+      </c>
+      <c r="C38" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="D38" s="10" t="n">
+        <v>247</v>
+      </c>
+      <c r="E38" s="7" t="n">
+        <v>38</v>
+      </c>
+      <c r="F38" s="14" t="n">
+        <v>209</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>331</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="I38" s="10" t="n">
+        <v>329</v>
+      </c>
+      <c r="J38" s="7" t="n">
+        <v>48</v>
+      </c>
+      <c r="K38" s="14" t="n">
         <v>281</v>
       </c>
-      <c r="T36" s="7" t="n">
-[...5 lines deleted...]
-      <c r="V36" s="10" t="n">
+      <c r="L38" s="10" t="n">
+        <v>23</v>
+      </c>
+      <c r="M38" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N38" s="10" t="n">
+        <v>22</v>
+      </c>
+      <c r="O38" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="P38" s="14" t="n">
+        <v>15</v>
+      </c>
+      <c r="Q38" s="10" t="n">
+        <v>222</v>
+      </c>
+      <c r="R38" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="S38" s="10" t="n">
+        <v>221</v>
+      </c>
+      <c r="T38" s="7" t="n">
+        <v>28</v>
+      </c>
+      <c r="U38" s="14" t="n">
+        <v>193</v>
+      </c>
+      <c r="V38" s="10" t="n">
+        <v>86</v>
+      </c>
+      <c r="W38" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X38" s="10" t="n">
+        <v>86</v>
+      </c>
+      <c r="Y38" s="7" t="n">
+        <v>13</v>
+      </c>
+      <c r="Z38" s="14" t="n">
         <v>73</v>
       </c>
-      <c r="W36" s="7" t="n">
-[...170 lines deleted...]
-      </c>
     </row>
     <row r="39" ht="15" customHeight="1">
-      <c r="A39" s="6" t="s">
-        <v>48</v>
+      <c r="A39" s="6" t="n">
+        <v>1993</v>
       </c>
       <c r="B39" s="10" t="n">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="C39" s="7" t="n">
         <v>6</v>
       </c>
       <c r="D39" s="10" t="n">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="E39" s="7" t="n">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>181</v>
+        <v>242</v>
       </c>
       <c r="G39" s="10" t="n">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H39" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="I39" s="10" t="n">
+        <v>379</v>
+      </c>
+      <c r="J39" s="7" t="n">
+        <v>70</v>
+      </c>
+      <c r="K39" s="14" t="n">
+        <v>309</v>
+      </c>
+      <c r="L39" s="10" t="n">
+        <v>26</v>
+      </c>
+      <c r="M39" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N39" s="10" t="n">
+        <v>26</v>
+      </c>
+      <c r="O39" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="P39" s="14" t="n">
+        <v>21</v>
+      </c>
+      <c r="Q39" s="10" t="n">
+        <v>287</v>
+      </c>
+      <c r="R39" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="S39" s="10" t="n">
+        <v>281</v>
+      </c>
+      <c r="T39" s="7" t="n">
+        <v>50</v>
+      </c>
+      <c r="U39" s="14" t="n">
+        <v>231</v>
+      </c>
+      <c r="V39" s="10" t="n">
+        <v>73</v>
+      </c>
+      <c r="W39" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="X39" s="10" t="n">
+        <v>72</v>
+      </c>
+      <c r="Y39" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="Z39" s="14" t="n">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="A40" s="6" t="n">
+        <v>1992</v>
+      </c>
+      <c r="B40" s="10" t="n">
+        <v>307</v>
+      </c>
+      <c r="C40" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="D40" s="10" t="n">
+        <v>302</v>
+      </c>
+      <c r="E40" s="7" t="n">
+        <v>61</v>
+      </c>
+      <c r="F40" s="14" t="n">
+        <v>241</v>
+      </c>
+      <c r="G40" s="10" t="n">
+        <v>375</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="I40" s="10" t="n">
+        <v>370</v>
+      </c>
+      <c r="J40" s="7" t="n">
+        <v>76</v>
+      </c>
+      <c r="K40" s="14" t="n">
+        <v>294</v>
+      </c>
+      <c r="L40" s="10" t="n">
+        <v>38</v>
+      </c>
+      <c r="M40" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="N40" s="10" t="n">
+        <v>38</v>
+      </c>
+      <c r="O40" s="7" t="n">
         <v>8</v>
       </c>
-      <c r="I39" s="10" t="n">
-[...38 lines deleted...]
-      <c r="V39" s="10" t="n">
+      <c r="P40" s="14" t="n">
+        <v>30</v>
+      </c>
+      <c r="Q40" s="10" t="n">
+        <v>256</v>
+      </c>
+      <c r="R40" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="S40" s="10" t="n">
+        <v>254</v>
+      </c>
+      <c r="T40" s="7" t="n">
+        <v>57</v>
+      </c>
+      <c r="U40" s="14" t="n">
+        <v>197</v>
+      </c>
+      <c r="V40" s="10" t="n">
+        <v>81</v>
+      </c>
+      <c r="W40" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="X40" s="10" t="n">
+        <v>78</v>
+      </c>
+      <c r="Y40" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="Z40" s="14" t="n">
         <v>67</v>
       </c>
-      <c r="W39" s="7" t="n">
-[...90 lines deleted...]
-      </c>
     </row>
     <row r="41" ht="15" customHeight="1">
-      <c r="A41" s="6" t="s">
-        <v>50</v>
+      <c r="A41" s="6" t="n">
+        <v>1991</v>
       </c>
       <c r="B41" s="10" t="n">
-        <v>316</v>
+        <v>268</v>
       </c>
       <c r="C41" s="7" t="n">
         <v>7</v>
       </c>
       <c r="D41" s="10" t="n">
-        <v>309</v>
+        <v>261</v>
       </c>
       <c r="E41" s="7" t="n">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>191</v>
+        <v>153</v>
       </c>
       <c r="G41" s="10" t="n">
-        <v>397</v>
+        <v>354</v>
       </c>
       <c r="H41" s="7" t="n">
         <v>8</v>
       </c>
       <c r="I41" s="10" t="n">
-        <v>389</v>
+        <v>346</v>
       </c>
       <c r="J41" s="7" t="n">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>260</v>
+        <v>208</v>
       </c>
       <c r="L41" s="10" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M41" s="7" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N41" s="10" t="n">
         <v>37</v>
       </c>
       <c r="O41" s="7" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="Q41" s="10" t="n">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="R41" s="7" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S41" s="10" t="n">
-        <v>274</v>
+        <v>239</v>
       </c>
       <c r="T41" s="7" t="n">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="V41" s="10" t="n">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="W41" s="7" t="n">
         <v>2</v>
       </c>
       <c r="X41" s="10" t="n">
+        <v>70</v>
+      </c>
+      <c r="Y41" s="7" t="n">
+        <v>31</v>
+      </c>
+      <c r="Z41" s="14" t="n">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="A42" s="6" t="n">
+        <v>1990</v>
+      </c>
+      <c r="B42" s="10" t="n">
+        <v>325</v>
+      </c>
+      <c r="C42" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="D42" s="10" t="n">
+        <v>319</v>
+      </c>
+      <c r="E42" s="7" t="n">
+        <v>138</v>
+      </c>
+      <c r="F42" s="14" t="n">
+        <v>181</v>
+      </c>
+      <c r="G42" s="10" t="n">
+        <v>385</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I42" s="10" t="n">
+        <v>377</v>
+      </c>
+      <c r="J42" s="7" t="n">
+        <v>152</v>
+      </c>
+      <c r="K42" s="14" t="n">
+        <v>225</v>
+      </c>
+      <c r="L42" s="10" t="n">
+        <v>35</v>
+      </c>
+      <c r="M42" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N42" s="10" t="n">
+        <v>34</v>
+      </c>
+      <c r="O42" s="7" t="n">
+        <v>21</v>
+      </c>
+      <c r="P42" s="14" t="n">
+        <v>13</v>
+      </c>
+      <c r="Q42" s="10" t="n">
+        <v>283</v>
+      </c>
+      <c r="R42" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="S42" s="10" t="n">
+        <v>278</v>
+      </c>
+      <c r="T42" s="7" t="n">
+        <v>108</v>
+      </c>
+      <c r="U42" s="14" t="n">
+        <v>170</v>
+      </c>
+      <c r="V42" s="10" t="n">
+        <v>67</v>
+      </c>
+      <c r="W42" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X42" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="Y42" s="7" t="n">
+        <v>23</v>
+      </c>
+      <c r="Z42" s="14" t="n">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="A43" s="6" t="n">
+        <v>1989</v>
+      </c>
+      <c r="B43" s="10" t="n">
+        <v>327</v>
+      </c>
+      <c r="C43" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="D43" s="10" t="n">
+        <v>313</v>
+      </c>
+      <c r="E43" s="7" t="n">
+        <v>139</v>
+      </c>
+      <c r="F43" s="14" t="n">
+        <v>174</v>
+      </c>
+      <c r="G43" s="10" t="n">
+        <v>404</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>16</v>
+      </c>
+      <c r="I43" s="10" t="n">
+        <v>388</v>
+      </c>
+      <c r="J43" s="7" t="n">
+        <v>168</v>
+      </c>
+      <c r="K43" s="14" t="n">
+        <v>220</v>
+      </c>
+      <c r="L43" s="10" t="n">
+        <v>47</v>
+      </c>
+      <c r="M43" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="N43" s="10" t="n">
+        <v>44</v>
+      </c>
+      <c r="O43" s="7" t="n">
+        <v>32</v>
+      </c>
+      <c r="P43" s="14" t="n">
+        <v>12</v>
+      </c>
+      <c r="Q43" s="10" t="n">
+        <v>279</v>
+      </c>
+      <c r="R43" s="7" t="n">
+        <v>9</v>
+      </c>
+      <c r="S43" s="10" t="n">
+        <v>270</v>
+      </c>
+      <c r="T43" s="7" t="n">
+        <v>104</v>
+      </c>
+      <c r="U43" s="14" t="n">
+        <v>166</v>
+      </c>
+      <c r="V43" s="10" t="n">
         <v>78</v>
       </c>
-      <c r="Y41" s="7" t="n">
+      <c r="W43" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="X43" s="10" t="n">
+        <v>74</v>
+      </c>
+      <c r="Y43" s="7" t="n">
+        <v>32</v>
+      </c>
+      <c r="Z43" s="14" t="n">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="A44" s="6" t="n">
+        <v>1988</v>
+      </c>
+      <c r="B44" s="10" t="n">
+        <v>316</v>
+      </c>
+      <c r="C44" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="D44" s="10" t="n">
+        <v>309</v>
+      </c>
+      <c r="E44" s="7" t="n">
+        <v>118</v>
+      </c>
+      <c r="F44" s="14" t="n">
+        <v>191</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>397</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I44" s="10" t="n">
+        <v>389</v>
+      </c>
+      <c r="J44" s="7" t="n">
+        <v>129</v>
+      </c>
+      <c r="K44" s="14" t="n">
+        <v>260</v>
+      </c>
+      <c r="L44" s="10" t="n">
+        <v>39</v>
+      </c>
+      <c r="M44" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N44" s="10" t="n">
+        <v>37</v>
+      </c>
+      <c r="O44" s="7" t="n">
+        <v>21</v>
+      </c>
+      <c r="P44" s="14" t="n">
+        <v>16</v>
+      </c>
+      <c r="Q44" s="10" t="n">
+        <v>278</v>
+      </c>
+      <c r="R44" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="S44" s="10" t="n">
+        <v>274</v>
+      </c>
+      <c r="T44" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="U44" s="14" t="n">
+        <v>180</v>
+      </c>
+      <c r="V44" s="10" t="n">
+        <v>80</v>
+      </c>
+      <c r="W44" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X44" s="10" t="n">
+        <v>78</v>
+      </c>
+      <c r="Y44" s="7" t="n">
         <v>14</v>
       </c>
-      <c r="Z41" s="14" t="n">
+      <c r="Z44" s="14" t="n">
         <v>64</v>
       </c>
     </row>
-    <row r="42" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="B42" s="10" t="n">
+    <row r="45" ht="15" customHeight="1">
+      <c r="A45" s="6" t="n">
+        <v>1987</v>
+      </c>
+      <c r="B45" s="10" t="n">
         <v>327</v>
-      </c>
-[...238 lines deleted...]
-        <v>326</v>
       </c>
       <c r="C45" s="7" t="n">
         <v>11</v>
       </c>
       <c r="D45" s="10" t="n">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E45" s="7" t="n">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="G45" s="10" t="n">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="H45" s="7" t="n">
         <v>11</v>
       </c>
       <c r="I45" s="10" t="n">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="J45" s="7" t="n">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>208</v>
+        <v>243</v>
       </c>
       <c r="L45" s="10" t="n">
+        <v>45</v>
+      </c>
+      <c r="M45" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="N45" s="10" t="n">
         <v>42</v>
       </c>
-      <c r="M45" s="7" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="O45" s="7" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="Q45" s="10" t="n">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="R45" s="7" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="S45" s="10" t="n">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="T45" s="7" t="n">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="V45" s="10" t="n">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="W45" s="7" t="n">
         <v>1</v>
       </c>
       <c r="X45" s="10" t="n">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="Y45" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z45" s="14" t="n">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="A46" s="6" t="n">
+        <v>1986</v>
+      </c>
+      <c r="B46" s="10" t="n">
+        <v>321</v>
+      </c>
+      <c r="C46" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="D46" s="10" t="n">
+        <v>316</v>
+      </c>
+      <c r="E46" s="7" t="n">
+        <v>137</v>
+      </c>
+      <c r="F46" s="14" t="n">
+        <v>179</v>
+      </c>
+      <c r="G46" s="10" t="n">
+        <v>400</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="I46" s="10" t="n">
+        <v>395</v>
+      </c>
+      <c r="J46" s="7" t="n">
+        <v>159</v>
+      </c>
+      <c r="K46" s="14" t="n">
+        <v>236</v>
+      </c>
+      <c r="L46" s="10" t="n">
+        <v>28</v>
+      </c>
+      <c r="M46" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N46" s="10" t="n">
         <v>27</v>
       </c>
-      <c r="Z45" s="14" t="n">
-[...4 lines deleted...]
-      <c r="A46" s="6" t="s">
+      <c r="O46" s="7" t="n">
+        <v>18</v>
+      </c>
+      <c r="P46" s="14" t="n">
+        <v>9</v>
+      </c>
+      <c r="Q46" s="10" t="n">
+        <v>295</v>
+      </c>
+      <c r="R46" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="S46" s="10" t="n">
+        <v>291</v>
+      </c>
+      <c r="T46" s="7" t="n">
+        <v>119</v>
+      </c>
+      <c r="U46" s="14" t="n">
+        <v>172</v>
+      </c>
+      <c r="V46" s="10" t="n">
+        <v>77</v>
+      </c>
+      <c r="W46" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X46" s="10" t="n">
+        <v>77</v>
+      </c>
+      <c r="Y46" s="7" t="n">
+        <v>22</v>
+      </c>
+      <c r="Z46" s="14" t="n">
         <v>55</v>
       </c>
-      <c r="B46" s="10" t="n">
-[...73 lines deleted...]
-      </c>
     </row>
     <row r="47" ht="15" customHeight="1">
-      <c r="A47" s="6" t="s">
-        <v>56</v>
+      <c r="A47" s="6" t="n">
+        <v>1985</v>
       </c>
       <c r="B47" s="10" t="n">
-        <v>272</v>
+        <v>296</v>
       </c>
       <c r="C47" s="7" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D47" s="10" t="n">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="E47" s="7" t="n">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="G47" s="10" t="n">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="I47" s="10" t="n">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="J47" s="7" t="n">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>166</v>
+        <v>193</v>
       </c>
       <c r="L47" s="10" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="M47" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N47" s="10" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="O47" s="7" t="n">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="Q47" s="10" t="n">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="R47" s="7" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="S47" s="10" t="n">
-        <v>228</v>
+        <v>275</v>
       </c>
       <c r="T47" s="7" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="U47" s="14" t="n">
-        <v>108</v>
+        <v>156</v>
       </c>
       <c r="V47" s="10" t="n">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="W47" s="7" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X47" s="10" t="n">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="Y47" s="7" t="n">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="Z47" s="14" t="n">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
-      <c r="A48" s="6" t="s">
-        <v>57</v>
+      <c r="A48" s="6" t="n">
+        <v>1984</v>
       </c>
       <c r="B48" s="10" t="n">
-        <v>295</v>
+        <v>326</v>
       </c>
       <c r="C48" s="7" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D48" s="10" t="n">
-        <v>286</v>
+        <v>315</v>
       </c>
       <c r="E48" s="7" t="n">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G48" s="10" t="n">
-        <v>359</v>
+        <v>398</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I48" s="10" t="n">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="J48" s="7" t="n">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="L48" s="10" t="n">
         <v>42</v>
       </c>
       <c r="M48" s="7" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N48" s="10" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="O48" s="7" t="n">
         <v>20</v>
       </c>
       <c r="P48" s="14" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="Q48" s="10" t="n">
-        <v>244</v>
+        <v>289</v>
       </c>
       <c r="R48" s="7" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="S48" s="10" t="n">
-        <v>237</v>
+        <v>283</v>
       </c>
       <c r="T48" s="7" t="n">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="U48" s="14" t="n">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="V48" s="10" t="n">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="W48" s="7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X48" s="10" t="n">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="Y48" s="7" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Z48" s="14" t="n">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
-      <c r="A49" s="6" t="s">
-        <v>58</v>
+      <c r="A49" s="6" t="n">
+        <v>1983</v>
       </c>
       <c r="B49" s="10" t="n">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="C49" s="7" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D49" s="10" t="n">
-        <v>290</v>
+        <v>317</v>
       </c>
       <c r="E49" s="7" t="n">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="G49" s="10" t="n">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="I49" s="10" t="n">
-        <v>388</v>
+        <v>375</v>
       </c>
       <c r="J49" s="7" t="n">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="L49" s="10" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M49" s="7" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N49" s="10" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="O49" s="7" t="n">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="Q49" s="10" t="n">
-        <v>249</v>
+        <v>276</v>
       </c>
       <c r="R49" s="7" t="n">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="S49" s="10" t="n">
-        <v>239</v>
+        <v>261</v>
       </c>
       <c r="T49" s="7" t="n">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="U49" s="14" t="n">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="V49" s="10" t="n">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="W49" s="7" t="n">
         <v>3</v>
       </c>
       <c r="X49" s="10" t="n">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="Y49" s="7" t="n">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Z49" s="14" t="n">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
-      <c r="A50" s="6" t="s">
-        <v>59</v>
+      <c r="A50" s="6" t="n">
+        <v>1982</v>
       </c>
       <c r="B50" s="10" t="n">
-        <v>316</v>
+        <v>272</v>
       </c>
       <c r="C50" s="7" t="n">
         <v>14</v>
       </c>
       <c r="D50" s="10" t="n">
-        <v>302</v>
+        <v>258</v>
       </c>
       <c r="E50" s="7" t="n">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>148</v>
+        <v>113</v>
       </c>
       <c r="G50" s="10" t="n">
-        <v>380</v>
+        <v>363</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I50" s="10" t="n">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="J50" s="7" t="n">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="L50" s="10" t="n">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="M50" s="7" t="n">
         <v>1</v>
       </c>
       <c r="N50" s="10" t="n">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="O50" s="7" t="n">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="P50" s="14" t="n">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="Q50" s="10" t="n">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="R50" s="7" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="S50" s="10" t="n">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="T50" s="7" t="n">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="U50" s="14" t="n">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="V50" s="10" t="n">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="W50" s="7" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X50" s="10" t="n">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="Y50" s="7" t="n">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Z50" s="14" t="n">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
-      <c r="A51" s="6" t="s">
-        <v>60</v>
+      <c r="A51" s="6" t="n">
+        <v>1981</v>
       </c>
       <c r="B51" s="10" t="n">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="C51" s="7" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D51" s="10" t="n">
+        <v>286</v>
+      </c>
+      <c r="E51" s="7" t="n">
+        <v>131</v>
+      </c>
+      <c r="F51" s="14" t="n">
+        <v>155</v>
+      </c>
+      <c r="G51" s="10" t="n">
+        <v>359</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>9</v>
+      </c>
+      <c r="I51" s="10" t="n">
+        <v>350</v>
+      </c>
+      <c r="J51" s="7" t="n">
+        <v>151</v>
+      </c>
+      <c r="K51" s="14" t="n">
+        <v>199</v>
+      </c>
+      <c r="L51" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="M51" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N51" s="10" t="n">
+        <v>40</v>
+      </c>
+      <c r="O51" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="P51" s="14" t="n">
+        <v>20</v>
+      </c>
+      <c r="Q51" s="10" t="n">
+        <v>244</v>
+      </c>
+      <c r="R51" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="S51" s="10" t="n">
+        <v>237</v>
+      </c>
+      <c r="T51" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="U51" s="14" t="n">
+        <v>134</v>
+      </c>
+      <c r="V51" s="10" t="n">
+        <v>73</v>
+      </c>
+      <c r="W51" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="X51" s="10" t="n">
+        <v>73</v>
+      </c>
+      <c r="Y51" s="7" t="n">
+        <v>28</v>
+      </c>
+      <c r="Z51" s="14" t="n">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="A52" s="6" t="n">
+        <v>1980</v>
+      </c>
+      <c r="B52" s="10" t="n">
         <v>302</v>
       </c>
-      <c r="E51" s="7" t="n">
-[...72 lines deleted...]
-      </c>
       <c r="C52" s="7" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D52" s="10" t="n">
-        <v>267</v>
+        <v>290</v>
       </c>
       <c r="E52" s="7" t="n">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G52" s="10" t="n">
-        <v>340</v>
+        <v>401</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I52" s="10" t="n">
-        <v>329</v>
+        <v>388</v>
       </c>
       <c r="J52" s="7" t="n">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>167</v>
+        <v>193</v>
       </c>
       <c r="L52" s="10" t="n">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="M52" s="7" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N52" s="10" t="n">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="O52" s="7" t="n">
         <v>30</v>
       </c>
       <c r="P52" s="14" t="n">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="Q52" s="10" t="n">
-        <v>212</v>
+        <v>249</v>
       </c>
       <c r="R52" s="7" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="S52" s="10" t="n">
-        <v>205</v>
+        <v>239</v>
       </c>
       <c r="T52" s="7" t="n">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="U52" s="14" t="n">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="V52" s="10" t="n">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="W52" s="7" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X52" s="10" t="n">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="Y52" s="7" t="n">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="Z52" s="14" t="n">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
-      <c r="A53" s="6" t="s">
-        <v>62</v>
+      <c r="A53" s="6" t="n">
+        <v>1979</v>
       </c>
       <c r="B53" s="10" t="n">
-        <v>266</v>
+        <v>316</v>
       </c>
       <c r="C53" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="D53" s="10" t="n">
+        <v>302</v>
+      </c>
+      <c r="E53" s="7" t="n">
+        <v>154</v>
+      </c>
+      <c r="F53" s="14" t="n">
+        <v>148</v>
+      </c>
+      <c r="G53" s="10" t="n">
+        <v>380</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="I53" s="10" t="n">
+        <v>365</v>
+      </c>
+      <c r="J53" s="7" t="n">
+        <v>183</v>
+      </c>
+      <c r="K53" s="14" t="n">
+        <v>182</v>
+      </c>
+      <c r="L53" s="10" t="n">
+        <v>59</v>
+      </c>
+      <c r="M53" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="N53" s="10" t="n">
+        <v>58</v>
+      </c>
+      <c r="O53" s="7" t="n">
+        <v>37</v>
+      </c>
+      <c r="P53" s="14" t="n">
+        <v>21</v>
+      </c>
+      <c r="Q53" s="10" t="n">
+        <v>260</v>
+      </c>
+      <c r="R53" s="7" t="n">
         <v>11</v>
       </c>
-      <c r="D53" s="10" t="n">
-[...14 lines deleted...]
-      <c r="I53" s="10" t="n">
+      <c r="S53" s="10" t="n">
+        <v>249</v>
+      </c>
+      <c r="T53" s="7" t="n">
+        <v>119</v>
+      </c>
+      <c r="U53" s="14" t="n">
+        <v>130</v>
+      </c>
+      <c r="V53" s="10" t="n">
+        <v>61</v>
+      </c>
+      <c r="W53" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="X53" s="10" t="n">
+        <v>58</v>
+      </c>
+      <c r="Y53" s="7" t="n">
+        <v>27</v>
+      </c>
+      <c r="Z53" s="14" t="n">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="A54" s="6" t="n">
+        <v>1978</v>
+      </c>
+      <c r="B54" s="10" t="n">
+        <v>310</v>
+      </c>
+      <c r="C54" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="D54" s="10" t="n">
         <v>302</v>
       </c>
-      <c r="J53" s="7" t="n">
-[...5 lines deleted...]
-      <c r="L53" s="10" t="n">
+      <c r="E54" s="7" t="n">
+        <v>149</v>
+      </c>
+      <c r="F54" s="14" t="n">
+        <v>153</v>
+      </c>
+      <c r="G54" s="10" t="n">
+        <v>361</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="I54" s="10" t="n">
+        <v>353</v>
+      </c>
+      <c r="J54" s="7" t="n">
+        <v>161</v>
+      </c>
+      <c r="K54" s="14" t="n">
+        <v>192</v>
+      </c>
+      <c r="L54" s="10" t="n">
         <v>55</v>
       </c>
-      <c r="M53" s="7" t="n">
-[...29 lines deleted...]
-      <c r="W53" s="7" t="n">
+      <c r="M54" s="7" t="n">
         <v>1</v>
       </c>
-      <c r="X53" s="10" t="n">
-[...48 lines deleted...]
-      </c>
       <c r="N54" s="10" t="n">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="O54" s="7" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="Q54" s="10" t="n">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="R54" s="7" t="n">
         <v>6</v>
       </c>
       <c r="S54" s="10" t="n">
+        <v>234</v>
+      </c>
+      <c r="T54" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="U54" s="14" t="n">
+        <v>129</v>
+      </c>
+      <c r="V54" s="10" t="n">
+        <v>66</v>
+      </c>
+      <c r="W54" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="X54" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="Y54" s="7" t="n">
+        <v>23</v>
+      </c>
+      <c r="Z54" s="14" t="n">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="A55" s="6" t="n">
+        <v>1977</v>
+      </c>
+      <c r="B55" s="10" t="n">
+        <v>277</v>
+      </c>
+      <c r="C55" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="D55" s="10" t="n">
+        <v>267</v>
+      </c>
+      <c r="E55" s="7" t="n">
+        <v>141</v>
+      </c>
+      <c r="F55" s="14" t="n">
+        <v>126</v>
+      </c>
+      <c r="G55" s="10" t="n">
+        <v>340</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="I55" s="10" t="n">
+        <v>329</v>
+      </c>
+      <c r="J55" s="7" t="n">
+        <v>162</v>
+      </c>
+      <c r="K55" s="14" t="n">
+        <v>167</v>
+      </c>
+      <c r="L55" s="10" t="n">
+        <v>61</v>
+      </c>
+      <c r="M55" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N55" s="10" t="n">
+        <v>59</v>
+      </c>
+      <c r="O55" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="P55" s="14" t="n">
+        <v>29</v>
+      </c>
+      <c r="Q55" s="10" t="n">
+        <v>212</v>
+      </c>
+      <c r="R55" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="S55" s="10" t="n">
+        <v>205</v>
+      </c>
+      <c r="T55" s="7" t="n">
+        <v>107</v>
+      </c>
+      <c r="U55" s="14" t="n">
+        <v>98</v>
+      </c>
+      <c r="V55" s="10" t="n">
+        <v>67</v>
+      </c>
+      <c r="W55" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="X55" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="Y55" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z55" s="14" t="n">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="A56" s="6" t="n">
+        <v>1976</v>
+      </c>
+      <c r="B56" s="10" t="n">
+        <v>266</v>
+      </c>
+      <c r="C56" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="D56" s="10" t="n">
+        <v>255</v>
+      </c>
+      <c r="E56" s="7" t="n">
+        <v>135</v>
+      </c>
+      <c r="F56" s="14" t="n">
+        <v>120</v>
+      </c>
+      <c r="G56" s="10" t="n">
+        <v>313</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>11</v>
+      </c>
+      <c r="I56" s="10" t="n">
+        <v>302</v>
+      </c>
+      <c r="J56" s="7" t="n">
+        <v>147</v>
+      </c>
+      <c r="K56" s="14" t="n">
+        <v>155</v>
+      </c>
+      <c r="L56" s="10" t="n">
+        <v>55</v>
+      </c>
+      <c r="M56" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="N56" s="10" t="n">
+        <v>49</v>
+      </c>
+      <c r="O56" s="7" t="n">
+        <v>31</v>
+      </c>
+      <c r="P56" s="14" t="n">
+        <v>18</v>
+      </c>
+      <c r="Q56" s="10" t="n">
+        <v>201</v>
+      </c>
+      <c r="R56" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="S56" s="10" t="n">
+        <v>197</v>
+      </c>
+      <c r="T56" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="U56" s="14" t="n">
+        <v>103</v>
+      </c>
+      <c r="V56" s="10" t="n">
+        <v>57</v>
+      </c>
+      <c r="W56" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="X56" s="10" t="n">
+        <v>56</v>
+      </c>
+      <c r="Y56" s="7" t="n">
+        <v>22</v>
+      </c>
+      <c r="Z56" s="14" t="n">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="A57" s="6" t="n">
+        <v>1975</v>
+      </c>
+      <c r="B57" s="10" t="n">
+        <v>267</v>
+      </c>
+      <c r="C57" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="D57" s="10" t="n">
+        <v>257</v>
+      </c>
+      <c r="E57" s="7" t="n">
+        <v>162</v>
+      </c>
+      <c r="F57" s="14" t="n">
+        <v>95</v>
+      </c>
+      <c r="G57" s="10" t="n">
+        <v>357</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>12</v>
+      </c>
+      <c r="I57" s="10" t="n">
+        <v>345</v>
+      </c>
+      <c r="J57" s="7" t="n">
+        <v>217</v>
+      </c>
+      <c r="K57" s="14" t="n">
+        <v>128</v>
+      </c>
+      <c r="L57" s="10" t="n">
+        <v>48</v>
+      </c>
+      <c r="M57" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="N57" s="10" t="n">
+        <v>46</v>
+      </c>
+      <c r="O57" s="7" t="n">
+        <v>31</v>
+      </c>
+      <c r="P57" s="14" t="n">
+        <v>15</v>
+      </c>
+      <c r="Q57" s="10" t="n">
+        <v>215</v>
+      </c>
+      <c r="R57" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="S57" s="10" t="n">
         <v>209</v>
       </c>
-      <c r="T54" s="7" t="n">
+      <c r="T57" s="7" t="n">
         <v>121</v>
       </c>
-      <c r="U54" s="14" t="n">
+      <c r="U57" s="14" t="n">
         <v>88</v>
       </c>
-      <c r="V54" s="10" t="n">
+      <c r="V57" s="10" t="n">
         <v>94</v>
       </c>
-      <c r="W54" s="7" t="n">
-[...2 lines deleted...]
-      <c r="X54" s="10" t="n">
+      <c r="W57" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="X57" s="10" t="n">
         <v>90</v>
       </c>
-      <c r="Y54" s="7" t="n">
+      <c r="Y57" s="7" t="n">
         <v>65</v>
       </c>
-      <c r="Z54" s="14" t="n">
+      <c r="Z57" s="14" t="n">
         <v>25</v>
       </c>
     </row>
-    <row r="55" ht="15" customHeight="1">
-[...85 lines deleted...]
-    <row r="58" ht="81" customHeight="1">
+    <row r="58" ht="15" customHeight="1">
       <c r="A58" s="1"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="W58" s="2"/>
       <c r="X58" s="2"/>
       <c r="Y58" s="2"/>
       <c r="Z58" s="2"/>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="A59" s="15" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
@@ -5051,81 +5064,164 @@
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
     </row>
-    <row r="61" ht="15" customHeight="1">
+    <row r="61" ht="81" customHeight="1">
       <c r="A61" s="1"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
       <c r="O61" s="2"/>
       <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
       <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
       <c r="W61" s="2"/>
       <c r="X61" s="2"/>
       <c r="Y61" s="2"/>
       <c r="Z61" s="2"/>
     </row>
-    <row r="62" ht="15" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="64" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1">
+      <c r="A62" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+      <c r="J62" s="2"/>
+      <c r="K62" s="2"/>
+      <c r="L62" s="2"/>
+      <c r="M62" s="2"/>
+      <c r="N62" s="2"/>
+      <c r="O62" s="2"/>
+      <c r="P62" s="2"/>
+      <c r="Q62" s="2"/>
+      <c r="R62" s="2"/>
+      <c r="S62" s="2"/>
+      <c r="T62" s="2"/>
+      <c r="U62" s="2"/>
+      <c r="V62" s="2"/>
+      <c r="W62" s="2"/>
+      <c r="X62" s="2"/>
+      <c r="Y62" s="2"/>
+      <c r="Z62" s="2"/>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="A63" s="1"/>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="J63" s="2"/>
+      <c r="K63" s="2"/>
+      <c r="L63" s="2"/>
+      <c r="M63" s="2"/>
+      <c r="N63" s="2"/>
+      <c r="O63" s="2"/>
+      <c r="P63" s="2"/>
+      <c r="Q63" s="2"/>
+      <c r="R63" s="2"/>
+      <c r="S63" s="2"/>
+      <c r="T63" s="2"/>
+      <c r="U63" s="2"/>
+      <c r="V63" s="2"/>
+      <c r="W63" s="2"/>
+      <c r="X63" s="2"/>
+      <c r="Y63" s="2"/>
+      <c r="Z63" s="2"/>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="A64" s="1"/>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+      <c r="J64" s="2"/>
+      <c r="K64" s="2"/>
+      <c r="L64" s="2"/>
+      <c r="M64" s="2"/>
+      <c r="N64" s="2"/>
+      <c r="O64" s="2"/>
+      <c r="P64" s="2"/>
+      <c r="Q64" s="2"/>
+      <c r="R64" s="2"/>
+      <c r="S64" s="2"/>
+      <c r="T64" s="2"/>
+      <c r="U64" s="2"/>
+      <c r="V64" s="2"/>
+      <c r="W64" s="2"/>
+      <c r="X64" s="2"/>
+      <c r="Y64" s="2"/>
+      <c r="Z64" s="2"/>
+    </row>
     <row r="65" ht="15" customHeight="1"/>
     <row r="66" ht="15" customHeight="1"/>
     <row r="67" ht="15" customHeight="1"/>
     <row r="68" ht="15" customHeight="1"/>
     <row r="69" ht="15" customHeight="1"/>
     <row r="70" ht="15" customHeight="1"/>
     <row r="71" ht="15" customHeight="1"/>
     <row r="72" ht="15" customHeight="1"/>
     <row r="73" ht="15" customHeight="1"/>
     <row r="74" ht="15" customHeight="1"/>
     <row r="75" ht="15" customHeight="1"/>
     <row r="76" ht="15" customHeight="1"/>
     <row r="77" ht="15" customHeight="1"/>
     <row r="78" ht="15" customHeight="1"/>
     <row r="79" ht="15" customHeight="1"/>
     <row r="80" ht="15" customHeight="1"/>
     <row r="81" ht="15" customHeight="1"/>
     <row r="82" ht="15" customHeight="1"/>
     <row r="83" ht="15" customHeight="1"/>
     <row r="84" ht="15" customHeight="1"/>
     <row r="85" ht="15" customHeight="1"/>
     <row r="86" ht="15" customHeight="1"/>
     <row r="87" ht="15" customHeight="1"/>
     <row r="88" ht="15" customHeight="1"/>
     <row r="89" ht="15" customHeight="1"/>
@@ -5547,47 +5643,47 @@
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="G4:Z4"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:K5"/>
     <mergeCell ref="L5:P5"/>
     <mergeCell ref="Q5:U5"/>
     <mergeCell ref="V5:Z5"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="X6:Z6"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="Q6:Q7"/>
     <mergeCell ref="R6:R7"/>
     <mergeCell ref="V6:V7"/>
     <mergeCell ref="W6:W7"/>
-    <mergeCell ref="A56:T56"/>
     <mergeCell ref="A59:T59"/>
+    <mergeCell ref="A62:T62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>