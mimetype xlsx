--- v0 (2025-10-13)
+++ v1 (2026-01-06)
@@ -1,66 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA8760E6-87DD-40C7-A5E0-F3BCE3C286C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83793A37-AE91-4D99-A0E8-1E3E09538429}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sportstätten" sheetId="8" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sportstätten!$A$5:$D$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C20" i="8" l="1"/>
+  <c r="D20" i="8"/>
+  <c r="E20" i="8"/>
+  <c r="F20" i="8"/>
+  <c r="G20" i="8"/>
+  <c r="H20" i="8"/>
+  <c r="I20" i="8"/>
+  <c r="J20" i="8"/>
+  <c r="K20" i="8"/>
+  <c r="L20" i="8"/>
+  <c r="M20" i="8"/>
+  <c r="N20" i="8"/>
+  <c r="O20" i="8"/>
+  <c r="P20" i="8"/>
+  <c r="Q20" i="8"/>
+  <c r="R20" i="8"/>
+  <c r="S20" i="8"/>
+  <c r="T20" i="8"/>
+  <c r="U20" i="8"/>
+  <c r="V20" i="8"/>
+  <c r="W20" i="8"/>
+  <c r="X20" i="8"/>
+  <c r="Y20" i="8"/>
+  <c r="Z20" i="8"/>
+  <c r="AA20" i="8"/>
+  <c r="AB20" i="8"/>
+  <c r="AC20" i="8"/>
+  <c r="AD20" i="8"/>
+  <c r="AE20" i="8"/>
+  <c r="AF20" i="8"/>
+  <c r="AG20" i="8"/>
+  <c r="AH20" i="8"/>
+  <c r="AI20" i="8"/>
+  <c r="AJ20" i="8"/>
+  <c r="AK20" i="8"/>
+  <c r="AL20" i="8"/>
+  <c r="AM20" i="8"/>
+  <c r="AN20" i="8"/>
+  <c r="AO20" i="8"/>
+  <c r="AP20" i="8"/>
+  <c r="AQ20" i="8"/>
+  <c r="AR20" i="8"/>
+  <c r="AS20" i="8"/>
+  <c r="AT20" i="8"/>
+  <c r="AU20" i="8"/>
+  <c r="AV20" i="8"/>
+  <c r="AW20" i="8"/>
+  <c r="AX20" i="8"/>
+  <c r="AY20" i="8"/>
+  <c r="AZ20" i="8"/>
+  <c r="BA20" i="8"/>
+  <c r="BB20" i="8"/>
+  <c r="BC20" i="8"/>
+  <c r="BD20" i="8"/>
+  <c r="BE20" i="8"/>
+  <c r="BF20" i="8"/>
+  <c r="BG20" i="8"/>
+  <c r="BH20" i="8"/>
+  <c r="BI20" i="8"/>
+  <c r="B20" i="8"/>
+</calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Autor</author>
   </authors>
   <commentList>
     <comment ref="Q5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 die Gemeinden haben versch. gezählt. Zug gibt nur die den Vereinen zur Verfügung gestellten 2 Hertianlagen an, andere Gemeinden alle Weitsprungbahnen auf Schulsportanlagen </t>
         </r>
       </text>
     </comment>
     <comment ref="R5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
@@ -4617,64 +4696,58 @@
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>St. Michael - PHZ</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="92">
   <si>
     <t/>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
-[...1 lines deleted...]
-  <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Datenquelle: Kanton Zug, Sportamt</t>
-[...1 lines deleted...]
-  <si>
     <t>Zug</t>
   </si>
   <si>
     <t>Hünenberg</t>
   </si>
   <si>
     <t>Menzingen</t>
   </si>
   <si>
     <t>Neuheim</t>
   </si>
   <si>
     <t>Oberägeri</t>
   </si>
   <si>
     <t>Steinhausen</t>
   </si>
   <si>
     <t>Unterägeri</t>
   </si>
   <si>
     <t>Walchwil</t>
   </si>
   <si>
     <t>Sportstätten im Kanton Zug</t>
@@ -4889,52 +4962,61 @@
   <si>
     <t>Wassersport</t>
   </si>
   <si>
     <t>Laufsport</t>
   </si>
   <si>
     <t>Reitsport</t>
   </si>
   <si>
     <t>Streetfootballfeld</t>
   </si>
   <si>
     <t>Streetworkout-Anlage</t>
   </si>
   <si>
     <t>Tanzeinrichtungen</t>
   </si>
   <si>
     <t>Baar</t>
   </si>
   <si>
     <t>Cham</t>
   </si>
   <si>
-    <t>Die Angaben beruhen auf einer Umfrage des kantonalen Sportamtes bei den 11 Zuger Gemeinden im Jahr 2022. Sie werden jährlich aktualisiert. 
-Die Sportstätten der Privatschulen sind nicht erfasst.</t>
+    <t>Outdoor-Trainingsparcours</t>
+  </si>
+  <si>
+    <t>Die Angaben beruhen auf einer Umfrage vom Amt für Sport und Gesundheitsförderung bei den Zuger Gemeinden im Jahr 2025. Sie werden jedes Jahr aktualisiert. 
+Private Sportstätten sind teilweise auch erfasst. Es Bedarf der eigenen Abklärung, ob und wie diese Anlagen genutzt werden können.</t>
+  </si>
+  <si>
+    <t>Datenquelle: Kanton Zug, Amt für Sport und Gesundheitsförderung</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -5033,123 +5115,126 @@
       <top style="thin">
         <color theme="0" tint="-0.249977111117893"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.249977111117893"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.249977111117893"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.249977111117893"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.249977111117893"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>52502</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>998081</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
@@ -5493,386 +5578,390 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BH26"/>
+  <dimension ref="A1:BI26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K25" sqref="K25"/>
+      <selection pane="bottomLeft" activeCell="AG24" sqref="AG24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
-    <col min="2" max="60" width="4.28515625" customWidth="1"/>
+    <col min="2" max="61" width="4.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:60" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="O1" s="11"/>
+    <row r="1" spans="1:61" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
     </row>
-    <row r="2" spans="1:60" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F2" s="18"/>
+    <row r="2" spans="1:61" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15">
+        <v>45901</v>
+      </c>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
     </row>
-    <row r="3" spans="1:60" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:61" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:60" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:61" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7"/>
-      <c r="B4" s="13" t="s">
+      <c r="B4" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="17"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" s="17"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="17"/>
+      <c r="K4" s="17"/>
+      <c r="L4" s="17"/>
+      <c r="M4" s="17"/>
+      <c r="N4" s="17"/>
+      <c r="O4" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="C4" s="13"/>
-[...3 lines deleted...]
-      <c r="G4" s="13" t="s">
+      <c r="P4" s="17"/>
+      <c r="Q4" s="17"/>
+      <c r="R4" s="17"/>
+      <c r="S4" s="17"/>
+      <c r="T4" s="17"/>
+      <c r="U4" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="H4" s="13"/>
-[...6 lines deleted...]
-      <c r="O4" s="13" t="s">
+      <c r="V4" s="17"/>
+      <c r="W4" s="17"/>
+      <c r="X4" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="P4" s="13"/>
-[...4 lines deleted...]
-      <c r="U4" s="13" t="s">
+      <c r="Y4" s="17"/>
+      <c r="Z4" s="17"/>
+      <c r="AA4" s="17"/>
+      <c r="AB4" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC4" s="17"/>
+      <c r="AD4" s="17"/>
+      <c r="AE4" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF4" s="17"/>
+      <c r="AG4" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="V4" s="13"/>
-[...1 lines deleted...]
-      <c r="X4" s="13" t="s">
+      <c r="AH4" s="17"/>
+      <c r="AI4" s="17"/>
+      <c r="AJ4" s="17" t="s">
         <v>73</v>
       </c>
-      <c r="Y4" s="13"/>
-[...2 lines deleted...]
-      <c r="AB4" s="13" t="s">
+      <c r="AK4" s="17"/>
+      <c r="AL4" s="17"/>
+      <c r="AM4" s="17"/>
+      <c r="AN4" s="17"/>
+      <c r="AO4" s="17"/>
+      <c r="AP4" s="17"/>
+      <c r="AQ4" s="17" t="s">
         <v>82</v>
       </c>
-      <c r="AC4" s="13"/>
-[...5 lines deleted...]
-      <c r="AG4" s="13" t="s">
+      <c r="AR4" s="17"/>
+      <c r="AS4" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="AH4" s="13"/>
-[...31 lines deleted...]
-      <c r="BH4" s="16"/>
+      <c r="AT4" s="12"/>
+      <c r="AU4" s="12"/>
+      <c r="AV4" s="12"/>
+      <c r="AW4" s="12"/>
+      <c r="AX4" s="12"/>
+      <c r="AY4" s="12"/>
+      <c r="AZ4" s="12"/>
+      <c r="BA4" s="12"/>
+      <c r="BB4" s="12"/>
+      <c r="BC4" s="12"/>
+      <c r="BD4" s="12"/>
+      <c r="BE4" s="12"/>
+      <c r="BF4" s="12"/>
+      <c r="BG4" s="12"/>
+      <c r="BH4" s="12"/>
+      <c r="BI4" s="13"/>
     </row>
-    <row r="5" spans="1:60" s="3" customFormat="1" ht="165.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:61" s="3" customFormat="1" ht="165.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9"/>
       <c r="B5" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="10" t="s">
+      <c r="E5" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="10" t="s">
+      <c r="F5" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="10" t="s">
+      <c r="G5" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="F5" s="10" t="s">
+      <c r="H5" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="10" t="s">
+      <c r="I5" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="H5" s="10" t="s">
+      <c r="J5" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="I5" s="10" t="s">
+      <c r="K5" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="J5" s="10" t="s">
+      <c r="L5" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="K5" s="10" t="s">
+      <c r="M5" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="10" t="s">
+      <c r="N5" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="M5" s="10" t="s">
+      <c r="O5" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="N5" s="10" t="s">
+      <c r="P5" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="O5" s="10" t="s">
+      <c r="Q5" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="P5" s="10" t="s">
+      <c r="R5" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="Q5" s="10" t="s">
+      <c r="S5" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="R5" s="10" t="s">
+      <c r="T5" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="S5" s="10" t="s">
+      <c r="U5" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="T5" s="10" t="s">
+      <c r="V5" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="U5" s="10" t="s">
+      <c r="W5" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="V5" s="10" t="s">
+      <c r="X5" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="W5" s="10" t="s">
+      <c r="Y5" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="X5" s="10" t="s">
+      <c r="Z5" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="Y5" s="10" t="s">
+      <c r="AA5" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="Z5" s="10" t="s">
+      <c r="AB5" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="AA5" s="10" t="s">
+      <c r="AC5" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="AB5" s="10" t="s">
+      <c r="AD5" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="AC5" s="10" t="s">
+      <c r="AE5" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="AD5" s="10" t="s">
+      <c r="AF5" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="AE5" s="10" t="s">
+      <c r="AG5" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="AF5" s="10" t="s">
+      <c r="AH5" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="AG5" s="10" t="s">
+      <c r="AI5" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="AH5" s="10" t="s">
+      <c r="AJ5" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="AI5" s="10" t="s">
+      <c r="AK5" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="AJ5" s="10" t="s">
+      <c r="AL5" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="AK5" s="10" t="s">
+      <c r="AM5" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="AL5" s="10" t="s">
+      <c r="AN5" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="AM5" s="10" t="s">
+      <c r="AO5" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="AN5" s="10" t="s">
+      <c r="AP5" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="AO5" s="10" t="s">
+      <c r="AQ5" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="AP5" s="10" t="s">
+      <c r="AR5" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="AQ5" s="10" t="s">
+      <c r="AS5" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="AR5" s="10" t="s">
+      <c r="AT5" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="AS5" s="10" t="s">
+      <c r="AU5" s="10" t="s">
         <v>56</v>
       </c>
-      <c r="AT5" s="10" t="s">
+      <c r="AV5" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="AU5" s="10" t="s">
+      <c r="AW5" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="AV5" s="10" t="s">
+      <c r="AX5" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="AW5" s="10" t="s">
+      <c r="AY5" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="AX5" s="10" t="s">
+      <c r="AZ5" s="10" t="s">
         <v>61</v>
       </c>
-      <c r="AY5" s="10" t="s">
+      <c r="BA5" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="AZ5" s="10" t="s">
+      <c r="BB5" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="BA5" s="10" t="s">
+      <c r="BC5" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="BD5" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="BB5" s="10" t="s">
+      <c r="BE5" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="BF5" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="BC5" s="10" t="s">
+      <c r="BG5" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="BH5" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="BI5" s="10" t="s">
         <v>85</v>
       </c>
-      <c r="BD5" s="10" t="s">
-[...2 lines deleted...]
-      <c r="BE5" s="10" t="s">
+    </row>
+    <row r="6" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7" t="s">
         <v>86</v>
-      </c>
-[...12 lines deleted...]
-        <v>88</v>
       </c>
       <c r="B6" s="8">
         <v>2</v>
       </c>
       <c r="C6" s="8">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D6" s="8"/>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="8">
         <v>1</v>
       </c>
       <c r="G6" s="8">
         <v>2</v>
       </c>
       <c r="H6" s="8">
         <v>1</v>
       </c>
       <c r="I6" s="8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J6" s="8">
         <v>5</v>
       </c>
       <c r="K6" s="8">
         <v>2</v>
       </c>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8">
         <v>2</v>
       </c>
       <c r="O6" s="8">
         <v>4</v>
       </c>
       <c r="P6" s="8"/>
       <c r="Q6" s="8">
         <v>8</v>
       </c>
       <c r="R6" s="8">
         <v>4</v>
       </c>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
       <c r="U6" s="8"/>
@@ -5902,112 +5991,115 @@
         <v>1</v>
       </c>
       <c r="AG6" s="8">
         <v>1</v>
       </c>
       <c r="AH6" s="8">
         <v>1</v>
       </c>
       <c r="AI6" s="8"/>
       <c r="AJ6" s="8">
         <v>1</v>
       </c>
       <c r="AK6" s="8">
         <v>1</v>
       </c>
       <c r="AL6" s="8">
         <v>1</v>
       </c>
       <c r="AM6" s="8">
         <v>1</v>
       </c>
       <c r="AN6" s="8">
         <v>1</v>
       </c>
       <c r="AO6" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AP6" s="8">
         <v>1</v>
       </c>
       <c r="AQ6" s="8">
         <v>3</v>
       </c>
       <c r="AR6" s="8">
         <v>3</v>
       </c>
       <c r="AS6" s="8"/>
       <c r="AT6" s="8"/>
       <c r="AU6" s="8"/>
       <c r="AV6" s="8">
         <v>1</v>
       </c>
       <c r="AW6" s="8">
         <v>1</v>
       </c>
       <c r="AX6" s="8"/>
       <c r="AY6" s="8"/>
       <c r="AZ6" s="8"/>
       <c r="BA6" s="8">
         <v>1</v>
       </c>
       <c r="BB6" s="8">
         <v>2</v>
       </c>
       <c r="BC6" s="8"/>
       <c r="BD6" s="8">
         <v>4</v>
       </c>
       <c r="BE6" s="8"/>
       <c r="BF6" s="8">
         <v>8</v>
       </c>
       <c r="BG6" s="8"/>
       <c r="BH6" s="8"/>
+      <c r="BI6" s="8">
+        <v>7</v>
+      </c>
     </row>
-    <row r="7" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B7" s="8">
         <v>2</v>
       </c>
       <c r="C7" s="8">
         <v>5</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="8">
         <v>1</v>
       </c>
       <c r="G7" s="8">
         <v>3</v>
       </c>
       <c r="H7" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I7" s="8">
         <v>2</v>
       </c>
       <c r="J7" s="8">
         <v>1</v>
       </c>
       <c r="K7" s="8">
         <v>4</v>
       </c>
       <c r="L7" s="8"/>
       <c r="M7" s="8">
         <v>5</v>
       </c>
       <c r="N7" s="8">
         <v>1</v>
       </c>
       <c r="O7" s="8">
         <v>2</v>
       </c>
       <c r="P7" s="8">
         <v>1</v>
       </c>
       <c r="Q7" s="8">
         <v>4</v>
@@ -6071,198 +6163,208 @@
         <v>1</v>
       </c>
       <c r="AV7" s="8"/>
       <c r="AW7" s="8"/>
       <c r="AX7" s="8">
         <v>1</v>
       </c>
       <c r="AY7" s="8">
         <v>1</v>
       </c>
       <c r="AZ7" s="8"/>
       <c r="BA7" s="8">
         <v>2</v>
       </c>
       <c r="BB7" s="8">
         <v>2</v>
       </c>
       <c r="BC7" s="8"/>
       <c r="BD7" s="8">
         <v>1</v>
       </c>
       <c r="BE7" s="8"/>
       <c r="BF7" s="8">
         <v>3</v>
       </c>
-      <c r="BG7" s="8"/>
+      <c r="BG7" s="8">
+        <v>1</v>
+      </c>
       <c r="BH7" s="8"/>
+      <c r="BI7" s="8"/>
     </row>
-    <row r="8" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B8" s="8"/>
       <c r="C8" s="8">
         <v>3</v>
       </c>
       <c r="D8" s="8">
         <v>1</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="8"/>
       <c r="G8" s="8">
         <v>3</v>
       </c>
       <c r="H8" s="8">
         <v>1</v>
       </c>
       <c r="I8" s="8">
         <v>3</v>
       </c>
       <c r="J8" s="8">
         <v>3</v>
       </c>
       <c r="K8" s="8">
         <v>1</v>
       </c>
       <c r="L8" s="8">
         <v>1</v>
       </c>
       <c r="M8" s="8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N8" s="8">
         <v>1</v>
       </c>
       <c r="O8" s="8">
         <v>3</v>
       </c>
       <c r="P8" s="8"/>
       <c r="Q8" s="8">
         <v>2</v>
       </c>
       <c r="R8" s="8">
         <v>1</v>
       </c>
       <c r="S8" s="8"/>
       <c r="T8" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
-      <c r="Y8" s="8"/>
+      <c r="Y8" s="8">
+        <v>1</v>
+      </c>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
       <c r="AB8" s="8"/>
       <c r="AC8" s="8">
         <v>1</v>
       </c>
       <c r="AD8" s="8"/>
       <c r="AE8" s="8">
         <v>1</v>
       </c>
       <c r="AF8" s="8"/>
       <c r="AG8" s="8">
         <v>1</v>
       </c>
       <c r="AH8" s="8">
         <v>1</v>
       </c>
       <c r="AI8" s="8">
         <v>1</v>
       </c>
       <c r="AJ8" s="8"/>
       <c r="AK8" s="8"/>
       <c r="AL8" s="8"/>
       <c r="AM8" s="8">
         <v>1</v>
       </c>
       <c r="AN8" s="8"/>
       <c r="AO8" s="8">
         <v>1</v>
       </c>
       <c r="AP8" s="8"/>
       <c r="AQ8" s="8"/>
       <c r="AR8" s="8"/>
       <c r="AS8" s="8"/>
       <c r="AT8" s="8"/>
       <c r="AU8" s="8"/>
-      <c r="AV8" s="8"/>
+      <c r="AV8" s="8">
+        <v>1</v>
+      </c>
       <c r="AW8" s="8"/>
       <c r="AX8" s="8"/>
       <c r="AY8" s="8"/>
       <c r="AZ8" s="8"/>
       <c r="BA8" s="8">
         <v>2</v>
       </c>
       <c r="BB8" s="8">
         <v>1</v>
       </c>
       <c r="BC8" s="8"/>
       <c r="BD8" s="8">
         <v>1</v>
       </c>
       <c r="BE8" s="8"/>
       <c r="BF8" s="8">
         <v>5</v>
       </c>
-      <c r="BG8" s="8"/>
+      <c r="BG8" s="8">
+        <v>1</v>
+      </c>
       <c r="BH8" s="8"/>
+      <c r="BI8" s="8"/>
     </row>
-    <row r="9" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8">
         <v>1</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="8"/>
       <c r="G9" s="8">
         <v>1</v>
       </c>
       <c r="H9" s="8">
         <v>1</v>
       </c>
       <c r="I9" s="8">
         <v>2</v>
       </c>
       <c r="J9" s="8"/>
       <c r="K9" s="8">
         <v>1</v>
       </c>
       <c r="L9" s="8"/>
       <c r="M9" s="8">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>1</v>
       </c>
       <c r="P9" s="8"/>
       <c r="Q9" s="8">
         <v>1</v>
       </c>
       <c r="R9" s="8">
         <v>1</v>
       </c>
       <c r="S9" s="8"/>
       <c r="T9" s="8">
         <v>1</v>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="8"/>
       <c r="W9" s="8"/>
       <c r="X9" s="8"/>
       <c r="Y9" s="8"/>
       <c r="Z9" s="8"/>
       <c r="AA9" s="8"/>
       <c r="AB9" s="8"/>
       <c r="AC9" s="8">
@@ -6291,73 +6393,72 @@
       <c r="AR9" s="8"/>
       <c r="AS9" s="8">
         <v>1</v>
       </c>
       <c r="AT9" s="8">
         <v>1</v>
       </c>
       <c r="AU9" s="8"/>
       <c r="AV9" s="8"/>
       <c r="AW9" s="8"/>
       <c r="AX9" s="8"/>
       <c r="AY9" s="8"/>
       <c r="AZ9" s="8"/>
       <c r="BA9" s="8"/>
       <c r="BB9" s="8">
         <v>1</v>
       </c>
       <c r="BC9" s="8"/>
       <c r="BD9" s="8"/>
       <c r="BE9" s="8"/>
       <c r="BF9" s="8">
         <v>1</v>
       </c>
       <c r="BG9" s="8"/>
       <c r="BH9" s="8"/>
+      <c r="BI9" s="8"/>
     </row>
-    <row r="10" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8">
         <v>2</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H10" s="8"/>
       <c r="I10" s="8">
         <v>1</v>
       </c>
       <c r="J10" s="8"/>
-      <c r="K10" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>1</v>
       </c>
       <c r="P10" s="8"/>
       <c r="Q10" s="8">
         <v>1</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="8">
         <v>1</v>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="8"/>
       <c r="W10" s="8"/>
       <c r="X10" s="8"/>
       <c r="Y10" s="8"/>
       <c r="Z10" s="8"/>
       <c r="AA10" s="8"/>
       <c r="AB10" s="8"/>
       <c r="AC10" s="8"/>
       <c r="AD10" s="8"/>
@@ -6373,56 +6474,59 @@
       <c r="AN10" s="8"/>
       <c r="AO10" s="8"/>
       <c r="AP10" s="8"/>
       <c r="AQ10" s="8">
         <v>1</v>
       </c>
       <c r="AR10" s="8">
         <v>1</v>
       </c>
       <c r="AS10" s="8"/>
       <c r="AT10" s="8"/>
       <c r="AU10" s="8"/>
       <c r="AV10" s="8">
         <v>1</v>
       </c>
       <c r="AW10" s="8"/>
       <c r="AX10" s="8"/>
       <c r="AY10" s="8"/>
       <c r="AZ10" s="8"/>
       <c r="BA10" s="8"/>
       <c r="BB10" s="8"/>
       <c r="BC10" s="8"/>
       <c r="BD10" s="8"/>
       <c r="BE10" s="8"/>
       <c r="BF10" s="8"/>
-      <c r="BG10" s="8"/>
+      <c r="BG10" s="8">
+        <v>1</v>
+      </c>
       <c r="BH10" s="8"/>
+      <c r="BI10" s="8"/>
     </row>
-    <row r="11" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B11" s="8">
         <v>1</v>
       </c>
       <c r="C11" s="8">
         <v>1</v>
       </c>
       <c r="D11" s="8"/>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8">
         <v>3</v>
       </c>
       <c r="J11" s="8">
         <v>1</v>
       </c>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
@@ -6471,58 +6575,59 @@
       </c>
       <c r="AQ11" s="8"/>
       <c r="AR11" s="8">
         <v>1</v>
       </c>
       <c r="AS11" s="8">
         <v>2</v>
       </c>
       <c r="AT11" s="8"/>
       <c r="AU11" s="8"/>
       <c r="AV11" s="8"/>
       <c r="AW11" s="8"/>
       <c r="AX11" s="8">
         <v>1</v>
       </c>
       <c r="AY11" s="8"/>
       <c r="AZ11" s="8"/>
       <c r="BA11" s="8"/>
       <c r="BB11" s="8">
         <v>1</v>
       </c>
       <c r="BC11" s="8"/>
       <c r="BD11" s="8"/>
       <c r="BE11" s="8"/>
       <c r="BF11" s="8"/>
-      <c r="BG11" s="8">
-[...2 lines deleted...]
-      <c r="BH11" s="8"/>
+      <c r="BG11" s="8"/>
+      <c r="BH11" s="8">
+        <v>1</v>
+      </c>
+      <c r="BI11" s="8"/>
     </row>
-    <row r="12" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B12" s="8">
         <v>3</v>
       </c>
       <c r="C12" s="8">
         <v>1</v>
       </c>
       <c r="D12" s="8">
         <v>1</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="8">
         <v>1</v>
       </c>
       <c r="G12" s="8">
         <v>2</v>
       </c>
       <c r="H12" s="8">
         <v>1</v>
       </c>
       <c r="I12" s="8">
         <v>2</v>
       </c>
@@ -6564,81 +6669,84 @@
         <v>1</v>
       </c>
       <c r="AC12" s="8">
         <v>2</v>
       </c>
       <c r="AD12" s="8"/>
       <c r="AE12" s="8"/>
       <c r="AF12" s="8">
         <v>1</v>
       </c>
       <c r="AG12" s="8">
         <v>1</v>
       </c>
       <c r="AH12" s="8"/>
       <c r="AI12" s="8"/>
       <c r="AJ12" s="8"/>
       <c r="AK12" s="8"/>
       <c r="AL12" s="8"/>
       <c r="AM12" s="8">
         <v>1</v>
       </c>
       <c r="AN12" s="8"/>
       <c r="AO12" s="8"/>
       <c r="AP12" s="8"/>
       <c r="AQ12" s="8"/>
-      <c r="AR12" s="8"/>
+      <c r="AR12" s="8">
+        <v>1</v>
+      </c>
       <c r="AS12" s="8"/>
       <c r="AT12" s="8"/>
       <c r="AU12" s="8"/>
       <c r="AV12" s="8">
         <v>1</v>
       </c>
       <c r="AW12" s="8"/>
       <c r="AX12" s="8"/>
       <c r="AY12" s="8">
         <v>1</v>
       </c>
       <c r="AZ12" s="8">
         <v>1</v>
       </c>
       <c r="BA12" s="8"/>
       <c r="BB12" s="8">
         <v>1</v>
       </c>
       <c r="BC12" s="8"/>
       <c r="BD12" s="8"/>
       <c r="BE12" s="8"/>
       <c r="BF12" s="8">
         <v>6</v>
       </c>
       <c r="BG12" s="8"/>
       <c r="BH12" s="8"/>
+      <c r="BI12" s="8"/>
     </row>
-    <row r="13" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="8">
         <v>3</v>
       </c>
       <c r="D13" s="8"/>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="8"/>
       <c r="G13" s="8">
         <v>2</v>
       </c>
       <c r="H13" s="8">
         <v>2</v>
       </c>
       <c r="I13" s="8">
         <v>2</v>
       </c>
       <c r="J13" s="8"/>
       <c r="K13" s="8">
         <v>1</v>
       </c>
       <c r="L13" s="8"/>
       <c r="M13" s="8">
@@ -6689,72 +6797,73 @@
       <c r="AL13" s="8"/>
       <c r="AM13" s="8"/>
       <c r="AN13" s="8"/>
       <c r="AO13" s="8">
         <v>1</v>
       </c>
       <c r="AP13" s="8">
         <v>1</v>
       </c>
       <c r="AQ13" s="8">
         <v>1</v>
       </c>
       <c r="AR13" s="8">
         <v>1</v>
       </c>
       <c r="AS13" s="8"/>
       <c r="AT13" s="8"/>
       <c r="AU13" s="8"/>
       <c r="AV13" s="8">
         <v>1</v>
       </c>
       <c r="AW13" s="8"/>
       <c r="AX13" s="8"/>
       <c r="AY13" s="8"/>
       <c r="AZ13" s="8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="BA13" s="8"/>
       <c r="BB13" s="8">
         <v>2</v>
       </c>
       <c r="BC13" s="8"/>
       <c r="BD13" s="8">
         <v>1</v>
       </c>
       <c r="BE13" s="8"/>
       <c r="BF13" s="8">
         <v>3</v>
       </c>
       <c r="BG13" s="8"/>
-      <c r="BH13" s="8">
+      <c r="BH13" s="8"/>
+      <c r="BI13" s="8">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B14" s="8">
         <v>2</v>
       </c>
       <c r="C14" s="8">
         <v>3</v>
       </c>
       <c r="D14" s="8"/>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8">
         <v>2</v>
       </c>
       <c r="I14" s="8">
         <v>2</v>
       </c>
       <c r="J14" s="8">
         <v>2</v>
       </c>
       <c r="K14" s="8">
         <v>1</v>
       </c>
@@ -6843,56 +6952,59 @@
       </c>
       <c r="AW14" s="8">
         <v>1</v>
       </c>
       <c r="AX14" s="8">
         <v>1</v>
       </c>
       <c r="AY14" s="8">
         <v>1</v>
       </c>
       <c r="AZ14" s="8"/>
       <c r="BA14" s="8">
         <v>1</v>
       </c>
       <c r="BB14" s="8">
         <v>1</v>
       </c>
       <c r="BC14" s="8"/>
       <c r="BD14" s="8">
         <v>2</v>
       </c>
       <c r="BE14" s="8"/>
       <c r="BF14" s="8">
         <v>1</v>
       </c>
-      <c r="BG14" s="8"/>
+      <c r="BG14" s="8">
+        <v>1</v>
+      </c>
       <c r="BH14" s="8"/>
+      <c r="BI14" s="8"/>
     </row>
-    <row r="15" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8">
         <v>2</v>
       </c>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8">
         <v>1</v>
       </c>
       <c r="I15" s="8">
         <v>1</v>
       </c>
       <c r="J15" s="8"/>
       <c r="K15" s="8">
         <v>1</v>
       </c>
       <c r="L15" s="8"/>
       <c r="M15" s="8">
         <v>1</v>
       </c>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
@@ -6922,103 +7034,100 @@
       </c>
       <c r="AD15" s="8"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8">
         <v>1</v>
       </c>
       <c r="AG15" s="8"/>
       <c r="AH15" s="8">
         <v>2</v>
       </c>
       <c r="AI15" s="8"/>
       <c r="AJ15" s="8"/>
       <c r="AK15" s="8"/>
       <c r="AL15" s="8"/>
       <c r="AM15" s="8"/>
       <c r="AN15" s="8"/>
       <c r="AO15" s="8"/>
       <c r="AP15" s="8"/>
       <c r="AQ15" s="8"/>
       <c r="AR15" s="8"/>
       <c r="AS15" s="8"/>
       <c r="AT15" s="8">
         <v>1</v>
       </c>
       <c r="AU15" s="8"/>
-      <c r="AV15" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="AV15" s="8"/>
       <c r="AW15" s="8"/>
       <c r="AX15" s="8"/>
       <c r="AY15" s="8"/>
       <c r="AZ15" s="8"/>
       <c r="BA15" s="8"/>
       <c r="BB15" s="8">
         <v>1</v>
       </c>
       <c r="BC15" s="8"/>
       <c r="BD15" s="8"/>
       <c r="BE15" s="8"/>
       <c r="BF15" s="8">
         <v>1</v>
       </c>
       <c r="BG15" s="8"/>
       <c r="BH15" s="8"/>
+      <c r="BI15" s="8"/>
     </row>
-    <row r="16" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B16" s="8">
         <v>3</v>
       </c>
       <c r="C16" s="8">
         <v>10</v>
       </c>
-      <c r="D16" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="8"/>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="8">
         <v>2</v>
       </c>
       <c r="G16" s="8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H16" s="8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I16" s="8">
         <v>5</v>
       </c>
       <c r="J16" s="8">
         <v>6</v>
       </c>
       <c r="K16" s="8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L16" s="8"/>
       <c r="M16" s="8">
         <v>4</v>
       </c>
       <c r="N16" s="8">
         <v>3</v>
       </c>
       <c r="O16" s="8">
         <v>3</v>
       </c>
       <c r="P16" s="8">
         <v>1</v>
       </c>
       <c r="Q16" s="8">
         <v>8</v>
       </c>
       <c r="R16" s="8">
         <v>3</v>
       </c>
       <c r="S16" s="8">
         <v>2</v>
       </c>
       <c r="T16" s="8">
         <v>2</v>
@@ -7089,56 +7198,59 @@
       <c r="AV16" s="8">
         <v>3</v>
       </c>
       <c r="AW16" s="8"/>
       <c r="AX16" s="8">
         <v>1</v>
       </c>
       <c r="AY16" s="8">
         <v>1</v>
       </c>
       <c r="AZ16" s="8"/>
       <c r="BA16" s="8">
         <v>1</v>
       </c>
       <c r="BB16" s="8">
         <v>3</v>
       </c>
       <c r="BC16" s="8"/>
       <c r="BD16" s="8"/>
       <c r="BE16" s="8">
         <v>1</v>
       </c>
       <c r="BF16" s="8">
         <v>9</v>
       </c>
-      <c r="BG16" s="8"/>
+      <c r="BG16" s="8">
+        <v>1</v>
+      </c>
       <c r="BH16" s="8"/>
+      <c r="BI16" s="8"/>
     </row>
-    <row r="17" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B17" s="8">
         <v>2</v>
       </c>
       <c r="C17" s="8">
         <v>5</v>
       </c>
       <c r="D17" s="8"/>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="8">
         <v>1</v>
       </c>
       <c r="G17" s="8">
         <v>1</v>
       </c>
       <c r="H17" s="8">
         <v>1</v>
       </c>
       <c r="I17" s="8">
         <v>3</v>
       </c>
       <c r="J17" s="8">
         <v>1</v>
@@ -7185,54 +7297,55 @@
       <c r="AL17" s="8"/>
       <c r="AM17" s="8"/>
       <c r="AN17" s="8"/>
       <c r="AO17" s="8"/>
       <c r="AP17" s="8"/>
       <c r="AQ17" s="8"/>
       <c r="AR17" s="8"/>
       <c r="AS17" s="8"/>
       <c r="AT17" s="8"/>
       <c r="AU17" s="8"/>
       <c r="AV17" s="8"/>
       <c r="AW17" s="8"/>
       <c r="AX17" s="8"/>
       <c r="AY17" s="8"/>
       <c r="AZ17" s="8"/>
       <c r="BA17" s="8"/>
       <c r="BB17" s="8">
         <v>2</v>
       </c>
       <c r="BC17" s="8"/>
       <c r="BD17" s="8"/>
       <c r="BE17" s="8"/>
       <c r="BF17" s="8"/>
       <c r="BG17" s="8"/>
       <c r="BH17" s="8"/>
+      <c r="BI17" s="8"/>
     </row>
-    <row r="18" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B18" s="8">
         <v>1</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="8">
         <v>1</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
       <c r="J18" s="8"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8">
         <v>1</v>
       </c>
       <c r="N18" s="8">
         <v>1</v>
       </c>
       <c r="O18" s="8"/>
@@ -7259,54 +7372,55 @@
       <c r="AJ18" s="8"/>
       <c r="AK18" s="8"/>
       <c r="AL18" s="8"/>
       <c r="AM18" s="8"/>
       <c r="AN18" s="8"/>
       <c r="AO18" s="8"/>
       <c r="AP18" s="8"/>
       <c r="AQ18" s="8"/>
       <c r="AR18" s="8"/>
       <c r="AS18" s="8"/>
       <c r="AT18" s="8"/>
       <c r="AU18" s="8"/>
       <c r="AV18" s="8"/>
       <c r="AW18" s="8"/>
       <c r="AX18" s="8"/>
       <c r="AY18" s="8"/>
       <c r="AZ18" s="8"/>
       <c r="BA18" s="8"/>
       <c r="BB18" s="8"/>
       <c r="BC18" s="8"/>
       <c r="BD18" s="8"/>
       <c r="BE18" s="8"/>
       <c r="BF18" s="8"/>
       <c r="BG18" s="8"/>
       <c r="BH18" s="8"/>
+      <c r="BI18" s="8"/>
     </row>
-    <row r="19" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B19" s="8"/>
       <c r="C19" s="8">
         <v>2</v>
       </c>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8">
         <v>2</v>
       </c>
       <c r="G19" s="8">
         <v>1</v>
       </c>
       <c r="H19" s="8">
         <v>1</v>
       </c>
       <c r="I19" s="8">
         <v>1</v>
       </c>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8">
         <v>1</v>
       </c>
@@ -7335,335 +7449,413 @@
       <c r="AJ19" s="8"/>
       <c r="AK19" s="8"/>
       <c r="AL19" s="8"/>
       <c r="AM19" s="8"/>
       <c r="AN19" s="8"/>
       <c r="AO19" s="8"/>
       <c r="AP19" s="8"/>
       <c r="AQ19" s="8"/>
       <c r="AR19" s="8"/>
       <c r="AS19" s="8"/>
       <c r="AT19" s="8"/>
       <c r="AU19" s="8"/>
       <c r="AV19" s="8"/>
       <c r="AW19" s="8"/>
       <c r="AX19" s="8"/>
       <c r="AY19" s="8"/>
       <c r="AZ19" s="8"/>
       <c r="BA19" s="8"/>
       <c r="BB19" s="8"/>
       <c r="BC19" s="8"/>
       <c r="BD19" s="8"/>
       <c r="BE19" s="8"/>
       <c r="BF19" s="8"/>
       <c r="BG19" s="8"/>
       <c r="BH19" s="8"/>
+      <c r="BI19" s="8"/>
     </row>
-    <row r="20" spans="1:60" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:61" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="B20" s="8">
+        <f>SUM(B6:B19)</f>
+        <v>16</v>
+      </c>
+      <c r="C20" s="8">
+        <f t="shared" ref="C20:BI20" si="0">SUM(C6:C19)</f>
+        <v>45</v>
+      </c>
+      <c r="D20" s="8">
+        <f t="shared" si="0"/>
         <v>2</v>
       </c>
-      <c r="B20" s="8">
+      <c r="E20" s="8">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="F20" s="8">
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="G20" s="8">
+        <f t="shared" si="0"/>
+        <v>19</v>
+      </c>
+      <c r="H20" s="8">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="I20" s="8">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="J20" s="8">
+        <f t="shared" si="0"/>
+        <v>19</v>
+      </c>
+      <c r="K20" s="8">
+        <f t="shared" si="0"/>
+        <v>15</v>
+      </c>
+      <c r="L20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="M20" s="8">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c r="N20" s="8">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="O20" s="8">
+        <f t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c r="P20" s="8">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="Q20" s="8">
+        <f t="shared" si="0"/>
+        <v>33</v>
+      </c>
+      <c r="R20" s="8">
+        <f t="shared" si="0"/>
+        <v>19</v>
+      </c>
+      <c r="S20" s="8">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="T20" s="8">
+        <f t="shared" si="0"/>
+        <v>20</v>
+      </c>
+      <c r="U20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="V20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="W20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="X20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="Y20" s="8">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="Z20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="AA20" s="8">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="AB20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="AC20" s="8">
+        <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="C20" s="8">
-[...2 lines deleted...]
-      <c r="D20" s="8">
+      <c r="AD20" s="8">
+        <f t="shared" si="0"/>
         <v>3</v>
       </c>
-      <c r="E20" s="8">
+      <c r="AE20" s="8">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="AF20" s="8">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="AG20" s="8">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="AH20" s="8">
+        <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="F20" s="8">
+      <c r="AI20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="AJ20" s="8">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="AK20" s="8">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="AL20" s="8">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="AM20" s="8">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="AN20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="AO20" s="8">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="AP20" s="8">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="AQ20" s="8">
+        <f t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c r="AR20" s="8">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="AS20" s="8">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="AT20" s="8">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="AU20" s="8">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="AV20" s="8">
+        <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="G20" s="8">
-[...26 lines deleted...]
-      <c r="P20" s="8">
+      <c r="AW20" s="8">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="AX20" s="8">
+        <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="Q20" s="8">
-[...5 lines deleted...]
-      <c r="S20" s="8">
+      <c r="AY20" s="8">
+        <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="T20" s="8">
-[...14 lines deleted...]
-      <c r="Y20" s="8">
+      <c r="AZ20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="BA20" s="8">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="BB20" s="8">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="BC20" s="8">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="BD20" s="8">
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="BE20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="BF20" s="8">
+        <f t="shared" si="0"/>
+        <v>37</v>
+      </c>
+      <c r="BG20" s="8">
+        <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="Z20" s="8">
-[...65 lines deleted...]
-      <c r="AV20" s="8">
+      <c r="BH20" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="BI20" s="8">
+        <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="AW20" s="8">
-[...34 lines deleted...]
-      </c>
     </row>
-    <row r="21" spans="1:60" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:61" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:60" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="12" t="s">
+    <row r="22" spans="1:61" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
+      <c r="J22" s="19"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="19"/>
+      <c r="M22" s="19"/>
+      <c r="N22" s="19"/>
+      <c r="O22" s="19"/>
+      <c r="P22" s="19"/>
+      <c r="Q22" s="19"/>
+      <c r="R22" s="19"/>
+      <c r="S22" s="19"/>
+      <c r="T22" s="19"/>
+      <c r="U22" s="19"/>
+      <c r="V22" s="19"/>
+      <c r="W22" s="19"/>
+      <c r="X22" s="19"/>
+      <c r="Y22" s="19"/>
+      <c r="Z22" s="19"/>
+      <c r="AA22" s="19"/>
+      <c r="AB22" s="19"/>
+      <c r="AC22" s="19"/>
+      <c r="AD22" s="19"/>
+      <c r="AE22" s="19"/>
+      <c r="AF22" s="19"/>
+      <c r="AG22" s="19"/>
+      <c r="AH22" s="19"/>
+      <c r="AI22" s="19"/>
+      <c r="AJ22" s="19"/>
+      <c r="AK22" s="19"/>
+      <c r="AL22" s="19"/>
+      <c r="AM22" s="19"/>
+      <c r="AN22" s="19"/>
+      <c r="AO22" s="19"/>
+      <c r="AP22" s="19"/>
+      <c r="AQ22" s="19"/>
+      <c r="AR22" s="19"/>
+      <c r="AS22" s="19"/>
+      <c r="AT22" s="19"/>
+      <c r="AU22" s="19"/>
+      <c r="AV22" s="19"/>
+      <c r="AW22" s="19"/>
+      <c r="AX22" s="19"/>
+      <c r="AY22" s="19"/>
+      <c r="AZ22" s="19"/>
+      <c r="BA22" s="19"/>
+      <c r="BB22" s="19"/>
+      <c r="BC22" s="19"/>
+      <c r="BD22" s="19"/>
+      <c r="BE22" s="19"/>
+    </row>
+    <row r="23" spans="1:61" s="4" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="12"/>
-[...40 lines deleted...]
-      <c r="AQ22" s="12"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="14"/>
     </row>
-    <row r="23" spans="1:60" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="24" spans="1:60" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:61" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
     </row>
-    <row r="25" spans="1:60" s="4" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:61" s="4" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
     </row>
-    <row r="26" spans="1:60" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F26" s="12"/>
+    <row r="26" spans="1:61" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="14"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="AS4:BH4"/>
-[...3 lines deleted...]
-    <mergeCell ref="B4:F4"/>
     <mergeCell ref="A1:O1"/>
-    <mergeCell ref="A22:AQ22"/>
     <mergeCell ref="G4:N4"/>
     <mergeCell ref="O4:T4"/>
     <mergeCell ref="U4:W4"/>
     <mergeCell ref="X4:AA4"/>
     <mergeCell ref="AB4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AI4"/>
     <mergeCell ref="AJ4:AP4"/>
     <mergeCell ref="AQ4:AR4"/>
+    <mergeCell ref="A22:BE22"/>
+    <mergeCell ref="A26:F26"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A23:F23"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="AS4:BI4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>