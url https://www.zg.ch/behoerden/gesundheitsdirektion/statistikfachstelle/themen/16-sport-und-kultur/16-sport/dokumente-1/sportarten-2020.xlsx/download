--- v0 (2025-10-13)
+++ v1 (2026-01-06)
@@ -1,72 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20401"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1E47D145-B312-4D03-8D11-3B373B0D270F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB7AC5FC-2BF1-4A6B-A533-EB58001945D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="270" yWindow="630" windowWidth="28215" windowHeight="15210" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="25695" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sportarten" sheetId="8" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sportarten!$A$5:$D$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="51">
   <si>
     <t/>
-  </si>
-[...1 lines deleted...]
-    <t>Fachstelle Statistik des Kantons Zug</t>
   </si>
   <si>
     <t>Sportarten</t>
   </si>
   <si>
     <t>Sportart</t>
   </si>
   <si>
     <t>Anz.Vereine</t>
   </si>
   <si>
     <t>Beitrag in Franken</t>
   </si>
   <si>
     <t>Franken</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Badminton</t>
   </si>
   <si>
     <t>Baseball/Softball</t>
   </si>
@@ -181,67 +192,70 @@
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> J+S Alter 5-20 J.</t>
     </r>
   </si>
   <si>
     <t>Anz. Verein/Beiträge STT</t>
   </si>
   <si>
     <t>Anz. Verein/Beiträge J+S</t>
   </si>
   <si>
     <t>Total Vereine</t>
   </si>
   <si>
-    <t>Datenquelle: Kanton Zug, Amt für Sport</t>
-[...1 lines deleted...]
-  <si>
     <t>Unihockey / Streethockey / Inlinehockey</t>
   </si>
   <si>
     <t>Diverse Anlässe/ Sportprojekte usw.</t>
   </si>
   <si>
     <t>Gemeldet beim 
 Sportfond</t>
   </si>
   <si>
-    <t>Kanton Zug, 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Turnen / Allround</t>
+  </si>
+  <si>
+    <t>Datenquelle: Kanton Zug, Amt für Sport und Gesundheitsförderung</t>
+  </si>
+  <si>
+    <t>Kanton Zug, 2024</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;Fr.&quot;\ #,##0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -492,155 +506,146 @@
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...53 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{2F573AE0-825A-4B64-BE70-C19234E1AA99}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1008,962 +1013,964 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J49"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D24" sqref="D24"/>
+      <pane ySplit="5" topLeftCell="A24" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E48" sqref="E48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31.140625" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" customWidth="1"/>
     <col min="4" max="5" width="14" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="16"/>
+      <c r="A1" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
     </row>
     <row r="2" spans="1:9" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="32" t="s">
         <v>49</v>
       </c>
-      <c r="B2" s="15"/>
-[...3 lines deleted...]
-      <c r="F2" s="15"/>
+      <c r="B2" s="32"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="38"/>
+      <c r="F3" s="28"/>
     </row>
     <row r="4" spans="1:9" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="37"/>
-[...8 lines deleted...]
-      <c r="F4" s="40" t="s">
+      <c r="A4" s="27"/>
+      <c r="B4" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" s="35"/>
+      <c r="D4" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="35"/>
+      <c r="F4" s="30" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="29" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="36" t="s">
+      <c r="B6" s="10">
+        <v>10</v>
+      </c>
+      <c r="C6" s="14">
+        <v>16743</v>
+      </c>
+      <c r="D6" s="9">
+        <v>5</v>
+      </c>
+      <c r="E6" s="21">
+        <v>8327.2000000000007</v>
+      </c>
+      <c r="F6" s="20">
+        <v>25070.2</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6" s="8"/>
+    </row>
+    <row r="7" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1</v>
+      </c>
+      <c r="C7" s="14">
+        <v>1600</v>
+      </c>
+      <c r="D7" s="10">
+        <v>1</v>
+      </c>
+      <c r="E7" s="20">
+        <v>2182.5</v>
+      </c>
+      <c r="F7" s="20">
+        <v>3782.5</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7" s="8"/>
+    </row>
+    <row r="8" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="10">
+        <v>2</v>
+      </c>
+      <c r="C8" s="14">
+        <v>12825</v>
+      </c>
+      <c r="D8" s="10">
+        <v>4</v>
+      </c>
+      <c r="E8" s="20">
+        <v>21825.75</v>
+      </c>
+      <c r="F8" s="20">
+        <v>34650.75</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8" s="8"/>
+    </row>
+    <row r="9" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="10">
+        <v>4</v>
+      </c>
+      <c r="C9" s="14">
+        <v>24960</v>
+      </c>
+      <c r="D9" s="10">
+        <v>2</v>
+      </c>
+      <c r="E9" s="20">
+        <v>8332.4</v>
+      </c>
+      <c r="F9" s="20">
+        <v>33292.400000000001</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="10">
+        <v>5</v>
+      </c>
+      <c r="C10" s="14">
+        <v>6509</v>
+      </c>
+      <c r="D10" s="10"/>
+      <c r="E10" s="20">
+        <v>0</v>
+      </c>
+      <c r="F10" s="20">
+        <v>6509</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10" s="8"/>
+    </row>
+    <row r="11" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="10">
+        <v>4</v>
+      </c>
+      <c r="C11" s="14">
+        <v>173742</v>
+      </c>
+      <c r="D11" s="10">
+        <v>2</v>
+      </c>
+      <c r="E11" s="20">
+        <v>85655.7</v>
+      </c>
+      <c r="F11" s="20">
+        <v>259397.7</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11" s="8"/>
+    </row>
+    <row r="12" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="10">
+        <v>2</v>
+      </c>
+      <c r="C12" s="14">
+        <v>22746</v>
+      </c>
+      <c r="D12" s="10">
         <v>3</v>
       </c>
-      <c r="B5" s="22" t="s">
+      <c r="E12" s="20">
+        <v>10774.95</v>
+      </c>
+      <c r="F12" s="20">
+        <v>33520.949999999997</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="10">
+        <v>1</v>
+      </c>
+      <c r="C13" s="14">
+        <v>11608</v>
+      </c>
+      <c r="D13" s="10">
+        <v>1</v>
+      </c>
+      <c r="E13" s="20">
+        <v>9093.25</v>
+      </c>
+      <c r="F13" s="20">
+        <v>20701.25</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13" s="8"/>
+    </row>
+    <row r="14" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="10">
+        <v>13</v>
+      </c>
+      <c r="C14" s="14">
+        <v>270073</v>
+      </c>
+      <c r="D14" s="10">
+        <v>12</v>
+      </c>
+      <c r="E14" s="20">
+        <v>401328.4</v>
+      </c>
+      <c r="F14" s="20">
+        <v>671401.4</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14" s="8"/>
+    </row>
+    <row r="15" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="10">
+        <v>1</v>
+      </c>
+      <c r="C15" s="14">
+        <v>17858</v>
+      </c>
+      <c r="D15" s="10">
+        <v>1</v>
+      </c>
+      <c r="E15" s="20">
+        <v>8630.6</v>
+      </c>
+      <c r="F15" s="20">
+        <v>26488.6</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="10">
         <v>4</v>
       </c>
-      <c r="C5" s="23" t="s">
+      <c r="C16" s="14">
+        <v>85539</v>
+      </c>
+      <c r="D16" s="10">
+        <v>1</v>
+      </c>
+      <c r="E16" s="20">
+        <v>30893.95</v>
+      </c>
+      <c r="F16" s="20">
+        <v>116432.95</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16" s="8"/>
+    </row>
+    <row r="17" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="10">
+        <v>7</v>
+      </c>
+      <c r="C17" s="14">
+        <v>34143</v>
+      </c>
+      <c r="D17" s="10">
         <v>5</v>
       </c>
-      <c r="D5" s="32" t="s">
+      <c r="E17" s="20">
+        <v>30542.95</v>
+      </c>
+      <c r="F17" s="20">
+        <v>64685.95</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17" s="8"/>
+    </row>
+    <row r="18" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="10">
+        <v>1</v>
+      </c>
+      <c r="C18" s="14">
+        <v>4124</v>
+      </c>
+      <c r="D18" s="10">
+        <v>1</v>
+      </c>
+      <c r="E18" s="20">
+        <v>3950.3</v>
+      </c>
+      <c r="F18" s="20">
+        <v>8074.3</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="10">
+        <v>8</v>
+      </c>
+      <c r="C19" s="14">
+        <v>71943</v>
+      </c>
+      <c r="D19" s="10">
+        <v>3</v>
+      </c>
+      <c r="E19" s="20">
+        <v>12423.2</v>
+      </c>
+      <c r="F19" s="20">
+        <v>84366.2</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19" s="8"/>
+    </row>
+    <row r="20" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="10">
+        <v>1</v>
+      </c>
+      <c r="C20" s="14">
+        <v>15818</v>
+      </c>
+      <c r="D20" s="10"/>
+      <c r="E20" s="20">
+        <v>0</v>
+      </c>
+      <c r="F20" s="20">
+        <v>15818</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20" s="8"/>
+    </row>
+    <row r="21" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="10">
+        <v>6</v>
+      </c>
+      <c r="C21" s="14">
+        <v>53858</v>
+      </c>
+      <c r="D21" s="10">
+        <v>3</v>
+      </c>
+      <c r="E21" s="20">
+        <v>13737.5</v>
+      </c>
+      <c r="F21" s="20">
+        <v>67595.5</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="10">
+        <v>12</v>
+      </c>
+      <c r="C22" s="14">
+        <v>43448</v>
+      </c>
+      <c r="D22" s="10">
+        <v>2</v>
+      </c>
+      <c r="E22" s="20">
+        <v>11328.15</v>
+      </c>
+      <c r="F22" s="20">
+        <v>54776.15</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22" s="8"/>
+    </row>
+    <row r="23" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="10">
+        <v>1</v>
+      </c>
+      <c r="C23" s="14">
+        <v>1194</v>
+      </c>
+      <c r="D23" s="10"/>
+      <c r="E23" s="20">
+        <v>0</v>
+      </c>
+      <c r="F23" s="20">
+        <v>1194</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23" s="8"/>
+    </row>
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="10">
+        <v>3</v>
+      </c>
+      <c r="C24" s="14">
+        <v>94270</v>
+      </c>
+      <c r="D24" s="10">
+        <v>3</v>
+      </c>
+      <c r="E24" s="20">
+        <v>42362.1</v>
+      </c>
+      <c r="F24" s="20">
+        <v>136632.1</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="10">
+        <v>6</v>
+      </c>
+      <c r="C25" s="14">
+        <v>13898</v>
+      </c>
+      <c r="D25" s="10"/>
+      <c r="E25" s="20">
+        <v>0</v>
+      </c>
+      <c r="F25" s="20">
+        <v>13898</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25" s="8"/>
+    </row>
+    <row r="26" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="10">
+        <v>5</v>
+      </c>
+      <c r="C26" s="14">
+        <v>10334</v>
+      </c>
+      <c r="D26" s="10"/>
+      <c r="E26" s="20">
+        <v>0</v>
+      </c>
+      <c r="F26" s="20">
+        <v>10334</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26" s="8"/>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="10">
+        <v>23</v>
+      </c>
+      <c r="C27" s="14">
+        <v>199500</v>
+      </c>
+      <c r="D27" s="10">
+        <v>5</v>
+      </c>
+      <c r="E27" s="20">
+        <v>3602.5</v>
+      </c>
+      <c r="F27" s="20">
+        <v>203102.5</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="10">
+        <v>14</v>
+      </c>
+      <c r="C28" s="14">
+        <v>78378</v>
+      </c>
+      <c r="D28" s="10">
+        <v>6</v>
+      </c>
+      <c r="E28" s="20">
+        <v>61876.2</v>
+      </c>
+      <c r="F28" s="20">
+        <v>140254.20000000001</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28" s="8"/>
+    </row>
+    <row r="29" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="10">
+        <v>10</v>
+      </c>
+      <c r="C29" s="14">
+        <v>107014</v>
+      </c>
+      <c r="D29" s="10">
         <v>4</v>
       </c>
-      <c r="E5" s="33" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="39" t="s">
+      <c r="E29" s="20">
+        <v>82400.25</v>
+      </c>
+      <c r="F29" s="20">
+        <v>189414.25</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29" s="8"/>
+    </row>
+    <row r="30" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="10">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="19" t="s">
+      <c r="C30" s="14">
+        <v>39020</v>
+      </c>
+      <c r="D30" s="10">
+        <v>3</v>
+      </c>
+      <c r="E30" s="20">
+        <v>7893.25</v>
+      </c>
+      <c r="F30" s="20">
+        <v>46913.25</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="10">
+        <v>6</v>
+      </c>
+      <c r="C31" s="14">
+        <v>44929</v>
+      </c>
+      <c r="D31" s="10">
+        <v>3</v>
+      </c>
+      <c r="E31" s="20">
+        <v>4701.05</v>
+      </c>
+      <c r="F31" s="20">
+        <v>49630.05</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31" s="8"/>
+    </row>
+    <row r="32" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="10">
+        <v>1</v>
+      </c>
+      <c r="C32" s="14">
+        <v>1808</v>
+      </c>
+      <c r="D32" s="10">
+        <v>1</v>
+      </c>
+      <c r="E32" s="20">
+        <v>569.04999999999995</v>
+      </c>
+      <c r="F32" s="20">
+        <v>2377.0500000000002</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32" s="8"/>
+    </row>
+    <row r="33" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="10">
+        <v>3</v>
+      </c>
+      <c r="C33" s="14">
+        <v>4665</v>
+      </c>
+      <c r="D33" s="10">
+        <v>4</v>
+      </c>
+      <c r="E33" s="20">
+        <v>40991.85</v>
+      </c>
+      <c r="F33" s="20">
+        <v>45656.85</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="10">
+        <v>15</v>
+      </c>
+      <c r="C34" s="14">
+        <v>164388</v>
+      </c>
+      <c r="D34" s="10">
+        <v>9</v>
+      </c>
+      <c r="E34" s="20">
+        <v>88815.85</v>
+      </c>
+      <c r="F34" s="20">
+        <v>253203.85</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34" s="8"/>
+    </row>
+    <row r="35" spans="1:10" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="10">
+        <v>6</v>
+      </c>
+      <c r="C35" s="14">
+        <v>14335</v>
+      </c>
+      <c r="D35" s="10">
+        <v>3</v>
+      </c>
+      <c r="E35" s="20">
+        <v>5044.2</v>
+      </c>
+      <c r="F35" s="20">
+        <v>19379.2</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35" s="8"/>
+    </row>
+    <row r="36" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="10">
+        <v>3</v>
+      </c>
+      <c r="C36" s="14">
+        <v>67398</v>
+      </c>
+      <c r="D36" s="10">
+        <v>1</v>
+      </c>
+      <c r="E36" s="20">
+        <v>899.35</v>
+      </c>
+      <c r="F36" s="20">
+        <v>68297.350000000006</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B37" s="10">
+        <v>47</v>
+      </c>
+      <c r="C37" s="14">
+        <v>285742</v>
+      </c>
+      <c r="D37" s="10">
+        <v>18</v>
+      </c>
+      <c r="E37" s="20">
+        <v>179724.5</v>
+      </c>
+      <c r="F37" s="20">
+        <v>465466.5</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37" s="8"/>
+    </row>
+    <row r="38" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="10">
+        <v>15</v>
+      </c>
+      <c r="C38" s="14">
+        <v>201730</v>
+      </c>
+      <c r="D38" s="10">
+        <v>7</v>
+      </c>
+      <c r="E38" s="20">
+        <v>162853</v>
+      </c>
+      <c r="F38" s="20">
+        <v>364583</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38" s="8"/>
+    </row>
+    <row r="39" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B39" s="10">
         <v>8</v>
       </c>
-      <c r="B6" s="18">
-[...87 lines deleted...]
-      <c r="B10" s="18">
+      <c r="C39" s="14">
+        <v>33531</v>
+      </c>
+      <c r="D39" s="10">
         <v>6</v>
       </c>
-      <c r="C10" s="24">
-[...57 lines deleted...]
-      <c r="A13" s="19" t="s">
+      <c r="E39" s="20">
+        <v>66641.2</v>
+      </c>
+      <c r="F39" s="20">
+        <v>100172.2</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39" s="8"/>
+    </row>
+    <row r="40" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B40" s="10">
         <v>15</v>
       </c>
-      <c r="B13" s="18">
-[...595 lines deleted...]
-      <c r="I40" s="12"/>
+      <c r="C40" s="14">
+        <v>87566</v>
+      </c>
+      <c r="D40" s="19"/>
+      <c r="E40" s="20"/>
+      <c r="F40" s="20">
+        <v>87566</v>
+      </c>
+      <c r="H40" s="2"/>
+      <c r="I40" s="8"/>
     </row>
     <row r="41" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="19" t="s">
+      <c r="A41" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="17">
+        <v>269</v>
+      </c>
+      <c r="C41" s="15">
+        <v>2317237</v>
+      </c>
+      <c r="D41" s="17"/>
+      <c r="E41" s="20"/>
+      <c r="F41" s="20"/>
+    </row>
+    <row r="42" spans="1:10" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B41" s="27">
-[...21 lines deleted...]
-      <c r="F42" s="30"/>
+      <c r="B42" s="17"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="17">
+        <v>119</v>
+      </c>
+      <c r="E42" s="20">
+        <v>1407401.1499999997</v>
+      </c>
+      <c r="F42" s="20"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
     </row>
     <row r="43" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="35" t="s">
-[...7 lines deleted...]
-        <v>3398354.5</v>
+      <c r="A43" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="18"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="24"/>
+      <c r="F43" s="24">
+        <v>3724638.1499999994</v>
       </c>
     </row>
     <row r="44" spans="1:10" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="9" t="s">
-        <v>41</v>
+      <c r="A45" s="7" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:10" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="14" t="s">
-[...6 lines deleted...]
-      <c r="F46" s="14"/>
+      <c r="A46" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="B46" s="31"/>
+      <c r="C46" s="31"/>
+      <c r="D46" s="31"/>
+      <c r="E46" s="31"/>
+      <c r="F46" s="31"/>
     </row>
     <row r="47" spans="1:10" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
-      <c r="B47" s="7"/>
-[...1 lines deleted...]
-      <c r="D47" s="6"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
     </row>
     <row r="48" spans="1:10" s="4" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
-      <c r="B48" s="7"/>
-[...1 lines deleted...]
-      <c r="D48" s="6"/>
+      <c r="B48" s="5"/>
+      <c r="C48" s="5"/>
+      <c r="D48" s="5"/>
     </row>
     <row r="49" spans="1:6" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="14" t="s">
-[...6 lines deleted...]
-      <c r="F49" s="14"/>
+      <c r="A49" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="31"/>
+      <c r="C49" s="31"/>
+      <c r="D49" s="31"/>
+      <c r="E49" s="31"/>
+      <c r="F49" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A49:F49"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A46:F46"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -1972,25 +1979,54 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sportarten</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
+    <vt:lpwstr>2025-11-26T09:44:42Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
+    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+    <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
+    <vt:lpwstr>f720a868-3781-42d7-98e0-524f613b6ca8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>