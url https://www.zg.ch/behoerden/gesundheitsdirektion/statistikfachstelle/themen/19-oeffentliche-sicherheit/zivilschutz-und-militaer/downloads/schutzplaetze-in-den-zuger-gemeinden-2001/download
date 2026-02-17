--- v0 (2025-10-13)
+++ v1 (2026-02-17)
@@ -17,236 +17,216 @@
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="13"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="14" state="visible" r:id="rId14"/>
-[...12 lines deleted...]
-    <sheet name="2011" sheetId="1" state="visible" r:id="rId13"/>
+    <sheet name="2025" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="2024" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="2023" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="2022" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="2021" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="2020" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="2019" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="2018" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="2017" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="2016" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="2015" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="2014" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="2013" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="2012" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="2011" sheetId="15" state="visible" r:id="rId15"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t xml:space="preserve">Schutzräume und Schutzplätze</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, Ende 2011</t>
+    <t xml:space="preserve">Kanton Zug, Ende 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Pflichtschutzräume</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">Öffentliche Schutzräume</t>
   </si>
   <si>
     <t xml:space="preserve">Anzahl Räume</t>
   </si>
   <si>
     <t xml:space="preserve">Anzahl Plätze</t>
   </si>
   <si>
-    <t xml:space="preserve">Total</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
-    <t xml:space="preserve">Steinhausen</t>
+    <t xml:space="preserve">Menzingen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neuheim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
+    <t xml:space="preserve">Steinhausen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unterägeri</t>
+  </si>
+  <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
-    <t xml:space="preserve">Neuheim</t>
+    <t xml:space="preserve">Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Zivilschutz und Militär, Aktualisiert am 27.01.2025 15:04</t>
+    <t xml:space="preserve">Kanton Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Kanton Zug, Amt für Bevölkerungsschutz, Zivilschutz und Militär</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, Ende 2013</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, Ende 2012</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, Ende 2013</t>
-[...59 lines deleted...]
-    <t xml:space="preserve">Kanton Zug, Ende 2024</t>
+    <t xml:space="preserve">Kanton Zug, Ende 2011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="14">
+  <numFmts count="15">
+    <numFmt numFmtId="166" formatCode="#,##0"/>
+    <numFmt numFmtId="167" formatCode="#,##0"/>
+    <numFmt numFmtId="168" formatCode="#,##0"/>
+    <numFmt numFmtId="169" formatCode="#,##0"/>
+    <numFmt numFmtId="170" formatCode="#,##0"/>
+    <numFmt numFmtId="171" formatCode="#,##0"/>
+    <numFmt numFmtId="172" formatCode="#,##0"/>
+    <numFmt numFmtId="173" formatCode="#,##0"/>
+    <numFmt numFmtId="174" formatCode="#,##0"/>
+    <numFmt numFmtId="175" formatCode="#,##0"/>
+    <numFmt numFmtId="176" formatCode="#,##0"/>
+    <numFmt numFmtId="177" formatCode="#,##0"/>
     <numFmt numFmtId="178" formatCode="#,##0"/>
-    <numFmt numFmtId="177" formatCode="#,##0"/>
-[...10 lines deleted...]
-    <numFmt numFmtId="166" formatCode="#,##0"/>
     <numFmt numFmtId="179" formatCode="#,##0"/>
+    <numFmt numFmtId="180" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -285,259 +265,271 @@
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="177" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="177" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="175" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="175" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="175" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="174" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="174" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="174" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="172" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="174" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="174" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="172" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="174" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="172" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="175" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="175" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="170" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="169" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="179" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="179" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="180" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="180" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">20</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -667,50 +659,84 @@
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">20</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">20</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
@@ -1268,79 +1294,82 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing14.vml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing15.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.14" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
@@ -1406,336 +1435,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>33</v>
+      <c r="A2" s="12" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="9" t="n">
-[...9 lines deleted...]
-        <v>8874</v>
+      <c r="B6" s="4" t="n">
+        <v>934</v>
+      </c>
+      <c r="C6" s="7" t="n">
+        <v>27702</v>
+      </c>
+      <c r="D6" s="4" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="7" t="n">
+        <v>596</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="9" t="n">
-[...5 lines deleted...]
-      <c r="D7" s="9" t="n">
+      <c r="B7" s="4" t="n">
+        <v>554</v>
+      </c>
+      <c r="C7" s="7" t="n">
+        <v>17418</v>
+      </c>
+      <c r="D7" s="4" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="7" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="4" t="n">
+        <v>441</v>
+      </c>
+      <c r="C8" s="7" t="n">
+        <v>10647</v>
+      </c>
+      <c r="D8" s="4" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="7" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="4" t="n">
+        <v>223</v>
+      </c>
+      <c r="C9" s="7" t="n">
+        <v>5004</v>
+      </c>
+      <c r="D9" s="4" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="10" t="n">
+      <c r="E9" s="7" t="n">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="4" t="n">
+        <v>119</v>
+      </c>
+      <c r="C10" s="7" t="n">
+        <v>2400</v>
+      </c>
+      <c r="D10" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="7" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="4" t="n">
+        <v>343</v>
+      </c>
+      <c r="C11" s="7" t="n">
+        <v>5511</v>
+      </c>
+      <c r="D11" s="4" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="7" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="4" t="n">
+        <v>447</v>
+      </c>
+      <c r="C12" s="7" t="n">
+        <v>12726</v>
+      </c>
+      <c r="D12" s="4" t="n">
+        <v>4</v>
+      </c>
+      <c r="E12" s="7" t="n">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="4" t="n">
+        <v>448</v>
+      </c>
+      <c r="C13" s="7" t="n">
+        <v>12275</v>
+      </c>
+      <c r="D13" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="7" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="4" t="n">
+        <v>456</v>
+      </c>
+      <c r="C14" s="7" t="n">
+        <v>8841</v>
+      </c>
+      <c r="D14" s="4" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="7" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="4" t="n">
+        <v>294</v>
+      </c>
+      <c r="C15" s="7" t="n">
+        <v>4048</v>
+      </c>
+      <c r="D15" s="4" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="7" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="4" t="n">
+        <v>709</v>
+      </c>
+      <c r="C16" s="7" t="n">
+        <v>33326</v>
+      </c>
+      <c r="D16" s="4" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="7" t="n">
         <v>1432</v>
       </c>
     </row>
-    <row r="8" ht="15" customHeight="1">
-[...151 lines deleted...]
-    </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="9" t="n">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="B17" s="4" t="n">
+        <v>4968</v>
+      </c>
+      <c r="C17" s="7" t="n">
+        <v>139898</v>
+      </c>
+      <c r="D17" s="4" t="n">
+        <v>49</v>
+      </c>
+      <c r="E17" s="7" t="n">
+        <v>8398</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="8"/>
-[...2 lines deleted...]
-      <c r="E18" s="8"/>
+      <c r="B18" s="10"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="8"/>
-[...2 lines deleted...]
-      <c r="E19" s="8"/>
+      <c r="B19" s="10"/>
+      <c r="C19" s="10"/>
+      <c r="D19" s="10"/>
+      <c r="E19" s="10"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="8"/>
-[...2 lines deleted...]
-      <c r="E20" s="8"/>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="8"/>
-[...2 lines deleted...]
-      <c r="E21" s="8"/>
+      <c r="B21" s="10"/>
+      <c r="C21" s="10"/>
+      <c r="D21" s="10"/>
+      <c r="E21" s="10"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="8"/>
-[...2 lines deleted...]
-      <c r="E22" s="8"/>
+      <c r="B22" s="10"/>
+      <c r="C22" s="10"/>
+      <c r="D22" s="10"/>
+      <c r="E22" s="10"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -2301,330 +2330,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>24</v>
+      <c r="A2" s="12" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="39" t="n">
-        <v>5233</v>
+        <v>981</v>
       </c>
       <c r="C6" s="40" t="n">
-        <v>145549</v>
+        <v>28938</v>
       </c>
       <c r="D6" s="39" t="n">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="E6" s="40" t="n">
-        <v>8054</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="39" t="n">
-        <v>743</v>
+        <v>578</v>
       </c>
       <c r="C7" s="40" t="n">
-        <v>34709</v>
+        <v>18322</v>
       </c>
       <c r="D7" s="39" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E7" s="40" t="n">
-        <v>1166</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
-      <c r="A8" s="5" t="s">
+      <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="39" t="n">
-        <v>371</v>
+        <v>457</v>
       </c>
       <c r="C8" s="40" t="n">
-        <v>5666</v>
+        <v>10873</v>
       </c>
       <c r="D8" s="39" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E8" s="40" t="n">
-        <v>1186</v>
+        <v>252</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="39" t="n">
-        <v>477</v>
+        <v>237</v>
       </c>
       <c r="C9" s="40" t="n">
-        <v>8862</v>
+        <v>5143</v>
       </c>
       <c r="D9" s="39" t="n">
         <v>3</v>
       </c>
       <c r="E9" s="40" t="n">
-        <v>757</v>
+        <v>523</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
-      <c r="A10" s="5" t="s">
+      <c r="A10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="39" t="n">
-        <v>241</v>
+        <v>123</v>
       </c>
       <c r="C10" s="40" t="n">
-        <v>5282</v>
+        <v>2535</v>
       </c>
       <c r="D10" s="39" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E10" s="40" t="n">
-        <v>523</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
-      <c r="A11" s="5" t="s">
+      <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="39" t="n">
-        <v>989</v>
+        <v>367</v>
       </c>
       <c r="C11" s="40" t="n">
-        <v>29023</v>
+        <v>5650</v>
       </c>
       <c r="D11" s="39" t="n">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E11" s="40" t="n">
-        <v>727</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
-      <c r="A12" s="5" t="s">
+      <c r="A12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="39" t="n">
-        <v>590</v>
+        <v>462</v>
       </c>
       <c r="C12" s="40" t="n">
-        <v>18617</v>
+        <v>13084</v>
       </c>
       <c r="D12" s="39" t="n">
         <v>5</v>
       </c>
       <c r="E12" s="40" t="n">
-        <v>2406</v>
+        <v>398</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
-      <c r="A13" s="5" t="s">
+      <c r="A13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="39" t="n">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C13" s="40" t="n">
-        <v>10879</v>
+        <v>12576</v>
       </c>
       <c r="D13" s="39" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="40" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="39" t="n">
+        <v>474</v>
+      </c>
+      <c r="C14" s="40" t="n">
+        <v>8967</v>
+      </c>
+      <c r="D14" s="39" t="n">
         <v>3</v>
       </c>
-      <c r="E13" s="40" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="E14" s="40" t="n">
-        <v>200</v>
+        <v>667</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
-      <c r="A15" s="5" t="s">
+      <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="39" t="n">
-        <v>467</v>
+        <v>312</v>
       </c>
       <c r="C15" s="40" t="n">
-        <v>13138</v>
+        <v>4222</v>
       </c>
       <c r="D15" s="39" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E15" s="40" t="n">
-        <v>398</v>
+        <v>448</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="5" t="s">
+      <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="39" t="n">
-        <v>315</v>
+        <v>734</v>
       </c>
       <c r="C16" s="40" t="n">
-        <v>4245</v>
+        <v>34434</v>
       </c>
       <c r="D16" s="39" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E16" s="40" t="n">
-        <v>448</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="39" t="n">
-        <v>125</v>
+        <v>5181</v>
       </c>
       <c r="C17" s="40" t="n">
-        <v>2548</v>
+        <v>144744</v>
       </c>
       <c r="D17" s="39" t="n">
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="E17" s="40" t="n">
-        <v>41</v>
+        <v>8027</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="38"/>
       <c r="E18" s="38"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="38"/>
       <c r="C20" s="38"/>
       <c r="D20" s="38"/>
       <c r="E20" s="38"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="38"/>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="38"/>
       <c r="C22" s="38"/>
       <c r="D22" s="38"/>
       <c r="E22" s="38"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -3196,330 +3225,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>23</v>
+      <c r="A2" s="12" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="42" t="n">
-        <v>5215</v>
+        <v>980</v>
       </c>
       <c r="C6" s="43" t="n">
-        <v>144376</v>
+        <v>28976</v>
       </c>
       <c r="D6" s="42" t="n">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="E6" s="43" t="n">
-        <v>7849</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="42" t="n">
-        <v>740</v>
+        <v>585</v>
       </c>
       <c r="C7" s="43" t="n">
-        <v>34696</v>
+        <v>18484</v>
       </c>
       <c r="D7" s="42" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="43" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="42" t="n">
+        <v>458</v>
+      </c>
+      <c r="C8" s="43" t="n">
+        <v>10879</v>
+      </c>
+      <c r="D8" s="42" t="n">
         <v>3</v>
       </c>
-      <c r="E7" s="43" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="E8" s="43" t="n">
-        <v>1186</v>
+        <v>202</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="42" t="n">
-        <v>471</v>
+        <v>238</v>
       </c>
       <c r="C9" s="43" t="n">
-        <v>8684</v>
+        <v>5150</v>
       </c>
       <c r="D9" s="42" t="n">
         <v>3</v>
       </c>
       <c r="E9" s="43" t="n">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="42" t="n">
+        <v>132</v>
+      </c>
+      <c r="C10" s="43" t="n">
+        <v>2542</v>
+      </c>
+      <c r="D10" s="42" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="43" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="42" t="n">
+        <v>369</v>
+      </c>
+      <c r="C11" s="43" t="n">
+        <v>5654</v>
+      </c>
+      <c r="D11" s="42" t="n">
+        <v>8</v>
+      </c>
+      <c r="E11" s="43" t="n">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="42" t="n">
+        <v>461</v>
+      </c>
+      <c r="C12" s="43" t="n">
+        <v>13099</v>
+      </c>
+      <c r="D12" s="42" t="n">
+        <v>4</v>
+      </c>
+      <c r="E12" s="43" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="42" t="n">
+        <v>456</v>
+      </c>
+      <c r="C13" s="43" t="n">
+        <v>12576</v>
+      </c>
+      <c r="D13" s="42" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="43" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="42" t="n">
+        <v>472</v>
+      </c>
+      <c r="C14" s="43" t="n">
+        <v>8924</v>
+      </c>
+      <c r="D14" s="42" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="43" t="n">
         <v>757</v>
       </c>
     </row>
-    <row r="10" ht="15" customHeight="1">
-[...60 lines deleted...]
-      <c r="D13" s="42" t="n">
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="42" t="n">
+        <v>311</v>
+      </c>
+      <c r="C15" s="43" t="n">
+        <v>4213</v>
+      </c>
+      <c r="D15" s="42" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="43" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="42" t="n">
+        <v>738</v>
+      </c>
+      <c r="C16" s="43" t="n">
+        <v>34625</v>
+      </c>
+      <c r="D16" s="42" t="n">
         <v>3</v>
       </c>
-      <c r="E13" s="43" t="n">
-[...49 lines deleted...]
-      </c>
       <c r="E16" s="43" t="n">
-        <v>448</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="42" t="n">
-        <v>125</v>
+        <v>5200</v>
       </c>
       <c r="C17" s="43" t="n">
-        <v>2548</v>
+        <v>145122</v>
       </c>
       <c r="D17" s="42" t="n">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="E17" s="43" t="n">
-        <v>41</v>
+        <v>8054</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="41"/>
       <c r="C19" s="41"/>
       <c r="D19" s="41"/>
       <c r="E19" s="41"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="41"/>
       <c r="C21" s="41"/>
       <c r="D21" s="41"/>
       <c r="E21" s="41"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="41"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -4091,330 +4120,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>22</v>
+      <c r="A2" s="12" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="45" t="n">
-        <v>5254</v>
+        <v>989</v>
       </c>
       <c r="C6" s="46" t="n">
-        <v>145470</v>
+        <v>29023</v>
       </c>
       <c r="D6" s="45" t="n">
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="E6" s="46" t="n">
-        <v>8049</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="45" t="n">
-        <v>746</v>
+        <v>590</v>
       </c>
       <c r="C7" s="46" t="n">
-        <v>34836</v>
+        <v>18617</v>
       </c>
       <c r="D7" s="45" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="46" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="45" t="n">
+        <v>458</v>
+      </c>
+      <c r="C8" s="46" t="n">
+        <v>10879</v>
+      </c>
+      <c r="D8" s="45" t="n">
         <v>3</v>
       </c>
-      <c r="E7" s="46" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="E8" s="46" t="n">
-        <v>1186</v>
+        <v>202</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="45" t="n">
-        <v>475</v>
+        <v>241</v>
       </c>
       <c r="C9" s="46" t="n">
-        <v>8767</v>
+        <v>5282</v>
       </c>
       <c r="D9" s="45" t="n">
         <v>3</v>
       </c>
       <c r="E9" s="46" t="n">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="45" t="n">
+        <v>125</v>
+      </c>
+      <c r="C10" s="46" t="n">
+        <v>2548</v>
+      </c>
+      <c r="D10" s="45" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="46" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="45" t="n">
+        <v>371</v>
+      </c>
+      <c r="C11" s="46" t="n">
+        <v>5666</v>
+      </c>
+      <c r="D11" s="45" t="n">
+        <v>8</v>
+      </c>
+      <c r="E11" s="46" t="n">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="45" t="n">
+        <v>467</v>
+      </c>
+      <c r="C12" s="46" t="n">
+        <v>13138</v>
+      </c>
+      <c r="D12" s="45" t="n">
+        <v>4</v>
+      </c>
+      <c r="E12" s="46" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="45" t="n">
+        <v>457</v>
+      </c>
+      <c r="C13" s="46" t="n">
+        <v>12580</v>
+      </c>
+      <c r="D13" s="45" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="46" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="45" t="n">
+        <v>477</v>
+      </c>
+      <c r="C14" s="46" t="n">
+        <v>8862</v>
+      </c>
+      <c r="D14" s="45" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="46" t="n">
         <v>757</v>
       </c>
     </row>
-    <row r="10" ht="15" customHeight="1">
-[...26 lines deleted...]
-      <c r="D11" s="45" t="n">
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="45" t="n">
+        <v>315</v>
+      </c>
+      <c r="C15" s="46" t="n">
+        <v>4245</v>
+      </c>
+      <c r="D15" s="45" t="n">
         <v>6</v>
       </c>
-      <c r="E11" s="46" t="n">
-[...30 lines deleted...]
-      <c r="D13" s="45" t="n">
+      <c r="E15" s="46" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="45" t="n">
+        <v>743</v>
+      </c>
+      <c r="C16" s="46" t="n">
+        <v>34709</v>
+      </c>
+      <c r="D16" s="45" t="n">
         <v>3</v>
       </c>
-      <c r="E13" s="46" t="n">
-[...49 lines deleted...]
-      </c>
       <c r="E16" s="46" t="n">
-        <v>448</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="45" t="n">
-        <v>125</v>
+        <v>5233</v>
       </c>
       <c r="C17" s="46" t="n">
-        <v>2548</v>
+        <v>145549</v>
       </c>
       <c r="D17" s="45" t="n">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="E17" s="46" t="n">
-        <v>41</v>
+        <v>8054</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="44"/>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="44"/>
       <c r="C19" s="44"/>
       <c r="D19" s="44"/>
       <c r="E19" s="44"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="44"/>
       <c r="C20" s="44"/>
       <c r="D20" s="44"/>
       <c r="E20" s="44"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="44"/>
       <c r="C21" s="44"/>
       <c r="D21" s="44"/>
       <c r="E21" s="44"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="44"/>
       <c r="C22" s="44"/>
       <c r="D22" s="44"/>
       <c r="E22" s="44"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -4876,51 +4905,51 @@
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A22:H22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.14" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
@@ -4986,336 +5015,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>1</v>
+      <c r="A2" s="12" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="47" t="n">
-[...9 lines deleted...]
-        <v>8346</v>
+      <c r="B6" s="48" t="n">
+        <v>981</v>
+      </c>
+      <c r="C6" s="49" t="n">
+        <v>28312</v>
+      </c>
+      <c r="D6" s="48" t="n">
+        <v>5</v>
+      </c>
+      <c r="E6" s="49" t="n">
+        <v>527</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="47" t="n">
-[...5 lines deleted...]
-      <c r="D7" s="47" t="n">
+      <c r="B7" s="48" t="n">
+        <v>588</v>
+      </c>
+      <c r="C7" s="49" t="n">
+        <v>18433</v>
+      </c>
+      <c r="D7" s="48" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="49" t="n">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="48" t="n">
+        <v>458</v>
+      </c>
+      <c r="C8" s="49" t="n">
+        <v>10879</v>
+      </c>
+      <c r="D8" s="48" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="49" t="n">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="48" t="n">
+        <v>238</v>
+      </c>
+      <c r="C9" s="49" t="n">
+        <v>5078</v>
+      </c>
+      <c r="D9" s="48" t="n">
+        <v>2</v>
+      </c>
+      <c r="E9" s="49" t="n">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="48" t="n">
+        <v>125</v>
+      </c>
+      <c r="C10" s="49" t="n">
+        <v>2548</v>
+      </c>
+      <c r="D10" s="48" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="49" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="48" t="n">
+        <v>370</v>
+      </c>
+      <c r="C11" s="49" t="n">
+        <v>5647</v>
+      </c>
+      <c r="D11" s="48" t="n">
+        <v>8</v>
+      </c>
+      <c r="E11" s="49" t="n">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="48" t="n">
+        <v>464</v>
+      </c>
+      <c r="C12" s="49" t="n">
+        <v>13003</v>
+      </c>
+      <c r="D12" s="48" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="48" t="n">
-[...30 lines deleted...]
-      <c r="D9" s="47" t="n">
+      <c r="E12" s="49" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="48" t="n">
+        <v>459</v>
+      </c>
+      <c r="C13" s="49" t="n">
+        <v>12805</v>
+      </c>
+      <c r="D13" s="48" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="49" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="48" t="n">
+        <v>471</v>
+      </c>
+      <c r="C14" s="49" t="n">
+        <v>8684</v>
+      </c>
+      <c r="D14" s="48" t="n">
         <v>3</v>
       </c>
-      <c r="E9" s="48" t="n">
+      <c r="E14" s="49" t="n">
         <v>757</v>
       </c>
     </row>
-    <row r="10" ht="15" customHeight="1">
-[...60 lines deleted...]
-      <c r="D13" s="47" t="n">
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="48" t="n">
+        <v>321</v>
+      </c>
+      <c r="C15" s="49" t="n">
+        <v>4291</v>
+      </c>
+      <c r="D15" s="48" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="49" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="48" t="n">
+        <v>740</v>
+      </c>
+      <c r="C16" s="49" t="n">
+        <v>34696</v>
+      </c>
+      <c r="D16" s="48" t="n">
         <v>3</v>
       </c>
-      <c r="E13" s="48" t="n">
-[...51 lines deleted...]
-        <v>478</v>
+      <c r="E16" s="49" t="n">
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="47" t="n">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="B17" s="48" t="n">
+        <v>5215</v>
+      </c>
+      <c r="C17" s="49" t="n">
+        <v>144376</v>
+      </c>
+      <c r="D17" s="48" t="n">
+        <v>42</v>
+      </c>
+      <c r="E17" s="49" t="n">
+        <v>7849</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="49"/>
-[...2 lines deleted...]
-      <c r="E18" s="49"/>
+      <c r="B18" s="47"/>
+      <c r="C18" s="47"/>
+      <c r="D18" s="47"/>
+      <c r="E18" s="47"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="49"/>
-[...2 lines deleted...]
-      <c r="E19" s="49"/>
+      <c r="B19" s="47"/>
+      <c r="C19" s="47"/>
+      <c r="D19" s="47"/>
+      <c r="E19" s="47"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="49"/>
-[...2 lines deleted...]
-      <c r="E20" s="49"/>
+      <c r="B20" s="47"/>
+      <c r="C20" s="47"/>
+      <c r="D20" s="47"/>
+      <c r="E20" s="47"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="49"/>
-[...2 lines deleted...]
-      <c r="E21" s="49"/>
+      <c r="B21" s="47"/>
+      <c r="C21" s="47"/>
+      <c r="D21" s="47"/>
+      <c r="E21" s="47"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="49"/>
-[...2 lines deleted...]
-      <c r="E22" s="49"/>
+      <c r="B22" s="47"/>
+      <c r="C22" s="47"/>
+      <c r="D22" s="47"/>
+      <c r="E22" s="47"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -5881,336 +5910,1231 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>43</v>
+      <c r="A2" s="12" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="51" t="n">
-        <v>4984</v>
+        <v>991</v>
       </c>
       <c r="C6" s="52" t="n">
-        <v>140232</v>
+        <v>28627</v>
       </c>
       <c r="D6" s="51" t="n">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="E6" s="52" t="n">
-        <v>8664</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="51" t="n">
-        <v>712</v>
+        <v>592</v>
       </c>
       <c r="C7" s="52" t="n">
-        <v>33387</v>
+        <v>18650</v>
       </c>
       <c r="D7" s="51" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="52" t="n">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="51" t="n">
+        <v>461</v>
+      </c>
+      <c r="C8" s="52" t="n">
+        <v>10899</v>
+      </c>
+      <c r="D8" s="51" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="52" t="n">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="51" t="n">
+        <v>240</v>
+      </c>
+      <c r="C9" s="52" t="n">
+        <v>5096</v>
+      </c>
+      <c r="D9" s="51" t="n">
+        <v>2</v>
+      </c>
+      <c r="E9" s="52" t="n">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="51" t="n">
+        <v>125</v>
+      </c>
+      <c r="C10" s="52" t="n">
+        <v>2548</v>
+      </c>
+      <c r="D10" s="51" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="52" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="51" t="n">
+        <v>374</v>
+      </c>
+      <c r="C11" s="52" t="n">
+        <v>5773</v>
+      </c>
+      <c r="D11" s="51" t="n">
+        <v>8</v>
+      </c>
+      <c r="E11" s="52" t="n">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="51" t="n">
+        <v>469</v>
+      </c>
+      <c r="C12" s="52" t="n">
+        <v>13169</v>
+      </c>
+      <c r="D12" s="51" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="52" t="n">
-[...30 lines deleted...]
-      <c r="D9" s="51" t="n">
+      <c r="E12" s="52" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="51" t="n">
+        <v>459</v>
+      </c>
+      <c r="C13" s="52" t="n">
+        <v>12805</v>
+      </c>
+      <c r="D13" s="51" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="52" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="51" t="n">
+        <v>475</v>
+      </c>
+      <c r="C14" s="52" t="n">
+        <v>8767</v>
+      </c>
+      <c r="D14" s="51" t="n">
         <v>3</v>
       </c>
-      <c r="E9" s="52" t="n">
+      <c r="E14" s="52" t="n">
         <v>757</v>
       </c>
     </row>
-    <row r="10" ht="15" customHeight="1">
-[...71 lines deleted...]
-      <c r="B14" s="51" t="n">
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="51" t="n">
+        <v>322</v>
+      </c>
+      <c r="C15" s="52" t="n">
+        <v>4300</v>
+      </c>
+      <c r="D15" s="51" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="52" t="n">
         <v>448</v>
       </c>
-      <c r="C14" s="52" t="n">
-[...24 lines deleted...]
-      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="5" t="s">
+      <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="51" t="n">
-        <v>294</v>
+        <v>746</v>
       </c>
       <c r="C16" s="52" t="n">
-        <v>4048</v>
+        <v>34836</v>
       </c>
       <c r="D16" s="51" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E16" s="52" t="n">
-        <v>448</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="51" t="n">
-        <v>120</v>
+        <v>5254</v>
       </c>
       <c r="C17" s="52" t="n">
-        <v>2393</v>
+        <v>145470</v>
       </c>
       <c r="D17" s="51" t="n">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="E17" s="52" t="n">
-        <v>41</v>
+        <v>8049</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="50"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="50"/>
       <c r="C19" s="50"/>
       <c r="D19" s="50"/>
       <c r="E19" s="50"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="50"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="50"/>
       <c r="C21" s="50"/>
       <c r="D21" s="50"/>
       <c r="E21" s="50"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="50"/>
+    </row>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A22:H22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.14" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="30" customHeight="1">
+      <c r="A4" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" ht="30" customHeight="1">
+      <c r="A5" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="54" t="n">
+        <v>997</v>
+      </c>
+      <c r="C6" s="55" t="n">
+        <v>28826</v>
+      </c>
+      <c r="D6" s="54" t="n">
+        <v>8</v>
+      </c>
+      <c r="E6" s="55" t="n">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="54" t="n">
+        <v>597</v>
+      </c>
+      <c r="C7" s="55" t="n">
+        <v>18641</v>
+      </c>
+      <c r="D7" s="54" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="55" t="n">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="54" t="n">
+        <v>466</v>
+      </c>
+      <c r="C8" s="55" t="n">
+        <v>10910</v>
+      </c>
+      <c r="D8" s="54" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="55" t="n">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="54" t="n">
+        <v>245</v>
+      </c>
+      <c r="C9" s="55" t="n">
+        <v>5303</v>
+      </c>
+      <c r="D9" s="54" t="n">
+        <v>2</v>
+      </c>
+      <c r="E9" s="55" t="n">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="54" t="n">
+        <v>127</v>
+      </c>
+      <c r="C10" s="55" t="n">
+        <v>2555</v>
+      </c>
+      <c r="D10" s="54" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="55" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="54" t="n">
+        <v>388</v>
+      </c>
+      <c r="C11" s="55" t="n">
+        <v>5810</v>
+      </c>
+      <c r="D11" s="54" t="n">
+        <v>8</v>
+      </c>
+      <c r="E11" s="55" t="n">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="54" t="n">
+        <v>475</v>
+      </c>
+      <c r="C12" s="55" t="n">
+        <v>13231</v>
+      </c>
+      <c r="D12" s="54" t="n">
+        <v>4</v>
+      </c>
+      <c r="E12" s="55" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="54" t="n">
+        <v>461</v>
+      </c>
+      <c r="C13" s="55" t="n">
+        <v>12616</v>
+      </c>
+      <c r="D13" s="54" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="55" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="54" t="n">
+        <v>478</v>
+      </c>
+      <c r="C14" s="55" t="n">
+        <v>8767</v>
+      </c>
+      <c r="D14" s="54" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="55" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="54" t="n">
+        <v>331</v>
+      </c>
+      <c r="C15" s="55" t="n">
+        <v>4318</v>
+      </c>
+      <c r="D15" s="54" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="55" t="n">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="54" t="n">
+        <v>756</v>
+      </c>
+      <c r="C16" s="55" t="n">
+        <v>35376</v>
+      </c>
+      <c r="D16" s="54" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="55" t="n">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="54" t="n">
+        <v>5321</v>
+      </c>
+      <c r="C17" s="55" t="n">
+        <v>146353</v>
+      </c>
+      <c r="D17" s="54" t="n">
+        <v>46</v>
+      </c>
+      <c r="E17" s="55" t="n">
+        <v>8346</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+      <c r="B18" s="53"/>
+      <c r="C18" s="53"/>
+      <c r="D18" s="53"/>
+      <c r="E18" s="53"/>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="53"/>
+      <c r="C19" s="53"/>
+      <c r="D19" s="53"/>
+      <c r="E19" s="53"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="1"/>
+      <c r="B20" s="53"/>
+      <c r="C20" s="53"/>
+      <c r="D20" s="53"/>
+      <c r="E20" s="53"/>
+    </row>
+    <row r="21" ht="81" customHeight="1">
+      <c r="A21" s="1"/>
+      <c r="B21" s="53"/>
+      <c r="C21" s="53"/>
+      <c r="D21" s="53"/>
+      <c r="E21" s="53"/>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="53"/>
+      <c r="C22" s="53"/>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -6776,336 +7700,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>32</v>
+      <c r="A2" s="12" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="16" t="n">
-[...5 lines deleted...]
-      <c r="D6" s="16" t="n">
+      <c r="B6" s="15" t="n">
+        <v>935</v>
+      </c>
+      <c r="C6" s="16" t="n">
+        <v>27947</v>
+      </c>
+      <c r="D6" s="15" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="16" t="n">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="15" t="n">
+        <v>557</v>
+      </c>
+      <c r="C7" s="16" t="n">
+        <v>17479</v>
+      </c>
+      <c r="D7" s="15" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="16" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="15" t="n">
+        <v>442</v>
+      </c>
+      <c r="C8" s="16" t="n">
+        <v>10659</v>
+      </c>
+      <c r="D8" s="15" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="16" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="15" t="n">
+        <v>225</v>
+      </c>
+      <c r="C9" s="16" t="n">
+        <v>4987</v>
+      </c>
+      <c r="D9" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="E9" s="16" t="n">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="15" t="n">
+        <v>120</v>
+      </c>
+      <c r="C10" s="16" t="n">
+        <v>2393</v>
+      </c>
+      <c r="D10" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="16" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="15" t="n">
+        <v>345</v>
+      </c>
+      <c r="C11" s="16" t="n">
+        <v>5445</v>
+      </c>
+      <c r="D11" s="15" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="16" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="15" t="n">
+        <v>449</v>
+      </c>
+      <c r="C12" s="16" t="n">
+        <v>12810</v>
+      </c>
+      <c r="D12" s="15" t="n">
+        <v>5</v>
+      </c>
+      <c r="E12" s="16" t="n">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="15" t="n">
+        <v>448</v>
+      </c>
+      <c r="C13" s="16" t="n">
+        <v>12275</v>
+      </c>
+      <c r="D13" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="16" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="15" t="n">
+        <v>457</v>
+      </c>
+      <c r="C14" s="16" t="n">
+        <v>8802</v>
+      </c>
+      <c r="D14" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="16" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="15" t="n">
+        <v>294</v>
+      </c>
+      <c r="C15" s="16" t="n">
+        <v>4048</v>
+      </c>
+      <c r="D15" s="15" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="16" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="15" t="n">
+        <v>712</v>
+      </c>
+      <c r="C16" s="16" t="n">
+        <v>33387</v>
+      </c>
+      <c r="D16" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="16" t="n">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="15" t="n">
+        <v>4984</v>
+      </c>
+      <c r="C17" s="16" t="n">
+        <v>140232</v>
+      </c>
+      <c r="D17" s="15" t="n">
         <v>50</v>
       </c>
-      <c r="E6" s="14" t="n">
-[...187 lines deleted...]
-        <v>41</v>
+      <c r="E17" s="16" t="n">
+        <v>8664</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="15"/>
-[...2 lines deleted...]
-      <c r="E18" s="15"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="14"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="14"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="15"/>
-[...2 lines deleted...]
-      <c r="E19" s="15"/>
+      <c r="B19" s="14"/>
+      <c r="C19" s="14"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="14"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="15"/>
-[...2 lines deleted...]
-      <c r="E20" s="15"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="14"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="15"/>
-[...2 lines deleted...]
-      <c r="E21" s="15"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="14"/>
+      <c r="E21" s="14"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="15"/>
-[...2 lines deleted...]
-      <c r="E22" s="15"/>
+      <c r="B22" s="14"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="14"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -7671,336 +8595,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>31</v>
+      <c r="A2" s="12" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="19" t="n">
-[...5 lines deleted...]
-      <c r="D6" s="19" t="n">
+      <c r="B6" s="18" t="n">
+        <v>941</v>
+      </c>
+      <c r="C6" s="19" t="n">
+        <v>28058</v>
+      </c>
+      <c r="D6" s="18" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="19" t="n">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="18" t="n">
+        <v>557</v>
+      </c>
+      <c r="C7" s="19" t="n">
+        <v>17479</v>
+      </c>
+      <c r="D7" s="18" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="19" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="18" t="n">
+        <v>443</v>
+      </c>
+      <c r="C8" s="19" t="n">
+        <v>10667</v>
+      </c>
+      <c r="D8" s="18" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="19" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="18" t="n">
+        <v>225</v>
+      </c>
+      <c r="C9" s="19" t="n">
+        <v>4977</v>
+      </c>
+      <c r="D9" s="18" t="n">
+        <v>4</v>
+      </c>
+      <c r="E9" s="19" t="n">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="18" t="n">
+        <v>120</v>
+      </c>
+      <c r="C10" s="19" t="n">
+        <v>2393</v>
+      </c>
+      <c r="D10" s="18" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="19" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="18" t="n">
+        <v>346</v>
+      </c>
+      <c r="C11" s="19" t="n">
+        <v>5453</v>
+      </c>
+      <c r="D11" s="18" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="19" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="18" t="n">
+        <v>450</v>
+      </c>
+      <c r="C12" s="19" t="n">
+        <v>12816</v>
+      </c>
+      <c r="D12" s="18" t="n">
+        <v>5</v>
+      </c>
+      <c r="E12" s="19" t="n">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="18" t="n">
+        <v>448</v>
+      </c>
+      <c r="C13" s="19" t="n">
+        <v>12275</v>
+      </c>
+      <c r="D13" s="18" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="19" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="18" t="n">
+        <v>460</v>
+      </c>
+      <c r="C14" s="19" t="n">
+        <v>8822</v>
+      </c>
+      <c r="D14" s="18" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="19" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="18" t="n">
+        <v>297</v>
+      </c>
+      <c r="C15" s="19" t="n">
+        <v>4076</v>
+      </c>
+      <c r="D15" s="18" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="19" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="18" t="n">
+        <v>713</v>
+      </c>
+      <c r="C16" s="19" t="n">
+        <v>33889</v>
+      </c>
+      <c r="D16" s="18" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="19" t="n">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="18" t="n">
+        <v>5000</v>
+      </c>
+      <c r="C17" s="19" t="n">
+        <v>140905</v>
+      </c>
+      <c r="D17" s="18" t="n">
         <v>50</v>
       </c>
-      <c r="E6" s="17" t="n">
+      <c r="E17" s="19" t="n">
         <v>8874</v>
-      </c>
-[...185 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="18"/>
-[...2 lines deleted...]
-      <c r="E18" s="18"/>
+      <c r="B18" s="17"/>
+      <c r="C18" s="17"/>
+      <c r="D18" s="17"/>
+      <c r="E18" s="17"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="18"/>
-[...2 lines deleted...]
-      <c r="E19" s="18"/>
+      <c r="B19" s="17"/>
+      <c r="C19" s="17"/>
+      <c r="D19" s="17"/>
+      <c r="E19" s="17"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="18"/>
-[...2 lines deleted...]
-      <c r="E20" s="18"/>
+      <c r="B20" s="17"/>
+      <c r="C20" s="17"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="18"/>
-[...2 lines deleted...]
-      <c r="E21" s="18"/>
+      <c r="B21" s="17"/>
+      <c r="C21" s="17"/>
+      <c r="D21" s="17"/>
+      <c r="E21" s="17"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="18"/>
-[...2 lines deleted...]
-      <c r="E22" s="18"/>
+      <c r="B22" s="17"/>
+      <c r="C22" s="17"/>
+      <c r="D22" s="17"/>
+      <c r="E22" s="17"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -8566,336 +9490,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>30</v>
+      <c r="A2" s="12" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="22" t="n">
-[...9 lines deleted...]
-        <v>9074</v>
+      <c r="B6" s="21" t="n">
+        <v>951</v>
+      </c>
+      <c r="C6" s="22" t="n">
+        <v>28123</v>
+      </c>
+      <c r="D6" s="21" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="22" t="n">
+        <v>796</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="22" t="n">
-[...5 lines deleted...]
-      <c r="D7" s="22" t="n">
+      <c r="B7" s="21" t="n">
+        <v>562</v>
+      </c>
+      <c r="C7" s="22" t="n">
+        <v>17514</v>
+      </c>
+      <c r="D7" s="21" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="22" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="21" t="n">
+        <v>444</v>
+      </c>
+      <c r="C8" s="22" t="n">
+        <v>10674</v>
+      </c>
+      <c r="D8" s="21" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="22" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="21" t="n">
+        <v>227</v>
+      </c>
+      <c r="C9" s="22" t="n">
+        <v>5003</v>
+      </c>
+      <c r="D9" s="21" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="20" t="n">
+      <c r="E9" s="22" t="n">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="21" t="n">
+        <v>120</v>
+      </c>
+      <c r="C10" s="22" t="n">
+        <v>2393</v>
+      </c>
+      <c r="D10" s="21" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="22" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="21" t="n">
+        <v>347</v>
+      </c>
+      <c r="C11" s="22" t="n">
+        <v>5459</v>
+      </c>
+      <c r="D11" s="21" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="22" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="21" t="n">
+        <v>452</v>
+      </c>
+      <c r="C12" s="22" t="n">
+        <v>12901</v>
+      </c>
+      <c r="D12" s="21" t="n">
+        <v>5</v>
+      </c>
+      <c r="E12" s="22" t="n">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="21" t="n">
+        <v>448</v>
+      </c>
+      <c r="C13" s="22" t="n">
+        <v>12275</v>
+      </c>
+      <c r="D13" s="21" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="22" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="21" t="n">
+        <v>461</v>
+      </c>
+      <c r="C14" s="22" t="n">
+        <v>8794</v>
+      </c>
+      <c r="D14" s="21" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="22" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="21" t="n">
+        <v>297</v>
+      </c>
+      <c r="C15" s="22" t="n">
+        <v>4076</v>
+      </c>
+      <c r="D15" s="21" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="22" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="21" t="n">
+        <v>718</v>
+      </c>
+      <c r="C16" s="22" t="n">
+        <v>34008</v>
+      </c>
+      <c r="D16" s="21" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="22" t="n">
         <v>1432</v>
       </c>
     </row>
-    <row r="8" ht="15" customHeight="1">
-[...151 lines deleted...]
-    </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="22" t="n">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="B17" s="21" t="n">
+        <v>5027</v>
+      </c>
+      <c r="C17" s="22" t="n">
+        <v>141220</v>
+      </c>
+      <c r="D17" s="21" t="n">
+        <v>50</v>
+      </c>
+      <c r="E17" s="22" t="n">
+        <v>8874</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="21"/>
-[...2 lines deleted...]
-      <c r="E18" s="21"/>
+      <c r="B18" s="20"/>
+      <c r="C18" s="20"/>
+      <c r="D18" s="20"/>
+      <c r="E18" s="20"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="21"/>
-[...2 lines deleted...]
-      <c r="E19" s="21"/>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
+      <c r="D19" s="20"/>
+      <c r="E19" s="20"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="21"/>
-[...2 lines deleted...]
-      <c r="E20" s="21"/>
+      <c r="B20" s="20"/>
+      <c r="C20" s="20"/>
+      <c r="D20" s="20"/>
+      <c r="E20" s="20"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="21"/>
-[...2 lines deleted...]
-      <c r="E21" s="21"/>
+      <c r="B21" s="20"/>
+      <c r="C21" s="20"/>
+      <c r="D21" s="20"/>
+      <c r="E21" s="20"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="21"/>
-[...2 lines deleted...]
-      <c r="E22" s="21"/>
+      <c r="B22" s="20"/>
+      <c r="C22" s="20"/>
+      <c r="D22" s="20"/>
+      <c r="E22" s="20"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -9461,336 +10385,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>29</v>
+      <c r="A2" s="12" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="25" t="n">
-[...9 lines deleted...]
-        <v>8758</v>
+      <c r="B6" s="24" t="n">
+        <v>956</v>
+      </c>
+      <c r="C6" s="25" t="n">
+        <v>28588</v>
+      </c>
+      <c r="D6" s="24" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="25" t="n">
+        <v>796</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="25" t="n">
-[...5 lines deleted...]
-      <c r="D7" s="25" t="n">
+      <c r="B7" s="24" t="n">
+        <v>566</v>
+      </c>
+      <c r="C7" s="25" t="n">
+        <v>17592</v>
+      </c>
+      <c r="D7" s="24" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="25" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="24" t="n">
+        <v>448</v>
+      </c>
+      <c r="C8" s="25" t="n">
+        <v>10691</v>
+      </c>
+      <c r="D8" s="24" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="25" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="24" t="n">
+        <v>228</v>
+      </c>
+      <c r="C9" s="25" t="n">
+        <v>5009</v>
+      </c>
+      <c r="D9" s="24" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="23" t="n">
+      <c r="E9" s="25" t="n">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="24" t="n">
+        <v>120</v>
+      </c>
+      <c r="C10" s="25" t="n">
+        <v>2489</v>
+      </c>
+      <c r="D10" s="24" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="25" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="24" t="n">
+        <v>348</v>
+      </c>
+      <c r="C11" s="25" t="n">
+        <v>5465</v>
+      </c>
+      <c r="D11" s="24" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="25" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="24" t="n">
+        <v>454</v>
+      </c>
+      <c r="C12" s="25" t="n">
+        <v>12998</v>
+      </c>
+      <c r="D12" s="24" t="n">
+        <v>5</v>
+      </c>
+      <c r="E12" s="25" t="n">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="24" t="n">
+        <v>449</v>
+      </c>
+      <c r="C13" s="25" t="n">
+        <v>12287</v>
+      </c>
+      <c r="D13" s="24" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="25" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="24" t="n">
+        <v>462</v>
+      </c>
+      <c r="C14" s="25" t="n">
+        <v>8724</v>
+      </c>
+      <c r="D14" s="24" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="25" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="24" t="n">
+        <v>299</v>
+      </c>
+      <c r="C15" s="25" t="n">
+        <v>4090</v>
+      </c>
+      <c r="D15" s="24" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="25" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="24" t="n">
+        <v>719</v>
+      </c>
+      <c r="C16" s="25" t="n">
+        <v>34040</v>
+      </c>
+      <c r="D16" s="24" t="n">
+        <v>4</v>
+      </c>
+      <c r="E16" s="25" t="n">
         <v>1432</v>
       </c>
     </row>
-    <row r="8" ht="15" customHeight="1">
-[...151 lines deleted...]
-    </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="25" t="n">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="B17" s="24" t="n">
+        <v>5049</v>
+      </c>
+      <c r="C17" s="25" t="n">
+        <v>141973</v>
+      </c>
+      <c r="D17" s="24" t="n">
+        <v>50</v>
+      </c>
+      <c r="E17" s="25" t="n">
+        <v>8874</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="24"/>
-[...2 lines deleted...]
-      <c r="E18" s="24"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="23"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="24"/>
-[...2 lines deleted...]
-      <c r="E19" s="24"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="24"/>
-[...2 lines deleted...]
-      <c r="E20" s="24"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="24"/>
-[...2 lines deleted...]
-      <c r="E21" s="24"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="23"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="24"/>
-[...2 lines deleted...]
-      <c r="E22" s="24"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -10356,330 +11280,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>28</v>
+      <c r="A2" s="12" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="27" t="n">
-        <v>5188</v>
+        <v>955</v>
       </c>
       <c r="C6" s="28" t="n">
-        <v>142311</v>
+        <v>28534</v>
       </c>
       <c r="D6" s="27" t="n">
-        <v>52</v>
+        <v>7</v>
       </c>
       <c r="E6" s="28" t="n">
-        <v>8818</v>
+        <v>796</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="27" t="n">
-        <v>736</v>
+        <v>571</v>
       </c>
       <c r="C7" s="28" t="n">
-        <v>34346</v>
+        <v>17699</v>
       </c>
       <c r="D7" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="28" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="27" t="n">
+        <v>450</v>
+      </c>
+      <c r="C8" s="28" t="n">
+        <v>10725</v>
+      </c>
+      <c r="D8" s="27" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="28" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="27" t="n">
+        <v>229</v>
+      </c>
+      <c r="C9" s="28" t="n">
+        <v>4964</v>
+      </c>
+      <c r="D9" s="27" t="n">
         <v>4</v>
       </c>
-      <c r="E7" s="28" t="n">
-[...32 lines deleted...]
-      </c>
       <c r="E9" s="28" t="n">
-        <v>757</v>
+        <v>742</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
-      <c r="A10" s="5" t="s">
+      <c r="A10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="27" t="n">
-        <v>237</v>
+        <v>121</v>
       </c>
       <c r="C10" s="28" t="n">
-        <v>5086</v>
+        <v>2496</v>
       </c>
       <c r="D10" s="27" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E10" s="28" t="n">
-        <v>742</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
-      <c r="A11" s="5" t="s">
+      <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="27" t="n">
-        <v>973</v>
+        <v>354</v>
       </c>
       <c r="C11" s="28" t="n">
-        <v>28533</v>
+        <v>5512</v>
       </c>
       <c r="D11" s="27" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E11" s="28" t="n">
-        <v>796</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
-      <c r="A12" s="5" t="s">
+      <c r="A12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="27" t="n">
-        <v>580</v>
+        <v>456</v>
       </c>
       <c r="C12" s="28" t="n">
-        <v>17477</v>
+        <v>13010</v>
       </c>
       <c r="D12" s="27" t="n">
         <v>5</v>
       </c>
       <c r="E12" s="28" t="n">
-        <v>2406</v>
+        <v>680</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
-      <c r="A13" s="5" t="s">
+      <c r="A13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="27" t="n">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="C13" s="28" t="n">
-        <v>10815</v>
+        <v>12345</v>
       </c>
       <c r="D13" s="27" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E13" s="28" t="n">
-        <v>333</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
-      <c r="A14" s="5" t="s">
+      <c r="A14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="27" t="n">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="C14" s="28" t="n">
-        <v>12498</v>
+        <v>8747</v>
       </c>
       <c r="D14" s="27" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E14" s="28" t="n">
-        <v>200</v>
+        <v>857</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
-      <c r="A15" s="5" t="s">
+      <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="27" t="n">
-        <v>464</v>
+        <v>301</v>
       </c>
       <c r="C15" s="28" t="n">
-        <v>12010</v>
+        <v>4147</v>
       </c>
       <c r="D15" s="27" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E15" s="28" t="n">
-        <v>464</v>
+        <v>448</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="5" t="s">
+      <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="27" t="n">
-        <v>314</v>
+        <v>719</v>
       </c>
       <c r="C16" s="28" t="n">
-        <v>4193</v>
+        <v>34049</v>
       </c>
       <c r="D16" s="27" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E16" s="28" t="n">
-        <v>448</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="27" t="n">
-        <v>122</v>
+        <v>5073</v>
       </c>
       <c r="C17" s="28" t="n">
-        <v>2491</v>
+        <v>142228</v>
       </c>
       <c r="D17" s="27" t="n">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="E17" s="28" t="n">
-        <v>41</v>
+        <v>9074</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="26"/>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="26"/>
       <c r="C19" s="26"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="26"/>
       <c r="C20" s="26"/>
       <c r="D20" s="26"/>
       <c r="E20" s="26"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="26"/>
       <c r="C21" s="26"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="26"/>
       <c r="C22" s="26"/>
       <c r="D22" s="26"/>
       <c r="E22" s="26"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -11251,336 +12175,336 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="31" t="n">
-[...9 lines deleted...]
-        <v>8246</v>
+      <c r="B6" s="30" t="n">
+        <v>963</v>
+      </c>
+      <c r="C6" s="31" t="n">
+        <v>28068</v>
+      </c>
+      <c r="D6" s="30" t="n">
+        <v>7</v>
+      </c>
+      <c r="E6" s="31" t="n">
+        <v>796</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="31" t="n">
-[...5 lines deleted...]
-      <c r="D7" s="31" t="n">
+      <c r="B7" s="30" t="n">
+        <v>572</v>
+      </c>
+      <c r="C7" s="31" t="n">
+        <v>17460</v>
+      </c>
+      <c r="D7" s="30" t="n">
+        <v>5</v>
+      </c>
+      <c r="E7" s="31" t="n">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="30" t="n">
+        <v>452</v>
+      </c>
+      <c r="C8" s="31" t="n">
+        <v>10748</v>
+      </c>
+      <c r="D8" s="30" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="31" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="30" t="n">
+        <v>231</v>
+      </c>
+      <c r="C9" s="31" t="n">
+        <v>4340</v>
+      </c>
+      <c r="D9" s="30" t="n">
+        <v>4</v>
+      </c>
+      <c r="E9" s="31" t="n">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="30" t="n">
+        <v>121</v>
+      </c>
+      <c r="C10" s="31" t="n">
+        <v>2496</v>
+      </c>
+      <c r="D10" s="30" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="31" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="30" t="n">
+        <v>357</v>
+      </c>
+      <c r="C11" s="31" t="n">
+        <v>5369</v>
+      </c>
+      <c r="D11" s="30" t="n">
+        <v>9</v>
+      </c>
+      <c r="E11" s="31" t="n">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="30" t="n">
+        <v>459</v>
+      </c>
+      <c r="C12" s="31" t="n">
+        <v>12926</v>
+      </c>
+      <c r="D12" s="30" t="n">
+        <v>5</v>
+      </c>
+      <c r="E12" s="31" t="n">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="30" t="n">
+        <v>454</v>
+      </c>
+      <c r="C13" s="31" t="n">
+        <v>12259</v>
+      </c>
+      <c r="D13" s="30" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="31" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="30" t="n">
+        <v>468</v>
+      </c>
+      <c r="C14" s="31" t="n">
+        <v>8606</v>
+      </c>
+      <c r="D14" s="30" t="n">
         <v>3</v>
       </c>
-      <c r="E7" s="29" t="n">
-[...47 lines deleted...]
-      <c r="D10" s="31" t="n">
+      <c r="E14" s="31" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="30" t="n">
+        <v>303</v>
+      </c>
+      <c r="C15" s="31" t="n">
+        <v>4106</v>
+      </c>
+      <c r="D15" s="30" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="31" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="30" t="n">
+        <v>723</v>
+      </c>
+      <c r="C16" s="31" t="n">
+        <v>33343</v>
+      </c>
+      <c r="D16" s="30" t="n">
         <v>4</v>
       </c>
-      <c r="E10" s="29" t="n">
-[...102 lines deleted...]
-        <v>448</v>
+      <c r="E16" s="31" t="n">
+        <v>1432</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="31" t="n">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="B17" s="30" t="n">
+        <v>5103</v>
+      </c>
+      <c r="C17" s="31" t="n">
+        <v>139721</v>
+      </c>
+      <c r="D17" s="30" t="n">
+        <v>51</v>
+      </c>
+      <c r="E17" s="31" t="n">
+        <v>8758</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
-      <c r="B18" s="30"/>
-[...2 lines deleted...]
-      <c r="E18" s="30"/>
+      <c r="B18" s="29"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="29"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="30"/>
-[...2 lines deleted...]
-      <c r="E19" s="30"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
-      <c r="B20" s="30"/>
-[...2 lines deleted...]
-      <c r="E20" s="30"/>
+      <c r="B20" s="29"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
-      <c r="B21" s="30"/>
-[...2 lines deleted...]
-      <c r="E21" s="30"/>
+      <c r="B21" s="29"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
+      <c r="E21" s="29"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="30"/>
-[...2 lines deleted...]
-      <c r="E22" s="30"/>
+      <c r="B22" s="29"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="29"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -12146,330 +13070,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>26</v>
+      <c r="A2" s="12" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="33" t="n">
-        <v>5181</v>
+        <v>973</v>
       </c>
       <c r="C6" s="34" t="n">
-        <v>144744</v>
+        <v>28533</v>
       </c>
       <c r="D6" s="33" t="n">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="E6" s="34" t="n">
-        <v>8027</v>
+        <v>796</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="33" t="n">
-        <v>734</v>
+        <v>580</v>
       </c>
       <c r="C7" s="34" t="n">
-        <v>34434</v>
+        <v>17477</v>
       </c>
       <c r="D7" s="33" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E7" s="34" t="n">
-        <v>1166</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
-      <c r="A8" s="5" t="s">
+      <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="33" t="n">
-        <v>367</v>
+        <v>461</v>
       </c>
       <c r="C8" s="34" t="n">
-        <v>5650</v>
+        <v>10815</v>
       </c>
       <c r="D8" s="33" t="n">
+        <v>5</v>
+      </c>
+      <c r="E8" s="34" t="n">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="33" t="n">
+        <v>237</v>
+      </c>
+      <c r="C9" s="34" t="n">
+        <v>5086</v>
+      </c>
+      <c r="D9" s="33" t="n">
+        <v>4</v>
+      </c>
+      <c r="E9" s="34" t="n">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="33" t="n">
+        <v>122</v>
+      </c>
+      <c r="C10" s="34" t="n">
+        <v>2491</v>
+      </c>
+      <c r="D10" s="33" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="34" t="n">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="33" t="n">
+        <v>370</v>
+      </c>
+      <c r="C11" s="34" t="n">
+        <v>5894</v>
+      </c>
+      <c r="D11" s="33" t="n">
         <v>10</v>
       </c>
-      <c r="E8" s="34" t="n">
+      <c r="E11" s="34" t="n">
         <v>1199</v>
       </c>
     </row>
-    <row r="9" ht="15" customHeight="1">
-[...49 lines deleted...]
-    </row>
     <row r="12" ht="15" customHeight="1">
-      <c r="A12" s="5" t="s">
+      <c r="A12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="33" t="n">
-        <v>578</v>
+        <v>464</v>
       </c>
       <c r="C12" s="34" t="n">
-        <v>18322</v>
+        <v>12010</v>
       </c>
       <c r="D12" s="33" t="n">
         <v>5</v>
       </c>
       <c r="E12" s="34" t="n">
-        <v>2406</v>
+        <v>464</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
-      <c r="A13" s="5" t="s">
+      <c r="A13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="33" t="n">
         <v>457</v>
       </c>
       <c r="C13" s="34" t="n">
-        <v>10873</v>
+        <v>12498</v>
       </c>
       <c r="D13" s="33" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="34" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="33" t="n">
+        <v>474</v>
+      </c>
+      <c r="C14" s="34" t="n">
+        <v>8968</v>
+      </c>
+      <c r="D14" s="33" t="n">
+        <v>3</v>
+      </c>
+      <c r="E14" s="34" t="n">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="33" t="n">
+        <v>314</v>
+      </c>
+      <c r="C15" s="34" t="n">
+        <v>4193</v>
+      </c>
+      <c r="D15" s="33" t="n">
+        <v>6</v>
+      </c>
+      <c r="E15" s="34" t="n">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="33" t="n">
+        <v>736</v>
+      </c>
+      <c r="C16" s="34" t="n">
+        <v>34346</v>
+      </c>
+      <c r="D16" s="33" t="n">
         <v>4</v>
       </c>
-      <c r="E13" s="34" t="n">
-[...49 lines deleted...]
-      </c>
       <c r="E16" s="34" t="n">
-        <v>448</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="33" t="n">
-        <v>123</v>
+        <v>5188</v>
       </c>
       <c r="C17" s="34" t="n">
-        <v>2535</v>
+        <v>142311</v>
       </c>
       <c r="D17" s="33" t="n">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="E17" s="34" t="n">
-        <v>41</v>
+        <v>8818</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="32"/>
       <c r="C18" s="32"/>
       <c r="D18" s="32"/>
       <c r="E18" s="32"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="32"/>
       <c r="C19" s="32"/>
       <c r="D19" s="32"/>
       <c r="E19" s="32"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="32"/>
       <c r="C20" s="32"/>
       <c r="D20" s="32"/>
       <c r="E20" s="32"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="32"/>
       <c r="C21" s="32"/>
       <c r="D21" s="32"/>
       <c r="E21" s="32"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="32"/>
       <c r="C22" s="32"/>
       <c r="D22" s="32"/>
       <c r="E22" s="32"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -13041,330 +13965,330 @@
     <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
-      <c r="A2" s="3" t="s">
-        <v>25</v>
+      <c r="A2" s="12" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
-      <c r="A6" s="5" t="s">
+      <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="36" t="n">
-        <v>5200</v>
+        <v>973</v>
       </c>
       <c r="C6" s="37" t="n">
-        <v>145122</v>
+        <v>28594</v>
       </c>
       <c r="D6" s="36" t="n">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="E6" s="37" t="n">
-        <v>8054</v>
+        <v>727</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
-      <c r="A7" s="5" t="s">
+      <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="36" t="n">
-        <v>738</v>
+        <v>576</v>
       </c>
       <c r="C7" s="37" t="n">
-        <v>34625</v>
+        <v>17578</v>
       </c>
       <c r="D7" s="36" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E7" s="37" t="n">
-        <v>1166</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
-      <c r="A8" s="5" t="s">
+      <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="36" t="n">
-        <v>369</v>
+        <v>457</v>
       </c>
       <c r="C8" s="37" t="n">
-        <v>5654</v>
+        <v>10865</v>
       </c>
       <c r="D8" s="36" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E8" s="37" t="n">
-        <v>1186</v>
+        <v>252</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="36" t="n">
-        <v>472</v>
+        <v>236</v>
       </c>
       <c r="C9" s="37" t="n">
-        <v>8924</v>
+        <v>5141</v>
       </c>
       <c r="D9" s="36" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E9" s="37" t="n">
-        <v>757</v>
+        <v>742</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
-      <c r="A10" s="5" t="s">
+      <c r="A10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="36" t="n">
-        <v>238</v>
+        <v>122</v>
       </c>
       <c r="C10" s="37" t="n">
-        <v>5150</v>
+        <v>2491</v>
       </c>
       <c r="D10" s="36" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E10" s="37" t="n">
-        <v>523</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
-      <c r="A11" s="5" t="s">
+      <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="36" t="n">
-        <v>980</v>
+        <v>366</v>
       </c>
       <c r="C11" s="37" t="n">
-        <v>28976</v>
+        <v>5616</v>
       </c>
       <c r="D11" s="36" t="n">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E11" s="37" t="n">
-        <v>727</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
-      <c r="A12" s="5" t="s">
+      <c r="A12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="36" t="n">
-        <v>585</v>
+        <v>461</v>
       </c>
       <c r="C12" s="37" t="n">
-        <v>18484</v>
+        <v>12322</v>
       </c>
       <c r="D12" s="36" t="n">
         <v>5</v>
       </c>
       <c r="E12" s="37" t="n">
-        <v>2406</v>
+        <v>398</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
-      <c r="A13" s="5" t="s">
+      <c r="A13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="36" t="n">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C13" s="37" t="n">
-        <v>10879</v>
+        <v>12536</v>
       </c>
       <c r="D13" s="36" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="37" t="n">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="36" t="n">
+        <v>472</v>
+      </c>
+      <c r="C14" s="37" t="n">
+        <v>8900</v>
+      </c>
+      <c r="D14" s="36" t="n">
         <v>3</v>
       </c>
-      <c r="E13" s="37" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="E14" s="37" t="n">
-        <v>200</v>
+        <v>667</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
-      <c r="A15" s="5" t="s">
+      <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="36" t="n">
-        <v>461</v>
+        <v>310</v>
       </c>
       <c r="C15" s="37" t="n">
-        <v>13099</v>
+        <v>4207</v>
       </c>
       <c r="D15" s="36" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E15" s="37" t="n">
-        <v>398</v>
+        <v>448</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="5" t="s">
+      <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="36" t="n">
-        <v>311</v>
+        <v>734</v>
       </c>
       <c r="C16" s="37" t="n">
-        <v>4213</v>
+        <v>34368</v>
       </c>
       <c r="D16" s="36" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E16" s="37" t="n">
-        <v>448</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="36" t="n">
-        <v>132</v>
+        <v>5163</v>
       </c>
       <c r="C17" s="37" t="n">
-        <v>2542</v>
+        <v>142618</v>
       </c>
       <c r="D17" s="36" t="n">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="E17" s="37" t="n">
-        <v>41</v>
+        <v>8246</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
     </row>
     <row r="19" ht="15" customHeight="1">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="35"/>
       <c r="C19" s="35"/>
       <c r="D19" s="35"/>
       <c r="E19" s="35"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="35"/>
       <c r="E20" s="35"/>
     </row>
     <row r="21" ht="81" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="35"/>
       <c r="C21" s="35"/>
       <c r="D21" s="35"/>
       <c r="E21" s="35"/>
     </row>
     <row r="22" ht="15" customHeight="1">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="35"/>
       <c r="E22" s="35"/>
     </row>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -13830,30 +14754,30 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A22:H22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>