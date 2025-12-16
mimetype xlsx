--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -11,134 +11,101 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Neugründungen" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t xml:space="preserve">Firmenneugründungen nach Gemeinde</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 2013 bis 2022</t>
+    <t xml:space="preserve">Kanton Zug, 2013 bis 2023</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
     <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
     <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">2013</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der Unternehmensdemografie</t>
   </si>
   <si>
-    <t xml:space="preserve">2014</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -171,61 +138,61 @@
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
@@ -526,57 +493,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
-    <col min="4" max="4" width="10.8262790697674" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="10.7216279069767" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
-    <col min="9" max="9" width="11.9541860465116" hidden="0" customWidth="1"/>
-    <col min="10" max="10" width="10.3146511627907" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="10.36625" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
@@ -637,568 +604,606 @@
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="30" customHeight="1">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="6" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="6" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="6" t="s">
+      <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="6" t="s">
+      <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
-      <c r="A5" s="7" t="s">
+      <c r="A5" s="6" t="n">
+        <v>2013</v>
+      </c>
+      <c r="B5" s="7" t="n">
+        <v>286</v>
+      </c>
+      <c r="C5" s="7" t="n">
+        <v>137</v>
+      </c>
+      <c r="D5" s="7" t="n">
+        <v>98</v>
+      </c>
+      <c r="E5" s="7" t="n">
+        <v>17</v>
+      </c>
+      <c r="F5" s="7" t="n">
+        <v>21</v>
+      </c>
+      <c r="G5" s="7" t="n">
+        <v>41</v>
+      </c>
+      <c r="H5" s="7" t="n">
+        <v>67</v>
+      </c>
+      <c r="I5" s="7" t="n">
+        <v>70</v>
+      </c>
+      <c r="J5" s="7" t="n">
+        <v>44</v>
+      </c>
+      <c r="K5" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="L5" s="7" t="n">
+        <v>620</v>
+      </c>
+      <c r="M5" s="7" t="n">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="6" t="n">
+        <v>2014</v>
+      </c>
+      <c r="B6" s="7" t="n">
+        <v>327</v>
+      </c>
+      <c r="C6" s="7" t="n">
+        <v>161</v>
+      </c>
+      <c r="D6" s="7" t="n">
+        <v>100</v>
+      </c>
+      <c r="E6" s="7" t="n">
+        <v>26</v>
+      </c>
+      <c r="F6" s="7" t="n">
+        <v>23</v>
+      </c>
+      <c r="G6" s="7" t="n">
+        <v>33</v>
+      </c>
+      <c r="H6" s="7" t="n">
+        <v>82</v>
+      </c>
+      <c r="I6" s="7" t="n">
+        <v>77</v>
+      </c>
+      <c r="J6" s="7" t="n">
+        <v>38</v>
+      </c>
+      <c r="K6" s="7" t="n">
+        <v>40</v>
+      </c>
+      <c r="L6" s="7" t="n">
+        <v>614</v>
+      </c>
+      <c r="M6" s="7" t="n">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="6" t="n">
+        <v>2015</v>
+      </c>
+      <c r="B7" s="7" t="n">
+        <v>315</v>
+      </c>
+      <c r="C7" s="7" t="n">
+        <v>172</v>
+      </c>
+      <c r="D7" s="7" t="n">
+        <v>93</v>
+      </c>
+      <c r="E7" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="F7" s="7" t="n">
         <v>15</v>
       </c>
-      <c r="B5" s="8" t="n">
-[...5 lines deleted...]
-      <c r="D5" s="8" t="n">
+      <c r="G7" s="7" t="n">
+        <v>34</v>
+      </c>
+      <c r="H7" s="7" t="n">
+        <v>71</v>
+      </c>
+      <c r="I7" s="7" t="n">
+        <v>72</v>
+      </c>
+      <c r="J7" s="7" t="n">
+        <v>47</v>
+      </c>
+      <c r="K7" s="7" t="n">
+        <v>36</v>
+      </c>
+      <c r="L7" s="7" t="n">
+        <v>613</v>
+      </c>
+      <c r="M7" s="7" t="n">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="6" t="n">
+        <v>2016</v>
+      </c>
+      <c r="B8" s="7" t="n">
+        <v>310</v>
+      </c>
+      <c r="C8" s="7" t="n">
+        <v>143</v>
+      </c>
+      <c r="D8" s="7" t="n">
+        <v>102</v>
+      </c>
+      <c r="E8" s="7" t="n">
+        <v>19</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>35</v>
+      </c>
+      <c r="H8" s="7" t="n">
+        <v>82</v>
+      </c>
+      <c r="I8" s="7" t="n">
+        <v>74</v>
+      </c>
+      <c r="J8" s="7" t="n">
+        <v>42</v>
+      </c>
+      <c r="K8" s="7" t="n">
+        <v>23</v>
+      </c>
+      <c r="L8" s="7" t="n">
+        <v>566</v>
+      </c>
+      <c r="M8" s="7" t="n">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="6" t="n">
+        <v>2017</v>
+      </c>
+      <c r="B9" s="7" t="n">
+        <v>339</v>
+      </c>
+      <c r="C9" s="7" t="n">
+        <v>159</v>
+      </c>
+      <c r="D9" s="7" t="n">
         <v>98</v>
       </c>
-      <c r="E5" s="8" t="n">
-[...5 lines deleted...]
-      <c r="G5" s="8" t="n">
+      <c r="E9" s="7" t="n">
+        <v>26</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>39</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>76</v>
+      </c>
+      <c r="I9" s="7" t="n">
+        <v>82</v>
+      </c>
+      <c r="J9" s="7" t="n">
+        <v>37</v>
+      </c>
+      <c r="K9" s="7" t="n">
+        <v>32</v>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>600</v>
+      </c>
+      <c r="M9" s="7" t="n">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="6" t="n">
+        <v>2018</v>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>325</v>
+      </c>
+      <c r="C10" s="7" t="n">
+        <v>143</v>
+      </c>
+      <c r="D10" s="7" t="n">
+        <v>83</v>
+      </c>
+      <c r="E10" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>34</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>90</v>
+      </c>
+      <c r="I10" s="7" t="n">
+        <v>87</v>
+      </c>
+      <c r="J10" s="7" t="n">
+        <v>44</v>
+      </c>
+      <c r="K10" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>709</v>
+      </c>
+      <c r="M10" s="7" t="n">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="6" t="n">
+        <v>2019</v>
+      </c>
+      <c r="B11" s="7" t="n">
+        <v>331</v>
+      </c>
+      <c r="C11" s="7" t="n">
+        <v>146</v>
+      </c>
+      <c r="D11" s="7" t="n">
+        <v>85</v>
+      </c>
+      <c r="E11" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>12</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>40</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>84</v>
+      </c>
+      <c r="I11" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="J11" s="7" t="n">
+        <v>40</v>
+      </c>
+      <c r="K11" s="7" t="n">
+        <v>28</v>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>750</v>
+      </c>
+      <c r="M11" s="7" t="n">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="6" t="n">
+        <v>2020</v>
+      </c>
+      <c r="B12" s="7" t="n">
+        <v>351</v>
+      </c>
+      <c r="C12" s="7" t="n">
+        <v>164</v>
+      </c>
+      <c r="D12" s="7" t="n">
+        <v>86</v>
+      </c>
+      <c r="E12" s="7" t="n">
+        <v>27</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>18</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>40</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="I12" s="7" t="n">
+        <v>83</v>
+      </c>
+      <c r="J12" s="7" t="n">
+        <v>39</v>
+      </c>
+      <c r="K12" s="7" t="n">
+        <v>42</v>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>712</v>
+      </c>
+      <c r="M12" s="7" t="n">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="6" t="n">
+        <v>2021</v>
+      </c>
+      <c r="B13" s="7" t="n">
+        <v>405</v>
+      </c>
+      <c r="C13" s="7" t="n">
+        <v>159</v>
+      </c>
+      <c r="D13" s="7" t="n">
+        <v>100</v>
+      </c>
+      <c r="E13" s="7" t="n">
+        <v>29</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>32</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>102</v>
+      </c>
+      <c r="I13" s="7" t="n">
+        <v>99</v>
+      </c>
+      <c r="J13" s="7" t="n">
+        <v>52</v>
+      </c>
+      <c r="K13" s="7" t="n">
+        <v>24</v>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>855</v>
+      </c>
+      <c r="M13" s="7" t="n">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="6" t="n">
+        <v>2022</v>
+      </c>
+      <c r="B14" s="7" t="n">
+        <v>394</v>
+      </c>
+      <c r="C14" s="7" t="n">
+        <v>168</v>
+      </c>
+      <c r="D14" s="7" t="n">
+        <v>101</v>
+      </c>
+      <c r="E14" s="7" t="n">
+        <v>28</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>18</v>
+      </c>
+      <c r="G14" s="7" t="n">
         <v>41</v>
       </c>
-      <c r="H5" s="8" t="n">
-[...19 lines deleted...]
-      <c r="A6" s="7" t="s">
+      <c r="H14" s="7" t="n">
+        <v>131</v>
+      </c>
+      <c r="I14" s="7" t="n">
+        <v>99</v>
+      </c>
+      <c r="J14" s="7" t="n">
+        <v>59</v>
+      </c>
+      <c r="K14" s="7" t="n">
+        <v>33</v>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>860</v>
+      </c>
+      <c r="M14" s="7" t="n">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="6" t="n">
+        <v>2023</v>
+      </c>
+      <c r="B15" s="7" t="n">
+        <v>374</v>
+      </c>
+      <c r="C15" s="7" t="n">
+        <v>197</v>
+      </c>
+      <c r="D15" s="7" t="n">
+        <v>89</v>
+      </c>
+      <c r="E15" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="F15" s="7" t="n">
         <v>16</v>
       </c>
-      <c r="B6" s="8" t="n">
-[...342 lines deleted...]
-      <c r="G14" s="8" t="n">
+      <c r="G15" s="7" t="n">
         <v>41</v>
       </c>
-      <c r="H14" s="8" t="n">
-[...31 lines deleted...]
-      <c r="M15" s="2"/>
+      <c r="H15" s="7" t="n">
+        <v>115</v>
+      </c>
+      <c r="I15" s="7" t="n">
+        <v>75</v>
+      </c>
+      <c r="J15" s="7" t="n">
+        <v>64</v>
+      </c>
+      <c r="K15" s="7" t="n">
+        <v>31</v>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>785</v>
+      </c>
+      <c r="M15" s="7" t="n">
+        <v>1812</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A16" s="1"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="5" t="s">
-        <v>26</v>
+      <c r="A17" s="8" t="s">
+        <v>15</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
     </row>
-    <row r="19" ht="81" customHeight="1"/>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+    </row>
     <row r="20" ht="15" customHeight="1">
-      <c r="A20" s="5" t="s">
-        <v>27</v>
+      <c r="A20" s="8" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
@@ -1638,51 +1643,50 @@
     <row r="477" ht="15" customHeight="1"/>
     <row r="478" ht="15" customHeight="1"/>
     <row r="479" ht="15" customHeight="1"/>
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
-    <mergeCell ref="A16:M16"/>
     <mergeCell ref="A17:M17"/>
     <mergeCell ref="A20:M20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>