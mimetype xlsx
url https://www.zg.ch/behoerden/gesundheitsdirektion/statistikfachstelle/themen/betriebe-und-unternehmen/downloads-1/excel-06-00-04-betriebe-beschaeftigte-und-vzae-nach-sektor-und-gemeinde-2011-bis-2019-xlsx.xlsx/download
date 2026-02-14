--- v0 (2025-10-02)
+++ v1 (2026-02-14)
@@ -49,51 +49,51 @@
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="2023" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="2022" sheetId="2" state="visible" r:id="rId2"/>
     <sheet name="2021" sheetId="3" state="visible" r:id="rId3"/>
     <sheet name="2020" sheetId="4" state="visible" r:id="rId4"/>
     <sheet name="2019" sheetId="5" state="visible" r:id="rId5"/>
     <sheet name="2018" sheetId="6" state="visible" r:id="rId6"/>
     <sheet name="2017" sheetId="7" state="visible" r:id="rId7"/>
     <sheet name="2016" sheetId="8" state="visible" r:id="rId8"/>
     <sheet name="2015" sheetId="9" state="visible" r:id="rId9"/>
     <sheet name="2014" sheetId="10" state="visible" r:id="rId10"/>
     <sheet name="2013" sheetId="11" state="visible" r:id="rId11"/>
     <sheet name="2012" sheetId="12" state="visible" r:id="rId12"/>
     <sheet name="2011" sheetId="13" state="visible" r:id="rId13"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
-    <t xml:space="preserve">Betriebe Beschäftigte und Vollzeitäquivalent nach Sektor und Gemeinde</t>
+    <t xml:space="preserve">Betriebe, Beschäftigte und Vollzeitäquivalent nach Sektor und Gemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2023</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Arbeitsstätten</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">Beschäftigte</t>
   </si>
   <si>
     <t xml:space="preserve">Vollzeitäquivalent</t>
   </si>
   <si>
     <t xml:space="preserve">1. Sektor</t>
   </si>
   <si>
     <t xml:space="preserve">2. Sektor</t>
   </si>
@@ -115,54 +115,54 @@
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
     <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
     <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der Unternehmensstruktur, Aktualisiert am 21.08.2025 08:51</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, Statistik der Unternehmensstruktur</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2022</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2020</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2019</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2018</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2017</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2016</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2015</t>
   </si>
@@ -1437,51 +1437,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -2568,51 +2568,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -3699,51 +3699,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -4830,51 +4830,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -5961,51 +5961,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -7092,51 +7092,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -8223,51 +8223,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -9354,51 +9354,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -10485,51 +10485,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -11616,51 +11616,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -12747,51 +12747,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -13878,51 +13878,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -15009,51 +15009,51 @@
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A22:J22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="11.8697222222222" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>