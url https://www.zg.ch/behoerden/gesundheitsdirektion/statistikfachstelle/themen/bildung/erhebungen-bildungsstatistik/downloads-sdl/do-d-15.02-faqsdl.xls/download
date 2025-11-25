--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\BB\BILD-P\10_L-A\04 Diffusion\04 Statistikportal\08 MOD\Lernende\FAQ_SDL_web\Prépa_update\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\BB\BILD-P\10_L-A\05 Collaborateurs\Bula Antoine\SDL\02 FAQ\Prepa_update\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{513F16E6-812D-4CDF-9943-69EF8470CAD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1941C0F-41FA-4CFE-82D8-102B305E6D41}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1425" yWindow="405" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="36495" yWindow="870" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FAQ" sheetId="1" r:id="rId1"/>
     <sheet name="Schweiz. Klassifikation" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_Toc330542759" localSheetId="0">FAQ!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Schweiz. Klassifikation'!$A$1:$G$63</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -298,53 +299,50 @@
     <t>Erhebungsapplikationen und IT</t>
   </si>
   <si>
     <t>Datenlieferung, Datenauswertung, Diffusion</t>
   </si>
   <si>
     <t>Definition - Erfassung in SDL</t>
   </si>
   <si>
     <t>Bildungsinstitutionen mit Bildungsstätten in mehreren Kantonen</t>
   </si>
   <si>
     <t>Kat.</t>
   </si>
   <si>
     <t>Modulare Bildungsgänge (z.B. zur Vorbereitung auf Berufs- oder Höhere Fachprüfungen)</t>
   </si>
   <si>
     <t>Je nach Terminplanung der einzelnen Module kann es vorkommen, dass Lernende zum kantonalen Stichtag gerade in keinem Modul sind oder den Bildungsgang bereits abgeschlossen haben. Die Schule muss die Daten aller Studierenden, die für dieses Schuljahr eingeschrieben sind, liefern, unabhängig davon, ob sie am Stichtag Kurse besuchen (Studierende, die für ein oder mehrere Module in zwei verschiedenen Institutionen in Teilzeitausbildung eingeschrieben sind, müssen zwei mal erfasst werden).</t>
   </si>
   <si>
     <t>Mit Programmjahr wird der Lerninhalt eines Schuljahres bezeichnet. Auf der obligatorischen Stufe wird umgangssprachlich häufig der Begriff "Klasse" (1. Klasse, 2. Klasse, etc.) verwendet. Auf der Sekundarstufe II und der Tertiärstufe ist der Begriff "Lehrjahr" (Berufsbildung) bzw. "Ausbildungsjahr" (Allgemeinbildung) geläufiger.</t>
   </si>
   <si>
     <t>Die Kantone liefern auf der obligatorischen Schulstufe die kantonalen Schularten, welche im BFS mit den nationalen Codes verknüpft werden. Die kantonalen Codes bleiben jedoch erhalten und ermöglichen Analysen auf Basis der kantonalen Schulmodelle. Ab Sekundarstufe II gibt es nur noch schweizerische Standards.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lernende, die im gleichen Ausbildungsjahr in zwei oder mehr Kantonen eingeschrieben sind. Gleiche Regeln wie für innerkantonale Dubletten. Sie werden vom BFS nach gewissen Regeln eliminiert. Berücksichtigt werden dabei verschiedene Kriterien, u.a. der Wohnkanton im Vorjahr und die Stichtage der beiden betroffenen Kantone. Der Kanton, bei dem der Eintrag des doppelt gelieferten Lernenden gelöscht wird, wird vom BFS informiert.</t>
   </si>
   <si>
     <t xml:space="preserve">Schulklasse, in der die meisten Fächer besucht werden. Je nach Schulmodell werden die Stammklassen zusammengesetzt aus Schüler/innen, die alle das gleiche Anforderungsniveau (homogene Stammklasse) oder unterschiedliche Anforderungsniveaus (heterogene Stammklasse) erfüllen. Nebst dem Unterricht in der Stammklasse wird je nach Modell der Unterricht in der Muttersprache, Fremdsprache, Mathematik und weiteren Fächern in Klassen besucht, die nach Leistungsniveaus im betreffenden Fach gebildet werden. </t>
   </si>
   <si>
     <t>Zusammenarbeit zwischen den Kantonen und dem BFS (Datenlieferung und Datenverarbeitung)</t>
   </si>
   <si>
     <t>Neue oder geänderte kantonale Nomenklaturen werden dem BFS durch die kantonalen Datenverantwortlichen gemeldet (spätestens vor der Initialisierung der neuen Erhebung). Sie werden im Nomenklaturserver BFS registriert. Kantonale Nomenklaturen gibt es nur noch auf der obligatorischen Schulstufe.</t>
   </si>
   <si>
     <t>Es können hier gewisse Synergien zwischen schweizerischer und kantonaler Ebene genutzt werden. Einschränkend dürften sich die beschränkten Ressourcen auswirken.</t>
   </si>
   <si>
     <t>Für die Verknüpfung eines Abschlussjahrgangs aus SBA oder SBG müssen zwei Erhebungsperioden (Schuljahre) SDL zur Verfügung stehen.</t>
   </si>
   <si>
     <t>Der Kanton kann die von ihm bzw. seinen Schulen gelieferten Daten aus der Erhebungsapplikation herunterladen. Möchte er vom BFS weitere Einzeldaten erhalten, die sein Hoheitsgebiet betreffen (z.B. auswärtiger Schulbesuch), so kann er für statistische Zwecke und nach Abschluss eines Datenschutzvertrages pseudonymisierte Einzeldaten bekommen.</t>
   </si>
   <si>
     <t>Unter gewissen Bedingungen kann das BFS - nach Abschluss eines Datenschutzvertrages - solche Einzeldaten liefern. Mit den kantonalen statistischen Ämtern besteht schon ein Rahmenvertrag. In Anhängen dazu kann die Datenlieferung im Detail geregelt werden. Einzeldaten werden nur in pseudonymisierter Form abgegeben. Die AHVN13 wird dabei für jedes Jahr nach dem gleichen Schlüssel pseudonymisiert.</t>
   </si>
   <si>
     <t>Als Stichtag bezeichnet man in der Bildungsstatistik das Datum, an dem die Lernenden gezählt werden. Für die Festlegung des Stichtages ist der einzelne Kanton zuständig. Im Prinzip wird verlangt, dass die Lernenden am Stichtag in der Bildungsinstitution anwesend sind. Es gibt aber auch Ausnahmen, z.B. in modularen und/oder berufsbegleitenden Bildungsgängen (Vorbereitung Berufsmaturität, Höhere Berufsbildung) oder bei Krankheit. Massgebend ist, dass die Lernenden am Stichtag eingeschrieben sind. 
 Die Stichtage der Kantone liegen insgesamt nicht mehr so weit auseinander (die grosse Mehrheit innerhalb von 2 Monaten). Eine weitere Harmonisierung der Stichtage wird angestrebt.</t>
@@ -1216,139 +1214,142 @@
     </r>
   </si>
   <si>
     <t>Etappe des Normallehrplans, die sich über mehrere Schuljahre erstreckt. Schweizerisch und international verwendete Gliederung: Primarstufe 1-2 (Kindergarten, Eingangsstufe), Primarstufe 3-8, Sekundarstufe I, Sekundarstufe II, Tertiärstufe.</t>
   </si>
   <si>
     <t>BM2-Unterricht steht für Berufsmaturität-2-Unterricht, also die Vorbereitung auf die Berufsmaturität nach der beruflichen Grundbildung. Dauer: 2 Semester Vollzeit oder 3-4 Semester berufsbegleitend.</t>
   </si>
   <si>
     <t>Jede Bildungsinstitution, die eine BUR-Nr. hat, muss die Lernenden erfassen, welche zum Erhebungszeitpunkt eingeschrieben sind. Die Anwesenheit der Lernenden am Erhebungsstichtag ist nicht ausschlaggebend.
 * Für die obligatorische Schulstufe, Sekundarstufe II sowie Tertiärstufe - nicht anerkannte Ausbildungen: Alle Lernenden werden erfasst, die nach einem Programm unterrichtet werden, das sich über mindestens ein Semester erstreckt.
 * Für die Tertiärstufe - vom BBG geregelte höhere Berufsbildungen: Alle Studierenden an Höheren Fachschulen und alle Studierenden, die sich auf Berufsprüfungen oder auf höhere Fachprüfungen vorbereiten und sich in einer formalen Ausbildungen befinden, werden erfasst.</t>
   </si>
   <si>
     <t xml:space="preserve">Üblicherweise umfasst die obligatorische Schule die Primarstufe und die Sekundarstufe I. Die obligatorische Schule umfasst in jenen Kantonen, die dem HarmoS-Konkordat beigetreten sind, auch den Kindergarten, die Eingangsstufe und umfasst 11 Jahre. </t>
   </si>
   <si>
     <t>BM1-Unterricht steht für Berufsmaturität-1-Unterricht, also die Vorbereitung auf die Berufsmaturität während der beruflichen Grundbildung.
 Der BM1-Unterricht kann in einer anderen Bildungsinstitution oder sogar in einem anderen Kanton stattfinden als demjenigen, in dem die berufliche Grundbildung absolviert wird. In diesem Fall muss der BM1-Unterricht in der Bildungsinstitution erfasst werden, in der die berufliche Grundbildung absolviert wird. Dadurch werden Doppelerfassungen vermieden.</t>
   </si>
   <si>
     <t>Gemäss Verordnung vom 1. November 2017 gelten Bildungsgänge und Nachdiplomstudien von höheren Fachschulen, die vor Inkrafttreten der MiVo-HF 2005 anerkannt wurden, bis Ende 2019  weiterhin als anerkannt.
 Rahmenlehrpläne, die gestützt auf die MiVo-HF 2005 vom SBFI genehmigt wurden, gelten bis Ende 2022 weiterhin als genehmigt.</t>
   </si>
   <si>
-    <t>Spitalschule</t>
-[...1 lines deleted...]
-  <si>
     <t>In Prinzip müssen keine Patienten in Spitälern, welche dort einen vorübergehenden Unterricht in irgendeiner Form erhalten, erfasst werden. Falls der Kanton die Patienten erfassen möchte, die über das ganze Schuljahr in einer Spitalschule unterrichtet werden, kann er diese dem BFS liefern (Schularten: entsprechend der Stufe wie in den Normalschulen). Die Lieferung muss jedoch bereinigt sein, so dass keine Dubletten mit anderen Bildungsinstitutionen enthalten sind.</t>
   </si>
   <si>
     <t>Homeschooling</t>
   </si>
   <si>
     <t>Schüler/innen, die das ganze Schuljahr über zu Hause unterrichtet werden, sind nicht in SDL zu erfassen.</t>
   </si>
   <si>
     <t>Die Lernenden, die sich auf eine Fachmaturität (FMA) vorbereiten, müssen vollständig erfasst werden, inkl. diejenigen, die nicht in einer Schule eingeschrieben sind, bzw. sich in einem Praktikum befinden, das länger als ein Semester dauert. Diese Ausnahme zum Erhebungsprinzip ist dadurch begründet, dass die Durchführung des obligatorischen Praktikums bei der FMA je nach Kanton, Schule oder Bildungsgang unterschiedlich geregelt ist. Deswegen kann die allgemeine Richtlinie bezüglich Nichterfassen von Lernenden, die sich in einem mehr als einem Semester dauernden Praktikum befinden, in diesem Fall nicht angewendet werden.
 Diese Ausbildungen müssen als vollzeitschulisch codiert werden.</t>
   </si>
   <si>
     <t>Motivationssemester (SEMO) und "Praktische Ausbildungen (PrA) nach INSOS</t>
   </si>
   <si>
     <t>Diese Angebote, die mit den Übergangsausbildungen Sek. I - Sek. II verbunden sind, werden im Rahmen der SDL nicht erhoben.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ausschliesslich AHVN13 können als Personenidentifikatoren benutzt werden. Im Einvernehmen mit dem BFS können jedoch ausnahmsweise lokale Identifkatoren geliefert werden. In diesem Fall muss der Kanton die Variable "Typ des Identifikators" (D.1.1.1) wie folgt erfassen: LOC.&lt;BUR-Nr.&gt;
+Die BUR-Nummer bezieht sich auf die Schule, in welcher der/die Lernende eingeschrieben ist. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kein reguläres Bildungsangebot. Diese nicht obligatorischen Vorbereitungskurse werden in SDL im Prinzip nicht erfasst.
+Damit diese Ausbildungen in SDL erfasst werden können, müssen sie mindestens ein halbes Ausbildungsjahr, bzw. ein Semester als Vollzeitäquivalent pro Schuljahr umfassen. Da es sich um keine duale Ausbildung handelt, zählen - im Gegensatz zur regulären Berufsbildung - nur die reinen Unterrichtslektionen. Wenn diese Bedingungen erfüllt sind, haben die Kantone die Möglichkeit, diese Personen mit dem Code 10366100 "Vorbereitung auf den Berufsabschluss für Erwachsene" zu erfassen. </t>
+  </si>
+  <si>
+    <t>Falls das Absolvieren eines Praktikums Bestandteil der von dem/der Lernenden besuchten Ausbildung ist, muss diese mit der Merkmalsausprägung "10 Vollschulisch" und nicht mit "30 Teilzeitausbildung" erhoben werden. In diesem Fall ist der/die Lernende in der Tat Vollzeit mit der Ausbildung beschäftigt.</t>
+  </si>
+  <si>
+    <t>Leitfaden zur Nachführung der AHV-Nummern (AHVN13) im Bildungsbereich | Publikation | Bundesamt für Statistik (admin.ch)</t>
+  </si>
+  <si>
+    <t>Nicht BBG-reglementierte höhere Berufsbildung: Mindestdauer.</t>
+  </si>
+  <si>
+    <t>Bildungsgänge der Höheren Fachschulen HF gemäss MiVo HF 2017.</t>
+  </si>
+  <si>
+    <t>Die Mindestdauer für die Berücksichtigung von Bildungsangeboten der nicht reglementierten höheren Berufsbildung wird auf 150 Lektionen festgelegt.</t>
+  </si>
+  <si>
+    <t>Neue BUR-Nummern</t>
+  </si>
+  <si>
+    <t>Siehe Rubrik "Weiterführende Informationen", Datenreiter "Erhebungsunterlagen", Dokumente:
+- Antragsformular für BUR-Nummern für MEB-Erhebungen.</t>
+  </si>
+  <si>
+    <t>Lernende (Schüler/innen und Studierende, Schul- und Berufsbildung) (SDL) | Bundesamt für Statistik (admin.ch)</t>
+  </si>
+  <si>
+    <t>Die Dokumentation für die Bestellung von neuen BUR-Nummern steht auf der Webseite der SDL-Erhebung zur Verfügung:</t>
+  </si>
+  <si>
+    <t>Grundlage für Gruppierung der Diffusion im Bildungsbereich des BFS.</t>
+  </si>
+  <si>
+    <t>International Standard Classification of Education (ISCED) - Statistics Explained (europa.eu)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unter dem Datenreiter "Datenlieferung" der Erhebungsapplikation SDL stellt die Auswertung "Liste der neuen Bildungsgägnge HF" eine Liste zum herunterladen zur Verfügung, welche die neuen anerkannten Bildunsangebote bzw diejenigen, für die kürzlich ein Anerkennungsverfahren eingeleitet wurde, auflistet. Diese wird entsprechend regelmässig vom BFS aktualisiert. </t>
+  </si>
+  <si>
+    <t>Die Lernenden in Sonderschulen, die eine nachobligatorische Ausbildung besuchen sind mit der folgenden  Nomenklatur zu erheben: 
+- Alle Übergangsausbildungen Sek. I - Sek. II, die z.B. die berufliche Integration zum Ziel haben, sind mit einem entsprechenden kantonalen Code zu erheben.
+- Wenn es sich um berufliche Grundbildungen handelt, müssen diese mit den entsprechenden 8-stelligen schweizerischen Codes erhoben werden.</t>
+  </si>
+  <si>
+    <t>Gleichzeitig in einer Regelklasse und einer Sonderschulklasse eingeschriebene Lernende.</t>
+  </si>
+  <si>
+    <t>Lernende, die sowohl eine Regelklasse als auch eine Sonderschulklasse besuchen, müssen nicht doppelt erfasst  werden. Sie müssen in der Klasse erhoben werden, in der sie die meisten Unterrichtsstunden absolvieren. Falls dieses Aufteilungskriterium nicht anwendbar / nicht vorhanden ist, liegt es am Kanton, die Zuteilung festzulegen.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">FAQ - Statistik der Lernenden SDL                                                  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Stand Mai 2024</t>
+      <t>Stand Mai 2025</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Ausschliesslich AHVN13 können als Personenidentifikatoren benutzt werden. Im Einvernehmen mit dem BFS können jedoch ausnahmsweise lokale Identifkatoren geliefert werden. In diesem Fall muss der Kanton die Variable "Typ des Identifikators" (D.1.1.1) wie folgt erfassen: LOC.&lt;BUR-Nr.&gt;
-[...52 lines deleted...]
-    <t>Lernende, die sowohl eine Regelklasse als auch eine Sonderschulklasse besuchen, müssen nicht doppelt erfasst  werden. Sie müssen in der Klasse erhoben werden, in der sie die meisten Unterrichtsstunden absolvieren. Falls dieses Aufteilungskriterium nicht anwendbar / nicht vorhanden ist, liegt es am Kanton, die Zuteilung festzulegen.</t>
+    <t>Für Lernende, die im gleichen Ausbildungsjahr in zwei oder mehr Kantonen geliefert sind, gelten die gleichen Regeln wie für innerkantonale Dubletten. Sie werden vom BFS eliminiert u.a. anhand des Wohnkantons im Vorjahr, der Bildungsverlauf und der Stichtage (15. September für die obligatorische Schule und 15. November für die Sekundarstufe II und die Tertiärstufe). Das BFS informiert den Kanton, in dem der/die Lernende gelöscht wird.</t>
+  </si>
+  <si>
+    <t>Schule während eines Krankenhausaufenthalts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1668,576 +1669,494 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="121">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="4" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="2" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Lien hypertexte 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2375,2621 +2294,2619 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/de/home/statistiken/bildung-wissenschaft/erhebungen/sdl.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/de/home/statistiken/bildung-wissenschaft/erhebungen/sdl.assetdetail.30285359.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/2017/586/de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/statistics-explained/index.php?title=International_Standard_Classification_of_Education_(ISCED)" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D135"/>
+  <dimension ref="A1:C135"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.25" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.25" style="8" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="11.25" style="7"/>
+    <col min="1" max="1" width="3.25" style="7" customWidth="1"/>
+    <col min="2" max="2" width="30.375" style="6" customWidth="1"/>
+    <col min="3" max="3" width="59.125" style="6" customWidth="1"/>
+    <col min="4" max="16384" width="11.25" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="6"/>
+      <c r="A1" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="5"/>
     </row>
     <row r="2" spans="1:3" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:3" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="9" t="s">
+      <c r="A3" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="B3" s="10" t="s">
+      <c r="B3" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C3" s="10" t="s">
+      <c r="C3" s="9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A4" s="11"/>
-[...7 lines deleted...]
-      <c r="B5" s="10" t="s">
+      <c r="A4" s="10"/>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+    </row>
+    <row r="5" spans="1:3" s="13" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A5" s="12">
+        <v>1</v>
+      </c>
+      <c r="B5" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C5" s="10"/>
+      <c r="C5" s="9"/>
     </row>
     <row r="6" spans="1:3" ht="48" x14ac:dyDescent="0.2">
-      <c r="A6" s="15">
-[...2 lines deleted...]
-      <c r="B6" s="16" t="s">
+      <c r="A6" s="14">
+        <v>1</v>
+      </c>
+      <c r="B6" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="C6" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="120" x14ac:dyDescent="0.2">
-      <c r="A7" s="15">
-[...2 lines deleted...]
-      <c r="B7" s="16" t="s">
+      <c r="A7" s="14">
+        <v>1</v>
+      </c>
+      <c r="B7" s="15" t="s">
         <v>75</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      <c r="B8" s="16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" s="13" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="14">
+        <v>1</v>
+      </c>
+      <c r="B8" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="3" t="s">
+      <c r="C8" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" s="13" customFormat="1" ht="120" x14ac:dyDescent="0.2">
+      <c r="A9" s="14">
+        <v>1</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" s="13" customFormat="1" ht="72" x14ac:dyDescent="0.2">
+      <c r="A10" s="51">
+        <v>1</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="13" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A11" s="14">
+        <v>1</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" s="13" customFormat="1" ht="24" x14ac:dyDescent="0.2">
+      <c r="A12" s="14">
+        <v>1</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A13" s="14">
+        <v>1</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A14" s="14">
+        <v>1</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="14">
+        <v>1</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="146.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="14">
+        <v>1</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A17" s="14">
+        <v>1</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="111" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14">
+        <v>1</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14">
+        <v>1</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A20" s="14"/>
+      <c r="B20" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A21" s="14">
+        <v>1</v>
+      </c>
+      <c r="B21" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A22" s="14">
+        <v>1</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A23" s="14">
+        <v>1</v>
+      </c>
+      <c r="B23" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A24" s="14">
+        <v>1</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A25" s="14">
+        <v>1</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A26" s="14">
+        <v>1</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A27" s="14">
+        <v>1</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A28" s="14">
+        <v>1</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A29" s="14">
+        <v>1</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="9" spans="1:3" s="14" customFormat="1" ht="120" x14ac:dyDescent="0.2">
-[...227 lines deleted...]
-    </row>
     <row r="30" spans="1:3" ht="24" x14ac:dyDescent="0.2">
-      <c r="A30" s="15">
-[...2 lines deleted...]
-      <c r="B30" s="16" t="s">
+      <c r="A30" s="14">
+        <v>1</v>
+      </c>
+      <c r="B30" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="60" x14ac:dyDescent="0.2">
-      <c r="A31" s="15">
-[...2 lines deleted...]
-      <c r="B31" s="51" t="s">
+      <c r="A31" s="14">
+        <v>1</v>
+      </c>
+      <c r="B31" s="44" t="s">
         <v>20</v>
       </c>
-      <c r="C31" s="3" t="s">
+      <c r="C31" s="1" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A32" s="14">
+        <v>1</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A33" s="14">
+        <v>1</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A34" s="14">
+        <v>1</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="108" x14ac:dyDescent="0.2">
+      <c r="A35" s="14">
+        <v>1</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A36" s="14">
+        <v>1</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C36" s="1"/>
+    </row>
+    <row r="37" spans="1:3" ht="51" x14ac:dyDescent="0.2">
+      <c r="A37" s="14">
+        <v>1</v>
+      </c>
+      <c r="B37" s="44" t="s">
         <v>252</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="C35" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A38" s="14">
+        <v>1</v>
+      </c>
+      <c r="B38" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A39" s="14">
+        <v>1</v>
+      </c>
+      <c r="B39" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="14">
+        <v>1</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A41" s="14">
+        <v>1</v>
+      </c>
+      <c r="B41" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A42" s="14">
+        <v>1</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A43" s="30">
+        <v>1</v>
+      </c>
+      <c r="B43" s="103" t="s">
+        <v>70</v>
+      </c>
+      <c r="C43" s="104" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="33">
+        <v>1</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" s="40" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A45" s="36">
+        <v>1</v>
+      </c>
+      <c r="B45" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" s="27" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="84" x14ac:dyDescent="0.2">
+      <c r="A46" s="14">
+        <v>1</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A47" s="14">
+        <v>1</v>
+      </c>
+      <c r="B47" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="14">
+        <v>1</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="84" x14ac:dyDescent="0.2">
+      <c r="A49" s="18">
+        <v>1</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A50" s="18">
+        <v>1</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="18">
+        <v>1</v>
+      </c>
+      <c r="B51" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A52" s="94">
+        <v>1</v>
+      </c>
+      <c r="B52" s="92" t="s">
+        <v>281</v>
+      </c>
+      <c r="C52" s="46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A53" s="95"/>
+      <c r="B53" s="93"/>
+      <c r="C53" s="88" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="36">
+        <v>1</v>
+      </c>
+      <c r="B54" s="36" t="s">
+        <v>304</v>
+      </c>
+      <c r="C54" s="90" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A55" s="36">
+        <v>1</v>
+      </c>
+      <c r="B55" s="14" t="s">
         <v>303</v>
       </c>
-    </row>
-[...209 lines deleted...]
-      </c>
       <c r="C55" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="17"/>
-[...1 lines deleted...]
-      <c r="C56" s="19"/>
+      <c r="A56" s="16"/>
+      <c r="B56" s="17"/>
     </row>
     <row r="57" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A57" s="13">
+      <c r="A57" s="12">
         <v>2</v>
       </c>
-      <c r="B57" s="10" t="s">
+      <c r="B57" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:3" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="20">
+      <c r="A58" s="18">
         <v>2</v>
       </c>
-      <c r="B58" s="16" t="s">
+      <c r="B58" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="59" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A59" s="20">
+      <c r="A59" s="18">
         <v>2</v>
       </c>
-      <c r="B59" s="16" t="s">
+      <c r="B59" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="C59" s="3" t="s">
+      <c r="C59" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:3" ht="72" x14ac:dyDescent="0.2">
-      <c r="A60" s="97">
+      <c r="A60" s="18">
         <v>2</v>
       </c>
-      <c r="B60" s="64" t="s">
-[...3 lines deleted...]
-        <v>302</v>
+      <c r="B60" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="61" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="20">
+      <c r="A61" s="18">
         <v>2</v>
       </c>
-      <c r="B61" s="16" t="s">
+      <c r="B61" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="62" spans="1:3" ht="24" x14ac:dyDescent="0.2">
-      <c r="A62" s="20">
+      <c r="A62" s="18">
         <v>2</v>
       </c>
-      <c r="B62" s="16" t="s">
+      <c r="B62" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="C62" s="3" t="s">
+      <c r="C62" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:3" ht="24" x14ac:dyDescent="0.2">
-      <c r="A63" s="20">
+      <c r="A63" s="18">
         <v>2</v>
       </c>
-      <c r="B63" s="16" t="s">
+      <c r="B63" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="C63" s="3" t="s">
+      <c r="C63" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:3" ht="24" x14ac:dyDescent="0.2">
-      <c r="A64" s="20">
+      <c r="A64" s="18">
         <v>2</v>
       </c>
-      <c r="B64" s="16" t="s">
+      <c r="B64" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A65" s="18">
+        <v>2</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="65" spans="1:3" ht="24" x14ac:dyDescent="0.2">
-      <c r="A65" s="20">
+    <row r="66" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A66" s="18">
         <v>2</v>
       </c>
-      <c r="B65" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="1" t="s">
+      <c r="B66" s="15" t="s">
         <v>99</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A66" s="20">
+      <c r="C66" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="120" x14ac:dyDescent="0.2">
+      <c r="A67" s="18">
         <v>2</v>
       </c>
-      <c r="B66" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="1" t="s">
+      <c r="B67" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A68" s="18">
+        <v>2</v>
+      </c>
+      <c r="B68" s="44" t="s">
+        <v>103</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A69" s="18">
+        <v>2</v>
+      </c>
+      <c r="B69" s="15" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="20">
+      <c r="C69" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A70" s="18">
         <v>2</v>
       </c>
-      <c r="B67" s="65" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="20">
+      <c r="B70" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="84" x14ac:dyDescent="0.2">
+      <c r="A71" s="18">
         <v>2</v>
       </c>
-      <c r="B68" s="51" t="s">
-[...32 lines deleted...]
-      <c r="B71" s="16" t="s">
+      <c r="B71" s="15" t="s">
         <v>84</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="72" spans="1:3" ht="48" x14ac:dyDescent="0.2">
-      <c r="A72" s="52">
+      <c r="A72" s="45">
         <v>2</v>
       </c>
-      <c r="B72" s="51" t="s">
+      <c r="B72" s="44" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="122.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="37">
+        <v>2</v>
+      </c>
+      <c r="B73" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="C73" s="34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A74" s="41">
+        <v>2</v>
+      </c>
+      <c r="B74" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="C74" s="46" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A75" s="42"/>
+      <c r="B75" s="43"/>
+      <c r="C75" s="53" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A76" s="42">
+        <v>2</v>
+      </c>
+      <c r="B76" s="43" t="s">
         <v>255</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C73" s="40" t="s">
+      <c r="C76" s="55" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A77" s="42"/>
+      <c r="B77" s="43"/>
+      <c r="C77" s="54"/>
+    </row>
+    <row r="78" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="38">
+        <v>3</v>
+      </c>
+      <c r="B78" s="39" t="s">
+        <v>137</v>
+      </c>
+      <c r="C78" s="1"/>
+    </row>
+    <row r="79" spans="1:3" ht="84" x14ac:dyDescent="0.2">
+      <c r="A79" s="14">
+        <v>3</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="18">
+        <v>3</v>
+      </c>
+      <c r="B80" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A81" s="18">
+        <v>3</v>
+      </c>
+      <c r="B81" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="C81" s="90" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" ht="99" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="18">
+        <v>3</v>
+      </c>
+      <c r="B82" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" ht="168" x14ac:dyDescent="0.2">
+      <c r="A83" s="18">
+        <v>3</v>
+      </c>
+      <c r="B83" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="74" spans="1:3" ht="72" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="A78" s="45">
+    <row r="84" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A84" s="18">
         <v>3</v>
       </c>
-      <c r="B78" s="46" t="s">
-[...5 lines deleted...]
-      <c r="A79" s="15">
+      <c r="B84" s="91" t="s">
+        <v>314</v>
+      </c>
+      <c r="C84" s="90" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A85" s="18">
         <v>3</v>
       </c>
-      <c r="B79" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="B85" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A86" s="18">
+        <v>3</v>
+      </c>
+      <c r="B86" s="15" t="s">
         <v>127</v>
       </c>
-    </row>
-[...74 lines deleted...]
-        <v>116</v>
+      <c r="C86" s="19" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="87" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A87" s="21"/>
-      <c r="B87" s="22"/>
+      <c r="A87" s="16"/>
+      <c r="B87" s="17"/>
     </row>
     <row r="88" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A88" s="13">
+      <c r="A88" s="12">
         <v>4</v>
       </c>
-      <c r="B88" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="3"/>
+      <c r="B88" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C88" s="1"/>
     </row>
     <row r="89" spans="1:3" ht="48" x14ac:dyDescent="0.2">
-      <c r="A89" s="15">
+      <c r="A89" s="14">
         <v>4</v>
       </c>
-      <c r="B89" s="16" t="s">
+      <c r="B89" s="15" t="s">
         <v>42</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:3" ht="36" x14ac:dyDescent="0.2">
-      <c r="A90" s="15">
+      <c r="A90" s="14">
         <v>4</v>
       </c>
-      <c r="B90" s="16" t="s">
+      <c r="B90" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="C90" s="3" t="s">
+      <c r="C90" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="91" spans="1:3" ht="48" x14ac:dyDescent="0.2">
-      <c r="A91" s="15">
+      <c r="A91" s="14">
         <v>4</v>
       </c>
-      <c r="B91" s="16" t="s">
+      <c r="B91" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="92" spans="1:3" ht="48" x14ac:dyDescent="0.2">
-      <c r="A92" s="15">
+      <c r="A92" s="14">
         <v>4</v>
       </c>
-      <c r="B92" s="16" t="s">
+      <c r="B92" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="C92" s="3" t="s">
-        <v>91</v>
+      <c r="C92" s="1" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A93" s="25"/>
-[...4 lines deleted...]
-      <c r="A94" s="27">
+      <c r="A93" s="21"/>
+      <c r="B93" s="17"/>
+      <c r="C93" s="22"/>
+    </row>
+    <row r="94" spans="1:3" s="13" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A94" s="23">
         <v>5</v>
       </c>
-      <c r="B94" s="28" t="s">
+      <c r="B94" s="24" t="s">
         <v>79</v>
       </c>
-      <c r="C94" s="29"/>
+      <c r="C94" s="25"/>
     </row>
     <row r="95" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A95" s="15">
+      <c r="A95" s="14">
         <v>5</v>
       </c>
-      <c r="B95" s="30" t="s">
+      <c r="B95" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="C95" s="27" t="s">
         <v>131</v>
       </c>
-      <c r="C95" s="31" t="s">
+    </row>
+    <row r="96" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A96" s="14">
+        <v>5</v>
+      </c>
+      <c r="B96" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A97" s="14">
+        <v>5</v>
+      </c>
+      <c r="B97" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A98" s="14">
+        <v>5</v>
+      </c>
+      <c r="B98" s="15" t="s">
         <v>132</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="15">
+      <c r="C98" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A99" s="14">
         <v>5</v>
       </c>
-      <c r="B96" s="32" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="15">
+      <c r="B99" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A100" s="14">
         <v>5</v>
       </c>
-      <c r="B97" s="32" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="15">
+      <c r="B100" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="48" x14ac:dyDescent="0.2">
+      <c r="A101" s="14">
         <v>5</v>
       </c>
-      <c r="B98" s="16" t="s">
-[...32 lines deleted...]
-      <c r="B101" s="16" t="s">
+      <c r="B101" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:3" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A102" s="15">
+      <c r="A102" s="14">
         <v>5</v>
       </c>
-      <c r="B102" s="16" t="s">
+      <c r="B102" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="C102" s="3" t="s">
+      <c r="C102" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A103" s="25"/>
-[...4 lines deleted...]
-      <c r="A104" s="13">
+      <c r="A103" s="21"/>
+      <c r="B103" s="17"/>
+      <c r="C103" s="22"/>
+    </row>
+    <row r="104" spans="1:3" s="13" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A104" s="12">
         <v>6</v>
       </c>
-      <c r="B104" s="24" t="s">
+      <c r="B104" s="20" t="s">
         <v>80</v>
       </c>
-      <c r="C104" s="33"/>
+      <c r="C104" s="28"/>
     </row>
     <row r="105" spans="1:3" ht="36" x14ac:dyDescent="0.2">
-      <c r="A105" s="15">
+      <c r="A105" s="14">
         <v>6</v>
       </c>
-      <c r="B105" s="16" t="s">
+      <c r="B105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="C105" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A106" s="14">
+        <v>6</v>
+      </c>
+      <c r="B106" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="72" x14ac:dyDescent="0.2">
+      <c r="A107" s="14">
+        <v>6</v>
+      </c>
+      <c r="B107" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A108" s="14">
+        <v>6</v>
+      </c>
+      <c r="B108" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="28.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="14">
+        <v>6</v>
+      </c>
+      <c r="B109" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="14">
+        <v>6</v>
+      </c>
+      <c r="B110" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="106" spans="1:3" ht="60" x14ac:dyDescent="0.2">
-      <c r="A106" s="15">
+    <row r="111" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A111" s="14">
         <v>6</v>
       </c>
-      <c r="B106" s="16" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="15">
+      <c r="B111" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A112" s="96">
         <v>6</v>
       </c>
-      <c r="B107" s="16" t="s">
-[...32 lines deleted...]
-      <c r="B110" s="16" t="s">
+      <c r="B112" s="97" t="s">
+        <v>306</v>
+      </c>
+      <c r="C112" s="46" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A113" s="96"/>
+      <c r="B113" s="98"/>
+      <c r="C113" s="86" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A114" s="96"/>
+      <c r="B114" s="99"/>
+      <c r="C114" s="87" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A115" s="16"/>
+      <c r="B115" s="17"/>
+    </row>
+    <row r="116" spans="1:3" s="13" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A116" s="12">
+        <v>7</v>
+      </c>
+      <c r="B116" s="20" t="s">
         <v>151</v>
       </c>
-      <c r="C110" s="3" t="s">
-[...28 lines deleted...]
-      <c r="C113" s="101" t="s">
+      <c r="C116" s="28"/>
+    </row>
+    <row r="117" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A117" s="14">
+        <v>7</v>
+      </c>
+      <c r="B117" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A118" s="14">
+        <v>7</v>
+      </c>
+      <c r="B118" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A119" s="14">
+        <v>7</v>
+      </c>
+      <c r="B119" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A120" s="14">
+        <v>7</v>
+      </c>
+      <c r="B120" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A121" s="14">
+        <v>7</v>
+      </c>
+      <c r="B121" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" ht="36" x14ac:dyDescent="0.2">
+      <c r="A122" s="30">
+        <v>7</v>
+      </c>
+      <c r="B122" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="C122" s="34" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" ht="48.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="32">
+        <v>7</v>
+      </c>
+      <c r="B123" s="31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C123" s="35" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A124" s="33">
+        <v>7</v>
+      </c>
+      <c r="B124" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="C124" s="89" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A125" s="16"/>
+      <c r="B125" s="17"/>
+    </row>
+    <row r="126" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A126" s="14">
+        <v>8</v>
+      </c>
+      <c r="B126" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C126" s="1"/>
+    </row>
+    <row r="127" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A127" s="33">
+        <v>8</v>
+      </c>
+      <c r="B127" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="60" x14ac:dyDescent="0.2">
+      <c r="A128" s="47">
+        <v>8</v>
+      </c>
+      <c r="B128" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C128" s="49" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A129" s="47"/>
+      <c r="B129" s="48"/>
+      <c r="C129" s="50" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A130" s="47"/>
+      <c r="B130" s="48"/>
+      <c r="C130" s="49" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A131" s="47"/>
+      <c r="B131" s="48"/>
+      <c r="C131" s="85" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="114" spans="1:3" ht="36" x14ac:dyDescent="0.2">
-[...112 lines deleted...]
-      <c r="A126" s="15">
+    <row r="132" spans="1:3" ht="24" x14ac:dyDescent="0.2">
+      <c r="A132" s="51">
         <v>8</v>
       </c>
-      <c r="B126" s="24" t="s">
-[...52 lines deleted...]
-      <c r="B132" s="59" t="s">
+      <c r="B132" s="52" t="s">
         <v>71</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="135" spans="1:4" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="C135" s="35"/>
+    <row r="135" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="C135" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B52:B53"/>
     <mergeCell ref="A52:A53"/>
     <mergeCell ref="A112:A114"/>
     <mergeCell ref="B112:B114"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C53" r:id="rId1" location="art_24" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="C124" r:id="rId2" display="https://www.bfs.admin.ch/bfs/de/home/statistiken/bildung-wissenschaft/erhebungen/sdl.assetdetail.30285359.html" xr:uid="{50344E70-C7B1-455C-AD19-E0C71BBCFA59}"/>
     <hyperlink ref="C113" r:id="rId3" display="https://www.bfs.admin.ch/bfs/de/home/statistiken/bildung-wissenschaft/erhebungen/sdl.html" xr:uid="{EB8E021A-D846-4CF9-BE1C-CD1788604B69}"/>
     <hyperlink ref="C131" r:id="rId4" location="Implementation_of_ISCED_2011_.28levels_of_education.29" display="https://ec.europa.eu/eurostat/statistics-explained/index.php?title=International_Standard_Classification_of_Education_(ISCED) - Implementation_of_ISCED_2011_.28levels_of_education.29" xr:uid="{E3E4B987-CCB0-4D98-B219-9E9C546797FD}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:J62"/>
   <sheetViews>
-    <sheetView topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.875" style="73" customWidth="1"/>
-[...510 lines deleted...]
-    <col min="16145" max="16384" width="11" style="73"/>
+    <col min="1" max="1" width="3.875" style="61" customWidth="1"/>
+    <col min="2" max="2" width="23.375" style="61" customWidth="1"/>
+    <col min="3" max="3" width="6.625" style="61" customWidth="1"/>
+    <col min="4" max="4" width="24.5" style="61" customWidth="1"/>
+    <col min="5" max="5" width="6.625" style="61" customWidth="1"/>
+    <col min="6" max="6" width="41.25" style="61" customWidth="1"/>
+    <col min="7" max="16" width="11" style="61" customWidth="1"/>
+    <col min="17" max="256" width="11" style="61"/>
+    <col min="257" max="257" width="7.625" style="61" customWidth="1"/>
+    <col min="258" max="258" width="23.375" style="61" customWidth="1"/>
+    <col min="259" max="259" width="6.625" style="61" customWidth="1"/>
+    <col min="260" max="260" width="24.5" style="61" customWidth="1"/>
+    <col min="261" max="261" width="6.625" style="61" customWidth="1"/>
+    <col min="262" max="262" width="41.25" style="61" customWidth="1"/>
+    <col min="263" max="272" width="11" style="61" customWidth="1"/>
+    <col min="273" max="512" width="11" style="61"/>
+    <col min="513" max="513" width="7.625" style="61" customWidth="1"/>
+    <col min="514" max="514" width="23.375" style="61" customWidth="1"/>
+    <col min="515" max="515" width="6.625" style="61" customWidth="1"/>
+    <col min="516" max="516" width="24.5" style="61" customWidth="1"/>
+    <col min="517" max="517" width="6.625" style="61" customWidth="1"/>
+    <col min="518" max="518" width="41.25" style="61" customWidth="1"/>
+    <col min="519" max="528" width="11" style="61" customWidth="1"/>
+    <col min="529" max="768" width="11" style="61"/>
+    <col min="769" max="769" width="7.625" style="61" customWidth="1"/>
+    <col min="770" max="770" width="23.375" style="61" customWidth="1"/>
+    <col min="771" max="771" width="6.625" style="61" customWidth="1"/>
+    <col min="772" max="772" width="24.5" style="61" customWidth="1"/>
+    <col min="773" max="773" width="6.625" style="61" customWidth="1"/>
+    <col min="774" max="774" width="41.25" style="61" customWidth="1"/>
+    <col min="775" max="784" width="11" style="61" customWidth="1"/>
+    <col min="785" max="1024" width="11" style="61"/>
+    <col min="1025" max="1025" width="7.625" style="61" customWidth="1"/>
+    <col min="1026" max="1026" width="23.375" style="61" customWidth="1"/>
+    <col min="1027" max="1027" width="6.625" style="61" customWidth="1"/>
+    <col min="1028" max="1028" width="24.5" style="61" customWidth="1"/>
+    <col min="1029" max="1029" width="6.625" style="61" customWidth="1"/>
+    <col min="1030" max="1030" width="41.25" style="61" customWidth="1"/>
+    <col min="1031" max="1040" width="11" style="61" customWidth="1"/>
+    <col min="1041" max="1280" width="11" style="61"/>
+    <col min="1281" max="1281" width="7.625" style="61" customWidth="1"/>
+    <col min="1282" max="1282" width="23.375" style="61" customWidth="1"/>
+    <col min="1283" max="1283" width="6.625" style="61" customWidth="1"/>
+    <col min="1284" max="1284" width="24.5" style="61" customWidth="1"/>
+    <col min="1285" max="1285" width="6.625" style="61" customWidth="1"/>
+    <col min="1286" max="1286" width="41.25" style="61" customWidth="1"/>
+    <col min="1287" max="1296" width="11" style="61" customWidth="1"/>
+    <col min="1297" max="1536" width="11" style="61"/>
+    <col min="1537" max="1537" width="7.625" style="61" customWidth="1"/>
+    <col min="1538" max="1538" width="23.375" style="61" customWidth="1"/>
+    <col min="1539" max="1539" width="6.625" style="61" customWidth="1"/>
+    <col min="1540" max="1540" width="24.5" style="61" customWidth="1"/>
+    <col min="1541" max="1541" width="6.625" style="61" customWidth="1"/>
+    <col min="1542" max="1542" width="41.25" style="61" customWidth="1"/>
+    <col min="1543" max="1552" width="11" style="61" customWidth="1"/>
+    <col min="1553" max="1792" width="11" style="61"/>
+    <col min="1793" max="1793" width="7.625" style="61" customWidth="1"/>
+    <col min="1794" max="1794" width="23.375" style="61" customWidth="1"/>
+    <col min="1795" max="1795" width="6.625" style="61" customWidth="1"/>
+    <col min="1796" max="1796" width="24.5" style="61" customWidth="1"/>
+    <col min="1797" max="1797" width="6.625" style="61" customWidth="1"/>
+    <col min="1798" max="1798" width="41.25" style="61" customWidth="1"/>
+    <col min="1799" max="1808" width="11" style="61" customWidth="1"/>
+    <col min="1809" max="2048" width="11" style="61"/>
+    <col min="2049" max="2049" width="7.625" style="61" customWidth="1"/>
+    <col min="2050" max="2050" width="23.375" style="61" customWidth="1"/>
+    <col min="2051" max="2051" width="6.625" style="61" customWidth="1"/>
+    <col min="2052" max="2052" width="24.5" style="61" customWidth="1"/>
+    <col min="2053" max="2053" width="6.625" style="61" customWidth="1"/>
+    <col min="2054" max="2054" width="41.25" style="61" customWidth="1"/>
+    <col min="2055" max="2064" width="11" style="61" customWidth="1"/>
+    <col min="2065" max="2304" width="11" style="61"/>
+    <col min="2305" max="2305" width="7.625" style="61" customWidth="1"/>
+    <col min="2306" max="2306" width="23.375" style="61" customWidth="1"/>
+    <col min="2307" max="2307" width="6.625" style="61" customWidth="1"/>
+    <col min="2308" max="2308" width="24.5" style="61" customWidth="1"/>
+    <col min="2309" max="2309" width="6.625" style="61" customWidth="1"/>
+    <col min="2310" max="2310" width="41.25" style="61" customWidth="1"/>
+    <col min="2311" max="2320" width="11" style="61" customWidth="1"/>
+    <col min="2321" max="2560" width="11" style="61"/>
+    <col min="2561" max="2561" width="7.625" style="61" customWidth="1"/>
+    <col min="2562" max="2562" width="23.375" style="61" customWidth="1"/>
+    <col min="2563" max="2563" width="6.625" style="61" customWidth="1"/>
+    <col min="2564" max="2564" width="24.5" style="61" customWidth="1"/>
+    <col min="2565" max="2565" width="6.625" style="61" customWidth="1"/>
+    <col min="2566" max="2566" width="41.25" style="61" customWidth="1"/>
+    <col min="2567" max="2576" width="11" style="61" customWidth="1"/>
+    <col min="2577" max="2816" width="11" style="61"/>
+    <col min="2817" max="2817" width="7.625" style="61" customWidth="1"/>
+    <col min="2818" max="2818" width="23.375" style="61" customWidth="1"/>
+    <col min="2819" max="2819" width="6.625" style="61" customWidth="1"/>
+    <col min="2820" max="2820" width="24.5" style="61" customWidth="1"/>
+    <col min="2821" max="2821" width="6.625" style="61" customWidth="1"/>
+    <col min="2822" max="2822" width="41.25" style="61" customWidth="1"/>
+    <col min="2823" max="2832" width="11" style="61" customWidth="1"/>
+    <col min="2833" max="3072" width="11" style="61"/>
+    <col min="3073" max="3073" width="7.625" style="61" customWidth="1"/>
+    <col min="3074" max="3074" width="23.375" style="61" customWidth="1"/>
+    <col min="3075" max="3075" width="6.625" style="61" customWidth="1"/>
+    <col min="3076" max="3076" width="24.5" style="61" customWidth="1"/>
+    <col min="3077" max="3077" width="6.625" style="61" customWidth="1"/>
+    <col min="3078" max="3078" width="41.25" style="61" customWidth="1"/>
+    <col min="3079" max="3088" width="11" style="61" customWidth="1"/>
+    <col min="3089" max="3328" width="11" style="61"/>
+    <col min="3329" max="3329" width="7.625" style="61" customWidth="1"/>
+    <col min="3330" max="3330" width="23.375" style="61" customWidth="1"/>
+    <col min="3331" max="3331" width="6.625" style="61" customWidth="1"/>
+    <col min="3332" max="3332" width="24.5" style="61" customWidth="1"/>
+    <col min="3333" max="3333" width="6.625" style="61" customWidth="1"/>
+    <col min="3334" max="3334" width="41.25" style="61" customWidth="1"/>
+    <col min="3335" max="3344" width="11" style="61" customWidth="1"/>
+    <col min="3345" max="3584" width="11" style="61"/>
+    <col min="3585" max="3585" width="7.625" style="61" customWidth="1"/>
+    <col min="3586" max="3586" width="23.375" style="61" customWidth="1"/>
+    <col min="3587" max="3587" width="6.625" style="61" customWidth="1"/>
+    <col min="3588" max="3588" width="24.5" style="61" customWidth="1"/>
+    <col min="3589" max="3589" width="6.625" style="61" customWidth="1"/>
+    <col min="3590" max="3590" width="41.25" style="61" customWidth="1"/>
+    <col min="3591" max="3600" width="11" style="61" customWidth="1"/>
+    <col min="3601" max="3840" width="11" style="61"/>
+    <col min="3841" max="3841" width="7.625" style="61" customWidth="1"/>
+    <col min="3842" max="3842" width="23.375" style="61" customWidth="1"/>
+    <col min="3843" max="3843" width="6.625" style="61" customWidth="1"/>
+    <col min="3844" max="3844" width="24.5" style="61" customWidth="1"/>
+    <col min="3845" max="3845" width="6.625" style="61" customWidth="1"/>
+    <col min="3846" max="3846" width="41.25" style="61" customWidth="1"/>
+    <col min="3847" max="3856" width="11" style="61" customWidth="1"/>
+    <col min="3857" max="4096" width="11" style="61"/>
+    <col min="4097" max="4097" width="7.625" style="61" customWidth="1"/>
+    <col min="4098" max="4098" width="23.375" style="61" customWidth="1"/>
+    <col min="4099" max="4099" width="6.625" style="61" customWidth="1"/>
+    <col min="4100" max="4100" width="24.5" style="61" customWidth="1"/>
+    <col min="4101" max="4101" width="6.625" style="61" customWidth="1"/>
+    <col min="4102" max="4102" width="41.25" style="61" customWidth="1"/>
+    <col min="4103" max="4112" width="11" style="61" customWidth="1"/>
+    <col min="4113" max="4352" width="11" style="61"/>
+    <col min="4353" max="4353" width="7.625" style="61" customWidth="1"/>
+    <col min="4354" max="4354" width="23.375" style="61" customWidth="1"/>
+    <col min="4355" max="4355" width="6.625" style="61" customWidth="1"/>
+    <col min="4356" max="4356" width="24.5" style="61" customWidth="1"/>
+    <col min="4357" max="4357" width="6.625" style="61" customWidth="1"/>
+    <col min="4358" max="4358" width="41.25" style="61" customWidth="1"/>
+    <col min="4359" max="4368" width="11" style="61" customWidth="1"/>
+    <col min="4369" max="4608" width="11" style="61"/>
+    <col min="4609" max="4609" width="7.625" style="61" customWidth="1"/>
+    <col min="4610" max="4610" width="23.375" style="61" customWidth="1"/>
+    <col min="4611" max="4611" width="6.625" style="61" customWidth="1"/>
+    <col min="4612" max="4612" width="24.5" style="61" customWidth="1"/>
+    <col min="4613" max="4613" width="6.625" style="61" customWidth="1"/>
+    <col min="4614" max="4614" width="41.25" style="61" customWidth="1"/>
+    <col min="4615" max="4624" width="11" style="61" customWidth="1"/>
+    <col min="4625" max="4864" width="11" style="61"/>
+    <col min="4865" max="4865" width="7.625" style="61" customWidth="1"/>
+    <col min="4866" max="4866" width="23.375" style="61" customWidth="1"/>
+    <col min="4867" max="4867" width="6.625" style="61" customWidth="1"/>
+    <col min="4868" max="4868" width="24.5" style="61" customWidth="1"/>
+    <col min="4869" max="4869" width="6.625" style="61" customWidth="1"/>
+    <col min="4870" max="4870" width="41.25" style="61" customWidth="1"/>
+    <col min="4871" max="4880" width="11" style="61" customWidth="1"/>
+    <col min="4881" max="5120" width="11" style="61"/>
+    <col min="5121" max="5121" width="7.625" style="61" customWidth="1"/>
+    <col min="5122" max="5122" width="23.375" style="61" customWidth="1"/>
+    <col min="5123" max="5123" width="6.625" style="61" customWidth="1"/>
+    <col min="5124" max="5124" width="24.5" style="61" customWidth="1"/>
+    <col min="5125" max="5125" width="6.625" style="61" customWidth="1"/>
+    <col min="5126" max="5126" width="41.25" style="61" customWidth="1"/>
+    <col min="5127" max="5136" width="11" style="61" customWidth="1"/>
+    <col min="5137" max="5376" width="11" style="61"/>
+    <col min="5377" max="5377" width="7.625" style="61" customWidth="1"/>
+    <col min="5378" max="5378" width="23.375" style="61" customWidth="1"/>
+    <col min="5379" max="5379" width="6.625" style="61" customWidth="1"/>
+    <col min="5380" max="5380" width="24.5" style="61" customWidth="1"/>
+    <col min="5381" max="5381" width="6.625" style="61" customWidth="1"/>
+    <col min="5382" max="5382" width="41.25" style="61" customWidth="1"/>
+    <col min="5383" max="5392" width="11" style="61" customWidth="1"/>
+    <col min="5393" max="5632" width="11" style="61"/>
+    <col min="5633" max="5633" width="7.625" style="61" customWidth="1"/>
+    <col min="5634" max="5634" width="23.375" style="61" customWidth="1"/>
+    <col min="5635" max="5635" width="6.625" style="61" customWidth="1"/>
+    <col min="5636" max="5636" width="24.5" style="61" customWidth="1"/>
+    <col min="5637" max="5637" width="6.625" style="61" customWidth="1"/>
+    <col min="5638" max="5638" width="41.25" style="61" customWidth="1"/>
+    <col min="5639" max="5648" width="11" style="61" customWidth="1"/>
+    <col min="5649" max="5888" width="11" style="61"/>
+    <col min="5889" max="5889" width="7.625" style="61" customWidth="1"/>
+    <col min="5890" max="5890" width="23.375" style="61" customWidth="1"/>
+    <col min="5891" max="5891" width="6.625" style="61" customWidth="1"/>
+    <col min="5892" max="5892" width="24.5" style="61" customWidth="1"/>
+    <col min="5893" max="5893" width="6.625" style="61" customWidth="1"/>
+    <col min="5894" max="5894" width="41.25" style="61" customWidth="1"/>
+    <col min="5895" max="5904" width="11" style="61" customWidth="1"/>
+    <col min="5905" max="6144" width="11" style="61"/>
+    <col min="6145" max="6145" width="7.625" style="61" customWidth="1"/>
+    <col min="6146" max="6146" width="23.375" style="61" customWidth="1"/>
+    <col min="6147" max="6147" width="6.625" style="61" customWidth="1"/>
+    <col min="6148" max="6148" width="24.5" style="61" customWidth="1"/>
+    <col min="6149" max="6149" width="6.625" style="61" customWidth="1"/>
+    <col min="6150" max="6150" width="41.25" style="61" customWidth="1"/>
+    <col min="6151" max="6160" width="11" style="61" customWidth="1"/>
+    <col min="6161" max="6400" width="11" style="61"/>
+    <col min="6401" max="6401" width="7.625" style="61" customWidth="1"/>
+    <col min="6402" max="6402" width="23.375" style="61" customWidth="1"/>
+    <col min="6403" max="6403" width="6.625" style="61" customWidth="1"/>
+    <col min="6404" max="6404" width="24.5" style="61" customWidth="1"/>
+    <col min="6405" max="6405" width="6.625" style="61" customWidth="1"/>
+    <col min="6406" max="6406" width="41.25" style="61" customWidth="1"/>
+    <col min="6407" max="6416" width="11" style="61" customWidth="1"/>
+    <col min="6417" max="6656" width="11" style="61"/>
+    <col min="6657" max="6657" width="7.625" style="61" customWidth="1"/>
+    <col min="6658" max="6658" width="23.375" style="61" customWidth="1"/>
+    <col min="6659" max="6659" width="6.625" style="61" customWidth="1"/>
+    <col min="6660" max="6660" width="24.5" style="61" customWidth="1"/>
+    <col min="6661" max="6661" width="6.625" style="61" customWidth="1"/>
+    <col min="6662" max="6662" width="41.25" style="61" customWidth="1"/>
+    <col min="6663" max="6672" width="11" style="61" customWidth="1"/>
+    <col min="6673" max="6912" width="11" style="61"/>
+    <col min="6913" max="6913" width="7.625" style="61" customWidth="1"/>
+    <col min="6914" max="6914" width="23.375" style="61" customWidth="1"/>
+    <col min="6915" max="6915" width="6.625" style="61" customWidth="1"/>
+    <col min="6916" max="6916" width="24.5" style="61" customWidth="1"/>
+    <col min="6917" max="6917" width="6.625" style="61" customWidth="1"/>
+    <col min="6918" max="6918" width="41.25" style="61" customWidth="1"/>
+    <col min="6919" max="6928" width="11" style="61" customWidth="1"/>
+    <col min="6929" max="7168" width="11" style="61"/>
+    <col min="7169" max="7169" width="7.625" style="61" customWidth="1"/>
+    <col min="7170" max="7170" width="23.375" style="61" customWidth="1"/>
+    <col min="7171" max="7171" width="6.625" style="61" customWidth="1"/>
+    <col min="7172" max="7172" width="24.5" style="61" customWidth="1"/>
+    <col min="7173" max="7173" width="6.625" style="61" customWidth="1"/>
+    <col min="7174" max="7174" width="41.25" style="61" customWidth="1"/>
+    <col min="7175" max="7184" width="11" style="61" customWidth="1"/>
+    <col min="7185" max="7424" width="11" style="61"/>
+    <col min="7425" max="7425" width="7.625" style="61" customWidth="1"/>
+    <col min="7426" max="7426" width="23.375" style="61" customWidth="1"/>
+    <col min="7427" max="7427" width="6.625" style="61" customWidth="1"/>
+    <col min="7428" max="7428" width="24.5" style="61" customWidth="1"/>
+    <col min="7429" max="7429" width="6.625" style="61" customWidth="1"/>
+    <col min="7430" max="7430" width="41.25" style="61" customWidth="1"/>
+    <col min="7431" max="7440" width="11" style="61" customWidth="1"/>
+    <col min="7441" max="7680" width="11" style="61"/>
+    <col min="7681" max="7681" width="7.625" style="61" customWidth="1"/>
+    <col min="7682" max="7682" width="23.375" style="61" customWidth="1"/>
+    <col min="7683" max="7683" width="6.625" style="61" customWidth="1"/>
+    <col min="7684" max="7684" width="24.5" style="61" customWidth="1"/>
+    <col min="7685" max="7685" width="6.625" style="61" customWidth="1"/>
+    <col min="7686" max="7686" width="41.25" style="61" customWidth="1"/>
+    <col min="7687" max="7696" width="11" style="61" customWidth="1"/>
+    <col min="7697" max="7936" width="11" style="61"/>
+    <col min="7937" max="7937" width="7.625" style="61" customWidth="1"/>
+    <col min="7938" max="7938" width="23.375" style="61" customWidth="1"/>
+    <col min="7939" max="7939" width="6.625" style="61" customWidth="1"/>
+    <col min="7940" max="7940" width="24.5" style="61" customWidth="1"/>
+    <col min="7941" max="7941" width="6.625" style="61" customWidth="1"/>
+    <col min="7942" max="7942" width="41.25" style="61" customWidth="1"/>
+    <col min="7943" max="7952" width="11" style="61" customWidth="1"/>
+    <col min="7953" max="8192" width="11" style="61"/>
+    <col min="8193" max="8193" width="7.625" style="61" customWidth="1"/>
+    <col min="8194" max="8194" width="23.375" style="61" customWidth="1"/>
+    <col min="8195" max="8195" width="6.625" style="61" customWidth="1"/>
+    <col min="8196" max="8196" width="24.5" style="61" customWidth="1"/>
+    <col min="8197" max="8197" width="6.625" style="61" customWidth="1"/>
+    <col min="8198" max="8198" width="41.25" style="61" customWidth="1"/>
+    <col min="8199" max="8208" width="11" style="61" customWidth="1"/>
+    <col min="8209" max="8448" width="11" style="61"/>
+    <col min="8449" max="8449" width="7.625" style="61" customWidth="1"/>
+    <col min="8450" max="8450" width="23.375" style="61" customWidth="1"/>
+    <col min="8451" max="8451" width="6.625" style="61" customWidth="1"/>
+    <col min="8452" max="8452" width="24.5" style="61" customWidth="1"/>
+    <col min="8453" max="8453" width="6.625" style="61" customWidth="1"/>
+    <col min="8454" max="8454" width="41.25" style="61" customWidth="1"/>
+    <col min="8455" max="8464" width="11" style="61" customWidth="1"/>
+    <col min="8465" max="8704" width="11" style="61"/>
+    <col min="8705" max="8705" width="7.625" style="61" customWidth="1"/>
+    <col min="8706" max="8706" width="23.375" style="61" customWidth="1"/>
+    <col min="8707" max="8707" width="6.625" style="61" customWidth="1"/>
+    <col min="8708" max="8708" width="24.5" style="61" customWidth="1"/>
+    <col min="8709" max="8709" width="6.625" style="61" customWidth="1"/>
+    <col min="8710" max="8710" width="41.25" style="61" customWidth="1"/>
+    <col min="8711" max="8720" width="11" style="61" customWidth="1"/>
+    <col min="8721" max="8960" width="11" style="61"/>
+    <col min="8961" max="8961" width="7.625" style="61" customWidth="1"/>
+    <col min="8962" max="8962" width="23.375" style="61" customWidth="1"/>
+    <col min="8963" max="8963" width="6.625" style="61" customWidth="1"/>
+    <col min="8964" max="8964" width="24.5" style="61" customWidth="1"/>
+    <col min="8965" max="8965" width="6.625" style="61" customWidth="1"/>
+    <col min="8966" max="8966" width="41.25" style="61" customWidth="1"/>
+    <col min="8967" max="8976" width="11" style="61" customWidth="1"/>
+    <col min="8977" max="9216" width="11" style="61"/>
+    <col min="9217" max="9217" width="7.625" style="61" customWidth="1"/>
+    <col min="9218" max="9218" width="23.375" style="61" customWidth="1"/>
+    <col min="9219" max="9219" width="6.625" style="61" customWidth="1"/>
+    <col min="9220" max="9220" width="24.5" style="61" customWidth="1"/>
+    <col min="9221" max="9221" width="6.625" style="61" customWidth="1"/>
+    <col min="9222" max="9222" width="41.25" style="61" customWidth="1"/>
+    <col min="9223" max="9232" width="11" style="61" customWidth="1"/>
+    <col min="9233" max="9472" width="11" style="61"/>
+    <col min="9473" max="9473" width="7.625" style="61" customWidth="1"/>
+    <col min="9474" max="9474" width="23.375" style="61" customWidth="1"/>
+    <col min="9475" max="9475" width="6.625" style="61" customWidth="1"/>
+    <col min="9476" max="9476" width="24.5" style="61" customWidth="1"/>
+    <col min="9477" max="9477" width="6.625" style="61" customWidth="1"/>
+    <col min="9478" max="9478" width="41.25" style="61" customWidth="1"/>
+    <col min="9479" max="9488" width="11" style="61" customWidth="1"/>
+    <col min="9489" max="9728" width="11" style="61"/>
+    <col min="9729" max="9729" width="7.625" style="61" customWidth="1"/>
+    <col min="9730" max="9730" width="23.375" style="61" customWidth="1"/>
+    <col min="9731" max="9731" width="6.625" style="61" customWidth="1"/>
+    <col min="9732" max="9732" width="24.5" style="61" customWidth="1"/>
+    <col min="9733" max="9733" width="6.625" style="61" customWidth="1"/>
+    <col min="9734" max="9734" width="41.25" style="61" customWidth="1"/>
+    <col min="9735" max="9744" width="11" style="61" customWidth="1"/>
+    <col min="9745" max="9984" width="11" style="61"/>
+    <col min="9985" max="9985" width="7.625" style="61" customWidth="1"/>
+    <col min="9986" max="9986" width="23.375" style="61" customWidth="1"/>
+    <col min="9987" max="9987" width="6.625" style="61" customWidth="1"/>
+    <col min="9988" max="9988" width="24.5" style="61" customWidth="1"/>
+    <col min="9989" max="9989" width="6.625" style="61" customWidth="1"/>
+    <col min="9990" max="9990" width="41.25" style="61" customWidth="1"/>
+    <col min="9991" max="10000" width="11" style="61" customWidth="1"/>
+    <col min="10001" max="10240" width="11" style="61"/>
+    <col min="10241" max="10241" width="7.625" style="61" customWidth="1"/>
+    <col min="10242" max="10242" width="23.375" style="61" customWidth="1"/>
+    <col min="10243" max="10243" width="6.625" style="61" customWidth="1"/>
+    <col min="10244" max="10244" width="24.5" style="61" customWidth="1"/>
+    <col min="10245" max="10245" width="6.625" style="61" customWidth="1"/>
+    <col min="10246" max="10246" width="41.25" style="61" customWidth="1"/>
+    <col min="10247" max="10256" width="11" style="61" customWidth="1"/>
+    <col min="10257" max="10496" width="11" style="61"/>
+    <col min="10497" max="10497" width="7.625" style="61" customWidth="1"/>
+    <col min="10498" max="10498" width="23.375" style="61" customWidth="1"/>
+    <col min="10499" max="10499" width="6.625" style="61" customWidth="1"/>
+    <col min="10500" max="10500" width="24.5" style="61" customWidth="1"/>
+    <col min="10501" max="10501" width="6.625" style="61" customWidth="1"/>
+    <col min="10502" max="10502" width="41.25" style="61" customWidth="1"/>
+    <col min="10503" max="10512" width="11" style="61" customWidth="1"/>
+    <col min="10513" max="10752" width="11" style="61"/>
+    <col min="10753" max="10753" width="7.625" style="61" customWidth="1"/>
+    <col min="10754" max="10754" width="23.375" style="61" customWidth="1"/>
+    <col min="10755" max="10755" width="6.625" style="61" customWidth="1"/>
+    <col min="10756" max="10756" width="24.5" style="61" customWidth="1"/>
+    <col min="10757" max="10757" width="6.625" style="61" customWidth="1"/>
+    <col min="10758" max="10758" width="41.25" style="61" customWidth="1"/>
+    <col min="10759" max="10768" width="11" style="61" customWidth="1"/>
+    <col min="10769" max="11008" width="11" style="61"/>
+    <col min="11009" max="11009" width="7.625" style="61" customWidth="1"/>
+    <col min="11010" max="11010" width="23.375" style="61" customWidth="1"/>
+    <col min="11011" max="11011" width="6.625" style="61" customWidth="1"/>
+    <col min="11012" max="11012" width="24.5" style="61" customWidth="1"/>
+    <col min="11013" max="11013" width="6.625" style="61" customWidth="1"/>
+    <col min="11014" max="11014" width="41.25" style="61" customWidth="1"/>
+    <col min="11015" max="11024" width="11" style="61" customWidth="1"/>
+    <col min="11025" max="11264" width="11" style="61"/>
+    <col min="11265" max="11265" width="7.625" style="61" customWidth="1"/>
+    <col min="11266" max="11266" width="23.375" style="61" customWidth="1"/>
+    <col min="11267" max="11267" width="6.625" style="61" customWidth="1"/>
+    <col min="11268" max="11268" width="24.5" style="61" customWidth="1"/>
+    <col min="11269" max="11269" width="6.625" style="61" customWidth="1"/>
+    <col min="11270" max="11270" width="41.25" style="61" customWidth="1"/>
+    <col min="11271" max="11280" width="11" style="61" customWidth="1"/>
+    <col min="11281" max="11520" width="11" style="61"/>
+    <col min="11521" max="11521" width="7.625" style="61" customWidth="1"/>
+    <col min="11522" max="11522" width="23.375" style="61" customWidth="1"/>
+    <col min="11523" max="11523" width="6.625" style="61" customWidth="1"/>
+    <col min="11524" max="11524" width="24.5" style="61" customWidth="1"/>
+    <col min="11525" max="11525" width="6.625" style="61" customWidth="1"/>
+    <col min="11526" max="11526" width="41.25" style="61" customWidth="1"/>
+    <col min="11527" max="11536" width="11" style="61" customWidth="1"/>
+    <col min="11537" max="11776" width="11" style="61"/>
+    <col min="11777" max="11777" width="7.625" style="61" customWidth="1"/>
+    <col min="11778" max="11778" width="23.375" style="61" customWidth="1"/>
+    <col min="11779" max="11779" width="6.625" style="61" customWidth="1"/>
+    <col min="11780" max="11780" width="24.5" style="61" customWidth="1"/>
+    <col min="11781" max="11781" width="6.625" style="61" customWidth="1"/>
+    <col min="11782" max="11782" width="41.25" style="61" customWidth="1"/>
+    <col min="11783" max="11792" width="11" style="61" customWidth="1"/>
+    <col min="11793" max="12032" width="11" style="61"/>
+    <col min="12033" max="12033" width="7.625" style="61" customWidth="1"/>
+    <col min="12034" max="12034" width="23.375" style="61" customWidth="1"/>
+    <col min="12035" max="12035" width="6.625" style="61" customWidth="1"/>
+    <col min="12036" max="12036" width="24.5" style="61" customWidth="1"/>
+    <col min="12037" max="12037" width="6.625" style="61" customWidth="1"/>
+    <col min="12038" max="12038" width="41.25" style="61" customWidth="1"/>
+    <col min="12039" max="12048" width="11" style="61" customWidth="1"/>
+    <col min="12049" max="12288" width="11" style="61"/>
+    <col min="12289" max="12289" width="7.625" style="61" customWidth="1"/>
+    <col min="12290" max="12290" width="23.375" style="61" customWidth="1"/>
+    <col min="12291" max="12291" width="6.625" style="61" customWidth="1"/>
+    <col min="12292" max="12292" width="24.5" style="61" customWidth="1"/>
+    <col min="12293" max="12293" width="6.625" style="61" customWidth="1"/>
+    <col min="12294" max="12294" width="41.25" style="61" customWidth="1"/>
+    <col min="12295" max="12304" width="11" style="61" customWidth="1"/>
+    <col min="12305" max="12544" width="11" style="61"/>
+    <col min="12545" max="12545" width="7.625" style="61" customWidth="1"/>
+    <col min="12546" max="12546" width="23.375" style="61" customWidth="1"/>
+    <col min="12547" max="12547" width="6.625" style="61" customWidth="1"/>
+    <col min="12548" max="12548" width="24.5" style="61" customWidth="1"/>
+    <col min="12549" max="12549" width="6.625" style="61" customWidth="1"/>
+    <col min="12550" max="12550" width="41.25" style="61" customWidth="1"/>
+    <col min="12551" max="12560" width="11" style="61" customWidth="1"/>
+    <col min="12561" max="12800" width="11" style="61"/>
+    <col min="12801" max="12801" width="7.625" style="61" customWidth="1"/>
+    <col min="12802" max="12802" width="23.375" style="61" customWidth="1"/>
+    <col min="12803" max="12803" width="6.625" style="61" customWidth="1"/>
+    <col min="12804" max="12804" width="24.5" style="61" customWidth="1"/>
+    <col min="12805" max="12805" width="6.625" style="61" customWidth="1"/>
+    <col min="12806" max="12806" width="41.25" style="61" customWidth="1"/>
+    <col min="12807" max="12816" width="11" style="61" customWidth="1"/>
+    <col min="12817" max="13056" width="11" style="61"/>
+    <col min="13057" max="13057" width="7.625" style="61" customWidth="1"/>
+    <col min="13058" max="13058" width="23.375" style="61" customWidth="1"/>
+    <col min="13059" max="13059" width="6.625" style="61" customWidth="1"/>
+    <col min="13060" max="13060" width="24.5" style="61" customWidth="1"/>
+    <col min="13061" max="13061" width="6.625" style="61" customWidth="1"/>
+    <col min="13062" max="13062" width="41.25" style="61" customWidth="1"/>
+    <col min="13063" max="13072" width="11" style="61" customWidth="1"/>
+    <col min="13073" max="13312" width="11" style="61"/>
+    <col min="13313" max="13313" width="7.625" style="61" customWidth="1"/>
+    <col min="13314" max="13314" width="23.375" style="61" customWidth="1"/>
+    <col min="13315" max="13315" width="6.625" style="61" customWidth="1"/>
+    <col min="13316" max="13316" width="24.5" style="61" customWidth="1"/>
+    <col min="13317" max="13317" width="6.625" style="61" customWidth="1"/>
+    <col min="13318" max="13318" width="41.25" style="61" customWidth="1"/>
+    <col min="13319" max="13328" width="11" style="61" customWidth="1"/>
+    <col min="13329" max="13568" width="11" style="61"/>
+    <col min="13569" max="13569" width="7.625" style="61" customWidth="1"/>
+    <col min="13570" max="13570" width="23.375" style="61" customWidth="1"/>
+    <col min="13571" max="13571" width="6.625" style="61" customWidth="1"/>
+    <col min="13572" max="13572" width="24.5" style="61" customWidth="1"/>
+    <col min="13573" max="13573" width="6.625" style="61" customWidth="1"/>
+    <col min="13574" max="13574" width="41.25" style="61" customWidth="1"/>
+    <col min="13575" max="13584" width="11" style="61" customWidth="1"/>
+    <col min="13585" max="13824" width="11" style="61"/>
+    <col min="13825" max="13825" width="7.625" style="61" customWidth="1"/>
+    <col min="13826" max="13826" width="23.375" style="61" customWidth="1"/>
+    <col min="13827" max="13827" width="6.625" style="61" customWidth="1"/>
+    <col min="13828" max="13828" width="24.5" style="61" customWidth="1"/>
+    <col min="13829" max="13829" width="6.625" style="61" customWidth="1"/>
+    <col min="13830" max="13830" width="41.25" style="61" customWidth="1"/>
+    <col min="13831" max="13840" width="11" style="61" customWidth="1"/>
+    <col min="13841" max="14080" width="11" style="61"/>
+    <col min="14081" max="14081" width="7.625" style="61" customWidth="1"/>
+    <col min="14082" max="14082" width="23.375" style="61" customWidth="1"/>
+    <col min="14083" max="14083" width="6.625" style="61" customWidth="1"/>
+    <col min="14084" max="14084" width="24.5" style="61" customWidth="1"/>
+    <col min="14085" max="14085" width="6.625" style="61" customWidth="1"/>
+    <col min="14086" max="14086" width="41.25" style="61" customWidth="1"/>
+    <col min="14087" max="14096" width="11" style="61" customWidth="1"/>
+    <col min="14097" max="14336" width="11" style="61"/>
+    <col min="14337" max="14337" width="7.625" style="61" customWidth="1"/>
+    <col min="14338" max="14338" width="23.375" style="61" customWidth="1"/>
+    <col min="14339" max="14339" width="6.625" style="61" customWidth="1"/>
+    <col min="14340" max="14340" width="24.5" style="61" customWidth="1"/>
+    <col min="14341" max="14341" width="6.625" style="61" customWidth="1"/>
+    <col min="14342" max="14342" width="41.25" style="61" customWidth="1"/>
+    <col min="14343" max="14352" width="11" style="61" customWidth="1"/>
+    <col min="14353" max="14592" width="11" style="61"/>
+    <col min="14593" max="14593" width="7.625" style="61" customWidth="1"/>
+    <col min="14594" max="14594" width="23.375" style="61" customWidth="1"/>
+    <col min="14595" max="14595" width="6.625" style="61" customWidth="1"/>
+    <col min="14596" max="14596" width="24.5" style="61" customWidth="1"/>
+    <col min="14597" max="14597" width="6.625" style="61" customWidth="1"/>
+    <col min="14598" max="14598" width="41.25" style="61" customWidth="1"/>
+    <col min="14599" max="14608" width="11" style="61" customWidth="1"/>
+    <col min="14609" max="14848" width="11" style="61"/>
+    <col min="14849" max="14849" width="7.625" style="61" customWidth="1"/>
+    <col min="14850" max="14850" width="23.375" style="61" customWidth="1"/>
+    <col min="14851" max="14851" width="6.625" style="61" customWidth="1"/>
+    <col min="14852" max="14852" width="24.5" style="61" customWidth="1"/>
+    <col min="14853" max="14853" width="6.625" style="61" customWidth="1"/>
+    <col min="14854" max="14854" width="41.25" style="61" customWidth="1"/>
+    <col min="14855" max="14864" width="11" style="61" customWidth="1"/>
+    <col min="14865" max="15104" width="11" style="61"/>
+    <col min="15105" max="15105" width="7.625" style="61" customWidth="1"/>
+    <col min="15106" max="15106" width="23.375" style="61" customWidth="1"/>
+    <col min="15107" max="15107" width="6.625" style="61" customWidth="1"/>
+    <col min="15108" max="15108" width="24.5" style="61" customWidth="1"/>
+    <col min="15109" max="15109" width="6.625" style="61" customWidth="1"/>
+    <col min="15110" max="15110" width="41.25" style="61" customWidth="1"/>
+    <col min="15111" max="15120" width="11" style="61" customWidth="1"/>
+    <col min="15121" max="15360" width="11" style="61"/>
+    <col min="15361" max="15361" width="7.625" style="61" customWidth="1"/>
+    <col min="15362" max="15362" width="23.375" style="61" customWidth="1"/>
+    <col min="15363" max="15363" width="6.625" style="61" customWidth="1"/>
+    <col min="15364" max="15364" width="24.5" style="61" customWidth="1"/>
+    <col min="15365" max="15365" width="6.625" style="61" customWidth="1"/>
+    <col min="15366" max="15366" width="41.25" style="61" customWidth="1"/>
+    <col min="15367" max="15376" width="11" style="61" customWidth="1"/>
+    <col min="15377" max="15616" width="11" style="61"/>
+    <col min="15617" max="15617" width="7.625" style="61" customWidth="1"/>
+    <col min="15618" max="15618" width="23.375" style="61" customWidth="1"/>
+    <col min="15619" max="15619" width="6.625" style="61" customWidth="1"/>
+    <col min="15620" max="15620" width="24.5" style="61" customWidth="1"/>
+    <col min="15621" max="15621" width="6.625" style="61" customWidth="1"/>
+    <col min="15622" max="15622" width="41.25" style="61" customWidth="1"/>
+    <col min="15623" max="15632" width="11" style="61" customWidth="1"/>
+    <col min="15633" max="15872" width="11" style="61"/>
+    <col min="15873" max="15873" width="7.625" style="61" customWidth="1"/>
+    <col min="15874" max="15874" width="23.375" style="61" customWidth="1"/>
+    <col min="15875" max="15875" width="6.625" style="61" customWidth="1"/>
+    <col min="15876" max="15876" width="24.5" style="61" customWidth="1"/>
+    <col min="15877" max="15877" width="6.625" style="61" customWidth="1"/>
+    <col min="15878" max="15878" width="41.25" style="61" customWidth="1"/>
+    <col min="15879" max="15888" width="11" style="61" customWidth="1"/>
+    <col min="15889" max="16128" width="11" style="61"/>
+    <col min="16129" max="16129" width="7.625" style="61" customWidth="1"/>
+    <col min="16130" max="16130" width="23.375" style="61" customWidth="1"/>
+    <col min="16131" max="16131" width="6.625" style="61" customWidth="1"/>
+    <col min="16132" max="16132" width="24.5" style="61" customWidth="1"/>
+    <col min="16133" max="16133" width="6.625" style="61" customWidth="1"/>
+    <col min="16134" max="16134" width="41.25" style="61" customWidth="1"/>
+    <col min="16135" max="16144" width="11" style="61" customWidth="1"/>
+    <col min="16145" max="16384" width="11" style="61"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="63" t="s">
+      <c r="A1" s="56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B1" s="57"/>
+      <c r="C1" s="58"/>
+      <c r="D1" s="57"/>
+      <c r="F1" s="60"/>
+    </row>
+    <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="59"/>
+      <c r="B2" s="57"/>
+      <c r="C2" s="58"/>
+      <c r="D2" s="57"/>
+      <c r="E2" s="59"/>
+      <c r="F2" s="57"/>
+    </row>
+    <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="100" t="s">
+        <v>158</v>
+      </c>
+      <c r="B3" s="101"/>
+      <c r="C3" s="62" t="s">
+        <v>159</v>
+      </c>
+      <c r="D3" s="63"/>
+      <c r="E3" s="62" t="s">
+        <v>160</v>
+      </c>
+      <c r="F3" s="63"/>
+    </row>
+    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="64"/>
+      <c r="B4" s="65"/>
+      <c r="C4" s="64"/>
+      <c r="D4" s="65"/>
+      <c r="E4" s="64"/>
+      <c r="F4" s="66"/>
+    </row>
+    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="67">
+        <v>0</v>
+      </c>
+      <c r="B5" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="C5" s="67"/>
+      <c r="D5" s="68"/>
+      <c r="E5" s="67"/>
+      <c r="F5" s="69"/>
+    </row>
+    <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="70"/>
+      <c r="B6" s="71"/>
+      <c r="C6" s="70"/>
+      <c r="D6" s="71"/>
+      <c r="E6" s="70"/>
+      <c r="F6" s="72"/>
+    </row>
+    <row r="7" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="64"/>
+      <c r="B7" s="73"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="73"/>
+    </row>
+    <row r="8" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="67">
+        <v>1</v>
+      </c>
+      <c r="B8" s="69" t="s">
+        <v>162</v>
+      </c>
+      <c r="C8" s="74" t="s">
+        <v>163</v>
+      </c>
+      <c r="D8" s="69" t="s">
+        <v>256</v>
+      </c>
+      <c r="E8" s="75" t="s">
+        <v>276</v>
+      </c>
+      <c r="F8" s="69" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="67"/>
+      <c r="B9" s="69"/>
+      <c r="C9" s="74"/>
+      <c r="D9" s="69"/>
+      <c r="E9" s="75"/>
+      <c r="F9" s="69"/>
+    </row>
+    <row r="10" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="67"/>
+      <c r="B10" s="69"/>
+      <c r="C10" s="74" t="s">
+        <v>164</v>
+      </c>
+      <c r="D10" s="69" t="s">
+        <v>257</v>
+      </c>
+      <c r="E10" s="74" t="s">
+        <v>277</v>
+      </c>
+      <c r="F10" s="69" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="67"/>
+      <c r="B11" s="69"/>
+      <c r="C11" s="74"/>
+      <c r="D11" s="69"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="69"/>
+    </row>
+    <row r="12" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="67"/>
+      <c r="B12" s="69"/>
+      <c r="C12" s="74" t="s">
+        <v>165</v>
+      </c>
+      <c r="D12" s="69" t="s">
+        <v>166</v>
+      </c>
+      <c r="E12" s="75" t="s">
+        <v>167</v>
+      </c>
+      <c r="F12" s="69" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="67"/>
+      <c r="B13" s="69"/>
+      <c r="C13" s="74"/>
+      <c r="D13" s="69"/>
+      <c r="E13" s="75" t="s">
+        <v>169</v>
+      </c>
+      <c r="F13" s="69" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="67"/>
+      <c r="B14" s="69"/>
+      <c r="C14" s="74"/>
+      <c r="D14" s="69"/>
+      <c r="E14" s="75" t="s">
+        <v>171</v>
+      </c>
+      <c r="F14" s="69" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="67"/>
+      <c r="B15" s="69"/>
+      <c r="C15" s="74"/>
+      <c r="D15" s="69"/>
+      <c r="E15" s="75"/>
+      <c r="F15" s="69"/>
+    </row>
+    <row r="16" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="67"/>
+      <c r="B16" s="69"/>
+      <c r="C16" s="74" t="s">
+        <v>173</v>
+      </c>
+      <c r="D16" s="69" t="s">
+        <v>285</v>
+      </c>
+      <c r="E16" s="75"/>
+      <c r="F16" s="69"/>
+    </row>
+    <row r="17" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="67"/>
+      <c r="B17" s="69"/>
+      <c r="C17" s="74"/>
+      <c r="D17" s="69"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="69"/>
+    </row>
+    <row r="18" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="64"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="73"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="73"/>
+    </row>
+    <row r="19" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="67">
+        <v>2</v>
+      </c>
+      <c r="B19" s="69" t="s">
+        <v>174</v>
+      </c>
+      <c r="C19" s="74">
+        <v>2.1</v>
+      </c>
+      <c r="D19" s="69" t="s">
+        <v>175</v>
+      </c>
+      <c r="E19" s="67" t="s">
+        <v>176</v>
+      </c>
+      <c r="F19" s="69" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="67"/>
+      <c r="B20" s="69"/>
+      <c r="C20" s="74"/>
+      <c r="D20" s="69"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="69"/>
+    </row>
+    <row r="21" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="67"/>
+      <c r="B21" s="69"/>
+      <c r="C21" s="74" t="s">
+        <v>177</v>
+      </c>
+      <c r="D21" s="69" t="s">
+        <v>286</v>
+      </c>
+      <c r="E21" s="74" t="s">
+        <v>178</v>
+      </c>
+      <c r="F21" s="69" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="67"/>
+      <c r="B22" s="69"/>
+      <c r="C22" s="74"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="74" t="s">
+        <v>180</v>
+      </c>
+      <c r="F22" s="69" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="67"/>
+      <c r="B23" s="69"/>
+      <c r="C23" s="74"/>
+      <c r="D23" s="69"/>
+      <c r="E23" s="74" t="s">
+        <v>182</v>
+      </c>
+      <c r="F23" s="69" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="67"/>
+      <c r="B24" s="69"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="74" t="s">
+        <v>184</v>
+      </c>
+      <c r="F24" s="69" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="67"/>
+      <c r="B25" s="69"/>
+      <c r="C25" s="74"/>
+      <c r="D25" s="69"/>
+      <c r="E25" s="74" t="s">
+        <v>186</v>
+      </c>
+      <c r="F25" s="69" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="67"/>
+      <c r="B26" s="69"/>
+      <c r="C26" s="74"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="69"/>
+    </row>
+    <row r="27" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="67"/>
+      <c r="B27" s="69"/>
+      <c r="C27" s="74" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" s="69" t="s">
+        <v>284</v>
+      </c>
+      <c r="E27" s="74" t="s">
+        <v>190</v>
+      </c>
+      <c r="F27" s="79" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="67"/>
+      <c r="B28" s="69"/>
+      <c r="C28" s="74"/>
+      <c r="D28" s="69"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="79"/>
+    </row>
+    <row r="29" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="67"/>
+      <c r="B29" s="69"/>
+      <c r="C29" s="74" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" s="69" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" s="74" t="s">
+        <v>193</v>
+      </c>
+      <c r="F29" s="80" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="67"/>
+      <c r="B30" s="69"/>
+      <c r="C30" s="74"/>
+      <c r="D30" s="69"/>
+      <c r="E30" s="74" t="s">
+        <v>195</v>
+      </c>
+      <c r="F30" s="80" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="67"/>
+      <c r="B31" s="69"/>
+      <c r="C31" s="74"/>
+      <c r="D31" s="69"/>
+      <c r="E31" s="74" t="s">
+        <v>197</v>
+      </c>
+      <c r="F31" s="80" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="67"/>
+      <c r="B32" s="69"/>
+      <c r="C32" s="74"/>
+      <c r="D32" s="69"/>
+      <c r="E32" s="74" t="s">
+        <v>199</v>
+      </c>
+      <c r="F32" s="69" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="67"/>
+      <c r="B33" s="69"/>
+      <c r="C33" s="74"/>
+      <c r="D33" s="69"/>
+      <c r="E33" s="74" t="s">
+        <v>201</v>
+      </c>
+      <c r="F33" s="69" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="67"/>
+      <c r="B34" s="69"/>
+      <c r="C34" s="74"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="74" t="s">
+        <v>203</v>
+      </c>
+      <c r="F34" s="69" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="67"/>
+      <c r="B35" s="69"/>
+      <c r="C35" s="74"/>
+      <c r="D35" s="69"/>
+      <c r="E35" s="74"/>
+      <c r="F35" s="69"/>
+    </row>
+    <row r="36" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="67"/>
+      <c r="B36" s="69"/>
+      <c r="C36" s="74">
+        <v>2.5</v>
+      </c>
+      <c r="D36" s="69" t="s">
+        <v>204</v>
+      </c>
+      <c r="E36" s="67" t="s">
+        <v>205</v>
+      </c>
+      <c r="F36" s="69" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="67"/>
+      <c r="B37" s="69"/>
+      <c r="C37" s="74"/>
+      <c r="D37" s="69"/>
+      <c r="E37" s="67" t="s">
+        <v>207</v>
+      </c>
+      <c r="F37" s="69" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="67"/>
+      <c r="B38" s="69"/>
+      <c r="C38" s="74"/>
+      <c r="D38" s="69"/>
+      <c r="E38" s="67" t="s">
+        <v>209</v>
+      </c>
+      <c r="F38" s="69" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="70"/>
+      <c r="B39" s="72"/>
+      <c r="C39" s="81"/>
+      <c r="D39" s="72"/>
+      <c r="E39" s="70"/>
+      <c r="F39" s="72"/>
+    </row>
+    <row r="40" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="67"/>
+      <c r="B40" s="69"/>
+      <c r="C40" s="74"/>
+      <c r="D40" s="69"/>
+      <c r="E40" s="67"/>
+      <c r="F40" s="69"/>
+    </row>
+    <row r="41" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="67">
+        <v>3</v>
+      </c>
+      <c r="B41" s="69" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" s="74">
+        <v>3.1</v>
+      </c>
+      <c r="D41" s="69" t="s">
+        <v>212</v>
+      </c>
+      <c r="E41" s="74" t="s">
+        <v>213</v>
+      </c>
+      <c r="F41" s="69" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="67"/>
+      <c r="B42" s="69"/>
+      <c r="C42" s="74"/>
+      <c r="D42" s="69"/>
+      <c r="E42" s="67" t="s">
+        <v>215</v>
+      </c>
+      <c r="F42" s="69" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="67"/>
+      <c r="B43" s="69"/>
+      <c r="C43" s="74"/>
+      <c r="D43" s="69"/>
+      <c r="E43" s="67" t="s">
+        <v>217</v>
+      </c>
+      <c r="F43" s="69" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="67"/>
+      <c r="B44" s="69"/>
+      <c r="C44" s="74"/>
+      <c r="D44" s="69"/>
+      <c r="E44" s="67" t="s">
+        <v>219</v>
+      </c>
+      <c r="F44" s="69" t="s">
+        <v>220</v>
+      </c>
+      <c r="H44" s="82"/>
+      <c r="I44" s="83"/>
+      <c r="J44" s="83"/>
+    </row>
+    <row r="45" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="67"/>
+      <c r="B45" s="69"/>
+      <c r="C45" s="74"/>
+      <c r="D45" s="69"/>
+      <c r="E45" s="67" t="s">
+        <v>221</v>
+      </c>
+      <c r="F45" s="69" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="67"/>
+      <c r="B46" s="69"/>
+      <c r="C46" s="74"/>
+      <c r="D46" s="69"/>
+      <c r="E46" s="67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F46" s="69" t="s">
+        <v>223</v>
+      </c>
+      <c r="H46" s="82"/>
+    </row>
+    <row r="47" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="67"/>
+      <c r="B47" s="69"/>
+      <c r="C47" s="74"/>
+      <c r="D47" s="69"/>
+      <c r="E47" s="67"/>
+      <c r="F47" s="69"/>
+    </row>
+    <row r="48" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="67"/>
+      <c r="B48" s="69"/>
+      <c r="C48" s="74">
+        <v>3.2</v>
+      </c>
+      <c r="D48" s="69" t="s">
+        <v>224</v>
+      </c>
+      <c r="E48" s="67" t="s">
+        <v>225</v>
+      </c>
+      <c r="F48" s="69" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="67"/>
+      <c r="B49" s="69"/>
+      <c r="C49" s="74"/>
+      <c r="D49" s="69"/>
+      <c r="E49" s="67" t="s">
+        <v>227</v>
+      </c>
+      <c r="F49" s="69" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="67"/>
+      <c r="B50" s="69"/>
+      <c r="C50" s="74"/>
+      <c r="D50" s="69"/>
+      <c r="E50" s="67" t="s">
+        <v>229</v>
+      </c>
+      <c r="F50" s="69" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="67"/>
+      <c r="B51" s="69"/>
+      <c r="C51" s="74"/>
+      <c r="D51" s="69"/>
+      <c r="E51" s="67" t="s">
+        <v>231</v>
+      </c>
+      <c r="F51" s="69" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="70"/>
+      <c r="B52" s="72"/>
+      <c r="C52" s="81"/>
+      <c r="D52" s="72"/>
+      <c r="E52" s="70"/>
+      <c r="F52" s="72"/>
+    </row>
+    <row r="53" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="64"/>
+      <c r="B53" s="73"/>
+      <c r="C53" s="77"/>
+      <c r="D53" s="73"/>
+      <c r="E53" s="64"/>
+      <c r="F53" s="73"/>
+    </row>
+    <row r="54" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="67">
+        <v>9</v>
+      </c>
+      <c r="B54" s="69" t="s">
+        <v>232</v>
+      </c>
+      <c r="C54" s="74"/>
+      <c r="D54" s="69"/>
+      <c r="E54" s="67"/>
+      <c r="F54" s="69"/>
+    </row>
+    <row r="55" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="70"/>
+      <c r="B55" s="72"/>
+      <c r="C55" s="81"/>
+      <c r="D55" s="72"/>
+      <c r="E55" s="70"/>
+      <c r="F55" s="72"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" s="84" t="s">
+        <v>259</v>
+      </c>
+      <c r="B58" s="84"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="84" t="s">
+        <v>260</v>
+      </c>
+      <c r="B59" s="84"/>
+    </row>
+    <row r="60" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="102" t="s">
+        <v>283</v>
+      </c>
+      <c r="B60" s="102"/>
+      <c r="C60" s="102"/>
+      <c r="D60" s="102"/>
+      <c r="E60" s="102"/>
+      <c r="F60" s="102"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="84" t="s">
         <v>279</v>
       </c>
-      <c r="B1" s="69"/>
-[...657 lines deleted...]
-      <c r="A61" s="96" t="s">
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="84" t="s">
         <v>280</v>
-      </c>
-[...3 lines deleted...]
-        <v>281</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A60:F60"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
@@ -5004,25 +4921,54 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>FAQ</vt:lpstr>
       <vt:lpstr>Schweiz. Klassifikation</vt:lpstr>
       <vt:lpstr>'Schweiz. Klassifikation'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bundesverwaltung</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>U80714794</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_SetDate">
+    <vt:lpwstr>2025-04-29T08:41:34Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Name">
+    <vt:lpwstr>L1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_SiteId">
+    <vt:lpwstr>6ae27add-8276-4a38-88c1-3a9c1f973767</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_ActionId">
+    <vt:lpwstr>d4f046b8-ab79-4c5e-b0de-59bdf45b2ede</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>