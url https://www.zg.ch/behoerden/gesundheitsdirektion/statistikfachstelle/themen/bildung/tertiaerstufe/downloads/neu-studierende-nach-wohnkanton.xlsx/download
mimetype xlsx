--- v0 (2025-10-18)
+++ v1 (2025-11-13)
@@ -11,109 +11,109 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Zuger Studierende" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t xml:space="preserve">Studierende aus dem Kanton Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">An ausserkantonalen Hochschulen, Wohnsitz bei Studienbeginn im Kanton Zug 1980/81 bis 2023/24</t>
+    <t xml:space="preserve">An ausserkantonalen Hochschulen, Wohnsitz bei Studienbeginn im Kanton Zug 1980/81 bis 2024/25</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Total</t>
   </si>
   <si>
     <t xml:space="preserve">Universität Zürich</t>
   </si>
   <si>
     <t xml:space="preserve">Eidgenössische Technische Hochschule Zürich</t>
   </si>
   <si>
+    <t xml:space="preserve">Universität St. Gallen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universität Bern</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universität Luzern</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universität Basel</t>
+  </si>
+  <si>
     <t xml:space="preserve">Universität Freiburg</t>
   </si>
   <si>
-    <t xml:space="preserve">Universität St. Gallen</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Universität Basel</t>
+    <t xml:space="preserve">Uni FS-CH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Università della Svizzera italiana</t>
   </si>
   <si>
     <t xml:space="preserve">Université de Lausanne</t>
   </si>
   <si>
     <t xml:space="preserve">Université de Genève</t>
   </si>
   <si>
-    <t xml:space="preserve">Universität Luzern</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">École Polytechnique Fédérale de Lausanne</t>
   </si>
   <si>
     <t xml:space="preserve">Université de Neuchâtel</t>
   </si>
   <si>
+    <t xml:space="preserve">Institut de hautes études internationales et du développement</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pädagogische Hochschule St. Gallen</t>
   </si>
   <si>
-    <t xml:space="preserve">Università della Svizzera italiana</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">1980/81</t>
   </si>
   <si>
     <t xml:space="preserve">1981/82</t>
   </si>
   <si>
     <t xml:space="preserve">1982/83</t>
   </si>
   <si>
     <t xml:space="preserve">1983/84</t>
   </si>
   <si>
     <t xml:space="preserve">1984/85</t>
   </si>
   <si>
     <t xml:space="preserve">1985/86</t>
   </si>
   <si>
     <t xml:space="preserve">1986/87</t>
   </si>
   <si>
     <t xml:space="preserve">1987/88</t>
   </si>
   <si>
     <t xml:space="preserve">1988/89</t>
@@ -202,57 +202,60 @@
   <si>
     <t xml:space="preserve">2016/17</t>
   </si>
   <si>
     <t xml:space="preserve">2017/18</t>
   </si>
   <si>
     <t xml:space="preserve">2018/19</t>
   </si>
   <si>
     <t xml:space="preserve">2019/20</t>
   </si>
   <si>
     <t xml:space="preserve">2020/21</t>
   </si>
   <si>
     <t xml:space="preserve">2021/22</t>
   </si>
   <si>
     <t xml:space="preserve">2022/23</t>
   </si>
   <si>
     <t xml:space="preserve">2023/24</t>
   </si>
   <si>
+    <t xml:space="preserve">2024/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mehr zur Methodik: https://www.bfs.admin.ch/bfs/de/home/statistiken/bildung-wissenschaft/erhebungen/sahs.html</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, SHIS; Aktualisiert am 10.10.2024 13:20</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik, SHIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -317,51 +320,51 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">52</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">53</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -639,65 +642,65 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="10.4696899224806" hidden="0" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="14.71" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.4704166666667" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
-    <col min="11" max="11" width="10.4696899224806" hidden="0" customWidth="1"/>
-    <col min="12" max="12" width="13.3534108527132" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
-    <col min="14" max="14" width="13.4619379844961" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="13.3558333333333" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
-    <col min="16" max="16" width="13.7642635658915" hidden="0" customWidth="1"/>
-    <col min="17" max="17" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="13.7725" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="13.4704166666667" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
     <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
     <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
     <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
     <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
@@ -817,2455 +820,2507 @@
       </c>
       <c r="O4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="8" t="n">
         <v>614</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>348</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>127</v>
       </c>
       <c r="E5" s="8" t="n">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G5" s="8" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>18</v>
       </c>
       <c r="I5" s="8" t="n">
+        <v>46</v>
+      </c>
+      <c r="J5" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K5" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L5" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="J5" s="8" t="n">
+      <c r="M5" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="K5" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L5" s="8" t="n">
+      <c r="N5" s="8" t="n">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="P5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="8" t="n">
         <v>661</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>364</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>150</v>
       </c>
       <c r="E6" s="8" t="n">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G6" s="8" t="n">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>17</v>
       </c>
       <c r="I6" s="8" t="n">
+        <v>45</v>
+      </c>
+      <c r="J6" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K6" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L6" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="J6" s="8" t="n">
+      <c r="M6" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="K6" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L6" s="8" t="n">
+      <c r="N6" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="8" t="n">
         <v>736</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>394</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>175</v>
       </c>
       <c r="E7" s="8" t="n">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G7" s="8" t="n">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>20</v>
       </c>
       <c r="I7" s="8" t="n">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="J7" s="8" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K7" s="8" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="L7" s="8" t="n">
         <v>3</v>
       </c>
       <c r="M7" s="8" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N7" s="8" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="P7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="8" t="n">
         <v>819</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>456</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>172</v>
       </c>
       <c r="E8" s="8" t="n">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G8" s="8" t="n">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>18</v>
       </c>
       <c r="I8" s="8" t="n">
+        <v>66</v>
+      </c>
+      <c r="J8" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K8" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L8" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="J8" s="8" t="n">
+      <c r="M8" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="K8" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L8" s="8" t="n">
+      <c r="N8" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="M8" s="8" t="n">
+      <c r="O8" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="P8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8" t="n">
         <v>921</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>512</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>206</v>
       </c>
       <c r="E9" s="8" t="n">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G9" s="8" t="n">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>16</v>
       </c>
       <c r="I9" s="8" t="n">
+        <v>69</v>
+      </c>
+      <c r="J9" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K9" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L9" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="J9" s="8" t="n">
+      <c r="M9" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="K9" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L9" s="8" t="n">
+      <c r="N9" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="P9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="8" t="n">
         <v>927</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>504</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>208</v>
       </c>
       <c r="E10" s="8" t="n">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G10" s="8" t="n">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>16</v>
       </c>
       <c r="I10" s="8" t="n">
+        <v>65</v>
+      </c>
+      <c r="J10" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K10" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L10" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="J10" s="8" t="n">
+      <c r="M10" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="K10" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L10" s="8" t="n">
+      <c r="N10" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="M10" s="8" t="n">
+      <c r="O10" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="P10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="8" t="n">
         <v>904</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>480</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>200</v>
       </c>
       <c r="E11" s="8" t="n">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="G11" s="8" t="n">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>19</v>
       </c>
       <c r="I11" s="8" t="n">
-        <v>4</v>
+        <v>64</v>
       </c>
       <c r="J11" s="8" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="K11" s="8" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="L11" s="8" t="n">
         <v>4</v>
       </c>
       <c r="M11" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="N11" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="O11" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="P11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="8" t="n">
         <v>965</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>513</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>218</v>
       </c>
       <c r="E12" s="8" t="n">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="G12" s="8" t="n">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>21</v>
       </c>
       <c r="I12" s="8" t="n">
+        <v>57</v>
+      </c>
+      <c r="J12" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K12" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L12" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="J12" s="8" t="n">
+      <c r="M12" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="K12" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L12" s="8" t="n">
+      <c r="N12" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="M12" s="8" t="n">
+      <c r="O12" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="P12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="8" t="n">
         <v>1009</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>545</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>227</v>
       </c>
       <c r="E13" s="8" t="n">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="G13" s="8" t="n">
-        <v>54</v>
+        <v>3</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>14</v>
       </c>
       <c r="I13" s="8" t="n">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="J13" s="8" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="K13" s="8" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="L13" s="8" t="n">
         <v>3</v>
       </c>
       <c r="M13" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="N13" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="O13" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="P13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="8" t="n">
         <v>1067</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>584</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>236</v>
       </c>
       <c r="E14" s="8" t="n">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="G14" s="8" t="n">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>16</v>
       </c>
       <c r="I14" s="8" t="n">
+        <v>76</v>
+      </c>
+      <c r="J14" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K14" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L14" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="J14" s="8" t="n">
+      <c r="M14" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="K14" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L14" s="8" t="n">
+      <c r="N14" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="M14" s="8" t="n">
+      <c r="O14" s="8" t="n">
         <v>1</v>
       </c>
-      <c r="N14" s="8" t="n">
+      <c r="P14" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="8" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="8" t="n">
         <v>1071</v>
       </c>
       <c r="C15" s="8" t="n">
         <v>569</v>
       </c>
       <c r="D15" s="8" t="n">
         <v>238</v>
       </c>
       <c r="E15" s="8" t="n">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G15" s="8" t="n">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>17</v>
       </c>
       <c r="I15" s="8" t="n">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="J15" s="8" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="K15" s="8" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L15" s="8" t="n">
         <v>6</v>
       </c>
       <c r="M15" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="N15" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="O15" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="N15" s="8" t="n">
+      <c r="P15" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="8" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="8" t="n">
         <v>1109</v>
       </c>
       <c r="C16" s="8" t="n">
         <v>564</v>
       </c>
       <c r="D16" s="8" t="n">
         <v>258</v>
       </c>
       <c r="E16" s="8" t="n">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>100</v>
+        <v>47</v>
       </c>
       <c r="G16" s="8" t="n">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>17</v>
       </c>
       <c r="I16" s="8" t="n">
+        <v>99</v>
+      </c>
+      <c r="J16" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K16" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L16" s="8" t="n">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="M16" s="8" t="n">
         <v>4</v>
       </c>
       <c r="N16" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="O16" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="P16" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="8" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="8" t="n">
         <v>1117</v>
       </c>
       <c r="C17" s="8" t="n">
         <v>544</v>
       </c>
       <c r="D17" s="8" t="n">
         <v>271</v>
       </c>
       <c r="E17" s="8" t="n">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="G17" s="8" t="n">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>24</v>
       </c>
       <c r="I17" s="8" t="n">
+        <v>106</v>
+      </c>
+      <c r="J17" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K17" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L17" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="J17" s="8" t="n">
+      <c r="M17" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="K17" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L17" s="8" t="n">
+      <c r="N17" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="M17" s="8" t="n">
+      <c r="O17" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="N17" s="8" t="n">
+      <c r="P17" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="8" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="8" t="n">
         <v>1071</v>
       </c>
       <c r="C18" s="8" t="n">
         <v>486</v>
       </c>
       <c r="D18" s="8" t="n">
         <v>285</v>
       </c>
       <c r="E18" s="8" t="n">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="G18" s="8" t="n">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>29</v>
       </c>
       <c r="I18" s="8" t="n">
+        <v>108</v>
+      </c>
+      <c r="J18" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K18" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L18" s="8" t="n">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
       <c r="M18" s="8" t="n">
         <v>3</v>
       </c>
       <c r="N18" s="8" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O18" s="8" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="8" t="n">
         <v>1024</v>
       </c>
       <c r="C19" s="8" t="n">
         <v>426</v>
       </c>
       <c r="D19" s="8" t="n">
         <v>298</v>
       </c>
       <c r="E19" s="8" t="n">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="G19" s="8" t="n">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>32</v>
       </c>
       <c r="I19" s="8" t="n">
+        <v>115</v>
+      </c>
+      <c r="J19" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K19" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L19" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="J19" s="8" t="n">
+      <c r="M19" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="K19" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L19" s="8" t="n">
+      <c r="N19" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="M19" s="8" t="n">
+      <c r="O19" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="N19" s="8" t="n">
+      <c r="P19" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="8" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="8" t="n">
         <v>1034</v>
       </c>
       <c r="C20" s="8" t="n">
         <v>414</v>
       </c>
       <c r="D20" s="8" t="n">
         <v>294</v>
       </c>
       <c r="E20" s="8" t="n">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="F20" s="8" t="n">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="G20" s="8" t="n">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>41</v>
       </c>
       <c r="I20" s="8" t="n">
+        <v>125</v>
+      </c>
+      <c r="J20" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K20" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L20" s="8" t="n">
         <v>12</v>
       </c>
-      <c r="J20" s="8" t="n">
+      <c r="M20" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="K20" s="8" t="n">
+      <c r="N20" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="L20" s="8" t="n">
-[...2 lines deleted...]
-      <c r="M20" s="8" t="n">
+      <c r="O20" s="8" t="n">
         <v>4</v>
       </c>
-      <c r="N20" s="8" t="n">
+      <c r="P20" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="8" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="8" t="n">
         <v>1116</v>
       </c>
       <c r="C21" s="8" t="n">
         <v>509</v>
       </c>
       <c r="D21" s="8" t="n">
         <v>281</v>
       </c>
       <c r="E21" s="8" t="n">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="F21" s="8" t="n">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="G21" s="8" t="n">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>47</v>
       </c>
       <c r="I21" s="8" t="n">
+        <v>120</v>
+      </c>
+      <c r="J21" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K21" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="L21" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J21" s="8" t="n">
+      <c r="M21" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="K21" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L21" s="8" t="n">
+      <c r="N21" s="8" t="n">
         <v>5</v>
       </c>
-      <c r="M21" s="8" t="n">
+      <c r="O21" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N21" s="8" t="n">
+      <c r="P21" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="8" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="8" t="n">
         <v>1166</v>
       </c>
       <c r="C22" s="8" t="n">
         <v>532</v>
       </c>
       <c r="D22" s="8" t="n">
         <v>265</v>
       </c>
       <c r="E22" s="8" t="n">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="G22" s="8" t="n">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>44</v>
       </c>
       <c r="I22" s="8" t="n">
+        <v>108</v>
+      </c>
+      <c r="J22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K22" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="L22" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J22" s="8" t="n">
+      <c r="M22" s="8" t="n">
         <v>13</v>
       </c>
-      <c r="K22" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L22" s="8" t="n">
+      <c r="N22" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="M22" s="8" t="n">
+      <c r="O22" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="N22" s="8" t="n">
+      <c r="P22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="8" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="8" t="n">
         <v>1259</v>
       </c>
       <c r="C23" s="8" t="n">
         <v>517</v>
       </c>
       <c r="D23" s="8" t="n">
         <v>279</v>
       </c>
       <c r="E23" s="8" t="n">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="F23" s="8" t="n">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="G23" s="8" t="n">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>42</v>
       </c>
       <c r="I23" s="8" t="n">
+        <v>120</v>
+      </c>
+      <c r="J23" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K23" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="L23" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="J23" s="8" t="n">
+      <c r="M23" s="8" t="n">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="N23" s="8" t="n">
         <v>1</v>
       </c>
       <c r="O23" s="8" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q23" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="8" t="n">
         <v>1350</v>
       </c>
       <c r="C24" s="8" t="n">
         <v>561</v>
       </c>
       <c r="D24" s="8" t="n">
         <v>258</v>
       </c>
       <c r="E24" s="8" t="n">
-        <v>105</v>
+        <v>74</v>
       </c>
       <c r="F24" s="8" t="n">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="G24" s="8" t="n">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>36</v>
       </c>
       <c r="I24" s="8" t="n">
+        <v>105</v>
+      </c>
+      <c r="J24" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K24" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="L24" s="8" t="n">
         <v>12</v>
       </c>
-      <c r="J24" s="8" t="n">
+      <c r="M24" s="8" t="n">
         <v>15</v>
       </c>
-      <c r="K24" s="8" t="n">
+      <c r="N24" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="O24" s="8" t="n">
         <v>7</v>
-      </c>
-[...10 lines deleted...]
-        <v>4</v>
       </c>
       <c r="P24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="8" t="n">
         <v>1404</v>
       </c>
       <c r="C25" s="8" t="n">
         <v>559</v>
       </c>
       <c r="D25" s="8" t="n">
         <v>251</v>
       </c>
       <c r="E25" s="8" t="n">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="F25" s="8" t="n">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="G25" s="8" t="n">
-        <v>52</v>
+        <v>6</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>36</v>
       </c>
       <c r="I25" s="8" t="n">
+        <v>96</v>
+      </c>
+      <c r="J25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K25" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="L25" s="8" t="n">
         <v>18</v>
       </c>
-      <c r="J25" s="8" t="n">
+      <c r="M25" s="8" t="n">
         <v>19</v>
       </c>
-      <c r="K25" s="8" t="n">
+      <c r="N25" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="L25" s="8" t="n">
-[...2 lines deleted...]
-      <c r="M25" s="8" t="n">
+      <c r="O25" s="8" t="n">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="P25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="8" t="n">
         <v>1602</v>
       </c>
       <c r="C26" s="8" t="n">
         <v>615</v>
       </c>
       <c r="D26" s="8" t="n">
         <v>310</v>
       </c>
       <c r="E26" s="8" t="n">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="F26" s="8" t="n">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="G26" s="8" t="n">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>28</v>
       </c>
       <c r="I26" s="8" t="n">
+        <v>94</v>
+      </c>
+      <c r="J26" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K26" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="L26" s="8" t="n">
         <v>15</v>
       </c>
-      <c r="J26" s="8" t="n">
+      <c r="M26" s="8" t="n">
         <v>18</v>
       </c>
-      <c r="K26" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L26" s="8" t="n">
+      <c r="N26" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="M26" s="8" t="n">
+      <c r="O26" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="P26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="8" t="n">
         <v>1725</v>
       </c>
       <c r="C27" s="8" t="n">
         <v>619</v>
       </c>
       <c r="D27" s="8" t="n">
         <v>307</v>
       </c>
       <c r="E27" s="8" t="n">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="G27" s="8" t="n">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>29</v>
       </c>
       <c r="I27" s="8" t="n">
+        <v>96</v>
+      </c>
+      <c r="J27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K27" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="L27" s="8" t="n">
         <v>18</v>
       </c>
-      <c r="J27" s="8" t="n">
+      <c r="M27" s="8" t="n">
         <v>22</v>
       </c>
-      <c r="K27" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L27" s="8" t="n">
+      <c r="N27" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M27" s="8" t="n">
+      <c r="O27" s="8" t="n">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="P27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="8" t="n">
         <v>1763</v>
       </c>
       <c r="C28" s="8" t="n">
         <v>630</v>
       </c>
       <c r="D28" s="8" t="n">
         <v>280</v>
       </c>
       <c r="E28" s="8" t="n">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="F28" s="8" t="n">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="G28" s="8" t="n">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>37</v>
       </c>
       <c r="I28" s="8" t="n">
+        <v>88</v>
+      </c>
+      <c r="J28" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="L28" s="8" t="n">
         <v>14</v>
       </c>
-      <c r="J28" s="8" t="n">
+      <c r="M28" s="8" t="n">
         <v>22</v>
       </c>
-      <c r="K28" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L28" s="8" t="n">
+      <c r="N28" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="M28" s="8" t="n">
+      <c r="O28" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="P28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="8" t="n">
         <v>1851</v>
       </c>
       <c r="C29" s="8" t="n">
         <v>563</v>
       </c>
       <c r="D29" s="8" t="n">
         <v>267</v>
       </c>
       <c r="E29" s="8" t="n">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="F29" s="8" t="n">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G29" s="8" t="n">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>44</v>
       </c>
       <c r="I29" s="8" t="n">
+        <v>93</v>
+      </c>
+      <c r="J29" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="L29" s="8" t="n">
         <v>12</v>
       </c>
-      <c r="J29" s="8" t="n">
+      <c r="M29" s="8" t="n">
         <v>23</v>
       </c>
-      <c r="K29" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L29" s="8" t="n">
+      <c r="N29" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="M29" s="8" t="n">
+      <c r="O29" s="8" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="P29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="8" t="n">
         <v>1938</v>
       </c>
       <c r="C30" s="8" t="n">
         <v>555</v>
       </c>
       <c r="D30" s="8" t="n">
         <v>256</v>
       </c>
       <c r="E30" s="8" t="n">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="F30" s="8" t="n">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="G30" s="8" t="n">
-        <v>70</v>
+        <v>139</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>47</v>
       </c>
       <c r="I30" s="8" t="n">
+        <v>87</v>
+      </c>
+      <c r="J30" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="K30" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="L30" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J30" s="8" t="n">
+      <c r="M30" s="8" t="n">
         <v>21</v>
       </c>
-      <c r="K30" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L30" s="8" t="n">
+      <c r="N30" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="M30" s="8" t="n">
+      <c r="O30" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="N30" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q30" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="8" t="n">
         <v>2013</v>
       </c>
       <c r="C31" s="8" t="n">
         <v>543</v>
       </c>
       <c r="D31" s="8" t="n">
         <v>240</v>
       </c>
       <c r="E31" s="8" t="n">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="F31" s="8" t="n">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="G31" s="8" t="n">
-        <v>83</v>
+        <v>160</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>61</v>
       </c>
       <c r="I31" s="8" t="n">
+        <v>81</v>
+      </c>
+      <c r="J31" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="K31" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="L31" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J31" s="8" t="n">
+      <c r="M31" s="8" t="n">
         <v>18</v>
       </c>
-      <c r="K31" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L31" s="8" t="n">
+      <c r="N31" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="M31" s="8" t="n">
+      <c r="O31" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N31" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q31" s="8" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="8" t="n">
         <v>2011</v>
       </c>
       <c r="C32" s="8" t="n">
         <v>528</v>
       </c>
       <c r="D32" s="8" t="n">
         <v>221</v>
       </c>
       <c r="E32" s="8" t="n">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F32" s="8" t="n">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="G32" s="8" t="n">
-        <v>94</v>
+        <v>163</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>67</v>
       </c>
       <c r="I32" s="8" t="n">
+        <v>71</v>
+      </c>
+      <c r="J32" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="K32" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L32" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="J32" s="8" t="n">
+      <c r="M32" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="K32" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L32" s="8" t="n">
+      <c r="N32" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="M32" s="8" t="n">
+      <c r="O32" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N32" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P32" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q32" s="8" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="8" t="n">
         <v>2075</v>
       </c>
       <c r="C33" s="8" t="n">
         <v>542</v>
       </c>
       <c r="D33" s="8" t="n">
         <v>219</v>
       </c>
       <c r="E33" s="8" t="n">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="F33" s="8" t="n">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="G33" s="8" t="n">
-        <v>95</v>
+        <v>160</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>71</v>
       </c>
       <c r="I33" s="8" t="n">
+        <v>65</v>
+      </c>
+      <c r="J33" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="K33" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L33" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="J33" s="8" t="n">
+      <c r="M33" s="8" t="n">
         <v>14</v>
       </c>
-      <c r="K33" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L33" s="8" t="n">
+      <c r="N33" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M33" s="8" t="n">
+      <c r="O33" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N33" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P33" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q33" s="8" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="8" t="n">
         <v>2245</v>
       </c>
       <c r="C34" s="8" t="n">
         <v>576</v>
       </c>
       <c r="D34" s="8" t="n">
         <v>240</v>
       </c>
       <c r="E34" s="8" t="n">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="F34" s="8" t="n">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G34" s="8" t="n">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="H34" s="8" t="n">
         <v>65</v>
       </c>
       <c r="I34" s="8" t="n">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="J34" s="8" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="K34" s="8" t="n">
-        <v>165</v>
+        <v>5</v>
       </c>
       <c r="L34" s="8" t="n">
         <v>9</v>
       </c>
       <c r="M34" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="N34" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="O34" s="8" t="n">
         <v>1</v>
       </c>
-      <c r="N34" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P34" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q34" s="8" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="8" t="n">
         <v>2341</v>
       </c>
       <c r="C35" s="8" t="n">
         <v>574</v>
       </c>
       <c r="D35" s="8" t="n">
         <v>266</v>
       </c>
       <c r="E35" s="8" t="n">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="F35" s="8" t="n">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="G35" s="8" t="n">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>71</v>
       </c>
       <c r="I35" s="8" t="n">
+        <v>63</v>
+      </c>
+      <c r="J35" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="K35" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="L35" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="J35" s="8" t="n">
+      <c r="M35" s="8" t="n">
         <v>17</v>
       </c>
-      <c r="K35" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L35" s="8" t="n">
+      <c r="N35" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="M35" s="8" t="n">
+      <c r="O35" s="8" t="n">
         <v>1</v>
       </c>
-      <c r="N35" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q35" s="8" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="8" t="n">
         <v>2445</v>
       </c>
       <c r="C36" s="8" t="n">
         <v>580</v>
       </c>
       <c r="D36" s="8" t="n">
         <v>283</v>
       </c>
       <c r="E36" s="8" t="n">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="F36" s="8" t="n">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="G36" s="8" t="n">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="H36" s="8" t="n">
         <v>75</v>
       </c>
       <c r="I36" s="8" t="n">
+        <v>68</v>
+      </c>
+      <c r="J36" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="K36" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L36" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="J36" s="8" t="n">
+      <c r="M36" s="8" t="n">
         <v>15</v>
       </c>
-      <c r="K36" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L36" s="8" t="n">
+      <c r="N36" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="M36" s="8" t="n">
+      <c r="O36" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="N36" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P36" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q36" s="8" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B37" s="8" t="n">
         <v>2499</v>
       </c>
       <c r="C37" s="8" t="n">
         <v>598</v>
       </c>
       <c r="D37" s="8" t="n">
         <v>302</v>
       </c>
       <c r="E37" s="8" t="n">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="F37" s="8" t="n">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="G37" s="8" t="n">
-        <v>108</v>
+        <v>152</v>
       </c>
       <c r="H37" s="8" t="n">
         <v>84</v>
       </c>
       <c r="I37" s="8" t="n">
+        <v>69</v>
+      </c>
+      <c r="J37" s="8" t="n">
+        <v>12</v>
+      </c>
+      <c r="K37" s="8" t="n">
+        <v>4</v>
+      </c>
+      <c r="L37" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J37" s="8" t="n">
+      <c r="M37" s="8" t="n">
         <v>13</v>
       </c>
-      <c r="K37" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L37" s="8" t="n">
+      <c r="N37" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="M37" s="8" t="n">
+      <c r="O37" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N37" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P37" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q37" s="8" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="8" t="n">
         <v>2579</v>
       </c>
       <c r="C38" s="8" t="n">
         <v>622</v>
       </c>
       <c r="D38" s="8" t="n">
         <v>312</v>
       </c>
       <c r="E38" s="8" t="n">
-        <v>64</v>
+        <v>138</v>
       </c>
       <c r="F38" s="8" t="n">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="G38" s="8" t="n">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="H38" s="8" t="n">
         <v>86</v>
       </c>
       <c r="I38" s="8" t="n">
+        <v>64</v>
+      </c>
+      <c r="J38" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="K38" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="L38" s="8" t="n">
         <v>15</v>
       </c>
-      <c r="J38" s="8" t="n">
+      <c r="M38" s="8" t="n">
         <v>14</v>
       </c>
-      <c r="K38" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L38" s="8" t="n">
+      <c r="N38" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M38" s="8" t="n">
+      <c r="O38" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="N38" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P38" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q38" s="8" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="8" t="n">
         <v>2590</v>
       </c>
       <c r="C39" s="8" t="n">
         <v>627</v>
       </c>
       <c r="D39" s="8" t="n">
         <v>314</v>
       </c>
       <c r="E39" s="8" t="n">
-        <v>55</v>
+        <v>158</v>
       </c>
       <c r="F39" s="8" t="n">
-        <v>158</v>
+        <v>120</v>
       </c>
       <c r="G39" s="8" t="n">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="H39" s="8" t="n">
         <v>98</v>
       </c>
       <c r="I39" s="8" t="n">
+        <v>55</v>
+      </c>
+      <c r="J39" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="K39" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L39" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J39" s="8" t="n">
+      <c r="M39" s="8" t="n">
         <v>18</v>
       </c>
-      <c r="K39" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L39" s="8" t="n">
+      <c r="N39" s="8" t="n">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O39" s="8" t="n">
         <v>5</v>
       </c>
       <c r="P39" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q39" s="8" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="8" t="n">
         <v>2671</v>
       </c>
       <c r="C40" s="8" t="n">
         <v>623</v>
       </c>
       <c r="D40" s="8" t="n">
         <v>328</v>
       </c>
       <c r="E40" s="8" t="n">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="F40" s="8" t="n">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="G40" s="8" t="n">
         <v>124</v>
       </c>
       <c r="H40" s="8" t="n">
         <v>104</v>
       </c>
       <c r="I40" s="8" t="n">
+        <v>53</v>
+      </c>
+      <c r="J40" s="8" t="n">
+        <v>12</v>
+      </c>
+      <c r="K40" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="L40" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="J40" s="8" t="n">
+      <c r="M40" s="8" t="n">
         <v>17</v>
       </c>
-      <c r="K40" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L40" s="8" t="n">
+      <c r="N40" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="M40" s="8" t="n">
+      <c r="O40" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="N40" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P40" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q40" s="8" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="8" t="n">
         <v>2768</v>
       </c>
       <c r="C41" s="8" t="n">
         <v>628</v>
       </c>
       <c r="D41" s="8" t="n">
         <v>354</v>
       </c>
       <c r="E41" s="8" t="n">
-        <v>64</v>
+        <v>179</v>
       </c>
       <c r="F41" s="8" t="n">
-        <v>179</v>
+        <v>122</v>
       </c>
       <c r="G41" s="8" t="n">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="H41" s="8" t="n">
         <v>94</v>
       </c>
       <c r="I41" s="8" t="n">
+        <v>64</v>
+      </c>
+      <c r="J41" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="K41" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L41" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="J41" s="8" t="n">
+      <c r="M41" s="8" t="n">
         <v>19</v>
       </c>
-      <c r="K41" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L41" s="8" t="n">
+      <c r="N41" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M41" s="8" t="n">
+      <c r="O41" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="N41" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P41" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q41" s="8" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B42" s="8" t="n">
         <v>2842</v>
       </c>
       <c r="C42" s="8" t="n">
         <v>624</v>
       </c>
       <c r="D42" s="8" t="n">
         <v>376</v>
       </c>
       <c r="E42" s="8" t="n">
-        <v>68</v>
+        <v>190</v>
       </c>
       <c r="F42" s="8" t="n">
-        <v>190</v>
+        <v>124</v>
       </c>
       <c r="G42" s="8" t="n">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="H42" s="8" t="n">
         <v>99</v>
       </c>
       <c r="I42" s="8" t="n">
+        <v>68</v>
+      </c>
+      <c r="J42" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="K42" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="L42" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="J42" s="8" t="n">
+      <c r="M42" s="8" t="n">
         <v>19</v>
       </c>
-      <c r="K42" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L42" s="8" t="n">
+      <c r="N42" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M42" s="8" t="n">
+      <c r="O42" s="8" t="n">
         <v>6</v>
       </c>
-      <c r="N42" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P42" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q42" s="8" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="8" t="n">
         <v>2947</v>
       </c>
       <c r="C43" s="8" t="n">
         <v>626</v>
       </c>
       <c r="D43" s="8" t="n">
         <v>376</v>
       </c>
       <c r="E43" s="8" t="n">
-        <v>56</v>
+        <v>195</v>
       </c>
       <c r="F43" s="8" t="n">
-        <v>195</v>
+        <v>131</v>
       </c>
       <c r="G43" s="8" t="n">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H43" s="8" t="n">
         <v>96</v>
       </c>
       <c r="I43" s="8" t="n">
+        <v>56</v>
+      </c>
+      <c r="J43" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="K43" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="L43" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="J43" s="8" t="n">
+      <c r="M43" s="8" t="n">
         <v>15</v>
       </c>
-      <c r="K43" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L43" s="8" t="n">
+      <c r="N43" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="M43" s="8" t="n">
+      <c r="O43" s="8" t="n">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="P43" s="8" t="n">
         <v>1</v>
       </c>
       <c r="Q43" s="8" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B44" s="8" t="n">
         <v>3001</v>
       </c>
       <c r="C44" s="8" t="n">
         <v>657</v>
       </c>
       <c r="D44" s="8" t="n">
         <v>392</v>
       </c>
       <c r="E44" s="8" t="n">
-        <v>54</v>
+        <v>195</v>
       </c>
       <c r="F44" s="8" t="n">
-        <v>195</v>
+        <v>133</v>
       </c>
       <c r="G44" s="8" t="n">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H44" s="8" t="n">
         <v>90</v>
       </c>
       <c r="I44" s="8" t="n">
+        <v>54</v>
+      </c>
+      <c r="J44" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="K44" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="L44" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="J44" s="8" t="n">
+      <c r="M44" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="K44" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L44" s="8" t="n">
+      <c r="N44" s="8" t="n">
         <v>11</v>
       </c>
-      <c r="M44" s="8" t="n">
+      <c r="O44" s="8" t="n">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="P44" s="8" t="n">
         <v>1</v>
       </c>
       <c r="Q44" s="8" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B45" s="8" t="n">
         <v>3192</v>
       </c>
       <c r="C45" s="8" t="n">
         <v>690</v>
       </c>
       <c r="D45" s="8" t="n">
         <v>425</v>
       </c>
       <c r="E45" s="8" t="n">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="F45" s="8" t="n">
-        <v>201</v>
+        <v>157</v>
       </c>
       <c r="G45" s="8" t="n">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="H45" s="8" t="n">
         <v>87</v>
       </c>
       <c r="I45" s="8" t="n">
+        <v>48</v>
+      </c>
+      <c r="J45" s="8" t="n">
+        <v>23</v>
+      </c>
+      <c r="K45" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="L45" s="8" t="n">
         <v>7</v>
       </c>
-      <c r="J45" s="8" t="n">
+      <c r="M45" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="K45" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L45" s="8" t="n">
+      <c r="N45" s="8" t="n">
         <v>14</v>
       </c>
-      <c r="M45" s="8" t="n">
+      <c r="O45" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N45" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P45" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q45" s="8" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="8" t="n">
         <v>3316</v>
       </c>
       <c r="C46" s="8" t="n">
         <v>675</v>
       </c>
       <c r="D46" s="8" t="n">
         <v>459</v>
       </c>
       <c r="E46" s="8" t="n">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="F46" s="8" t="n">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="G46" s="8" t="n">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="H46" s="8" t="n">
         <v>102</v>
       </c>
       <c r="I46" s="8" t="n">
+        <v>48</v>
+      </c>
+      <c r="J46" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="K46" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="L46" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="J46" s="8" t="n">
+      <c r="M46" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="K46" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L46" s="8" t="n">
+      <c r="N46" s="8" t="n">
         <v>12</v>
       </c>
-      <c r="M46" s="8" t="n">
+      <c r="O46" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="P46" s="8" t="n">
         <v>2</v>
       </c>
       <c r="Q46" s="8" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B47" s="8" t="n">
         <v>3401</v>
       </c>
       <c r="C47" s="8" t="n">
         <v>705</v>
       </c>
       <c r="D47" s="8" t="n">
         <v>460</v>
       </c>
       <c r="E47" s="8" t="n">
-        <v>48</v>
+        <v>220</v>
       </c>
       <c r="F47" s="8" t="n">
-        <v>220</v>
+        <v>191</v>
       </c>
       <c r="G47" s="8" t="n">
-        <v>191</v>
+        <v>150</v>
       </c>
       <c r="H47" s="8" t="n">
         <v>115</v>
       </c>
       <c r="I47" s="8" t="n">
+        <v>48</v>
+      </c>
+      <c r="J47" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="K47" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="L47" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="J47" s="8" t="n">
+      <c r="M47" s="8" t="n">
         <v>9</v>
       </c>
-      <c r="K47" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L47" s="8" t="n">
+      <c r="N47" s="8" t="n">
         <v>10</v>
       </c>
-      <c r="M47" s="8" t="n">
+      <c r="O47" s="8" t="n">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="P47" s="8" t="n">
         <v>2</v>
       </c>
       <c r="Q47" s="8" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B48" s="8" t="n">
         <v>3409</v>
       </c>
       <c r="C48" s="8" t="n">
         <v>703</v>
       </c>
       <c r="D48" s="8" t="n">
         <v>476</v>
       </c>
       <c r="E48" s="8" t="n">
-        <v>39</v>
+        <v>216</v>
       </c>
       <c r="F48" s="8" t="n">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="G48" s="8" t="n">
-        <v>200</v>
+        <v>157</v>
       </c>
       <c r="H48" s="8" t="n">
         <v>120</v>
       </c>
       <c r="I48" s="8" t="n">
+        <v>39</v>
+      </c>
+      <c r="J48" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="K48" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="L48" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="J48" s="8" t="n">
+      <c r="M48" s="8" t="n">
         <v>8</v>
       </c>
-      <c r="K48" s="8" t="n">
-[...2 lines deleted...]
-      <c r="L48" s="8" t="n">
+      <c r="N48" s="8" t="n">
         <v>12</v>
       </c>
-      <c r="M48" s="8" t="n">
+      <c r="O48" s="8" t="n">
         <v>3</v>
       </c>
-      <c r="N48" s="8" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P48" s="8" t="n">
         <v>0</v>
       </c>
       <c r="Q48" s="8" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="A49" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B49" s="8" t="n">
+        <v>3466</v>
+      </c>
+      <c r="C49" s="8" t="n">
+        <v>703</v>
+      </c>
+      <c r="D49" s="8" t="n">
+        <v>524</v>
+      </c>
+      <c r="E49" s="8" t="n">
+        <v>223</v>
+      </c>
+      <c r="F49" s="8" t="n">
+        <v>195</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>178</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>129</v>
+      </c>
+      <c r="I49" s="8" t="n">
+        <v>35</v>
+      </c>
+      <c r="J49" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="K49" s="8" t="n">
         <v>19</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="Q49" s="2"/>
+      <c r="L49" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="M49" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="N49" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="O49" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="P49" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="8" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="50" ht="15" customHeight="1">
-      <c r="A50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A50" s="1"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="A51" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
     </row>
     <row r="52" ht="15" customHeight="1">
-      <c r="A52" s="1"/>
+      <c r="A52" s="5" t="s">
+        <v>65</v>
+      </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" ht="81" customHeight="1"/>
-[...5 lines deleted...]
-    <row r="55" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1">
+      <c r="A53" s="1"/>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+      <c r="J53" s="2"/>
+      <c r="K53" s="2"/>
+      <c r="L53" s="2"/>
+      <c r="M53" s="2"/>
+      <c r="N53" s="2"/>
+      <c r="O53" s="2"/>
+      <c r="P53" s="2"/>
+      <c r="Q53" s="2"/>
+    </row>
+    <row r="54" ht="81" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1">
+      <c r="A55" s="5" t="s">
+        <v>66</v>
+      </c>
+    </row>
     <row r="56" ht="15" customHeight="1"/>
     <row r="57" ht="15" customHeight="1"/>
     <row r="58" ht="15" customHeight="1"/>
     <row r="59" ht="15" customHeight="1"/>
     <row r="60" ht="15" customHeight="1"/>
     <row r="61" ht="15" customHeight="1"/>
     <row r="62" ht="15" customHeight="1"/>
     <row r="63" ht="15" customHeight="1"/>
     <row r="64" ht="15" customHeight="1"/>
     <row r="65" ht="15" customHeight="1"/>
     <row r="66" ht="15" customHeight="1"/>
     <row r="67" ht="15" customHeight="1"/>
     <row r="68" ht="15" customHeight="1"/>
     <row r="69" ht="15" customHeight="1"/>
     <row r="70" ht="15" customHeight="1"/>
     <row r="71" ht="15" customHeight="1"/>
     <row r="72" ht="15" customHeight="1"/>
     <row r="73" ht="15" customHeight="1"/>
     <row r="74" ht="15" customHeight="1"/>
     <row r="75" ht="15" customHeight="1"/>
     <row r="76" ht="15" customHeight="1"/>
     <row r="77" ht="15" customHeight="1"/>
     <row r="78" ht="15" customHeight="1"/>
     <row r="79" ht="15" customHeight="1"/>
     <row r="80" ht="15" customHeight="1"/>
@@ -3671,48 +3726,48 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="A2:Q2"/>
-    <mergeCell ref="A50:Q50"/>
     <mergeCell ref="A51:Q51"/>
-    <mergeCell ref="A54:Q54"/>
+    <mergeCell ref="A52:Q52"/>
+    <mergeCell ref="A55:Q55"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>