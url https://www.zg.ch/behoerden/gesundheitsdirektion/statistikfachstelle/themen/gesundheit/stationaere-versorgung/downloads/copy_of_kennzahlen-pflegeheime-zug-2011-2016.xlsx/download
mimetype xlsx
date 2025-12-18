--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,80 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Statistik\Daten\Output\website\14 - Gesundheit\01 - Stationaere Versorgung\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27B2FDE3-AD7A-45EC-BE5B-291BBAE7161E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4CF53EE0-0270-4C7C-BC57-692D85E689CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2340" yWindow="2340" windowWidth="38700" windowHeight="15225" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2012-2023" sheetId="1" r:id="rId1"/>
+    <sheet name="2012-2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="N13" i="1" l="1"/>
+  <c r="N12" i="1"/>
+  <c r="N9" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
@@ -91,171 +100,207 @@
   <si>
     <t>Anzahl Pflegeplätze (am 1.1.)</t>
   </si>
   <si>
     <t>Anzahl Bewohnerinnen und Bewohner (am 31.12.)</t>
   </si>
   <si>
     <t xml:space="preserve">  davon Anteil Frauen</t>
   </si>
   <si>
     <t xml:space="preserve">  davon Anteil Personen 80+</t>
   </si>
   <si>
     <t>Durchschnittliches Eintrittsalter</t>
   </si>
   <si>
     <t>Mittlere Aufenthaltsdauer der Austritte (Jahre)</t>
   </si>
   <si>
     <t>Anteil Personen im Pflegeheim an der Bevölkerung 80+</t>
   </si>
   <si>
     <t>Pflegeplätze pro 1'000 Einwohnerinnen und Einwohner</t>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
-[...1 lines deleted...]
-  <si>
     <t>Kennzahlen der Pflegeheime im Kanton Zug</t>
   </si>
   <si>
-    <t>SOMED-Statistik 2012–2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Datenquelle: Bundesamt für Statistik, Statistik der sozialmedizinischen Institutionen BFS, aufbereitet von Lustat Statistik Luzern</t>
+  </si>
+  <si>
+    <t>SOMED-Statistik 2012–2024</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="0.0%"/>
+    <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD9D9D9"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD9D9D9"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD9D9D9"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Prozent" xfId="1" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
@@ -541,569 +586,606 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M50"/>
+  <dimension ref="A1:N50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight" activeCell="A16" sqref="A16:M16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.7109375" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="5"/>
-[...44 lines deleted...]
-    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="11"/>
+      <c r="M1" s="11"/>
+    </row>
+    <row r="2" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+      <c r="K2" s="11"/>
+      <c r="L2" s="11"/>
+      <c r="M2" s="11"/>
+    </row>
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="14"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="14"/>
+      <c r="I3" s="14"/>
+      <c r="J3" s="14"/>
+      <c r="K3" s="14"/>
+      <c r="L3" s="14"/>
+      <c r="M3" s="14"/>
+    </row>
+    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K4" s="3">
         <v>2021</v>
       </c>
       <c r="L4" s="3">
         <v>2022</v>
       </c>
       <c r="M4" s="3">
         <v>2023</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N4" s="9">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1">
         <v>15</v>
       </c>
       <c r="C5" s="1">
         <v>15</v>
       </c>
       <c r="D5" s="1">
         <v>15</v>
       </c>
       <c r="E5" s="1">
         <v>15</v>
       </c>
       <c r="F5" s="1">
         <v>15</v>
       </c>
       <c r="G5" s="1">
         <v>15</v>
       </c>
       <c r="H5" s="1">
         <v>15</v>
       </c>
       <c r="I5" s="1">
         <v>15</v>
       </c>
       <c r="J5" s="1">
         <v>15</v>
       </c>
       <c r="K5" s="1">
         <v>15</v>
       </c>
       <c r="L5" s="1">
         <v>15</v>
       </c>
       <c r="M5" s="1">
         <v>15</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N5" s="5">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="1">
         <v>1097</v>
       </c>
       <c r="C6" s="1">
         <v>1097</v>
       </c>
       <c r="D6" s="1">
         <v>1103</v>
       </c>
       <c r="E6" s="1">
         <v>1097</v>
       </c>
       <c r="F6" s="1">
         <v>1104</v>
       </c>
       <c r="G6" s="1">
         <v>1132</v>
       </c>
       <c r="H6" s="1">
         <v>1151</v>
       </c>
       <c r="I6" s="1">
         <v>1167</v>
       </c>
       <c r="J6" s="1">
         <v>1186</v>
       </c>
       <c r="K6" s="1">
         <v>1176</v>
       </c>
       <c r="L6" s="1">
         <v>1158</v>
       </c>
       <c r="M6" s="1">
         <v>1177</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N6" s="5">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="1">
         <v>1036</v>
       </c>
       <c r="C7" s="1">
         <v>1055</v>
       </c>
       <c r="D7" s="1">
         <v>1054</v>
       </c>
       <c r="E7" s="1">
         <v>1076</v>
       </c>
       <c r="F7" s="1">
         <v>1083</v>
       </c>
       <c r="G7" s="1">
         <v>1097</v>
       </c>
       <c r="H7" s="1">
         <v>1112</v>
       </c>
       <c r="I7" s="1">
         <v>1143</v>
       </c>
       <c r="J7" s="1">
         <v>1113</v>
       </c>
       <c r="K7" s="1">
         <v>1091</v>
       </c>
       <c r="L7" s="1">
         <v>1117</v>
       </c>
       <c r="M7" s="1">
         <v>1154</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N7" s="5">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="9">
+      <c r="B8" s="4">
         <v>0.72099999999999997</v>
       </c>
-      <c r="C8" s="9">
+      <c r="C8" s="4">
         <v>0.70899999999999996</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D8" s="4">
         <v>0.70299999999999996</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E8" s="4">
         <v>0.70099999999999996</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="4">
         <v>0.69299999999999995</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="4">
         <v>0.70599999999999996</v>
       </c>
-      <c r="H8" s="9">
+      <c r="H8" s="4">
         <v>0.71</v>
       </c>
-      <c r="I8" s="9">
+      <c r="I8" s="4">
         <v>0.71099999999999997</v>
       </c>
-      <c r="J8" s="9">
+      <c r="J8" s="4">
         <v>0.70499999999999996</v>
       </c>
-      <c r="K8" s="9">
+      <c r="K8" s="4">
         <v>0.70699999999999996</v>
       </c>
-      <c r="L8" s="9">
+      <c r="L8" s="4">
         <v>0.69299999999999995</v>
       </c>
-      <c r="M8" s="9">
+      <c r="M8" s="4">
         <v>0.68200000000000005</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N8" s="4">
+        <v>0.67900000000000005</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="9">
+      <c r="B9" s="4">
         <v>0.75</v>
       </c>
-      <c r="C9" s="9">
+      <c r="C9" s="4">
         <v>0.747</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D9" s="4">
         <v>0.755</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E9" s="4">
         <v>0.75090000000000001</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="4">
         <v>0.75900000000000001</v>
       </c>
-      <c r="G9" s="9">
+      <c r="G9" s="4">
         <v>0.75700000000000001</v>
       </c>
-      <c r="H9" s="9">
+      <c r="H9" s="4">
         <v>0.755</v>
       </c>
-      <c r="I9" s="9">
+      <c r="I9" s="4">
         <v>0.77252843394575699</v>
       </c>
-      <c r="J9" s="9">
+      <c r="J9" s="4">
         <v>0.77268643299999995</v>
       </c>
-      <c r="K9" s="9">
+      <c r="K9" s="4">
         <v>0.77900000000000003</v>
       </c>
-      <c r="L9" s="9">
+      <c r="L9" s="4">
         <v>0.79767233661593551</v>
       </c>
-      <c r="M9" s="9">
+      <c r="M9" s="4">
         <v>0.8024263431542461</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N9" s="8">
+        <f>931/1167</f>
+        <v>0.79777206512425025</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="1">
         <v>81.5</v>
       </c>
       <c r="C10" s="1">
         <v>81.5</v>
       </c>
       <c r="D10" s="1">
         <v>82.9</v>
       </c>
       <c r="E10" s="1">
         <v>82.8</v>
       </c>
       <c r="F10" s="1">
         <v>81.900000000000006</v>
       </c>
       <c r="G10" s="1">
         <v>82.9</v>
       </c>
       <c r="H10" s="1">
         <v>82.6</v>
       </c>
       <c r="I10" s="1">
         <v>83.7</v>
       </c>
       <c r="J10" s="1">
         <v>83.5</v>
       </c>
       <c r="K10" s="1">
         <v>83.8</v>
       </c>
       <c r="L10" s="1">
         <v>83.8</v>
       </c>
       <c r="M10" s="1">
         <v>84.1</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N10" s="6">
+        <v>84.4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="1">
         <v>1.9</v>
       </c>
       <c r="C11" s="1">
         <v>2.1</v>
       </c>
       <c r="D11" s="1">
         <v>2</v>
       </c>
       <c r="E11" s="1">
         <v>1.9</v>
       </c>
       <c r="F11" s="1">
         <v>1.8</v>
       </c>
       <c r="G11" s="1">
         <v>1.3</v>
       </c>
       <c r="H11" s="1">
         <v>1.3</v>
       </c>
       <c r="I11" s="1">
         <v>1.2</v>
       </c>
       <c r="J11" s="1">
         <v>1.4</v>
       </c>
       <c r="K11" s="1">
         <v>1.4</v>
       </c>
       <c r="L11" s="1">
         <v>1.2</v>
       </c>
       <c r="M11" s="1">
         <v>1.5</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N11" s="6">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="9">
+      <c r="B12" s="4">
         <v>0.177681226</v>
       </c>
-      <c r="C12" s="9">
+      <c r="C12" s="4">
         <v>0.17429772199999999</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="4">
         <v>0.16825195500000001</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E12" s="4">
         <v>0.16313345400000001</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="4">
         <v>0.15911730499999999</v>
       </c>
-      <c r="G12" s="9">
+      <c r="G12" s="4">
         <v>0.154937465</v>
       </c>
-      <c r="H12" s="9">
+      <c r="H12" s="4">
         <v>0.150402865</v>
       </c>
-      <c r="I12" s="9">
+      <c r="I12" s="4">
         <v>0.15101761587138701</v>
       </c>
-      <c r="J12" s="9">
+      <c r="J12" s="4">
         <v>0.14212526855065299</v>
       </c>
-      <c r="K12" s="9">
+      <c r="K12" s="4">
         <v>0.13472816609999999</v>
       </c>
-      <c r="L12" s="9">
+      <c r="L12" s="4">
         <v>0.13576108486972421</v>
       </c>
-      <c r="M12" s="9">
+      <c r="M12" s="4">
         <v>0.13476932033182942</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N12" s="8">
+        <f>931/7159</f>
+        <v>0.13004609582343904</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="2">
         <v>9.4102509114304098</v>
       </c>
       <c r="C13" s="2">
         <v>9.2873228466448801</v>
       </c>
       <c r="D13" s="2">
         <v>9.1848545661967407</v>
       </c>
       <c r="E13" s="2">
         <v>9</v>
       </c>
       <c r="F13" s="2">
         <v>8.9</v>
       </c>
       <c r="G13" s="2">
         <v>9</v>
       </c>
       <c r="H13" s="2">
         <v>9.1</v>
       </c>
       <c r="I13" s="2">
         <v>9.1427586531079097</v>
       </c>
       <c r="J13" s="2">
         <v>9.2085035017159207</v>
       </c>
       <c r="K13" s="2">
         <v>9.0609999460654755</v>
       </c>
       <c r="L13" s="2">
         <v>8.8286420054283195</v>
       </c>
       <c r="M13" s="2">
         <v>8.8792661214882767</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="N13" s="7">
+        <f>1193/133739*1000</f>
+        <v>8.9203598052923976</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+      <c r="J15" s="11"/>
+      <c r="K15" s="11"/>
+      <c r="L15" s="11"/>
+      <c r="M15" s="11"/>
+    </row>
+    <row r="16" spans="1:14" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
+      <c r="J16" s="11"/>
+      <c r="K16" s="11"/>
+      <c r="L16" s="11"/>
+      <c r="M16" s="11"/>
+    </row>
+    <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="B15" s="5"/>
-[...42 lines deleted...]
-      <c r="M17" s="5"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="11"/>
+      <c r="I17" s="11"/>
+      <c r="J17" s="11"/>
+      <c r="K17" s="11"/>
+      <c r="L17" s="11"/>
+      <c r="M17" s="11"/>
     </row>
     <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -1127,51 +1209,51 @@
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2012-2023</vt:lpstr>
+      <vt:lpstr>2012-2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SITO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
     <vt:lpwstr>2025-04-04T12:47:23Z</vt:lpwstr>