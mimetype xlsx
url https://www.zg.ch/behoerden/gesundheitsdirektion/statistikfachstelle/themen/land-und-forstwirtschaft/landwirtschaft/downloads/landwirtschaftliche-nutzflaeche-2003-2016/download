--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -1,492 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr filterPrivacy="1"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Statistik\Daten\Output\website\07 - Land- und Forstwirtschaft\03 - Landwirtschaft\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36E1B972-A41F-4CB8-8D19-94786312FC7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="270" yWindow="810" windowWidth="28215" windowHeight="15030"/>
+    <workbookView xWindow="10005" yWindow="5115" windowWidth="38700" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Landwirtschaftliche Nutzfläche" sheetId="8" r:id="rId1"/>
+    <sheet name="Landwirtschaftliche Nutzfläche" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="145621"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="47">
+  <si>
+    <t>Landwirtschaftliche Nutzfläche</t>
+  </si>
+  <si>
+    <t>Kanton Zug und Schweiz, 1975 bis 2024</t>
+  </si>
+  <si>
+    <t>Jahr</t>
+  </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
-[...7 lines deleted...]
-  <si>
     <t>Kanton Zug</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
-    <t>Landwirtschaftliche Nutzfläche</t>
-[...4 lines deleted...]
-  <si>
     <t>Total</t>
   </si>
   <si>
-    <t>davon offenes Ackerland in %</t>
+    <t>davon offenes Ackerland</t>
   </si>
   <si>
     <t>Pro Betrieb</t>
   </si>
   <si>
-    <t xml:space="preserve">Pro Haupterwerbsbetrieb </t>
-[...8 lines deleted...]
-    <t>Kanton Zug und Schweiz, 2000-2018, in ha (Nutzfläche ohne Sömmerungsweiden)</t>
+    <t>Pro Haupterwerbsbetrieb</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* Keine Daten verfügbar</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik,  Landwirtschaftliche Strukturerhebung</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="#,##0\ &quot;kg&quot;"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="#,##0\ &quot;ha&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.0\ &quot;ha&quot;"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="6">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </left>
-      <right/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
-[...27 lines deleted...]
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal 3" xfId="1"/>
+  <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
@@ -503,60 +519,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -634,886 +654,1734 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J30"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I500"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F23" sqref="F23:F25"/>
+      <selection pane="bottomLeft" activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="3" width="10" customWidth="1"/>
+    <col min="4" max="5" width="20.28515625" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="9" width="20.28515625" customWidth="1"/>
+    <col min="10" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+    <row r="1" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+    </row>
+    <row r="2" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+    </row>
+    <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="19"/>
-[...10 lines deleted...]
-      <c r="A2" s="21" t="s">
+      <c r="B4" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="H4" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="I4" s="19" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="H5" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="I5" s="19" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="8">
+        <v>11101</v>
+      </c>
+      <c r="C7" s="6">
+        <v>8.8010089181154896E-2</v>
+      </c>
+      <c r="D7" s="20">
+        <v>12.1989010989011</v>
+      </c>
+      <c r="E7" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" s="8">
+        <v>1046855</v>
+      </c>
+      <c r="G7" s="6">
+        <v>0.25008047914945197</v>
+      </c>
+      <c r="H7" s="20">
+        <v>9.4055362886560907</v>
+      </c>
+      <c r="I7" s="21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="8">
+        <v>11622</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.10351058337635501</v>
+      </c>
+      <c r="D8" s="20">
+        <v>13.2671232876712</v>
+      </c>
+      <c r="E8" s="21">
+        <v>14.521290322580599</v>
+      </c>
+      <c r="F8" s="8">
+        <v>1077855</v>
+      </c>
+      <c r="G8" s="6">
+        <v>0.25455557565720799</v>
+      </c>
+      <c r="H8" s="20">
+        <v>10.319043014561601</v>
+      </c>
+      <c r="I8" s="21">
+        <v>13.3836614624799</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="8">
+        <v>11610</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0.12962962962963001</v>
+      </c>
+      <c r="D9" s="20">
+        <v>13.9879518072289</v>
+      </c>
+      <c r="E9" s="21">
+        <v>15.4464285714286</v>
+      </c>
+      <c r="F9" s="8">
+        <v>1068893</v>
+      </c>
+      <c r="G9" s="6">
+        <v>0.26838982012231299</v>
+      </c>
+      <c r="H9" s="20">
+        <v>10.8232464889276</v>
+      </c>
+      <c r="I9" s="21">
+        <v>14.0695028161363</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="8">
+        <v>11443</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.15677706895044999</v>
+      </c>
+      <c r="D10" s="20">
+        <v>14.285892634207199</v>
+      </c>
+      <c r="E10" s="21">
+        <v>15.575144508670499</v>
+      </c>
+      <c r="F10" s="8">
+        <v>1066980</v>
+      </c>
+      <c r="G10" s="6">
+        <v>0.293136703593319</v>
+      </c>
+      <c r="H10" s="20">
+        <v>11.4957711576793</v>
+      </c>
+      <c r="I10" s="21">
+        <v>14.864792503346701</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="21"/>
-[...235 lines deleted...]
-      <c r="B12" s="13">
+      <c r="B11" s="8">
+        <v>11184</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0.128129470672389</v>
+      </c>
+      <c r="D11" s="20">
+        <v>15.7743300423131</v>
+      </c>
+      <c r="E11" s="21">
+        <v>17.116013071895399</v>
+      </c>
+      <c r="F11" s="8">
+        <v>1082876</v>
+      </c>
+      <c r="G11" s="6">
+        <v>0.285502679900561</v>
+      </c>
+      <c r="H11" s="20">
+        <v>13.6246807332755</v>
+      </c>
+      <c r="I11" s="21">
+        <v>17.380886847420101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="8">
+        <v>11018</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0.120257760029043</v>
+      </c>
+      <c r="D12" s="20">
+        <v>15.672830725462299</v>
+      </c>
+      <c r="E12" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" s="8">
+        <v>1075728</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.27980400249877302</v>
+      </c>
+      <c r="H12" s="20">
+        <v>13.839289849479</v>
+      </c>
+      <c r="I12" s="21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>11063</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.121937991503209</v>
+      </c>
+      <c r="D13" s="20">
+        <v>15.7368421052632</v>
+      </c>
+      <c r="E13" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="8">
+        <v>1078405</v>
+      </c>
+      <c r="G13" s="6">
+        <v>0.27784830374488301</v>
+      </c>
+      <c r="H13" s="20">
+        <v>14.113031984505101</v>
+      </c>
+      <c r="I13" s="21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>11026</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.120986758570651</v>
+      </c>
+      <c r="D14" s="20">
+        <v>15.887608069164299</v>
+      </c>
+      <c r="E14" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" s="8">
+        <v>1071899</v>
+      </c>
+      <c r="G14" s="6">
+        <v>0.27423199387255698</v>
+      </c>
+      <c r="H14" s="20">
+        <v>14.565626231468499</v>
+      </c>
+      <c r="I14" s="21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>11069</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.11825819857259</v>
+      </c>
+      <c r="D15" s="20">
+        <v>16.374260355029602</v>
+      </c>
+      <c r="E15" s="21">
+        <v>18.1035087719298</v>
+      </c>
+      <c r="F15" s="8">
+        <v>1072492</v>
+      </c>
+      <c r="G15" s="6">
+        <v>0.27277406265035098</v>
+      </c>
+      <c r="H15" s="20">
+        <v>15.2046727249529</v>
+      </c>
+      <c r="I15" s="21">
+        <v>18.987022482178801</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>11060</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0.116455696202532</v>
+      </c>
+      <c r="D16" s="20">
+        <v>16.606606606606601</v>
+      </c>
+      <c r="E16" s="21">
+        <v>18.480144404332101</v>
+      </c>
+      <c r="F16" s="8">
+        <v>1071130</v>
+      </c>
+      <c r="G16" s="6">
+        <v>0.27094937122478102</v>
+      </c>
+      <c r="H16" s="20">
+        <v>15.5723714817399</v>
+      </c>
+      <c r="I16" s="21">
+        <v>19.225577155499099</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>10995</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.11768985902683</v>
+      </c>
+      <c r="D17" s="20">
+        <v>16.9153846153846</v>
+      </c>
+      <c r="E17" s="21">
+        <v>18.630885122410501</v>
+      </c>
+      <c r="F17" s="8">
+        <v>1069770</v>
+      </c>
+      <c r="G17" s="6">
+        <v>0.26979350701552701</v>
+      </c>
+      <c r="H17" s="20">
+        <v>15.8670147283487</v>
+      </c>
+      <c r="I17" s="21">
+        <v>19.537053960868999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>10935</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.11696387745770501</v>
+      </c>
+      <c r="D18" s="20">
+        <v>17.1933962264151</v>
+      </c>
+      <c r="E18" s="21">
+        <v>19.350000000000001</v>
+      </c>
+      <c r="F18" s="8">
+        <v>1067055</v>
+      </c>
+      <c r="G18" s="6">
+        <v>0.26582416089142502</v>
+      </c>
+      <c r="H18" s="20">
+        <v>16.200391704369501</v>
+      </c>
+      <c r="I18" s="21">
+        <v>19.867461698425501</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>10996</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.117497271735176</v>
+      </c>
+      <c r="D19" s="20">
+        <v>17.154446177847099</v>
+      </c>
+      <c r="E19" s="21">
+        <v>19.543520309477799</v>
+      </c>
+      <c r="F19" s="8">
+        <v>1064574</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.26423902894491103</v>
+      </c>
+      <c r="H19" s="20">
+        <v>16.513728166785601</v>
+      </c>
+      <c r="I19" s="21">
+        <v>20.169547041330901</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
         <v>10918</v>
       </c>
-      <c r="C12" s="9">
-[...11 lines deleted...]
-      <c r="G12" s="15">
+      <c r="C20" s="6">
+        <v>0.126854735299505</v>
+      </c>
+      <c r="D20" s="20">
+        <v>17.440894568690101</v>
+      </c>
+      <c r="E20" s="21">
+        <v>19.805118110236201</v>
+      </c>
+      <c r="F20" s="8">
         <v>1065118</v>
       </c>
-      <c r="H12" s="9">
-[...13 lines deleted...]
-      <c r="B13" s="13">
+      <c r="G20" s="6">
+        <v>0.26880683642563502</v>
+      </c>
+      <c r="H20" s="20">
+        <v>16.740031747528601</v>
+      </c>
+      <c r="I20" s="21">
+        <v>20.4265426586221</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
         <v>10879</v>
       </c>
-      <c r="C13" s="9">
-[...28 lines deleted...]
-      <c r="B14" s="13">
+      <c r="C21" s="6">
+        <v>0.12639029322548001</v>
+      </c>
+      <c r="D21" s="20">
+        <v>17.6035598705502</v>
+      </c>
+      <c r="E21" s="21">
+        <v>19.9642147117296</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1065199</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0.26811985366114699</v>
+      </c>
+      <c r="H21" s="20">
+        <v>16.953668629635501</v>
+      </c>
+      <c r="I21" s="21">
+        <v>20.691091985648601</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
         <v>10821</v>
       </c>
-      <c r="C14" s="9">
-[...188 lines deleted...]
-      <c r="B20" s="13">
+      <c r="C22" s="6">
+        <v>0.121800203308382</v>
+      </c>
+      <c r="D22" s="20">
+        <v>17.566558441558399</v>
+      </c>
+      <c r="E22" s="21">
+        <v>19.795677799607098</v>
+      </c>
+      <c r="F22" s="8">
+        <v>1060243</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0.26378009569504401</v>
+      </c>
+      <c r="H22" s="20">
+        <v>17.166035230878801</v>
+      </c>
+      <c r="I22" s="21">
+        <v>20.8811342541191</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>10706</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.123668970670652</v>
+      </c>
+      <c r="D23" s="20">
+        <v>17.637561779242201</v>
+      </c>
+      <c r="E23" s="21">
+        <v>20.034693877551</v>
+      </c>
+      <c r="F23" s="8">
+        <v>1058099</v>
+      </c>
+      <c r="G23" s="6">
+        <v>0.26295271047416202</v>
+      </c>
+      <c r="H23" s="20">
+        <v>17.376079745130902</v>
+      </c>
+      <c r="I23" s="21">
+        <v>21.212511081308399</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>10698</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.120863712843522</v>
+      </c>
+      <c r="D24" s="20">
+        <v>17.711920529801301</v>
+      </c>
+      <c r="E24" s="21">
+        <v>20.462719298245599</v>
+      </c>
+      <c r="F24" s="8">
+        <v>1055649</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.26088311550524801</v>
+      </c>
+      <c r="H24" s="20">
+        <v>17.584185628144098</v>
+      </c>
+      <c r="I24" s="21">
+        <v>21.523428246553301</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>10651</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.122242043000657</v>
+      </c>
+      <c r="D25" s="20">
+        <v>17.722129783693799</v>
+      </c>
+      <c r="E25" s="21">
+        <v>20.615555555555598</v>
+      </c>
+      <c r="F25" s="8">
+        <v>1051747</v>
+      </c>
+      <c r="G25" s="6">
+        <v>0.25858690350435998</v>
+      </c>
+      <c r="H25" s="20">
+        <v>17.8066028951155</v>
+      </c>
+      <c r="I25" s="21">
+        <v>21.8350629917459</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>10578</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0.124314615239176</v>
+      </c>
+      <c r="D26" s="20">
+        <v>17.8381112984823</v>
+      </c>
+      <c r="E26" s="21">
+        <v>20.839816933638399</v>
+      </c>
+      <c r="F26" s="8">
+        <v>1051866</v>
+      </c>
+      <c r="G26" s="6">
+        <v>0.25620753974365601</v>
+      </c>
+      <c r="H26" s="20">
+        <v>18.256174392974302</v>
+      </c>
+      <c r="I26" s="21">
+        <v>22.360475709748101</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>10684</v>
+      </c>
+      <c r="C27" s="6">
+        <v>0.124204417821041</v>
+      </c>
+      <c r="D27" s="20">
+        <v>17.9563025210084</v>
+      </c>
+      <c r="E27" s="21">
+        <v>21.033557046979901</v>
+      </c>
+      <c r="F27" s="8">
+        <v>1051037</v>
+      </c>
+      <c r="G27" s="6">
+        <v>0.25636966158184699</v>
+      </c>
+      <c r="H27" s="20">
+        <v>18.577764030048598</v>
+      </c>
+      <c r="I27" s="21">
+        <v>22.757772310445102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B28" s="8">
         <v>10712</v>
       </c>
-      <c r="C20" s="9">
-[...11 lines deleted...]
-      <c r="G20" s="15">
+      <c r="C28" s="6">
+        <v>0.12668035847647499</v>
+      </c>
+      <c r="D28" s="20">
+        <v>18.373927958833601</v>
+      </c>
+      <c r="E28" s="21">
+        <v>21.374429223744301</v>
+      </c>
+      <c r="F28" s="8">
         <v>1049923</v>
       </c>
-      <c r="H20" s="9">
-[...13 lines deleted...]
-      <c r="B21" s="13">
+      <c r="G28" s="6">
+        <v>0.25890279572883002</v>
+      </c>
+      <c r="H28" s="20">
+        <v>19.017932508558701</v>
+      </c>
+      <c r="I28" s="21">
+        <v>23.260852989019899</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="8">
         <v>10628</v>
       </c>
-      <c r="C21" s="9">
-[...28 lines deleted...]
-      <c r="B22" s="13">
+      <c r="C29" s="6">
+        <v>0.124200225818592</v>
+      </c>
+      <c r="D29" s="20">
+        <v>18.355785837651101</v>
+      </c>
+      <c r="E29" s="21">
+        <v>21.1319444444444</v>
+      </c>
+      <c r="F29" s="8">
+        <v>1051265</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0.25824982283249198</v>
+      </c>
+      <c r="H29" s="20">
+        <v>19.4473426198272</v>
+      </c>
+      <c r="I29" s="21">
+        <v>23.718879534512499</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="8">
         <v>10631</v>
       </c>
-      <c r="C22" s="9">
-[...11 lines deleted...]
-      <c r="G22" s="15">
+      <c r="C30" s="6">
+        <v>0.12877433919668901</v>
+      </c>
+      <c r="D30" s="20">
+        <v>18.553228621291399</v>
+      </c>
+      <c r="E30" s="21">
+        <v>21.542857142857098</v>
+      </c>
+      <c r="F30" s="8">
         <v>1049725</v>
       </c>
-      <c r="H22" s="9">
-[...13 lines deleted...]
-      <c r="B23" s="13">
+      <c r="G30" s="6">
+        <v>0.25992998166186398</v>
+      </c>
+      <c r="H30" s="20">
+        <v>19.7120350027228</v>
+      </c>
+      <c r="I30" s="21">
+        <v>24.107270528861299</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B31" s="8">
         <v>10622</v>
       </c>
-      <c r="C23" s="9">
-[...11 lines deleted...]
-      <c r="G23" s="15">
+      <c r="C31" s="6">
+        <v>0.13086047825268299</v>
+      </c>
+      <c r="D31" s="20">
+        <v>18.667838312829499</v>
+      </c>
+      <c r="E31" s="21">
+        <v>21.547393364928901</v>
+      </c>
+      <c r="F31" s="8">
         <v>1049072</v>
       </c>
-      <c r="H23" s="9">
-[...110 lines deleted...]
-    </row>
+      <c r="G31" s="6">
+        <v>0.259942120273918</v>
+      </c>
+      <c r="H31" s="20">
+        <v>20.0729387903488</v>
+      </c>
+      <c r="I31" s="21">
+        <v>24.564286671131899</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B32" s="8">
+        <v>10671</v>
+      </c>
+      <c r="C32" s="6">
+        <v>0.134382906944054</v>
+      </c>
+      <c r="D32" s="20">
+        <v>19.055357142857101</v>
+      </c>
+      <c r="E32" s="21">
+        <v>22.033333333333299</v>
+      </c>
+      <c r="F32" s="8">
+        <v>1046109</v>
+      </c>
+      <c r="G32" s="6">
+        <v>0.26187997617839098</v>
+      </c>
+      <c r="H32" s="20">
+        <v>20.265575358388201</v>
+      </c>
+      <c r="I32" s="21">
+        <v>24.906743653992802</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B33" s="8">
+        <v>10651</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0.1422401652427</v>
+      </c>
+      <c r="D33" s="20">
+        <v>19.122082585278299</v>
+      </c>
+      <c r="E33" s="21">
+        <v>22.643031784841099</v>
+      </c>
+      <c r="F33" s="8">
+        <v>1044976</v>
+      </c>
+      <c r="G33" s="6">
+        <v>0.26358404403546098</v>
+      </c>
+      <c r="H33" s="20">
+        <v>20.549358923936101</v>
+      </c>
+      <c r="I33" s="21">
+        <v>25.2188523462227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B34" s="8">
+        <v>10639</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0.13929880627878599</v>
+      </c>
+      <c r="D34" s="20">
+        <v>19.378870673952601</v>
+      </c>
+      <c r="E34" s="21">
+        <v>23.092269326683301</v>
+      </c>
+      <c r="F34" s="8">
+        <v>1043729</v>
+      </c>
+      <c r="G34" s="6">
+        <v>0.26065769946030098</v>
+      </c>
+      <c r="H34" s="20">
+        <v>20.858727367200899</v>
+      </c>
+      <c r="I34" s="21">
+        <v>25.662632332706199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B35" s="8">
+        <v>10610</v>
+      </c>
+      <c r="C35" s="6">
+        <v>0.14674835061263</v>
+      </c>
+      <c r="D35" s="20">
+        <v>19.396709323583199</v>
+      </c>
+      <c r="E35" s="21">
+        <v>23.247474747474701</v>
+      </c>
+      <c r="F35" s="8">
+        <v>1044034</v>
+      </c>
+      <c r="G35" s="6">
+        <v>0.26287362288967597</v>
+      </c>
+      <c r="H35" s="20">
+        <v>21.150132690476699</v>
+      </c>
+      <c r="I35" s="21">
+        <v>26.032977055721801</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B36" s="8">
+        <v>10605</v>
+      </c>
+      <c r="C36" s="6">
+        <v>0.15049504950494999</v>
+      </c>
+      <c r="D36" s="20">
+        <v>19.4587155963303</v>
+      </c>
+      <c r="E36" s="21">
+        <v>23.2759493670886</v>
+      </c>
+      <c r="F36" s="8">
+        <v>1042053</v>
+      </c>
+      <c r="G36" s="6">
+        <v>0.26533775153471101</v>
+      </c>
+      <c r="H36" s="20">
+        <v>21.325577111984298</v>
+      </c>
+      <c r="I36" s="21">
+        <v>26.286067577282498</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" s="8">
+        <v>10571</v>
+      </c>
+      <c r="C37" s="6">
+        <v>0.15258726705136699</v>
+      </c>
+      <c r="D37" s="20">
+        <v>19.539741219962998</v>
+      </c>
+      <c r="E37" s="21">
+        <v>23.422976501305499</v>
+      </c>
+      <c r="F37" s="8">
+        <v>1042014</v>
+      </c>
+      <c r="G37" s="6">
+        <v>0.26498108470711501</v>
+      </c>
+      <c r="H37" s="20">
+        <v>21.554153566109498</v>
+      </c>
+      <c r="I37" s="21">
+        <v>26.6027991154562</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B38" s="8">
+        <v>10566</v>
+      </c>
+      <c r="C38" s="6">
+        <v>0.154457694491766</v>
+      </c>
+      <c r="D38" s="20">
+        <v>19.749532710280398</v>
+      </c>
+      <c r="E38" s="21">
+        <v>23.249363867684501</v>
+      </c>
+      <c r="F38" s="8">
+        <v>1042030</v>
+      </c>
+      <c r="G38" s="6">
+        <v>0.26380814371947098</v>
+      </c>
+      <c r="H38" s="20">
+        <v>21.836794568201299</v>
+      </c>
+      <c r="I38" s="21">
+        <v>27.0076115175832</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B39" s="8">
+        <v>10530</v>
+      </c>
+      <c r="C39" s="6">
+        <v>0.15346628679961999</v>
+      </c>
+      <c r="D39" s="20">
+        <v>19.608938547486002</v>
+      </c>
+      <c r="E39" s="21">
+        <v>23.671916010498698</v>
+      </c>
+      <c r="F39" s="8">
+        <v>1040512</v>
+      </c>
+      <c r="G39" s="6">
+        <v>0.26480713341124401</v>
+      </c>
+      <c r="H39" s="20">
+        <v>22.1032819968136</v>
+      </c>
+      <c r="I39" s="21">
+        <v>27.356132851035799</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="1"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="3"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+    </row>
+    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B41" s="14"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="14"/>
+      <c r="G41" s="15"/>
+      <c r="H41" s="14"/>
+      <c r="I41" s="14"/>
+    </row>
+    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B42" s="14"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="15"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="14"/>
+    </row>
+    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="1"/>
+      <c r="B43" s="2"/>
+      <c r="C43" s="3"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
+    </row>
+    <row r="44" spans="1:9" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="1"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="3"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+    </row>
+    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="14"/>
+      <c r="C45" s="15"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="15"/>
+      <c r="H45" s="14"/>
+      <c r="I45" s="14"/>
+    </row>
+    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="8">
-[...4 lines deleted...]
-    <mergeCell ref="G4:J4"/>
+  <mergeCells count="9">
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:I4"/>
     <mergeCell ref="B5:E5"/>
-    <mergeCell ref="G5:J5"/>
-    <mergeCell ref="A27:J27"/>
+    <mergeCell ref="F5:I5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Landwirtschaftliche Nutzfläche</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>zghori</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
+    <vt:lpwstr>2026-01-08T10:10:20Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
+    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+    <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
+    <vt:lpwstr>735d2528-7dcd-4ef6-86c9-5137a2278c86</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>