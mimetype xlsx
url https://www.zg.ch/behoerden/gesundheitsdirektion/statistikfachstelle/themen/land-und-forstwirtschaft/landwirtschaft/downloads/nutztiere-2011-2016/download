--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -1,535 +1,394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Nutztiere" sheetId="1" r:id="rId1"/>
+    <sheet name="Nutztiere" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
-[...175 lines deleted...]
-    <t>Bienenvölker: Ab 2014 Erfassungspflicht von Bienenvölker, bisher nur Selbstdeklaration.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+  <si>
+    <t xml:space="preserve">Nutztiere</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanton Zug, 1975 bis 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tierkategorie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kühe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kälber und andere Rinder - einjährig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übrige Rinder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pferde</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ponys, Esel und Maultiere</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pferdegattung &lt; 148 cm Widerristhöhe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pferdegattung &gt; 148 cm Widerristhöhe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schafe allgemein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milchschafe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übrige Schafe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ziegen allgemein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milchziegen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übrige Ziegen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sauen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eber</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übrige Schweine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hühner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Truten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gänse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strausse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übriges Geflügel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bisons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neuweltkameliden</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hirsche</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kaninchen allgemein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bienenvölker</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Übrige Tiere</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Keine Daten verfügbar
+Nur Tiere auf Landwirtschaftsbetrieben (gemäss Defintion BFS).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datenquelle: Bundesamt für Statistik,  Landwirtschaftliche Strukturerhebung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="3" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="166" formatCode="#,##0"/>
+  </numFmts>
+  <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <b/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...69 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...92 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-[...4 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">36</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...4 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -771,2919 +630,3811 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AB501"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A32" sqref="A32:H32"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="34.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="29" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="33.4704166666667" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.99" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.99" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.99" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.99" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.99" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.99" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.99" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.99" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.99" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.99" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.99" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.99" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.99" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.99" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.99" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.99" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.99" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.99" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="T1" s="59"/>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="2" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="60" t="s">
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="59"/>
-[...17 lines deleted...]
-      <c r="T2" s="59"/>
     </row>
-    <row r="3" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A4" s="29" t="s">
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="29" t="s">
+      <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="29" t="s">
+      <c r="C4" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="29" t="s">
+      <c r="D4" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="29" t="s">
+      <c r="E4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="29" t="s">
+      <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="29" t="s">
+      <c r="G4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="29" t="s">
+      <c r="H4" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="29" t="s">
+      <c r="I4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="29" t="s">
+      <c r="J4" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="29" t="s">
+      <c r="K4" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="29" t="s">
+      <c r="L4" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="29" t="s">
+      <c r="M4" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="29" t="s">
+      <c r="N4" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="29" t="s">
+      <c r="O4" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="29" t="s">
+      <c r="P4" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="29" t="s">
+      <c r="Q4" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="29" t="s">
+      <c r="R4" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="29" t="s">
+      <c r="S4" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="29" t="s">
+      <c r="T4" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="29" t="s">
+      <c r="U4" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="29" t="s">
+      <c r="V4" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W4" s="29" t="s">
+      <c r="W4" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X4" s="29" t="s">
+      <c r="X4" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Y4" s="29" t="s">
+      <c r="Y4" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z4" s="29" t="s">
+      <c r="Z4" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AA4" s="29" t="s">
+      <c r="AA4" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB4" s="29" t="s">
+      <c r="AB4" s="6" t="s">
         <v>29</v>
       </c>
+      <c r="AC4" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="AD4" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE4" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF4" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG4" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="AH4" s="6" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="5" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="30" t="s">
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" s="8" t="n">
+        <v>9128</v>
+      </c>
+      <c r="C5" s="8" t="n">
+        <v>9161</v>
+      </c>
+      <c r="D5" s="8" t="n">
+        <v>9603</v>
+      </c>
+      <c r="E5" s="8" t="n">
+        <v>9815</v>
+      </c>
+      <c r="F5" s="8" t="n">
+        <v>9718</v>
+      </c>
+      <c r="G5" s="8" t="n">
+        <v>9881</v>
+      </c>
+      <c r="H5" s="8" t="n">
+        <v>9954</v>
+      </c>
+      <c r="I5" s="8" t="n">
+        <v>9895</v>
+      </c>
+      <c r="J5" s="8" t="n">
+        <v>10213</v>
+      </c>
+      <c r="K5" s="8" t="n">
+        <v>10012</v>
+      </c>
+      <c r="L5" s="8" t="n">
+        <v>10273</v>
+      </c>
+      <c r="M5" s="8" t="n">
+        <v>10282</v>
+      </c>
+      <c r="N5" s="8" t="n">
+        <v>10198</v>
+      </c>
+      <c r="O5" s="8" t="n">
+        <v>10097</v>
+      </c>
+      <c r="P5" s="8" t="n">
+        <v>9983</v>
+      </c>
+      <c r="Q5" s="8" t="n">
+        <v>10130</v>
+      </c>
+      <c r="R5" s="8" t="n">
+        <v>10391</v>
+      </c>
+      <c r="S5" s="8" t="n">
+        <v>10088</v>
+      </c>
+      <c r="T5" s="8" t="n">
+        <v>9868</v>
+      </c>
+      <c r="U5" s="8" t="n">
+        <v>9844</v>
+      </c>
+      <c r="V5" s="8" t="n">
+        <v>9754</v>
+      </c>
+      <c r="W5" s="8" t="n">
+        <v>9825</v>
+      </c>
+      <c r="X5" s="8" t="n">
+        <v>9950</v>
+      </c>
+      <c r="Y5" s="8" t="n">
+        <v>9973</v>
+      </c>
+      <c r="Z5" s="8" t="n">
+        <v>10118</v>
+      </c>
+      <c r="AA5" s="8" t="n">
+        <v>10195</v>
+      </c>
+      <c r="AB5" s="8" t="n">
+        <v>10366</v>
+      </c>
+      <c r="AC5" s="8" t="n">
+        <v>10457</v>
+      </c>
+      <c r="AD5" s="8" t="n">
+        <v>10706</v>
+      </c>
+      <c r="AE5" s="8" t="n">
+        <v>11412</v>
+      </c>
+      <c r="AF5" s="8" t="n">
+        <v>12252</v>
+      </c>
+      <c r="AG5" s="8" t="n">
+        <v>13213</v>
+      </c>
+      <c r="AH5" s="8" t="n">
+        <v>13486</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" s="8" t="n">
+        <v>6653</v>
+      </c>
+      <c r="C6" s="8" t="n">
+        <v>6683</v>
+      </c>
+      <c r="D6" s="8" t="n">
+        <v>6503</v>
+      </c>
+      <c r="E6" s="8" t="n">
+        <v>6932</v>
+      </c>
+      <c r="F6" s="8" t="n">
+        <v>7337</v>
+      </c>
+      <c r="G6" s="8" t="n">
+        <v>7236</v>
+      </c>
+      <c r="H6" s="8" t="n">
+        <v>7042</v>
+      </c>
+      <c r="I6" s="8" t="n">
+        <v>6741</v>
+      </c>
+      <c r="J6" s="8" t="n">
+        <v>6544</v>
+      </c>
+      <c r="K6" s="8" t="n">
+        <v>6552</v>
+      </c>
+      <c r="L6" s="8" t="n">
+        <v>6384</v>
+      </c>
+      <c r="M6" s="8" t="n">
+        <v>6273</v>
+      </c>
+      <c r="N6" s="8" t="n">
+        <v>6091</v>
+      </c>
+      <c r="O6" s="8" t="n">
+        <v>6398</v>
+      </c>
+      <c r="P6" s="8" t="n">
+        <v>6219</v>
+      </c>
+      <c r="Q6" s="8" t="n">
+        <v>6519</v>
+      </c>
+      <c r="R6" s="8" t="n">
+        <v>6670</v>
+      </c>
+      <c r="S6" s="8" t="n">
+        <v>6749</v>
+      </c>
+      <c r="T6" s="8" t="n">
+        <v>6840</v>
+      </c>
+      <c r="U6" s="8" t="n">
+        <v>7182</v>
+      </c>
+      <c r="V6" s="8" t="n">
+        <v>7123</v>
+      </c>
+      <c r="W6" s="8" t="n">
+        <v>6988</v>
+      </c>
+      <c r="X6" s="8" t="n">
+        <v>6971</v>
+      </c>
+      <c r="Y6" s="8" t="n">
+        <v>6767</v>
+      </c>
+      <c r="Z6" s="8" t="n">
+        <v>6427</v>
+      </c>
+      <c r="AA6" s="8" t="n">
+        <v>6760</v>
+      </c>
+      <c r="AB6" s="8" t="n">
+        <v>6534</v>
+      </c>
+      <c r="AC6" s="8" t="n">
+        <v>6572</v>
+      </c>
+      <c r="AD6" s="8" t="n">
+        <v>7071</v>
+      </c>
+      <c r="AE6" s="8" t="n">
+        <v>8109</v>
+      </c>
+      <c r="AF6" s="8" t="n">
+        <v>6936</v>
+      </c>
+      <c r="AG6" s="8" t="n">
+        <v>5462</v>
+      </c>
+      <c r="AH6" s="8" t="n">
+        <v>4863</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" s="8" t="n">
+        <v>3584</v>
+      </c>
+      <c r="C7" s="8" t="n">
+        <v>3461</v>
+      </c>
+      <c r="D7" s="8" t="n">
+        <v>3467</v>
+      </c>
+      <c r="E7" s="8" t="n">
+        <v>3609</v>
+      </c>
+      <c r="F7" s="8" t="n">
+        <v>3577</v>
+      </c>
+      <c r="G7" s="8" t="n">
+        <v>3746</v>
+      </c>
+      <c r="H7" s="8" t="n">
+        <v>3798</v>
+      </c>
+      <c r="I7" s="8" t="n">
+        <v>3715</v>
+      </c>
+      <c r="J7" s="8" t="n">
+        <v>3741</v>
+      </c>
+      <c r="K7" s="8" t="n">
+        <v>3799</v>
+      </c>
+      <c r="L7" s="8" t="n">
+        <v>3829</v>
+      </c>
+      <c r="M7" s="8" t="n">
+        <v>3995</v>
+      </c>
+      <c r="N7" s="8" t="n">
+        <v>4038</v>
+      </c>
+      <c r="O7" s="8" t="n">
+        <v>3909</v>
+      </c>
+      <c r="P7" s="8" t="n">
+        <v>3995</v>
+      </c>
+      <c r="Q7" s="8" t="n">
+        <v>3781</v>
+      </c>
+      <c r="R7" s="8" t="n">
+        <v>3136</v>
+      </c>
+      <c r="S7" s="8" t="n">
+        <v>3030</v>
+      </c>
+      <c r="T7" s="8" t="n">
+        <v>3113</v>
+      </c>
+      <c r="U7" s="8" t="n">
+        <v>3005</v>
+      </c>
+      <c r="V7" s="8" t="n">
+        <v>3148</v>
+      </c>
+      <c r="W7" s="8" t="n">
+        <v>3298</v>
+      </c>
+      <c r="X7" s="8" t="n">
+        <v>3559</v>
+      </c>
+      <c r="Y7" s="8" t="n">
+        <v>3513</v>
+      </c>
+      <c r="Z7" s="8" t="n">
+        <v>3692</v>
+      </c>
+      <c r="AA7" s="8" t="n">
+        <v>3366</v>
+      </c>
+      <c r="AB7" s="8" t="n">
+        <v>3807</v>
+      </c>
+      <c r="AC7" s="8" t="n">
+        <v>4012</v>
+      </c>
+      <c r="AD7" s="8" t="n">
+        <v>4158</v>
+      </c>
+      <c r="AE7" s="8" t="n">
+        <v>4827</v>
+      </c>
+      <c r="AF7" s="8" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AG7" s="8" t="n">
+        <v>5195</v>
+      </c>
+      <c r="AH7" s="8" t="n">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" s="8" t="n">
+        <v>766</v>
+      </c>
+      <c r="J8" s="8" t="n">
+        <v>770</v>
+      </c>
+      <c r="K8" s="8" t="n">
+        <v>760</v>
+      </c>
+      <c r="L8" s="8" t="n">
+        <v>748</v>
+      </c>
+      <c r="M8" s="8" t="n">
+        <v>720</v>
+      </c>
+      <c r="N8" s="8" t="n">
+        <v>689</v>
+      </c>
+      <c r="O8" s="8" t="n">
+        <v>633</v>
+      </c>
+      <c r="P8" s="8" t="n">
+        <v>735</v>
+      </c>
+      <c r="Q8" s="8" t="n">
+        <v>687</v>
+      </c>
+      <c r="R8" s="8" t="n">
+        <v>691</v>
+      </c>
+      <c r="S8" s="8" t="n">
+        <v>638</v>
+      </c>
+      <c r="T8" s="8" t="n">
+        <v>568</v>
+      </c>
+      <c r="U8" s="8" t="n">
+        <v>565</v>
+      </c>
+      <c r="V8" s="8" t="n">
+        <v>591</v>
+      </c>
+      <c r="W8" s="8" t="n">
+        <v>542</v>
+      </c>
+      <c r="X8" s="8" t="n">
+        <v>545</v>
+      </c>
+      <c r="Y8" s="8" t="n">
+        <v>616</v>
+      </c>
+      <c r="Z8" s="8" t="n">
+        <v>543</v>
+      </c>
+      <c r="AA8" s="8" t="n">
+        <v>506</v>
+      </c>
+      <c r="AB8" s="8" t="n">
+        <v>483</v>
+      </c>
+      <c r="AC8" s="8" t="n">
+        <v>475</v>
+      </c>
+      <c r="AD8" s="8" t="n">
+        <v>449</v>
+      </c>
+      <c r="AE8" s="8" t="n">
+        <v>336</v>
+      </c>
+      <c r="AF8" s="8" t="n">
+        <v>252</v>
+      </c>
+      <c r="AG8" s="8" t="n">
+        <v>227</v>
+      </c>
+      <c r="AH8" s="8" t="n">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I9" s="8" t="n">
+        <v>273</v>
+      </c>
+      <c r="J9" s="8" t="n">
+        <v>276</v>
+      </c>
+      <c r="K9" s="8" t="n">
+        <v>277</v>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>273</v>
+      </c>
+      <c r="M9" s="8" t="n">
+        <v>232</v>
+      </c>
+      <c r="N9" s="8" t="n">
+        <v>256</v>
+      </c>
+      <c r="O9" s="8" t="n">
+        <v>202</v>
+      </c>
+      <c r="P9" s="8" t="n">
+        <v>231</v>
+      </c>
+      <c r="Q9" s="8" t="n">
+        <v>229</v>
+      </c>
+      <c r="R9" s="8" t="n">
+        <v>196</v>
+      </c>
+      <c r="S9" s="8" t="n">
+        <v>217</v>
+      </c>
+      <c r="T9" s="8" t="n">
+        <v>226</v>
+      </c>
+      <c r="U9" s="8" t="n">
+        <v>183</v>
+      </c>
+      <c r="V9" s="8" t="n">
+        <v>189</v>
+      </c>
+      <c r="W9" s="8" t="n">
+        <v>152</v>
+      </c>
+      <c r="X9" s="8" t="n">
+        <v>161</v>
+      </c>
+      <c r="Y9" s="8" t="n">
+        <v>157</v>
+      </c>
+      <c r="Z9" s="8" t="n">
+        <v>131</v>
+      </c>
+      <c r="AA9" s="8" t="n">
+        <v>137</v>
+      </c>
+      <c r="AB9" s="8" t="n">
+        <v>122</v>
+      </c>
+      <c r="AC9" s="8" t="n">
+        <v>125</v>
+      </c>
+      <c r="AD9" s="8" t="n">
+        <v>135</v>
+      </c>
+      <c r="AE9" s="8" t="n">
+        <v>62</v>
+      </c>
+      <c r="AF9" s="8" t="n">
+        <v>61</v>
+      </c>
+      <c r="AG9" s="8" t="n">
+        <v>67</v>
+      </c>
+      <c r="AH9" s="8" t="n">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="8" t="n">
+        <v>399</v>
+      </c>
+      <c r="C10" s="8" t="n">
+        <v>375</v>
+      </c>
+      <c r="D10" s="8" t="n">
+        <v>409</v>
+      </c>
+      <c r="E10" s="8" t="n">
+        <v>406</v>
+      </c>
+      <c r="F10" s="8" t="n">
+        <v>428</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>455</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>465</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="S10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="T10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="U10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="V10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="W10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="X10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG10" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH10" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="8" t="n">
+        <v>652</v>
+      </c>
+      <c r="C11" s="8" t="n">
+        <v>656</v>
+      </c>
+      <c r="D11" s="8" t="n">
+        <v>644</v>
+      </c>
+      <c r="E11" s="8" t="n">
+        <v>624</v>
+      </c>
+      <c r="F11" s="8" t="n">
+        <v>565</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>585</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>594</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="S11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="T11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="U11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="V11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="W11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="X11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH11" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="S12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="T12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="U12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="V12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="W12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="X12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA12" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB12" s="8" t="n">
+        <v>3477</v>
+      </c>
+      <c r="AC12" s="8" t="n">
+        <v>3325</v>
+      </c>
+      <c r="AD12" s="8" t="n">
+        <v>3114</v>
+      </c>
+      <c r="AE12" s="8" t="n">
+        <v>2563</v>
+      </c>
+      <c r="AF12" s="8" t="n">
+        <v>1962</v>
+      </c>
+      <c r="AG12" s="8" t="n">
+        <v>2108</v>
+      </c>
+      <c r="AH12" s="8" t="n">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="8" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="8" t="n">
+        <v>114</v>
+      </c>
+      <c r="D13" s="8" t="n">
+        <v>94</v>
+      </c>
+      <c r="E13" s="8" t="n">
+        <v>92</v>
+      </c>
+      <c r="F13" s="8" t="n">
+        <v>97</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>100</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>102</v>
+      </c>
+      <c r="I13" s="8" t="n">
+        <v>83</v>
+      </c>
+      <c r="J13" s="8" t="n">
+        <v>68</v>
+      </c>
+      <c r="K13" s="8" t="n">
+        <v>89</v>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>72</v>
+      </c>
+      <c r="M13" s="8" t="n">
+        <v>132</v>
+      </c>
+      <c r="N13" s="8" t="n">
+        <v>164</v>
+      </c>
+      <c r="O13" s="8" t="n">
+        <v>158</v>
+      </c>
+      <c r="P13" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="Q13" s="8" t="n">
+        <v>49</v>
+      </c>
+      <c r="R13" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="S13" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="T13" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="U13" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="V13" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="W13" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="X13" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="Y13" s="8" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z13" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="AA13" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="AB13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG13" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH13" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" s="8" t="n">
+        <v>6052</v>
+      </c>
+      <c r="C14" s="8" t="n">
+        <v>6524</v>
+      </c>
+      <c r="D14" s="8" t="n">
+        <v>5974</v>
+      </c>
+      <c r="E14" s="8" t="n">
+        <v>7835</v>
+      </c>
+      <c r="F14" s="8" t="n">
+        <v>8027</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>4800</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>4928</v>
+      </c>
+      <c r="I14" s="8" t="n">
+        <v>5237</v>
+      </c>
+      <c r="J14" s="8" t="n">
+        <v>5033</v>
+      </c>
+      <c r="K14" s="8" t="n">
+        <v>6288</v>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>6292</v>
+      </c>
+      <c r="M14" s="8" t="n">
+        <v>5920</v>
+      </c>
+      <c r="N14" s="8" t="n">
+        <v>5731</v>
+      </c>
+      <c r="O14" s="8" t="n">
+        <v>5363</v>
+      </c>
+      <c r="P14" s="8" t="n">
+        <v>5731</v>
+      </c>
+      <c r="Q14" s="8" t="n">
+        <v>4171</v>
+      </c>
+      <c r="R14" s="8" t="n">
+        <v>4452</v>
+      </c>
+      <c r="S14" s="8" t="n">
+        <v>4342</v>
+      </c>
+      <c r="T14" s="8" t="n">
+        <v>4447</v>
+      </c>
+      <c r="U14" s="8" t="n">
+        <v>4407</v>
+      </c>
+      <c r="V14" s="8" t="n">
+        <v>4692</v>
+      </c>
+      <c r="W14" s="8" t="n">
+        <v>3856</v>
+      </c>
+      <c r="X14" s="8" t="n">
+        <v>3489</v>
+      </c>
+      <c r="Y14" s="8" t="n">
+        <v>3291</v>
+      </c>
+      <c r="Z14" s="8" t="n">
+        <v>3247</v>
+      </c>
+      <c r="AA14" s="8" t="n">
+        <v>3352</v>
+      </c>
+      <c r="AB14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH14" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="S15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="T15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="U15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="V15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="W15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="X15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA15" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB15" s="8" t="n">
+        <v>326</v>
+      </c>
+      <c r="AC15" s="8" t="n">
+        <v>322</v>
+      </c>
+      <c r="AD15" s="8" t="n">
+        <v>204</v>
+      </c>
+      <c r="AE15" s="8" t="n">
+        <v>193</v>
+      </c>
+      <c r="AF15" s="8" t="n">
+        <v>112</v>
+      </c>
+      <c r="AG15" s="8" t="n">
+        <v>101</v>
+      </c>
+      <c r="AH15" s="8" t="n">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="8" t="n">
+        <v>106</v>
+      </c>
+      <c r="C16" s="8" t="n">
+        <v>142</v>
+      </c>
+      <c r="D16" s="8" t="n">
+        <v>153</v>
+      </c>
+      <c r="E16" s="8" t="n">
+        <v>177</v>
+      </c>
+      <c r="F16" s="8" t="n">
+        <v>282</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>412</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>478</v>
+      </c>
+      <c r="I16" s="8" t="n">
+        <v>469</v>
+      </c>
+      <c r="J16" s="8" t="n">
+        <v>491</v>
+      </c>
+      <c r="K16" s="8" t="n">
+        <v>515</v>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>631</v>
+      </c>
+      <c r="M16" s="8" t="n">
+        <v>635</v>
+      </c>
+      <c r="N16" s="8" t="n">
+        <v>615</v>
+      </c>
+      <c r="O16" s="8" t="n">
+        <v>586</v>
+      </c>
+      <c r="P16" s="8" t="n">
+        <v>564</v>
+      </c>
+      <c r="Q16" s="8" t="n">
+        <v>543</v>
+      </c>
+      <c r="R16" s="8" t="n">
+        <v>573</v>
+      </c>
+      <c r="S16" s="8" t="n">
+        <v>487</v>
+      </c>
+      <c r="T16" s="8" t="n">
+        <v>467</v>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>422</v>
+      </c>
+      <c r="V16" s="8" t="n">
+        <v>410</v>
+      </c>
+      <c r="W16" s="8" t="n">
+        <v>311</v>
+      </c>
+      <c r="X16" s="8" t="n">
+        <v>296</v>
+      </c>
+      <c r="Y16" s="8" t="n">
+        <v>297</v>
+      </c>
+      <c r="Z16" s="8" t="n">
+        <v>215</v>
+      </c>
+      <c r="AA16" s="8" t="n">
+        <v>215</v>
+      </c>
+      <c r="AB16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH16" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" s="8" t="n">
+        <v>487</v>
+      </c>
+      <c r="C17" s="8" t="n">
+        <v>418</v>
+      </c>
+      <c r="D17" s="8" t="n">
+        <v>427</v>
+      </c>
+      <c r="E17" s="8" t="n">
+        <v>452</v>
+      </c>
+      <c r="F17" s="8" t="n">
+        <v>404</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>453</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>429</v>
+      </c>
+      <c r="I17" s="8" t="n">
+        <v>387</v>
+      </c>
+      <c r="J17" s="8" t="n">
+        <v>379</v>
+      </c>
+      <c r="K17" s="8" t="n">
+        <v>367</v>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>458</v>
+      </c>
+      <c r="M17" s="8" t="n">
+        <v>541</v>
+      </c>
+      <c r="N17" s="8" t="n">
+        <v>641</v>
+      </c>
+      <c r="O17" s="8" t="n">
+        <v>559</v>
+      </c>
+      <c r="P17" s="8" t="n">
+        <v>627</v>
+      </c>
+      <c r="Q17" s="8" t="n">
+        <v>434</v>
+      </c>
+      <c r="R17" s="8" t="n">
+        <v>471</v>
+      </c>
+      <c r="S17" s="8" t="n">
+        <v>469</v>
+      </c>
+      <c r="T17" s="8" t="n">
+        <v>541</v>
+      </c>
+      <c r="U17" s="8" t="n">
+        <v>479</v>
+      </c>
+      <c r="V17" s="8" t="n">
+        <v>492</v>
+      </c>
+      <c r="W17" s="8" t="n">
+        <v>414</v>
+      </c>
+      <c r="X17" s="8" t="n">
+        <v>278</v>
+      </c>
+      <c r="Y17" s="8" t="n">
+        <v>289</v>
+      </c>
+      <c r="Z17" s="8" t="n">
+        <v>257</v>
+      </c>
+      <c r="AA17" s="8" t="n">
+        <v>278</v>
+      </c>
+      <c r="AB17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG17" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH17" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="8" t="n">
+        <v>1077</v>
+      </c>
+      <c r="C18" s="8" t="n">
+        <v>1146</v>
+      </c>
+      <c r="D18" s="8" t="n">
+        <v>1210</v>
+      </c>
+      <c r="E18" s="8" t="n">
+        <v>1175</v>
+      </c>
+      <c r="F18" s="8" t="n">
+        <v>1197</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>1198</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>1385</v>
+      </c>
+      <c r="I18" s="8" t="n">
+        <v>1721</v>
+      </c>
+      <c r="J18" s="8" t="n">
+        <v>1730</v>
+      </c>
+      <c r="K18" s="8" t="n">
+        <v>1733</v>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>1650</v>
+      </c>
+      <c r="M18" s="8" t="n">
+        <v>1622</v>
+      </c>
+      <c r="N18" s="8" t="n">
+        <v>1498</v>
+      </c>
+      <c r="O18" s="8" t="n">
+        <v>1683</v>
+      </c>
+      <c r="P18" s="8" t="n">
+        <v>1656</v>
+      </c>
+      <c r="Q18" s="8" t="n">
+        <v>1593</v>
+      </c>
+      <c r="R18" s="8" t="n">
+        <v>2010</v>
+      </c>
+      <c r="S18" s="8" t="n">
+        <v>1882</v>
+      </c>
+      <c r="T18" s="8" t="n">
+        <v>1756</v>
+      </c>
+      <c r="U18" s="8" t="n">
+        <v>1784</v>
+      </c>
+      <c r="V18" s="8" t="n">
+        <v>1680</v>
+      </c>
+      <c r="W18" s="8" t="n">
+        <v>1575</v>
+      </c>
+      <c r="X18" s="8" t="n">
+        <v>1570</v>
+      </c>
+      <c r="Y18" s="8" t="n">
+        <v>1632</v>
+      </c>
+      <c r="Z18" s="8" t="n">
+        <v>1679</v>
+      </c>
+      <c r="AA18" s="8" t="n">
+        <v>1512</v>
+      </c>
+      <c r="AB18" s="8" t="n">
+        <v>1533</v>
+      </c>
+      <c r="AC18" s="8" t="n">
+        <v>1471</v>
+      </c>
+      <c r="AD18" s="8" t="n">
+        <v>1313</v>
+      </c>
+      <c r="AE18" s="8" t="n">
+        <v>2374</v>
+      </c>
+      <c r="AF18" s="8" t="n">
+        <v>2151</v>
+      </c>
+      <c r="AG18" s="8" t="n">
+        <v>2694</v>
+      </c>
+      <c r="AH18" s="8" t="n">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" s="8" t="n">
+        <v>21</v>
+      </c>
+      <c r="C19" s="8" t="n">
+        <v>23</v>
+      </c>
+      <c r="D19" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="E19" s="8" t="n">
+        <v>25</v>
+      </c>
+      <c r="F19" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>23</v>
+      </c>
+      <c r="I19" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="J19" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="K19" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="M19" s="8" t="n">
+        <v>38</v>
+      </c>
+      <c r="N19" s="8" t="n">
+        <v>34</v>
+      </c>
+      <c r="O19" s="8" t="n">
+        <v>32</v>
+      </c>
+      <c r="P19" s="8" t="n">
+        <v>42</v>
+      </c>
+      <c r="Q19" s="8" t="n">
+        <v>40</v>
+      </c>
+      <c r="R19" s="8" t="n">
+        <v>47</v>
+      </c>
+      <c r="S19" s="8" t="n">
+        <v>50</v>
+      </c>
+      <c r="T19" s="8" t="n">
+        <v>52</v>
+      </c>
+      <c r="U19" s="8" t="n">
+        <v>48</v>
+      </c>
+      <c r="V19" s="8" t="n">
+        <v>52</v>
+      </c>
+      <c r="W19" s="8" t="n">
+        <v>58</v>
+      </c>
+      <c r="X19" s="8" t="n">
+        <v>57</v>
+      </c>
+      <c r="Y19" s="8" t="n">
+        <v>69</v>
+      </c>
+      <c r="Z19" s="8" t="n">
+        <v>75</v>
+      </c>
+      <c r="AA19" s="8" t="n">
+        <v>69</v>
+      </c>
+      <c r="AB19" s="8" t="n">
+        <v>72</v>
+      </c>
+      <c r="AC19" s="8" t="n">
+        <v>63</v>
+      </c>
+      <c r="AD19" s="8" t="n">
+        <v>58</v>
+      </c>
+      <c r="AE19" s="8" t="n">
+        <v>120</v>
+      </c>
+      <c r="AF19" s="8" t="n">
+        <v>116</v>
+      </c>
+      <c r="AG19" s="8" t="n">
+        <v>134</v>
+      </c>
+      <c r="AH19" s="8" t="n">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="8" t="n">
+        <v>14540</v>
+      </c>
+      <c r="C20" s="8" t="n">
+        <v>14951</v>
+      </c>
+      <c r="D20" s="8" t="n">
+        <v>15079</v>
+      </c>
+      <c r="E20" s="8" t="n">
+        <v>15086</v>
+      </c>
+      <c r="F20" s="8" t="n">
+        <v>14830</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>15550</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>17464</v>
+      </c>
+      <c r="I20" s="8" t="n">
+        <v>16417</v>
+      </c>
+      <c r="J20" s="8" t="n">
+        <v>17624</v>
+      </c>
+      <c r="K20" s="8" t="n">
+        <v>17653</v>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>16405</v>
+      </c>
+      <c r="M20" s="8" t="n">
+        <v>16677</v>
+      </c>
+      <c r="N20" s="8" t="n">
+        <v>17164</v>
+      </c>
+      <c r="O20" s="8" t="n">
+        <v>18894</v>
+      </c>
+      <c r="P20" s="8" t="n">
+        <v>19716</v>
+      </c>
+      <c r="Q20" s="8" t="n">
+        <v>19277</v>
+      </c>
+      <c r="R20" s="8" t="n">
+        <v>19615</v>
+      </c>
+      <c r="S20" s="8" t="n">
+        <v>20902</v>
+      </c>
+      <c r="T20" s="8" t="n">
+        <v>17780</v>
+      </c>
+      <c r="U20" s="8" t="n">
+        <v>20825</v>
+      </c>
+      <c r="V20" s="8" t="n">
+        <v>19027</v>
+      </c>
+      <c r="W20" s="8" t="n">
+        <v>17262</v>
+      </c>
+      <c r="X20" s="8" t="n">
+        <v>19117</v>
+      </c>
+      <c r="Y20" s="8" t="n">
+        <v>19755</v>
+      </c>
+      <c r="Z20" s="8" t="n">
+        <v>18151</v>
+      </c>
+      <c r="AA20" s="8" t="n">
+        <v>18229</v>
+      </c>
+      <c r="AB20" s="8" t="n">
+        <v>19031</v>
+      </c>
+      <c r="AC20" s="8" t="n">
+        <v>17209</v>
+      </c>
+      <c r="AD20" s="8" t="n">
+        <v>16683</v>
+      </c>
+      <c r="AE20" s="8" t="n">
+        <v>24120</v>
+      </c>
+      <c r="AF20" s="8" t="n">
+        <v>26468</v>
+      </c>
+      <c r="AG20" s="8" t="n">
+        <v>29462</v>
+      </c>
+      <c r="AH20" s="8" t="n">
+        <v>24678</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" s="8" t="n">
+        <v>80944</v>
+      </c>
+      <c r="C21" s="8" t="n">
+        <v>90055</v>
+      </c>
+      <c r="D21" s="8" t="n">
+        <v>81357</v>
+      </c>
+      <c r="E21" s="8" t="n">
+        <v>82863</v>
+      </c>
+      <c r="F21" s="8" t="n">
+        <v>68542</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>73489</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>77181</v>
+      </c>
+      <c r="I21" s="8" t="n">
+        <v>68660</v>
+      </c>
+      <c r="J21" s="8" t="n">
+        <v>68814</v>
+      </c>
+      <c r="K21" s="8" t="n">
+        <v>66289</v>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>69154</v>
+      </c>
+      <c r="M21" s="8" t="n">
+        <v>57842</v>
+      </c>
+      <c r="N21" s="8" t="n">
+        <v>51473</v>
+      </c>
+      <c r="O21" s="8" t="n">
+        <v>56238</v>
+      </c>
+      <c r="P21" s="8" t="n">
+        <v>60932</v>
+      </c>
+      <c r="Q21" s="8" t="n">
+        <v>55609</v>
+      </c>
+      <c r="R21" s="8" t="n">
+        <v>56017</v>
+      </c>
+      <c r="S21" s="8" t="n">
+        <v>56558</v>
+      </c>
+      <c r="T21" s="8" t="n">
+        <v>48323</v>
+      </c>
+      <c r="U21" s="8" t="n">
+        <v>52806</v>
+      </c>
+      <c r="V21" s="8" t="n">
+        <v>68781</v>
+      </c>
+      <c r="W21" s="8" t="n">
+        <v>66199</v>
+      </c>
+      <c r="X21" s="8" t="n">
+        <v>70143</v>
+      </c>
+      <c r="Y21" s="8" t="n">
+        <v>69025</v>
+      </c>
+      <c r="Z21" s="8" t="n">
+        <v>63369</v>
+      </c>
+      <c r="AA21" s="8" t="n">
+        <v>55511</v>
+      </c>
+      <c r="AB21" s="8" t="n">
+        <v>66862</v>
+      </c>
+      <c r="AC21" s="8" t="n">
+        <v>65889</v>
+      </c>
+      <c r="AD21" s="8" t="n">
+        <v>73916</v>
+      </c>
+      <c r="AE21" s="8" t="n">
+        <v>69653</v>
+      </c>
+      <c r="AF21" s="8" t="n">
+        <v>35527</v>
+      </c>
+      <c r="AG21" s="8" t="n">
+        <v>38529</v>
+      </c>
+      <c r="AH21" s="8" t="n">
+        <v>37240</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" s="8" t="n">
+        <v>60</v>
+      </c>
+      <c r="C22" s="8" t="n">
+        <v>37</v>
+      </c>
+      <c r="D22" s="8" t="n">
+        <v>41</v>
+      </c>
+      <c r="E22" s="8" t="n">
+        <v>37</v>
+      </c>
+      <c r="F22" s="8" t="n">
+        <v>37</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>47</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>17</v>
+      </c>
+      <c r="I22" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="J22" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="K22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>16</v>
+      </c>
+      <c r="M22" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="N22" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="O22" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="P22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="R22" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="S22" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="T22" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="U22" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="V22" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="W22" s="8" t="n">
+        <v>24</v>
+      </c>
+      <c r="X22" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="Y22" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="Z22" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="AA22" s="8" t="n">
+        <v>24</v>
+      </c>
+      <c r="AB22" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="AC22" s="8" t="n">
         <v>30</v>
       </c>
-      <c r="B5" s="31">
-[...78 lines deleted...]
-        <v>13486</v>
+      <c r="AD22" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="AE22" s="8" t="n">
+        <v>21</v>
+      </c>
+      <c r="AF22" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG22" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH22" s="8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="6" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="30" t="s">
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B23" s="8" t="n">
+        <v>55</v>
+      </c>
+      <c r="C23" s="8" t="n">
+        <v>42</v>
+      </c>
+      <c r="D23" s="8" t="n">
+        <v>64</v>
+      </c>
+      <c r="E23" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="F23" s="8" t="n">
+        <v>34</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>42</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="I23" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="J23" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="K23" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="M23" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="N23" s="8" t="n">
+        <v>44</v>
+      </c>
+      <c r="O23" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="P23" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="Q23" s="8" t="n">
+        <v>3</v>
+      </c>
+      <c r="R23" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="S23" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="T23" s="8" t="n">
+        <v>18</v>
+      </c>
+      <c r="U23" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="V23" s="8" t="n">
+        <v>46</v>
+      </c>
+      <c r="W23" s="8" t="n">
+        <v>12</v>
+      </c>
+      <c r="X23" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="Y23" s="8" t="n">
+        <v>32</v>
+      </c>
+      <c r="Z23" s="8" t="n">
+        <v>47</v>
+      </c>
+      <c r="AA23" s="8" t="n">
+        <v>29</v>
+      </c>
+      <c r="AB23" s="8" t="n">
+        <v>90</v>
+      </c>
+      <c r="AC23" s="8" t="n">
+        <v>94</v>
+      </c>
+      <c r="AD23" s="8" t="n">
+        <v>84</v>
+      </c>
+      <c r="AE23" s="8" t="n">
+        <v>90</v>
+      </c>
+      <c r="AF23" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG23" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH23" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="8" t="n">
+        <v>21</v>
+      </c>
+      <c r="C24" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="D24" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="E24" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="F24" s="8" t="n">
+        <v>21</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>29</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="I24" s="8" t="n">
+        <v>28</v>
+      </c>
+      <c r="J24" s="8" t="n">
+        <v>17</v>
+      </c>
+      <c r="K24" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>14</v>
+      </c>
+      <c r="M24" s="8" t="n">
+        <v>14</v>
+      </c>
+      <c r="N24" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="O24" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="P24" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="R24" s="8" t="n">
+        <v>14</v>
+      </c>
+      <c r="S24" s="8" t="n">
+        <v>24</v>
+      </c>
+      <c r="T24" s="8" t="n">
         <v>31</v>
       </c>
-      <c r="B6" s="31">
-[...78 lines deleted...]
-        <v>4863</v>
+      <c r="U24" s="8" t="n">
+        <v>46</v>
+      </c>
+      <c r="V24" s="8" t="n">
+        <v>36</v>
+      </c>
+      <c r="W24" s="8" t="n">
+        <v>46</v>
+      </c>
+      <c r="X24" s="8" t="n">
+        <v>39</v>
+      </c>
+      <c r="Y24" s="8" t="n">
+        <v>32</v>
+      </c>
+      <c r="Z24" s="8" t="n">
+        <v>44</v>
+      </c>
+      <c r="AA24" s="8" t="n">
+        <v>31</v>
+      </c>
+      <c r="AB24" s="8" t="n">
+        <v>58</v>
+      </c>
+      <c r="AC24" s="8" t="n">
+        <v>57</v>
+      </c>
+      <c r="AD24" s="8" t="n">
+        <v>61</v>
+      </c>
+      <c r="AE24" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="AF24" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG24" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH24" s="8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="7" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="30" t="s">
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="C25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="D25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="E25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="F25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="I25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="J25" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="K25" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="M25" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="N25" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="O25" s="8" t="n">
+        <v>27</v>
+      </c>
+      <c r="P25" s="8" t="n">
+        <v>50</v>
+      </c>
+      <c r="Q25" s="8" t="n">
+        <v>62</v>
+      </c>
+      <c r="R25" s="8" t="n">
+        <v>31</v>
+      </c>
+      <c r="S25" s="8" t="n">
+        <v>19</v>
+      </c>
+      <c r="T25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="U25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="V25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="W25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="X25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AC25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD25" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE25" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF25" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG25" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH25" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="8" t="n">
+        <v>188</v>
+      </c>
+      <c r="C26" s="8" t="n">
+        <v>200</v>
+      </c>
+      <c r="D26" s="8" t="n">
+        <v>205</v>
+      </c>
+      <c r="E26" s="8" t="n">
+        <v>237</v>
+      </c>
+      <c r="F26" s="8" t="n">
+        <v>168</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>91</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>83</v>
+      </c>
+      <c r="I26" s="8" t="n">
+        <v>109</v>
+      </c>
+      <c r="J26" s="8" t="n">
+        <v>111</v>
+      </c>
+      <c r="K26" s="8" t="n">
+        <v>89</v>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>115</v>
+      </c>
+      <c r="M26" s="8" t="n">
+        <v>230</v>
+      </c>
+      <c r="N26" s="8" t="n">
+        <v>100</v>
+      </c>
+      <c r="O26" s="8" t="n">
+        <v>102</v>
+      </c>
+      <c r="P26" s="8" t="n">
+        <v>61</v>
+      </c>
+      <c r="Q26" s="8" t="n">
+        <v>55</v>
+      </c>
+      <c r="R26" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="S26" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="T26" s="8" t="n">
+        <v>40</v>
+      </c>
+      <c r="U26" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="V26" s="8" t="n">
+        <v>29</v>
+      </c>
+      <c r="W26" s="8" t="n">
+        <v>25</v>
+      </c>
+      <c r="X26" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="Y26" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="Z26" s="8" t="n">
+        <v>12</v>
+      </c>
+      <c r="AA26" s="8" t="n">
+        <v>20</v>
+      </c>
+      <c r="AB26" s="8" t="n">
+        <v>25</v>
+      </c>
+      <c r="AC26" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="AD26" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE26" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF26" s="8" t="n">
+        <v>367</v>
+      </c>
+      <c r="AG26" s="8" t="n">
+        <v>279</v>
+      </c>
+      <c r="AH26" s="8" t="n">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="C27" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="D27" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="F27" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="I27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="J27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="K27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="M27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="N27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="O27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="P27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="R27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="S27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="T27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="U27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="V27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="W27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="X27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="AA27" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="AB27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD27" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE27" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF27" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG27" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH27" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="8" t="n">
+        <v>41</v>
+      </c>
+      <c r="C28" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="D28" s="8" t="n">
+        <v>40</v>
+      </c>
+      <c r="E28" s="8" t="n">
         <v>32</v>
       </c>
-      <c r="B7" s="31">
-[...78 lines deleted...]
-        <v>4507</v>
+      <c r="F28" s="8" t="n">
+        <v>25</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>47</v>
+      </c>
+      <c r="I28" s="8" t="n">
+        <v>51</v>
+      </c>
+      <c r="J28" s="8" t="n">
+        <v>39</v>
+      </c>
+      <c r="K28" s="8" t="n">
+        <v>45</v>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>56</v>
+      </c>
+      <c r="M28" s="8" t="n">
+        <v>36</v>
+      </c>
+      <c r="N28" s="8" t="n">
+        <v>45</v>
+      </c>
+      <c r="O28" s="8" t="n">
+        <v>40</v>
+      </c>
+      <c r="P28" s="8" t="n">
+        <v>39</v>
+      </c>
+      <c r="Q28" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="R28" s="8" t="n">
+        <v>11</v>
+      </c>
+      <c r="S28" s="8" t="n">
+        <v>26</v>
+      </c>
+      <c r="T28" s="8" t="n">
+        <v>33</v>
+      </c>
+      <c r="U28" s="8" t="n">
+        <v>25</v>
+      </c>
+      <c r="V28" s="8" t="n">
+        <v>22</v>
+      </c>
+      <c r="W28" s="8" t="n">
+        <v>15</v>
+      </c>
+      <c r="X28" s="8" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y28" s="8" t="n">
+        <v>8</v>
+      </c>
+      <c r="Z28" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="AA28" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AB28" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE28" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF28" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG28" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH28" s="8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...48 lines deleted...]
-      <c r="Q8" s="46">
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="8" t="n">
+        <v>219</v>
+      </c>
+      <c r="C29" s="8" t="n">
+        <v>187</v>
+      </c>
+      <c r="D29" s="8" t="n">
+        <v>198</v>
+      </c>
+      <c r="E29" s="8" t="n">
+        <v>271</v>
+      </c>
+      <c r="F29" s="8" t="n">
+        <v>255</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>241</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>216</v>
+      </c>
+      <c r="I29" s="8" t="n">
+        <v>209</v>
+      </c>
+      <c r="J29" s="8" t="n">
+        <v>219</v>
+      </c>
+      <c r="K29" s="8" t="n">
+        <v>205</v>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>202</v>
+      </c>
+      <c r="M29" s="8" t="n">
+        <v>203</v>
+      </c>
+      <c r="N29" s="8" t="n">
+        <v>137</v>
+      </c>
+      <c r="O29" s="8" t="n">
+        <v>207</v>
+      </c>
+      <c r="P29" s="8" t="n">
+        <v>266</v>
+      </c>
+      <c r="Q29" s="8" t="n">
+        <v>207</v>
+      </c>
+      <c r="R29" s="8" t="n">
+        <v>196</v>
+      </c>
+      <c r="S29" s="8" t="n">
+        <v>134</v>
+      </c>
+      <c r="T29" s="8" t="n">
+        <v>128</v>
+      </c>
+      <c r="U29" s="8" t="n">
+        <v>136</v>
+      </c>
+      <c r="V29" s="8" t="n">
+        <v>112</v>
+      </c>
+      <c r="W29" s="8" t="n">
+        <v>95</v>
+      </c>
+      <c r="X29" s="8" t="n">
+        <v>79</v>
+      </c>
+      <c r="Y29" s="8" t="n">
+        <v>79</v>
+      </c>
+      <c r="Z29" s="8" t="n">
+        <v>77</v>
+      </c>
+      <c r="AA29" s="8" t="n">
+        <v>59</v>
+      </c>
+      <c r="AB29" s="8" t="n">
+        <v>134</v>
+      </c>
+      <c r="AC29" s="8" t="n">
+        <v>60</v>
+      </c>
+      <c r="AD29" s="8" t="n">
+        <v>96</v>
+      </c>
+      <c r="AE29" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF29" s="8" t="n">
+        <v>60</v>
+      </c>
+      <c r="AG29" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH29" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" s="8" t="n">
+        <v>291</v>
+      </c>
+      <c r="C30" s="8" t="n">
+        <v>217</v>
+      </c>
+      <c r="D30" s="8" t="n">
+        <v>172</v>
+      </c>
+      <c r="E30" s="8" t="n">
+        <v>133</v>
+      </c>
+      <c r="F30" s="8" t="n">
+        <v>130</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>171</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>180</v>
+      </c>
+      <c r="I30" s="8" t="n">
+        <v>152</v>
+      </c>
+      <c r="J30" s="8" t="n">
+        <v>159</v>
+      </c>
+      <c r="K30" s="8" t="n">
+        <v>154</v>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>204</v>
+      </c>
+      <c r="M30" s="8" t="n">
+        <v>285</v>
+      </c>
+      <c r="N30" s="8" t="n">
+        <v>202</v>
+      </c>
+      <c r="O30" s="8" t="n">
+        <v>215</v>
+      </c>
+      <c r="P30" s="8" t="n">
+        <v>385</v>
+      </c>
+      <c r="Q30" s="8" t="n">
+        <v>449</v>
+      </c>
+      <c r="R30" s="8" t="n">
+        <v>350</v>
+      </c>
+      <c r="S30" s="8" t="n">
+        <v>548</v>
+      </c>
+      <c r="T30" s="8" t="n">
+        <v>626</v>
+      </c>
+      <c r="U30" s="8" t="n">
+        <v>481</v>
+      </c>
+      <c r="V30" s="8" t="n">
         <v>542</v>
       </c>
-      <c r="R8" s="47">
-[...30 lines deleted...]
-        <v>216</v>
+      <c r="W30" s="8" t="n">
+        <v>206</v>
+      </c>
+      <c r="X30" s="8" t="n">
+        <v>266</v>
+      </c>
+      <c r="Y30" s="8" t="n">
+        <v>204</v>
+      </c>
+      <c r="Z30" s="8" t="n">
+        <v>241</v>
+      </c>
+      <c r="AA30" s="8" t="n">
+        <v>363</v>
+      </c>
+      <c r="AB30" s="8" t="n">
+        <v>1057</v>
+      </c>
+      <c r="AC30" s="8" t="n">
+        <v>1050</v>
+      </c>
+      <c r="AD30" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE30" s="8" t="n">
+        <v>1738</v>
+      </c>
+      <c r="AF30" s="8" t="n">
+        <v>2495</v>
+      </c>
+      <c r="AG30" s="8" t="n">
+        <v>2465</v>
+      </c>
+      <c r="AH30" s="8" t="n">
+        <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C9" s="32">
+    <row r="31" ht="15" customHeight="1">
+      <c r="A31" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="8" t="n">
+        <v>574</v>
+      </c>
+      <c r="C31" s="8" t="n">
+        <v>681</v>
+      </c>
+      <c r="D31" s="8" t="n">
+        <v>536</v>
+      </c>
+      <c r="E31" s="8" t="n">
+        <v>510</v>
+      </c>
+      <c r="F31" s="8" t="n">
+        <v>339</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>368</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>504</v>
+      </c>
+      <c r="I31" s="8" t="n">
+        <v>448</v>
+      </c>
+      <c r="J31" s="8" t="n">
+        <v>316</v>
+      </c>
+      <c r="K31" s="8" t="n">
+        <v>485</v>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>497</v>
+      </c>
+      <c r="M31" s="8" t="n">
+        <v>532</v>
+      </c>
+      <c r="N31" s="8" t="n">
+        <v>662</v>
+      </c>
+      <c r="O31" s="8" t="n">
+        <v>871</v>
+      </c>
+      <c r="P31" s="8" t="n">
         <v>273</v>
       </c>
-      <c r="D9" s="33">
-[...53 lines deleted...]
-      <c r="V9" s="51">
+      <c r="Q31" s="8" t="n">
+        <v>287</v>
+      </c>
+      <c r="R31" s="8" t="n">
+        <v>275</v>
+      </c>
+      <c r="S31" s="8" t="n">
+        <v>425</v>
+      </c>
+      <c r="T31" s="8" t="n">
+        <v>392</v>
+      </c>
+      <c r="U31" s="8" t="n">
+        <v>515</v>
+      </c>
+      <c r="V31" s="8" t="n">
+        <v>376</v>
+      </c>
+      <c r="W31" s="8" t="n">
+        <v>435</v>
+      </c>
+      <c r="X31" s="8" t="n">
+        <v>473</v>
+      </c>
+      <c r="Y31" s="8" t="n">
+        <v>493</v>
+      </c>
+      <c r="Z31" s="8" t="n">
+        <v>398</v>
+      </c>
+      <c r="AA31" s="8" t="n">
+        <v>573</v>
+      </c>
+      <c r="AB31" s="8" t="n">
+        <v>667</v>
+      </c>
+      <c r="AC31" s="8" t="n">
+        <v>737</v>
+      </c>
+      <c r="AD31" s="8" t="n">
+        <v>989</v>
+      </c>
+      <c r="AE31" s="8" t="n">
+        <v>883</v>
+      </c>
+      <c r="AF31" s="8" t="n">
+        <v>1168</v>
+      </c>
+      <c r="AG31" s="8" t="n">
+        <v>1059</v>
+      </c>
+      <c r="AH31" s="8" t="n">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B32" s="8" t="n">
+        <v>78</v>
+      </c>
+      <c r="C32" s="8" t="n">
+        <v>112</v>
+      </c>
+      <c r="D32" s="8" t="n">
         <v>122</v>
       </c>
-      <c r="W9" s="52">
-[...11 lines deleted...]
-      <c r="AA9" s="56">
+      <c r="E32" s="8" t="n">
+        <v>91</v>
+      </c>
+      <c r="F32" s="8" t="n">
+        <v>95</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>84</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>87</v>
+      </c>
+      <c r="I32" s="8" t="n">
+        <v>84</v>
+      </c>
+      <c r="J32" s="8" t="n">
+        <v>83</v>
+      </c>
+      <c r="K32" s="8" t="n">
+        <v>82</v>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>97</v>
+      </c>
+      <c r="M32" s="8" t="n">
+        <v>86</v>
+      </c>
+      <c r="N32" s="8" t="n">
+        <v>94</v>
+      </c>
+      <c r="O32" s="8" t="n">
+        <v>60</v>
+      </c>
+      <c r="P32" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="Q32" s="8" t="n">
+        <v>10</v>
+      </c>
+      <c r="R32" s="8" t="n">
+        <v>1001</v>
+      </c>
+      <c r="S32" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="T32" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="U32" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="V32" s="8" t="n">
+        <v>1</v>
+      </c>
+      <c r="W32" s="8" t="n">
+        <v>6</v>
+      </c>
+      <c r="X32" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="Y32" s="8" t="n">
+        <v>5</v>
+      </c>
+      <c r="Z32" s="8" t="n">
+        <v>9</v>
+      </c>
+      <c r="AA32" s="8" t="n">
+        <v>13</v>
+      </c>
+      <c r="AB32" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AD32" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AE32" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF32" s="8" t="n">
+        <v>50</v>
+      </c>
+      <c r="AG32" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="AH32" s="8" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="A33" s="1"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
+      <c r="L33" s="2"/>
+      <c r="M33" s="2"/>
+      <c r="N33" s="2"/>
+      <c r="O33" s="2"/>
+      <c r="P33" s="2"/>
+      <c r="Q33" s="2"/>
+      <c r="R33" s="2"/>
+      <c r="S33" s="2"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
+      <c r="V33" s="2"/>
+      <c r="W33" s="2"/>
+      <c r="X33" s="2"/>
+      <c r="Y33" s="2"/>
+      <c r="Z33" s="2"/>
+      <c r="AA33" s="2"/>
+      <c r="AB33" s="2"/>
+      <c r="AC33" s="2"/>
+      <c r="AD33" s="2"/>
+      <c r="AE33" s="2"/>
+      <c r="AF33" s="2"/>
+      <c r="AG33" s="2"/>
+      <c r="AH33" s="2"/>
+    </row>
+    <row r="34" ht="30" customHeight="1">
+      <c r="A34" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+      <c r="L34" s="2"/>
+      <c r="M34" s="2"/>
+      <c r="N34" s="2"/>
+      <c r="O34" s="2"/>
+      <c r="P34" s="2"/>
+      <c r="Q34" s="2"/>
+      <c r="R34" s="2"/>
+      <c r="S34" s="2"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="V34" s="2"/>
+      <c r="W34" s="2"/>
+      <c r="X34" s="2"/>
+      <c r="Y34" s="2"/>
+      <c r="Z34" s="2"/>
+      <c r="AA34" s="2"/>
+      <c r="AB34" s="2"/>
+      <c r="AC34" s="2"/>
+      <c r="AD34" s="2"/>
+      <c r="AE34" s="2"/>
+      <c r="AF34" s="2"/>
+      <c r="AG34" s="2"/>
+      <c r="AH34" s="2"/>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="A35" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
+      <c r="L35" s="2"/>
+      <c r="M35" s="2"/>
+      <c r="N35" s="2"/>
+      <c r="O35" s="2"/>
+      <c r="P35" s="2"/>
+      <c r="Q35" s="2"/>
+      <c r="R35" s="2"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2"/>
+      <c r="V35" s="2"/>
+      <c r="W35" s="2"/>
+      <c r="X35" s="2"/>
+      <c r="Y35" s="2"/>
+      <c r="Z35" s="2"/>
+      <c r="AA35" s="2"/>
+      <c r="AB35" s="2"/>
+      <c r="AC35" s="2"/>
+      <c r="AD35" s="2"/>
+      <c r="AE35" s="2"/>
+      <c r="AF35" s="2"/>
+      <c r="AG35" s="2"/>
+      <c r="AH35" s="2"/>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="A36" s="1"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
+      <c r="L36" s="2"/>
+      <c r="M36" s="2"/>
+      <c r="N36" s="2"/>
+      <c r="O36" s="2"/>
+      <c r="P36" s="2"/>
+      <c r="Q36" s="2"/>
+      <c r="R36" s="2"/>
+      <c r="S36" s="2"/>
+      <c r="T36" s="2"/>
+      <c r="U36" s="2"/>
+      <c r="V36" s="2"/>
+      <c r="W36" s="2"/>
+      <c r="X36" s="2"/>
+      <c r="Y36" s="2"/>
+      <c r="Z36" s="2"/>
+      <c r="AA36" s="2"/>
+      <c r="AB36" s="2"/>
+      <c r="AC36" s="2"/>
+      <c r="AD36" s="2"/>
+      <c r="AE36" s="2"/>
+      <c r="AF36" s="2"/>
+      <c r="AG36" s="2"/>
+      <c r="AH36" s="2"/>
+    </row>
+    <row r="37" ht="81" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1">
+      <c r="A38" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="AB9" s="57">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="10" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2257 lines deleted...]
-    <row r="501" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="A2:T2"/>
-    <mergeCell ref="A33:T33"/>
-[...1 lines deleted...]
-    <mergeCell ref="A32:H32"/>
+    <mergeCell ref="A34:T34"/>
+    <mergeCell ref="A35:T35"/>
+    <mergeCell ref="A38:T38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...19 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ARES</dc:creator>
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>