--- v0 (2025-11-01)
+++ v1 (2026-03-07)
@@ -11,56 +11,56 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Zuger Finanzausgleich" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <si>
     <t xml:space="preserve">Zuger Finanzausgleich</t>
   </si>
   <si>
-    <t xml:space="preserve">Nehmergemeinden (-) Gebergemeinden (+) in Franken, 2009 bis 2025</t>
+    <t xml:space="preserve">Nehmergemeinden (-) Gebergemeinden (+) in Franken, 2009 bis 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">2009</t>
   </si>
   <si>
     <t xml:space="preserve">2010</t>
   </si>
   <si>
     <t xml:space="preserve">2011</t>
   </si>
   <si>
     <t xml:space="preserve">2012</t>
   </si>
   <si>
     <t xml:space="preserve">2013</t>
   </si>
   <si>
     <t xml:space="preserve">2014</t>
   </si>
   <si>
     <t xml:space="preserve">2015</t>
   </si>
@@ -73,118 +73,121 @@
   <si>
     <t xml:space="preserve">2018</t>
   </si>
   <si>
     <t xml:space="preserve">2019</t>
   </si>
   <si>
     <t xml:space="preserve">2020</t>
   </si>
   <si>
     <t xml:space="preserve">2021</t>
   </si>
   <si>
     <t xml:space="preserve">2022</t>
   </si>
   <si>
     <t xml:space="preserve">2023</t>
   </si>
   <si>
     <t xml:space="preserve">2024</t>
   </si>
   <si>
     <t xml:space="preserve">2025</t>
   </si>
   <si>
+    <t xml:space="preserve">2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cham</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hünenberg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Menzingen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neuheim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oberägeri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Risch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steinhausen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unterägeri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walchwil</t>
+  </si>
+  <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">Oberägeri</t>
-[...28 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Einlage Kanton </t>
+      <t xml:space="preserve">Einlage Kanton</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Total umverteilte Summe</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
-      <t xml:space="preserve"> Der Kanton beteiligte sich in den Jahren 2015–2017 mit jährlich 4,5 Millionen Franken am Finanzausgleich und entlastete damit die Gebergemeinden proportional zu ihren Beiträgen.</t>
+      <t xml:space="preserve"> Der Kanton beteiligte sich in den Jahren 2015 bis 2017 mit jährlich 4,5 Millionen Franken am Finanzausgleich und entlastete damit die Gebergemeinden proportional zu ihren Beiträgen.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Kanton Zug, Finanzdirektion</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Datenquelle: Kanton Zug, Finanzdirektion; Bundesamt für Statistik, STATPOP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -587,51 +590,51 @@
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="22.30375" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="10.5745833333333" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="10.99125" hidden="0" customWidth="1"/>
-    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="10.99125" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
     <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
     <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
     <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
     <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
     <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
     <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
@@ -737,222 +740,234 @@
       </c>
       <c r="K4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="6" t="s">
         <v>19</v>
       </c>
+      <c r="S4" s="6" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" s="8" t="n">
-        <v>57574723</v>
+        <v>7893078</v>
       </c>
       <c r="C5" s="8" t="n">
-        <v>52868379</v>
+        <v>12915786</v>
       </c>
       <c r="D5" s="8" t="n">
-        <v>58643257</v>
+        <v>9139456</v>
       </c>
       <c r="E5" s="8" t="n">
-        <v>52540358</v>
+        <v>11623681</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>56893376</v>
+        <v>12863952</v>
       </c>
       <c r="G5" s="8" t="n">
-        <v>51324030</v>
+        <v>3460826</v>
       </c>
       <c r="H5" s="8" t="n">
-        <v>43629117</v>
+        <v>10240675</v>
       </c>
       <c r="I5" s="8" t="n">
-        <v>41001488</v>
+        <v>6118013</v>
       </c>
       <c r="J5" s="8" t="n">
-        <v>49653951</v>
+        <v>3839280</v>
       </c>
       <c r="K5" s="8" t="n">
-        <v>52848086</v>
+        <v>7317542</v>
       </c>
       <c r="L5" s="8" t="n">
-        <v>53454488</v>
+        <v>10400081</v>
       </c>
       <c r="M5" s="8" t="n">
-        <v>55980927</v>
+        <v>17333206</v>
       </c>
       <c r="N5" s="8" t="n">
-        <v>60198676</v>
+        <v>14074769</v>
       </c>
       <c r="O5" s="8" t="n">
-        <v>59466553</v>
+        <v>8720532</v>
       </c>
       <c r="P5" s="8" t="n">
-        <v>69793088</v>
+        <v>5892879</v>
       </c>
       <c r="Q5" s="8" t="n">
-        <v>79465246</v>
+        <v>5446815</v>
       </c>
       <c r="R5" s="8" t="n">
-        <v>101180595</v>
+        <v>9739704</v>
+      </c>
+      <c r="S5" s="8" t="n">
+        <v>5274999</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" s="8" t="n">
-        <v>-2074407</v>
+        <v>-14730490</v>
       </c>
       <c r="C6" s="8" t="n">
-        <v>2381140</v>
+        <v>-16725235</v>
       </c>
       <c r="D6" s="8" t="n">
-        <v>1421028</v>
+        <v>-18468556</v>
       </c>
       <c r="E6" s="8" t="n">
-        <v>2543512</v>
+        <v>-17236779</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>-1220818</v>
+        <v>-17719864</v>
       </c>
       <c r="G6" s="8" t="n">
-        <v>16618659</v>
+        <v>-17317912</v>
       </c>
       <c r="H6" s="8" t="n">
-        <v>1417701</v>
+        <v>-17588670</v>
       </c>
       <c r="I6" s="8" t="n">
-        <v>1050326</v>
+        <v>-17598235</v>
       </c>
       <c r="J6" s="8" t="n">
-        <v>-117198</v>
+        <v>-17368655</v>
       </c>
       <c r="K6" s="8" t="n">
-        <v>208789</v>
+        <v>-22653141</v>
       </c>
       <c r="L6" s="8" t="n">
-        <v>2361200</v>
+        <v>-20867014</v>
       </c>
       <c r="M6" s="8" t="n">
-        <v>2393939</v>
+        <v>-21403443</v>
       </c>
       <c r="N6" s="8" t="n">
-        <v>3203227</v>
+        <v>-26441186</v>
       </c>
       <c r="O6" s="8" t="n">
-        <v>2209153</v>
+        <v>-22228851</v>
       </c>
       <c r="P6" s="8" t="n">
-        <v>807160</v>
+        <v>-19525656</v>
       </c>
       <c r="Q6" s="8" t="n">
-        <v>-695168</v>
+        <v>-29023448</v>
       </c>
       <c r="R6" s="8" t="n">
-        <v>-3407066</v>
+        <v>-27087972</v>
+      </c>
+      <c r="S6" s="8" t="n">
+        <v>-22030044</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B7" s="8" t="n">
-        <v>-15713906</v>
+        <v>-1805452</v>
       </c>
       <c r="C7" s="8" t="n">
-        <v>-16324118</v>
+        <v>-3483623</v>
       </c>
       <c r="D7" s="8" t="n">
-        <v>-14933637</v>
+        <v>-7982582</v>
       </c>
       <c r="E7" s="8" t="n">
-        <v>-14711227</v>
+        <v>-6264816</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>-15585298</v>
+        <v>-12545496</v>
       </c>
       <c r="G7" s="8" t="n">
-        <v>-16729918</v>
+        <v>-8690165</v>
       </c>
       <c r="H7" s="8" t="n">
-        <v>-14399809</v>
+        <v>-6277752</v>
       </c>
       <c r="I7" s="8" t="n">
-        <v>-15348695</v>
+        <v>-3034568</v>
       </c>
       <c r="J7" s="8" t="n">
-        <v>-14565233</v>
+        <v>-5153491</v>
       </c>
       <c r="K7" s="8" t="n">
-        <v>-15367673</v>
+        <v>-5816903</v>
       </c>
       <c r="L7" s="8" t="n">
-        <v>-15856021</v>
+        <v>-6913147</v>
       </c>
       <c r="M7" s="8" t="n">
-        <v>-18086566</v>
+        <v>-8987822</v>
       </c>
       <c r="N7" s="8" t="n">
-        <v>-20311599</v>
+        <v>-9535217</v>
       </c>
       <c r="O7" s="8" t="n">
-        <v>-19615782</v>
+        <v>-8915270</v>
       </c>
       <c r="P7" s="8" t="n">
-        <v>-18814605</v>
+        <v>-9068700</v>
       </c>
       <c r="Q7" s="8" t="n">
-        <v>-22137448</v>
+        <v>-13630759</v>
       </c>
       <c r="R7" s="8" t="n">
-        <v>-28019015</v>
+        <v>-16942243</v>
+      </c>
+      <c r="S7" s="8" t="n">
+        <v>-17777289</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" s="8" t="n">
         <v>-11744690</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>-12842455</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>-11282797</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>-11084359</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>-13993827</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>-12085706</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>-11541585</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>-9694637</v>
       </c>
@@ -960,223 +975,235 @@
         <v>-11715484</v>
       </c>
       <c r="K8" s="8" t="n">
         <v>-12107839</v>
       </c>
       <c r="L8" s="8" t="n">
         <v>-12130541</v>
       </c>
       <c r="M8" s="8" t="n">
         <v>-13259524</v>
       </c>
       <c r="N8" s="8" t="n">
         <v>-14385684</v>
       </c>
       <c r="O8" s="8" t="n">
         <v>-13671736</v>
       </c>
       <c r="P8" s="8" t="n">
         <v>-14649466</v>
       </c>
       <c r="Q8" s="8" t="n">
         <v>-16252094</v>
       </c>
       <c r="R8" s="8" t="n">
         <v>-18752173</v>
+      </c>
+      <c r="S8" s="8" t="n">
+        <v>-18735906</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="8" t="n">
-        <v>7893078</v>
+        <v>-3866051</v>
       </c>
       <c r="C9" s="8" t="n">
-        <v>12915786</v>
+        <v>-4173623</v>
       </c>
       <c r="D9" s="8" t="n">
-        <v>9139456</v>
+        <v>-4053916</v>
       </c>
       <c r="E9" s="8" t="n">
-        <v>11623681</v>
+        <v>-4014846</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>12863952</v>
+        <v>-3793071</v>
       </c>
       <c r="G9" s="8" t="n">
-        <v>3460826</v>
+        <v>-3585724</v>
       </c>
       <c r="H9" s="8" t="n">
-        <v>10240675</v>
+        <v>-4444185</v>
       </c>
       <c r="I9" s="8" t="n">
-        <v>6118013</v>
+        <v>-4048604</v>
       </c>
       <c r="J9" s="8" t="n">
-        <v>3839280</v>
+        <v>-4713348</v>
       </c>
       <c r="K9" s="8" t="n">
-        <v>7317542</v>
+        <v>-4541521</v>
       </c>
       <c r="L9" s="8" t="n">
-        <v>10400081</v>
+        <v>-4325469</v>
       </c>
       <c r="M9" s="8" t="n">
-        <v>17333206</v>
+        <v>-4561452</v>
       </c>
       <c r="N9" s="8" t="n">
-        <v>14074769</v>
+        <v>-5322769</v>
       </c>
       <c r="O9" s="8" t="n">
-        <v>8720532</v>
+        <v>-4518557</v>
       </c>
       <c r="P9" s="8" t="n">
-        <v>5892879</v>
+        <v>-3794525</v>
       </c>
       <c r="Q9" s="8" t="n">
-        <v>5446815</v>
+        <v>-6511446</v>
       </c>
       <c r="R9" s="8" t="n">
-        <v>9739704</v>
+        <v>-8572435</v>
+      </c>
+      <c r="S9" s="8" t="n">
+        <v>-7795914</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="8" t="n">
-        <v>-14730490</v>
+        <v>-2074407</v>
       </c>
       <c r="C10" s="8" t="n">
-        <v>-16725235</v>
+        <v>2381140</v>
       </c>
       <c r="D10" s="8" t="n">
-        <v>-18468556</v>
+        <v>1421028</v>
       </c>
       <c r="E10" s="8" t="n">
-        <v>-17236779</v>
+        <v>2543512</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>-17719864</v>
+        <v>-1220818</v>
       </c>
       <c r="G10" s="8" t="n">
-        <v>-17317912</v>
+        <v>16618659</v>
       </c>
       <c r="H10" s="8" t="n">
-        <v>-17588670</v>
+        <v>1417701</v>
       </c>
       <c r="I10" s="8" t="n">
-        <v>-17598235</v>
+        <v>1050326</v>
       </c>
       <c r="J10" s="8" t="n">
-        <v>-17368655</v>
+        <v>-117198</v>
       </c>
       <c r="K10" s="8" t="n">
-        <v>-22653141</v>
+        <v>208789</v>
       </c>
       <c r="L10" s="8" t="n">
-        <v>-20867014</v>
+        <v>2361200</v>
       </c>
       <c r="M10" s="8" t="n">
-        <v>-21403443</v>
+        <v>2393939</v>
       </c>
       <c r="N10" s="8" t="n">
-        <v>-26441186</v>
+        <v>3203227</v>
       </c>
       <c r="O10" s="8" t="n">
-        <v>-22228851</v>
+        <v>2209153</v>
       </c>
       <c r="P10" s="8" t="n">
-        <v>-19525656</v>
+        <v>807160</v>
       </c>
       <c r="Q10" s="8" t="n">
-        <v>-29023448</v>
+        <v>-695168</v>
       </c>
       <c r="R10" s="8" t="n">
-        <v>-27087972</v>
+        <v>-3407066</v>
+      </c>
+      <c r="S10" s="8" t="n">
+        <v>2306763</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="8" t="n">
-        <v>-1805452</v>
+        <v>-6035366</v>
       </c>
       <c r="C11" s="8" t="n">
-        <v>-3483623</v>
+        <v>-8027201</v>
       </c>
       <c r="D11" s="8" t="n">
-        <v>-7982582</v>
+        <v>-3356774</v>
       </c>
       <c r="E11" s="8" t="n">
-        <v>-6264816</v>
+        <v>-8437778</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>-12545496</v>
+        <v>-15583391</v>
       </c>
       <c r="G11" s="8" t="n">
-        <v>-8690165</v>
+        <v>-7081254</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>-6277752</v>
+        <v>-4624783</v>
       </c>
       <c r="I11" s="8" t="n">
-        <v>-3034568</v>
+        <v>-3111789</v>
       </c>
       <c r="J11" s="8" t="n">
-        <v>-5153491</v>
+        <v>-4778942</v>
       </c>
       <c r="K11" s="8" t="n">
-        <v>-5816903</v>
+        <v>-3476479</v>
       </c>
       <c r="L11" s="8" t="n">
-        <v>-6913147</v>
+        <v>-5107820</v>
       </c>
       <c r="M11" s="8" t="n">
-        <v>-8987822</v>
+        <v>-8166680</v>
       </c>
       <c r="N11" s="8" t="n">
-        <v>-9535217</v>
+        <v>-4546921</v>
       </c>
       <c r="O11" s="8" t="n">
-        <v>-8915270</v>
+        <v>-8602297</v>
       </c>
       <c r="P11" s="8" t="n">
-        <v>-9068700</v>
+        <v>-5030310</v>
       </c>
       <c r="Q11" s="8" t="n">
-        <v>-13630759</v>
+        <v>1261632</v>
       </c>
       <c r="R11" s="8" t="n">
-        <v>-16942243</v>
+        <v>-7832638</v>
+      </c>
+      <c r="S11" s="8" t="n">
+        <v>-11826850</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="8" t="n">
         <v>-10659570</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>-8539606</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>-12047339</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>-9580819</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>-9803357</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>-9596539</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>-4602172</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>-4611079</v>
       </c>
@@ -1184,111 +1211,117 @@
         <v>-3419386</v>
       </c>
       <c r="K12" s="8" t="n">
         <v>344361</v>
       </c>
       <c r="L12" s="8" t="n">
         <v>-2454187</v>
       </c>
       <c r="M12" s="8" t="n">
         <v>-2283765</v>
       </c>
       <c r="N12" s="8" t="n">
         <v>1981</v>
       </c>
       <c r="O12" s="8" t="n">
         <v>2932411</v>
       </c>
       <c r="P12" s="8" t="n">
         <v>-7904778</v>
       </c>
       <c r="Q12" s="8" t="n">
         <v>941066</v>
       </c>
       <c r="R12" s="8" t="n">
         <v>-1260942</v>
+      </c>
+      <c r="S12" s="8" t="n">
+        <v>-4273713</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" s="8" t="n">
-        <v>-6035366</v>
+        <v>-15713906</v>
       </c>
       <c r="C13" s="8" t="n">
-        <v>-8027201</v>
+        <v>-16324118</v>
       </c>
       <c r="D13" s="8" t="n">
-        <v>-3356774</v>
+        <v>-14933637</v>
       </c>
       <c r="E13" s="8" t="n">
-        <v>-8437778</v>
+        <v>-14711227</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>-15583391</v>
+        <v>-15585298</v>
       </c>
       <c r="G13" s="8" t="n">
-        <v>-7081254</v>
+        <v>-16729918</v>
       </c>
       <c r="H13" s="8" t="n">
-        <v>-4624783</v>
+        <v>-14399809</v>
       </c>
       <c r="I13" s="8" t="n">
-        <v>-3111789</v>
+        <v>-15348695</v>
       </c>
       <c r="J13" s="8" t="n">
-        <v>-4778942</v>
+        <v>-14565233</v>
       </c>
       <c r="K13" s="8" t="n">
-        <v>-3476479</v>
+        <v>-15367673</v>
       </c>
       <c r="L13" s="8" t="n">
-        <v>-5107820</v>
+        <v>-15856021</v>
       </c>
       <c r="M13" s="8" t="n">
-        <v>-8166680</v>
+        <v>-18086566</v>
       </c>
       <c r="N13" s="8" t="n">
-        <v>-4546921</v>
+        <v>-20311599</v>
       </c>
       <c r="O13" s="8" t="n">
-        <v>-8602297</v>
+        <v>-19615782</v>
       </c>
       <c r="P13" s="8" t="n">
-        <v>-5030310</v>
+        <v>-18814605</v>
       </c>
       <c r="Q13" s="8" t="n">
-        <v>1261632</v>
+        <v>-22137448</v>
       </c>
       <c r="R13" s="8" t="n">
-        <v>-7832638</v>
+        <v>-28019015</v>
+      </c>
+      <c r="S13" s="8" t="n">
+        <v>-28390455</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="8" t="n">
         <v>1162131</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>1950556</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>2921860</v>
       </c>
       <c r="E14" s="8" t="n">
         <v>4623073</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>20487794</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>3683703</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>3691463</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>4777780</v>
       </c>
@@ -1296,139 +1329,146 @@
         <v>3838506</v>
       </c>
       <c r="K14" s="8" t="n">
         <v>3244778</v>
       </c>
       <c r="L14" s="8" t="n">
         <v>1438430</v>
       </c>
       <c r="M14" s="8" t="n">
         <v>1041180</v>
       </c>
       <c r="N14" s="8" t="n">
         <v>3064723</v>
       </c>
       <c r="O14" s="8" t="n">
         <v>4223844</v>
       </c>
       <c r="P14" s="8" t="n">
         <v>2294913</v>
       </c>
       <c r="Q14" s="8" t="n">
         <v>1135604</v>
       </c>
       <c r="R14" s="8" t="n">
         <v>954185</v>
+      </c>
+      <c r="S14" s="8" t="n">
+        <v>1500102</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="8" t="n">
-        <v>-3866051</v>
+        <v>57574723</v>
       </c>
       <c r="C15" s="8" t="n">
-        <v>-4173623</v>
+        <v>52868379</v>
       </c>
       <c r="D15" s="8" t="n">
-        <v>-4053916</v>
+        <v>58643257</v>
       </c>
       <c r="E15" s="8" t="n">
-        <v>-4014846</v>
+        <v>52540358</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>-3793071</v>
+        <v>56893376</v>
       </c>
       <c r="G15" s="8" t="n">
-        <v>-3585724</v>
+        <v>51324030</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>-4444185</v>
+        <v>43629117</v>
       </c>
       <c r="I15" s="8" t="n">
-        <v>-4048604</v>
+        <v>41001488</v>
       </c>
       <c r="J15" s="8" t="n">
-        <v>-4713348</v>
+        <v>49653951</v>
       </c>
       <c r="K15" s="8" t="n">
-        <v>-4541521</v>
+        <v>52848086</v>
       </c>
       <c r="L15" s="8" t="n">
-        <v>-4325469</v>
+        <v>53454488</v>
       </c>
       <c r="M15" s="8" t="n">
-        <v>-4561452</v>
+        <v>55980927</v>
       </c>
       <c r="N15" s="8" t="n">
-        <v>-5322769</v>
+        <v>60198676</v>
       </c>
       <c r="O15" s="8" t="n">
-        <v>-4518557</v>
+        <v>59466553</v>
       </c>
       <c r="P15" s="8" t="n">
-        <v>-3794525</v>
+        <v>69793088</v>
       </c>
       <c r="Q15" s="8" t="n">
-        <v>-6511446</v>
+        <v>79465246</v>
       </c>
       <c r="R15" s="8" t="n">
-        <v>-8572435</v>
+        <v>101180595</v>
+      </c>
+      <c r="S15" s="8" t="n">
+        <v>101748307</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8" t="n">
         <v>4500000</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>4500000</v>
       </c>
       <c r="J16" s="8" t="n">
         <v>4500000</v>
       </c>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" s="8" t="n">
         <v>66629932</v>
       </c>
       <c r="C17" s="8" t="n">
         <v>70115861</v>
       </c>
       <c r="D17" s="8" t="n">
         <v>72125601</v>
       </c>
       <c r="E17" s="8" t="n">
         <v>71330624</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>90245122</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>75087218</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>63478956</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>57447607</v>
       </c>
@@ -1436,140 +1476,147 @@
         <v>61831737</v>
       </c>
       <c r="K17" s="8" t="n">
         <v>63963556</v>
       </c>
       <c r="L17" s="8" t="n">
         <v>67654199</v>
       </c>
       <c r="M17" s="8" t="n">
         <v>76749252</v>
       </c>
       <c r="N17" s="8" t="n">
         <v>80543376</v>
       </c>
       <c r="O17" s="8" t="n">
         <v>77552493</v>
       </c>
       <c r="P17" s="8" t="n">
         <v>78788040</v>
       </c>
       <c r="Q17" s="8" t="n">
         <v>88250363</v>
       </c>
       <c r="R17" s="8" t="n">
         <v>111874484</v>
+      </c>
+      <c r="S17" s="8" t="n">
+        <v>110830171</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
+      <c r="S19" s="2"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
+      <c r="S20" s="2"/>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="1"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
+      <c r="S21" s="2"/>
     </row>
     <row r="22" ht="81" customHeight="1"/>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -2007,50 +2054,50 @@
     <row r="478" ht="15" customHeight="1"/>
     <row r="479" ht="15" customHeight="1"/>
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:R1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A23:R23"/>
+    <mergeCell ref="A1:S1"/>
+    <mergeCell ref="A2:S2"/>
+    <mergeCell ref="A19:S19"/>
+    <mergeCell ref="A20:S20"/>
+    <mergeCell ref="A23:S23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>zgfrsa</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>