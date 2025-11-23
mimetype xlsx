--- v0 (2025-11-01)
+++ v1 (2025-11-23)
@@ -19,68 +19,82 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Zahlungen Total" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Zahlungen pro Kopf" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
     <t xml:space="preserve">Nationaler Finanzausgleich</t>
   </si>
   <si>
-    <t xml:space="preserve">2008 bis 2025 in Millionen Franken</t>
+    <r>
+      <t xml:space="preserve">2008 bis 2026</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+      </rPr>
+      <t xml:space="preserve">1)</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> in Millionen Franken</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">Kanton</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">2025 </t>
+      <t xml:space="preserve">2026</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">2025</t>
   </si>
   <si>
     <t xml:space="preserve">2024</t>
   </si>
   <si>
     <t xml:space="preserve">2023</t>
   </si>
   <si>
     <t xml:space="preserve">2022</t>
   </si>
   <si>
     <t xml:space="preserve">2021</t>
   </si>
   <si>
     <t xml:space="preserve">2020</t>
   </si>
   <si>
     <t xml:space="preserve">2019</t>
   </si>
   <si>
     <t xml:space="preserve">2018</t>
   </si>
   <si>
     <t xml:space="preserve">2017</t>
   </si>
@@ -90,179 +104,187 @@
   <si>
     <t xml:space="preserve">2015</t>
   </si>
   <si>
     <t xml:space="preserve">2014</t>
   </si>
   <si>
     <t xml:space="preserve">2013</t>
   </si>
   <si>
     <t xml:space="preserve">2012</t>
   </si>
   <si>
     <t xml:space="preserve">2011</t>
   </si>
   <si>
     <t xml:space="preserve">2010</t>
   </si>
   <si>
     <t xml:space="preserve">2009</t>
   </si>
   <si>
     <t xml:space="preserve">2008</t>
   </si>
   <si>
-    <t xml:space="preserve">ZH</t>
+    <t xml:space="preserve">Zürich</t>
   </si>
   <si>
-    <t xml:space="preserve">BE</t>
+    <t xml:space="preserve">Bern</t>
   </si>
   <si>
-    <t xml:space="preserve">LU</t>
+    <t xml:space="preserve">Luzern</t>
   </si>
   <si>
-    <t xml:space="preserve">UR</t>
+    <t xml:space="preserve">Uri</t>
   </si>
   <si>
-    <t xml:space="preserve">SZ</t>
+    <t xml:space="preserve">Schwyz</t>
   </si>
   <si>
-    <t xml:space="preserve">OW</t>
+    <t xml:space="preserve">Obwalden</t>
   </si>
   <si>
-    <t xml:space="preserve">NW</t>
+    <t xml:space="preserve">Nidwalden</t>
   </si>
   <si>
-    <t xml:space="preserve">GL</t>
+    <t xml:space="preserve">Glarus</t>
   </si>
   <si>
-    <t xml:space="preserve">ZG</t>
+    <t xml:space="preserve">Zug</t>
   </si>
   <si>
-    <t xml:space="preserve">FR</t>
+    <t xml:space="preserve">Freiburg</t>
   </si>
   <si>
-    <t xml:space="preserve">SO</t>
+    <t xml:space="preserve">Solothurn</t>
   </si>
   <si>
-    <t xml:space="preserve">BS</t>
+    <t xml:space="preserve">Basel-Stadt</t>
   </si>
   <si>
-    <t xml:space="preserve">BL</t>
+    <t xml:space="preserve">Basel-Landschaft</t>
   </si>
   <si>
-    <t xml:space="preserve">SH</t>
+    <t xml:space="preserve">Schaffhausen</t>
   </si>
   <si>
-    <t xml:space="preserve">AR</t>
+    <t xml:space="preserve">Appenzell Ausserrhoden</t>
   </si>
   <si>
-    <t xml:space="preserve">AI</t>
+    <t xml:space="preserve">Appenzell Innerrhoden</t>
   </si>
   <si>
-    <t xml:space="preserve">SG</t>
+    <t xml:space="preserve">St. Gallen</t>
   </si>
   <si>
-    <t xml:space="preserve">GR</t>
+    <t xml:space="preserve">Graubünden</t>
   </si>
   <si>
-    <t xml:space="preserve">AG</t>
+    <t xml:space="preserve">Aargau</t>
   </si>
   <si>
-    <t xml:space="preserve">TG</t>
+    <t xml:space="preserve">Thurgau</t>
   </si>
   <si>
-    <t xml:space="preserve">TI</t>
+    <t xml:space="preserve">Tessin</t>
   </si>
   <si>
-    <t xml:space="preserve">VD</t>
+    <t xml:space="preserve">Waadt</t>
   </si>
   <si>
-    <t xml:space="preserve">VS</t>
+    <t xml:space="preserve">Wallis</t>
   </si>
   <si>
-    <t xml:space="preserve">NE</t>
+    <t xml:space="preserve">Neuenburg</t>
   </si>
   <si>
-    <t xml:space="preserve">GE</t>
+    <t xml:space="preserve">Genf</t>
   </si>
   <si>
-    <t xml:space="preserve">JU</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CH</t>
+    <t xml:space="preserve">Jura</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
-      <t xml:space="preserve"> Provisorische Zahlen für das Jahr 2025</t>
+      <t xml:space="preserve"> Provisorische Zahlen für das Jahr 2026</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Datenquelle: Eidgenössische Finanzverwaltung</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2008 bis 2025</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">2025 </t>
+      <t xml:space="preserve">2008 bis 2026</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+      </rPr>
+      <t xml:space="preserve">1)</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> in Franken</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2026</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
-      <t xml:space="preserve"> Provisorische Zahlen für das Jahr 2025</t>
+      <t xml:space="preserve"> Provisorische Zahlen für das Jahr 2026</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
@@ -334,51 +356,51 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">35</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">34</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
@@ -691,70 +713,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="12.11625" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="12.11625" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="12.11625" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="12.11625" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="12.11625" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="12.11625" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
     <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
     <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
     <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
     <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
     <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
     <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
     <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
@@ -862,3947 +884,1681 @@
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="N4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>20</v>
       </c>
+      <c r="T4" s="5" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" s="7" t="n">
-        <v>419.261183</v>
+        <v>-390.941958</v>
       </c>
       <c r="C5" s="7" t="n">
-        <v>462.177231</v>
+        <v>-419.261183</v>
       </c>
       <c r="D5" s="7" t="n">
-        <v>497.163977</v>
+        <v>-462.177231</v>
       </c>
       <c r="E5" s="7" t="n">
-        <v>492.501026</v>
+        <v>-497.163977</v>
       </c>
       <c r="F5" s="7" t="n">
-        <v>499.65433</v>
+        <v>-492.501026</v>
       </c>
       <c r="G5" s="7" t="n">
-        <v>516.940574</v>
+        <v>-499.65433</v>
       </c>
       <c r="H5" s="7" t="n">
-        <v>487.175526</v>
+        <v>-516.940574</v>
       </c>
       <c r="I5" s="7" t="n">
-        <v>461.560668433087</v>
+        <v>-487.175525</v>
       </c>
       <c r="J5" s="7" t="n">
-        <v>444.050341168016</v>
+        <v>-461.560668</v>
       </c>
       <c r="K5" s="7" t="n">
-        <v>441.822163998076</v>
+        <v>-444.050341</v>
       </c>
       <c r="L5" s="7" t="n">
-        <v>417.027652535112</v>
+        <v>-441.822164</v>
       </c>
       <c r="M5" s="7" t="n">
-        <v>367.281754482998</v>
+        <v>-417.027652</v>
       </c>
       <c r="N5" s="7" t="n">
-        <v>382.789694815651</v>
+        <v>-367.281754</v>
       </c>
       <c r="O5" s="7" t="n">
-        <v>427.715390279343</v>
+        <v>-377.936263</v>
       </c>
       <c r="P5" s="7" t="n">
-        <v>491.338929921081</v>
+        <v>-432.568822</v>
       </c>
       <c r="Q5" s="7" t="n">
-        <v>553.691672665167</v>
+        <v>-490.823328</v>
       </c>
       <c r="R5" s="7" t="n">
-        <v>525.30671199989</v>
+        <v>-552.201054</v>
       </c>
       <c r="S5" s="7" t="n">
-        <v>433.276025168329</v>
+        <v>-525.766128</v>
+      </c>
+      <c r="T5" s="7" t="n">
+        <v>-434.82283</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" s="7" t="n">
-        <v>-1433.578129</v>
+        <v>1566.941023</v>
       </c>
       <c r="C6" s="7" t="n">
-        <v>-1301.841403</v>
+        <v>1433.578129</v>
       </c>
       <c r="D6" s="7" t="n">
-        <v>-1076.632917</v>
+        <v>1301.841403</v>
       </c>
       <c r="E6" s="7" t="n">
-        <v>-935.595579</v>
+        <v>1076.632917</v>
       </c>
       <c r="F6" s="7" t="n">
-        <v>-916.305841</v>
+        <v>935.595579</v>
       </c>
       <c r="G6" s="7" t="n">
-        <v>-1101.228868</v>
+        <v>916.305841</v>
       </c>
       <c r="H6" s="7" t="n">
-        <v>-1187.022738</v>
+        <v>1101.228868</v>
       </c>
       <c r="I6" s="7" t="n">
-        <v>-1272.42731669316</v>
+        <v>1187.022738</v>
       </c>
       <c r="J6" s="7" t="n">
-        <v>-1287.28352262813</v>
+        <v>1272.427317</v>
       </c>
       <c r="K6" s="7" t="n">
-        <v>-1265.06223506757</v>
+        <v>1287.283522</v>
       </c>
       <c r="L6" s="7" t="n">
-        <v>-1233.41596092243</v>
+        <v>1265.062235</v>
       </c>
       <c r="M6" s="7" t="n">
-        <v>-1231.7028872774</v>
+        <v>1233.415961</v>
       </c>
       <c r="N6" s="7" t="n">
-        <v>-1163.63738896351</v>
+        <v>1231.702887</v>
       </c>
       <c r="O6" s="7" t="n">
-        <v>-1063.53189861476</v>
+        <v>1161.012403</v>
       </c>
       <c r="P6" s="7" t="n">
-        <v>-937.543744017201</v>
+        <v>1066.156885</v>
       </c>
       <c r="Q6" s="7" t="n">
-        <v>-856.380987387182</v>
+        <v>945.919122</v>
       </c>
       <c r="R6" s="7" t="n">
-        <v>-852.667826806331</v>
+        <v>870.012374</v>
       </c>
       <c r="S6" s="7" t="n">
-        <v>-881.002018978966</v>
+        <v>855.725962</v>
+      </c>
+      <c r="T6" s="7" t="n">
+        <v>855.875884</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" s="7" t="n">
-        <v>-91.301871</v>
+        <v>97.007146</v>
       </c>
       <c r="C7" s="7" t="n">
-        <v>-96.115877</v>
+        <v>91.301871</v>
       </c>
       <c r="D7" s="7" t="n">
-        <v>-95.33559</v>
+        <v>96.115877</v>
       </c>
       <c r="E7" s="7" t="n">
-        <v>-115.400132</v>
+        <v>95.33559</v>
       </c>
       <c r="F7" s="7" t="n">
-        <v>-134.747835</v>
+        <v>115.400132</v>
       </c>
       <c r="G7" s="7" t="n">
-        <v>-155.469351</v>
+        <v>134.747835</v>
       </c>
       <c r="H7" s="7" t="n">
-        <v>-160.740156</v>
+        <v>155.469351</v>
       </c>
       <c r="I7" s="7" t="n">
-        <v>-148.13940865295</v>
+        <v>160.740156</v>
       </c>
       <c r="J7" s="7" t="n">
-        <v>-189.817266648518</v>
+        <v>148.139408</v>
       </c>
       <c r="K7" s="7" t="n">
-        <v>-253.269759769599</v>
+        <v>189.817267</v>
       </c>
       <c r="L7" s="7" t="n">
-        <v>-332.156886248592</v>
+        <v>253.269759</v>
       </c>
       <c r="M7" s="7" t="n">
-        <v>-348.793405985354</v>
+        <v>332.156886</v>
       </c>
       <c r="N7" s="7" t="n">
-        <v>-371.440553150205</v>
+        <v>348.793405</v>
       </c>
       <c r="O7" s="7" t="n">
-        <v>-363.280507359802</v>
+        <v>370.504521</v>
       </c>
       <c r="P7" s="7" t="n">
-        <v>-356.63703131839</v>
+        <v>364.216538</v>
       </c>
       <c r="Q7" s="7" t="n">
-        <v>-332.155460243596</v>
+        <v>359.750574</v>
       </c>
       <c r="R7" s="7" t="n">
-        <v>-319.67135736897</v>
+        <v>335.234654</v>
       </c>
       <c r="S7" s="7" t="n">
-        <v>-328.655094666541</v>
+        <v>322.796271</v>
+      </c>
+      <c r="T7" s="7" t="n">
+        <v>319.314466</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="7" t="n">
-        <v>-70.533981</v>
+        <v>73.6128</v>
       </c>
       <c r="C8" s="7" t="n">
-        <v>-70.617284</v>
+        <v>70.533981</v>
       </c>
       <c r="D8" s="7" t="n">
-        <v>-66.760747</v>
+        <v>70.617284</v>
       </c>
       <c r="E8" s="7" t="n">
-        <v>-63.06215</v>
+        <v>66.760747</v>
       </c>
       <c r="F8" s="7" t="n">
-        <v>-61.936233</v>
+        <v>63.06215</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>-65.328764</v>
+        <v>61.936233</v>
       </c>
       <c r="H8" s="7" t="n">
-        <v>-69.556898</v>
+        <v>65.328764</v>
       </c>
       <c r="I8" s="7" t="n">
-        <v>-74.3654368991132</v>
+        <v>69.556898</v>
       </c>
       <c r="J8" s="7" t="n">
-        <v>-77.7893852681842</v>
+        <v>74.365437</v>
       </c>
       <c r="K8" s="7" t="n">
-        <v>-81.3865504307895</v>
+        <v>77.789385</v>
       </c>
       <c r="L8" s="7" t="n">
-        <v>-86.438411459352</v>
+        <v>81.38655</v>
       </c>
       <c r="M8" s="7" t="n">
-        <v>-86.9833891460729</v>
+        <v>86.438411</v>
       </c>
       <c r="N8" s="7" t="n">
-        <v>-87.006108720394</v>
+        <v>86.983389</v>
       </c>
       <c r="O8" s="7" t="n">
-        <v>-85.8750695300886</v>
+        <v>86.627072</v>
       </c>
       <c r="P8" s="7" t="n">
-        <v>-83.6752836156605</v>
+        <v>86.254105</v>
       </c>
       <c r="Q8" s="7" t="n">
-        <v>-81.3353652317174</v>
+        <v>83.961885</v>
       </c>
       <c r="R8" s="7" t="n">
-        <v>-75.9282531153401</v>
+        <v>81.617779</v>
       </c>
       <c r="S8" s="7" t="n">
-        <v>-74.2578168933761</v>
+        <v>76.216241</v>
+      </c>
+      <c r="T8" s="7" t="n">
+        <v>73.398012</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" s="7" t="n">
-        <v>247.696752</v>
+        <v>-262.668999</v>
       </c>
       <c r="C9" s="7" t="n">
-        <v>215.721619</v>
+        <v>-247.696752</v>
       </c>
       <c r="D9" s="7" t="n">
-        <v>196.674301</v>
+        <v>-215.721619</v>
       </c>
       <c r="E9" s="7" t="n">
-        <v>199.98317</v>
+        <v>-196.674301</v>
       </c>
       <c r="F9" s="7" t="n">
-        <v>199.326822</v>
+        <v>-199.98317</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>220.003892</v>
+        <v>-199.326822</v>
       </c>
       <c r="H9" s="7" t="n">
-        <v>199.385295</v>
+        <v>-220.003892</v>
       </c>
       <c r="I9" s="7" t="n">
-        <v>194.066571987913</v>
+        <v>-199.385295</v>
       </c>
       <c r="J9" s="7" t="n">
-        <v>181.891589133987</v>
+        <v>-194.066572</v>
       </c>
       <c r="K9" s="7" t="n">
-        <v>175.825760644115</v>
+        <v>-181.891589</v>
       </c>
       <c r="L9" s="7" t="n">
-        <v>161.559396362917</v>
+        <v>-175.82576</v>
       </c>
       <c r="M9" s="7" t="n">
-        <v>142.602695058225</v>
+        <v>-161.559396</v>
       </c>
       <c r="N9" s="7" t="n">
-        <v>134.181756271761</v>
+        <v>-142.602695</v>
       </c>
       <c r="O9" s="7" t="n">
-        <v>106.298373231344</v>
+        <v>-132.214873</v>
       </c>
       <c r="P9" s="7" t="n">
-        <v>80.0838461804152</v>
+        <v>-108.265256</v>
       </c>
       <c r="Q9" s="7" t="n">
-        <v>56.9052432615384</v>
+        <v>-80.07668</v>
       </c>
       <c r="R9" s="7" t="n">
-        <v>46.0722868349496</v>
+        <v>-56.976129</v>
       </c>
       <c r="S9" s="7" t="n">
-        <v>44.7275225781255</v>
+        <v>-45.987069</v>
+      </c>
+      <c r="T9" s="7" t="n">
+        <v>-44.749021</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="7" t="n">
-        <v>1.450874</v>
+        <v>0.755969</v>
       </c>
       <c r="C10" s="7" t="n">
-        <v>0.666035</v>
+        <v>-1.450874</v>
       </c>
       <c r="D10" s="7" t="n">
-        <v>-1.192381</v>
+        <v>-0.666035</v>
       </c>
       <c r="E10" s="7" t="n">
-        <v>-4.234644</v>
+        <v>1.192381</v>
       </c>
       <c r="F10" s="7" t="n">
-        <v>5.233487</v>
+        <v>4.234644</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>4.565185</v>
+        <v>-5.233487</v>
       </c>
       <c r="H10" s="7" t="n">
-        <v>7.535625</v>
+        <v>-4.565185</v>
       </c>
       <c r="I10" s="7" t="n">
-        <v>-4.22434353692795</v>
+        <v>-7.535626</v>
       </c>
       <c r="J10" s="7" t="n">
-        <v>-14.4708893631939</v>
+        <v>4.224344</v>
       </c>
       <c r="K10" s="7" t="n">
-        <v>-22.3412471848841</v>
+        <v>14.47089</v>
       </c>
       <c r="L10" s="7" t="n">
-        <v>-30.014082768225</v>
+        <v>22.341248</v>
       </c>
       <c r="M10" s="7" t="n">
-        <v>-33.1046500636261</v>
+        <v>30.014083</v>
       </c>
       <c r="N10" s="7" t="n">
-        <v>-36.5501051334022</v>
+        <v>33.104651</v>
       </c>
       <c r="O10" s="7" t="n">
-        <v>-36.3086577558405</v>
+        <v>36.487483</v>
       </c>
       <c r="P10" s="7" t="n">
-        <v>-45.5319603682977</v>
+        <v>36.37128</v>
       </c>
       <c r="Q10" s="7" t="n">
-        <v>-52.5504510241559</v>
+        <v>45.798617</v>
       </c>
       <c r="R10" s="7" t="n">
-        <v>-63.6171230539057</v>
+        <v>52.813217</v>
       </c>
       <c r="S10" s="7" t="n">
-        <v>-62.4745127933154</v>
+        <v>63.885068</v>
+      </c>
+      <c r="T10" s="7" t="n">
+        <v>61.674542</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="7" t="n">
-        <v>47.102669</v>
+        <v>-47.286451</v>
       </c>
       <c r="C11" s="7" t="n">
-        <v>44.993653</v>
+        <v>-47.102669</v>
       </c>
       <c r="D11" s="7" t="n">
-        <v>42.628515</v>
+        <v>-44.993653</v>
       </c>
       <c r="E11" s="7" t="n">
-        <v>39.036691</v>
+        <v>-42.628515</v>
       </c>
       <c r="F11" s="7" t="n">
-        <v>38.785117</v>
+        <v>-39.036691</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>43.329625</v>
+        <v>-38.785117</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>45.535266</v>
+        <v>-43.329625</v>
       </c>
       <c r="I11" s="7" t="n">
-        <v>44.8653267695277</v>
+        <v>-45.535266</v>
       </c>
       <c r="J11" s="7" t="n">
-        <v>37.2935391807506</v>
+        <v>-44.865327</v>
       </c>
       <c r="K11" s="7" t="n">
-        <v>30.5386368413001</v>
+        <v>-37.293539</v>
       </c>
       <c r="L11" s="7" t="n">
-        <v>20.7549935449979</v>
+        <v>-30.538636</v>
       </c>
       <c r="M11" s="7" t="n">
-        <v>18.3356710908336</v>
+        <v>-20.754993</v>
       </c>
       <c r="N11" s="7" t="n">
-        <v>17.359056980416</v>
+        <v>-18.335671</v>
       </c>
       <c r="O11" s="7" t="n">
-        <v>13.7035051323584</v>
+        <v>-16.641817</v>
       </c>
       <c r="P11" s="7" t="n">
-        <v>13.7366258495325</v>
+        <v>-14.420745</v>
       </c>
       <c r="Q11" s="7" t="n">
-        <v>13.7887193355218</v>
+        <v>-13.737534</v>
       </c>
       <c r="R11" s="7" t="n">
-        <v>15.0736123351635</v>
+        <v>-13.814521</v>
       </c>
       <c r="S11" s="7" t="n">
-        <v>13.8356773848339</v>
+        <v>-15.049626</v>
+      </c>
+      <c r="T11" s="7" t="n">
+        <v>-13.832954</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="7" t="n">
-        <v>-68.848603</v>
+        <v>73.198923</v>
       </c>
       <c r="C12" s="7" t="n">
-        <v>-67.189626</v>
+        <v>68.848603</v>
       </c>
       <c r="D12" s="7" t="n">
-        <v>-64.756508</v>
+        <v>67.189626</v>
       </c>
       <c r="E12" s="7" t="n">
-        <v>-64.828428</v>
+        <v>64.756508</v>
       </c>
       <c r="F12" s="7" t="n">
-        <v>-68.160571</v>
+        <v>64.828428</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>-74.011664</v>
+        <v>68.160571</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>-72.484293</v>
+        <v>74.011664</v>
       </c>
       <c r="I12" s="7" t="n">
-        <v>-72.0106808378126</v>
+        <v>72.484292</v>
       </c>
       <c r="J12" s="7" t="n">
-        <v>-71.2685350404793</v>
+        <v>72.010681</v>
       </c>
       <c r="K12" s="7" t="n">
-        <v>-70.2914972891478</v>
+        <v>71.268535</v>
       </c>
       <c r="L12" s="7" t="n">
-        <v>-73.2958840502783</v>
+        <v>70.291497</v>
       </c>
       <c r="M12" s="7" t="n">
-        <v>-74.3896786702576</v>
+        <v>73.295884</v>
       </c>
       <c r="N12" s="7" t="n">
-        <v>-79.5579897315497</v>
+        <v>74.389679</v>
       </c>
       <c r="O12" s="7" t="n">
-        <v>-74.0611388568095</v>
+        <v>79.438915</v>
       </c>
       <c r="P12" s="7" t="n">
-        <v>-69.5782997978131</v>
+        <v>74.180214</v>
       </c>
       <c r="Q12" s="7" t="n">
-        <v>-64.2801011130121</v>
+        <v>69.880066</v>
       </c>
       <c r="R12" s="7" t="n">
-        <v>-62.3883286579625</v>
+        <v>64.577507</v>
       </c>
       <c r="S12" s="7" t="n">
-        <v>-62.418021932076</v>
+        <v>62.691538</v>
+      </c>
+      <c r="T12" s="7" t="n">
+        <v>61.512724</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" s="7" t="n">
-        <v>431.067845</v>
+        <v>-467.333055</v>
       </c>
       <c r="C13" s="7" t="n">
-        <v>382.917531</v>
+        <v>-431.067845</v>
       </c>
       <c r="D13" s="7" t="n">
-        <v>365.944443</v>
+        <v>-382.917531</v>
       </c>
       <c r="E13" s="7" t="n">
-        <v>327.760069</v>
+        <v>-365.944443</v>
       </c>
       <c r="F13" s="7" t="n">
-        <v>331.887194</v>
+        <v>-327.760069</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>329.718209</v>
+        <v>-331.887194</v>
       </c>
       <c r="H13" s="7" t="n">
-        <v>329.429814</v>
+        <v>-329.718209</v>
       </c>
       <c r="I13" s="7" t="n">
-        <v>312.771034914322</v>
+        <v>-329.429814</v>
       </c>
       <c r="J13" s="7" t="n">
-        <v>341.341599803309</v>
+        <v>-312.771035</v>
       </c>
       <c r="K13" s="7" t="n">
-        <v>326.184287107228</v>
+        <v>-341.3416</v>
       </c>
       <c r="L13" s="7" t="n">
-        <v>316.613373120672</v>
+        <v>-326.184287</v>
       </c>
       <c r="M13" s="7" t="n">
-        <v>279.48412653743</v>
+        <v>-316.613373</v>
       </c>
       <c r="N13" s="7" t="n">
-        <v>276.504770092573</v>
+        <v>-279.484127</v>
       </c>
       <c r="O13" s="7" t="n">
-        <v>262.075170229593</v>
+        <v>-275.216836</v>
       </c>
       <c r="P13" s="7" t="n">
-        <v>239.194843450852</v>
+        <v>-263.363104</v>
       </c>
       <c r="Q13" s="7" t="n">
-        <v>216.707043182851</v>
+        <v>-239.644679</v>
       </c>
       <c r="R13" s="7" t="n">
-        <v>193.696187097585</v>
+        <v>-217.302415</v>
       </c>
       <c r="S13" s="7" t="n">
-        <v>180.238809629457</v>
+        <v>-194.000487</v>
+      </c>
+      <c r="T13" s="7" t="n">
+        <v>-178.889303</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" s="7" t="n">
-        <v>-604.532565</v>
+        <v>576.583996</v>
       </c>
       <c r="C14" s="7" t="n">
-        <v>-617.066805</v>
+        <v>604.532565</v>
       </c>
       <c r="D14" s="7" t="n">
-        <v>-589.039603</v>
+        <v>617.066805</v>
       </c>
       <c r="E14" s="7" t="n">
-        <v>-537.411793</v>
+        <v>589.039603</v>
       </c>
       <c r="F14" s="7" t="n">
-        <v>-458.0497</v>
+        <v>537.411793</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>-387.372337</v>
+        <v>458.0497</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>-380.599421</v>
+        <v>387.372337</v>
       </c>
       <c r="I14" s="7" t="n">
-        <v>-387.091252788359</v>
+        <v>380.599421</v>
       </c>
       <c r="J14" s="7" t="n">
-        <v>-397.542665706572</v>
+        <v>387.091253</v>
       </c>
       <c r="K14" s="7" t="n">
-        <v>-427.691478586593</v>
+        <v>397.542666</v>
       </c>
       <c r="L14" s="7" t="n">
-        <v>-417.111138491803</v>
+        <v>427.691479</v>
       </c>
       <c r="M14" s="7" t="n">
-        <v>-443.120563417635</v>
+        <v>417.111138</v>
       </c>
       <c r="N14" s="7" t="n">
-        <v>-463.505364069239</v>
+        <v>443.120563</v>
       </c>
       <c r="O14" s="7" t="n">
-        <v>-468.948980773795</v>
+        <v>457.360156</v>
       </c>
       <c r="P14" s="7" t="n">
-        <v>-484.690997219718</v>
+        <v>475.094189</v>
       </c>
       <c r="Q14" s="7" t="n">
-        <v>-436.500182257915</v>
+        <v>486.970878</v>
       </c>
       <c r="R14" s="7" t="n">
-        <v>-399.328170439849</v>
+        <v>438.753615</v>
       </c>
       <c r="S14" s="7" t="n">
-        <v>-380.835016260758</v>
+        <v>401.616806</v>
+      </c>
+      <c r="T14" s="7" t="n">
+        <v>373.995375</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="7" t="n">
-        <v>-443.376471</v>
+        <v>464.847569</v>
       </c>
       <c r="C15" s="7" t="n">
-        <v>-450.527837</v>
+        <v>443.376471</v>
       </c>
       <c r="D15" s="7" t="n">
-        <v>-423.234831</v>
+        <v>450.527837</v>
       </c>
       <c r="E15" s="7" t="n">
-        <v>-406.791467</v>
+        <v>423.234831</v>
       </c>
       <c r="F15" s="7" t="n">
-        <v>-397.176982</v>
+        <v>406.791467</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>-372.028702</v>
+        <v>397.176982</v>
       </c>
       <c r="H15" s="7" t="n">
-        <v>-367.39403</v>
+        <v>372.028702</v>
       </c>
       <c r="I15" s="7" t="n">
-        <v>-324.93695459009</v>
+        <v>367.39403</v>
       </c>
       <c r="J15" s="7" t="n">
-        <v>-305.672574726573</v>
+        <v>324.936955</v>
       </c>
       <c r="K15" s="7" t="n">
-        <v>-256.761047078144</v>
+        <v>305.672575</v>
       </c>
       <c r="L15" s="7" t="n">
-        <v>-227.332566499429</v>
+        <v>256.761047</v>
       </c>
       <c r="M15" s="7" t="n">
-        <v>-208.122540239377</v>
+        <v>227.332566</v>
       </c>
       <c r="N15" s="7" t="n">
-        <v>-207.76042460439</v>
+        <v>208.12254</v>
       </c>
       <c r="O15" s="7" t="n">
-        <v>-176.251254040121</v>
+        <v>204.450633</v>
       </c>
       <c r="P15" s="7" t="n">
-        <v>-191.150556941858</v>
+        <v>179.561045</v>
       </c>
       <c r="Q15" s="7" t="n">
-        <v>-184.560280657512</v>
+        <v>193.344566</v>
       </c>
       <c r="R15" s="7" t="n">
-        <v>-205.264933147358</v>
+        <v>186.730193</v>
       </c>
       <c r="S15" s="7" t="n">
-        <v>-214.781120338511</v>
+        <v>207.466919</v>
+      </c>
+      <c r="T15" s="7" t="n">
+        <v>208.199093</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="7" t="n">
-        <v>162.912852</v>
+        <v>-148.472603</v>
       </c>
       <c r="C16" s="7" t="n">
-        <v>133.226509</v>
+        <v>-162.912852</v>
       </c>
       <c r="D16" s="7" t="n">
-        <v>117.720795</v>
+        <v>-133.226509</v>
       </c>
       <c r="E16" s="7" t="n">
-        <v>69.901885</v>
+        <v>-117.720795</v>
       </c>
       <c r="F16" s="7" t="n">
-        <v>85.284275</v>
+        <v>-69.901885</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>108.149497</v>
+        <v>-85.284275</v>
       </c>
       <c r="H16" s="7" t="n">
-        <v>125.029635</v>
+        <v>-108.149497</v>
       </c>
       <c r="I16" s="7" t="n">
-        <v>124.166740258316</v>
+        <v>-125.029636</v>
       </c>
       <c r="J16" s="7" t="n">
-        <v>108.97945465106</v>
+        <v>-124.166741</v>
       </c>
       <c r="K16" s="7" t="n">
-        <v>92.7996877959649</v>
+        <v>-108.979455</v>
       </c>
       <c r="L16" s="7" t="n">
-        <v>92.0816281767735</v>
+        <v>-92.799688</v>
       </c>
       <c r="M16" s="7" t="n">
-        <v>102.569381407724</v>
+        <v>-92.081629</v>
       </c>
       <c r="N16" s="7" t="n">
-        <v>114.690719581939</v>
+        <v>-102.569382</v>
       </c>
       <c r="O16" s="7" t="n">
-        <v>100.141831895736</v>
+        <v>-114.163094</v>
       </c>
       <c r="P16" s="7" t="n">
-        <v>84.7853716353365</v>
+        <v>-100.669458</v>
       </c>
       <c r="Q16" s="7" t="n">
-        <v>66.8915894563225</v>
+        <v>-84.952302</v>
       </c>
       <c r="R16" s="7" t="n">
-        <v>66.2005411150586</v>
+        <v>-67.232853</v>
       </c>
       <c r="S16" s="7" t="n">
-        <v>69.684755689642</v>
+        <v>-66.193137</v>
+      </c>
+      <c r="T16" s="7" t="n">
+        <v>-69.183966</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B17" s="7" t="n">
-        <v>-4.882369</v>
+        <v>5.149516</v>
       </c>
       <c r="C17" s="7" t="n">
-        <v>-8.508212</v>
+        <v>4.882369</v>
       </c>
       <c r="D17" s="7" t="n">
-        <v>-14.359759</v>
+        <v>8.508212</v>
       </c>
       <c r="E17" s="7" t="n">
-        <v>-17.013839</v>
+        <v>14.359759</v>
       </c>
       <c r="F17" s="7" t="n">
-        <v>-8.628363</v>
+        <v>17.013839</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>-11.977079</v>
+        <v>8.628363</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>-12.611488</v>
+        <v>11.977079</v>
       </c>
       <c r="I17" s="7" t="n">
-        <v>-13.2386636644869</v>
+        <v>12.611489</v>
       </c>
       <c r="J17" s="7" t="n">
-        <v>-13.749607988972</v>
+        <v>13.238664</v>
       </c>
       <c r="K17" s="7" t="n">
-        <v>-4.14244649548648</v>
+        <v>13.749608</v>
       </c>
       <c r="L17" s="7" t="n">
-        <v>4.94817032981479</v>
+        <v>4.142447</v>
       </c>
       <c r="M17" s="7" t="n">
-        <v>11.8478826399935</v>
+        <v>-4.94817</v>
       </c>
       <c r="N17" s="7" t="n">
-        <v>3.16882525632763</v>
+        <v>-11.847882</v>
       </c>
       <c r="O17" s="7" t="n">
-        <v>10.7369138123783</v>
+        <v>-3.561565</v>
       </c>
       <c r="P17" s="7" t="n">
-        <v>1.54634837359523</v>
+        <v>-10.344174</v>
       </c>
       <c r="Q17" s="7" t="n">
-        <v>9.3710635695107</v>
+        <v>-1.216148</v>
       </c>
       <c r="R17" s="7" t="n">
-        <v>14.8587452211535</v>
+        <v>-9.056779</v>
       </c>
       <c r="S17" s="7" t="n">
-        <v>19.3172032815288</v>
+        <v>-14.51263</v>
+      </c>
+      <c r="T17" s="7" t="n">
+        <v>-20.307804</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B18" s="7" t="n">
-        <v>5.791651</v>
+        <v>-12.654669</v>
       </c>
       <c r="C18" s="7" t="n">
-        <v>-1.260532</v>
+        <v>-5.791651</v>
       </c>
       <c r="D18" s="7" t="n">
-        <v>-2.41134</v>
+        <v>1.260532</v>
       </c>
       <c r="E18" s="7" t="n">
-        <v>-9.124812</v>
+        <v>2.41134</v>
       </c>
       <c r="F18" s="7" t="n">
-        <v>-12.049099</v>
+        <v>9.124812</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>-20.888963</v>
+        <v>12.049099</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>-19.19049</v>
+        <v>20.888963</v>
       </c>
       <c r="I18" s="7" t="n">
-        <v>-13.8630028315609</v>
+        <v>19.190491</v>
       </c>
       <c r="J18" s="7" t="n">
-        <v>-6.93171615726849</v>
+        <v>13.863003</v>
       </c>
       <c r="K18" s="7" t="n">
-        <v>-1.40219833705692</v>
+        <v>6.931716</v>
       </c>
       <c r="L18" s="7" t="n">
-        <v>2.1495340111479</v>
+        <v>1.402199</v>
       </c>
       <c r="M18" s="7" t="n">
-        <v>4.21244764153296</v>
+        <v>-2.149534</v>
       </c>
       <c r="N18" s="7" t="n">
-        <v>2.54514641345505</v>
+        <v>-4.212447</v>
       </c>
       <c r="O18" s="7" t="n">
-        <v>-7.71783817633307</v>
+        <v>-2.621157</v>
       </c>
       <c r="P18" s="7" t="n">
-        <v>-11.3162952341139</v>
+        <v>7.793849</v>
       </c>
       <c r="Q18" s="7" t="n">
-        <v>-11.6609249092202</v>
+        <v>11.48009</v>
       </c>
       <c r="R18" s="7" t="n">
-        <v>-11.5787368445409</v>
+        <v>11.823628</v>
       </c>
       <c r="S18" s="7" t="n">
-        <v>-12.615986081553</v>
+        <v>11.742892</v>
+      </c>
+      <c r="T18" s="7" t="n">
+        <v>12.124603</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B19" s="7" t="n">
-        <v>-48.909558</v>
+        <v>46.174827</v>
       </c>
       <c r="C19" s="7" t="n">
-        <v>-49.078294</v>
+        <v>48.909558</v>
       </c>
       <c r="D19" s="7" t="n">
-        <v>-48.888787</v>
+        <v>49.078294</v>
       </c>
       <c r="E19" s="7" t="n">
-        <v>-48.047266</v>
+        <v>48.888787</v>
       </c>
       <c r="F19" s="7" t="n">
-        <v>-49.285375</v>
+        <v>48.047266</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>-49.224811</v>
+        <v>49.285375</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>-48.417058</v>
+        <v>49.224811</v>
       </c>
       <c r="I19" s="7" t="n">
-        <v>-46.6354857725171</v>
+        <v>48.417058</v>
       </c>
       <c r="J19" s="7" t="n">
-        <v>-47.3542900032164</v>
+        <v>46.635486</v>
       </c>
       <c r="K19" s="7" t="n">
-        <v>-44.496060790567</v>
+        <v>47.35429</v>
       </c>
       <c r="L19" s="7" t="n">
-        <v>-47.194790119022</v>
+        <v>44.496061</v>
       </c>
       <c r="M19" s="7" t="n">
-        <v>-45.9869980886002</v>
+        <v>47.19479</v>
       </c>
       <c r="N19" s="7" t="n">
-        <v>-53.5657995384519</v>
+        <v>45.986998</v>
       </c>
       <c r="O19" s="7" t="n">
-        <v>-59.3855758782225</v>
+        <v>53.748258</v>
       </c>
       <c r="P19" s="7" t="n">
-        <v>-65.2374859910501</v>
+        <v>59.203117</v>
       </c>
       <c r="Q19" s="7" t="n">
-        <v>-62.7239957820146</v>
+        <v>65.692886</v>
       </c>
       <c r="R19" s="7" t="n">
-        <v>-61.9940189650214</v>
+        <v>63.174223</v>
       </c>
       <c r="S19" s="7" t="n">
-        <v>-59.4360377429377</v>
+        <v>62.451131</v>
+      </c>
+      <c r="T19" s="7" t="n">
+        <v>58.069838</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B20" s="7" t="n">
-        <v>-7.722622</v>
+        <v>7.761953</v>
       </c>
       <c r="C20" s="7" t="n">
-        <v>-8.251769</v>
+        <v>7.722622</v>
       </c>
       <c r="D20" s="7" t="n">
-        <v>-8.679127</v>
+        <v>8.251769</v>
       </c>
       <c r="E20" s="7" t="n">
-        <v>-9.96748</v>
+        <v>8.679127</v>
       </c>
       <c r="F20" s="7" t="n">
-        <v>-10.403086</v>
+        <v>9.96748</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>-12.387352</v>
+        <v>10.403086</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>-13.981863</v>
+        <v>12.387352</v>
       </c>
       <c r="I20" s="7" t="n">
-        <v>-16.6382881027487</v>
+        <v>13.981863</v>
       </c>
       <c r="J20" s="7" t="n">
-        <v>-16.3158842247363</v>
+        <v>16.638288</v>
       </c>
       <c r="K20" s="7" t="n">
-        <v>-16.6808023727041</v>
+        <v>16.315885</v>
       </c>
       <c r="L20" s="7" t="n">
-        <v>-18.1027599520814</v>
+        <v>16.680802</v>
       </c>
       <c r="M20" s="7" t="n">
-        <v>-17.1365502518559</v>
+        <v>18.10276</v>
       </c>
       <c r="N20" s="7" t="n">
-        <v>-15.6466459497891</v>
+        <v>17.13655</v>
       </c>
       <c r="O20" s="7" t="n">
-        <v>-17.0920092214065</v>
+        <v>15.776943</v>
       </c>
       <c r="P20" s="7" t="n">
-        <v>-16.6642894817239</v>
+        <v>16.961712</v>
       </c>
       <c r="Q20" s="7" t="n">
-        <v>-17.3113730031089</v>
+        <v>16.783417</v>
       </c>
       <c r="R20" s="7" t="n">
-        <v>-16.6428917910046</v>
+        <v>17.42929</v>
       </c>
       <c r="S20" s="7" t="n">
-        <v>-17.9878481940436</v>
+        <v>16.76242</v>
+      </c>
+      <c r="T20" s="7" t="n">
+        <v>17.630466</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B21" s="7" t="n">
-        <v>-410.345428</v>
+        <v>495.886261</v>
       </c>
       <c r="C21" s="7" t="n">
-        <v>-338.975086</v>
+        <v>410.345428</v>
       </c>
       <c r="D21" s="7" t="n">
-        <v>-306.588657</v>
+        <v>338.975086</v>
       </c>
       <c r="E21" s="7" t="n">
-        <v>-323.033641</v>
+        <v>306.588657</v>
       </c>
       <c r="F21" s="7" t="n">
-        <v>-383.400036</v>
+        <v>323.033641</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>-439.953063</v>
+        <v>383.400036</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>-468.304257</v>
+        <v>439.953063</v>
       </c>
       <c r="I21" s="7" t="n">
-        <v>-446.795032045102</v>
+        <v>468.304256</v>
       </c>
       <c r="J21" s="7" t="n">
-        <v>-419.141762447279</v>
+        <v>446.795032</v>
       </c>
       <c r="K21" s="7" t="n">
-        <v>-393.440353155476</v>
+        <v>419.141762</v>
       </c>
       <c r="L21" s="7" t="n">
-        <v>-405.47380757446</v>
+        <v>393.440353</v>
       </c>
       <c r="M21" s="7" t="n">
-        <v>-392.186921501848</v>
+        <v>405.473807</v>
       </c>
       <c r="N21" s="7" t="n">
-        <v>-389.823021465314</v>
+        <v>392.186921</v>
       </c>
       <c r="O21" s="7" t="n">
-        <v>-410.5059770355</v>
+        <v>388.65695</v>
       </c>
       <c r="P21" s="7" t="n">
-        <v>-470.273789097598</v>
+        <v>411.672048</v>
       </c>
       <c r="Q21" s="7" t="n">
-        <v>-460.642962712954</v>
+        <v>441.195454</v>
       </c>
       <c r="R21" s="7" t="n">
-        <v>-420.816235081063</v>
+        <v>431.519539</v>
       </c>
       <c r="S21" s="7" t="n">
-        <v>-284.860621973085</v>
+        <v>391.752826</v>
+      </c>
+      <c r="T21" s="7" t="n">
+        <v>372.095627</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="A22" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B22" s="7" t="n">
-        <v>-225.998979</v>
+        <v>210.115079</v>
       </c>
       <c r="C22" s="7" t="n">
-        <v>-234.7923</v>
+        <v>225.998979</v>
       </c>
       <c r="D22" s="7" t="n">
-        <v>-268.926637</v>
+        <v>234.7923</v>
       </c>
       <c r="E22" s="7" t="n">
-        <v>-268.00563</v>
+        <v>268.926637</v>
       </c>
       <c r="F22" s="7" t="n">
-        <v>-269.770861</v>
+        <v>268.00563</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>-273.046711</v>
+        <v>269.770861</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>-270.088435</v>
+        <v>273.046711</v>
       </c>
       <c r="I22" s="7" t="n">
-        <v>-268.105281759628</v>
+        <v>270.088435</v>
       </c>
       <c r="J22" s="7" t="n">
-        <v>-268.453905320671</v>
+        <v>268.105282</v>
       </c>
       <c r="K22" s="7" t="n">
-        <v>-258.504377390472</v>
+        <v>268.453905</v>
       </c>
       <c r="L22" s="7" t="n">
-        <v>-275.687155197415</v>
+        <v>258.504377</v>
       </c>
       <c r="M22" s="7" t="n">
-        <v>-244.095519161774</v>
+        <v>275.687155</v>
       </c>
       <c r="N22" s="7" t="n">
-        <v>-267.883359198599</v>
+        <v>244.095519</v>
       </c>
       <c r="O22" s="7" t="n">
-        <v>-273.417591801345</v>
+        <v>269.60162</v>
       </c>
       <c r="P22" s="7" t="n">
-        <v>-281.206360336205</v>
+        <v>271.699331</v>
       </c>
       <c r="Q22" s="7" t="n">
-        <v>-256.825399033853</v>
+        <v>282.656763</v>
       </c>
       <c r="R22" s="7" t="n">
-        <v>-251.608040838202</v>
+        <v>258.259789</v>
       </c>
       <c r="S22" s="7" t="n">
-        <v>-244.429090080217</v>
+        <v>253.063744</v>
+      </c>
+      <c r="T22" s="7" t="n">
+        <v>240.077882</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="A23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B23" s="7" t="n">
-        <v>-547.104372</v>
+        <v>598.900162</v>
       </c>
       <c r="C23" s="7" t="n">
-        <v>-490.386863</v>
+        <v>547.104372</v>
       </c>
       <c r="D23" s="7" t="n">
-        <v>-512.727503</v>
+        <v>490.386863</v>
       </c>
       <c r="E23" s="7" t="n">
-        <v>-481.790166</v>
+        <v>512.727503</v>
       </c>
       <c r="F23" s="7" t="n">
-        <v>-489.04364</v>
+        <v>481.790166</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>-460.56011</v>
+        <v>489.04364</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>-400.729228</v>
+        <v>460.56011</v>
       </c>
       <c r="I23" s="7" t="n">
-        <v>-335.351931865357</v>
+        <v>400.729228</v>
       </c>
       <c r="J23" s="7" t="n">
-        <v>-259.297719373401</v>
+        <v>335.351932</v>
       </c>
       <c r="K23" s="7" t="n">
-        <v>-225.562316018761</v>
+        <v>259.297719</v>
       </c>
       <c r="L23" s="7" t="n">
-        <v>-180.359813546682</v>
+        <v>225.562316</v>
       </c>
       <c r="M23" s="7" t="n">
-        <v>-183.655138565299</v>
+        <v>180.359813</v>
       </c>
       <c r="N23" s="7" t="n">
-        <v>-184.734873583615</v>
+        <v>183.655138</v>
       </c>
       <c r="O23" s="7" t="n">
-        <v>-190.51378316706</v>
+        <v>181.861259</v>
       </c>
       <c r="P23" s="7" t="n">
-        <v>-218.026080431454</v>
+        <v>193.387397</v>
       </c>
       <c r="Q23" s="7" t="n">
-        <v>-197.610857583962</v>
+        <v>221.458124</v>
       </c>
       <c r="R23" s="7" t="n">
-        <v>-135.238692031308</v>
+        <v>201.014931</v>
       </c>
       <c r="S23" s="7" t="n">
-        <v>-129.708842281944</v>
+        <v>138.679994</v>
+      </c>
+      <c r="T23" s="7" t="n">
+        <v>119.412713</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="A24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B24" s="7" t="n">
-        <v>-210.530009</v>
+        <v>256.901296</v>
       </c>
       <c r="C24" s="7" t="n">
-        <v>-205.818129</v>
+        <v>210.530009</v>
       </c>
       <c r="D24" s="7" t="n">
-        <v>-229.129531</v>
+        <v>205.818129</v>
       </c>
       <c r="E24" s="7" t="n">
-        <v>-239.029338</v>
+        <v>229.129531</v>
       </c>
       <c r="F24" s="7" t="n">
-        <v>-254.034642</v>
+        <v>239.029338</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>-269.326673</v>
+        <v>254.034642</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>-259.826283</v>
+        <v>269.326673</v>
       </c>
       <c r="I24" s="7" t="n">
-        <v>-242.276554145637</v>
+        <v>259.826283</v>
       </c>
       <c r="J24" s="7" t="n">
-        <v>-226.12964326124</v>
+        <v>242.276554</v>
       </c>
       <c r="K24" s="7" t="n">
-        <v>-225.56643275108</v>
+        <v>226.129644</v>
       </c>
       <c r="L24" s="7" t="n">
-        <v>-237.760997247164</v>
+        <v>225.566433</v>
       </c>
       <c r="M24" s="7" t="n">
-        <v>-226.661872424173</v>
+        <v>237.760998</v>
       </c>
       <c r="N24" s="7" t="n">
-        <v>-221.912244229284</v>
+        <v>226.661873</v>
       </c>
       <c r="O24" s="7" t="n">
-        <v>-214.00266172838</v>
+        <v>221.313645</v>
       </c>
       <c r="P24" s="7" t="n">
-        <v>-232.465559280786</v>
+        <v>214.601262</v>
       </c>
       <c r="Q24" s="7" t="n">
-        <v>-229.483463687901</v>
+        <v>234.640569</v>
       </c>
       <c r="R24" s="7" t="n">
-        <v>-236.000410041634</v>
+        <v>233.041943</v>
       </c>
       <c r="S24" s="7" t="n">
-        <v>-236.745063060567</v>
+        <v>236.775603</v>
+      </c>
+      <c r="T24" s="7" t="n">
+        <v>230.220034</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="A25" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B25" s="7" t="n">
-        <v>-106.502537</v>
+        <v>98.270541</v>
       </c>
       <c r="C25" s="7" t="n">
-        <v>-86.772246</v>
+        <v>106.502537</v>
       </c>
       <c r="D25" s="7" t="n">
-        <v>-69.510858</v>
+        <v>86.772246</v>
       </c>
       <c r="E25" s="7" t="n">
-        <v>-51.860975</v>
+        <v>69.510858</v>
       </c>
       <c r="F25" s="7" t="n">
-        <v>-43.965564</v>
+        <v>51.860975</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>-46.321488</v>
+        <v>43.965564</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>-42.982257</v>
+        <v>46.321488</v>
       </c>
       <c r="I25" s="7" t="n">
-        <v>-41.3391215913582</v>
+        <v>42.982257</v>
       </c>
       <c r="J25" s="7" t="n">
-        <v>-47.6371099137228</v>
+        <v>41.339122</v>
       </c>
       <c r="K25" s="7" t="n">
-        <v>-48.8690652913287</v>
+        <v>47.63711</v>
       </c>
       <c r="L25" s="7" t="n">
-        <v>-34.9085039629579</v>
+        <v>48.869066</v>
       </c>
       <c r="M25" s="7" t="n">
-        <v>-25.4907981717071</v>
+        <v>34.908504</v>
       </c>
       <c r="N25" s="7" t="n">
-        <v>-23.0548228584212</v>
+        <v>25.490798</v>
       </c>
       <c r="O25" s="7" t="n">
-        <v>-31.84944793908</v>
+        <v>22.720862</v>
       </c>
       <c r="P25" s="7" t="n">
-        <v>-46.4295279250763</v>
+        <v>32.183409</v>
       </c>
       <c r="Q25" s="7" t="n">
-        <v>-48.0380535025322</v>
+        <v>46.966353</v>
       </c>
       <c r="R25" s="7" t="n">
-        <v>-42.9640020586387</v>
+        <v>48.569883</v>
       </c>
       <c r="S25" s="7" t="n">
-        <v>-36.4946490355482</v>
+        <v>43.502481</v>
+      </c>
+      <c r="T25" s="7" t="n">
+        <v>34.884173</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="A26" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B26" s="7" t="n">
-        <v>-118.230848</v>
+        <v>119.938148</v>
       </c>
       <c r="C26" s="7" t="n">
-        <v>-117.341945</v>
+        <v>118.230848</v>
       </c>
       <c r="D26" s="7" t="n">
-        <v>-123.634546</v>
+        <v>117.341945</v>
       </c>
       <c r="E26" s="7" t="n">
-        <v>-114.588985</v>
+        <v>123.634546</v>
       </c>
       <c r="F26" s="7" t="n">
-        <v>-87.758989</v>
+        <v>114.588985</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>-72.167564</v>
+        <v>87.758989</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>-65.896288</v>
+        <v>72.167564</v>
       </c>
       <c r="I26" s="7" t="n">
-        <v>-60.9368748140725</v>
+        <v>65.896288</v>
       </c>
       <c r="J26" s="7" t="n">
-        <v>-38.9141576041133</v>
+        <v>60.936874</v>
       </c>
       <c r="K26" s="7" t="n">
-        <v>-11.3517635469705</v>
+        <v>38.914157</v>
       </c>
       <c r="L26" s="7" t="n">
-        <v>22.5757724089453</v>
+        <v>11.351763</v>
       </c>
       <c r="M26" s="7" t="n">
-        <v>50.1084954461898</v>
+        <v>-22.575773</v>
       </c>
       <c r="N26" s="7" t="n">
-        <v>53.6458003763517</v>
+        <v>-50.108496</v>
       </c>
       <c r="O26" s="7" t="n">
-        <v>29.0579021138614</v>
+        <v>-54.273267</v>
       </c>
       <c r="P26" s="7" t="n">
-        <v>155.756808079712</v>
+        <v>-28.430436</v>
       </c>
       <c r="Q26" s="7" t="n">
-        <v>20.6138293955137</v>
+        <v>-155.326083</v>
       </c>
       <c r="R26" s="7" t="n">
-        <v>-25.1654970949758</v>
+        <v>-20.205937</v>
       </c>
       <c r="S26" s="7" t="n">
-        <v>13.1063779122658</v>
+        <v>25.619055</v>
+      </c>
+      <c r="T26" s="7" t="n">
+        <v>-14.398554</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="A27" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B27" s="7" t="n">
-        <v>-877.833627</v>
+        <v>861.926143</v>
       </c>
       <c r="C27" s="7" t="n">
-        <v>-884.07871</v>
+        <v>877.833627</v>
       </c>
       <c r="D27" s="7" t="n">
-        <v>-843.904457</v>
+        <v>884.07871</v>
       </c>
       <c r="E27" s="7" t="n">
-        <v>-798.986718</v>
+        <v>843.904457</v>
       </c>
       <c r="F27" s="7" t="n">
-        <v>-785.126749</v>
+        <v>798.986718</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>-758.999571</v>
+        <v>785.126749</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>-730.215855</v>
+        <v>758.999571</v>
       </c>
       <c r="I27" s="7" t="n">
-        <v>-695.683252092923</v>
+        <v>730.215855</v>
       </c>
       <c r="J27" s="7" t="n">
-        <v>-663.348574483317</v>
+        <v>695.683252</v>
       </c>
       <c r="K27" s="7" t="n">
-        <v>-606.35932146704</v>
+        <v>663.348574</v>
       </c>
       <c r="L27" s="7" t="n">
-        <v>-559.691171677243</v>
+        <v>606.359321</v>
       </c>
       <c r="M27" s="7" t="n">
-        <v>-513.358112681037</v>
+        <v>559.691171</v>
       </c>
       <c r="N27" s="7" t="n">
-        <v>-524.914650030851</v>
+        <v>513.358112</v>
       </c>
       <c r="O27" s="7" t="n">
-        <v>-523.773686769003</v>
+        <v>523.984346</v>
       </c>
       <c r="P27" s="7" t="n">
-        <v>-526.540213362227</v>
+        <v>524.703991</v>
       </c>
       <c r="Q27" s="7" t="n">
-        <v>-482.13969529144</v>
+        <v>529.434722</v>
       </c>
       <c r="R27" s="7" t="n">
-        <v>-452.685303417192</v>
+        <v>485.00117</v>
       </c>
       <c r="S27" s="7" t="n">
-        <v>-445.132098526642</v>
+        <v>455.590747</v>
+      </c>
+      <c r="T27" s="7" t="n">
+        <v>436.448574</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="A28" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B28" s="7" t="n">
-        <v>-322.768874</v>
+        <v>270.71892</v>
       </c>
       <c r="C28" s="7" t="n">
-        <v>-281.701606</v>
+        <v>322.768874</v>
       </c>
       <c r="D28" s="7" t="n">
-        <v>-279.56225</v>
+        <v>281.701606</v>
       </c>
       <c r="E28" s="7" t="n">
-        <v>-253.197652</v>
+        <v>279.56225</v>
       </c>
       <c r="F28" s="7" t="n">
-        <v>-249.297313</v>
+        <v>253.197652</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>-237.772599</v>
+        <v>249.297313</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>-172.870763</v>
+        <v>237.772599</v>
       </c>
       <c r="I28" s="7" t="n">
-        <v>-150.826110344153</v>
+        <v>172.870764</v>
       </c>
       <c r="J28" s="7" t="n">
-        <v>-141.500503734728</v>
+        <v>150.826111</v>
       </c>
       <c r="K28" s="7" t="n">
-        <v>-182.95673453819</v>
+        <v>141.500504</v>
       </c>
       <c r="L28" s="7" t="n">
-        <v>-207.28040562926</v>
+        <v>182.956734</v>
       </c>
       <c r="M28" s="7" t="n">
-        <v>-191.415436744488</v>
+        <v>207.280406</v>
       </c>
       <c r="N28" s="7" t="n">
-        <v>-169.229410961716</v>
+        <v>191.415437</v>
       </c>
       <c r="O28" s="7" t="n">
-        <v>-156.254096147651</v>
+        <v>168.227555</v>
       </c>
       <c r="P28" s="7" t="n">
-        <v>-156.635113121157</v>
+        <v>157.255952</v>
       </c>
       <c r="Q28" s="7" t="n">
-        <v>-152.246575837258</v>
+        <v>156.975656</v>
       </c>
       <c r="R28" s="7" t="n">
-        <v>-144.547065426781</v>
+        <v>152.5857</v>
       </c>
       <c r="S28" s="7" t="n">
-        <v>-147.851303646992</v>
+        <v>144.888078</v>
+      </c>
+      <c r="T28" s="7" t="n">
+        <v>146.829674</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="A29" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B29" s="7" t="n">
-        <v>253.220978</v>
+        <v>-378.415203</v>
       </c>
       <c r="C29" s="7" t="n">
-        <v>199.047655</v>
+        <v>-253.220978</v>
       </c>
       <c r="D29" s="7" t="n">
-        <v>172.483521</v>
+        <v>-199.047655</v>
       </c>
       <c r="E29" s="7" t="n">
-        <v>150.514354</v>
+        <v>-172.483521</v>
       </c>
       <c r="F29" s="7" t="n">
-        <v>189.52862</v>
+        <v>-150.514354</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>274.934806</v>
+        <v>-189.52862</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>299.80426</v>
+        <v>-274.934806</v>
       </c>
       <c r="I29" s="7" t="n">
-        <v>297.860914049441</v>
+        <v>-299.80426</v>
       </c>
       <c r="J29" s="7" t="n">
-        <v>258.427910491716</v>
+        <v>-297.860914</v>
       </c>
       <c r="K29" s="7" t="n">
-        <v>245.528174081747</v>
+        <v>-258.42791</v>
       </c>
       <c r="L29" s="7" t="n">
-        <v>256.029060857764</v>
+        <v>-245.528174</v>
       </c>
       <c r="M29" s="7" t="n">
-        <v>270.294056232098</v>
+        <v>-256.029061</v>
       </c>
       <c r="N29" s="7" t="n">
-        <v>257.401657266244</v>
+        <v>-270.294056</v>
       </c>
       <c r="O29" s="7" t="n">
-        <v>245.986210449972</v>
+        <v>-257.596754</v>
       </c>
       <c r="P29" s="7" t="n">
-        <v>217.980900420483</v>
+        <v>-245.791113</v>
       </c>
       <c r="Q29" s="7" t="n">
-        <v>220.306268623105</v>
+        <v>-218.64692</v>
       </c>
       <c r="R29" s="7" t="n">
-        <v>220.889595994869</v>
+        <v>-221.485743</v>
       </c>
       <c r="S29" s="7" t="n">
-        <v>236.127691680477</v>
+        <v>-221.042161</v>
+      </c>
+      <c r="T29" s="7" t="n">
+        <v>-234.129632</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="A30" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B30" s="7" t="n">
-        <v>-166.063647</v>
+        <v>176.574159</v>
       </c>
       <c r="C30" s="7" t="n">
-        <v>-161.535689</v>
+        <v>166.063647</v>
       </c>
       <c r="D30" s="7" t="n">
-        <v>-154.848421</v>
+        <v>161.535689</v>
       </c>
       <c r="E30" s="7" t="n">
-        <v>-161.075273</v>
+        <v>154.848421</v>
       </c>
       <c r="F30" s="7" t="n">
-        <v>-167.857164</v>
+        <v>161.075273</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>-167.482175</v>
+        <v>167.857164</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>-165.673675</v>
+        <v>167.482175</v>
       </c>
       <c r="I30" s="7" t="n">
-        <v>-159.682480575461</v>
+        <v>165.673675</v>
       </c>
       <c r="J30" s="7" t="n">
-        <v>-159.869864950517</v>
+        <v>159.682481</v>
       </c>
       <c r="K30" s="7" t="n">
-        <v>-162.45405113759</v>
+        <v>159.869865</v>
       </c>
       <c r="L30" s="7" t="n">
-        <v>-165.697506626363</v>
+        <v>162.454051</v>
       </c>
       <c r="M30" s="7" t="n">
-        <v>-165.699752061796</v>
+        <v>165.697507</v>
       </c>
       <c r="N30" s="7" t="n">
-        <v>-159.720156500239</v>
+        <v>165.699752</v>
       </c>
       <c r="O30" s="7" t="n">
-        <v>-144.504464449925</v>
+        <v>158.457355</v>
       </c>
       <c r="P30" s="7" t="n">
-        <v>-139.841209438638</v>
+        <v>145.767266</v>
       </c>
       <c r="Q30" s="7" t="n">
-        <v>-132.399358450812</v>
+        <v>140.534055</v>
       </c>
       <c r="R30" s="7" t="n">
-        <v>-111.563567964046</v>
+        <v>126.686053</v>
       </c>
       <c r="S30" s="7" t="n">
-        <v>-115.131496366719</v>
-[...2274 lines deleted...]
-        <v>67904.5</v>
+        <v>118.65728</v>
+      </c>
+      <c r="T30" s="7" t="n">
+        <v>113.052959</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="A31" s="1"/>
-      <c r="B31" s="8"/>
-[...16 lines deleted...]
-      <c r="S31" s="8"/>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="A32" s="4" t="s">
-        <v>53</v>
-[...18 lines deleted...]
-      <c r="S32" s="8"/>
+        <v>48</v>
+      </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="A33" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B33" s="8"/>
-[...16 lines deleted...]
-      <c r="S33" s="8"/>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="A34" s="1"/>
-      <c r="B34" s="8"/>
-[...16 lines deleted...]
-      <c r="S34" s="8"/>
     </row>
     <row r="35" ht="81" customHeight="1"/>
     <row r="36" ht="15" customHeight="1">
       <c r="A36" s="4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
     <row r="47" ht="15" customHeight="1"/>
     <row r="48" ht="15" customHeight="1"/>
     <row r="49" ht="15" customHeight="1"/>
     <row r="50" ht="15" customHeight="1"/>
     <row r="51" ht="15" customHeight="1"/>
     <row r="52" ht="15" customHeight="1"/>
     <row r="53" ht="15" customHeight="1"/>
     <row r="54" ht="15" customHeight="1"/>
@@ -5232,50 +2988,2424 @@
     <row r="478" ht="15" customHeight="1"/>
     <row r="479" ht="15" customHeight="1"/>
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A1:S1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A36:S36"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A32:T32"/>
+    <mergeCell ref="A33:T33"/>
+    <mergeCell ref="A36:T36"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="21.9183333333333" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="9.99" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="9.99" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.99" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.99" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.99" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.99" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.99" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.99" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.99" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.99" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.99" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="T4" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="9" t="n">
+        <v>-249</v>
+      </c>
+      <c r="C5" s="9" t="n">
+        <v>-270</v>
+      </c>
+      <c r="D5" s="9" t="n">
+        <v>-300</v>
+      </c>
+      <c r="E5" s="9" t="n">
+        <v>-326</v>
+      </c>
+      <c r="F5" s="9" t="n">
+        <v>-327</v>
+      </c>
+      <c r="G5" s="9" t="n">
+        <v>-335</v>
+      </c>
+      <c r="H5" s="9" t="n">
+        <v>-352</v>
+      </c>
+      <c r="I5" s="9" t="n">
+        <v>-336</v>
+      </c>
+      <c r="J5" s="9" t="n">
+        <v>-323</v>
+      </c>
+      <c r="K5" s="9" t="n">
+        <v>-314</v>
+      </c>
+      <c r="L5" s="9" t="n">
+        <v>-316</v>
+      </c>
+      <c r="M5" s="9" t="n">
+        <v>-302</v>
+      </c>
+      <c r="N5" s="9" t="n">
+        <v>-269</v>
+      </c>
+      <c r="O5" s="9" t="n">
+        <v>-281</v>
+      </c>
+      <c r="P5" s="9" t="n">
+        <v>-326</v>
+      </c>
+      <c r="Q5" s="9" t="n">
+        <v>-375</v>
+      </c>
+      <c r="R5" s="9" t="n">
+        <v>-427</v>
+      </c>
+      <c r="S5" s="9" t="n">
+        <v>-410</v>
+      </c>
+      <c r="T5" s="9" t="n">
+        <v>-341</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="9" t="n">
+        <v>1489</v>
+      </c>
+      <c r="C6" s="9" t="n">
+        <v>1369</v>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>1248</v>
+      </c>
+      <c r="E6" s="9" t="n">
+        <v>1036</v>
+      </c>
+      <c r="F6" s="9" t="n">
+        <v>904</v>
+      </c>
+      <c r="G6" s="9" t="n">
+        <v>891</v>
+      </c>
+      <c r="H6" s="9" t="n">
+        <v>1078</v>
+      </c>
+      <c r="I6" s="9" t="n">
+        <v>1172</v>
+      </c>
+      <c r="J6" s="9" t="n">
+        <v>1266</v>
+      </c>
+      <c r="K6" s="9" t="n">
+        <v>1291</v>
+      </c>
+      <c r="L6" s="9" t="n">
+        <v>1278</v>
+      </c>
+      <c r="M6" s="9" t="n">
+        <v>1253</v>
+      </c>
+      <c r="N6" s="9" t="n">
+        <v>1258</v>
+      </c>
+      <c r="O6" s="9" t="n">
+        <v>1191</v>
+      </c>
+      <c r="P6" s="9" t="n">
+        <v>1099</v>
+      </c>
+      <c r="Q6" s="9" t="n">
+        <v>978</v>
+      </c>
+      <c r="R6" s="9" t="n">
+        <v>902</v>
+      </c>
+      <c r="S6" s="9" t="n">
+        <v>890</v>
+      </c>
+      <c r="T6" s="9" t="n">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="9" t="n">
+        <v>230</v>
+      </c>
+      <c r="C7" s="9" t="n">
+        <v>219</v>
+      </c>
+      <c r="D7" s="9" t="n">
+        <v>232</v>
+      </c>
+      <c r="E7" s="9" t="n">
+        <v>232</v>
+      </c>
+      <c r="F7" s="9" t="n">
+        <v>283</v>
+      </c>
+      <c r="G7" s="9" t="n">
+        <v>333</v>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>388</v>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>406</v>
+      </c>
+      <c r="J7" s="9" t="n">
+        <v>379</v>
+      </c>
+      <c r="K7" s="9" t="n">
+        <v>491</v>
+      </c>
+      <c r="L7" s="9" t="n">
+        <v>664</v>
+      </c>
+      <c r="M7" s="9" t="n">
+        <v>883</v>
+      </c>
+      <c r="N7" s="9" t="n">
+        <v>941</v>
+      </c>
+      <c r="O7" s="9" t="n">
+        <v>1011</v>
+      </c>
+      <c r="P7" s="9" t="n">
+        <v>1006</v>
+      </c>
+      <c r="Q7" s="9" t="n">
+        <v>1003</v>
+      </c>
+      <c r="R7" s="9" t="n">
+        <v>942</v>
+      </c>
+      <c r="S7" s="9" t="n">
+        <v>912</v>
+      </c>
+      <c r="T7" s="9" t="n">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="9" t="n">
+        <v>1975</v>
+      </c>
+      <c r="C8" s="9" t="n">
+        <v>1903</v>
+      </c>
+      <c r="D8" s="9" t="n">
+        <v>1913</v>
+      </c>
+      <c r="E8" s="9" t="n">
+        <v>1816</v>
+      </c>
+      <c r="F8" s="9" t="n">
+        <v>1722</v>
+      </c>
+      <c r="G8" s="9" t="n">
+        <v>1694</v>
+      </c>
+      <c r="H8" s="9" t="n">
+        <v>1789</v>
+      </c>
+      <c r="I8" s="9" t="n">
+        <v>1910</v>
+      </c>
+      <c r="J8" s="9" t="n">
+        <v>2053</v>
+      </c>
+      <c r="K8" s="9" t="n">
+        <v>2161</v>
+      </c>
+      <c r="L8" s="9" t="n">
+        <v>2293</v>
+      </c>
+      <c r="M8" s="9" t="n">
+        <v>2463</v>
+      </c>
+      <c r="N8" s="9" t="n">
+        <v>2505</v>
+      </c>
+      <c r="O8" s="9" t="n">
+        <v>2502</v>
+      </c>
+      <c r="P8" s="9" t="n">
+        <v>2496</v>
+      </c>
+      <c r="Q8" s="9" t="n">
+        <v>2430</v>
+      </c>
+      <c r="R8" s="9" t="n">
+        <v>2355</v>
+      </c>
+      <c r="S8" s="9" t="n">
+        <v>2195</v>
+      </c>
+      <c r="T8" s="9" t="n">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="9" t="n">
+        <v>-1604</v>
+      </c>
+      <c r="C9" s="9" t="n">
+        <v>-1529</v>
+      </c>
+      <c r="D9" s="9" t="n">
+        <v>-1344</v>
+      </c>
+      <c r="E9" s="9" t="n">
+        <v>-1236</v>
+      </c>
+      <c r="F9" s="9" t="n">
+        <v>-1268</v>
+      </c>
+      <c r="G9" s="9" t="n">
+        <v>-1275</v>
+      </c>
+      <c r="H9" s="9" t="n">
+        <v>-1420</v>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>-1299</v>
+      </c>
+      <c r="J9" s="9" t="n">
+        <v>-1277</v>
+      </c>
+      <c r="K9" s="9" t="n">
+        <v>-1210</v>
+      </c>
+      <c r="L9" s="9" t="n">
+        <v>-1188</v>
+      </c>
+      <c r="M9" s="9" t="n">
+        <v>-1108</v>
+      </c>
+      <c r="N9" s="9" t="n">
+        <v>-993</v>
+      </c>
+      <c r="O9" s="9" t="n">
+        <v>-932</v>
+      </c>
+      <c r="P9" s="9" t="n">
+        <v>-773</v>
+      </c>
+      <c r="Q9" s="9" t="n">
+        <v>-580</v>
+      </c>
+      <c r="R9" s="9" t="n">
+        <v>-417</v>
+      </c>
+      <c r="S9" s="9" t="n">
+        <v>-340</v>
+      </c>
+      <c r="T9" s="9" t="n">
+        <v>-333</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="9" t="n">
+        <v>20</v>
+      </c>
+      <c r="C10" s="9" t="n">
+        <v>-38</v>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>-17</v>
+      </c>
+      <c r="E10" s="9" t="n">
+        <v>31</v>
+      </c>
+      <c r="F10" s="9" t="n">
+        <v>112</v>
+      </c>
+      <c r="G10" s="9" t="n">
+        <v>-139</v>
+      </c>
+      <c r="H10" s="9" t="n">
+        <v>-122</v>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>-203</v>
+      </c>
+      <c r="J10" s="9" t="n">
+        <v>115</v>
+      </c>
+      <c r="K10" s="9" t="n">
+        <v>397</v>
+      </c>
+      <c r="L10" s="9" t="n">
+        <v>622</v>
+      </c>
+      <c r="M10" s="9" t="n">
+        <v>849</v>
+      </c>
+      <c r="N10" s="9" t="n">
+        <v>955</v>
+      </c>
+      <c r="O10" s="9" t="n">
+        <v>1067</v>
+      </c>
+      <c r="P10" s="9" t="n">
+        <v>1077</v>
+      </c>
+      <c r="Q10" s="9" t="n">
+        <v>1370</v>
+      </c>
+      <c r="R10" s="9" t="n">
+        <v>1592</v>
+      </c>
+      <c r="S10" s="9" t="n">
+        <v>1933</v>
+      </c>
+      <c r="T10" s="9" t="n">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="9" t="n">
+        <v>-1076</v>
+      </c>
+      <c r="C11" s="9" t="n">
+        <v>-1081</v>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>-1037</v>
+      </c>
+      <c r="E11" s="9" t="n">
+        <v>-985</v>
+      </c>
+      <c r="F11" s="9" t="n">
+        <v>-906</v>
+      </c>
+      <c r="G11" s="9" t="n">
+        <v>-905</v>
+      </c>
+      <c r="H11" s="9" t="n">
+        <v>-1017</v>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>-1075</v>
+      </c>
+      <c r="J11" s="9" t="n">
+        <v>-1067</v>
+      </c>
+      <c r="K11" s="9" t="n">
+        <v>-893</v>
+      </c>
+      <c r="L11" s="9" t="n">
+        <v>-742</v>
+      </c>
+      <c r="M11" s="9" t="n">
+        <v>-511</v>
+      </c>
+      <c r="N11" s="9" t="n">
+        <v>-457</v>
+      </c>
+      <c r="O11" s="9" t="n">
+        <v>-417</v>
+      </c>
+      <c r="P11" s="9" t="n">
+        <v>-364</v>
+      </c>
+      <c r="Q11" s="9" t="n">
+        <v>-349</v>
+      </c>
+      <c r="R11" s="9" t="n">
+        <v>-354</v>
+      </c>
+      <c r="S11" s="9" t="n">
+        <v>-388</v>
+      </c>
+      <c r="T11" s="9" t="n">
+        <v>-359</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="9" t="n">
+        <v>1768</v>
+      </c>
+      <c r="C12" s="9" t="n">
+        <v>1677</v>
+      </c>
+      <c r="D12" s="9" t="n">
+        <v>1645</v>
+      </c>
+      <c r="E12" s="9" t="n">
+        <v>1591</v>
+      </c>
+      <c r="F12" s="9" t="n">
+        <v>1597</v>
+      </c>
+      <c r="G12" s="9" t="n">
+        <v>1682</v>
+      </c>
+      <c r="H12" s="9" t="n">
+        <v>1831</v>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>1799</v>
+      </c>
+      <c r="J12" s="9" t="n">
+        <v>1795</v>
+      </c>
+      <c r="K12" s="9" t="n">
+        <v>1789</v>
+      </c>
+      <c r="L12" s="9" t="n">
+        <v>1789</v>
+      </c>
+      <c r="M12" s="9" t="n">
+        <v>1892</v>
+      </c>
+      <c r="N12" s="9" t="n">
+        <v>1943</v>
+      </c>
+      <c r="O12" s="9" t="n">
+        <v>2082</v>
+      </c>
+      <c r="P12" s="9" t="n">
+        <v>1949</v>
+      </c>
+      <c r="Q12" s="9" t="n">
+        <v>1837</v>
+      </c>
+      <c r="R12" s="9" t="n">
+        <v>1694</v>
+      </c>
+      <c r="S12" s="9" t="n">
+        <v>1640</v>
+      </c>
+      <c r="T12" s="9" t="n">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="9" t="n">
+        <v>-3571</v>
+      </c>
+      <c r="C13" s="9" t="n">
+        <v>-3321</v>
+      </c>
+      <c r="D13" s="9" t="n">
+        <v>-2970</v>
+      </c>
+      <c r="E13" s="9" t="n">
+        <v>-2864</v>
+      </c>
+      <c r="F13" s="9" t="n">
+        <v>-2594</v>
+      </c>
+      <c r="G13" s="9" t="n">
+        <v>-2662</v>
+      </c>
+      <c r="H13" s="9" t="n">
+        <v>-2685</v>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>-2727</v>
+      </c>
+      <c r="J13" s="9" t="n">
+        <v>-2629</v>
+      </c>
+      <c r="K13" s="9" t="n">
+        <v>-2913</v>
+      </c>
+      <c r="L13" s="9" t="n">
+        <v>-2840</v>
+      </c>
+      <c r="M13" s="9" t="n">
+        <v>-2806</v>
+      </c>
+      <c r="N13" s="9" t="n">
+        <v>-2514</v>
+      </c>
+      <c r="O13" s="9" t="n">
+        <v>-2499</v>
+      </c>
+      <c r="P13" s="9" t="n">
+        <v>-2419</v>
+      </c>
+      <c r="Q13" s="9" t="n">
+        <v>-2229</v>
+      </c>
+      <c r="R13" s="9" t="n">
+        <v>-2048</v>
+      </c>
+      <c r="S13" s="9" t="n">
+        <v>-1852</v>
+      </c>
+      <c r="T13" s="9" t="n">
+        <v>-1721</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="9" t="n">
+        <v>1748</v>
+      </c>
+      <c r="C14" s="9" t="n">
+        <v>1857</v>
+      </c>
+      <c r="D14" s="9" t="n">
+        <v>1917</v>
+      </c>
+      <c r="E14" s="9" t="n">
+        <v>1849</v>
+      </c>
+      <c r="F14" s="9" t="n">
+        <v>1705</v>
+      </c>
+      <c r="G14" s="9" t="n">
+        <v>1470</v>
+      </c>
+      <c r="H14" s="9" t="n">
+        <v>1261</v>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>1259</v>
+      </c>
+      <c r="J14" s="9" t="n">
+        <v>1305</v>
+      </c>
+      <c r="K14" s="9" t="n">
+        <v>1369</v>
+      </c>
+      <c r="L14" s="9" t="n">
+        <v>1504</v>
+      </c>
+      <c r="M14" s="9" t="n">
+        <v>1496</v>
+      </c>
+      <c r="N14" s="9" t="n">
+        <v>1619</v>
+      </c>
+      <c r="O14" s="9" t="n">
+        <v>1701</v>
+      </c>
+      <c r="P14" s="9" t="n">
+        <v>1798</v>
+      </c>
+      <c r="Q14" s="9" t="n">
+        <v>1874</v>
+      </c>
+      <c r="R14" s="9" t="n">
+        <v>1716</v>
+      </c>
+      <c r="S14" s="9" t="n">
+        <v>1594</v>
+      </c>
+      <c r="T14" s="9" t="n">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="9" t="n">
+        <v>1654</v>
+      </c>
+      <c r="C15" s="9" t="n">
+        <v>1593</v>
+      </c>
+      <c r="D15" s="9" t="n">
+        <v>1630</v>
+      </c>
+      <c r="E15" s="9" t="n">
+        <v>1541</v>
+      </c>
+      <c r="F15" s="9" t="n">
+        <v>1493</v>
+      </c>
+      <c r="G15" s="9" t="n">
+        <v>1470</v>
+      </c>
+      <c r="H15" s="9" t="n">
+        <v>1391</v>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>1388</v>
+      </c>
+      <c r="J15" s="9" t="n">
+        <v>1239</v>
+      </c>
+      <c r="K15" s="9" t="n">
+        <v>1176</v>
+      </c>
+      <c r="L15" s="9" t="n">
+        <v>999</v>
+      </c>
+      <c r="M15" s="9" t="n">
+        <v>894</v>
+      </c>
+      <c r="N15" s="9" t="n">
+        <v>826</v>
+      </c>
+      <c r="O15" s="9" t="n">
+        <v>816</v>
+      </c>
+      <c r="P15" s="9" t="n">
+        <v>721</v>
+      </c>
+      <c r="Q15" s="9" t="n">
+        <v>780</v>
+      </c>
+      <c r="R15" s="9" t="n">
+        <v>756</v>
+      </c>
+      <c r="S15" s="9" t="n">
+        <v>843</v>
+      </c>
+      <c r="T15" s="9" t="n">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="9" t="n">
+        <v>-745</v>
+      </c>
+      <c r="C16" s="9" t="n">
+        <v>-820</v>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>-672</v>
+      </c>
+      <c r="E16" s="9" t="n">
+        <v>-596</v>
+      </c>
+      <c r="F16" s="9" t="n">
+        <v>-356</v>
+      </c>
+      <c r="G16" s="9" t="n">
+        <v>-436</v>
+      </c>
+      <c r="H16" s="9" t="n">
+        <v>-556</v>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>-647</v>
+      </c>
+      <c r="J16" s="9" t="n">
+        <v>-648</v>
+      </c>
+      <c r="K16" s="9" t="n">
+        <v>-573</v>
+      </c>
+      <c r="L16" s="9" t="n">
+        <v>-486</v>
+      </c>
+      <c r="M16" s="9" t="n">
+        <v>-481</v>
+      </c>
+      <c r="N16" s="9" t="n">
+        <v>-534</v>
+      </c>
+      <c r="O16" s="9" t="n">
+        <v>-598</v>
+      </c>
+      <c r="P16" s="9" t="n">
+        <v>-529</v>
+      </c>
+      <c r="Q16" s="9" t="n">
+        <v>-447</v>
+      </c>
+      <c r="R16" s="9" t="n">
+        <v>-353</v>
+      </c>
+      <c r="S16" s="9" t="n">
+        <v>-347</v>
+      </c>
+      <c r="T16" s="9" t="n">
+        <v>-363</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="9" t="n">
+        <v>18</v>
+      </c>
+      <c r="C17" s="9" t="n">
+        <v>17</v>
+      </c>
+      <c r="D17" s="9" t="n">
+        <v>29</v>
+      </c>
+      <c r="E17" s="9" t="n">
+        <v>50</v>
+      </c>
+      <c r="F17" s="9" t="n">
+        <v>59</v>
+      </c>
+      <c r="G17" s="9" t="n">
+        <v>30</v>
+      </c>
+      <c r="H17" s="9" t="n">
+        <v>42</v>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>45</v>
+      </c>
+      <c r="J17" s="9" t="n">
+        <v>47</v>
+      </c>
+      <c r="K17" s="9" t="n">
+        <v>50</v>
+      </c>
+      <c r="L17" s="9" t="n">
+        <v>15</v>
+      </c>
+      <c r="M17" s="9" t="n">
+        <v>-18</v>
+      </c>
+      <c r="N17" s="9" t="n">
+        <v>-44</v>
+      </c>
+      <c r="O17" s="9" t="n">
+        <v>-13</v>
+      </c>
+      <c r="P17" s="9" t="n">
+        <v>-39</v>
+      </c>
+      <c r="Q17" s="9" t="n">
+        <v>-5</v>
+      </c>
+      <c r="R17" s="9" t="n">
+        <v>-34</v>
+      </c>
+      <c r="S17" s="9" t="n">
+        <v>-55</v>
+      </c>
+      <c r="T17" s="9" t="n">
+        <v>-77</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="9" t="n">
+        <v>-150</v>
+      </c>
+      <c r="C18" s="9" t="n">
+        <v>-69</v>
+      </c>
+      <c r="D18" s="9" t="n">
+        <v>15</v>
+      </c>
+      <c r="E18" s="9" t="n">
+        <v>29</v>
+      </c>
+      <c r="F18" s="9" t="n">
+        <v>111</v>
+      </c>
+      <c r="G18" s="9" t="n">
+        <v>148</v>
+      </c>
+      <c r="H18" s="9" t="n">
+        <v>259</v>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>240</v>
+      </c>
+      <c r="J18" s="9" t="n">
+        <v>175</v>
+      </c>
+      <c r="K18" s="9" t="n">
+        <v>89</v>
+      </c>
+      <c r="L18" s="9" t="n">
+        <v>18</v>
+      </c>
+      <c r="M18" s="9" t="n">
+        <v>-28</v>
+      </c>
+      <c r="N18" s="9" t="n">
+        <v>-56</v>
+      </c>
+      <c r="O18" s="9" t="n">
+        <v>-35</v>
+      </c>
+      <c r="P18" s="9" t="n">
+        <v>104</v>
+      </c>
+      <c r="Q18" s="9" t="n">
+        <v>154</v>
+      </c>
+      <c r="R18" s="9" t="n">
+        <v>159</v>
+      </c>
+      <c r="S18" s="9" t="n">
+        <v>158</v>
+      </c>
+      <c r="T18" s="9" t="n">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="9" t="n">
+        <v>829</v>
+      </c>
+      <c r="C19" s="9" t="n">
+        <v>881</v>
+      </c>
+      <c r="D19" s="9" t="n">
+        <v>886</v>
+      </c>
+      <c r="E19" s="9" t="n">
+        <v>883</v>
+      </c>
+      <c r="F19" s="9" t="n">
+        <v>871</v>
+      </c>
+      <c r="G19" s="9" t="n">
+        <v>897</v>
+      </c>
+      <c r="H19" s="9" t="n">
+        <v>902</v>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>894</v>
+      </c>
+      <c r="J19" s="9" t="n">
+        <v>866</v>
+      </c>
+      <c r="K19" s="9" t="n">
+        <v>883</v>
+      </c>
+      <c r="L19" s="9" t="n">
+        <v>836</v>
+      </c>
+      <c r="M19" s="9" t="n">
+        <v>892</v>
+      </c>
+      <c r="N19" s="9" t="n">
+        <v>874</v>
+      </c>
+      <c r="O19" s="9" t="n">
+        <v>1023</v>
+      </c>
+      <c r="P19" s="9" t="n">
+        <v>1130</v>
+      </c>
+      <c r="Q19" s="9" t="n">
+        <v>1255</v>
+      </c>
+      <c r="R19" s="9" t="n">
+        <v>1205</v>
+      </c>
+      <c r="S19" s="9" t="n">
+        <v>1188</v>
+      </c>
+      <c r="T19" s="9" t="n">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" s="9" t="n">
+        <v>474</v>
+      </c>
+      <c r="C20" s="9" t="n">
+        <v>474</v>
+      </c>
+      <c r="D20" s="9" t="n">
+        <v>508</v>
+      </c>
+      <c r="E20" s="9" t="n">
+        <v>536</v>
+      </c>
+      <c r="F20" s="9" t="n">
+        <v>617</v>
+      </c>
+      <c r="G20" s="9" t="n">
+        <v>647</v>
+      </c>
+      <c r="H20" s="9" t="n">
+        <v>774</v>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>879</v>
+      </c>
+      <c r="J20" s="9" t="n">
+        <v>1051</v>
+      </c>
+      <c r="K20" s="9" t="n">
+        <v>1033</v>
+      </c>
+      <c r="L20" s="9" t="n">
+        <v>1056</v>
+      </c>
+      <c r="M20" s="9" t="n">
+        <v>1153</v>
+      </c>
+      <c r="N20" s="9" t="n">
+        <v>1106</v>
+      </c>
+      <c r="O20" s="9" t="n">
+        <v>1036</v>
+      </c>
+      <c r="P20" s="9" t="n">
+        <v>1123</v>
+      </c>
+      <c r="Q20" s="9" t="n">
+        <v>1115</v>
+      </c>
+      <c r="R20" s="9" t="n">
+        <v>1167</v>
+      </c>
+      <c r="S20" s="9" t="n">
+        <v>1134</v>
+      </c>
+      <c r="T20" s="9" t="n">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="9" t="n">
+        <v>953</v>
+      </c>
+      <c r="C21" s="9" t="n">
+        <v>796</v>
+      </c>
+      <c r="D21" s="9" t="n">
+        <v>662</v>
+      </c>
+      <c r="E21" s="9" t="n">
+        <v>602</v>
+      </c>
+      <c r="F21" s="9" t="n">
+        <v>637</v>
+      </c>
+      <c r="G21" s="9" t="n">
+        <v>761</v>
+      </c>
+      <c r="H21" s="9" t="n">
+        <v>878</v>
+      </c>
+      <c r="I21" s="9" t="n">
+        <v>942</v>
+      </c>
+      <c r="J21" s="9" t="n">
+        <v>906</v>
+      </c>
+      <c r="K21" s="9" t="n">
+        <v>858</v>
+      </c>
+      <c r="L21" s="9" t="n">
+        <v>814</v>
+      </c>
+      <c r="M21" s="9" t="n">
+        <v>847</v>
+      </c>
+      <c r="N21" s="9" t="n">
+        <v>828</v>
+      </c>
+      <c r="O21" s="9" t="n">
+        <v>827</v>
+      </c>
+      <c r="P21" s="9" t="n">
+        <v>883</v>
+      </c>
+      <c r="Q21" s="9" t="n">
+        <v>952</v>
+      </c>
+      <c r="R21" s="9" t="n">
+        <v>936</v>
+      </c>
+      <c r="S21" s="9" t="n">
+        <v>853</v>
+      </c>
+      <c r="T21" s="9" t="n">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="A22" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="9" t="n">
+        <v>1011</v>
+      </c>
+      <c r="C22" s="9" t="n">
+        <v>1095</v>
+      </c>
+      <c r="D22" s="9" t="n">
+        <v>1141</v>
+      </c>
+      <c r="E22" s="9" t="n">
+        <v>1308</v>
+      </c>
+      <c r="F22" s="9" t="n">
+        <v>1306</v>
+      </c>
+      <c r="G22" s="9" t="n">
+        <v>1317</v>
+      </c>
+      <c r="H22" s="9" t="n">
+        <v>1336</v>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>1326</v>
+      </c>
+      <c r="J22" s="9" t="n">
+        <v>1322</v>
+      </c>
+      <c r="K22" s="9" t="n">
+        <v>1328</v>
+      </c>
+      <c r="L22" s="9" t="n">
+        <v>1295</v>
+      </c>
+      <c r="M22" s="9" t="n">
+        <v>1398</v>
+      </c>
+      <c r="N22" s="9" t="n">
+        <v>1256</v>
+      </c>
+      <c r="O22" s="9" t="n">
+        <v>1395</v>
+      </c>
+      <c r="P22" s="9" t="n">
+        <v>1414</v>
+      </c>
+      <c r="Q22" s="9" t="n">
+        <v>1476</v>
+      </c>
+      <c r="R22" s="9" t="n">
+        <v>1349</v>
+      </c>
+      <c r="S22" s="9" t="n">
+        <v>1322</v>
+      </c>
+      <c r="T22" s="9" t="n">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="A23" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="9" t="n">
+        <v>851</v>
+      </c>
+      <c r="C23" s="9" t="n">
+        <v>788</v>
+      </c>
+      <c r="D23" s="9" t="n">
+        <v>714</v>
+      </c>
+      <c r="E23" s="9" t="n">
+        <v>755</v>
+      </c>
+      <c r="F23" s="9" t="n">
+        <v>717</v>
+      </c>
+      <c r="G23" s="9" t="n">
+        <v>736</v>
+      </c>
+      <c r="H23" s="9" t="n">
+        <v>702</v>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>620</v>
+      </c>
+      <c r="J23" s="9" t="n">
+        <v>527</v>
+      </c>
+      <c r="K23" s="9" t="n">
+        <v>413</v>
+      </c>
+      <c r="L23" s="9" t="n">
+        <v>366</v>
+      </c>
+      <c r="M23" s="9" t="n">
+        <v>297</v>
+      </c>
+      <c r="N23" s="9" t="n">
+        <v>308</v>
+      </c>
+      <c r="O23" s="9" t="n">
+        <v>309</v>
+      </c>
+      <c r="P23" s="9" t="n">
+        <v>334</v>
+      </c>
+      <c r="Q23" s="9" t="n">
+        <v>387</v>
+      </c>
+      <c r="R23" s="9" t="n">
+        <v>354</v>
+      </c>
+      <c r="S23" s="9" t="n">
+        <v>246</v>
+      </c>
+      <c r="T23" s="9" t="n">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="A24" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="9" t="n">
+        <v>896</v>
+      </c>
+      <c r="C24" s="9" t="n">
+        <v>744</v>
+      </c>
+      <c r="D24" s="9" t="n">
+        <v>735</v>
+      </c>
+      <c r="E24" s="9" t="n">
+        <v>827</v>
+      </c>
+      <c r="F24" s="9" t="n">
+        <v>872</v>
+      </c>
+      <c r="G24" s="9" t="n">
+        <v>938</v>
+      </c>
+      <c r="H24" s="9" t="n">
+        <v>1006</v>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>983</v>
+      </c>
+      <c r="J24" s="9" t="n">
+        <v>930</v>
+      </c>
+      <c r="K24" s="9" t="n">
+        <v>882</v>
+      </c>
+      <c r="L24" s="9" t="n">
+        <v>895</v>
+      </c>
+      <c r="M24" s="9" t="n">
+        <v>960</v>
+      </c>
+      <c r="N24" s="9" t="n">
+        <v>929</v>
+      </c>
+      <c r="O24" s="9" t="n">
+        <v>918</v>
+      </c>
+      <c r="P24" s="9" t="n">
+        <v>901</v>
+      </c>
+      <c r="Q24" s="9" t="n">
+        <v>994</v>
+      </c>
+      <c r="R24" s="9" t="n">
+        <v>995</v>
+      </c>
+      <c r="S24" s="9" t="n">
+        <v>1017</v>
+      </c>
+      <c r="T24" s="9" t="n">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="A25" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" s="9" t="n">
+        <v>277</v>
+      </c>
+      <c r="C25" s="9" t="n">
+        <v>301</v>
+      </c>
+      <c r="D25" s="9" t="n">
+        <v>244</v>
+      </c>
+      <c r="E25" s="9" t="n">
+        <v>195</v>
+      </c>
+      <c r="F25" s="9" t="n">
+        <v>146</v>
+      </c>
+      <c r="G25" s="9" t="n">
+        <v>124</v>
+      </c>
+      <c r="H25" s="9" t="n">
+        <v>131</v>
+      </c>
+      <c r="I25" s="9" t="n">
+        <v>123</v>
+      </c>
+      <c r="J25" s="9" t="n">
+        <v>119</v>
+      </c>
+      <c r="K25" s="9" t="n">
+        <v>139</v>
+      </c>
+      <c r="L25" s="9" t="n">
+        <v>144</v>
+      </c>
+      <c r="M25" s="9" t="n">
+        <v>104</v>
+      </c>
+      <c r="N25" s="9" t="n">
+        <v>76</v>
+      </c>
+      <c r="O25" s="9" t="n">
+        <v>69</v>
+      </c>
+      <c r="P25" s="9" t="n">
+        <v>98</v>
+      </c>
+      <c r="Q25" s="9" t="n">
+        <v>145</v>
+      </c>
+      <c r="R25" s="9" t="n">
+        <v>151</v>
+      </c>
+      <c r="S25" s="9" t="n">
+        <v>136</v>
+      </c>
+      <c r="T25" s="9" t="n">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" s="9" t="n">
+        <v>145</v>
+      </c>
+      <c r="C26" s="9" t="n">
+        <v>144</v>
+      </c>
+      <c r="D26" s="9" t="n">
+        <v>145</v>
+      </c>
+      <c r="E26" s="9" t="n">
+        <v>154</v>
+      </c>
+      <c r="F26" s="9" t="n">
+        <v>144</v>
+      </c>
+      <c r="G26" s="9" t="n">
+        <v>111</v>
+      </c>
+      <c r="H26" s="9" t="n">
+        <v>93</v>
+      </c>
+      <c r="I26" s="9" t="n">
+        <v>86</v>
+      </c>
+      <c r="J26" s="9" t="n">
+        <v>81</v>
+      </c>
+      <c r="K26" s="9" t="n">
+        <v>53</v>
+      </c>
+      <c r="L26" s="9" t="n">
+        <v>16</v>
+      </c>
+      <c r="M26" s="9" t="n">
+        <v>-32</v>
+      </c>
+      <c r="N26" s="9" t="n">
+        <v>-71</v>
+      </c>
+      <c r="O26" s="9" t="n">
+        <v>-79</v>
+      </c>
+      <c r="P26" s="9" t="n">
+        <v>-42</v>
+      </c>
+      <c r="Q26" s="9" t="n">
+        <v>-231</v>
+      </c>
+      <c r="R26" s="9" t="n">
+        <v>-30</v>
+      </c>
+      <c r="S26" s="9" t="n">
+        <v>39</v>
+      </c>
+      <c r="T26" s="9" t="n">
+        <v>-22</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="A27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="9" t="n">
+        <v>2396</v>
+      </c>
+      <c r="C27" s="9" t="n">
+        <v>2469</v>
+      </c>
+      <c r="D27" s="9" t="n">
+        <v>2506</v>
+      </c>
+      <c r="E27" s="9" t="n">
+        <v>2408</v>
+      </c>
+      <c r="F27" s="9" t="n">
+        <v>2297</v>
+      </c>
+      <c r="G27" s="9" t="n">
+        <v>2275</v>
+      </c>
+      <c r="H27" s="9" t="n">
+        <v>2221</v>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>2163</v>
+      </c>
+      <c r="J27" s="9" t="n">
+        <v>2091</v>
+      </c>
+      <c r="K27" s="9" t="n">
+        <v>2025</v>
+      </c>
+      <c r="L27" s="9" t="n">
+        <v>1896</v>
+      </c>
+      <c r="M27" s="9" t="n">
+        <v>1792</v>
+      </c>
+      <c r="N27" s="9" t="n">
+        <v>1682</v>
+      </c>
+      <c r="O27" s="9" t="n">
+        <v>1741</v>
+      </c>
+      <c r="P27" s="9" t="n">
+        <v>1766</v>
+      </c>
+      <c r="Q27" s="9" t="n">
+        <v>1805</v>
+      </c>
+      <c r="R27" s="9" t="n">
+        <v>1674</v>
+      </c>
+      <c r="S27" s="9" t="n">
+        <v>1590</v>
+      </c>
+      <c r="T27" s="9" t="n">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" s="9" t="n">
+        <v>1523</v>
+      </c>
+      <c r="C28" s="9" t="n">
+        <v>1818</v>
+      </c>
+      <c r="D28" s="9" t="n">
+        <v>1583</v>
+      </c>
+      <c r="E28" s="9" t="n">
+        <v>1565</v>
+      </c>
+      <c r="F28" s="9" t="n">
+        <v>1412</v>
+      </c>
+      <c r="G28" s="9" t="n">
+        <v>1389</v>
+      </c>
+      <c r="H28" s="9" t="n">
+        <v>1327</v>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>970</v>
+      </c>
+      <c r="J28" s="9" t="n">
+        <v>853</v>
+      </c>
+      <c r="K28" s="9" t="n">
+        <v>807</v>
+      </c>
+      <c r="L28" s="9" t="n">
+        <v>1053</v>
+      </c>
+      <c r="M28" s="9" t="n">
+        <v>1200</v>
+      </c>
+      <c r="N28" s="9" t="n">
+        <v>1113</v>
+      </c>
+      <c r="O28" s="9" t="n">
+        <v>983</v>
+      </c>
+      <c r="P28" s="9" t="n">
+        <v>924</v>
+      </c>
+      <c r="Q28" s="9" t="n">
+        <v>926</v>
+      </c>
+      <c r="R28" s="9" t="n">
+        <v>902</v>
+      </c>
+      <c r="S28" s="9" t="n">
+        <v>859</v>
+      </c>
+      <c r="T28" s="9" t="n">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="A29" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B29" s="9" t="n">
+        <v>-739</v>
+      </c>
+      <c r="C29" s="9" t="n">
+        <v>-498</v>
+      </c>
+      <c r="D29" s="9" t="n">
+        <v>-394</v>
+      </c>
+      <c r="E29" s="9" t="n">
+        <v>-344</v>
+      </c>
+      <c r="F29" s="9" t="n">
+        <v>-303</v>
+      </c>
+      <c r="G29" s="9" t="n">
+        <v>-386</v>
+      </c>
+      <c r="H29" s="9" t="n">
+        <v>-567</v>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>-628</v>
+      </c>
+      <c r="J29" s="9" t="n">
+        <v>-633</v>
+      </c>
+      <c r="K29" s="9" t="n">
+        <v>-554</v>
+      </c>
+      <c r="L29" s="9" t="n">
+        <v>-531</v>
+      </c>
+      <c r="M29" s="9" t="n">
+        <v>-558</v>
+      </c>
+      <c r="N29" s="9" t="n">
+        <v>-596</v>
+      </c>
+      <c r="O29" s="9" t="n">
+        <v>-576</v>
+      </c>
+      <c r="P29" s="9" t="n">
+        <v>-555</v>
+      </c>
+      <c r="Q29" s="9" t="n">
+        <v>-498</v>
+      </c>
+      <c r="R29" s="9" t="n">
+        <v>-508</v>
+      </c>
+      <c r="S29" s="9" t="n">
+        <v>-511</v>
+      </c>
+      <c r="T29" s="9" t="n">
+        <v>-544</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="A30" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B30" s="9" t="n">
+        <v>2384</v>
+      </c>
+      <c r="C30" s="9" t="n">
+        <v>2249</v>
+      </c>
+      <c r="D30" s="9" t="n">
+        <v>2191</v>
+      </c>
+      <c r="E30" s="9" t="n">
+        <v>2104</v>
+      </c>
+      <c r="F30" s="9" t="n">
+        <v>2193</v>
+      </c>
+      <c r="G30" s="9" t="n">
+        <v>2291</v>
+      </c>
+      <c r="H30" s="9" t="n">
+        <v>2297</v>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>2288</v>
+      </c>
+      <c r="J30" s="9" t="n">
+        <v>2225</v>
+      </c>
+      <c r="K30" s="9" t="n">
+        <v>2247</v>
+      </c>
+      <c r="L30" s="9" t="n">
+        <v>2314</v>
+      </c>
+      <c r="M30" s="9" t="n">
+        <v>2388</v>
+      </c>
+      <c r="N30" s="9" t="n">
+        <v>2412</v>
+      </c>
+      <c r="O30" s="9" t="n">
+        <v>2314</v>
+      </c>
+      <c r="P30" s="9" t="n">
+        <v>2136</v>
+      </c>
+      <c r="Q30" s="9" t="n">
+        <v>2065</v>
+      </c>
+      <c r="R30" s="9" t="n">
+        <v>1865</v>
+      </c>
+      <c r="S30" s="9" t="n">
+        <v>1747</v>
+      </c>
+      <c r="T30" s="9" t="n">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="A31" s="1"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="8"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="8"/>
+      <c r="O31" s="8"/>
+      <c r="P31" s="8"/>
+      <c r="Q31" s="8"/>
+      <c r="R31" s="8"/>
+      <c r="S31" s="8"/>
+      <c r="T31" s="8"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="A32" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B32" s="8"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="8"/>
+      <c r="G32" s="8"/>
+      <c r="H32" s="8"/>
+      <c r="I32" s="8"/>
+      <c r="J32" s="8"/>
+      <c r="K32" s="8"/>
+      <c r="L32" s="8"/>
+      <c r="M32" s="8"/>
+      <c r="N32" s="8"/>
+      <c r="O32" s="8"/>
+      <c r="P32" s="8"/>
+      <c r="Q32" s="8"/>
+      <c r="R32" s="8"/>
+      <c r="S32" s="8"/>
+      <c r="T32" s="8"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="A33" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="8"/>
+      <c r="J33" s="8"/>
+      <c r="K33" s="8"/>
+      <c r="L33" s="8"/>
+      <c r="M33" s="8"/>
+      <c r="N33" s="8"/>
+      <c r="O33" s="8"/>
+      <c r="P33" s="8"/>
+      <c r="Q33" s="8"/>
+      <c r="R33" s="8"/>
+      <c r="S33" s="8"/>
+      <c r="T33" s="8"/>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="A34" s="1"/>
+      <c r="B34" s="8"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="8"/>
+      <c r="L34" s="8"/>
+      <c r="M34" s="8"/>
+      <c r="N34" s="8"/>
+      <c r="O34" s="8"/>
+      <c r="P34" s="8"/>
+      <c r="Q34" s="8"/>
+      <c r="R34" s="8"/>
+      <c r="S34" s="8"/>
+      <c r="T34" s="8"/>
+    </row>
+    <row r="35" ht="81" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1">
+      <c r="A36" s="4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A32:T32"/>
+    <mergeCell ref="A33:T33"/>
+    <mergeCell ref="A36:T36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BEOH</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>