--- v0 (2025-10-13)
+++ v1 (2026-03-27)
@@ -11,83 +11,86 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="1" state="visible" r:id="rId1"/>
-[...9 lines deleted...]
-    <sheet name="2014" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="2025" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="2024" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="2023" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="2022" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="2021" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="2020" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="2019" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="2018" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="2017" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="2016" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="2015" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="2014" sheetId="12" state="visible" r:id="rId12"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
-    <t xml:space="preserve">Steuern der Einwohnergemeinden 2024</t>
+    <t xml:space="preserve">Steuern der Einwohnergemeinden 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, in Franken</t>
   </si>
   <si>
     <t xml:space="preserve">Steuerkategorie</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern</t>
   </si>
   <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
@@ -97,198 +100,160 @@
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Natürliche Personen</t>
   </si>
   <si>
     <t xml:space="preserve">Juristische Personen</t>
   </si>
   <si>
     <t xml:space="preserve">Übrige gemeindliche Steuern</t>
   </si>
   <si>
-    <t xml:space="preserve">Total </t>
+    <t xml:space="preserve">Total</t>
   </si>
   <si>
     <t xml:space="preserve">Einkommenssteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Vermögenssteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Quellensteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Übrige direkte Steuern</t>
   </si>
   <si>
     <t xml:space="preserve">Gewinnsteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Kapitalsteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Vermögensgewinnsteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Erbschafts- und Schenkungssteuern</t>
   </si>
   <si>
-    <t xml:space="preserve">Hundesteuer</t>
+    <t xml:space="preserve">Hundesteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Übrige Besitz- und Aufwandsteuern</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2024</t>
+    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steuern der Einwohnergemeinden 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2023</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2022</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2022</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2021</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2021</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2020</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2020</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2019</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2019</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2018</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2018</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2017</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2017</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2016</t>
   </si>
   <si>
     <t xml:space="preserve">Einkommenssteuer (inkl. Quellensteuer)</t>
   </si>
   <si>
-    <t xml:space="preserve">Vermögenssteuer</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Einkommens- und Vermögenssteuer früherer Jahre</t>
   </si>
   <si>
-    <t xml:space="preserve">Nach- und Strafsteuer</t>
+    <t xml:space="preserve">Nach- und Strafsteuern</t>
   </si>
   <si>
-    <t xml:space="preserve">Sondersteuer</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Kapitalsteuer</t>
+    <t xml:space="preserve">Sondersteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Gewinn- und Kapitalsteuer früherer Jahre</t>
   </si>
   <si>
-    <t xml:space="preserve">Grundstückgewinnsteuer</t>
+    <t xml:space="preserve">Grundstückgewinnsteuern</t>
   </si>
   <si>
-    <t xml:space="preserve">Erbschaftssteuer</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2016</t>
+    <t xml:space="preserve">Erbschaftssteuern</t>
   </si>
   <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2015</t>
   </si>
   <si>
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2015</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Steuern der Einwohnergemeinden 2014</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Datenquelle: Einwohnergemeinden des Kantons Zug, Jahresrechnungen 2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="11">
+  <numFmts count="12">
     <numFmt numFmtId="166" formatCode="#,##0"/>
     <numFmt numFmtId="167" formatCode="#,##0"/>
     <numFmt numFmtId="168" formatCode="#,##0"/>
     <numFmt numFmtId="169" formatCode="#,##0"/>
     <numFmt numFmtId="170" formatCode="#,##0"/>
     <numFmt numFmtId="171" formatCode="#,##0"/>
     <numFmt numFmtId="172" formatCode="#,##0"/>
     <numFmt numFmtId="173" formatCode="#,##0"/>
     <numFmt numFmtId="174" formatCode="#,##0"/>
     <numFmt numFmtId="175" formatCode="#,##0"/>
     <numFmt numFmtId="176" formatCode="#,##0"/>
+    <numFmt numFmtId="177" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -299,81 +264,81 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="171" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -385,68 +350,77 @@
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="174" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="175" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="175" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
@@ -498,50 +472,84 @@
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">19</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">19</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
         </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
@@ -674,51 +682,51 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">19</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
@@ -776,51 +784,51 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
-      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">19</xdr:row>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
@@ -1090,98 +1098,101 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
-    <col min="7" max="7" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="13" width="11.5016666666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
@@ -1287,508 +1298,532 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="7" t="n">
-        <v>119027112</v>
+        <v>135199191</v>
       </c>
       <c r="D5" s="7" t="n">
-        <v>21734077.7</v>
+        <v>20175067</v>
       </c>
       <c r="E5" s="7" t="n">
-        <v>14437608.6</v>
+        <v>15450488</v>
       </c>
       <c r="F5" s="7" t="n">
-        <v>4732568</v>
+        <v>4833140</v>
       </c>
       <c r="G5" s="7" t="n">
-        <v>46157565</v>
+        <v>50310617</v>
       </c>
       <c r="H5" s="7" t="n">
-        <v>31347703.4</v>
+        <v>28887292</v>
       </c>
       <c r="I5" s="7" t="n">
-        <v>16711767.2</v>
+        <v>14853314</v>
       </c>
       <c r="J5" s="7" t="n">
-        <v>12105075.75</v>
+        <v>12319080</v>
       </c>
       <c r="K5" s="7" t="n">
-        <v>19667968.39</v>
+        <v>20644065</v>
       </c>
       <c r="L5" s="7" t="n">
-        <v>14075498.4</v>
+        <v>17095952</v>
       </c>
       <c r="M5" s="7" t="n">
-        <v>4621951.3</v>
+        <v>5001332</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="7" t="n">
-        <v>38229217.05</v>
+        <v>42633089</v>
       </c>
       <c r="D6" s="7" t="n">
-        <v>14075470.65</v>
+        <v>8729311</v>
       </c>
       <c r="E6" s="7" t="n">
-        <v>3588901.3</v>
+        <v>3547220</v>
       </c>
       <c r="F6" s="7" t="n">
-        <v>944610</v>
+        <v>1000011</v>
       </c>
       <c r="G6" s="7" t="n">
-        <v>12757773.3</v>
+        <v>13151206</v>
       </c>
       <c r="H6" s="7" t="n">
-        <v>7363979</v>
+        <v>7370316</v>
       </c>
       <c r="I6" s="7" t="n">
-        <v>5127282.4</v>
+        <v>5474818</v>
       </c>
       <c r="J6" s="7" t="n">
-        <v>2683067.8</v>
+        <v>2709269</v>
       </c>
       <c r="K6" s="7" t="n">
-        <v>6328552.55</v>
+        <v>6052402</v>
       </c>
       <c r="L6" s="7" t="n">
-        <v>4621009.05</v>
+        <v>5223364</v>
       </c>
       <c r="M6" s="7" t="n">
-        <v>996506.2</v>
+        <v>1030897</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="7" t="n">
-        <v>13338726.77</v>
+        <v>3908521</v>
       </c>
       <c r="D7" s="7" t="n">
-        <v>35297.89</v>
+        <v>-471719</v>
       </c>
       <c r="E7" s="7" t="n">
-        <v>338286.34</v>
+        <v>400159</v>
       </c>
       <c r="F7" s="7" t="n">
-        <v>326128</v>
+        <v>191285</v>
       </c>
       <c r="G7" s="7" t="n">
-        <v>3735007.49</v>
+        <v>6177578</v>
       </c>
       <c r="H7" s="7" t="n">
-        <v>2361405.16</v>
+        <v>1933289</v>
       </c>
       <c r="I7" s="7" t="n">
-        <v>971740.55</v>
+        <v>1647198</v>
       </c>
       <c r="J7" s="7" t="n">
-        <v>1206099.93</v>
+        <v>2031743</v>
       </c>
       <c r="K7" s="7" t="n">
-        <v>1200843.7</v>
+        <v>55141</v>
       </c>
       <c r="L7" s="7" t="n">
-        <v>1313562.53</v>
+        <v>-1780179</v>
       </c>
       <c r="M7" s="7" t="n">
-        <v>216825.34</v>
+        <v>22943</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="7" t="n">
-        <v>488511.2</v>
+        <v>559451</v>
       </c>
       <c r="D8" s="7" t="n">
-        <v>712234.95</v>
+        <v>528256</v>
       </c>
       <c r="E8" s="7" t="n">
-        <v>93675.95</v>
+        <v>108867</v>
       </c>
       <c r="F8" s="7" t="n">
-        <v>264869</v>
+        <v>288354</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>597316.65</v>
+        <v>285297</v>
       </c>
       <c r="H8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="7" t="n">
-        <v>1033944.4</v>
+        <v>907317</v>
       </c>
       <c r="J8" s="7" t="n">
-        <v>857482.15</v>
+        <v>875849</v>
       </c>
       <c r="K8" s="7" t="n">
-        <v>708191.15</v>
+        <v>875211</v>
       </c>
       <c r="L8" s="7" t="n">
-        <v>632874.35</v>
+        <v>595993</v>
       </c>
       <c r="M8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="7" t="n">
-        <v>155539896.71</v>
+        <v>148780678</v>
       </c>
       <c r="D9" s="7" t="n">
-        <v>592540.95</v>
+        <v>641003</v>
       </c>
       <c r="E9" s="7" t="n">
-        <v>934532.75</v>
+        <v>787460</v>
       </c>
       <c r="F9" s="7" t="n">
-        <v>410105</v>
+        <v>461858</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>47879574.13</v>
+        <v>60164340</v>
       </c>
       <c r="H9" s="7" t="n">
-        <v>22560988</v>
+        <v>36082620</v>
       </c>
       <c r="I9" s="7" t="n">
-        <v>3733609</v>
+        <v>4480546</v>
       </c>
       <c r="J9" s="7" t="n">
-        <v>25467229.05</v>
+        <v>25529227</v>
       </c>
       <c r="K9" s="7" t="n">
-        <v>12500012.55</v>
+        <v>15617825</v>
       </c>
       <c r="L9" s="7" t="n">
-        <v>429985.65</v>
+        <v>353366</v>
       </c>
       <c r="M9" s="7" t="n">
-        <v>355678.65</v>
+        <v>311614</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="7" t="n">
-        <v>18250728.5</v>
+        <v>17347132</v>
       </c>
       <c r="D10" s="7" t="n">
-        <v>155363.85</v>
+        <v>120290</v>
       </c>
       <c r="E10" s="7" t="n">
-        <v>250356.6</v>
+        <v>250117</v>
       </c>
       <c r="F10" s="7" t="n">
-        <v>124835</v>
+        <v>128102</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>4984282.3</v>
+        <v>7702589</v>
       </c>
       <c r="H10" s="7" t="n">
-        <v>2281904.45</v>
+        <v>2036139</v>
       </c>
       <c r="I10" s="7" t="n">
-        <v>642516.6</v>
+        <v>736424</v>
       </c>
       <c r="J10" s="7" t="n">
-        <v>1941419.05</v>
+        <v>1732354</v>
       </c>
       <c r="K10" s="7" t="n">
-        <v>2654962.1</v>
+        <v>3297674</v>
       </c>
       <c r="L10" s="7" t="n">
-        <v>128959.1</v>
+        <v>156610</v>
       </c>
       <c r="M10" s="7" t="n">
-        <v>84677.15</v>
+        <v>82639</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="7" t="n">
-        <v>294253.65</v>
+        <v>119937</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="7" t="n">
-        <v>851950</v>
+        <v>149901</v>
       </c>
       <c r="L11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="7" t="n">
-        <v>19997444</v>
+        <v>24541595</v>
       </c>
       <c r="D12" s="7" t="n">
-        <v>5069512.1</v>
+        <v>4416855</v>
       </c>
       <c r="E12" s="7" t="n">
-        <v>3449017.2</v>
+        <v>3405640</v>
       </c>
       <c r="F12" s="7" t="n">
-        <v>992089</v>
+        <v>920028</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>13020686</v>
+        <v>10194494</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>7715011.05</v>
+        <v>5923418</v>
       </c>
       <c r="I12" s="7" t="n">
-        <v>3417163.7</v>
+        <v>11288763</v>
       </c>
       <c r="J12" s="7" t="n">
-        <v>3450676</v>
+        <v>3461451</v>
       </c>
       <c r="K12" s="7" t="n">
-        <v>4707141.45</v>
+        <v>4617669</v>
       </c>
       <c r="L12" s="7" t="n">
-        <v>5313699</v>
+        <v>2954242</v>
       </c>
       <c r="M12" s="7" t="n">
-        <v>376948</v>
+        <v>842593</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="7" t="n">
-        <v>9694613.8</v>
+        <v>8074664</v>
       </c>
       <c r="D13" s="7" t="n">
-        <v>689241.75</v>
+        <v>993768</v>
       </c>
       <c r="E13" s="7" t="n">
-        <v>1660431.1</v>
+        <v>3684473</v>
       </c>
       <c r="F13" s="7" t="n">
-        <v>348249</v>
+        <v>476991</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>952284.35</v>
+        <v>4564736</v>
       </c>
       <c r="H13" s="7" t="n">
-        <v>851670.45</v>
+        <v>1472317</v>
       </c>
       <c r="I13" s="7" t="n">
-        <v>593311.55</v>
+        <v>1791035</v>
       </c>
       <c r="J13" s="7" t="n">
-        <v>259948.65</v>
+        <v>191994</v>
       </c>
       <c r="K13" s="7" t="n">
-        <v>208987.7</v>
+        <v>577496</v>
       </c>
       <c r="L13" s="7" t="n">
-        <v>1320363.1</v>
+        <v>1006830</v>
       </c>
       <c r="M13" s="7" t="n">
-        <v>859138.9</v>
+        <v>217369</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="7" t="n">
-        <v>52140</v>
+        <v>50190</v>
       </c>
       <c r="E14" s="7" t="n">
-        <v>53325</v>
+        <v>57825</v>
       </c>
       <c r="F14" s="7" t="n">
-        <v>21565</v>
+        <v>31120</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>112720</v>
+        <v>110960</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>77550</v>
+        <v>81300</v>
       </c>
       <c r="I14" s="7" t="n">
-        <v>45150</v>
+        <v>44300</v>
       </c>
       <c r="J14" s="7" t="n">
-        <v>25235</v>
+        <v>25515</v>
       </c>
       <c r="K14" s="7" t="n">
-        <v>34475</v>
+        <v>34335</v>
       </c>
       <c r="L14" s="7" t="n">
-        <v>33120</v>
+        <v>33240</v>
       </c>
       <c r="M14" s="7" t="n">
-        <v>9850</v>
+        <v>10160</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="C15" s="7"/>
-[...9 lines deleted...]
-      <c r="M15" s="7"/>
+      <c r="C15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="I15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="J15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="M15" s="7" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="6"/>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="7" t="n">
-        <v>374860503.68</v>
+        <v>381164258</v>
       </c>
       <c r="D16" s="7" t="n">
-        <v>43115879.84</v>
+        <v>35183021</v>
       </c>
       <c r="E16" s="7" t="n">
-        <v>24806134.84</v>
+        <v>27692249</v>
       </c>
       <c r="F16" s="7" t="n">
-        <v>8165018</v>
+        <v>8330889</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>130197209.22</v>
+        <v>152661817</v>
       </c>
       <c r="H16" s="7" t="n">
-        <v>74560211.51</v>
+        <v>83786691</v>
       </c>
       <c r="I16" s="7" t="n">
-        <v>32276485.4</v>
+        <v>41223715</v>
       </c>
       <c r="J16" s="7" t="n">
-        <v>47996233.38</v>
+        <v>48876482</v>
       </c>
       <c r="K16" s="7" t="n">
-        <v>48863085</v>
+        <v>51921719</v>
       </c>
       <c r="L16" s="7" t="n">
-        <v>27869071.18</v>
+        <v>25639418</v>
       </c>
       <c r="M16" s="7" t="n">
-        <v>7521575.54</v>
+        <v>7519547</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
@@ -2317,56 +2352,56 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="43.9183333333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="11.5016666666667" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -2421,51 +2456,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -2476,553 +2511,555 @@
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="C5" s="26" t="n">
-        <v>71071227</v>
+        <v>72936702</v>
       </c>
       <c r="D5" s="26" t="n">
-        <v>10989575</v>
+        <v>10712852</v>
       </c>
       <c r="E5" s="26" t="n">
-        <v>10332387</v>
+        <v>10052173</v>
       </c>
       <c r="F5" s="26" t="n">
-        <v>3860178.35</v>
+        <v>3968493</v>
       </c>
       <c r="G5" s="26" t="n">
-        <v>30444285</v>
+        <v>32361040</v>
       </c>
       <c r="H5" s="26" t="n">
-        <v>20282163</v>
+        <v>21082356</v>
       </c>
       <c r="I5" s="26" t="n">
-        <v>13818868</v>
+        <v>14626346</v>
       </c>
       <c r="J5" s="26" t="n">
-        <v>9756890</v>
+        <v>10280571</v>
       </c>
       <c r="K5" s="26" t="n">
-        <v>13735554</v>
+        <v>14573713</v>
       </c>
       <c r="L5" s="26" t="n">
-        <v>10317463</v>
+        <v>9073496</v>
       </c>
       <c r="M5" s="26" t="n">
-        <v>2502697</v>
+        <v>2720060</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C6" s="26" t="n">
-        <v>20967546</v>
+        <v>23168373</v>
       </c>
       <c r="D6" s="26" t="n">
-        <v>5577143</v>
+        <v>6003601</v>
       </c>
       <c r="E6" s="26" t="n">
-        <v>2244764</v>
+        <v>2451726</v>
       </c>
       <c r="F6" s="26" t="n">
-        <v>656786.8</v>
+        <v>687792</v>
       </c>
       <c r="G6" s="26" t="n">
-        <v>5913488</v>
+        <v>6254791</v>
       </c>
       <c r="H6" s="26" t="n">
-        <v>4341479</v>
+        <v>4913752</v>
       </c>
       <c r="I6" s="26" t="n">
-        <v>3960651</v>
+        <v>4559522</v>
       </c>
       <c r="J6" s="26" t="n">
-        <v>1948592</v>
+        <v>2199707</v>
       </c>
       <c r="K6" s="26" t="n">
-        <v>3153593</v>
+        <v>4092430</v>
       </c>
       <c r="L6" s="26" t="n">
-        <v>3449979</v>
+        <v>3374842</v>
       </c>
       <c r="M6" s="26" t="n">
-        <v>399124</v>
+        <v>416876</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="C7" s="26" t="n">
-        <v>16038691</v>
+        <v>24976836</v>
       </c>
       <c r="D7" s="26" t="n">
-        <v>2914620</v>
+        <v>3518763</v>
       </c>
       <c r="E7" s="26" t="n">
-        <v>3180890</v>
+        <v>3222677</v>
       </c>
       <c r="F7" s="26" t="n">
-        <v>208651.95</v>
+        <v>722540</v>
       </c>
       <c r="G7" s="26" t="n">
-        <v>5671076</v>
+        <v>7167866</v>
       </c>
       <c r="H7" s="26" t="n">
-        <v>4318921</v>
+        <v>3958589</v>
       </c>
       <c r="I7" s="26" t="n">
-        <v>2148827</v>
+        <v>2844405</v>
       </c>
       <c r="J7" s="26" t="n">
-        <v>2122588</v>
+        <v>3158012</v>
       </c>
       <c r="K7" s="26" t="n">
-        <v>3575708</v>
+        <v>3493458</v>
       </c>
       <c r="L7" s="26" t="n">
-        <v>3492443</v>
+        <v>3546949</v>
       </c>
       <c r="M7" s="26" t="n">
-        <v>321829</v>
+        <v>754447</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="C8" s="26" t="n">
-        <v>1739618</v>
+        <v>967715</v>
       </c>
       <c r="D8" s="26" t="n">
-        <v>262609</v>
+        <v>838517</v>
       </c>
       <c r="E8" s="26" t="n">
-        <v>122575</v>
+        <v>80494</v>
       </c>
       <c r="F8" s="26" t="n">
-        <v>8139.9</v>
+        <v>34671</v>
       </c>
       <c r="G8" s="26" t="n">
-        <v>265307</v>
+        <v>552625</v>
       </c>
       <c r="H8" s="26" t="n">
-        <v>105149</v>
+        <v>81853</v>
       </c>
       <c r="I8" s="26" t="n">
-        <v>101857</v>
+        <v>133066</v>
       </c>
       <c r="J8" s="26" t="n">
-        <v>374345</v>
+        <v>74543</v>
       </c>
       <c r="K8" s="26" t="n">
-        <v>-112782</v>
+        <v>25158</v>
       </c>
       <c r="L8" s="26" t="n">
-        <v>389741</v>
+        <v>151395</v>
       </c>
       <c r="M8" s="26" t="n">
-        <v>12203</v>
+        <v>38954</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="C9" s="26" t="n">
-        <v>1867879</v>
+        <v>2123786</v>
       </c>
       <c r="D9" s="26" t="n">
-        <v>297607</v>
+        <v>279298</v>
       </c>
       <c r="E9" s="26" t="n">
         <v>306052</v>
       </c>
       <c r="F9" s="26" t="n">
-        <v>3185.9</v>
+        <v>144652</v>
       </c>
       <c r="G9" s="26" t="n">
-        <v>1004150</v>
+        <v>810931</v>
       </c>
       <c r="H9" s="26" t="n">
-        <v>607562</v>
+        <v>713365</v>
       </c>
       <c r="I9" s="26" t="n">
-        <v>540365</v>
+        <v>427719</v>
       </c>
       <c r="J9" s="26" t="n">
-        <v>311318</v>
+        <v>391419</v>
       </c>
       <c r="K9" s="26" t="n">
-        <v>472195</v>
+        <v>412047</v>
       </c>
       <c r="L9" s="26" t="n">
-        <v>552553</v>
+        <v>462220</v>
       </c>
       <c r="M9" s="26" t="n">
-        <v>90070</v>
+        <v>144357</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="C10" s="26" t="n">
-        <v>70561268</v>
+        <v>74449035</v>
       </c>
       <c r="D10" s="26" t="n">
-        <v>479713</v>
+        <v>870101</v>
       </c>
       <c r="E10" s="26" t="n">
-        <v>1074293</v>
+        <v>1774617</v>
       </c>
       <c r="F10" s="26" t="n">
-        <v>385969.35</v>
+        <v>640065</v>
       </c>
       <c r="G10" s="26" t="n">
-        <v>29171983</v>
+        <v>35086063</v>
       </c>
       <c r="H10" s="26" t="n">
-        <v>8580500</v>
+        <v>7598883</v>
       </c>
       <c r="I10" s="26" t="n">
-        <v>5755133</v>
+        <v>5639588</v>
       </c>
       <c r="J10" s="26" t="n">
-        <v>11522829</v>
+        <v>15500564</v>
       </c>
       <c r="K10" s="26" t="n">
-        <v>8863629</v>
+        <v>10555410</v>
       </c>
       <c r="L10" s="26" t="n">
-        <v>295950</v>
+        <v>579959</v>
       </c>
       <c r="M10" s="26" t="n">
-        <v>294555</v>
+        <v>442399</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="C11" s="26" t="n">
-        <v>7936940</v>
+        <v>8723859</v>
       </c>
       <c r="D11" s="26" t="n">
-        <v>88890</v>
+        <v>97064</v>
       </c>
       <c r="E11" s="26" t="n">
-        <v>148888</v>
+        <v>127500</v>
       </c>
       <c r="F11" s="26" t="n">
-        <v>65350.65</v>
+        <v>68708</v>
       </c>
       <c r="G11" s="26" t="n">
-        <v>5550399</v>
+        <v>5966557</v>
       </c>
       <c r="H11" s="26" t="n">
-        <v>819545</v>
+        <v>788133</v>
       </c>
       <c r="I11" s="26" t="n">
-        <v>394675</v>
+        <v>482851</v>
       </c>
       <c r="J11" s="26" t="n">
-        <v>1037878</v>
+        <v>1644235</v>
       </c>
       <c r="K11" s="26" t="n">
-        <v>471632</v>
+        <v>422810</v>
       </c>
       <c r="L11" s="26" t="n">
-        <v>34418</v>
+        <v>49006</v>
       </c>
       <c r="M11" s="26" t="n">
-        <v>33553</v>
+        <v>35120</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="C12" s="26" t="n">
-        <v>-3962947</v>
+        <v>-2088680</v>
       </c>
       <c r="D12" s="26" t="n">
-        <v>-117907</v>
+        <v>76106</v>
       </c>
       <c r="E12" s="26" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="26" t="n">
-        <v>-26493.5</v>
+        <v>0</v>
       </c>
       <c r="G12" s="26" t="n">
-        <v>205383</v>
+        <v>1835732</v>
       </c>
       <c r="H12" s="26" t="n">
-        <v>7589</v>
+        <v>-389381</v>
       </c>
       <c r="I12" s="26" t="n">
         <v>0</v>
       </c>
       <c r="J12" s="26" t="n">
-        <v>425566</v>
+        <v>171618</v>
       </c>
       <c r="K12" s="26" t="n">
-        <v>0</v>
+        <v>21600</v>
       </c>
       <c r="L12" s="26" t="n">
         <v>0</v>
       </c>
       <c r="M12" s="26" t="n">
-        <v>17639</v>
+        <v>434</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="C13" s="26" t="n">
-        <v>8261673</v>
+        <v>5512413</v>
       </c>
       <c r="D13" s="26" t="n">
-        <v>802030</v>
+        <v>2607525</v>
       </c>
       <c r="E13" s="26" t="n">
-        <v>3292497</v>
+        <v>645964</v>
       </c>
       <c r="F13" s="26" t="n">
-        <v>279080.8</v>
+        <v>404295</v>
       </c>
       <c r="G13" s="26" t="n">
-        <v>6683860</v>
+        <v>5763901</v>
       </c>
       <c r="H13" s="26" t="n">
-        <v>227385</v>
+        <v>4731744</v>
       </c>
       <c r="I13" s="26" t="n">
-        <v>1008521</v>
+        <v>1534198</v>
       </c>
       <c r="J13" s="26" t="n">
-        <v>1286905</v>
+        <v>1023179</v>
       </c>
       <c r="K13" s="26" t="n">
-        <v>3625835</v>
+        <v>2150258</v>
       </c>
       <c r="L13" s="26" t="n">
-        <v>2374030</v>
+        <v>1499392</v>
       </c>
       <c r="M13" s="26" t="n">
-        <v>132430</v>
+        <v>951351</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="C14" s="26" t="n">
-        <v>2920397</v>
+        <v>2215777</v>
       </c>
       <c r="D14" s="26" t="n">
-        <v>1617476</v>
+        <v>411560</v>
       </c>
       <c r="E14" s="26" t="n">
-        <v>232249</v>
+        <v>1083792</v>
       </c>
       <c r="F14" s="26" t="n">
-        <v>363593.9</v>
+        <v>423658</v>
       </c>
       <c r="G14" s="26" t="n">
-        <v>1582810</v>
+        <v>3289665</v>
       </c>
       <c r="H14" s="26" t="n">
-        <v>251932</v>
+        <v>223251</v>
       </c>
       <c r="I14" s="26" t="n">
-        <v>133977</v>
+        <v>620222</v>
       </c>
       <c r="J14" s="26" t="n">
-        <v>12624</v>
+        <v>1198223</v>
       </c>
       <c r="K14" s="26" t="n">
-        <v>280947</v>
+        <v>291761</v>
       </c>
       <c r="L14" s="26" t="n">
-        <v>916285</v>
+        <v>103573</v>
       </c>
       <c r="M14" s="26" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="26" t="n">
-        <v>70900</v>
+        <v>74127</v>
       </c>
       <c r="D15" s="26" t="n">
-        <v>23400</v>
+        <v>23660</v>
       </c>
       <c r="E15" s="26" t="n">
-        <v>44025</v>
+        <v>43875</v>
       </c>
       <c r="F15" s="26" t="n">
-        <v>17900</v>
+        <v>18595</v>
       </c>
       <c r="G15" s="26" t="n">
-        <v>74565</v>
+        <v>77000</v>
       </c>
       <c r="H15" s="26" t="n">
-        <v>47600</v>
+        <v>53733</v>
       </c>
       <c r="I15" s="26" t="n">
-        <v>37675</v>
+        <v>37750</v>
       </c>
       <c r="J15" s="26" t="n">
-        <v>15925</v>
+        <v>16415</v>
       </c>
       <c r="K15" s="26" t="n">
-        <v>23080</v>
+        <v>23520</v>
       </c>
       <c r="L15" s="26" t="n">
-        <v>13956</v>
+        <v>24690</v>
       </c>
       <c r="M15" s="26" t="n">
-        <v>6470</v>
+        <v>6615</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B16" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="26" t="n">
-        <v>197473192</v>
+        <v>213059943</v>
       </c>
       <c r="D16" s="26" t="n">
-        <v>22935156</v>
+        <v>25439047</v>
       </c>
       <c r="E16" s="26" t="n">
-        <v>20978620</v>
+        <v>19788870</v>
       </c>
       <c r="F16" s="26" t="n">
-        <v>5822344.1</v>
+        <v>7113469</v>
       </c>
       <c r="G16" s="26" t="n">
-        <v>86567306</v>
+        <v>99166171</v>
       </c>
       <c r="H16" s="26" t="n">
-        <v>39589825</v>
+        <v>43756278</v>
       </c>
       <c r="I16" s="26" t="n">
-        <v>27900549</v>
+        <v>30905667</v>
       </c>
       <c r="J16" s="26" t="n">
-        <v>28815460</v>
+        <v>35658486</v>
       </c>
       <c r="K16" s="26" t="n">
-        <v>34089391</v>
+        <v>36062165</v>
       </c>
       <c r="L16" s="26" t="n">
-        <v>21836818</v>
+        <v>18865522</v>
       </c>
       <c r="M16" s="26" t="n">
-        <v>3810570</v>
+        <v>5510613</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="25"/>
       <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
       <c r="G18" s="25"/>
       <c r="H18" s="25"/>
       <c r="I18" s="25"/>
       <c r="J18" s="25"/>
       <c r="K18" s="25"/>
       <c r="L18" s="25"/>
       <c r="M18" s="25"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
@@ -3531,63 +3568,63 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="43.9183333333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
-    <col min="13" max="13" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
@@ -3635,51 +3672,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -3690,596 +3727,1814 @@
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="C5" s="28" t="n">
-        <v>65045307</v>
+        <v>71071227</v>
       </c>
       <c r="D5" s="28" t="n">
-        <v>10757479</v>
+        <v>10989575</v>
       </c>
       <c r="E5" s="28" t="n">
-        <v>10242091</v>
+        <v>10332387</v>
       </c>
       <c r="F5" s="28" t="n">
-        <v>4991636</v>
+        <v>3860178</v>
       </c>
       <c r="G5" s="28" t="n">
-        <v>29571156</v>
+        <v>30444285</v>
       </c>
       <c r="H5" s="28" t="n">
-        <v>19836222</v>
+        <v>20282163</v>
       </c>
       <c r="I5" s="28" t="n">
-        <v>13790063</v>
+        <v>13818868</v>
       </c>
       <c r="J5" s="28" t="n">
-        <v>9448826</v>
+        <v>9756890</v>
       </c>
       <c r="K5" s="28" t="n">
-        <v>13694722</v>
+        <v>13735554</v>
       </c>
       <c r="L5" s="28" t="n">
-        <v>10390685</v>
+        <v>10317463</v>
       </c>
       <c r="M5" s="28" t="n">
-        <v>2518509.3</v>
+        <v>2502697</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C6" s="28" t="n">
-        <v>19132577</v>
+        <v>20967546</v>
       </c>
       <c r="D6" s="28" t="n">
-        <v>6766692</v>
+        <v>5577143</v>
       </c>
       <c r="E6" s="28" t="n">
-        <v>2128915</v>
+        <v>2244764</v>
       </c>
       <c r="F6" s="28" t="n">
-        <v>609160</v>
+        <v>656787</v>
       </c>
       <c r="G6" s="28" t="n">
-        <v>5878557</v>
+        <v>5913488</v>
       </c>
       <c r="H6" s="28" t="n">
-        <v>3730087</v>
+        <v>4341479</v>
       </c>
       <c r="I6" s="28" t="n">
-        <v>3303197</v>
+        <v>3960651</v>
       </c>
       <c r="J6" s="28" t="n">
-        <v>1759877</v>
+        <v>1948592</v>
       </c>
       <c r="K6" s="28" t="n">
-        <v>3124994</v>
+        <v>3153593</v>
       </c>
       <c r="L6" s="28" t="n">
-        <v>5232000</v>
+        <v>3449979</v>
       </c>
       <c r="M6" s="28" t="n">
-        <v>363935</v>
+        <v>399124</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="C7" s="28" t="n">
-        <v>15768406</v>
+        <v>16038691</v>
       </c>
       <c r="D7" s="28" t="n">
-        <v>3802435</v>
+        <v>2914620</v>
       </c>
       <c r="E7" s="28" t="n">
-        <v>1271167</v>
+        <v>3180890</v>
       </c>
       <c r="F7" s="28" t="n">
-        <v>394816</v>
+        <v>208652</v>
       </c>
       <c r="G7" s="28" t="n">
-        <v>6599805</v>
+        <v>5671076</v>
       </c>
       <c r="H7" s="28" t="n">
-        <v>3717051</v>
+        <v>4318921</v>
       </c>
       <c r="I7" s="28" t="n">
-        <v>3505386</v>
+        <v>2148827</v>
       </c>
       <c r="J7" s="28" t="n">
-        <v>2873269</v>
+        <v>2122588</v>
       </c>
       <c r="K7" s="28" t="n">
-        <v>1844870</v>
+        <v>3575708</v>
       </c>
       <c r="L7" s="28" t="n">
-        <v>3792162</v>
+        <v>3492443</v>
       </c>
       <c r="M7" s="28" t="n">
-        <v>288026.3</v>
+        <v>321829</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="C8" s="28" t="n">
-        <v>916512</v>
+        <v>1739618</v>
       </c>
       <c r="D8" s="28" t="n">
-        <v>177654</v>
+        <v>262609</v>
       </c>
       <c r="E8" s="28" t="n">
-        <v>437753</v>
+        <v>122575</v>
       </c>
       <c r="F8" s="28" t="n">
-        <v>1972</v>
+        <v>8140</v>
       </c>
       <c r="G8" s="28" t="n">
-        <v>195136</v>
+        <v>265307</v>
       </c>
       <c r="H8" s="28" t="n">
-        <v>98933</v>
+        <v>105149</v>
       </c>
       <c r="I8" s="28" t="n">
-        <v>70864</v>
+        <v>101857</v>
       </c>
       <c r="J8" s="28" t="n">
-        <v>12100</v>
+        <v>374345</v>
       </c>
       <c r="K8" s="28" t="n">
-        <v>139667</v>
+        <v>-112782</v>
       </c>
       <c r="L8" s="28" t="n">
-        <v>236871</v>
+        <v>389741</v>
       </c>
       <c r="M8" s="28" t="n">
-        <v>14392.5</v>
+        <v>12203</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="C9" s="28" t="n">
-        <v>1640930</v>
+        <v>1867879</v>
       </c>
       <c r="D9" s="28" t="n">
-        <v>313967</v>
+        <v>297607</v>
       </c>
       <c r="E9" s="28" t="n">
-        <v>352051</v>
+        <v>306052</v>
       </c>
       <c r="F9" s="28" t="n">
-        <v>145814</v>
+        <v>3186</v>
       </c>
       <c r="G9" s="28" t="n">
-        <v>767040</v>
+        <v>1004150</v>
       </c>
       <c r="H9" s="28" t="n">
-        <v>788421</v>
+        <v>607562</v>
       </c>
       <c r="I9" s="28" t="n">
-        <v>424881</v>
+        <v>540365</v>
       </c>
       <c r="J9" s="28" t="n">
-        <v>277930</v>
+        <v>311318</v>
       </c>
       <c r="K9" s="28" t="n">
-        <v>555166</v>
+        <v>472195</v>
       </c>
       <c r="L9" s="28" t="n">
-        <v>402465</v>
+        <v>552553</v>
       </c>
       <c r="M9" s="28" t="n">
-        <v>92785.25</v>
+        <v>90070</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="C10" s="28" t="n">
-        <v>61583101</v>
+        <v>70561268</v>
       </c>
       <c r="D10" s="28" t="n">
-        <v>621785</v>
+        <v>479713</v>
       </c>
       <c r="E10" s="28" t="n">
-        <v>670423</v>
+        <v>1074293</v>
       </c>
       <c r="F10" s="28" t="n">
-        <v>314779</v>
+        <v>385969</v>
       </c>
       <c r="G10" s="28" t="n">
-        <v>31533385</v>
+        <v>29171983</v>
       </c>
       <c r="H10" s="28" t="n">
-        <v>7254506</v>
+        <v>8580500</v>
       </c>
       <c r="I10" s="28" t="n">
-        <v>4887588</v>
+        <v>5755133</v>
       </c>
       <c r="J10" s="28" t="n">
-        <v>9460066</v>
+        <v>11522829</v>
       </c>
       <c r="K10" s="28" t="n">
-        <v>9721002</v>
+        <v>8863629</v>
       </c>
       <c r="L10" s="28" t="n">
-        <v>252030</v>
+        <v>295950</v>
       </c>
       <c r="M10" s="28" t="n">
-        <v>283076.7</v>
+        <v>294555</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="C11" s="28" t="n">
-        <v>7388855</v>
+        <v>7936940</v>
       </c>
       <c r="D11" s="28" t="n">
-        <v>85152</v>
+        <v>88890</v>
       </c>
       <c r="E11" s="28" t="n">
-        <v>98123</v>
+        <v>148888</v>
       </c>
       <c r="F11" s="28" t="n">
-        <v>63469</v>
+        <v>65351</v>
       </c>
       <c r="G11" s="28" t="n">
-        <v>4583143</v>
+        <v>5550399</v>
       </c>
       <c r="H11" s="28" t="n">
-        <v>740249</v>
+        <v>819545</v>
       </c>
       <c r="I11" s="28" t="n">
-        <v>359872</v>
+        <v>394675</v>
       </c>
       <c r="J11" s="28" t="n">
-        <v>643405</v>
+        <v>1037878</v>
       </c>
       <c r="K11" s="28" t="n">
-        <v>394777</v>
+        <v>471632</v>
       </c>
       <c r="L11" s="28" t="n">
-        <v>31051</v>
+        <v>34418</v>
       </c>
       <c r="M11" s="28" t="n">
-        <v>28401.25</v>
+        <v>33553</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="C12" s="28" t="n">
-        <v>8894574</v>
+        <v>-3962947</v>
       </c>
       <c r="D12" s="28" t="n">
-        <v>43622</v>
+        <v>-117907</v>
       </c>
       <c r="E12" s="28" t="n">
-        <v>201472</v>
+        <v>0</v>
       </c>
       <c r="F12" s="28" t="n">
-        <v>41065</v>
+        <v>-26494</v>
       </c>
       <c r="G12" s="28" t="n">
-        <v>673256</v>
+        <v>205383</v>
       </c>
       <c r="H12" s="28" t="n">
-        <v>475624</v>
+        <v>7589</v>
       </c>
       <c r="I12" s="28" t="n">
-        <v>1233738</v>
+        <v>0</v>
       </c>
       <c r="J12" s="28" t="n">
-        <v>701816</v>
+        <v>425566</v>
       </c>
       <c r="K12" s="28" t="n">
-        <v>509116</v>
+        <v>0</v>
       </c>
       <c r="L12" s="28" t="n">
-        <v>-32737</v>
+        <v>0</v>
       </c>
       <c r="M12" s="28" t="n">
-        <v>8432.55</v>
+        <v>17639</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="C13" s="28" t="n">
-        <v>14291878</v>
+        <v>8261673</v>
       </c>
       <c r="D13" s="28" t="n">
-        <v>902540</v>
+        <v>802030</v>
       </c>
       <c r="E13" s="28" t="n">
-        <v>2129055</v>
+        <v>3292497</v>
       </c>
       <c r="F13" s="28" t="n">
-        <v>24352</v>
+        <v>279081</v>
       </c>
       <c r="G13" s="28" t="n">
-        <v>4124841</v>
+        <v>6683860</v>
       </c>
       <c r="H13" s="28" t="n">
-        <v>3072960</v>
+        <v>227385</v>
       </c>
       <c r="I13" s="28" t="n">
-        <v>2160061</v>
+        <v>1008521</v>
       </c>
       <c r="J13" s="28" t="n">
-        <v>1059750</v>
+        <v>1286905</v>
       </c>
       <c r="K13" s="28" t="n">
-        <v>3572086</v>
+        <v>3625835</v>
       </c>
       <c r="L13" s="28" t="n">
-        <v>1699920</v>
+        <v>2374030</v>
       </c>
       <c r="M13" s="28" t="n">
-        <v>808336.5</v>
+        <v>132430</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="C14" s="28" t="n">
-        <v>2118454</v>
+        <v>2920397</v>
       </c>
       <c r="D14" s="28" t="n">
-        <v>543771</v>
+        <v>1617476</v>
       </c>
       <c r="E14" s="28" t="n">
-        <v>135237</v>
+        <v>232249</v>
       </c>
       <c r="F14" s="28" t="n">
-        <v>152905</v>
+        <v>363594</v>
       </c>
       <c r="G14" s="28" t="n">
-        <v>4937992</v>
+        <v>1582810</v>
       </c>
       <c r="H14" s="28" t="n">
-        <v>464231</v>
+        <v>251932</v>
       </c>
       <c r="I14" s="28" t="n">
-        <v>70365</v>
+        <v>133977</v>
       </c>
       <c r="J14" s="28" t="n">
-        <v>34823</v>
+        <v>12624</v>
       </c>
       <c r="K14" s="28" t="n">
-        <v>37422</v>
+        <v>280947</v>
       </c>
       <c r="L14" s="28" t="n">
-        <v>33294</v>
+        <v>916285</v>
       </c>
       <c r="M14" s="28" t="n">
-        <v>132047.25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="28" t="n">
-        <v>66600</v>
+        <v>70900</v>
       </c>
       <c r="D15" s="28" t="n">
-        <v>21640</v>
+        <v>23400</v>
       </c>
       <c r="E15" s="28" t="n">
-        <v>40763</v>
+        <v>44025</v>
       </c>
       <c r="F15" s="28" t="n">
-        <v>16350</v>
+        <v>17900</v>
       </c>
       <c r="G15" s="28" t="n">
-        <v>76280</v>
+        <v>74565</v>
       </c>
       <c r="H15" s="28" t="n">
-        <v>48300</v>
+        <v>47600</v>
       </c>
       <c r="I15" s="28" t="n">
-        <v>34750</v>
+        <v>37675</v>
       </c>
       <c r="J15" s="28" t="n">
-        <v>15540</v>
+        <v>15925</v>
       </c>
       <c r="K15" s="28" t="n">
-        <v>22120</v>
+        <v>23080</v>
       </c>
       <c r="L15" s="28" t="n">
-        <v>14070</v>
+        <v>13956</v>
       </c>
       <c r="M15" s="28" t="n">
-        <v>7650</v>
+        <v>6470</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B16" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="28" t="n">
-        <v>196847194</v>
+        <v>197473192</v>
       </c>
       <c r="D16" s="28" t="n">
-        <v>24036737</v>
+        <v>22935156</v>
       </c>
       <c r="E16" s="28" t="n">
-        <v>17707050</v>
+        <v>20978620</v>
       </c>
       <c r="F16" s="28" t="n">
-        <v>6756318</v>
+        <v>5822344</v>
       </c>
       <c r="G16" s="28" t="n">
-        <v>88940591</v>
+        <v>86567306</v>
       </c>
       <c r="H16" s="28" t="n">
-        <v>40226584</v>
+        <v>39589825</v>
       </c>
       <c r="I16" s="28" t="n">
-        <v>29840765</v>
+        <v>27900549</v>
       </c>
       <c r="J16" s="28" t="n">
-        <v>26287402</v>
+        <v>28815460</v>
       </c>
       <c r="K16" s="28" t="n">
-        <v>33615942</v>
+        <v>34089391</v>
       </c>
       <c r="L16" s="28" t="n">
-        <v>22051811</v>
+        <v>21836818</v>
       </c>
       <c r="M16" s="28" t="n">
-        <v>4545592.6</v>
+        <v>3810570</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="27"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="27"/>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="27"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="27"/>
     </row>
     <row r="20" ht="81" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="1"/>
       <c r="C20" s="27"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="A18:M18"/>
+    <mergeCell ref="A21:M21"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="43.9183333333333" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="30" t="n">
+        <v>65045307</v>
+      </c>
+      <c r="D5" s="30" t="n">
+        <v>10757479</v>
+      </c>
+      <c r="E5" s="30" t="n">
+        <v>10242091</v>
+      </c>
+      <c r="F5" s="30" t="n">
+        <v>4991636</v>
+      </c>
+      <c r="G5" s="30" t="n">
+        <v>29571156</v>
+      </c>
+      <c r="H5" s="30" t="n">
+        <v>19836222</v>
+      </c>
+      <c r="I5" s="30" t="n">
+        <v>13790063</v>
+      </c>
+      <c r="J5" s="30" t="n">
+        <v>9448826</v>
+      </c>
+      <c r="K5" s="30" t="n">
+        <v>13694722</v>
+      </c>
+      <c r="L5" s="30" t="n">
+        <v>10390685</v>
+      </c>
+      <c r="M5" s="30" t="n">
+        <v>2518509</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="30" t="n">
+        <v>19132577</v>
+      </c>
+      <c r="D6" s="30" t="n">
+        <v>6766692</v>
+      </c>
+      <c r="E6" s="30" t="n">
+        <v>2128915</v>
+      </c>
+      <c r="F6" s="30" t="n">
+        <v>609160</v>
+      </c>
+      <c r="G6" s="30" t="n">
+        <v>5878557</v>
+      </c>
+      <c r="H6" s="30" t="n">
+        <v>3730087</v>
+      </c>
+      <c r="I6" s="30" t="n">
+        <v>3303197</v>
+      </c>
+      <c r="J6" s="30" t="n">
+        <v>1759877</v>
+      </c>
+      <c r="K6" s="30" t="n">
+        <v>3124994</v>
+      </c>
+      <c r="L6" s="30" t="n">
+        <v>5232000</v>
+      </c>
+      <c r="M6" s="30" t="n">
+        <v>363935</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="30" t="n">
+        <v>15768406</v>
+      </c>
+      <c r="D7" s="30" t="n">
+        <v>3802435</v>
+      </c>
+      <c r="E7" s="30" t="n">
+        <v>1271167</v>
+      </c>
+      <c r="F7" s="30" t="n">
+        <v>394816</v>
+      </c>
+      <c r="G7" s="30" t="n">
+        <v>6599805</v>
+      </c>
+      <c r="H7" s="30" t="n">
+        <v>3717051</v>
+      </c>
+      <c r="I7" s="30" t="n">
+        <v>3505386</v>
+      </c>
+      <c r="J7" s="30" t="n">
+        <v>2873269</v>
+      </c>
+      <c r="K7" s="30" t="n">
+        <v>1844870</v>
+      </c>
+      <c r="L7" s="30" t="n">
+        <v>3792162</v>
+      </c>
+      <c r="M7" s="30" t="n">
+        <v>288026</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="30" t="n">
+        <v>916512</v>
+      </c>
+      <c r="D8" s="30" t="n">
+        <v>177654</v>
+      </c>
+      <c r="E8" s="30" t="n">
+        <v>437753</v>
+      </c>
+      <c r="F8" s="30" t="n">
+        <v>1972</v>
+      </c>
+      <c r="G8" s="30" t="n">
+        <v>195136</v>
+      </c>
+      <c r="H8" s="30" t="n">
+        <v>98933</v>
+      </c>
+      <c r="I8" s="30" t="n">
+        <v>70864</v>
+      </c>
+      <c r="J8" s="30" t="n">
+        <v>12100</v>
+      </c>
+      <c r="K8" s="30" t="n">
+        <v>139667</v>
+      </c>
+      <c r="L8" s="30" t="n">
+        <v>236871</v>
+      </c>
+      <c r="M8" s="30" t="n">
+        <v>14392</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="30" t="n">
+        <v>1640930</v>
+      </c>
+      <c r="D9" s="30" t="n">
+        <v>313967</v>
+      </c>
+      <c r="E9" s="30" t="n">
+        <v>352051</v>
+      </c>
+      <c r="F9" s="30" t="n">
+        <v>145814</v>
+      </c>
+      <c r="G9" s="30" t="n">
+        <v>767040</v>
+      </c>
+      <c r="H9" s="30" t="n">
+        <v>788421</v>
+      </c>
+      <c r="I9" s="30" t="n">
+        <v>424881</v>
+      </c>
+      <c r="J9" s="30" t="n">
+        <v>277930</v>
+      </c>
+      <c r="K9" s="30" t="n">
+        <v>555166</v>
+      </c>
+      <c r="L9" s="30" t="n">
+        <v>402465</v>
+      </c>
+      <c r="M9" s="30" t="n">
+        <v>92785</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="30" t="n">
+        <v>61583101</v>
+      </c>
+      <c r="D10" s="30" t="n">
+        <v>621785</v>
+      </c>
+      <c r="E10" s="30" t="n">
+        <v>670423</v>
+      </c>
+      <c r="F10" s="30" t="n">
+        <v>314779</v>
+      </c>
+      <c r="G10" s="30" t="n">
+        <v>31533385</v>
+      </c>
+      <c r="H10" s="30" t="n">
+        <v>7254506</v>
+      </c>
+      <c r="I10" s="30" t="n">
+        <v>4887588</v>
+      </c>
+      <c r="J10" s="30" t="n">
+        <v>9460066</v>
+      </c>
+      <c r="K10" s="30" t="n">
+        <v>9721002</v>
+      </c>
+      <c r="L10" s="30" t="n">
+        <v>252030</v>
+      </c>
+      <c r="M10" s="30" t="n">
+        <v>283077</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="30" t="n">
+        <v>7388855</v>
+      </c>
+      <c r="D11" s="30" t="n">
+        <v>85152</v>
+      </c>
+      <c r="E11" s="30" t="n">
+        <v>98123</v>
+      </c>
+      <c r="F11" s="30" t="n">
+        <v>63469</v>
+      </c>
+      <c r="G11" s="30" t="n">
+        <v>4583143</v>
+      </c>
+      <c r="H11" s="30" t="n">
+        <v>740249</v>
+      </c>
+      <c r="I11" s="30" t="n">
+        <v>359872</v>
+      </c>
+      <c r="J11" s="30" t="n">
+        <v>643405</v>
+      </c>
+      <c r="K11" s="30" t="n">
+        <v>394777</v>
+      </c>
+      <c r="L11" s="30" t="n">
+        <v>31051</v>
+      </c>
+      <c r="M11" s="30" t="n">
+        <v>28401</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="30" t="n">
+        <v>8894574</v>
+      </c>
+      <c r="D12" s="30" t="n">
+        <v>43622</v>
+      </c>
+      <c r="E12" s="30" t="n">
+        <v>201472</v>
+      </c>
+      <c r="F12" s="30" t="n">
+        <v>41065</v>
+      </c>
+      <c r="G12" s="30" t="n">
+        <v>673256</v>
+      </c>
+      <c r="H12" s="30" t="n">
+        <v>475624</v>
+      </c>
+      <c r="I12" s="30" t="n">
+        <v>1233738</v>
+      </c>
+      <c r="J12" s="30" t="n">
+        <v>701816</v>
+      </c>
+      <c r="K12" s="30" t="n">
+        <v>509116</v>
+      </c>
+      <c r="L12" s="30" t="n">
+        <v>-32737</v>
+      </c>
+      <c r="M12" s="30" t="n">
+        <v>8433</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="30" t="n">
+        <v>14291878</v>
+      </c>
+      <c r="D13" s="30" t="n">
+        <v>902540</v>
+      </c>
+      <c r="E13" s="30" t="n">
+        <v>2129055</v>
+      </c>
+      <c r="F13" s="30" t="n">
+        <v>24352</v>
+      </c>
+      <c r="G13" s="30" t="n">
+        <v>4124841</v>
+      </c>
+      <c r="H13" s="30" t="n">
+        <v>3072960</v>
+      </c>
+      <c r="I13" s="30" t="n">
+        <v>2160061</v>
+      </c>
+      <c r="J13" s="30" t="n">
+        <v>1059750</v>
+      </c>
+      <c r="K13" s="30" t="n">
+        <v>3572086</v>
+      </c>
+      <c r="L13" s="30" t="n">
+        <v>1699920</v>
+      </c>
+      <c r="M13" s="30" t="n">
+        <v>808336</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="30" t="n">
+        <v>2118454</v>
+      </c>
+      <c r="D14" s="30" t="n">
+        <v>543771</v>
+      </c>
+      <c r="E14" s="30" t="n">
+        <v>135237</v>
+      </c>
+      <c r="F14" s="30" t="n">
+        <v>152905</v>
+      </c>
+      <c r="G14" s="30" t="n">
+        <v>4937992</v>
+      </c>
+      <c r="H14" s="30" t="n">
+        <v>464231</v>
+      </c>
+      <c r="I14" s="30" t="n">
+        <v>70365</v>
+      </c>
+      <c r="J14" s="30" t="n">
+        <v>34823</v>
+      </c>
+      <c r="K14" s="30" t="n">
+        <v>37422</v>
+      </c>
+      <c r="L14" s="30" t="n">
+        <v>33294</v>
+      </c>
+      <c r="M14" s="30" t="n">
+        <v>132047</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="30" t="n">
+        <v>66600</v>
+      </c>
+      <c r="D15" s="30" t="n">
+        <v>21640</v>
+      </c>
+      <c r="E15" s="30" t="n">
+        <v>40763</v>
+      </c>
+      <c r="F15" s="30" t="n">
+        <v>16350</v>
+      </c>
+      <c r="G15" s="30" t="n">
+        <v>76280</v>
+      </c>
+      <c r="H15" s="30" t="n">
+        <v>48300</v>
+      </c>
+      <c r="I15" s="30" t="n">
+        <v>34750</v>
+      </c>
+      <c r="J15" s="30" t="n">
+        <v>15540</v>
+      </c>
+      <c r="K15" s="30" t="n">
+        <v>22120</v>
+      </c>
+      <c r="L15" s="30" t="n">
+        <v>14070</v>
+      </c>
+      <c r="M15" s="30" t="n">
+        <v>7650</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="30" t="n">
+        <v>196847194</v>
+      </c>
+      <c r="D16" s="30" t="n">
+        <v>24036737</v>
+      </c>
+      <c r="E16" s="30" t="n">
+        <v>17707050</v>
+      </c>
+      <c r="F16" s="30" t="n">
+        <v>6756318</v>
+      </c>
+      <c r="G16" s="30" t="n">
+        <v>88940591</v>
+      </c>
+      <c r="H16" s="30" t="n">
+        <v>40226584</v>
+      </c>
+      <c r="I16" s="30" t="n">
+        <v>29840765</v>
+      </c>
+      <c r="J16" s="30" t="n">
+        <v>26287402</v>
+      </c>
+      <c r="K16" s="30" t="n">
+        <v>33615942</v>
+      </c>
+      <c r="L16" s="30" t="n">
+        <v>22051811</v>
+      </c>
+      <c r="M16" s="30" t="n">
+        <v>4545591</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="29"/>
+      <c r="E17" s="29"/>
+      <c r="F17" s="29"/>
+      <c r="G17" s="29"/>
+      <c r="H17" s="29"/>
+      <c r="I17" s="29"/>
+      <c r="J17" s="29"/>
+      <c r="K17" s="29"/>
+      <c r="L17" s="29"/>
+      <c r="M17" s="29"/>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="1"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="29"/>
+      <c r="F18" s="29"/>
+      <c r="G18" s="29"/>
+      <c r="H18" s="29"/>
+      <c r="I18" s="29"/>
+      <c r="J18" s="29"/>
+      <c r="K18" s="29"/>
+      <c r="L18" s="29"/>
+      <c r="M18" s="29"/>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+    </row>
+    <row r="20" ht="81" customHeight="1">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="29"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="29"/>
+      <c r="J20" s="29"/>
+      <c r="K20" s="29"/>
+      <c r="L20" s="29"/>
+      <c r="M20" s="29"/>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -4747,58 +6002,58 @@
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
@@ -4906,570 +6161,596 @@
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="9" t="n">
-[...30 lines deleted...]
-        <v>3503841</v>
+      <c r="C5" s="10" t="n">
+        <v>119027112</v>
+      </c>
+      <c r="D5" s="10" t="n">
+        <v>21734078</v>
+      </c>
+      <c r="E5" s="10" t="n">
+        <v>14437609</v>
+      </c>
+      <c r="F5" s="10" t="n">
+        <v>4732568</v>
+      </c>
+      <c r="G5" s="10" t="n">
+        <v>46157565</v>
+      </c>
+      <c r="H5" s="10" t="n">
+        <v>31347703</v>
+      </c>
+      <c r="I5" s="10" t="n">
+        <v>16711767</v>
+      </c>
+      <c r="J5" s="10" t="n">
+        <v>12105076</v>
+      </c>
+      <c r="K5" s="10" t="n">
+        <v>19667968</v>
+      </c>
+      <c r="L5" s="10" t="n">
+        <v>14075498</v>
+      </c>
+      <c r="M5" s="10" t="n">
+        <v>4621951</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="9" t="n">
-[...30 lines deleted...]
-        <v>939935</v>
+      <c r="C6" s="10" t="n">
+        <v>38229217</v>
+      </c>
+      <c r="D6" s="10" t="n">
+        <v>14075471</v>
+      </c>
+      <c r="E6" s="10" t="n">
+        <v>3588901</v>
+      </c>
+      <c r="F6" s="10" t="n">
+        <v>944610</v>
+      </c>
+      <c r="G6" s="10" t="n">
+        <v>12757773</v>
+      </c>
+      <c r="H6" s="10" t="n">
+        <v>7363979</v>
+      </c>
+      <c r="I6" s="10" t="n">
+        <v>5127282</v>
+      </c>
+      <c r="J6" s="10" t="n">
+        <v>2683068</v>
+      </c>
+      <c r="K6" s="10" t="n">
+        <v>6328553</v>
+      </c>
+      <c r="L6" s="10" t="n">
+        <v>4621009</v>
+      </c>
+      <c r="M6" s="10" t="n">
+        <v>996506</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="9" t="n">
-[...30 lines deleted...]
-        <v>79643</v>
+      <c r="C7" s="10" t="n">
+        <v>13338727</v>
+      </c>
+      <c r="D7" s="10" t="n">
+        <v>35298</v>
+      </c>
+      <c r="E7" s="10" t="n">
+        <v>338286</v>
+      </c>
+      <c r="F7" s="10" t="n">
+        <v>326128</v>
+      </c>
+      <c r="G7" s="10" t="n">
+        <v>3735007</v>
+      </c>
+      <c r="H7" s="10" t="n">
+        <v>2361405</v>
+      </c>
+      <c r="I7" s="10" t="n">
+        <v>971741</v>
+      </c>
+      <c r="J7" s="10" t="n">
+        <v>1206100</v>
+      </c>
+      <c r="K7" s="10" t="n">
+        <v>1200844</v>
+      </c>
+      <c r="L7" s="10" t="n">
+        <v>1313563</v>
+      </c>
+      <c r="M7" s="10" t="n">
+        <v>216825</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="9" t="n">
-[...29 lines deleted...]
-      <c r="M8" s="9" t="n">
+      <c r="C8" s="10" t="n">
+        <v>488511</v>
+      </c>
+      <c r="D8" s="10" t="n">
+        <v>712235</v>
+      </c>
+      <c r="E8" s="10" t="n">
+        <v>93676</v>
+      </c>
+      <c r="F8" s="10" t="n">
+        <v>264869</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>597317</v>
+      </c>
+      <c r="H8" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="I8" s="10" t="n">
+        <v>1033944</v>
+      </c>
+      <c r="J8" s="10" t="n">
+        <v>857482</v>
+      </c>
+      <c r="K8" s="10" t="n">
+        <v>708191</v>
+      </c>
+      <c r="L8" s="10" t="n">
+        <v>632874</v>
+      </c>
+      <c r="M8" s="10" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="9" t="n">
-[...30 lines deleted...]
-        <v>369008</v>
+      <c r="C9" s="10" t="n">
+        <v>155539897</v>
+      </c>
+      <c r="D9" s="10" t="n">
+        <v>592541</v>
+      </c>
+      <c r="E9" s="10" t="n">
+        <v>934533</v>
+      </c>
+      <c r="F9" s="10" t="n">
+        <v>410105</v>
+      </c>
+      <c r="G9" s="10" t="n">
+        <v>47879574</v>
+      </c>
+      <c r="H9" s="10" t="n">
+        <v>22560988</v>
+      </c>
+      <c r="I9" s="10" t="n">
+        <v>3733609</v>
+      </c>
+      <c r="J9" s="10" t="n">
+        <v>25467229</v>
+      </c>
+      <c r="K9" s="10" t="n">
+        <v>12500013</v>
+      </c>
+      <c r="L9" s="10" t="n">
+        <v>429986</v>
+      </c>
+      <c r="M9" s="10" t="n">
+        <v>355679</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="9" t="n">
-[...30 lines deleted...]
-        <v>88637</v>
+      <c r="C10" s="10" t="n">
+        <v>18250728</v>
+      </c>
+      <c r="D10" s="10" t="n">
+        <v>155364</v>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>250357</v>
+      </c>
+      <c r="F10" s="10" t="n">
+        <v>124835</v>
+      </c>
+      <c r="G10" s="10" t="n">
+        <v>4984282</v>
+      </c>
+      <c r="H10" s="10" t="n">
+        <v>2281904</v>
+      </c>
+      <c r="I10" s="10" t="n">
+        <v>642517</v>
+      </c>
+      <c r="J10" s="10" t="n">
+        <v>1941419</v>
+      </c>
+      <c r="K10" s="10" t="n">
+        <v>2654962</v>
+      </c>
+      <c r="L10" s="10" t="n">
+        <v>128959</v>
+      </c>
+      <c r="M10" s="10" t="n">
+        <v>84677</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="9" t="n">
-[...29 lines deleted...]
-      <c r="M11" s="9" t="n">
+      <c r="C11" s="10" t="n">
+        <v>294254</v>
+      </c>
+      <c r="D11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="F11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="G11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="I11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="J11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="K11" s="10" t="n">
+        <v>851950</v>
+      </c>
+      <c r="L11" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="M11" s="10" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="9" t="n">
-[...30 lines deleted...]
-        <v>798314</v>
+      <c r="C12" s="10" t="n">
+        <v>19997444</v>
+      </c>
+      <c r="D12" s="10" t="n">
+        <v>5069512</v>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>3449017</v>
+      </c>
+      <c r="F12" s="10" t="n">
+        <v>992089</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>13020686</v>
+      </c>
+      <c r="H12" s="10" t="n">
+        <v>7715011</v>
+      </c>
+      <c r="I12" s="10" t="n">
+        <v>3417164</v>
+      </c>
+      <c r="J12" s="10" t="n">
+        <v>3450676</v>
+      </c>
+      <c r="K12" s="10" t="n">
+        <v>4707141</v>
+      </c>
+      <c r="L12" s="10" t="n">
+        <v>5313699</v>
+      </c>
+      <c r="M12" s="10" t="n">
+        <v>376948</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="9" t="n">
-[...30 lines deleted...]
-        <v>84074</v>
+      <c r="C13" s="10" t="n">
+        <v>9694614</v>
+      </c>
+      <c r="D13" s="10" t="n">
+        <v>689242</v>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>1660431</v>
+      </c>
+      <c r="F13" s="10" t="n">
+        <v>348249</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>952284</v>
+      </c>
+      <c r="H13" s="10" t="n">
+        <v>851670</v>
+      </c>
+      <c r="I13" s="10" t="n">
+        <v>593312</v>
+      </c>
+      <c r="J13" s="10" t="n">
+        <v>259949</v>
+      </c>
+      <c r="K13" s="10" t="n">
+        <v>208988</v>
+      </c>
+      <c r="L13" s="10" t="n">
+        <v>1320363</v>
+      </c>
+      <c r="M13" s="10" t="n">
+        <v>859139</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="9"/>
-[...28 lines deleted...]
-        <v>9390</v>
+      <c r="C14" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="D14" s="10" t="n">
+        <v>52140</v>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>53325</v>
+      </c>
+      <c r="F14" s="10" t="n">
+        <v>21565</v>
+      </c>
+      <c r="G14" s="10" t="n">
+        <v>112720</v>
+      </c>
+      <c r="H14" s="10" t="n">
+        <v>77550</v>
+      </c>
+      <c r="I14" s="10" t="n">
+        <v>45150</v>
+      </c>
+      <c r="J14" s="10" t="n">
+        <v>25235</v>
+      </c>
+      <c r="K14" s="10" t="n">
+        <v>34475</v>
+      </c>
+      <c r="L14" s="10" t="n">
+        <v>33120</v>
+      </c>
+      <c r="M14" s="10" t="n">
+        <v>9850</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="C15" s="9"/>
-[...9 lines deleted...]
-      <c r="M15" s="9"/>
+      <c r="C15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="D15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="F15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="G15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="I15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="J15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="L15" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="M15" s="10" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="6"/>
-[...31 lines deleted...]
-        <v>5872842</v>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="10" t="n">
+        <v>374860504</v>
+      </c>
+      <c r="D16" s="10" t="n">
+        <v>43115881</v>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>24806135</v>
+      </c>
+      <c r="F16" s="10" t="n">
+        <v>8165018</v>
+      </c>
+      <c r="G16" s="10" t="n">
+        <v>130197208</v>
+      </c>
+      <c r="H16" s="10" t="n">
+        <v>74560210</v>
+      </c>
+      <c r="I16" s="10" t="n">
+        <v>32276486</v>
+      </c>
+      <c r="J16" s="10" t="n">
+        <v>47996234</v>
+      </c>
+      <c r="K16" s="10" t="n">
+        <v>48863085</v>
+      </c>
+      <c r="L16" s="10" t="n">
+        <v>27869071</v>
+      </c>
+      <c r="M16" s="10" t="n">
+        <v>7521575</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
-      <c r="C17" s="10"/>
-[...9 lines deleted...]
-      <c r="M17" s="10"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="9"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="9"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="9"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
-      <c r="C18" s="10"/>
-[...9 lines deleted...]
-      <c r="M18" s="10"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="9"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="9"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="9"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
-      <c r="C19" s="10"/>
-[...9 lines deleted...]
-      <c r="M19" s="10"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
     </row>
     <row r="20" ht="81" customHeight="1">
       <c r="A20" s="1"/>
       <c r="B20" s="1"/>
-      <c r="C20" s="10"/>
-[...9 lines deleted...]
-      <c r="M20" s="10"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="9"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="9"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="9"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="9"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="9"/>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
@@ -5935,62 +7216,62 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
-    <col min="12" max="12" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
@@ -6039,51 +7320,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -6097,528 +7378,552 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="12" t="n">
-        <v>102654000.3</v>
+        <v>106677233</v>
       </c>
       <c r="D5" s="12" t="n">
-        <v>14463615.7</v>
+        <v>15756192</v>
       </c>
       <c r="E5" s="12" t="n">
-        <v>13385606.9</v>
+        <v>13368588</v>
       </c>
       <c r="F5" s="12" t="n">
-        <v>4471858.7</v>
+        <v>4463440</v>
       </c>
       <c r="G5" s="12" t="n">
-        <v>39025216.35</v>
+        <v>42580533</v>
       </c>
       <c r="H5" s="12" t="n">
-        <v>25410228.65</v>
+        <v>26739496</v>
       </c>
       <c r="I5" s="12" t="n">
-        <v>15815826.15</v>
+        <v>16210740</v>
       </c>
       <c r="J5" s="12" t="n">
-        <v>11439767</v>
+        <v>11525604</v>
       </c>
       <c r="K5" s="12" t="n">
-        <v>16313703</v>
+        <v>16195216</v>
       </c>
       <c r="L5" s="12" t="n">
-        <v>12216432.75</v>
+        <v>11594460</v>
       </c>
       <c r="M5" s="12" t="n">
-        <v>3523740</v>
+        <v>3503841</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="12" t="n">
-        <v>41150198.3</v>
+        <v>46500223</v>
       </c>
       <c r="D6" s="12" t="n">
-        <v>9404708.65</v>
+        <v>10321376</v>
       </c>
       <c r="E6" s="12" t="n">
-        <v>3715120</v>
+        <v>3321827</v>
       </c>
       <c r="F6" s="12" t="n">
-        <v>1063263.05</v>
+        <v>1139980</v>
       </c>
       <c r="G6" s="12" t="n">
-        <v>11681875.7</v>
+        <v>11786899</v>
       </c>
       <c r="H6" s="12" t="n">
-        <v>7693576.6</v>
+        <v>7758497</v>
       </c>
       <c r="I6" s="12" t="n">
-        <v>6297283</v>
+        <v>5595654</v>
       </c>
       <c r="J6" s="12" t="n">
-        <v>2879624.55</v>
+        <v>2658753</v>
       </c>
       <c r="K6" s="12" t="n">
-        <v>6850089</v>
+        <v>6977737</v>
       </c>
       <c r="L6" s="12" t="n">
-        <v>4493023.25</v>
+        <v>4509675</v>
       </c>
       <c r="M6" s="12" t="n">
-        <v>942131</v>
+        <v>939935</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="12" t="n">
-        <v>19829638.9</v>
+        <v>18080422</v>
       </c>
       <c r="D7" s="12" t="n">
-        <v>1659821.05</v>
+        <v>436019</v>
       </c>
       <c r="E7" s="12" t="n">
-        <v>1055395.78</v>
+        <v>869987</v>
       </c>
       <c r="F7" s="12" t="n">
-        <v>236902.29</v>
+        <v>221760</v>
       </c>
       <c r="G7" s="12" t="n">
-        <v>6047023.68</v>
+        <v>5110315</v>
       </c>
       <c r="H7" s="12" t="n">
-        <v>1037185.88</v>
+        <v>2145898</v>
       </c>
       <c r="I7" s="12" t="n">
-        <v>1314836.43</v>
+        <v>771518</v>
       </c>
       <c r="J7" s="12" t="n">
-        <v>1554789.77</v>
+        <v>1948948</v>
       </c>
       <c r="K7" s="12" t="n">
-        <v>2093270</v>
+        <v>2386482</v>
       </c>
       <c r="L7" s="12" t="n">
-        <v>204966.65</v>
+        <v>2734741</v>
       </c>
       <c r="M7" s="12" t="n">
-        <v>237638</v>
+        <v>79643</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="12" t="n">
-        <v>1520145.2</v>
+        <v>240325</v>
       </c>
       <c r="D8" s="12" t="n">
-        <v>1046952.5</v>
+        <v>918396</v>
       </c>
       <c r="E8" s="12" t="n">
-        <v>84116.75</v>
+        <v>78582</v>
       </c>
       <c r="F8" s="12" t="n">
-        <v>214759.15</v>
+        <v>435533</v>
       </c>
       <c r="G8" s="12" t="n">
-        <v>1318884.85</v>
+        <v>119649</v>
       </c>
       <c r="H8" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="12" t="n">
-        <v>651992.45</v>
+        <v>873594</v>
       </c>
       <c r="J8" s="12" t="n">
-        <v>771883.35</v>
+        <v>665460</v>
       </c>
       <c r="K8" s="12" t="n">
-        <v>751309</v>
+        <v>876523</v>
       </c>
       <c r="L8" s="12" t="n">
-        <v>429902.7</v>
+        <v>488076</v>
       </c>
       <c r="M8" s="12" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="12" t="n">
-        <v>96343572.02</v>
+        <v>143271012</v>
       </c>
       <c r="D9" s="12" t="n">
-        <v>489496.65</v>
+        <v>637666</v>
       </c>
       <c r="E9" s="12" t="n">
-        <v>928252.7</v>
+        <v>838579</v>
       </c>
       <c r="F9" s="12" t="n">
-        <v>335055.5</v>
+        <v>320210</v>
       </c>
       <c r="G9" s="12" t="n">
-        <v>36651226.9</v>
+        <v>54801706</v>
       </c>
       <c r="H9" s="12" t="n">
-        <v>12718121.9</v>
+        <v>21294253</v>
       </c>
       <c r="I9" s="12" t="n">
-        <v>3859630</v>
+        <v>4896199</v>
       </c>
       <c r="J9" s="12" t="n">
-        <v>27176440.55</v>
+        <v>28578127</v>
       </c>
       <c r="K9" s="12" t="n">
-        <v>19317213</v>
+        <v>17626975</v>
       </c>
       <c r="L9" s="12" t="n">
-        <v>314996.35</v>
+        <v>330663</v>
       </c>
       <c r="M9" s="12" t="n">
-        <v>310359</v>
+        <v>369008</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="12" t="n">
-        <v>17788940.05</v>
+        <v>20200090</v>
       </c>
       <c r="D10" s="12" t="n">
-        <v>159122.2</v>
+        <v>162582</v>
       </c>
       <c r="E10" s="12" t="n">
-        <v>231304.6</v>
+        <v>228596</v>
       </c>
       <c r="F10" s="12" t="n">
-        <v>98292.9</v>
+        <v>179123</v>
       </c>
       <c r="G10" s="12" t="n">
-        <v>7497295.6</v>
+        <v>7006258</v>
       </c>
       <c r="H10" s="12" t="n">
-        <v>1754667.05</v>
+        <v>2015372</v>
       </c>
       <c r="I10" s="12" t="n">
-        <v>728688.45</v>
+        <v>774211</v>
       </c>
       <c r="J10" s="12" t="n">
-        <v>2102732.9</v>
+        <v>1608352</v>
       </c>
       <c r="K10" s="12" t="n">
-        <v>2948650</v>
+        <v>2010133</v>
       </c>
       <c r="L10" s="12" t="n">
-        <v>109339.35</v>
+        <v>128409</v>
       </c>
       <c r="M10" s="12" t="n">
-        <v>81108</v>
+        <v>88637</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="12" t="n">
-        <v>612779.5</v>
+        <v>105980</v>
       </c>
       <c r="D11" s="12" t="n">
-        <v>0</v>
+        <v>-3962</v>
       </c>
       <c r="E11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="12" t="n">
-        <v>264714</v>
+        <v>585940</v>
       </c>
       <c r="L11" s="12" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="12" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="12" t="n">
-        <v>14594626</v>
+        <v>19045393</v>
       </c>
       <c r="D12" s="12" t="n">
-        <v>6294335.4</v>
+        <v>4035821</v>
       </c>
       <c r="E12" s="12" t="n">
-        <v>9093498.75</v>
+        <v>5218644</v>
       </c>
       <c r="F12" s="12" t="n">
-        <v>1034048.6</v>
+        <v>1826141</v>
       </c>
       <c r="G12" s="12" t="n">
-        <v>11448092</v>
+        <v>8983286</v>
       </c>
       <c r="H12" s="12" t="n">
-        <v>4313240.1</v>
+        <v>6263946</v>
       </c>
       <c r="I12" s="12" t="n">
-        <v>2561304.3</v>
+        <v>4376353</v>
       </c>
       <c r="J12" s="12" t="n">
-        <v>3400532</v>
+        <v>2048292</v>
       </c>
       <c r="K12" s="12" t="n">
-        <v>5541979</v>
+        <v>10303049</v>
       </c>
       <c r="L12" s="12" t="n">
-        <v>1974377</v>
+        <v>2468663</v>
       </c>
       <c r="M12" s="12" t="n">
-        <v>611949</v>
+        <v>798314</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="12" t="n">
-        <v>7152969.95</v>
+        <v>5075549</v>
       </c>
       <c r="D13" s="12" t="n">
-        <v>1863638</v>
+        <v>1437118</v>
       </c>
       <c r="E13" s="12" t="n">
-        <v>62405.25</v>
+        <v>338925</v>
       </c>
       <c r="F13" s="12" t="n">
-        <v>194866</v>
+        <v>103299</v>
       </c>
       <c r="G13" s="12" t="n">
-        <v>617369.15</v>
+        <v>2938396</v>
       </c>
       <c r="H13" s="12" t="n">
-        <v>351083.25</v>
+        <v>427622</v>
       </c>
       <c r="I13" s="12" t="n">
-        <v>353894.25</v>
+        <v>1111137</v>
       </c>
       <c r="J13" s="12" t="n">
-        <v>153660.05</v>
+        <v>113287</v>
       </c>
       <c r="K13" s="12" t="n">
-        <v>351473</v>
+        <v>226131</v>
       </c>
       <c r="L13" s="12" t="n">
-        <v>1361601.55</v>
+        <v>881099</v>
       </c>
       <c r="M13" s="12" t="n">
-        <v>27761</v>
+        <v>84074</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="12" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="12" t="n">
-        <v>50220</v>
+        <v>52110</v>
       </c>
       <c r="E14" s="12" t="n">
-        <v>53175</v>
+        <v>53250</v>
       </c>
       <c r="F14" s="12" t="n">
-        <v>20850</v>
+        <v>22570</v>
       </c>
       <c r="G14" s="12" t="n">
-        <v>102280</v>
+        <v>108000</v>
       </c>
       <c r="H14" s="12" t="n">
-        <v>72850</v>
+        <v>74800</v>
       </c>
       <c r="I14" s="12" t="n">
-        <v>44300</v>
+        <v>43525</v>
       </c>
       <c r="J14" s="12" t="n">
-        <v>23625</v>
+        <v>24395</v>
       </c>
       <c r="K14" s="12" t="n">
-        <v>31500</v>
+        <v>33110</v>
       </c>
       <c r="L14" s="12" t="n">
-        <v>29800</v>
+        <v>32760</v>
       </c>
       <c r="M14" s="12" t="n">
-        <v>9680</v>
+        <v>9390</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="C15" s="12"/>
-[...9 lines deleted...]
-      <c r="M15" s="12"/>
+      <c r="C15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="D15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="F15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="G15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="H15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="I15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="J15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="L15" s="12" t="n">
+        <v>0</v>
+      </c>
+      <c r="M15" s="12" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B16" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="12" t="n">
-        <v>301646870.22</v>
+        <v>359196227</v>
       </c>
       <c r="D16" s="12" t="n">
-        <v>35431910.15</v>
+        <v>33753318</v>
       </c>
       <c r="E16" s="12" t="n">
-        <v>28608875.73</v>
+        <v>24316978</v>
       </c>
       <c r="F16" s="12" t="n">
-        <v>7669896.19</v>
+        <v>8712056</v>
       </c>
       <c r="G16" s="12" t="n">
-        <v>114389264.23</v>
+        <v>133435042</v>
       </c>
       <c r="H16" s="12" t="n">
-        <v>53350953.43</v>
+        <v>66719884</v>
       </c>
       <c r="I16" s="12" t="n">
-        <v>31627755.03</v>
+        <v>34652931</v>
       </c>
       <c r="J16" s="12" t="n">
-        <v>49503055.17</v>
+        <v>49171218</v>
       </c>
       <c r="K16" s="12" t="n">
-        <v>54463900</v>
+        <v>57221296</v>
       </c>
       <c r="L16" s="12" t="n">
-        <v>21134439.6</v>
+        <v>23168546</v>
       </c>
       <c r="M16" s="12" t="n">
-        <v>5744366</v>
+        <v>5872842</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
       <c r="H17" s="11"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
       <c r="G18" s="11"/>
       <c r="H18" s="11"/>
       <c r="I18" s="11"/>
       <c r="J18" s="11"/>
       <c r="K18" s="11"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
       <c r="G19" s="11"/>
       <c r="H19" s="11"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
@@ -7127,51 +8432,51 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -7231,51 +8536,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -7289,550 +8594,552 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="14" t="n">
-        <v>95348005</v>
+        <v>102654000</v>
       </c>
       <c r="D5" s="14" t="n">
-        <v>16550450</v>
+        <v>14463616</v>
       </c>
       <c r="E5" s="14" t="n">
-        <v>14432104</v>
+        <v>13385607</v>
       </c>
       <c r="F5" s="14" t="n">
-        <v>4826694</v>
+        <v>4471859</v>
       </c>
       <c r="G5" s="14" t="n">
-        <v>51885115</v>
+        <v>39025216</v>
       </c>
       <c r="H5" s="14" t="n">
-        <v>27979302</v>
+        <v>25410229</v>
       </c>
       <c r="I5" s="14" t="n">
-        <v>16807994</v>
+        <v>15815826</v>
       </c>
       <c r="J5" s="14" t="n">
-        <v>12577455</v>
+        <v>11439767</v>
       </c>
       <c r="K5" s="14" t="n">
-        <v>18103988</v>
+        <v>16313703</v>
       </c>
       <c r="L5" s="14" t="n">
-        <v>11761442</v>
+        <v>12216433</v>
       </c>
       <c r="M5" s="14" t="n">
-        <v>5072120</v>
+        <v>3523740</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="14" t="n">
-        <v>40257276</v>
+        <v>41150198</v>
       </c>
       <c r="D6" s="14" t="n">
-        <v>10173591</v>
+        <v>9404709</v>
       </c>
       <c r="E6" s="14" t="n">
-        <v>3275224</v>
+        <v>3715120</v>
       </c>
       <c r="F6" s="14" t="n">
-        <v>941533</v>
+        <v>1063263</v>
       </c>
       <c r="G6" s="14" t="n">
-        <v>9974337</v>
+        <v>11681876</v>
       </c>
       <c r="H6" s="14" t="n">
-        <v>7453337</v>
+        <v>7693577</v>
       </c>
       <c r="I6" s="14" t="n">
-        <v>6227339</v>
+        <v>6297283</v>
       </c>
       <c r="J6" s="14" t="n">
-        <v>2690778</v>
+        <v>2879625</v>
       </c>
       <c r="K6" s="14" t="n">
-        <v>7140766</v>
+        <v>6850089</v>
       </c>
       <c r="L6" s="14" t="n">
-        <v>5321769</v>
+        <v>4493023</v>
       </c>
       <c r="M6" s="14" t="n">
-        <v>976246</v>
+        <v>942131</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="14" t="n">
-        <v>11348873</v>
+        <v>19829639</v>
       </c>
       <c r="D7" s="14" t="n">
-        <v>1918188</v>
+        <v>1659821</v>
       </c>
       <c r="E7" s="14" t="n">
-        <v>1513740</v>
+        <v>1055396</v>
       </c>
       <c r="F7" s="14" t="n">
-        <v>255775</v>
+        <v>236902</v>
       </c>
       <c r="G7" s="14" t="n">
-        <v>7386188</v>
+        <v>6047024</v>
       </c>
       <c r="H7" s="14" t="n">
-        <v>792633</v>
+        <v>1037186</v>
       </c>
       <c r="I7" s="14" t="n">
-        <v>1152957</v>
+        <v>1314836</v>
       </c>
       <c r="J7" s="14" t="n">
-        <v>1393889</v>
+        <v>1554790</v>
       </c>
       <c r="K7" s="14" t="n">
-        <v>1346004</v>
+        <v>2093270</v>
       </c>
       <c r="L7" s="14" t="n">
-        <v>1245171</v>
+        <v>204967</v>
       </c>
       <c r="M7" s="14" t="n">
-        <v>236173</v>
+        <v>237638</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="14" t="n">
-        <v>995148</v>
+        <v>1520145</v>
       </c>
       <c r="D8" s="14" t="n">
-        <v>471521</v>
+        <v>1046952</v>
       </c>
       <c r="E8" s="14" t="n">
-        <v>145849</v>
+        <v>84117</v>
       </c>
       <c r="F8" s="14" t="n">
-        <v>206018</v>
+        <v>214759</v>
       </c>
       <c r="G8" s="14" t="n">
-        <v>172674</v>
+        <v>1318885</v>
       </c>
       <c r="H8" s="14" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="14" t="n">
-        <v>2873323</v>
+        <v>651992</v>
       </c>
       <c r="J8" s="14" t="n">
-        <v>418038</v>
+        <v>771883</v>
       </c>
       <c r="K8" s="14" t="n">
-        <v>1363045</v>
+        <v>751309</v>
       </c>
       <c r="L8" s="14" t="n">
-        <v>498449</v>
+        <v>429903</v>
       </c>
       <c r="M8" s="14" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>83590922</v>
+        <v>96343572</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>420583</v>
+        <v>489497</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>920137</v>
+        <v>928253</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>245066</v>
+        <v>335056</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>31155184</v>
+        <v>36651227</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>11323495</v>
+        <v>12718122</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>2782628</v>
+        <v>3859630</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>15981536</v>
+        <v>27176441</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>9555026</v>
+        <v>19317213</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>430757</v>
+        <v>314996</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>301270</v>
+        <v>310359</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>18287488</v>
+        <v>17788940</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>147204</v>
+        <v>159122</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>217753</v>
+        <v>231305</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>102074</v>
+        <v>98293</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>3297743</v>
+        <v>7497296</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>1627578</v>
+        <v>1754667</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>720643</v>
+        <v>728688</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>2207076</v>
+        <v>2102733</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>1560891</v>
+        <v>2948650</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>100045</v>
+        <v>109339</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>77464</v>
+        <v>81108</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>0</v>
+        <v>612780</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>218394</v>
+        <v>264714</v>
       </c>
       <c r="L11" s="14" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="14" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>33651152</v>
+        <v>14594626</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>3923284</v>
+        <v>6294335</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>3100718</v>
+        <v>9093499</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>1002070</v>
+        <v>1034049</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>6863637</v>
+        <v>11448092</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>5092395</v>
+        <v>4313240</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>4841662</v>
+        <v>2561304</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>2718260</v>
+        <v>3400532</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>6637167</v>
+        <v>5541979</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>3620485</v>
+        <v>1974377</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>615920</v>
+        <v>611949</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>5318234</v>
+        <v>7152970</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>592207</v>
+        <v>1863638</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>402712</v>
+        <v>62405</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>544385</v>
+        <v>194866</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>1807095</v>
+        <v>617369</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>478957</v>
+        <v>351083</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>5015489</v>
+        <v>353894</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>335814</v>
+        <v>153660</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>902493</v>
+        <v>351473</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>687524</v>
+        <v>1361602</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>76013</v>
+        <v>27761</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="14" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>49320</v>
+        <v>50220</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>50588</v>
+        <v>53175</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>21925</v>
+        <v>20850</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>95950</v>
+        <v>102280</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>69400</v>
+        <v>72850</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>43225</v>
+        <v>44300</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>21350</v>
+        <v>23625</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>31990</v>
+        <v>31500</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>27080</v>
+        <v>29800</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>8680</v>
+        <v>9680</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="D15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="J15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="K15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="L15" s="14" t="n">
         <v>0</v>
       </c>
       <c r="M15" s="14" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B16" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="14" t="n">
-        <v>288797098</v>
+        <v>301646870</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>34246348</v>
+        <v>35431910</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>24058825</v>
+        <v>28608877</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>8145540</v>
+        <v>7669897</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>112637923</v>
+        <v>114389265</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>54817097</v>
+        <v>53350954</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>40465260</v>
+        <v>31627753</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>38344196</v>
+        <v>49503056</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>46859764</v>
+        <v>54463900</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>23692722</v>
+        <v>21134440</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>7363886</v>
+        <v>5744366</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="13"/>
       <c r="G17" s="13"/>
       <c r="H17" s="13"/>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="13"/>
       <c r="L17" s="13"/>
       <c r="M17" s="13"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="13"/>
       <c r="H18" s="13"/>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="13"/>
       <c r="L18" s="13"/>
       <c r="M18" s="13"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
@@ -8341,63 +9648,63 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
-    <col min="4" max="4" width="12.5329166666667" hidden="0" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="10.4704166666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
@@ -8445,51 +9752,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -8503,530 +9810,552 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="16" t="n">
-        <v>95567996</v>
+        <v>95348005</v>
       </c>
       <c r="D5" s="16" t="n">
-        <v>15151535.6</v>
+        <v>16550450</v>
       </c>
       <c r="E5" s="16" t="n">
-        <v>12561913.9</v>
+        <v>14432104</v>
       </c>
       <c r="F5" s="16" t="n">
-        <v>4524961.25</v>
+        <v>4826694</v>
       </c>
       <c r="G5" s="16" t="n">
-        <v>35146055.45</v>
+        <v>51885115</v>
       </c>
       <c r="H5" s="16" t="n">
-        <v>23500793.7</v>
+        <v>27979302</v>
       </c>
       <c r="I5" s="16" t="n">
-        <v>16262835.05</v>
+        <v>16807994</v>
       </c>
       <c r="J5" s="16" t="n">
-        <v>12505760.1</v>
+        <v>12577455</v>
       </c>
       <c r="K5" s="16" t="n">
-        <v>16237729.3</v>
+        <v>18103988</v>
       </c>
       <c r="L5" s="16" t="n">
-        <v>13156332.9</v>
+        <v>11761442</v>
       </c>
       <c r="M5" s="16" t="n">
-        <v>3629839</v>
+        <v>5072120</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="16" t="n">
-        <v>33903455</v>
+        <v>40257276</v>
       </c>
       <c r="D6" s="16" t="n">
-        <v>11827288</v>
+        <v>10173591</v>
       </c>
       <c r="E6" s="16" t="n">
-        <v>2885326.4</v>
+        <v>3275224</v>
       </c>
       <c r="F6" s="16" t="n">
-        <v>868707.2</v>
+        <v>941533</v>
       </c>
       <c r="G6" s="16" t="n">
-        <v>8058136</v>
+        <v>9974337</v>
       </c>
       <c r="H6" s="16" t="n">
-        <v>6845034.5</v>
+        <v>7453337</v>
       </c>
       <c r="I6" s="16" t="n">
-        <v>5177948.95</v>
+        <v>6227339</v>
       </c>
       <c r="J6" s="16" t="n">
-        <v>2648737.85</v>
+        <v>2690778</v>
       </c>
       <c r="K6" s="16" t="n">
-        <v>5624498.15</v>
+        <v>7140766</v>
       </c>
       <c r="L6" s="16" t="n">
-        <v>7767322.35</v>
+        <v>5321769</v>
       </c>
       <c r="M6" s="16" t="n">
-        <v>578628</v>
+        <v>976246</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="16" t="n">
-        <v>6678318</v>
+        <v>11348873</v>
       </c>
       <c r="D7" s="16" t="n">
-        <v>-413341.32</v>
+        <v>1918188</v>
       </c>
       <c r="E7" s="16" t="n">
-        <v>-436316.36</v>
+        <v>1513740</v>
       </c>
       <c r="F7" s="16" t="n">
-        <v>118064.23</v>
+        <v>255775</v>
       </c>
       <c r="G7" s="16" t="n">
-        <v>3741527.6</v>
+        <v>7386188</v>
       </c>
       <c r="H7" s="16" t="n">
-        <v>1983425.03</v>
+        <v>792633</v>
       </c>
       <c r="I7" s="16" t="n">
-        <v>129013.67</v>
+        <v>1152957</v>
       </c>
       <c r="J7" s="16" t="n">
-        <v>544384.93</v>
+        <v>1393889</v>
       </c>
       <c r="K7" s="16" t="n">
-        <v>1423345.79</v>
+        <v>1346004</v>
       </c>
       <c r="L7" s="16" t="n">
-        <v>338507.36</v>
+        <v>1245171</v>
       </c>
       <c r="M7" s="16" t="n">
-        <v>89326</v>
+        <v>236173</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="16" t="n">
-        <v>606484</v>
+        <v>995148</v>
       </c>
       <c r="D8" s="16" t="n">
-        <v>570611</v>
+        <v>471521</v>
       </c>
       <c r="E8" s="16" t="n">
-        <v>119598.75</v>
+        <v>145849</v>
       </c>
       <c r="F8" s="16" t="n">
-        <v>218367</v>
+        <v>206018</v>
       </c>
       <c r="G8" s="16" t="n">
-        <v>254079.45</v>
+        <v>172674</v>
       </c>
       <c r="H8" s="16" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="16" t="n">
-        <v>573391</v>
+        <v>2873323</v>
       </c>
       <c r="J8" s="16" t="n">
-        <v>570691</v>
+        <v>418038</v>
       </c>
       <c r="K8" s="16" t="n">
-        <v>554538</v>
+        <v>1363045</v>
       </c>
       <c r="L8" s="16" t="n">
-        <v>316192.05</v>
+        <v>498449</v>
       </c>
       <c r="M8" s="16" t="n">
-        <v>15535.6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="16" t="n">
-        <v>62037195</v>
+        <v>83590922</v>
       </c>
       <c r="D9" s="16" t="n">
-        <v>458367.75</v>
+        <v>420583</v>
       </c>
       <c r="E9" s="16" t="n">
-        <v>1203118.65</v>
+        <v>920137</v>
       </c>
       <c r="F9" s="16" t="n">
-        <v>441090.85</v>
+        <v>245066</v>
       </c>
       <c r="G9" s="16" t="n">
-        <v>40021003.5</v>
+        <v>31155184</v>
       </c>
       <c r="H9" s="16" t="n">
-        <v>12022995.3</v>
+        <v>11323495</v>
       </c>
       <c r="I9" s="16" t="n">
-        <v>5180037</v>
+        <v>2782628</v>
       </c>
       <c r="J9" s="16" t="n">
-        <v>26884645.95</v>
+        <v>15981536</v>
       </c>
       <c r="K9" s="16" t="n">
-        <v>9783085.95</v>
+        <v>9555026</v>
       </c>
       <c r="L9" s="16" t="n">
-        <v>395300.75</v>
+        <v>430757</v>
       </c>
       <c r="M9" s="16" t="n">
-        <v>601542</v>
+        <v>301270</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="16" t="n">
-        <v>11634770</v>
+        <v>18287488</v>
       </c>
       <c r="D10" s="16" t="n">
-        <v>102263.3</v>
+        <v>147204</v>
       </c>
       <c r="E10" s="16" t="n">
-        <v>164530.4</v>
+        <v>217753</v>
       </c>
       <c r="F10" s="16" t="n">
-        <v>77792.8</v>
+        <v>102074</v>
       </c>
       <c r="G10" s="16" t="n">
-        <v>7153648.1</v>
+        <v>3297743</v>
       </c>
       <c r="H10" s="16" t="n">
-        <v>1254505.85</v>
+        <v>1627578</v>
       </c>
       <c r="I10" s="16" t="n">
-        <v>535956</v>
+        <v>720643</v>
       </c>
       <c r="J10" s="16" t="n">
-        <v>1736508.4</v>
+        <v>2207076</v>
       </c>
       <c r="K10" s="16" t="n">
-        <v>567463.05</v>
+        <v>1560891</v>
       </c>
       <c r="L10" s="16" t="n">
-        <v>65437.5</v>
+        <v>100045</v>
       </c>
       <c r="M10" s="16" t="n">
-        <v>41920</v>
+        <v>77464</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="16" t="n">
-        <v>456708.52</v>
+        <v>218394</v>
       </c>
       <c r="L11" s="16" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="16" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="16" t="n">
-        <v>9768770</v>
+        <v>33651152</v>
       </c>
       <c r="D12" s="16" t="n">
-        <v>1698318.7</v>
+        <v>3923284</v>
       </c>
       <c r="E12" s="16" t="n">
-        <v>3086208.8</v>
+        <v>3100718</v>
       </c>
       <c r="F12" s="16" t="n">
-        <v>882598</v>
+        <v>1002070</v>
       </c>
       <c r="G12" s="16" t="n">
-        <v>25657392</v>
+        <v>6863637</v>
       </c>
       <c r="H12" s="16" t="n">
-        <v>5514491.05</v>
+        <v>5092395</v>
       </c>
       <c r="I12" s="16" t="n">
-        <v>4005862</v>
+        <v>4841662</v>
       </c>
       <c r="J12" s="16" t="n">
-        <v>2309622</v>
+        <v>2718260</v>
       </c>
       <c r="K12" s="16" t="n">
-        <v>4798398.95</v>
+        <v>6637167</v>
       </c>
       <c r="L12" s="16" t="n">
-        <v>1946492</v>
+        <v>3620485</v>
       </c>
       <c r="M12" s="16" t="n">
-        <v>278314</v>
+        <v>615920</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="16" t="n">
-        <v>5784550</v>
+        <v>5318234</v>
       </c>
       <c r="D13" s="16" t="n">
-        <v>3414937</v>
+        <v>592207</v>
       </c>
       <c r="E13" s="16" t="n">
-        <v>1449266.9</v>
+        <v>402712</v>
       </c>
       <c r="F13" s="16" t="n">
-        <v>-8763</v>
+        <v>544385</v>
       </c>
       <c r="G13" s="16" t="n">
-        <v>1267831.65</v>
+        <v>1807095</v>
       </c>
       <c r="H13" s="16" t="n">
-        <v>402353</v>
+        <v>478957</v>
       </c>
       <c r="I13" s="16" t="n">
-        <v>839658</v>
+        <v>5015489</v>
       </c>
       <c r="J13" s="16" t="n">
-        <v>194004</v>
+        <v>335814</v>
       </c>
       <c r="K13" s="16" t="n">
-        <v>1102068.8</v>
+        <v>902493</v>
       </c>
       <c r="L13" s="16" t="n">
-        <v>258235</v>
+        <v>687524</v>
       </c>
       <c r="M13" s="16" t="n">
-        <v>7180</v>
+        <v>76013</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="16" t="n">
-        <v>-100</v>
+        <v>0</v>
       </c>
       <c r="D14" s="16" t="n">
-        <v>46760</v>
+        <v>49320</v>
       </c>
       <c r="E14" s="16" t="n">
-        <v>50100</v>
+        <v>50588</v>
       </c>
       <c r="F14" s="16" t="n">
-        <v>21235</v>
+        <v>21925</v>
       </c>
       <c r="G14" s="16" t="n">
-        <v>85400</v>
+        <v>95950</v>
       </c>
       <c r="H14" s="16" t="n">
-        <v>64925</v>
+        <v>69400</v>
       </c>
       <c r="I14" s="16" t="n">
-        <v>42400</v>
+        <v>43225</v>
       </c>
       <c r="J14" s="16" t="n">
-        <v>21525</v>
+        <v>21350</v>
       </c>
       <c r="K14" s="16" t="n">
-        <v>29155</v>
+        <v>31990</v>
       </c>
       <c r="L14" s="16" t="n">
-        <v>24420</v>
+        <v>27080</v>
       </c>
       <c r="M14" s="16" t="n">
-        <v>8175</v>
+        <v>8680</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="C15" s="16"/>
-      <c r="D15" s="16"/>
+      <c r="C15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="D15" s="16" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="16" t="n">
-        <v>141</v>
-[...8 lines deleted...]
-      <c r="M15" s="16"/>
+        <v>0</v>
+      </c>
+      <c r="F15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="G15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="H15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="I15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="J15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="L15" s="16" t="n">
+        <v>0</v>
+      </c>
+      <c r="M15" s="16" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B16" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C16" s="16" t="n">
-        <v>225981438</v>
+        <v>288797098</v>
       </c>
       <c r="D16" s="16" t="n">
-        <v>32856740.03</v>
+        <v>34246348</v>
       </c>
       <c r="E16" s="16" t="n">
-        <v>21083888.44</v>
+        <v>24058825</v>
       </c>
       <c r="F16" s="16" t="n">
-        <v>7144053.33</v>
+        <v>8145540</v>
       </c>
       <c r="G16" s="16" t="n">
-        <v>121385073.75</v>
+        <v>112637923</v>
       </c>
       <c r="H16" s="16" t="n">
-        <v>51588523.43</v>
+        <v>54817097</v>
       </c>
       <c r="I16" s="16" t="n">
-        <v>32747101.67</v>
+        <v>40465260</v>
       </c>
       <c r="J16" s="16" t="n">
-        <v>47415879.23</v>
+        <v>38344196</v>
       </c>
       <c r="K16" s="16" t="n">
-        <v>40576991.51</v>
+        <v>46859764</v>
       </c>
       <c r="L16" s="16" t="n">
-        <v>24268239.91</v>
+        <v>23692722</v>
       </c>
       <c r="M16" s="16" t="n">
-        <v>5250459.6</v>
+        <v>7363886</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15"/>
       <c r="K18" s="15"/>
       <c r="L18" s="15"/>
       <c r="M18" s="15"/>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="15"/>
       <c r="D19" s="15"/>
       <c r="E19" s="15"/>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
@@ -9535,51 +10864,51 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -9639,51 +10968,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -9697,559 +11026,601 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="18" t="n">
-        <v>99519733</v>
+        <v>95567996</v>
       </c>
       <c r="D5" s="18" t="n">
-        <v>18210115</v>
+        <v>15151536</v>
       </c>
       <c r="E5" s="18" t="n">
-        <v>13220111</v>
+        <v>12561914</v>
       </c>
       <c r="F5" s="18" t="n">
-        <v>5079906</v>
+        <v>4524961</v>
       </c>
       <c r="G5" s="18" t="n">
-        <v>37701560</v>
+        <v>35146055</v>
       </c>
       <c r="H5" s="18" t="n">
-        <v>26392900</v>
+        <v>23500794</v>
       </c>
       <c r="I5" s="18" t="n">
-        <v>17211121</v>
+        <v>16262835</v>
       </c>
       <c r="J5" s="18" t="n">
-        <v>13715566</v>
+        <v>12505760</v>
       </c>
       <c r="K5" s="18" t="n">
-        <v>17706821</v>
+        <v>16237729</v>
       </c>
       <c r="L5" s="18" t="n">
-        <v>12143566</v>
+        <v>13156333</v>
       </c>
       <c r="M5" s="18" t="n">
-        <v>3502695</v>
+        <v>3629839</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="18" t="n">
-        <v>35806422</v>
+        <v>33903455</v>
       </c>
       <c r="D6" s="18" t="n">
-        <v>13515341</v>
+        <v>11827288</v>
       </c>
       <c r="E6" s="18" t="n">
-        <v>3518117</v>
+        <v>2885326</v>
       </c>
       <c r="F6" s="18" t="n">
-        <v>917594</v>
+        <v>868707</v>
       </c>
       <c r="G6" s="18" t="n">
-        <v>9397478</v>
+        <v>8058136</v>
       </c>
       <c r="H6" s="18" t="n">
-        <v>6510226</v>
+        <v>6845034</v>
       </c>
       <c r="I6" s="18" t="n">
-        <v>5714642</v>
+        <v>5177949</v>
       </c>
       <c r="J6" s="18" t="n">
-        <v>2955396</v>
+        <v>2648738</v>
       </c>
       <c r="K6" s="18" t="n">
-        <v>6933401</v>
+        <v>5624498</v>
       </c>
       <c r="L6" s="18" t="n">
-        <v>6751938</v>
+        <v>7767322</v>
       </c>
       <c r="M6" s="18" t="n">
-        <v>567908</v>
+        <v>578628</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="18" t="n">
-        <v>10311367</v>
+        <v>6678318</v>
       </c>
       <c r="D7" s="18" t="n">
-        <v>113620</v>
+        <v>-413341</v>
       </c>
       <c r="E7" s="18" t="n">
-        <v>235021</v>
+        <v>-436316</v>
       </c>
       <c r="F7" s="18" t="n">
-        <v>30261</v>
+        <v>118064</v>
       </c>
       <c r="G7" s="18" t="n">
-        <v>4399094</v>
+        <v>3741528</v>
       </c>
       <c r="H7" s="18" t="n">
-        <v>1064429</v>
+        <v>1983425</v>
       </c>
       <c r="I7" s="18" t="n">
-        <v>407921</v>
+        <v>129014</v>
       </c>
       <c r="J7" s="18" t="n">
-        <v>908925</v>
+        <v>544385</v>
       </c>
       <c r="K7" s="18" t="n">
-        <v>1069349</v>
+        <v>1423346</v>
       </c>
       <c r="L7" s="18" t="n">
-        <v>-240100</v>
+        <v>338507</v>
       </c>
       <c r="M7" s="18" t="n">
-        <v>-13188</v>
+        <v>89326</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="18" t="n">
-        <v>2305648</v>
+        <v>606484</v>
       </c>
       <c r="D8" s="18" t="n">
-        <v>401095</v>
+        <v>570611</v>
       </c>
       <c r="E8" s="18" t="n">
-        <v>186440</v>
+        <v>119599</v>
       </c>
       <c r="F8" s="18" t="n">
-        <v>242063</v>
+        <v>218367</v>
       </c>
       <c r="G8" s="18" t="n">
-        <v>305964</v>
+        <v>254079</v>
       </c>
       <c r="H8" s="18" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="18" t="n">
-        <v>749084</v>
+        <v>573391</v>
       </c>
       <c r="J8" s="18" t="n">
-        <v>502122</v>
+        <v>570691</v>
       </c>
       <c r="K8" s="18" t="n">
-        <v>738362</v>
+        <v>554538</v>
       </c>
       <c r="L8" s="18" t="n">
-        <v>307436</v>
+        <v>316192</v>
       </c>
       <c r="M8" s="18" t="n">
-        <v>227519</v>
+        <v>15536</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="18" t="n">
-        <v>75406508</v>
+        <v>62037195</v>
       </c>
       <c r="D9" s="18" t="n">
-        <v>520644</v>
+        <v>458368</v>
       </c>
       <c r="E9" s="18" t="n">
-        <v>1004501</v>
+        <v>1203119</v>
       </c>
       <c r="F9" s="18" t="n">
-        <v>403205</v>
+        <v>441091</v>
       </c>
       <c r="G9" s="18" t="n">
-        <v>51337456</v>
+        <v>40021004</v>
       </c>
       <c r="H9" s="18" t="n">
-        <v>9114946</v>
+        <v>12022995</v>
       </c>
       <c r="I9" s="18" t="n">
-        <v>4815145</v>
+        <v>5180037</v>
       </c>
       <c r="J9" s="18" t="n">
-        <v>20123815</v>
+        <v>26884646</v>
       </c>
       <c r="K9" s="18" t="n">
-        <v>13110136</v>
+        <v>9783086</v>
       </c>
       <c r="L9" s="18" t="n">
-        <v>380026</v>
+        <v>395301</v>
       </c>
       <c r="M9" s="18" t="n">
-        <v>481612</v>
+        <v>601542</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="18" t="n">
-        <v>12608434</v>
+        <v>11634770</v>
       </c>
       <c r="D10" s="18" t="n">
-        <v>91703</v>
+        <v>102263</v>
       </c>
       <c r="E10" s="18" t="n">
-        <v>142541</v>
+        <v>164530</v>
       </c>
       <c r="F10" s="18" t="n">
-        <v>73837</v>
+        <v>77793</v>
       </c>
       <c r="G10" s="18" t="n">
-        <v>7839539</v>
+        <v>7153648</v>
       </c>
       <c r="H10" s="18" t="n">
-        <v>986255</v>
+        <v>1254506</v>
       </c>
       <c r="I10" s="18" t="n">
-        <v>493836</v>
+        <v>535956</v>
       </c>
       <c r="J10" s="18" t="n">
-        <v>1862330</v>
+        <v>1736508</v>
       </c>
       <c r="K10" s="18" t="n">
-        <v>544539</v>
+        <v>567463</v>
       </c>
       <c r="L10" s="18" t="n">
-        <v>47208</v>
+        <v>65438</v>
       </c>
       <c r="M10" s="18" t="n">
-        <v>36018</v>
+        <v>41920</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="18" t="n">
-        <v>50350</v>
+        <v>456709</v>
       </c>
       <c r="L11" s="18" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="18" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="18" t="n">
-        <v>10015811</v>
+        <v>9768770</v>
       </c>
       <c r="D12" s="18" t="n">
-        <v>1769567</v>
+        <v>1698319</v>
       </c>
       <c r="E12" s="18" t="n">
-        <v>2391904</v>
+        <v>3086209</v>
       </c>
       <c r="F12" s="18" t="n">
-        <v>593768</v>
+        <v>882598</v>
       </c>
       <c r="G12" s="18" t="n">
-        <v>10364898</v>
+        <v>25657392</v>
       </c>
       <c r="H12" s="18" t="n">
-        <v>7675396</v>
+        <v>5514491</v>
       </c>
       <c r="I12" s="18" t="n">
-        <v>3539065</v>
+        <v>4005862</v>
       </c>
       <c r="J12" s="18" t="n">
-        <v>2865038</v>
+        <v>2309622</v>
       </c>
       <c r="K12" s="18" t="n">
-        <v>2408716</v>
+        <v>4798399</v>
       </c>
       <c r="L12" s="18" t="n">
-        <v>1590548</v>
+        <v>1946492</v>
       </c>
       <c r="M12" s="18" t="n">
-        <v>620983</v>
+        <v>278314</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="18" t="n">
-        <v>36462108</v>
+        <v>5784550</v>
       </c>
       <c r="D13" s="18" t="n">
-        <v>2487495</v>
+        <v>3414937</v>
       </c>
       <c r="E13" s="18" t="n">
-        <v>186954</v>
+        <v>1449267</v>
       </c>
       <c r="F13" s="18" t="n">
-        <v>108585</v>
+        <v>-8763</v>
       </c>
       <c r="G13" s="18" t="n">
-        <v>1040611</v>
+        <v>1267832</v>
       </c>
       <c r="H13" s="18" t="n">
-        <v>766465</v>
+        <v>402353</v>
       </c>
       <c r="I13" s="18" t="n">
-        <v>460039</v>
+        <v>839658</v>
       </c>
       <c r="J13" s="18" t="n">
-        <v>46707</v>
+        <v>194004</v>
       </c>
       <c r="K13" s="18" t="n">
-        <v>1755625</v>
+        <v>1102069</v>
       </c>
       <c r="L13" s="18" t="n">
-        <v>375286</v>
+        <v>258235</v>
       </c>
       <c r="M13" s="18" t="n">
-        <v>326</v>
+        <v>7180</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="18" t="n">
-        <v>83640</v>
+        <v>-100</v>
       </c>
       <c r="D14" s="18" t="n">
-        <v>40830</v>
+        <v>46760</v>
       </c>
       <c r="E14" s="18" t="n">
-        <v>50625</v>
+        <v>50100</v>
       </c>
       <c r="F14" s="18" t="n">
-        <v>18998</v>
+        <v>21235</v>
       </c>
       <c r="G14" s="18" t="n">
-        <v>82700</v>
+        <v>85400</v>
       </c>
       <c r="H14" s="18" t="n">
-        <v>58800</v>
+        <v>64925</v>
       </c>
       <c r="I14" s="18" t="n">
-        <v>38950</v>
+        <v>42400</v>
       </c>
       <c r="J14" s="18" t="n">
-        <v>20930</v>
+        <v>21525</v>
       </c>
       <c r="K14" s="18" t="n">
-        <v>29190</v>
+        <v>29155</v>
       </c>
       <c r="L14" s="18" t="n">
-        <v>23730</v>
+        <v>24420</v>
       </c>
       <c r="M14" s="18" t="n">
-        <v>7860</v>
+        <v>8175</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B15" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>28</v>
+      </c>
       <c r="C15" s="18" t="n">
-        <v>282519671</v>
+        <v>0</v>
       </c>
       <c r="D15" s="18" t="n">
-        <v>37150409</v>
+        <v>0</v>
       </c>
       <c r="E15" s="18" t="n">
-        <v>20936213</v>
+        <v>141</v>
       </c>
       <c r="F15" s="18" t="n">
-        <v>7468217</v>
+        <v>0</v>
       </c>
       <c r="G15" s="18" t="n">
-        <v>122469300</v>
+        <v>0</v>
       </c>
       <c r="H15" s="18" t="n">
-        <v>52569417</v>
+        <v>0</v>
       </c>
       <c r="I15" s="18" t="n">
-        <v>33429802</v>
+        <v>0</v>
       </c>
       <c r="J15" s="18" t="n">
-        <v>43000829</v>
+        <v>0</v>
       </c>
       <c r="K15" s="18" t="n">
-        <v>44346488</v>
+        <v>0</v>
       </c>
       <c r="L15" s="18" t="n">
-        <v>21379638</v>
+        <v>0</v>
       </c>
       <c r="M15" s="18" t="n">
-        <v>5431733</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="1"/>
-[...11 lines deleted...]
-      <c r="M16" s="17"/>
+      <c r="A16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="18" t="n">
+        <v>225981438</v>
+      </c>
+      <c r="D16" s="18" t="n">
+        <v>32856741</v>
+      </c>
+      <c r="E16" s="18" t="n">
+        <v>21083889</v>
+      </c>
+      <c r="F16" s="18" t="n">
+        <v>7144053</v>
+      </c>
+      <c r="G16" s="18" t="n">
+        <v>121385074</v>
+      </c>
+      <c r="H16" s="18" t="n">
+        <v>51588523</v>
+      </c>
+      <c r="I16" s="18" t="n">
+        <v>32747102</v>
+      </c>
+      <c r="J16" s="18" t="n">
+        <v>47415879</v>
+      </c>
+      <c r="K16" s="18" t="n">
+        <v>40576992</v>
+      </c>
+      <c r="L16" s="18" t="n">
+        <v>24268240</v>
+      </c>
+      <c r="M16" s="18" t="n">
+        <v>5250460</v>
+      </c>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
       <c r="J17" s="17"/>
       <c r="K17" s="17"/>
       <c r="L17" s="17"/>
       <c r="M17" s="17"/>
     </row>
     <row r="18" ht="15" customHeight="1">
-      <c r="A18" s="1"/>
+      <c r="A18" s="8" t="s">
+        <v>29</v>
+      </c>
       <c r="B18" s="1"/>
       <c r="C18" s="17"/>
       <c r="D18" s="17"/>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
     </row>
-    <row r="19" ht="81" customHeight="1">
+    <row r="19" ht="15" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="17"/>
       <c r="D19" s="17"/>
       <c r="E19" s="17"/>
       <c r="F19" s="17"/>
       <c r="G19" s="17"/>
       <c r="H19" s="17"/>
       <c r="I19" s="17"/>
       <c r="J19" s="17"/>
       <c r="K19" s="17"/>
       <c r="L19" s="17"/>
       <c r="M19" s="17"/>
     </row>
-    <row r="20" ht="15" customHeight="1">
-      <c r="A20" s="8" t="s">
+    <row r="20" ht="81" customHeight="1">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="17"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="17"/>
+      <c r="I20" s="17"/>
+      <c r="J20" s="17"/>
+      <c r="K20" s="17"/>
+      <c r="L20" s="17"/>
+      <c r="M20" s="17"/>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="A21" s="8" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -10689,71 +12060,71 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
-    <mergeCell ref="A17:M17"/>
-    <mergeCell ref="A20:M20"/>
+    <mergeCell ref="A18:M18"/>
+    <mergeCell ref="A21:M21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
@@ -10813,51 +12184,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -10871,509 +12242,511 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="20" t="n">
-        <v>89297867</v>
+        <v>99519733</v>
       </c>
       <c r="D5" s="20" t="n">
-        <v>14905951</v>
+        <v>18210115</v>
       </c>
       <c r="E5" s="20" t="n">
-        <v>13870044</v>
+        <v>13220111</v>
       </c>
       <c r="F5" s="20" t="n">
-        <v>4861118</v>
+        <v>5079906</v>
       </c>
       <c r="G5" s="20" t="n">
-        <v>35197935</v>
+        <v>37701560</v>
       </c>
       <c r="H5" s="20" t="n">
-        <v>25594642</v>
+        <v>26392900</v>
       </c>
       <c r="I5" s="20" t="n">
-        <v>16400690</v>
+        <v>17211121</v>
       </c>
       <c r="J5" s="20" t="n">
-        <v>12199209</v>
+        <v>13715566</v>
       </c>
       <c r="K5" s="20" t="n">
-        <v>16127253</v>
+        <v>17706821</v>
       </c>
       <c r="L5" s="20" t="n">
-        <v>9313979</v>
+        <v>12143566</v>
       </c>
       <c r="M5" s="20" t="n">
-        <v>3274885</v>
+        <v>3502695</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="20" t="n">
-        <v>32634973</v>
+        <v>35806422</v>
       </c>
       <c r="D6" s="20" t="n">
-        <v>12297565</v>
+        <v>13515341</v>
       </c>
       <c r="E6" s="20" t="n">
-        <v>3125089</v>
+        <v>3518117</v>
       </c>
       <c r="F6" s="20" t="n">
-        <v>883205</v>
+        <v>917594</v>
       </c>
       <c r="G6" s="20" t="n">
-        <v>8770199</v>
+        <v>9397478</v>
       </c>
       <c r="H6" s="20" t="n">
-        <v>5952054</v>
+        <v>6510226</v>
       </c>
       <c r="I6" s="20" t="n">
-        <v>5688401</v>
+        <v>5714642</v>
       </c>
       <c r="J6" s="20" t="n">
-        <v>2810713</v>
+        <v>2955396</v>
       </c>
       <c r="K6" s="20" t="n">
-        <v>5208529</v>
+        <v>6933401</v>
       </c>
       <c r="L6" s="20" t="n">
-        <v>3915113</v>
+        <v>6751938</v>
       </c>
       <c r="M6" s="20" t="n">
-        <v>563866</v>
+        <v>567908</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="20" t="n">
-        <v>17783760</v>
+        <v>10311367</v>
       </c>
       <c r="D7" s="20" t="n">
-        <v>853615</v>
+        <v>113620</v>
       </c>
       <c r="E7" s="20" t="n">
-        <v>-63948</v>
+        <v>235021</v>
       </c>
       <c r="F7" s="20" t="n">
-        <v>146337</v>
+        <v>30261</v>
       </c>
       <c r="G7" s="20" t="n">
-        <v>8786856</v>
+        <v>4399094</v>
       </c>
       <c r="H7" s="20" t="n">
-        <v>1186494</v>
+        <v>1064429</v>
       </c>
       <c r="I7" s="20" t="n">
-        <v>306748</v>
+        <v>407921</v>
       </c>
       <c r="J7" s="20" t="n">
-        <v>789859</v>
+        <v>908925</v>
       </c>
       <c r="K7" s="20" t="n">
-        <v>764215</v>
+        <v>1069349</v>
       </c>
       <c r="L7" s="20" t="n">
-        <v>223467</v>
+        <v>-240100</v>
       </c>
       <c r="M7" s="20" t="n">
-        <v>-105758</v>
+        <v>-13188</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="20" t="n">
-        <v>1487636</v>
+        <v>2305648</v>
       </c>
       <c r="D8" s="20" t="n">
-        <v>364888</v>
+        <v>401095</v>
       </c>
       <c r="E8" s="20" t="n">
-        <v>92482</v>
+        <v>186440</v>
       </c>
       <c r="F8" s="20" t="n">
-        <v>214859</v>
+        <v>242063</v>
       </c>
       <c r="G8" s="20" t="n">
-        <v>481266</v>
+        <v>305964</v>
       </c>
       <c r="H8" s="20" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="20" t="n">
-        <v>872504</v>
+        <v>749084</v>
       </c>
       <c r="J8" s="20" t="n">
-        <v>396404</v>
+        <v>502122</v>
       </c>
       <c r="K8" s="20" t="n">
-        <v>1001996</v>
+        <v>738362</v>
       </c>
       <c r="L8" s="20" t="n">
-        <v>335184</v>
+        <v>307436</v>
       </c>
       <c r="M8" s="20" t="n">
-        <v>217981</v>
+        <v>227519</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="20" t="n">
-        <v>66764931</v>
+        <v>75406508</v>
       </c>
       <c r="D9" s="20" t="n">
-        <v>851173</v>
+        <v>520644</v>
       </c>
       <c r="E9" s="20" t="n">
-        <v>1171796</v>
+        <v>1004501</v>
       </c>
       <c r="F9" s="20" t="n">
-        <v>496054</v>
+        <v>403205</v>
       </c>
       <c r="G9" s="20" t="n">
-        <v>54345263</v>
+        <v>51337456</v>
       </c>
       <c r="H9" s="20" t="n">
-        <v>9612478</v>
+        <v>9114946</v>
       </c>
       <c r="I9" s="20" t="n">
-        <v>4311480</v>
+        <v>4815145</v>
       </c>
       <c r="J9" s="20" t="n">
-        <v>16487677</v>
+        <v>20123815</v>
       </c>
       <c r="K9" s="20" t="n">
-        <v>10250711</v>
+        <v>13110136</v>
       </c>
       <c r="L9" s="20" t="n">
-        <v>436014</v>
+        <v>380026</v>
       </c>
       <c r="M9" s="20" t="n">
-        <v>1280998</v>
+        <v>481612</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="20" t="n">
-        <v>12283887</v>
+        <v>12608434</v>
       </c>
       <c r="D10" s="20" t="n">
-        <v>115693</v>
+        <v>91703</v>
       </c>
       <c r="E10" s="20" t="n">
-        <v>136405</v>
+        <v>142541</v>
       </c>
       <c r="F10" s="20" t="n">
-        <v>76208</v>
+        <v>73837</v>
       </c>
       <c r="G10" s="20" t="n">
-        <v>7096982</v>
+        <v>7839539</v>
       </c>
       <c r="H10" s="20" t="n">
-        <v>973129</v>
+        <v>986255</v>
       </c>
       <c r="I10" s="20" t="n">
-        <v>446614</v>
+        <v>493836</v>
       </c>
       <c r="J10" s="20" t="n">
-        <v>1929228</v>
+        <v>1862330</v>
       </c>
       <c r="K10" s="20" t="n">
-        <v>603385</v>
+        <v>544539</v>
       </c>
       <c r="L10" s="20" t="n">
-        <v>44191</v>
+        <v>47208</v>
       </c>
       <c r="M10" s="20" t="n">
-        <v>37468</v>
+        <v>36018</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="20" t="n">
-        <v>43950</v>
+        <v>50350</v>
       </c>
       <c r="L11" s="20" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="20" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="20" t="n">
-        <v>8859778</v>
+        <v>10015811</v>
       </c>
       <c r="D12" s="20" t="n">
-        <v>4260847</v>
+        <v>1769567</v>
       </c>
       <c r="E12" s="20" t="n">
-        <v>2575360</v>
+        <v>2391904</v>
       </c>
       <c r="F12" s="20" t="n">
-        <v>632050</v>
+        <v>593768</v>
       </c>
       <c r="G12" s="20" t="n">
-        <v>4592965</v>
+        <v>10364898</v>
       </c>
       <c r="H12" s="20" t="n">
-        <v>3089629</v>
+        <v>7675396</v>
       </c>
       <c r="I12" s="20" t="n">
-        <v>1548164</v>
+        <v>3539065</v>
       </c>
       <c r="J12" s="20" t="n">
-        <v>1216189</v>
+        <v>2865038</v>
       </c>
       <c r="K12" s="20" t="n">
-        <v>2681911</v>
+        <v>2408716</v>
       </c>
       <c r="L12" s="20" t="n">
-        <v>2010852</v>
+        <v>1590548</v>
       </c>
       <c r="M12" s="20" t="n">
-        <v>1347136</v>
+        <v>620983</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="20" t="n">
-        <v>4864319</v>
+        <v>36462108</v>
       </c>
       <c r="D13" s="20" t="n">
-        <v>239773</v>
+        <v>2487495</v>
       </c>
       <c r="E13" s="20" t="n">
-        <v>1052550</v>
+        <v>186954</v>
       </c>
       <c r="F13" s="20" t="n">
-        <v>106018</v>
+        <v>108585</v>
       </c>
       <c r="G13" s="20" t="n">
-        <v>2201083</v>
+        <v>1040611</v>
       </c>
       <c r="H13" s="20" t="n">
-        <v>674650</v>
+        <v>766465</v>
       </c>
       <c r="I13" s="20" t="n">
-        <v>466055</v>
+        <v>460039</v>
       </c>
       <c r="J13" s="20" t="n">
-        <v>929084</v>
+        <v>46707</v>
       </c>
       <c r="K13" s="20" t="n">
-        <v>446504</v>
+        <v>1755625</v>
       </c>
       <c r="L13" s="20" t="n">
-        <v>133211</v>
+        <v>375286</v>
       </c>
       <c r="M13" s="20" t="n">
-        <v>17758</v>
+        <v>326</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="20" t="n">
-        <v>79800</v>
+        <v>83640</v>
       </c>
       <c r="D14" s="20" t="n">
-        <v>38550</v>
+        <v>40830</v>
       </c>
       <c r="E14" s="20" t="n">
-        <v>48075</v>
+        <v>50625</v>
       </c>
       <c r="F14" s="20" t="n">
-        <v>18745</v>
+        <v>18998</v>
       </c>
       <c r="G14" s="20" t="n">
-        <v>79240</v>
+        <v>82700</v>
       </c>
       <c r="H14" s="20" t="n">
-        <v>58400</v>
+        <v>58800</v>
       </c>
       <c r="I14" s="20" t="n">
-        <v>38500</v>
+        <v>38950</v>
       </c>
       <c r="J14" s="20" t="n">
-        <v>18760</v>
+        <v>20930</v>
       </c>
       <c r="K14" s="20" t="n">
-        <v>25375</v>
+        <v>29190</v>
       </c>
       <c r="L14" s="20" t="n">
-        <v>23940</v>
+        <v>23730</v>
       </c>
       <c r="M14" s="20" t="n">
-        <v>7480</v>
+        <v>7860</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B15" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C15" s="20" t="n">
-        <v>234056951</v>
+        <v>282519671</v>
       </c>
       <c r="D15" s="20" t="n">
-        <v>33928055</v>
+        <v>37150410</v>
       </c>
       <c r="E15" s="20" t="n">
-        <v>22007853</v>
+        <v>20936214</v>
       </c>
       <c r="F15" s="20" t="n">
-        <v>7434594</v>
+        <v>7468217</v>
       </c>
       <c r="G15" s="20" t="n">
-        <v>121551790</v>
+        <v>122469300</v>
       </c>
       <c r="H15" s="20" t="n">
-        <v>47141476</v>
+        <v>52569417</v>
       </c>
       <c r="I15" s="20" t="n">
-        <v>30079156</v>
+        <v>33429803</v>
       </c>
       <c r="J15" s="20" t="n">
-        <v>36777122</v>
+        <v>43000829</v>
       </c>
       <c r="K15" s="20" t="n">
-        <v>37153829</v>
+        <v>44346489</v>
       </c>
       <c r="L15" s="20" t="n">
-        <v>16435951</v>
+        <v>21379638</v>
       </c>
       <c r="M15" s="20" t="n">
-        <v>6641814</v>
+        <v>5431733</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
       <c r="B16" s="1"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="19"/>
       <c r="M16" s="19"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="8" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
       <c r="J17" s="19"/>
       <c r="K17" s="19"/>
       <c r="L17" s="19"/>
       <c r="M17" s="19"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="1"/>
       <c r="C18" s="19"/>
       <c r="D18" s="19"/>
       <c r="E18" s="19"/>
       <c r="F18" s="19"/>
       <c r="G18" s="19"/>
       <c r="H18" s="19"/>
       <c r="I18" s="19"/>
       <c r="J18" s="19"/>
@@ -11883,63 +13256,63 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A17:M17"/>
     <mergeCell ref="A20:M20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
-    <col min="3" max="3" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.5016666666667" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
-    <col min="7" max="7" width="13.5641666666667" hidden="0" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="12.5329166666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
-    <col min="13" max="13" width="11.5016666666667" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
     <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
     <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
     <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
     <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
     <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
     <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
@@ -11987,51 +13360,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -12045,509 +13418,511 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="22" t="n">
-        <v>86660390.45</v>
+        <v>89297867</v>
       </c>
       <c r="D5" s="22" t="n">
-        <v>15727414.95</v>
+        <v>14905951</v>
       </c>
       <c r="E5" s="22" t="n">
-        <v>12535913.7</v>
+        <v>13870044</v>
       </c>
       <c r="F5" s="22" t="n">
-        <v>4691640</v>
+        <v>4861118</v>
       </c>
       <c r="G5" s="22" t="n">
-        <v>32871808.65</v>
+        <v>35197935</v>
       </c>
       <c r="H5" s="22" t="n">
-        <v>24343526.9</v>
+        <v>25594642</v>
       </c>
       <c r="I5" s="22" t="n">
-        <v>16703650.4</v>
+        <v>16400690</v>
       </c>
       <c r="J5" s="22" t="n">
-        <v>11144962.75</v>
+        <v>12199209</v>
       </c>
       <c r="K5" s="22" t="n">
-        <v>17308611</v>
+        <v>16127253</v>
       </c>
       <c r="L5" s="22" t="n">
-        <v>9638596</v>
+        <v>9313979</v>
       </c>
       <c r="M5" s="22" t="n">
-        <v>3404642.8</v>
+        <v>3274885</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="22" t="n">
-        <v>30957027.1</v>
+        <v>32634973</v>
       </c>
       <c r="D6" s="22" t="n">
-        <v>10430180.15</v>
+        <v>12297565</v>
       </c>
       <c r="E6" s="22" t="n">
-        <v>2607808.75</v>
+        <v>3125089</v>
       </c>
       <c r="F6" s="22" t="n">
-        <v>853894</v>
+        <v>883205</v>
       </c>
       <c r="G6" s="22" t="n">
-        <v>7607266.4</v>
+        <v>8770199</v>
       </c>
       <c r="H6" s="22" t="n">
-        <v>5938506.1</v>
+        <v>5952054</v>
       </c>
       <c r="I6" s="22" t="n">
-        <v>5096907.8</v>
+        <v>5688401</v>
       </c>
       <c r="J6" s="22" t="n">
-        <v>2527220.7</v>
+        <v>2810713</v>
       </c>
       <c r="K6" s="22" t="n">
-        <v>5277931</v>
+        <v>5208529</v>
       </c>
       <c r="L6" s="22" t="n">
-        <v>3054475</v>
+        <v>3915113</v>
       </c>
       <c r="M6" s="22" t="n">
-        <v>538802.1</v>
+        <v>563866</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="22" t="n">
-        <v>15141311.35</v>
+        <v>17783760</v>
       </c>
       <c r="D7" s="22" t="n">
-        <v>-250772.55</v>
+        <v>853615</v>
       </c>
       <c r="E7" s="22" t="n">
-        <v>901486.85</v>
+        <v>-63948</v>
       </c>
       <c r="F7" s="22" t="n">
-        <v>95530</v>
+        <v>146337</v>
       </c>
       <c r="G7" s="22" t="n">
-        <v>3991601.8</v>
+        <v>8786856</v>
       </c>
       <c r="H7" s="22" t="n">
-        <v>1614450.06</v>
+        <v>1186494</v>
       </c>
       <c r="I7" s="22" t="n">
-        <v>638971.9</v>
+        <v>306748</v>
       </c>
       <c r="J7" s="22" t="n">
-        <v>587509.65</v>
+        <v>789859</v>
       </c>
       <c r="K7" s="22" t="n">
-        <v>902626</v>
+        <v>764215</v>
       </c>
       <c r="L7" s="22" t="n">
-        <v>-303254</v>
+        <v>223467</v>
       </c>
       <c r="M7" s="22" t="n">
-        <v>133980.35</v>
+        <v>-105758</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="22" t="n">
-        <v>1189740.6</v>
+        <v>1487636</v>
       </c>
       <c r="D8" s="22" t="n">
-        <v>572596.9</v>
+        <v>364888</v>
       </c>
       <c r="E8" s="22" t="n">
-        <v>604016.25</v>
+        <v>92482</v>
       </c>
       <c r="F8" s="22" t="n">
-        <v>112314</v>
+        <v>214859</v>
       </c>
       <c r="G8" s="22" t="n">
-        <v>383974.15</v>
+        <v>481266</v>
       </c>
       <c r="H8" s="22" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="22" t="n">
-        <v>710310.25</v>
+        <v>872504</v>
       </c>
       <c r="J8" s="22" t="n">
-        <v>430122.25</v>
+        <v>396404</v>
       </c>
       <c r="K8" s="22" t="n">
-        <v>673314</v>
+        <v>1001996</v>
       </c>
       <c r="L8" s="22" t="n">
-        <v>403926</v>
+        <v>335184</v>
       </c>
       <c r="M8" s="22" t="n">
-        <v>212131.15</v>
+        <v>217981</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="22" t="n">
-        <v>70266657.75</v>
+        <v>66764931</v>
       </c>
       <c r="D9" s="22" t="n">
-        <v>491756.35</v>
+        <v>851173</v>
       </c>
       <c r="E9" s="22" t="n">
-        <v>1044195.3</v>
+        <v>1171796</v>
       </c>
       <c r="F9" s="22" t="n">
-        <v>532658</v>
+        <v>496054</v>
       </c>
       <c r="G9" s="22" t="n">
-        <v>43334580.75</v>
+        <v>54345263</v>
       </c>
       <c r="H9" s="22" t="n">
-        <v>7519500.15</v>
+        <v>9612478</v>
       </c>
       <c r="I9" s="22" t="n">
-        <v>4013073.9</v>
+        <v>4311480</v>
       </c>
       <c r="J9" s="22" t="n">
-        <v>14628516.4</v>
+        <v>16487677</v>
       </c>
       <c r="K9" s="22" t="n">
-        <v>7769794</v>
+        <v>10250711</v>
       </c>
       <c r="L9" s="22" t="n">
-        <v>636255</v>
+        <v>436014</v>
       </c>
       <c r="M9" s="22" t="n">
-        <v>485944.25</v>
+        <v>1280998</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="22" t="n">
-        <v>10551053.6</v>
+        <v>12283887</v>
       </c>
       <c r="D10" s="22" t="n">
-        <v>97011.3</v>
+        <v>115693</v>
       </c>
       <c r="E10" s="22" t="n">
-        <v>138937.85</v>
+        <v>136405</v>
       </c>
       <c r="F10" s="22" t="n">
-        <v>61133</v>
+        <v>76208</v>
       </c>
       <c r="G10" s="22" t="n">
-        <v>6564819.85</v>
+        <v>7096982</v>
       </c>
       <c r="H10" s="22" t="n">
-        <v>1013859.2</v>
+        <v>973129</v>
       </c>
       <c r="I10" s="22" t="n">
-        <v>487309.55</v>
+        <v>446614</v>
       </c>
       <c r="J10" s="22" t="n">
-        <v>1677987.8</v>
+        <v>1929228</v>
       </c>
       <c r="K10" s="22" t="n">
-        <v>531867</v>
+        <v>603385</v>
       </c>
       <c r="L10" s="22" t="n">
-        <v>43077</v>
+        <v>44191</v>
       </c>
       <c r="M10" s="22" t="n">
-        <v>32432.9</v>
+        <v>37468</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="K11" s="22" t="n">
-        <v>18950</v>
+        <v>43950</v>
       </c>
       <c r="L11" s="22" t="n">
         <v>0</v>
       </c>
       <c r="M11" s="22" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="22" t="n">
-        <v>5708013</v>
+        <v>8859778</v>
       </c>
       <c r="D12" s="22" t="n">
-        <v>2067265.1</v>
+        <v>4260847</v>
       </c>
       <c r="E12" s="22" t="n">
-        <v>2373514.9</v>
+        <v>2575360</v>
       </c>
       <c r="F12" s="22" t="n">
-        <v>455636</v>
+        <v>632050</v>
       </c>
       <c r="G12" s="22" t="n">
-        <v>5402373</v>
+        <v>4592965</v>
       </c>
       <c r="H12" s="22" t="n">
-        <v>2581895.2</v>
+        <v>3089629</v>
       </c>
       <c r="I12" s="22" t="n">
-        <v>1222803.5</v>
+        <v>1548164</v>
       </c>
       <c r="J12" s="22" t="n">
-        <v>1595761</v>
+        <v>1216189</v>
       </c>
       <c r="K12" s="22" t="n">
-        <v>2075141</v>
+        <v>2681911</v>
       </c>
       <c r="L12" s="22" t="n">
-        <v>1291786</v>
+        <v>2010852</v>
       </c>
       <c r="M12" s="22" t="n">
-        <v>332324</v>
+        <v>1347136</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="22" t="n">
-        <v>3105890.3</v>
+        <v>4864319</v>
       </c>
       <c r="D13" s="22" t="n">
-        <v>1726164.5</v>
+        <v>239773</v>
       </c>
       <c r="E13" s="22" t="n">
-        <v>299392.4</v>
+        <v>1052550</v>
       </c>
       <c r="F13" s="22" t="n">
-        <v>308514</v>
+        <v>106018</v>
       </c>
       <c r="G13" s="22" t="n">
-        <v>579626.05</v>
+        <v>2201083</v>
       </c>
       <c r="H13" s="22" t="n">
-        <v>183633.45</v>
+        <v>674650</v>
       </c>
       <c r="I13" s="22" t="n">
-        <v>22922.5</v>
+        <v>466055</v>
       </c>
       <c r="J13" s="22" t="n">
-        <v>168100.85</v>
+        <v>929084</v>
       </c>
       <c r="K13" s="22" t="n">
-        <v>236001</v>
+        <v>446504</v>
       </c>
       <c r="L13" s="22" t="n">
-        <v>282699</v>
+        <v>133211</v>
       </c>
       <c r="M13" s="22" t="n">
-        <v>1767.6</v>
+        <v>17758</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="22" t="n">
-        <v>81183.4</v>
+        <v>79800</v>
       </c>
       <c r="D14" s="22" t="n">
-        <v>38790</v>
+        <v>38550</v>
       </c>
       <c r="E14" s="22" t="n">
         <v>48075</v>
       </c>
       <c r="F14" s="22" t="n">
-        <v>18940</v>
+        <v>18745</v>
       </c>
       <c r="G14" s="22" t="n">
-        <v>79820</v>
+        <v>79240</v>
       </c>
       <c r="H14" s="22" t="n">
-        <v>56475</v>
+        <v>58400</v>
       </c>
       <c r="I14" s="22" t="n">
-        <v>37125</v>
+        <v>38500</v>
       </c>
       <c r="J14" s="22" t="n">
-        <v>17832</v>
+        <v>18760</v>
       </c>
       <c r="K14" s="22" t="n">
-        <v>25035</v>
+        <v>25375</v>
       </c>
       <c r="L14" s="22" t="n">
-        <v>24590</v>
+        <v>23940</v>
       </c>
       <c r="M14" s="22" t="n">
-        <v>7225</v>
+        <v>7480</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B15" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="C15" s="22" t="n">
-        <v>223661267.55</v>
+        <v>234056951</v>
       </c>
       <c r="D15" s="22" t="n">
-        <v>30900406.7</v>
+        <v>33928055</v>
       </c>
       <c r="E15" s="22" t="n">
-        <v>20553341</v>
+        <v>22007853</v>
       </c>
       <c r="F15" s="22" t="n">
-        <v>7130259</v>
+        <v>7434594</v>
       </c>
       <c r="G15" s="22" t="n">
-        <v>100815870.65</v>
+        <v>121551789</v>
       </c>
       <c r="H15" s="22" t="n">
-        <v>43251846.06</v>
+        <v>47141476</v>
       </c>
       <c r="I15" s="22" t="n">
-        <v>28933074.8</v>
+        <v>30079156</v>
       </c>
       <c r="J15" s="22" t="n">
-        <v>32778013.4</v>
+        <v>36777123</v>
       </c>
       <c r="K15" s="22" t="n">
-        <v>34819270</v>
+        <v>37153829</v>
       </c>
       <c r="L15" s="22" t="n">
-        <v>15072150</v>
+        <v>16435951</v>
       </c>
       <c r="M15" s="22" t="n">
-        <v>5149250.15</v>
+        <v>6641814</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
       <c r="B16" s="1"/>
       <c r="C16" s="21"/>
       <c r="D16" s="21"/>
       <c r="E16" s="21"/>
       <c r="F16" s="21"/>
       <c r="G16" s="21"/>
       <c r="H16" s="21"/>
       <c r="I16" s="21"/>
       <c r="J16" s="21"/>
       <c r="K16" s="21"/>
       <c r="L16" s="21"/>
       <c r="M16" s="21"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="8" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
       <c r="E17" s="21"/>
       <c r="F17" s="21"/>
       <c r="G17" s="21"/>
       <c r="H17" s="21"/>
       <c r="I17" s="21"/>
       <c r="J17" s="21"/>
       <c r="K17" s="21"/>
       <c r="L17" s="21"/>
       <c r="M17" s="21"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
       <c r="B18" s="1"/>
       <c r="C18" s="21"/>
       <c r="D18" s="21"/>
       <c r="E18" s="21"/>
       <c r="F18" s="21"/>
       <c r="G18" s="21"/>
       <c r="H18" s="21"/>
       <c r="I18" s="21"/>
       <c r="J18" s="21"/>
@@ -13057,57 +14432,57 @@
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A17:M17"/>
     <mergeCell ref="A20:M20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="43.1370833333333" hidden="0" customWidth="1"/>
-    <col min="2" max="2" width="43.9183333333333" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="25.6266666666667" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="31.5745833333333" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="10.99125" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="9.99" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="10.36625" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="10.7829166666667" hidden="0" customWidth="1"/>
-    <col min="7" max="7" width="9.99" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="10.99125" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.99" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="10.8870833333333" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="12.0225" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.99" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.99" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.99" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
@@ -13161,51 +14536,51 @@
     <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
     <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
     <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="3" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2" ht="20" customHeight="1">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
@@ -13216,602 +14591,564 @@
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="C5" s="24" t="n">
-        <v>72936702</v>
+        <v>86660390</v>
       </c>
       <c r="D5" s="24" t="n">
-        <v>10712852</v>
+        <v>15727415</v>
       </c>
       <c r="E5" s="24" t="n">
-        <v>10052173</v>
+        <v>12535914</v>
       </c>
       <c r="F5" s="24" t="n">
-        <v>3968493</v>
+        <v>4691640</v>
       </c>
       <c r="G5" s="24" t="n">
-        <v>32361040</v>
+        <v>32871809</v>
       </c>
       <c r="H5" s="24" t="n">
-        <v>21082356</v>
+        <v>24343527</v>
       </c>
       <c r="I5" s="24" t="n">
-        <v>14626346</v>
+        <v>16703650</v>
       </c>
       <c r="J5" s="24" t="n">
-        <v>10280571</v>
+        <v>11144963</v>
       </c>
       <c r="K5" s="24" t="n">
-        <v>14573713</v>
+        <v>17308611</v>
       </c>
       <c r="L5" s="24" t="n">
-        <v>9073496</v>
+        <v>9638596</v>
       </c>
       <c r="M5" s="24" t="n">
-        <v>2720060</v>
+        <v>3404643</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C6" s="24" t="n">
-        <v>23168373</v>
+        <v>30957027</v>
       </c>
       <c r="D6" s="24" t="n">
-        <v>6003601</v>
+        <v>10430180</v>
       </c>
       <c r="E6" s="24" t="n">
-        <v>2451726</v>
+        <v>2607809</v>
       </c>
       <c r="F6" s="24" t="n">
-        <v>687792</v>
+        <v>853894</v>
       </c>
       <c r="G6" s="24" t="n">
-        <v>6254791</v>
+        <v>7607266</v>
       </c>
       <c r="H6" s="24" t="n">
-        <v>4913752</v>
+        <v>5938506</v>
       </c>
       <c r="I6" s="24" t="n">
-        <v>4559522</v>
+        <v>5096908</v>
       </c>
       <c r="J6" s="24" t="n">
-        <v>2199707</v>
+        <v>2527221</v>
       </c>
       <c r="K6" s="24" t="n">
-        <v>4092430</v>
+        <v>5277931</v>
       </c>
       <c r="L6" s="24" t="n">
-        <v>3374842</v>
+        <v>3054475</v>
       </c>
       <c r="M6" s="24" t="n">
-        <v>416876</v>
+        <v>538802</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="C7" s="24" t="n">
-        <v>24976836</v>
+        <v>15141311</v>
       </c>
       <c r="D7" s="24" t="n">
-        <v>3518763</v>
+        <v>-250773</v>
       </c>
       <c r="E7" s="24" t="n">
-        <v>3222677</v>
+        <v>901487</v>
       </c>
       <c r="F7" s="24" t="n">
-        <v>722540</v>
+        <v>95530</v>
       </c>
       <c r="G7" s="24" t="n">
-        <v>7167866</v>
+        <v>3991602</v>
       </c>
       <c r="H7" s="24" t="n">
-        <v>3958589</v>
+        <v>1614450</v>
       </c>
       <c r="I7" s="24" t="n">
-        <v>2844405</v>
+        <v>638972</v>
       </c>
       <c r="J7" s="24" t="n">
-        <v>3158012</v>
+        <v>587510</v>
       </c>
       <c r="K7" s="24" t="n">
-        <v>3493458</v>
+        <v>902626</v>
       </c>
       <c r="L7" s="24" t="n">
-        <v>3546949</v>
+        <v>-303254</v>
       </c>
       <c r="M7" s="24" t="n">
-        <v>754447</v>
+        <v>133980</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="C8" s="24" t="n">
-        <v>967715</v>
+        <v>1189741</v>
       </c>
       <c r="D8" s="24" t="n">
-        <v>838517</v>
+        <v>572597</v>
       </c>
       <c r="E8" s="24" t="n">
-        <v>80494</v>
+        <v>604016</v>
       </c>
       <c r="F8" s="24" t="n">
-        <v>34671</v>
+        <v>112314</v>
       </c>
       <c r="G8" s="24" t="n">
-        <v>552625</v>
+        <v>383974</v>
       </c>
       <c r="H8" s="24" t="n">
-        <v>81853</v>
+        <v>0</v>
       </c>
       <c r="I8" s="24" t="n">
-        <v>133066</v>
+        <v>710310</v>
       </c>
       <c r="J8" s="24" t="n">
-        <v>74543</v>
+        <v>430122</v>
       </c>
       <c r="K8" s="24" t="n">
-        <v>25158</v>
+        <v>673314</v>
       </c>
       <c r="L8" s="24" t="n">
-        <v>151395</v>
+        <v>403926</v>
       </c>
       <c r="M8" s="24" t="n">
-        <v>38954</v>
+        <v>212131</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C9" s="24" t="n">
-        <v>2123786</v>
+        <v>70266658</v>
       </c>
       <c r="D9" s="24" t="n">
-        <v>279298</v>
+        <v>491756</v>
       </c>
       <c r="E9" s="24" t="n">
-        <v>306052</v>
+        <v>1044195</v>
       </c>
       <c r="F9" s="24" t="n">
-        <v>144652</v>
+        <v>532658</v>
       </c>
       <c r="G9" s="24" t="n">
-        <v>810931</v>
+        <v>43334581</v>
       </c>
       <c r="H9" s="24" t="n">
-        <v>713365</v>
+        <v>7519500</v>
       </c>
       <c r="I9" s="24" t="n">
-        <v>427719</v>
+        <v>4013074</v>
       </c>
       <c r="J9" s="24" t="n">
-        <v>391419</v>
+        <v>14628516</v>
       </c>
       <c r="K9" s="24" t="n">
-        <v>412047</v>
+        <v>7769794</v>
       </c>
       <c r="L9" s="24" t="n">
-        <v>462220</v>
+        <v>636255</v>
       </c>
       <c r="M9" s="24" t="n">
-        <v>144357</v>
+        <v>485944</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="C10" s="24" t="n">
-        <v>74449035</v>
+        <v>10551054</v>
       </c>
       <c r="D10" s="24" t="n">
-        <v>870101</v>
+        <v>97011</v>
       </c>
       <c r="E10" s="24" t="n">
-        <v>1774617</v>
+        <v>138938</v>
       </c>
       <c r="F10" s="24" t="n">
-        <v>640065</v>
+        <v>61133</v>
       </c>
       <c r="G10" s="24" t="n">
-        <v>35086063</v>
+        <v>6564820</v>
       </c>
       <c r="H10" s="24" t="n">
-        <v>7598883</v>
+        <v>1013859</v>
       </c>
       <c r="I10" s="24" t="n">
-        <v>5639588</v>
+        <v>487310</v>
       </c>
       <c r="J10" s="24" t="n">
-        <v>15500564</v>
+        <v>1677988</v>
       </c>
       <c r="K10" s="24" t="n">
-        <v>10555410</v>
+        <v>531867</v>
       </c>
       <c r="L10" s="24" t="n">
-        <v>579959</v>
+        <v>43077</v>
       </c>
       <c r="M10" s="24" t="n">
-        <v>442399</v>
+        <v>32433</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="C11" s="24" t="n">
-        <v>8723859</v>
+        <v>0</v>
       </c>
       <c r="D11" s="24" t="n">
-        <v>97064</v>
+        <v>0</v>
       </c>
       <c r="E11" s="24" t="n">
-        <v>127500</v>
+        <v>0</v>
       </c>
       <c r="F11" s="24" t="n">
-        <v>68708</v>
+        <v>0</v>
       </c>
       <c r="G11" s="24" t="n">
-        <v>5966557</v>
+        <v>0</v>
       </c>
       <c r="H11" s="24" t="n">
-        <v>788133</v>
+        <v>0</v>
       </c>
       <c r="I11" s="24" t="n">
-        <v>482851</v>
+        <v>0</v>
       </c>
       <c r="J11" s="24" t="n">
-        <v>1644235</v>
+        <v>0</v>
       </c>
       <c r="K11" s="24" t="n">
-        <v>422810</v>
+        <v>18950</v>
       </c>
       <c r="L11" s="24" t="n">
-        <v>49006</v>
+        <v>0</v>
       </c>
       <c r="M11" s="24" t="n">
-        <v>35120</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C12" s="24" t="n">
-        <v>-2088680</v>
+        <v>5708013</v>
       </c>
       <c r="D12" s="24" t="n">
-        <v>76106</v>
+        <v>2067265</v>
       </c>
       <c r="E12" s="24" t="n">
-        <v>0</v>
+        <v>2373515</v>
       </c>
       <c r="F12" s="24" t="n">
-        <v>0</v>
+        <v>455636</v>
       </c>
       <c r="G12" s="24" t="n">
-        <v>1835732</v>
+        <v>5402373</v>
       </c>
       <c r="H12" s="24" t="n">
-        <v>-389381</v>
+        <v>2581895</v>
       </c>
       <c r="I12" s="24" t="n">
-        <v>0</v>
+        <v>1222804</v>
       </c>
       <c r="J12" s="24" t="n">
-        <v>171618</v>
+        <v>1595761</v>
       </c>
       <c r="K12" s="24" t="n">
-        <v>21600</v>
+        <v>2075141</v>
       </c>
       <c r="L12" s="24" t="n">
-        <v>0</v>
+        <v>1291786</v>
       </c>
       <c r="M12" s="24" t="n">
-        <v>434</v>
+        <v>332324</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="C13" s="24" t="n">
-        <v>5512413</v>
+        <v>3105890</v>
       </c>
       <c r="D13" s="24" t="n">
-        <v>2607525</v>
+        <v>1726164</v>
       </c>
       <c r="E13" s="24" t="n">
-        <v>645964</v>
+        <v>299392</v>
       </c>
       <c r="F13" s="24" t="n">
-        <v>404295</v>
+        <v>308514</v>
       </c>
       <c r="G13" s="24" t="n">
-        <v>5763901</v>
+        <v>579626</v>
       </c>
       <c r="H13" s="24" t="n">
-        <v>4731744</v>
+        <v>183633</v>
       </c>
       <c r="I13" s="24" t="n">
-        <v>1534198</v>
+        <v>22922</v>
       </c>
       <c r="J13" s="24" t="n">
-        <v>1023179</v>
+        <v>168101</v>
       </c>
       <c r="K13" s="24" t="n">
-        <v>2150258</v>
+        <v>236001</v>
       </c>
       <c r="L13" s="24" t="n">
-        <v>1499392</v>
+        <v>282699</v>
       </c>
       <c r="M13" s="24" t="n">
-        <v>951351</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="C14" s="24" t="n">
-        <v>2215777</v>
+        <v>81183</v>
       </c>
       <c r="D14" s="24" t="n">
-        <v>411560</v>
+        <v>38790</v>
       </c>
       <c r="E14" s="24" t="n">
-        <v>1083792</v>
+        <v>48075</v>
       </c>
       <c r="F14" s="24" t="n">
-        <v>423658</v>
+        <v>18940</v>
       </c>
       <c r="G14" s="24" t="n">
-        <v>3289665</v>
+        <v>79820</v>
       </c>
       <c r="H14" s="24" t="n">
-        <v>223251</v>
+        <v>56475</v>
       </c>
       <c r="I14" s="24" t="n">
-        <v>620222</v>
+        <v>37125</v>
       </c>
       <c r="J14" s="24" t="n">
-        <v>1198223</v>
+        <v>17832</v>
       </c>
       <c r="K14" s="24" t="n">
-        <v>291761</v>
+        <v>25035</v>
       </c>
       <c r="L14" s="24" t="n">
-        <v>103573</v>
+        <v>24590</v>
       </c>
       <c r="M14" s="24" t="n">
-        <v>0</v>
+        <v>7225</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="C15" s="24" t="n">
-        <v>74127</v>
+        <v>223661267</v>
       </c>
       <c r="D15" s="24" t="n">
-        <v>23660</v>
+        <v>30900405</v>
       </c>
       <c r="E15" s="24" t="n">
-        <v>43875</v>
+        <v>20553341</v>
       </c>
       <c r="F15" s="24" t="n">
-        <v>18595</v>
+        <v>7130259</v>
       </c>
       <c r="G15" s="24" t="n">
-        <v>77000</v>
+        <v>100815871</v>
       </c>
       <c r="H15" s="24" t="n">
-        <v>53733</v>
+        <v>43251845</v>
       </c>
       <c r="I15" s="24" t="n">
-        <v>37750</v>
+        <v>28933075</v>
       </c>
       <c r="J15" s="24" t="n">
-        <v>16415</v>
+        <v>32778014</v>
       </c>
       <c r="K15" s="24" t="n">
-        <v>23520</v>
+        <v>34819270</v>
       </c>
       <c r="L15" s="24" t="n">
-        <v>24690</v>
+        <v>15072150</v>
       </c>
       <c r="M15" s="24" t="n">
-        <v>6615</v>
+        <v>5149250</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
-      <c r="A16" s="6" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="A16" s="1"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+      <c r="I16" s="23"/>
+      <c r="J16" s="23"/>
+      <c r="K16" s="23"/>
+      <c r="L16" s="23"/>
+      <c r="M16" s="23"/>
     </row>
     <row r="17" ht="15" customHeight="1">
-      <c r="A17" s="1"/>
+      <c r="A17" s="8" t="s">
+        <v>29</v>
+      </c>
       <c r="B17" s="1"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="23"/>
       <c r="I17" s="23"/>
       <c r="J17" s="23"/>
       <c r="K17" s="23"/>
       <c r="L17" s="23"/>
       <c r="M17" s="23"/>
     </row>
     <row r="18" ht="15" customHeight="1">
-      <c r="A18" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A18" s="1"/>
       <c r="B18" s="1"/>
       <c r="C18" s="23"/>
       <c r="D18" s="23"/>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
       <c r="H18" s="23"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
       <c r="K18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
     </row>
-    <row r="19" ht="15" customHeight="1">
+    <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
       <c r="H19" s="23"/>
       <c r="I19" s="23"/>
       <c r="J19" s="23"/>
       <c r="K19" s="23"/>
       <c r="L19" s="23"/>
       <c r="M19" s="23"/>
     </row>
-    <row r="20" ht="81" customHeight="1">
-[...15 lines deleted...]
-      <c r="A21" s="8" t="s">
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="8" t="s">
         <v>30</v>
       </c>
     </row>
+    <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
     <row r="25" ht="15" customHeight="1"/>
     <row r="26" ht="15" customHeight="1"/>
     <row r="27" ht="15" customHeight="1"/>
     <row r="28" ht="15" customHeight="1"/>
     <row r="29" ht="15" customHeight="1"/>
     <row r="30" ht="15" customHeight="1"/>
     <row r="31" ht="15" customHeight="1"/>
     <row r="32" ht="15" customHeight="1"/>
     <row r="33" ht="15" customHeight="1"/>
     <row r="34" ht="15" customHeight="1"/>
     <row r="35" ht="15" customHeight="1"/>
     <row r="36" ht="15" customHeight="1"/>
     <row r="37" ht="15" customHeight="1"/>
     <row r="38" ht="15" customHeight="1"/>
     <row r="39" ht="15" customHeight="1"/>
     <row r="40" ht="15" customHeight="1"/>
     <row r="41" ht="15" customHeight="1"/>
     <row r="42" ht="15" customHeight="1"/>
     <row r="43" ht="15" customHeight="1"/>
     <row r="44" ht="15" customHeight="1"/>
     <row r="45" ht="15" customHeight="1"/>
     <row r="46" ht="15" customHeight="1"/>
@@ -14251,47 +15588,47 @@
     <row r="480" ht="15" customHeight="1"/>
     <row r="481" ht="15" customHeight="1"/>
     <row r="482" ht="15" customHeight="1"/>
     <row r="483" ht="15" customHeight="1"/>
     <row r="484" ht="15" customHeight="1"/>
     <row r="485" ht="15" customHeight="1"/>
     <row r="486" ht="15" customHeight="1"/>
     <row r="487" ht="15" customHeight="1"/>
     <row r="488" ht="15" customHeight="1"/>
     <row r="489" ht="15" customHeight="1"/>
     <row r="490" ht="15" customHeight="1"/>
     <row r="491" ht="15" customHeight="1"/>
     <row r="492" ht="15" customHeight="1"/>
     <row r="493" ht="15" customHeight="1"/>
     <row r="494" ht="15" customHeight="1"/>
     <row r="495" ht="15" customHeight="1"/>
     <row r="496" ht="15" customHeight="1"/>
     <row r="497" ht="15" customHeight="1"/>
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
-    <mergeCell ref="A18:M18"/>
-    <mergeCell ref="A21:M21"/>
+    <mergeCell ref="A17:M17"/>
+    <mergeCell ref="A20:M20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>