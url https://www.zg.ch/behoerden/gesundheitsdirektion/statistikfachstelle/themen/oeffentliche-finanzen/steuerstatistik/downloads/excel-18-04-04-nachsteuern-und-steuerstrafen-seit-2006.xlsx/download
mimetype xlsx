--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -13,75 +13,86 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Nachsteuern und Strafen" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
-    <t xml:space="preserve">Nachsteuern und Steuerstrafen im Kanton Zug</t>
+    <t xml:space="preserve">Nachsteuern und Steuerstrafen</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton Zug, 2006 bis 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Jahr</t>
   </si>
   <si>
     <t xml:space="preserve">Anzahl Nachsteuerverfügungen</t>
   </si>
   <si>
     <t xml:space="preserve">davon aus Inventaraufnahmen</t>
   </si>
   <si>
-    <t xml:space="preserve">Anzahl Steuerstraftvergünstigungen</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Kantonssteuern aus Steuerstrafen CHF</t>
+    <t xml:space="preserve">Anzahl Steuerstrafverfügungen</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Anzahl Konsumationsverfügungen </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+      </rPr>
+      <t xml:space="preserve">1)</t>
+    </r>
+    <r>
+      <t xml:space="preserve"/>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Kantonssteuern aus Nachsteuern (CHF)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kantonssteuern aus Steuerstrafen (CHF)</t>
   </si>
   <si>
     <t xml:space="preserve">2006</t>
   </si>
   <si>
     <t xml:space="preserve">2007</t>
   </si>
   <si>
     <t xml:space="preserve">2008</t>
   </si>
   <si>
     <t xml:space="preserve">2009</t>
   </si>
   <si>
     <t xml:space="preserve">2010</t>
   </si>
   <si>
     <t xml:space="preserve">2011</t>
   </si>
   <si>
     <t xml:space="preserve">2012</t>
   </si>
   <si>
     <t xml:space="preserve">2013</t>
   </si>
@@ -114,51 +125,51 @@
   </si>
   <si>
     <t xml:space="preserve">2023</t>
   </si>
   <si>
     <t xml:space="preserve">2024</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"/>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
       </rPr>
       <t xml:space="preserve">1)</t>
     </r>
     <r>
       <t xml:space="preserve"> Verzicht auf Steuerstrafe infolge erstmaliger strafloser Selbstanzeige (Art. 175 Abs. 3 bzw. Art. 181a DBG und Art. 204 Abs. 3 bzw. Art. 210*bis StG</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Datenquelle: Kanton Zug, Steuerverwaltung</t>
   </si>
   <si>
-    <t xml:space="preserve">Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="#,##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <b/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -546,54 +557,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="9.99" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="21.49125" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="17.6683333333333" hidden="0" customWidth="1"/>
-    <col min="4" max="4" width="24.9808333333333" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="21.0641666666667" hidden="0" customWidth="1"/>
     <col min="5" max="5" width="23.7620833333333" hidden="0" customWidth="1"/>
     <col min="6" max="6" width="14.6891666666667" hidden="0" customWidth="1"/>
-    <col min="7" max="7" width="19.7516666666667" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="14.6891666666667" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
     <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
@@ -1655,30 +1666,30 @@
     <row r="498" ht="15" customHeight="1"/>
     <row r="499" ht="15" customHeight="1"/>
     <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A25:H25"/>
     <mergeCell ref="A26:H26"/>
     <mergeCell ref="A29:H29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>zgfrsa</dc:creator>
+  <dc:creator>zghori</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </coreProperties>
 </file>