--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -1,1617 +1,1106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67682182-1909-4258-9FBC-43934FDC116E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="28" r:id="rId1"/>
-[...16 lines deleted...]
-    <sheet name="2007" sheetId="21" r:id="rId18"/>
+    <sheet name="2025" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="2024" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="2023" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="2022" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="2021" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="2020" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="2019" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="2018" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="2017" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="2016" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="2015" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="2014" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="2013" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="2012" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="2011" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet name="2010" sheetId="16" state="visible" r:id="rId16"/>
+    <sheet name="2009" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="2008" sheetId="18" state="visible" r:id="rId18"/>
+    <sheet name="2007" sheetId="19" state="visible" r:id="rId19"/>
   </sheets>
-  <definedNames>
-[...17 lines deleted...]
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <si>
-    <t>NA</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2025</t>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
+    <t xml:space="preserve">Kanton Zug, 2005 bis 2024, gemäss § 14 Zuger Steuergesetz und Art. 14 Gesetz über die direkte Bundessteuer</t>
   </si>
   <si>
-    <t>Datenquelle: Kanton Zug, Steuerverwaltung</t>
+    <t xml:space="preserve">Gemeinde</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2017</t>
+    <t xml:space="preserve">Kanton</t>
   </si>
   <si>
-    <t>In % der einfachen Steuer</t>
+    <t xml:space="preserve">Einwohnergemeinde</t>
   </si>
   <si>
-    <t>Baar</t>
+    <t xml:space="preserve">Bürgergemeinde</t>
   </si>
   <si>
-    <t>Cham</t>
+    <t xml:space="preserve">Kirchengemeinden katholisch</t>
   </si>
   <si>
-    <t>Hünenberg</t>
+    <t xml:space="preserve">Kirchengemeinden evangelisch-reformiert</t>
   </si>
   <si>
-    <t>Menzingen</t>
+    <t xml:space="preserve">Baar</t>
   </si>
   <si>
-    <t>Neuheim</t>
+    <t xml:space="preserve">Cham</t>
   </si>
   <si>
-    <t>Oberägeri</t>
+    <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
-    <t>Risch</t>
+    <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
-    <t>Steinhausen</t>
+    <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
-    <t>Unterägeri</t>
+    <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
-    <t>Walchwil</t>
+    <t xml:space="preserve">Risch</t>
   </si>
   <si>
-    <t>Zug</t>
+    <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
-    <t>Gemeinde</t>
+    <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
-    <t>Einwohnergemeinde</t>
+    <t xml:space="preserve">Zug</t>
   </si>
   <si>
-    <t>Bürgergemeinde</t>
+    <t xml:space="preserve">Datenquelle: Kanton Zug, Steuerverwaltung</t>
   </si>
   <si>
-    <t>Kirchengemeinden katholisch</t>
+    <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
   </si>
   <si>
-    <t>Kirchengemeinden evangelisch-reformiert</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2024</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2007</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2023</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2008</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2022</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2009</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2021</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2010</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2020</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2011</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2019</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2012</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2018</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2013</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2017</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2014</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2016</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2015</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2015</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2016</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2014</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2018</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2013</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2019</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2012</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2020</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2011</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2021</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2010</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2022</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2009</t>
   </si>
   <si>
-    <t>Gemeindesteuerfüsse 2023</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2008</t>
   </si>
   <si>
-    <t>In % der einfachen Steuer</t>
-[...59 lines deleted...]
-    <t>Gemeindesteuerfüsse 2024</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="6" x14ac:knownFonts="1">
+  <numFmts count="0"/>
+  <fonts count="3">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
+      <b/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...1 lines deleted...]
-    <font>
       <b/>
-      <sz val="20"/>
-[...9 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
         <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...30 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-[...7 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2214000" cy="997200"/>
-[...10 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...1 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...1 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...5 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...15 lines deleted...]
-          <a:picLocks noChangeAspect="1"/>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...7 lines deleted...]
-        <a:stretch>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
-[...5 lines deleted...]
-          <a:avLst/>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
@@ -1628,60 +1117,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -1759,7126 +1252,16674 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing14.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing15.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing16.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing17.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing18.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing19.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A364CFA0-3E1E-4D25-B0C1-CD0BF8E23AB1}">
-  <dimension ref="A1:H500"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:H2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="100" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="A2" s="15" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="14"/>
-[...9 lines deleted...]
-      <c r="A4" s="10" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>51</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>59</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="10" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="10" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="10" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>52.11</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="10" t="s">
-[...753 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>14</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...3723 lines deleted...]
-    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>14</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>66</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>64</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>58</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>73</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>58</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>73</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>62</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>73</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>73</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>62</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>78</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>77</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>66</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>78</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>77</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>84</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>50.88</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>52.11</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>50.88</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>59</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>52.92</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>59</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>58</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>59</v>
+      </c>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>80</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>50.88</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>59</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>57</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>66</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>62</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>64</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>54</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="18" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B1" s="18"/>
-[...6 lines deleted...]
-      <c r="A2" s="19" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>53</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>62</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>66</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>58</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A17:E17"/>
-[...2 lines deleted...]
-    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:F20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A2" s="19" t="s">
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2" ht="40" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="19"/>
-[...9 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>9.975</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>68</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="5" t="s">
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...257 lines deleted...]
-    </row>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A1:F1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...36 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy/>
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>zghori</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>