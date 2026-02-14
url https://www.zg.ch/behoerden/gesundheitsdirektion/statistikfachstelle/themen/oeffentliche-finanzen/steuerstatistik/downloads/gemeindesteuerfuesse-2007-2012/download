--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -27,151 +27,157 @@
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="13125" windowHeight="6105" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="1" state="visible" r:id="rId1"/>
-[...17 lines deleted...]
-    <sheet name="2007" sheetId="19" state="visible" r:id="rId19"/>
+    <sheet name="2026" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="2025" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="2024" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="2023" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="2022" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="2021" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="2020" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="2019" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="2018" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="2017" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="2016" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="2015" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="2014" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="2013" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="2012" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet name="2011" sheetId="16" state="visible" r:id="rId16"/>
+    <sheet name="2010" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="2009" sheetId="18" state="visible" r:id="rId18"/>
+    <sheet name="2008" sheetId="19" state="visible" r:id="rId19"/>
+    <sheet name="2007" sheetId="20" state="visible" r:id="rId20"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
-    <t xml:space="preserve">Gemeindesteuerfüsse 2025</t>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanton Zug, 2005 bis 2024, gemäss § 14 Zuger Steuergesetz und Art. 14 Gesetz über die direkte Bundessteuer</t>
+    <t xml:space="preserve">In Prozent der einfachen Steuer</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Kanton</t>
   </si>
   <si>
     <t xml:space="preserve">Einwohnergemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Bürgergemeinde</t>
   </si>
   <si>
-    <t xml:space="preserve">Kirchengemeinden katholisch</t>
+    <t xml:space="preserve">Kirchengemeinde katholisch</t>
   </si>
   <si>
-    <t xml:space="preserve">Kirchengemeinden evangelisch-reformiert</t>
+    <t xml:space="preserve">Kirchengemeinde evangelisch-reformiert</t>
   </si>
   <si>
     <t xml:space="preserve">Baar</t>
   </si>
   <si>
     <t xml:space="preserve">Cham</t>
   </si>
   <si>
     <t xml:space="preserve">Hünenberg</t>
   </si>
   <si>
     <t xml:space="preserve">Menzingen</t>
   </si>
   <si>
     <t xml:space="preserve">Neuheim</t>
   </si>
   <si>
     <t xml:space="preserve">Oberägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Risch</t>
   </si>
   <si>
     <t xml:space="preserve">Steinhausen</t>
   </si>
   <si>
     <t xml:space="preserve">Unterägeri</t>
   </si>
   <si>
     <t xml:space="preserve">Walchwil</t>
   </si>
   <si>
     <t xml:space="preserve">Zug</t>
   </si>
   <si>
     <t xml:space="preserve">Datenquelle: Kanton Zug, Steuerverwaltung</t>
   </si>
   <si>
     <t xml:space="preserve">Fachstelle für Daten und Statistik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemeindesteuerfüsse 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2023</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2022</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2020</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2019</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2018</t>
   </si>
   <si>
     <t xml:space="preserve">Gemeindesteuerfüsse 2017</t>
   </si>
@@ -273,87 +279,90 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -691,86 +700,120 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-        </a:blip>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
     <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
         <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">        </a:blip>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+    <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
+      <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
+      <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
+      <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
+    <xdr:pic xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+      <xdr:nvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <xdr:cNvPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" id="1" name="Picture 1"/>
+        <xdr:cNvPicPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        </a:blip>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:oneCellAnchor xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
     <xdr:from xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
       <xdr:col xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:col>
       <xdr:colOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:colOff>
       <xdr:row xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">18</xdr:row>
       <xdr:rowOff xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">0</xdr:rowOff>
     </xdr:from>
     <xdr:ext xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" cx="2214000" cy="997200"/>
@@ -1293,88 +1336,91 @@
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing14.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing15.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing16.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing17.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing18.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing19.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing20.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="true">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -1432,280 +1478,294 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>51</v>
+        <v>47.53</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
-        <v>7.2</v>
+        <v>6.65</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>54</v>
       </c>
-      <c r="D6" s="6"/>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E6" s="6" t="n">
-        <v>7.2</v>
+        <v>8.1</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D7" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E7" s="6" t="n">
-        <v>7.2</v>
+        <v>8.1</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D9" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E9" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>54</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D11" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E11" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D12" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>8</v>
+        <v>7.5</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C14" s="6" t="n">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D14" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E14" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>52.11</v>
-[...1 lines deleted...]
-      <c r="D15" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="6" t="n">
-        <v>7</v>
+        <v>5.95</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
@@ -2191,52 +2251,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -2294,51 +2354,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -2414,151 +2474,151 @@
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>63</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>10.5</v>
+        <v>9.975</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>68</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
@@ -3067,52 +3127,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -3170,51 +3230,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -3244,174 +3304,174 @@
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D10" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>63</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>9.5</v>
+        <v>10.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>68</v>
       </c>
       <c r="D13" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F14" s="6" t="n">
@@ -3943,52 +4003,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -4046,51 +4106,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -4120,51 +4180,51 @@
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>69</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
@@ -4266,51 +4326,51 @@
       </c>
       <c r="D13" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
@@ -4819,52 +4879,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -4922,51 +4982,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -4996,97 +5056,97 @@
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>69</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
@@ -5102,71 +5162,71 @@
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>68</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
@@ -5695,52 +5755,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -5798,51 +5858,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -5852,237 +5912,237 @@
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>56</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>8.1</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
-        <v>10</v>
+        <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>68</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
-        <v>10</v>
+        <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>68</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
@@ -6571,52 +6631,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -6674,288 +6734,288 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>8.1</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>71</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>9</v>
+        <v>9.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D13" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D15" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
@@ -7447,52 +7507,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -7550,51 +7610,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -7604,197 +7664,197 @@
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>58</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>8.1</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
-        <v>9.5</v>
+        <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
-        <v>9.5</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D8" s="6" t="n">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>56</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
@@ -8323,52 +8383,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -8426,285 +8486,285 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>8.1</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>73</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>62</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>56</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
@@ -9199,52 +9259,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -9302,51 +9362,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -9376,217 +9436,217 @@
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>9.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>75</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>56</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>63</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>1</v>
       </c>
       <c r="E15" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
@@ -10075,52 +10135,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -10178,294 +10238,294 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>8.1</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
-        <v>9</v>
+        <v>9.5</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
-        <v>9</v>
+        <v>9.5</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>78</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>77</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>75</v>
       </c>
       <c r="D10" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>70</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D13" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>56</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>63</v>
       </c>
       <c r="D15" s="6" t="n">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
@@ -10951,52 +11011,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -11054,280 +11114,1170 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>50.88</v>
+        <v>51</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>7.2</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D6" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E6" s="6" t="n">
-        <v>10</v>
+        <v>7.2</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D7" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E7" s="6" t="n">
-        <v>10</v>
+        <v>7.2</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D8" s="6" t="n">
-        <v>2</v>
+        <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>65</v>
       </c>
-      <c r="D9" s="6"/>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E9" s="6" t="n">
-        <v>10</v>
+        <v>9.5</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>55</v>
       </c>
-      <c r="D11" s="6"/>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E11" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>54</v>
       </c>
-      <c r="D12" s="6"/>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>53</v>
       </c>
-      <c r="D14" s="6"/>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E14" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>7.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>52.11</v>
       </c>
-      <c r="D15" s="6"/>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>7.5</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="A16" s="1"/>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="A17" s="7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="A18" s="1"/>
+    </row>
+    <row r="19" ht="81" customHeight="1">
+      <c r="A19" s="1"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1"/>
+    <row r="22" ht="15" customHeight="1"/>
+    <row r="23" ht="15" customHeight="1"/>
+    <row r="24" ht="15" customHeight="1"/>
+    <row r="25" ht="15" customHeight="1"/>
+    <row r="26" ht="15" customHeight="1"/>
+    <row r="27" ht="15" customHeight="1"/>
+    <row r="28" ht="15" customHeight="1"/>
+    <row r="29" ht="15" customHeight="1"/>
+    <row r="30" ht="15" customHeight="1"/>
+    <row r="31" ht="15" customHeight="1"/>
+    <row r="32" ht="15" customHeight="1"/>
+    <row r="33" ht="15" customHeight="1"/>
+    <row r="34" ht="15" customHeight="1"/>
+    <row r="35" ht="15" customHeight="1"/>
+    <row r="36" ht="15" customHeight="1"/>
+    <row r="37" ht="15" customHeight="1"/>
+    <row r="38" ht="15" customHeight="1"/>
+    <row r="39" ht="15" customHeight="1"/>
+    <row r="40" ht="15" customHeight="1"/>
+    <row r="41" ht="15" customHeight="1"/>
+    <row r="42" ht="15" customHeight="1"/>
+    <row r="43" ht="15" customHeight="1"/>
+    <row r="44" ht="15" customHeight="1"/>
+    <row r="45" ht="15" customHeight="1"/>
+    <row r="46" ht="15" customHeight="1"/>
+    <row r="47" ht="15" customHeight="1"/>
+    <row r="48" ht="15" customHeight="1"/>
+    <row r="49" ht="15" customHeight="1"/>
+    <row r="50" ht="15" customHeight="1"/>
+    <row r="51" ht="15" customHeight="1"/>
+    <row r="52" ht="15" customHeight="1"/>
+    <row r="53" ht="15" customHeight="1"/>
+    <row r="54" ht="15" customHeight="1"/>
+    <row r="55" ht="15" customHeight="1"/>
+    <row r="56" ht="15" customHeight="1"/>
+    <row r="57" ht="15" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="60" ht="15" customHeight="1"/>
+    <row r="61" ht="15" customHeight="1"/>
+    <row r="62" ht="15" customHeight="1"/>
+    <row r="63" ht="15" customHeight="1"/>
+    <row r="64" ht="15" customHeight="1"/>
+    <row r="65" ht="15" customHeight="1"/>
+    <row r="66" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="68" ht="15" customHeight="1"/>
+    <row r="69" ht="15" customHeight="1"/>
+    <row r="70" ht="15" customHeight="1"/>
+    <row r="71" ht="15" customHeight="1"/>
+    <row r="72" ht="15" customHeight="1"/>
+    <row r="73" ht="15" customHeight="1"/>
+    <row r="74" ht="15" customHeight="1"/>
+    <row r="75" ht="15" customHeight="1"/>
+    <row r="76" ht="15" customHeight="1"/>
+    <row r="77" ht="15" customHeight="1"/>
+    <row r="78" ht="15" customHeight="1"/>
+    <row r="79" ht="15" customHeight="1"/>
+    <row r="80" ht="15" customHeight="1"/>
+    <row r="81" ht="15" customHeight="1"/>
+    <row r="82" ht="15" customHeight="1"/>
+    <row r="83" ht="15" customHeight="1"/>
+    <row r="84" ht="15" customHeight="1"/>
+    <row r="85" ht="15" customHeight="1"/>
+    <row r="86" ht="15" customHeight="1"/>
+    <row r="87" ht="15" customHeight="1"/>
+    <row r="88" ht="15" customHeight="1"/>
+    <row r="89" ht="15" customHeight="1"/>
+    <row r="90" ht="15" customHeight="1"/>
+    <row r="91" ht="15" customHeight="1"/>
+    <row r="92" ht="15" customHeight="1"/>
+    <row r="93" ht="15" customHeight="1"/>
+    <row r="94" ht="15" customHeight="1"/>
+    <row r="95" ht="15" customHeight="1"/>
+    <row r="96" ht="15" customHeight="1"/>
+    <row r="97" ht="15" customHeight="1"/>
+    <row r="98" ht="15" customHeight="1"/>
+    <row r="99" ht="15" customHeight="1"/>
+    <row r="100" ht="15" customHeight="1"/>
+    <row r="101" ht="15" customHeight="1"/>
+    <row r="102" ht="15" customHeight="1"/>
+    <row r="103" ht="15" customHeight="1"/>
+    <row r="104" ht="15" customHeight="1"/>
+    <row r="105" ht="15" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1"/>
+    <row r="107" ht="15" customHeight="1"/>
+    <row r="108" ht="15" customHeight="1"/>
+    <row r="109" ht="15" customHeight="1"/>
+    <row r="110" ht="15" customHeight="1"/>
+    <row r="111" ht="15" customHeight="1"/>
+    <row r="112" ht="15" customHeight="1"/>
+    <row r="113" ht="15" customHeight="1"/>
+    <row r="114" ht="15" customHeight="1"/>
+    <row r="115" ht="15" customHeight="1"/>
+    <row r="116" ht="15" customHeight="1"/>
+    <row r="117" ht="15" customHeight="1"/>
+    <row r="118" ht="15" customHeight="1"/>
+    <row r="119" ht="15" customHeight="1"/>
+    <row r="120" ht="15" customHeight="1"/>
+    <row r="121" ht="15" customHeight="1"/>
+    <row r="122" ht="15" customHeight="1"/>
+    <row r="123" ht="15" customHeight="1"/>
+    <row r="124" ht="15" customHeight="1"/>
+    <row r="125" ht="15" customHeight="1"/>
+    <row r="126" ht="15" customHeight="1"/>
+    <row r="127" ht="15" customHeight="1"/>
+    <row r="128" ht="15" customHeight="1"/>
+    <row r="129" ht="15" customHeight="1"/>
+    <row r="130" ht="15" customHeight="1"/>
+    <row r="131" ht="15" customHeight="1"/>
+    <row r="132" ht="15" customHeight="1"/>
+    <row r="133" ht="15" customHeight="1"/>
+    <row r="134" ht="15" customHeight="1"/>
+    <row r="135" ht="15" customHeight="1"/>
+    <row r="136" ht="15" customHeight="1"/>
+    <row r="137" ht="15" customHeight="1"/>
+    <row r="138" ht="15" customHeight="1"/>
+    <row r="139" ht="15" customHeight="1"/>
+    <row r="140" ht="15" customHeight="1"/>
+    <row r="141" ht="15" customHeight="1"/>
+    <row r="142" ht="15" customHeight="1"/>
+    <row r="143" ht="15" customHeight="1"/>
+    <row r="144" ht="15" customHeight="1"/>
+    <row r="145" ht="15" customHeight="1"/>
+    <row r="146" ht="15" customHeight="1"/>
+    <row r="147" ht="15" customHeight="1"/>
+    <row r="148" ht="15" customHeight="1"/>
+    <row r="149" ht="15" customHeight="1"/>
+    <row r="150" ht="15" customHeight="1"/>
+    <row r="151" ht="15" customHeight="1"/>
+    <row r="152" ht="15" customHeight="1"/>
+    <row r="153" ht="15" customHeight="1"/>
+    <row r="154" ht="15" customHeight="1"/>
+    <row r="155" ht="15" customHeight="1"/>
+    <row r="156" ht="15" customHeight="1"/>
+    <row r="157" ht="15" customHeight="1"/>
+    <row r="158" ht="15" customHeight="1"/>
+    <row r="159" ht="15" customHeight="1"/>
+    <row r="160" ht="15" customHeight="1"/>
+    <row r="161" ht="15" customHeight="1"/>
+    <row r="162" ht="15" customHeight="1"/>
+    <row r="163" ht="15" customHeight="1"/>
+    <row r="164" ht="15" customHeight="1"/>
+    <row r="165" ht="15" customHeight="1"/>
+    <row r="166" ht="15" customHeight="1"/>
+    <row r="167" ht="15" customHeight="1"/>
+    <row r="168" ht="15" customHeight="1"/>
+    <row r="169" ht="15" customHeight="1"/>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171" ht="15" customHeight="1"/>
+    <row r="172" ht="15" customHeight="1"/>
+    <row r="173" ht="15" customHeight="1"/>
+    <row r="174" ht="15" customHeight="1"/>
+    <row r="175" ht="15" customHeight="1"/>
+    <row r="176" ht="15" customHeight="1"/>
+    <row r="177" ht="15" customHeight="1"/>
+    <row r="178" ht="15" customHeight="1"/>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180" ht="15" customHeight="1"/>
+    <row r="181" ht="15" customHeight="1"/>
+    <row r="182" ht="15" customHeight="1"/>
+    <row r="183" ht="15" customHeight="1"/>
+    <row r="184" ht="15" customHeight="1"/>
+    <row r="185" ht="15" customHeight="1"/>
+    <row r="186" ht="15" customHeight="1"/>
+    <row r="187" ht="15" customHeight="1"/>
+    <row r="188" ht="15" customHeight="1"/>
+    <row r="189" ht="15" customHeight="1"/>
+    <row r="190" ht="15" customHeight="1"/>
+    <row r="191" ht="15" customHeight="1"/>
+    <row r="192" ht="15" customHeight="1"/>
+    <row r="193" ht="15" customHeight="1"/>
+    <row r="194" ht="15" customHeight="1"/>
+    <row r="195" ht="15" customHeight="1"/>
+    <row r="196" ht="15" customHeight="1"/>
+    <row r="197" ht="15" customHeight="1"/>
+    <row r="198" ht="15" customHeight="1"/>
+    <row r="199" ht="15" customHeight="1"/>
+    <row r="200" ht="15" customHeight="1"/>
+    <row r="201" ht="15" customHeight="1"/>
+    <row r="202" ht="15" customHeight="1"/>
+    <row r="203" ht="15" customHeight="1"/>
+    <row r="204" ht="15" customHeight="1"/>
+    <row r="205" ht="15" customHeight="1"/>
+    <row r="206" ht="15" customHeight="1"/>
+    <row r="207" ht="15" customHeight="1"/>
+    <row r="208" ht="15" customHeight="1"/>
+    <row r="209" ht="15" customHeight="1"/>
+    <row r="210" ht="15" customHeight="1"/>
+    <row r="211" ht="15" customHeight="1"/>
+    <row r="212" ht="15" customHeight="1"/>
+    <row r="213" ht="15" customHeight="1"/>
+    <row r="214" ht="15" customHeight="1"/>
+    <row r="215" ht="15" customHeight="1"/>
+    <row r="216" ht="15" customHeight="1"/>
+    <row r="217" ht="15" customHeight="1"/>
+    <row r="218" ht="15" customHeight="1"/>
+    <row r="219" ht="15" customHeight="1"/>
+    <row r="220" ht="15" customHeight="1"/>
+    <row r="221" ht="15" customHeight="1"/>
+    <row r="222" ht="15" customHeight="1"/>
+    <row r="223" ht="15" customHeight="1"/>
+    <row r="224" ht="15" customHeight="1"/>
+    <row r="225" ht="15" customHeight="1"/>
+    <row r="226" ht="15" customHeight="1"/>
+    <row r="227" ht="15" customHeight="1"/>
+    <row r="228" ht="15" customHeight="1"/>
+    <row r="229" ht="15" customHeight="1"/>
+    <row r="230" ht="15" customHeight="1"/>
+    <row r="231" ht="15" customHeight="1"/>
+    <row r="232" ht="15" customHeight="1"/>
+    <row r="233" ht="15" customHeight="1"/>
+    <row r="234" ht="15" customHeight="1"/>
+    <row r="235" ht="15" customHeight="1"/>
+    <row r="236" ht="15" customHeight="1"/>
+    <row r="237" ht="15" customHeight="1"/>
+    <row r="238" ht="15" customHeight="1"/>
+    <row r="239" ht="15" customHeight="1"/>
+    <row r="240" ht="15" customHeight="1"/>
+    <row r="241" ht="15" customHeight="1"/>
+    <row r="242" ht="15" customHeight="1"/>
+    <row r="243" ht="15" customHeight="1"/>
+    <row r="244" ht="15" customHeight="1"/>
+    <row r="245" ht="15" customHeight="1"/>
+    <row r="246" ht="15" customHeight="1"/>
+    <row r="247" ht="15" customHeight="1"/>
+    <row r="248" ht="15" customHeight="1"/>
+    <row r="249" ht="15" customHeight="1"/>
+    <row r="250" ht="15" customHeight="1"/>
+    <row r="251" ht="15" customHeight="1"/>
+    <row r="252" ht="15" customHeight="1"/>
+    <row r="253" ht="15" customHeight="1"/>
+    <row r="254" ht="15" customHeight="1"/>
+    <row r="255" ht="15" customHeight="1"/>
+    <row r="256" ht="15" customHeight="1"/>
+    <row r="257" ht="15" customHeight="1"/>
+    <row r="258" ht="15" customHeight="1"/>
+    <row r="259" ht="15" customHeight="1"/>
+    <row r="260" ht="15" customHeight="1"/>
+    <row r="261" ht="15" customHeight="1"/>
+    <row r="262" ht="15" customHeight="1"/>
+    <row r="263" ht="15" customHeight="1"/>
+    <row r="264" ht="15" customHeight="1"/>
+    <row r="265" ht="15" customHeight="1"/>
+    <row r="266" ht="15" customHeight="1"/>
+    <row r="267" ht="15" customHeight="1"/>
+    <row r="268" ht="15" customHeight="1"/>
+    <row r="269" ht="15" customHeight="1"/>
+    <row r="270" ht="15" customHeight="1"/>
+    <row r="271" ht="15" customHeight="1"/>
+    <row r="272" ht="15" customHeight="1"/>
+    <row r="273" ht="15" customHeight="1"/>
+    <row r="274" ht="15" customHeight="1"/>
+    <row r="275" ht="15" customHeight="1"/>
+    <row r="276" ht="15" customHeight="1"/>
+    <row r="277" ht="15" customHeight="1"/>
+    <row r="278" ht="15" customHeight="1"/>
+    <row r="279" ht="15" customHeight="1"/>
+    <row r="280" ht="15" customHeight="1"/>
+    <row r="281" ht="15" customHeight="1"/>
+    <row r="282" ht="15" customHeight="1"/>
+    <row r="283" ht="15" customHeight="1"/>
+    <row r="284" ht="15" customHeight="1"/>
+    <row r="285" ht="15" customHeight="1"/>
+    <row r="286" ht="15" customHeight="1"/>
+    <row r="287" ht="15" customHeight="1"/>
+    <row r="288" ht="15" customHeight="1"/>
+    <row r="289" ht="15" customHeight="1"/>
+    <row r="290" ht="15" customHeight="1"/>
+    <row r="291" ht="15" customHeight="1"/>
+    <row r="292" ht="15" customHeight="1"/>
+    <row r="293" ht="15" customHeight="1"/>
+    <row r="294" ht="15" customHeight="1"/>
+    <row r="295" ht="15" customHeight="1"/>
+    <row r="296" ht="15" customHeight="1"/>
+    <row r="297" ht="15" customHeight="1"/>
+    <row r="298" ht="15" customHeight="1"/>
+    <row r="299" ht="15" customHeight="1"/>
+    <row r="300" ht="15" customHeight="1"/>
+    <row r="301" ht="15" customHeight="1"/>
+    <row r="302" ht="15" customHeight="1"/>
+    <row r="303" ht="15" customHeight="1"/>
+    <row r="304" ht="15" customHeight="1"/>
+    <row r="305" ht="15" customHeight="1"/>
+    <row r="306" ht="15" customHeight="1"/>
+    <row r="307" ht="15" customHeight="1"/>
+    <row r="308" ht="15" customHeight="1"/>
+    <row r="309" ht="15" customHeight="1"/>
+    <row r="310" ht="15" customHeight="1"/>
+    <row r="311" ht="15" customHeight="1"/>
+    <row r="312" ht="15" customHeight="1"/>
+    <row r="313" ht="15" customHeight="1"/>
+    <row r="314" ht="15" customHeight="1"/>
+    <row r="315" ht="15" customHeight="1"/>
+    <row r="316" ht="15" customHeight="1"/>
+    <row r="317" ht="15" customHeight="1"/>
+    <row r="318" ht="15" customHeight="1"/>
+    <row r="319" ht="15" customHeight="1"/>
+    <row r="320" ht="15" customHeight="1"/>
+    <row r="321" ht="15" customHeight="1"/>
+    <row r="322" ht="15" customHeight="1"/>
+    <row r="323" ht="15" customHeight="1"/>
+    <row r="324" ht="15" customHeight="1"/>
+    <row r="325" ht="15" customHeight="1"/>
+    <row r="326" ht="15" customHeight="1"/>
+    <row r="327" ht="15" customHeight="1"/>
+    <row r="328" ht="15" customHeight="1"/>
+    <row r="329" ht="15" customHeight="1"/>
+    <row r="330" ht="15" customHeight="1"/>
+    <row r="331" ht="15" customHeight="1"/>
+    <row r="332" ht="15" customHeight="1"/>
+    <row r="333" ht="15" customHeight="1"/>
+    <row r="334" ht="15" customHeight="1"/>
+    <row r="335" ht="15" customHeight="1"/>
+    <row r="336" ht="15" customHeight="1"/>
+    <row r="337" ht="15" customHeight="1"/>
+    <row r="338" ht="15" customHeight="1"/>
+    <row r="339" ht="15" customHeight="1"/>
+    <row r="340" ht="15" customHeight="1"/>
+    <row r="341" ht="15" customHeight="1"/>
+    <row r="342" ht="15" customHeight="1"/>
+    <row r="343" ht="15" customHeight="1"/>
+    <row r="344" ht="15" customHeight="1"/>
+    <row r="345" ht="15" customHeight="1"/>
+    <row r="346" ht="15" customHeight="1"/>
+    <row r="347" ht="15" customHeight="1"/>
+    <row r="348" ht="15" customHeight="1"/>
+    <row r="349" ht="15" customHeight="1"/>
+    <row r="350" ht="15" customHeight="1"/>
+    <row r="351" ht="15" customHeight="1"/>
+    <row r="352" ht="15" customHeight="1"/>
+    <row r="353" ht="15" customHeight="1"/>
+    <row r="354" ht="15" customHeight="1"/>
+    <row r="355" ht="15" customHeight="1"/>
+    <row r="356" ht="15" customHeight="1"/>
+    <row r="357" ht="15" customHeight="1"/>
+    <row r="358" ht="15" customHeight="1"/>
+    <row r="359" ht="15" customHeight="1"/>
+    <row r="360" ht="15" customHeight="1"/>
+    <row r="361" ht="15" customHeight="1"/>
+    <row r="362" ht="15" customHeight="1"/>
+    <row r="363" ht="15" customHeight="1"/>
+    <row r="364" ht="15" customHeight="1"/>
+    <row r="365" ht="15" customHeight="1"/>
+    <row r="366" ht="15" customHeight="1"/>
+    <row r="367" ht="15" customHeight="1"/>
+    <row r="368" ht="15" customHeight="1"/>
+    <row r="369" ht="15" customHeight="1"/>
+    <row r="370" ht="15" customHeight="1"/>
+    <row r="371" ht="15" customHeight="1"/>
+    <row r="372" ht="15" customHeight="1"/>
+    <row r="373" ht="15" customHeight="1"/>
+    <row r="374" ht="15" customHeight="1"/>
+    <row r="375" ht="15" customHeight="1"/>
+    <row r="376" ht="15" customHeight="1"/>
+    <row r="377" ht="15" customHeight="1"/>
+    <row r="378" ht="15" customHeight="1"/>
+    <row r="379" ht="15" customHeight="1"/>
+    <row r="380" ht="15" customHeight="1"/>
+    <row r="381" ht="15" customHeight="1"/>
+    <row r="382" ht="15" customHeight="1"/>
+    <row r="383" ht="15" customHeight="1"/>
+    <row r="384" ht="15" customHeight="1"/>
+    <row r="385" ht="15" customHeight="1"/>
+    <row r="386" ht="15" customHeight="1"/>
+    <row r="387" ht="15" customHeight="1"/>
+    <row r="388" ht="15" customHeight="1"/>
+    <row r="389" ht="15" customHeight="1"/>
+    <row r="390" ht="15" customHeight="1"/>
+    <row r="391" ht="15" customHeight="1"/>
+    <row r="392" ht="15" customHeight="1"/>
+    <row r="393" ht="15" customHeight="1"/>
+    <row r="394" ht="15" customHeight="1"/>
+    <row r="395" ht="15" customHeight="1"/>
+    <row r="396" ht="15" customHeight="1"/>
+    <row r="397" ht="15" customHeight="1"/>
+    <row r="398" ht="15" customHeight="1"/>
+    <row r="399" ht="15" customHeight="1"/>
+    <row r="400" ht="15" customHeight="1"/>
+    <row r="401" ht="15" customHeight="1"/>
+    <row r="402" ht="15" customHeight="1"/>
+    <row r="403" ht="15" customHeight="1"/>
+    <row r="404" ht="15" customHeight="1"/>
+    <row r="405" ht="15" customHeight="1"/>
+    <row r="406" ht="15" customHeight="1"/>
+    <row r="407" ht="15" customHeight="1"/>
+    <row r="408" ht="15" customHeight="1"/>
+    <row r="409" ht="15" customHeight="1"/>
+    <row r="410" ht="15" customHeight="1"/>
+    <row r="411" ht="15" customHeight="1"/>
+    <row r="412" ht="15" customHeight="1"/>
+    <row r="413" ht="15" customHeight="1"/>
+    <row r="414" ht="15" customHeight="1"/>
+    <row r="415" ht="15" customHeight="1"/>
+    <row r="416" ht="15" customHeight="1"/>
+    <row r="417" ht="15" customHeight="1"/>
+    <row r="418" ht="15" customHeight="1"/>
+    <row r="419" ht="15" customHeight="1"/>
+    <row r="420" ht="15" customHeight="1"/>
+    <row r="421" ht="15" customHeight="1"/>
+    <row r="422" ht="15" customHeight="1"/>
+    <row r="423" ht="15" customHeight="1"/>
+    <row r="424" ht="15" customHeight="1"/>
+    <row r="425" ht="15" customHeight="1"/>
+    <row r="426" ht="15" customHeight="1"/>
+    <row r="427" ht="15" customHeight="1"/>
+    <row r="428" ht="15" customHeight="1"/>
+    <row r="429" ht="15" customHeight="1"/>
+    <row r="430" ht="15" customHeight="1"/>
+    <row r="431" ht="15" customHeight="1"/>
+    <row r="432" ht="15" customHeight="1"/>
+    <row r="433" ht="15" customHeight="1"/>
+    <row r="434" ht="15" customHeight="1"/>
+    <row r="435" ht="15" customHeight="1"/>
+    <row r="436" ht="15" customHeight="1"/>
+    <row r="437" ht="15" customHeight="1"/>
+    <row r="438" ht="15" customHeight="1"/>
+    <row r="439" ht="15" customHeight="1"/>
+    <row r="440" ht="15" customHeight="1"/>
+    <row r="441" ht="15" customHeight="1"/>
+    <row r="442" ht="15" customHeight="1"/>
+    <row r="443" ht="15" customHeight="1"/>
+    <row r="444" ht="15" customHeight="1"/>
+    <row r="445" ht="15" customHeight="1"/>
+    <row r="446" ht="15" customHeight="1"/>
+    <row r="447" ht="15" customHeight="1"/>
+    <row r="448" ht="15" customHeight="1"/>
+    <row r="449" ht="15" customHeight="1"/>
+    <row r="450" ht="15" customHeight="1"/>
+    <row r="451" ht="15" customHeight="1"/>
+    <row r="452" ht="15" customHeight="1"/>
+    <row r="453" ht="15" customHeight="1"/>
+    <row r="454" ht="15" customHeight="1"/>
+    <row r="455" ht="15" customHeight="1"/>
+    <row r="456" ht="15" customHeight="1"/>
+    <row r="457" ht="15" customHeight="1"/>
+    <row r="458" ht="15" customHeight="1"/>
+    <row r="459" ht="15" customHeight="1"/>
+    <row r="460" ht="15" customHeight="1"/>
+    <row r="461" ht="15" customHeight="1"/>
+    <row r="462" ht="15" customHeight="1"/>
+    <row r="463" ht="15" customHeight="1"/>
+    <row r="464" ht="15" customHeight="1"/>
+    <row r="465" ht="15" customHeight="1"/>
+    <row r="466" ht="15" customHeight="1"/>
+    <row r="467" ht="15" customHeight="1"/>
+    <row r="468" ht="15" customHeight="1"/>
+    <row r="469" ht="15" customHeight="1"/>
+    <row r="470" ht="15" customHeight="1"/>
+    <row r="471" ht="15" customHeight="1"/>
+    <row r="472" ht="15" customHeight="1"/>
+    <row r="473" ht="15" customHeight="1"/>
+    <row r="474" ht="15" customHeight="1"/>
+    <row r="475" ht="15" customHeight="1"/>
+    <row r="476" ht="15" customHeight="1"/>
+    <row r="477" ht="15" customHeight="1"/>
+    <row r="478" ht="15" customHeight="1"/>
+    <row r="479" ht="15" customHeight="1"/>
+    <row r="480" ht="15" customHeight="1"/>
+    <row r="481" ht="15" customHeight="1"/>
+    <row r="482" ht="15" customHeight="1"/>
+    <row r="483" ht="15" customHeight="1"/>
+    <row r="484" ht="15" customHeight="1"/>
+    <row r="485" ht="15" customHeight="1"/>
+    <row r="486" ht="15" customHeight="1"/>
+    <row r="487" ht="15" customHeight="1"/>
+    <row r="488" ht="15" customHeight="1"/>
+    <row r="489" ht="15" customHeight="1"/>
+    <row r="490" ht="15" customHeight="1"/>
+    <row r="491" ht="15" customHeight="1"/>
+    <row r="492" ht="15" customHeight="1"/>
+    <row r="493" ht="15" customHeight="1"/>
+    <row r="494" ht="15" customHeight="1"/>
+    <row r="495" ht="15" customHeight="1"/>
+    <row r="496" ht="15" customHeight="1"/>
+    <row r="497" ht="15" customHeight="1"/>
+    <row r="498" ht="15" customHeight="1"/>
+    <row r="499" ht="15" customHeight="1"/>
+    <row r="500" ht="15" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A20:H20"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <cols>
+    <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
+    <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
+    <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
+    <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
+    <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
+    <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
+    <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
+    <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
+    <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
+    <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
+    <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
+    <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
+    <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
+    <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
+    <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
+    <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
+    <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
+    <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
+    <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
+    <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
+    <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
+    <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
+    <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
+    <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
+    <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
+    <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
+    <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
+    <col min="32" max="32" width="9.14" hidden="0" customWidth="1"/>
+    <col min="33" max="33" width="9.14" hidden="0" customWidth="1"/>
+    <col min="34" max="34" width="9.14" hidden="0" customWidth="1"/>
+    <col min="35" max="35" width="9.14" hidden="0" customWidth="1"/>
+    <col min="36" max="36" width="9.14" hidden="0" customWidth="1"/>
+    <col min="37" max="37" width="9.14" hidden="0" customWidth="1"/>
+    <col min="38" max="38" width="9.14" hidden="0" customWidth="1"/>
+    <col min="39" max="39" width="9.14" hidden="0" customWidth="1"/>
+    <col min="40" max="40" width="9.14" hidden="0" customWidth="1"/>
+    <col min="41" max="41" width="9.14" hidden="0" customWidth="1"/>
+    <col min="42" max="42" width="9.14" hidden="0" customWidth="1"/>
+    <col min="43" max="43" width="9.14" hidden="0" customWidth="1"/>
+    <col min="44" max="44" width="9.14" hidden="0" customWidth="1"/>
+    <col min="45" max="45" width="9.14" hidden="0" customWidth="1"/>
+    <col min="46" max="46" width="9.14" hidden="0" customWidth="1"/>
+    <col min="47" max="47" width="9.14" hidden="0" customWidth="1"/>
+    <col min="48" max="48" width="9.14" hidden="0" customWidth="1"/>
+    <col min="49" max="49" width="9.14" hidden="0" customWidth="1"/>
+    <col min="50" max="50" width="9.14" hidden="0" customWidth="1"/>
+    <col min="51" max="51" width="9.14" hidden="0" customWidth="1"/>
+    <col min="52" max="52" width="9.14" hidden="0" customWidth="1"/>
+    <col min="53" max="53" width="9.14" hidden="0" customWidth="1"/>
+    <col min="54" max="54" width="9.14" hidden="0" customWidth="1"/>
+    <col min="55" max="55" width="9.14" hidden="0" customWidth="1"/>
+    <col min="56" max="56" width="9.14" hidden="0" customWidth="1"/>
+    <col min="57" max="57" width="9.14" hidden="0" customWidth="1"/>
+    <col min="58" max="58" width="9.14" hidden="0" customWidth="1"/>
+    <col min="59" max="59" width="9.14" hidden="0" customWidth="1"/>
+    <col min="60" max="60" width="9.14" hidden="0" customWidth="1"/>
+    <col min="61" max="61" width="9.14" hidden="0" customWidth="1"/>
+    <col min="62" max="62" width="9.14" hidden="0" customWidth="1"/>
+    <col min="63" max="63" width="9.14" hidden="0" customWidth="1"/>
+    <col min="64" max="64" width="9.14" hidden="0" customWidth="1"/>
+    <col min="65" max="65" width="9.14" hidden="0" customWidth="1"/>
+    <col min="66" max="66" width="9.14" hidden="0" customWidth="1"/>
+    <col min="67" max="67" width="9.14" hidden="0" customWidth="1"/>
+    <col min="68" max="68" width="9.14" hidden="0" customWidth="1"/>
+    <col min="69" max="69" width="9.14" hidden="0" customWidth="1"/>
+    <col min="70" max="70" width="9.14" hidden="0" customWidth="1"/>
+    <col min="71" max="71" width="9.14" hidden="0" customWidth="1"/>
+    <col min="72" max="72" width="9.14" hidden="0" customWidth="1"/>
+    <col min="73" max="73" width="9.14" hidden="0" customWidth="1"/>
+    <col min="74" max="74" width="9.14" hidden="0" customWidth="1"/>
+    <col min="75" max="75" width="9.14" hidden="0" customWidth="1"/>
+    <col min="76" max="76" width="9.14" hidden="0" customWidth="1"/>
+    <col min="77" max="77" width="9.14" hidden="0" customWidth="1"/>
+    <col min="78" max="78" width="9.14" hidden="0" customWidth="1"/>
+    <col min="79" max="79" width="9.14" hidden="0" customWidth="1"/>
+    <col min="80" max="80" width="9.14" hidden="0" customWidth="1"/>
+    <col min="81" max="81" width="9.14" hidden="0" customWidth="1"/>
+    <col min="82" max="82" width="9.14" hidden="0" customWidth="1"/>
+    <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
+    <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
+    <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
+    <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
+    <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
+    <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
+    <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
+    <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
+    <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
+    <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
+    <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
+    <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
+    <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
+    <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
+    <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
+    <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
+    <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
+    <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" customHeight="1">
+      <c r="A1" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" ht="20" customHeight="1">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1"/>
+    <row r="4" ht="45" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="D5" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="6" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" ht="15" customHeight="1">
+      <c r="A6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>67</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>66</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" ht="15" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>78</v>
+      </c>
+      <c r="D8" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>77</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>75</v>
+      </c>
+      <c r="D10" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>69</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>84</v>
+      </c>
+      <c r="D13" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>56</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>82</v>
+      </c>
+      <c r="C15" s="6" t="n">
+        <v>63</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
@@ -11813,52 +12763,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -11916,280 +12866,294 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>50.88</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
-        <v>7.6</v>
+        <v>7.2</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D6" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E6" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D7" s="6"/>
+        <v>57</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E7" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>65</v>
       </c>
-      <c r="D9" s="6"/>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D11" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E11" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D12" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>53</v>
       </c>
-      <c r="D14" s="6"/>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E14" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>52.92</v>
-[...1 lines deleted...]
-      <c r="D15" s="6"/>
+        <v>52.11</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
@@ -12675,52 +13639,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -12778,275 +13742,289 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>53</v>
+        <v>50.88</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>7.6</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>59</v>
       </c>
-      <c r="D6" s="6"/>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E6" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D7" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E7" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>65</v>
       </c>
-      <c r="D9" s="6"/>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E9" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>56</v>
       </c>
-      <c r="D11" s="6"/>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E11" s="6" t="n">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D12" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>57</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C14" s="6" t="n">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D14" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E14" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D15" s="6"/>
+        <v>52.92</v>
+      </c>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
@@ -13537,52 +14515,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -13640,51 +14618,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -13696,219 +14674,233 @@
         <v>80</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>53</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>7.6</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>59</v>
       </c>
-      <c r="D6" s="6"/>
+      <c r="D6" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E6" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>65</v>
       </c>
-      <c r="D7" s="6"/>
+      <c r="D7" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E7" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D9" s="6"/>
+        <v>65</v>
+      </c>
+      <c r="D9" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E9" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D11" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="D11" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E11" s="6" t="n">
         <v>8.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C12" s="6" t="n">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D12" s="6"/>
+        <v>58</v>
+      </c>
+      <c r="D12" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
-      <c r="D14" s="6"/>
+      <c r="D14" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E14" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>54</v>
       </c>
-      <c r="D15" s="6"/>
+      <c r="D15" s="6" t="n">
+        <v>0</v>
+      </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
@@ -14399,52 +15391,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -14502,282 +15494,282 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>50.88</v>
+        <v>53</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>7.6</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>59</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>61</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>57</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>8.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>54</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>8.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
@@ -15275,52 +16267,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -15378,294 +16370,294 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>53</v>
+        <v>50.88</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>7.6</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
-        <v>10.5</v>
+        <v>9.5</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
-        <v>10.5</v>
+        <v>9.5</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>61</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>8.5</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>10.5</v>
+        <v>9</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
-        <v>13</v>
+        <v>12.5</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>54</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>
@@ -16151,52 +17143,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -16254,51 +17246,51 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
@@ -16328,211 +17320,211 @@
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>61</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D8" s="6" t="n">
-        <v>2.5</v>
+        <v>2</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>9.5</v>
+        <v>8.5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>9</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
@@ -17027,52 +18019,52 @@
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" showGridLines="0" tabSelected="false">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
   <cols>
     <col min="1" max="1" width="12.0225" hidden="0" customWidth="1"/>
     <col min="2" max="2" width="9.99" hidden="0" customWidth="1"/>
     <col min="3" max="3" width="18.6266666666667" hidden="0" customWidth="1"/>
     <col min="4" max="4" width="15.4183333333333" hidden="0" customWidth="1"/>
-    <col min="5" max="5" width="17.17875" hidden="0" customWidth="1"/>
-    <col min="6" max="6" width="17.17875" hidden="0" customWidth="1"/>
+    <col min="5" max="5" width="16.1475" hidden="0" customWidth="1"/>
+    <col min="6" max="6" width="16.1475" hidden="0" customWidth="1"/>
     <col min="7" max="7" width="9.14" hidden="0" customWidth="1"/>
     <col min="8" max="8" width="9.14" hidden="0" customWidth="1"/>
     <col min="9" max="9" width="9.14" hidden="0" customWidth="1"/>
     <col min="10" max="10" width="9.14" hidden="0" customWidth="1"/>
     <col min="11" max="11" width="9.14" hidden="0" customWidth="1"/>
     <col min="12" max="12" width="9.14" hidden="0" customWidth="1"/>
     <col min="13" max="13" width="9.14" hidden="0" customWidth="1"/>
     <col min="14" max="14" width="9.14" hidden="0" customWidth="1"/>
     <col min="15" max="15" width="9.14" hidden="0" customWidth="1"/>
     <col min="16" max="16" width="9.14" hidden="0" customWidth="1"/>
     <col min="17" max="17" width="9.14" hidden="0" customWidth="1"/>
     <col min="18" max="18" width="9.14" hidden="0" customWidth="1"/>
     <col min="19" max="19" width="9.14" hidden="0" customWidth="1"/>
     <col min="20" max="20" width="9.14" hidden="0" customWidth="1"/>
     <col min="21" max="21" width="9.14" hidden="0" customWidth="1"/>
     <col min="22" max="22" width="9.14" hidden="0" customWidth="1"/>
     <col min="23" max="23" width="9.14" hidden="0" customWidth="1"/>
     <col min="24" max="24" width="9.14" hidden="0" customWidth="1"/>
     <col min="25" max="25" width="9.14" hidden="0" customWidth="1"/>
     <col min="26" max="26" width="9.14" hidden="0" customWidth="1"/>
     <col min="27" max="27" width="9.14" hidden="0" customWidth="1"/>
     <col min="28" max="28" width="9.14" hidden="0" customWidth="1"/>
     <col min="29" max="29" width="9.14" hidden="0" customWidth="1"/>
     <col min="30" max="30" width="9.14" hidden="0" customWidth="1"/>
     <col min="31" max="31" width="9.14" hidden="0" customWidth="1"/>
@@ -17130,294 +18122,294 @@
     <col min="83" max="83" width="9.14" hidden="0" customWidth="1"/>
     <col min="84" max="84" width="9.14" hidden="0" customWidth="1"/>
     <col min="85" max="85" width="9.14" hidden="0" customWidth="1"/>
     <col min="86" max="86" width="9.14" hidden="0" customWidth="1"/>
     <col min="87" max="87" width="9.14" hidden="0" customWidth="1"/>
     <col min="88" max="88" width="9.14" hidden="0" customWidth="1"/>
     <col min="89" max="89" width="9.14" hidden="0" customWidth="1"/>
     <col min="90" max="90" width="9.14" hidden="0" customWidth="1"/>
     <col min="91" max="91" width="9.14" hidden="0" customWidth="1"/>
     <col min="92" max="92" width="9.14" hidden="0" customWidth="1"/>
     <col min="93" max="93" width="9.14" hidden="0" customWidth="1"/>
     <col min="94" max="94" width="9.14" hidden="0" customWidth="1"/>
     <col min="95" max="95" width="9.14" hidden="0" customWidth="1"/>
     <col min="96" max="96" width="9.14" hidden="0" customWidth="1"/>
     <col min="97" max="97" width="9.14" hidden="0" customWidth="1"/>
     <col min="98" max="98" width="9.14" hidden="0" customWidth="1"/>
     <col min="99" max="99" width="9.14" hidden="0" customWidth="1"/>
     <col min="100" max="100" width="9.14" hidden="0" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" ht="40" customHeight="1">
+    <row r="2" ht="20" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="15" customHeight="1"/>
     <row r="4" ht="45" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" ht="15" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="E5" s="6" t="n">
-        <v>8.1</v>
+        <v>7.6</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" ht="15" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>10.5</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" ht="15" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>71</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>2.5</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>65</v>
       </c>
       <c r="D10" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
-        <v>9.975</v>
+        <v>9.5</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="D12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="n">
-        <v>12</v>
+        <v>10.5</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C13" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="D14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
         <v>82</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>9.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="A16" s="1"/>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="A18" s="1"/>
     </row>
     <row r="19" ht="81" customHeight="1">
       <c r="A19" s="1"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1"/>
     <row r="22" ht="15" customHeight="1"/>
     <row r="23" ht="15" customHeight="1"/>
     <row r="24" ht="15" customHeight="1"/>