--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -1,97 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EF2A73D-C1E7-4328-9A8F-C09E0B183BA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEE6D313-C408-42EC-B2B7-42D39E0DDC6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="797" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="16140" yWindow="3435" windowWidth="24315" windowHeight="14235" tabRatio="797" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="48" r:id="rId1"/>
     <sheet name="2023" sheetId="45" r:id="rId2"/>
     <sheet name="2022" sheetId="47" r:id="rId3"/>
     <sheet name="2021" sheetId="43" r:id="rId4"/>
     <sheet name="2020" sheetId="42" r:id="rId5"/>
     <sheet name="2019" sheetId="41" r:id="rId6"/>
     <sheet name="2018" sheetId="34" r:id="rId7"/>
     <sheet name="2017" sheetId="35" r:id="rId8"/>
     <sheet name="2016" sheetId="36" r:id="rId9"/>
     <sheet name="2015" sheetId="37" r:id="rId10"/>
     <sheet name="2014" sheetId="38" r:id="rId11"/>
     <sheet name="2013" sheetId="39" r:id="rId12"/>
-    <sheet name="2012" sheetId="40" r:id="rId13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="1">'2012'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">'2013'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'2014'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'2015'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'2016'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'2017'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'2018'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'2019'!$A$6:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'2020'!$A$6:$E$6</definedName>
     <definedName name="_GoBack" localSheetId="4">'2020'!$C$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -225,51 +222,51 @@
   <c r="E10" i="48"/>
   <c r="E11" i="48"/>
   <c r="E12" i="48"/>
   <c r="E13" i="48"/>
   <c r="E14" i="48"/>
   <c r="E15" i="48"/>
   <c r="E16" i="48"/>
   <c r="E17" i="48"/>
   <c r="E7" i="48"/>
   <c r="C8" i="48"/>
   <c r="C9" i="48"/>
   <c r="C10" i="48"/>
   <c r="C11" i="48"/>
   <c r="C12" i="48"/>
   <c r="C13" i="48"/>
   <c r="C14" i="48"/>
   <c r="C15" i="48"/>
   <c r="C16" i="48"/>
   <c r="C17" i="48"/>
   <c r="C18" i="48"/>
   <c r="C7" i="48"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="780" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="40">
   <si>
     <t/>
   </si>
   <si>
     <t>Fachstelle Statistik des Kantons Zug</t>
   </si>
   <si>
     <t>Baar</t>
   </si>
   <si>
     <t>Cham</t>
   </si>
   <si>
     <t>Hünenberg</t>
   </si>
   <si>
     <t>Menzingen</t>
   </si>
   <si>
     <t>Neuheim</t>
   </si>
   <si>
     <t>Oberägeri</t>
   </si>
   <si>
@@ -332,53 +329,50 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Bundessteuern </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>Fiskalerträge pro Gremeinde</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanton Zug, 2018</t>
   </si>
   <si>
     <t>Datenquelle: Steueramt des Kantons Zug</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
 </t>
     </r>
     <r>
@@ -397,53 +391,50 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer</t>
     </r>
   </si>
   <si>
     <t>Kanton Zug, 2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kanton Zug, 2012</t>
   </si>
   <si>
     <t>Kanton Zug, 2013</t>
   </si>
   <si>
     <t>Kanton Zug, 2014</t>
   </si>
   <si>
     <t>Kanton Zug, 2015</t>
   </si>
   <si>
     <t>Kanton Zug, 2019</t>
   </si>
   <si>
     <t>Kanton Zug, 2020</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Bundessteuern </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
@@ -706,133 +697,129 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
@@ -1010,105 +997,50 @@
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>300152</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>998081</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
-            </a:ext>
-[...53 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="4819650"/>
           <a:ext cx="2214676" cy="998081"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -1875,158 +1807,154 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44B1FD68-42B5-4EFF-BD61-D759C41A42DC}">
   <dimension ref="A1:Y25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="AG24" sqref="AG24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="1"/>
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="5" width="11.140625" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
     <col min="8" max="8" width="11.140625" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="11.140625" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
     <col min="12" max="12" width="11.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="14" max="14" width="11.28515625" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.85546875" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="13" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.85546875" customWidth="1"/>
     <col min="25" max="25" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
     </row>
     <row r="2" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
@@ -2034,139 +1962,139 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...12 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -2203,1182 +2131,1182 @@
         <v>17</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="W6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="X6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="Y6" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="9">
         <v>63998312</v>
       </c>
-      <c r="C7" s="29">
+      <c r="C7" s="15">
         <f>B7/$B$18</f>
         <v>0.14175913685546596</v>
       </c>
       <c r="D7" s="9">
         <v>53436044</v>
       </c>
-      <c r="E7" s="29">
+      <c r="E7" s="15">
         <f>D7/$D$18</f>
         <v>0.17604268571048373</v>
       </c>
       <c r="F7" s="9">
         <v>117434356</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="15">
         <f>F7/$F$18</f>
         <v>0.15554252753639691</v>
       </c>
       <c r="H7" s="9">
         <v>96629717.132155716</v>
       </c>
-      <c r="I7" s="29">
+      <c r="I7" s="15">
         <f>H7/$H$18</f>
         <v>0.1494659197713159</v>
       </c>
       <c r="J7" s="9">
         <v>82007963.090582237</v>
       </c>
-      <c r="K7" s="29">
+      <c r="K7" s="15">
         <f>J7/$J$18</f>
         <v>0.18203765391916144</v>
       </c>
       <c r="L7" s="9">
         <v>178637680.22273797</v>
       </c>
-      <c r="M7" s="29">
+      <c r="M7" s="15">
         <f>L7/$L$18</f>
         <v>0.16284200567250498</v>
       </c>
       <c r="N7" s="9">
         <v>111350309.61369485</v>
       </c>
-      <c r="O7" s="29">
+      <c r="O7" s="15">
         <f>N7/$N$18</f>
         <v>0.14946591977131593</v>
       </c>
       <c r="P7" s="9">
         <v>259328107.74971321</v>
       </c>
-      <c r="Q7" s="29">
+      <c r="Q7" s="15">
         <f>P7/$P$18</f>
         <v>0.18203765391916146</v>
       </c>
       <c r="R7" s="9">
         <v>370678417.36340809</v>
       </c>
-      <c r="S7" s="29">
+      <c r="S7" s="15">
         <f>R7/$R$18</f>
         <v>0.17085317186364202</v>
       </c>
       <c r="T7" s="9">
         <v>271978338.74585056</v>
       </c>
-      <c r="U7" s="29">
+      <c r="U7" s="15">
         <f>T7/$T$18</f>
         <v>0.14757802423317615</v>
       </c>
       <c r="V7" s="9">
         <v>394772114.84029543</v>
       </c>
-      <c r="W7" s="29">
+      <c r="W7" s="15">
         <f>V7/$V$18</f>
         <v>0.18120239587854672</v>
       </c>
       <c r="X7" s="9">
         <v>666750453.586146</v>
       </c>
-      <c r="Y7" s="29">
+      <c r="Y7" s="15">
         <f>X7/$X$18</f>
         <v>0.16579351747328805</v>
       </c>
     </row>
     <row r="8" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="9">
         <v>43544389</v>
       </c>
-      <c r="C8" s="29">
+      <c r="C8" s="15">
         <f t="shared" ref="C8:C18" si="0">B8/$B$18</f>
         <v>9.645277830981927E-2</v>
       </c>
       <c r="D8" s="9">
         <v>24984355</v>
       </c>
-      <c r="E8" s="29">
+      <c r="E8" s="15">
         <f t="shared" ref="E8:E17" si="1">D8/$D$18</f>
         <v>8.2309853531525506E-2</v>
       </c>
       <c r="F8" s="9">
         <v>68528744</v>
       </c>
-      <c r="G8" s="29">
+      <c r="G8" s="15">
         <f t="shared" ref="G8:G18" si="2">F8/$F$18</f>
         <v>9.0766743342592979E-2</v>
       </c>
       <c r="H8" s="9">
         <v>59735632.374647267</v>
       </c>
-      <c r="I8" s="29">
+      <c r="I8" s="15">
         <f t="shared" ref="I8:I18" si="3">H8/$H$18</f>
         <v>9.2398503286384034E-2</v>
       </c>
       <c r="J8" s="9">
         <v>34837657.407684132</v>
       </c>
-      <c r="K8" s="29">
+      <c r="K8" s="15">
         <f t="shared" ref="K8:K18" si="4">J8/$J$18</f>
         <v>7.7331093024826034E-2</v>
       </c>
       <c r="L8" s="9">
         <v>94573289.782331407</v>
       </c>
-      <c r="M8" s="29">
+      <c r="M8" s="15">
         <f t="shared" ref="M8:M18" si="5">L8/$L$18</f>
         <v>8.6210838452444302E-2</v>
       </c>
       <c r="N8" s="9">
         <v>68835771.823587</v>
       </c>
-      <c r="O8" s="29">
+      <c r="O8" s="15">
         <f t="shared" ref="O8:O18" si="6">N8/$N$18</f>
         <v>9.2398503286384048E-2</v>
       </c>
       <c r="P8" s="9">
         <v>110164713.68748106</v>
       </c>
-      <c r="Q8" s="29">
+      <c r="Q8" s="15">
         <f t="shared" ref="Q8:Q18" si="7">P8/$P$18</f>
         <v>7.7331093024826061E-2</v>
       </c>
       <c r="R8" s="9">
         <v>179000485.51106805</v>
       </c>
-      <c r="S8" s="29">
+      <c r="S8" s="15">
         <f t="shared" ref="S8:S18" si="8">R8/$R$18</f>
         <v>8.2504940352960743E-2</v>
       </c>
       <c r="T8" s="9">
         <v>172115793.19823426</v>
       </c>
-      <c r="U8" s="29">
+      <c r="U8" s="15">
         <f t="shared" ref="U8:U18" si="9">T8/$T$18</f>
         <v>9.3391660588297037E-2</v>
       </c>
       <c r="V8" s="9">
         <v>169986726.09516519</v>
       </c>
-      <c r="W8" s="29">
+      <c r="W8" s="15">
         <f t="shared" ref="W8:W18" si="10">V8/$V$18</f>
         <v>7.802476638567829E-2</v>
       </c>
       <c r="X8" s="9">
         <v>342102519.29339945</v>
       </c>
-      <c r="Y8" s="29">
+      <c r="Y8" s="15">
         <f t="shared" ref="Y8:Y18" si="11">X8/$X$18</f>
         <v>8.5066878777605381E-2</v>
       </c>
     </row>
     <row r="9" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="9">
         <v>24066153</v>
       </c>
-      <c r="C9" s="29">
+      <c r="C9" s="15">
         <f t="shared" si="0"/>
         <v>5.3307610311840448E-2</v>
       </c>
       <c r="D9" s="9">
         <v>4397106</v>
       </c>
-      <c r="E9" s="29">
+      <c r="E9" s="15">
         <f t="shared" si="1"/>
         <v>1.4486071416396061E-2</v>
       </c>
       <c r="F9" s="9">
         <v>28463259</v>
       </c>
-      <c r="G9" s="29">
+      <c r="G9" s="15">
         <f t="shared" si="2"/>
         <v>3.7699761786773006E-2</v>
       </c>
       <c r="H9" s="9">
         <v>32435538.253902122</v>
       </c>
-      <c r="I9" s="29">
+      <c r="I9" s="15">
         <f t="shared" si="3"/>
         <v>5.0170979511062842E-2</v>
       </c>
       <c r="J9" s="9">
         <v>6023666.3508537682</v>
       </c>
-      <c r="K9" s="29">
+      <c r="K9" s="15">
         <f t="shared" si="4"/>
         <v>1.3371068481362413E-2</v>
       </c>
       <c r="L9" s="9">
         <v>38459204.604755893</v>
       </c>
-      <c r="M9" s="29">
+      <c r="M9" s="15">
         <f t="shared" si="5"/>
         <v>3.5058527442803911E-2</v>
       </c>
       <c r="N9" s="9">
         <v>37376775.325951636</v>
       </c>
-      <c r="O9" s="29">
+      <c r="O9" s="15">
         <f t="shared" si="6"/>
         <v>5.0170979511062842E-2</v>
       </c>
       <c r="P9" s="9">
         <v>19048223.338471375</v>
       </c>
-      <c r="Q9" s="29">
+      <c r="Q9" s="15">
         <f t="shared" si="7"/>
         <v>1.3371068481362415E-2</v>
       </c>
       <c r="R9" s="9">
         <v>56424998.664423011</v>
       </c>
-      <c r="S9" s="29">
+      <c r="S9" s="15">
         <f t="shared" si="8"/>
         <v>2.6007421912474418E-2</v>
       </c>
       <c r="T9" s="9">
         <v>93878466.579853758</v>
       </c>
-      <c r="U9" s="29">
+      <c r="U9" s="15">
         <f t="shared" si="9"/>
         <v>5.0939345683853457E-2</v>
       </c>
       <c r="V9" s="9">
         <v>29468995.689325143</v>
       </c>
-      <c r="W9" s="29">
+      <c r="W9" s="15">
         <f t="shared" si="10"/>
         <v>1.3526417956852176E-2</v>
       </c>
       <c r="X9" s="9">
         <v>123347462.2691789</v>
       </c>
-      <c r="Y9" s="29">
+      <c r="Y9" s="15">
         <f t="shared" si="11"/>
         <v>3.0671459660834902E-2</v>
       </c>
     </row>
     <row r="10" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="9">
         <v>6525685</v>
       </c>
-      <c r="C10" s="29">
+      <c r="C10" s="15">
         <f t="shared" si="0"/>
         <v>1.4454685507809352E-2</v>
       </c>
       <c r="D10" s="9">
         <v>534941</v>
       </c>
-      <c r="E10" s="29">
+      <c r="E10" s="15">
         <f t="shared" si="1"/>
         <v>1.7623394863708825E-3</v>
       </c>
       <c r="F10" s="9">
         <v>7060626</v>
       </c>
-      <c r="G10" s="29">
+      <c r="G10" s="15">
         <f t="shared" si="2"/>
         <v>9.3518426075347143E-3</v>
       </c>
       <c r="H10" s="9">
         <v>8218367.596111306</v>
       </c>
-      <c r="I10" s="29">
+      <c r="I10" s="15">
         <f t="shared" si="3"/>
         <v>1.2712092182693438E-2</v>
       </c>
       <c r="J10" s="9">
         <v>684770.24221045512</v>
       </c>
-      <c r="K10" s="29">
+      <c r="K10" s="15">
         <f t="shared" si="4"/>
         <v>1.5200227352063374E-3</v>
       </c>
       <c r="L10" s="9">
         <v>8903137.8383217603</v>
       </c>
-      <c r="M10" s="29">
+      <c r="M10" s="15">
         <f t="shared" si="5"/>
         <v>8.1158959328366097E-3</v>
       </c>
       <c r="N10" s="9">
         <v>9470355.5335320849</v>
       </c>
-      <c r="O10" s="29">
+      <c r="O10" s="15">
         <f t="shared" si="6"/>
         <v>1.271209218269344E-2</v>
       </c>
       <c r="P10" s="9">
         <v>2165401.5593534885</v>
       </c>
-      <c r="Q10" s="29">
+      <c r="Q10" s="15">
         <f t="shared" si="7"/>
         <v>1.5200227352063376E-3</v>
       </c>
       <c r="R10" s="9">
         <v>11635757.092885572</v>
       </c>
-      <c r="S10" s="29">
+      <c r="S10" s="15">
         <f t="shared" si="8"/>
         <v>5.3631555365290023E-3</v>
       </c>
       <c r="T10" s="9">
         <v>24214408.129643388</v>
       </c>
-      <c r="U10" s="29">
+      <c r="U10" s="15">
         <f t="shared" si="9"/>
         <v>1.3138967339188696E-2</v>
       </c>
       <c r="V10" s="9">
         <v>3385112.8015639437</v>
       </c>
-      <c r="W10" s="29">
+      <c r="W10" s="15">
         <f t="shared" si="10"/>
         <v>1.5537838841800477E-3</v>
       </c>
       <c r="X10" s="9">
         <v>27599520.931207333</v>
       </c>
-      <c r="Y10" s="29">
+      <c r="Y10" s="15">
         <f t="shared" si="11"/>
         <v>6.8628699555452104E-3</v>
       </c>
     </row>
     <row r="11" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="9">
         <v>6675474</v>
       </c>
-      <c r="C11" s="29">
+      <c r="C11" s="15">
         <f t="shared" si="0"/>
         <v>1.4786474873604552E-2</v>
       </c>
       <c r="D11" s="9">
         <v>441179</v>
       </c>
-      <c r="E11" s="29">
+      <c r="E11" s="15">
         <f t="shared" si="1"/>
         <v>1.453444720553518E-3</v>
       </c>
       <c r="F11" s="9">
         <v>7116653</v>
       </c>
-      <c r="G11" s="29">
+      <c r="G11" s="15">
         <f t="shared" si="2"/>
         <v>9.4260507139791502E-3</v>
       </c>
       <c r="H11" s="9">
         <v>7889655.5612459322</v>
       </c>
-      <c r="I11" s="29">
+      <c r="I11" s="15">
         <f t="shared" si="3"/>
         <v>1.2203643559545141E-2</v>
       </c>
       <c r="J11" s="9">
         <v>529993.20822233451</v>
       </c>
-      <c r="K11" s="29">
+      <c r="K11" s="15">
         <f t="shared" si="4"/>
         <v>1.1764555121472463E-3</v>
       </c>
       <c r="L11" s="9">
         <v>8419648.7694682665</v>
       </c>
-      <c r="M11" s="29">
+      <c r="M11" s="15">
         <f t="shared" si="5"/>
         <v>7.6751584042554846E-3</v>
       </c>
       <c r="N11" s="9">
         <v>9091567.4345671665</v>
       </c>
-      <c r="O11" s="29">
+      <c r="O11" s="15">
         <f t="shared" si="6"/>
         <v>1.2203643559545143E-2</v>
       </c>
       <c r="P11" s="9">
         <v>1675960.8534196303</v>
       </c>
-      <c r="Q11" s="29">
+      <c r="Q11" s="15">
         <f t="shared" si="7"/>
         <v>1.1764555121472463E-3</v>
       </c>
       <c r="R11" s="9">
         <v>10767528.287986796</v>
       </c>
-      <c r="S11" s="29">
+      <c r="S11" s="15">
         <f t="shared" si="8"/>
         <v>4.9629713383891232E-3</v>
       </c>
       <c r="T11" s="9">
         <v>23656696.995813102</v>
       </c>
-      <c r="U11" s="29">
+      <c r="U11" s="15">
         <f t="shared" si="9"/>
         <v>1.2836347992357444E-2</v>
       </c>
       <c r="V11" s="9">
         <v>2647133.0616419651</v>
       </c>
-      <c r="W11" s="29">
+      <c r="W11" s="15">
         <f t="shared" si="10"/>
         <v>1.2150474538275972E-3</v>
       </c>
       <c r="X11" s="9">
         <v>26303830.057455067</v>
       </c>
-      <c r="Y11" s="29">
+      <c r="Y11" s="15">
         <f t="shared" si="11"/>
         <v>6.5406847266308195E-3</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="9">
         <v>37213371</v>
       </c>
-      <c r="C12" s="29">
+      <c r="C12" s="15">
         <f t="shared" si="0"/>
         <v>8.2429288954405974E-2</v>
       </c>
       <c r="D12" s="9">
         <v>770265</v>
       </c>
-      <c r="E12" s="29">
+      <c r="E12" s="15">
         <f t="shared" si="1"/>
         <v>2.5376040058052527E-3</v>
       </c>
       <c r="F12" s="9">
         <v>37983636</v>
       </c>
-      <c r="G12" s="29">
+      <c r="G12" s="15">
         <f t="shared" si="2"/>
         <v>5.0309559737888601E-2</v>
       </c>
       <c r="H12" s="9">
         <v>50154909.204938233</v>
       </c>
-      <c r="I12" s="29">
+      <c r="I12" s="15">
         <f t="shared" si="3"/>
         <v>7.757913256757655E-2</v>
       </c>
       <c r="J12" s="9">
         <v>1055198.4331831841</v>
       </c>
-      <c r="K12" s="29">
+      <c r="K12" s="15">
         <f t="shared" si="4"/>
         <v>2.3422828705509081E-3</v>
       </c>
       <c r="L12" s="9">
         <v>51210107.638121419</v>
       </c>
-      <c r="M12" s="29">
+      <c r="M12" s="15">
         <f t="shared" si="5"/>
         <v>4.6681957737576496E-2</v>
       </c>
       <c r="N12" s="9">
         <v>57795519.167034477</v>
       </c>
-      <c r="O12" s="29">
+      <c r="O12" s="15">
         <f t="shared" si="6"/>
         <v>7.7579132567576564E-2</v>
       </c>
       <c r="P12" s="9">
         <v>3336780.9986403906</v>
       </c>
-      <c r="Q12" s="29">
+      <c r="Q12" s="15">
         <f t="shared" si="7"/>
         <v>2.3422828705509081E-3</v>
       </c>
       <c r="R12" s="9">
         <v>61132300.165674865</v>
       </c>
-      <c r="S12" s="29">
+      <c r="S12" s="15">
         <f t="shared" si="8"/>
         <v>2.8177112282169937E-2</v>
       </c>
       <c r="T12" s="9">
         <v>145163799.37197271</v>
       </c>
-      <c r="U12" s="29">
+      <c r="U12" s="15">
         <f t="shared" si="9"/>
         <v>7.8767253305108115E-2</v>
       </c>
       <c r="V12" s="9">
         <v>5162244.4318235749</v>
       </c>
-      <c r="W12" s="29">
+      <c r="W12" s="15">
         <f t="shared" si="10"/>
         <v>2.369496284041081E-3</v>
       </c>
       <c r="X12" s="9">
         <v>150326043.80379629</v>
       </c>
-      <c r="Y12" s="29">
+      <c r="Y12" s="15">
         <f t="shared" si="11"/>
         <v>3.7379927431657661E-2</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="9">
         <v>29077704</v>
       </c>
-      <c r="C13" s="29">
+      <c r="C13" s="15">
         <f t="shared" si="0"/>
         <v>6.4408420971770783E-2</v>
       </c>
       <c r="D13" s="9">
         <v>15159283</v>
       </c>
-      <c r="E13" s="29">
+      <c r="E13" s="15">
         <f t="shared" si="1"/>
         <v>4.9941587980676092E-2</v>
       </c>
       <c r="F13" s="9">
         <v>44236987</v>
       </c>
-      <c r="G13" s="29">
+      <c r="G13" s="15">
         <f t="shared" si="2"/>
         <v>5.8592161637730032E-2</v>
       </c>
       <c r="H13" s="9">
         <v>40615023.918277286</v>
       </c>
-      <c r="I13" s="29">
+      <c r="I13" s="15">
         <f t="shared" si="3"/>
         <v>6.2822929494628449E-2</v>
       </c>
       <c r="J13" s="9">
         <v>21522107.684958186</v>
       </c>
-      <c r="K13" s="29">
+      <c r="K13" s="15">
         <f t="shared" si="4"/>
         <v>4.7773823939973772E-2</v>
       </c>
       <c r="L13" s="9">
         <v>62137131.603235468</v>
       </c>
-      <c r="M13" s="29">
+      <c r="M13" s="15">
         <f t="shared" si="5"/>
         <v>5.6642781771408815E-2</v>
       </c>
       <c r="N13" s="9">
         <v>46802325.645666562</v>
       </c>
-      <c r="O13" s="29">
+      <c r="O13" s="15">
         <f t="shared" si="6"/>
         <v>6.2822929494628449E-2</v>
       </c>
       <c r="P13" s="9">
         <v>68057872.069824874</v>
       </c>
-      <c r="Q13" s="29">
+      <c r="Q13" s="15">
         <f t="shared" si="7"/>
         <v>4.7773823939973765E-2</v>
       </c>
       <c r="R13" s="9">
         <v>114860197.71549144</v>
       </c>
-      <c r="S13" s="29">
+      <c r="S13" s="15">
         <f t="shared" si="8"/>
         <v>5.2941385797861104E-2</v>
       </c>
       <c r="T13" s="9">
         <v>116495053.56394386</v>
       </c>
-      <c r="U13" s="29">
+      <c r="U13" s="15">
         <f t="shared" si="9"/>
         <v>6.3211320126379561E-2</v>
       </c>
       <c r="V13" s="9">
         <v>104739262.75478306</v>
       </c>
-      <c r="W13" s="29">
+      <c r="W13" s="15">
         <f t="shared" si="10"/>
         <v>4.8075850953650204E-2</v>
       </c>
       <c r="X13" s="9">
         <v>221234316.31872693</v>
       </c>
-      <c r="Y13" s="29">
+      <c r="Y13" s="15">
         <f t="shared" si="11"/>
         <v>5.5011909314795444E-2</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="9">
         <v>17134718</v>
       </c>
-      <c r="C14" s="29">
+      <c r="C14" s="15">
         <f t="shared" si="0"/>
         <v>3.7954170321583103E-2</v>
       </c>
       <c r="D14" s="9">
         <v>27408648</v>
       </c>
-      <c r="E14" s="29">
+      <c r="E14" s="15">
         <f t="shared" si="1"/>
         <v>9.0296579694658499E-2</v>
       </c>
       <c r="F14" s="9">
         <v>44543366</v>
       </c>
-      <c r="G14" s="29">
+      <c r="G14" s="15">
         <f t="shared" si="2"/>
         <v>5.8997962509530051E-2</v>
       </c>
       <c r="H14" s="9">
         <v>24376564.191436272</v>
       </c>
-      <c r="I14" s="29">
+      <c r="I14" s="15">
         <f t="shared" si="3"/>
         <v>3.770543571761218E-2</v>
       </c>
       <c r="J14" s="9">
         <v>39633523.389145218</v>
       </c>
-      <c r="K14" s="29">
+      <c r="K14" s="15">
         <f t="shared" si="4"/>
         <v>8.7976744482009345E-2</v>
       </c>
       <c r="L14" s="9">
         <v>64010087.580581486</v>
       </c>
-      <c r="M14" s="29">
+      <c r="M14" s="15">
         <f t="shared" si="5"/>
         <v>5.8350125415297618E-2</v>
       </c>
       <c r="N14" s="9">
         <v>28090095.372236982</v>
       </c>
-      <c r="O14" s="29">
+      <c r="O14" s="15">
         <f t="shared" si="6"/>
         <v>3.7705435717612187E-2</v>
       </c>
       <c r="P14" s="9">
         <v>125330348.86634518</v>
       </c>
-      <c r="Q14" s="29">
+      <c r="Q14" s="15">
         <f t="shared" si="7"/>
         <v>8.7976744482009372E-2</v>
       </c>
       <c r="R14" s="9">
         <v>153420444.23858216</v>
       </c>
-      <c r="S14" s="29">
+      <c r="S14" s="15">
         <f t="shared" si="8"/>
         <v>7.0714582503444048E-2</v>
       </c>
       <c r="T14" s="9">
         <v>69601377.563673258</v>
       </c>
-      <c r="U14" s="29">
+      <c r="U14" s="15">
         <f t="shared" si="9"/>
         <v>3.7766367101582002E-2</v>
       </c>
       <c r="V14" s="9">
         <v>192372520.25549039</v>
       </c>
-      <c r="W14" s="29">
+      <c r="W14" s="15">
         <f t="shared" si="10"/>
         <v>8.8299959042423812E-2</v>
       </c>
       <c r="X14" s="9">
         <v>261973897.81916365</v>
       </c>
-      <c r="Y14" s="29">
+      <c r="Y14" s="15">
         <f t="shared" si="11"/>
         <v>6.5142173915319512E-2</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="9">
         <v>20471861</v>
       </c>
-      <c r="C15" s="29">
+      <c r="C15" s="15">
         <f t="shared" si="0"/>
         <v>4.5346092021693887E-2</v>
       </c>
       <c r="D15" s="9">
         <v>1185456</v>
       </c>
-      <c r="E15" s="29">
+      <c r="E15" s="15">
         <f t="shared" si="1"/>
         <v>3.905432408724104E-3</v>
       </c>
       <c r="F15" s="9">
         <v>21657317</v>
       </c>
-      <c r="G15" s="29">
+      <c r="G15" s="15">
         <f t="shared" si="2"/>
         <v>2.8685249705264929E-2</v>
       </c>
       <c r="H15" s="9">
         <v>28083975.703985162</v>
       </c>
-      <c r="I15" s="29">
+      <c r="I15" s="15">
         <f t="shared" si="3"/>
         <v>4.3440024290773656E-2</v>
       </c>
       <c r="J15" s="9">
         <v>1652974.8316449875</v>
       </c>
-      <c r="K15" s="29">
+      <c r="K15" s="15">
         <f t="shared" si="4"/>
         <v>3.6692005141953101E-3</v>
       </c>
       <c r="L15" s="9">
         <v>29736950.535630148</v>
       </c>
-      <c r="M15" s="29">
+      <c r="M15" s="15">
         <f t="shared" si="5"/>
         <v>2.7107520998751276E-2</v>
       </c>
       <c r="N15" s="9">
         <v>32362294.77465374</v>
       </c>
-      <c r="O15" s="29">
+      <c r="O15" s="15">
         <f t="shared" si="6"/>
         <v>4.344002429077367E-2</v>
       </c>
       <c r="P15" s="9">
         <v>5227087.9448001161</v>
       </c>
-      <c r="Q15" s="29">
+      <c r="Q15" s="15">
         <f t="shared" si="7"/>
         <v>3.6692005141953101E-3</v>
       </c>
       <c r="R15" s="9">
         <v>37589382.719453856</v>
       </c>
-      <c r="S15" s="29">
+      <c r="S15" s="15">
         <f t="shared" si="8"/>
         <v>1.732570596285557E-2</v>
       </c>
       <c r="T15" s="9">
         <v>80918131.478638902</v>
       </c>
-      <c r="U15" s="29">
+      <c r="U15" s="15">
         <f t="shared" si="9"/>
         <v>4.3906945028504021E-2</v>
       </c>
       <c r="V15" s="9">
         <v>8065518.7764451038</v>
       </c>
-      <c r="W15" s="29">
+      <c r="W15" s="15">
         <f t="shared" si="10"/>
         <v>3.7021138812869344E-3</v>
       </c>
       <c r="X15" s="9">
         <v>88983650.255084008</v>
       </c>
-      <c r="Y15" s="29">
+      <c r="Y15" s="15">
         <f t="shared" si="11"/>
         <v>2.2126587682174119E-2</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="9">
         <v>21902319</v>
       </c>
-      <c r="C16" s="29">
+      <c r="C16" s="15">
         <f t="shared" si="0"/>
         <v>4.8514620769577049E-2</v>
       </c>
       <c r="D16" s="9">
         <v>559174</v>
       </c>
-      <c r="E16" s="29">
+      <c r="E16" s="15">
         <f t="shared" si="1"/>
         <v>1.8421740340560022E-3</v>
       </c>
       <c r="F16" s="9">
         <v>22461493</v>
       </c>
-      <c r="G16" s="29">
+      <c r="G16" s="15">
         <f t="shared" si="2"/>
         <v>2.9750385768378431E-2</v>
       </c>
       <c r="H16" s="9">
         <v>31747060.671348806</v>
       </c>
-      <c r="I16" s="29">
+      <c r="I16" s="15">
         <f t="shared" si="3"/>
         <v>4.9106048988938611E-2</v>
       </c>
       <c r="J16" s="9">
         <v>823834.41265009646</v>
       </c>
-      <c r="K16" s="29">
+      <c r="K16" s="15">
         <f t="shared" si="4"/>
         <v>1.8287112378470507E-3</v>
       </c>
       <c r="L16" s="9">
         <v>32570895.083998904</v>
       </c>
-      <c r="M16" s="29">
+      <c r="M16" s="15">
         <f t="shared" si="5"/>
         <v>2.9690879748403742E-2</v>
       </c>
       <c r="N16" s="9">
         <v>36583414.916187085</v>
       </c>
-      <c r="O16" s="29">
+      <c r="O16" s="15">
         <f t="shared" si="6"/>
         <v>4.9106048988938611E-2</v>
       </c>
       <c r="P16" s="9">
         <v>2605154.564022827</v>
       </c>
-      <c r="Q16" s="29">
+      <c r="Q16" s="15">
         <f t="shared" si="7"/>
         <v>1.8287112378470504E-3</v>
       </c>
       <c r="R16" s="9">
         <v>39188569.480209909</v>
       </c>
-      <c r="S16" s="29">
+      <c r="S16" s="15">
         <f t="shared" si="8"/>
         <v>1.8062803451349616E-2</v>
       </c>
       <c r="T16" s="9">
         <v>90232794.587535888</v>
       </c>
-      <c r="U16" s="29">
+      <c r="U16" s="15">
         <f t="shared" si="9"/>
         <v>4.8961169509569039E-2</v>
       </c>
       <c r="V16" s="9">
         <v>3988162.9766729232</v>
       </c>
-      <c r="W16" s="29">
+      <c r="W16" s="15">
         <f t="shared" si="10"/>
         <v>1.8305869623532133E-3</v>
       </c>
       <c r="X16" s="9">
         <v>94220957.564208806</v>
       </c>
-      <c r="Y16" s="29">
+      <c r="Y16" s="15">
         <f t="shared" si="11"/>
         <v>2.3428891409450359E-2</v>
       </c>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="9">
         <v>180848124</v>
       </c>
-      <c r="C17" s="29">
+      <c r="C17" s="15">
         <f t="shared" si="0"/>
         <v>0.40058672110242965</v>
       </c>
       <c r="D17" s="9">
         <v>174663817</v>
       </c>
-      <c r="E17" s="29">
+      <c r="E17" s="15">
         <f t="shared" si="1"/>
         <v>0.5754222270107503</v>
       </c>
       <c r="F17" s="9">
         <v>355511941</v>
       </c>
-      <c r="G17" s="29">
+      <c r="G17" s="15">
         <f t="shared" si="2"/>
         <v>0.47087775465393117</v>
       </c>
       <c r="H17" s="9">
         <v>266613555.3919518</v>
       </c>
-      <c r="I17" s="29">
+      <c r="I17" s="15">
         <f t="shared" si="3"/>
         <v>0.41239529062946922</v>
       </c>
       <c r="J17" s="9">
         <v>261728310.94886547</v>
       </c>
-      <c r="K17" s="29">
+      <c r="K17" s="15">
         <f t="shared" si="4"/>
         <v>0.5809729432827202</v>
       </c>
       <c r="L17" s="9">
         <v>528341866.34081727</v>
       </c>
-      <c r="M17" s="29">
+      <c r="M17" s="15">
         <f t="shared" si="5"/>
         <v>0.48162430842371673</v>
       </c>
       <c r="N17" s="9">
         <v>307229523.39288831</v>
       </c>
-      <c r="O17" s="29">
+      <c r="O17" s="15">
         <f t="shared" si="6"/>
         <v>0.41239529062946928</v>
       </c>
       <c r="P17" s="9">
         <v>827645329.36792803</v>
       </c>
-      <c r="Q17" s="29">
+      <c r="Q17" s="15">
         <f t="shared" si="7"/>
         <v>0.5809729432827202</v>
       </c>
       <c r="R17" s="9">
         <v>1134874852.7608163</v>
       </c>
-      <c r="S17" s="29">
+      <c r="S17" s="15">
         <f t="shared" si="8"/>
         <v>0.52308674899832441</v>
       </c>
       <c r="T17" s="9">
         <v>754691202.78484011</v>
       </c>
-      <c r="U17" s="29">
+      <c r="U17" s="15">
         <f t="shared" si="9"/>
         <v>0.4095025990919845</v>
       </c>
       <c r="V17" s="9">
         <v>1264037457.3167934</v>
       </c>
-      <c r="W17" s="29">
+      <c r="W17" s="15">
         <f t="shared" si="10"/>
         <v>0.58019958131715998</v>
       </c>
       <c r="X17" s="9">
         <v>2018728660.1016335</v>
       </c>
-      <c r="Y17" s="29">
+      <c r="Y17" s="15">
         <f t="shared" si="11"/>
         <v>0.50197509965269849</v>
       </c>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9">
         <v>451458110</v>
       </c>
-      <c r="C18" s="29">
+      <c r="C18" s="15">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="D18" s="9">
         <v>303540268</v>
       </c>
-      <c r="E18" s="29">
+      <c r="E18" s="15">
         <f>D18/$D$18</f>
         <v>1</v>
       </c>
       <c r="F18" s="9">
         <v>754998378</v>
       </c>
-      <c r="G18" s="29">
+      <c r="G18" s="15">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="H18" s="9">
         <v>646499999.99999988</v>
       </c>
-      <c r="I18" s="29">
+      <c r="I18" s="15">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="J18" s="9">
         <v>450500000.00000006</v>
       </c>
-      <c r="K18" s="29">
+      <c r="K18" s="15">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="L18" s="9">
         <v>1097000000</v>
       </c>
-      <c r="M18" s="29">
+      <c r="M18" s="15">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
       <c r="N18" s="9">
         <v>744987952.99999976</v>
       </c>
-      <c r="O18" s="29">
+      <c r="O18" s="15">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="P18" s="9">
         <v>1424584981</v>
       </c>
-      <c r="Q18" s="29">
+      <c r="Q18" s="15">
         <f t="shared" si="7"/>
         <v>1</v>
       </c>
       <c r="R18" s="9">
         <v>2169572934</v>
       </c>
-      <c r="S18" s="29">
+      <c r="S18" s="15">
         <f t="shared" si="8"/>
         <v>1</v>
       </c>
       <c r="T18" s="9">
         <v>1842946062.9999998</v>
       </c>
-      <c r="U18" s="29">
+      <c r="U18" s="15">
         <f t="shared" si="9"/>
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>2178625249</v>
       </c>
-      <c r="W18" s="29">
+      <c r="W18" s="15">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>4021571312</v>
       </c>
-      <c r="Y18" s="29">
+      <c r="Y18" s="15">
         <f t="shared" si="11"/>
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="19" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
     </row>
     <row r="22" spans="1:25" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
@@ -3406,266 +3334,266 @@
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
     </row>
     <row r="24" spans="1:25" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="8"/>
       <c r="V24" s="8"/>
       <c r="W24" s="8"/>
       <c r="X24" s="8"/>
     </row>
     <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
+    <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
+    <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
-    <mergeCell ref="A20:J20"/>
-    <mergeCell ref="A21:J21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:Y24"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection sqref="A1:F1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="10.140625" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -4625,99 +4553,99 @@
       <c r="T18" s="9">
         <v>1131666685.6500001</v>
       </c>
       <c r="U18" s="11">
         <v>1.0000000000000002</v>
       </c>
       <c r="V18" s="9">
         <v>1354736306.75</v>
       </c>
       <c r="W18" s="11">
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>2486402992.4000006</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
@@ -4746,168 +4674,168 @@
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -5867,99 +5795,99 @@
       <c r="T18" s="9">
         <v>1090941519.9899998</v>
       </c>
       <c r="U18" s="11">
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>1306102231.3</v>
       </c>
       <c r="W18" s="11">
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>2397043751.29</v>
       </c>
       <c r="Y18" s="11">
         <v>0.99999999999999989</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
@@ -5988,168 +5916,168 @@
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -7109,1341 +7037,99 @@
       <c r="T18" s="9">
         <v>1128817736</v>
       </c>
       <c r="U18" s="11">
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>1338852564</v>
       </c>
       <c r="W18" s="11">
         <v>1.0000000000000002</v>
       </c>
       <c r="X18" s="9">
         <v>2467670300</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...1244 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
@@ -8468,86 +7154,86 @@
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="5" width="11.140625" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
     <col min="8" max="8" width="11.140625" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="11.140625" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
     <col min="12" max="12" width="11.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="14" max="14" width="11.28515625" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.85546875" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="13" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.85546875" customWidth="1"/>
     <col min="25" max="25" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
     </row>
     <row r="2" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
@@ -8555,139 +7241,139 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...12 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -9671,91 +8357,91 @@
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="19" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
     </row>
     <row r="22" spans="1:25" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
@@ -9783,57 +8469,57 @@
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
     </row>
     <row r="24" spans="1:25" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="8"/>
       <c r="V24" s="8"/>
       <c r="W24" s="8"/>
       <c r="X24" s="8"/>
     </row>
     <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
@@ -9877,86 +8563,86 @@
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="5" width="11.140625" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
     <col min="8" max="8" width="11.140625" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="11.140625" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
     <col min="12" max="12" width="11.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="14" max="14" width="11.28515625" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.85546875" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="13" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.85546875" customWidth="1"/>
     <col min="25" max="25" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
     </row>
     <row r="2" spans="1:25" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
@@ -9964,139 +8650,139 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
     </row>
     <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...12 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -11080,91 +9766,91 @@
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="19" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
     </row>
     <row r="22" spans="1:25" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
@@ -11192,57 +9878,57 @@
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
     </row>
     <row r="24" spans="1:25" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="8"/>
       <c r="V24" s="8"/>
       <c r="W24" s="8"/>
       <c r="X24" s="8"/>
     </row>
     <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
@@ -11286,86 +9972,86 @@
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="5" width="11.140625" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
     <col min="8" max="8" width="11.140625" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
     <col min="10" max="10" width="11.140625" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
     <col min="12" max="12" width="11.140625" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="14" max="14" width="11.28515625" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.140625" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="12" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.140625" customWidth="1"/>
     <col min="22" max="22" width="12" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.140625" customWidth="1"/>
     <col min="25" max="25" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
     </row>
     <row r="2" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
@@ -11373,139 +10059,139 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...12 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -12489,91 +11175,91 @@
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="19" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
     </row>
     <row r="22" spans="1:25" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
@@ -12601,57 +11287,57 @@
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
     </row>
     <row r="24" spans="1:25" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="8"/>
       <c r="V24" s="8"/>
       <c r="W24" s="8"/>
       <c r="X24" s="8"/>
     </row>
     <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
@@ -12699,168 +11385,168 @@
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="12.42578125" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...12 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -13820,293 +12506,293 @@
       <c r="T18" s="9">
         <v>1411644523</v>
       </c>
       <c r="U18" s="11">
         <v>1.0000000000000002</v>
       </c>
       <c r="V18" s="9">
         <v>2137530400.9999998</v>
       </c>
       <c r="W18" s="11">
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>3549174924</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="19" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
       <c r="Y24"/>
     </row>
     <row r="35" spans="25:25" x14ac:dyDescent="0.25">
       <c r="Y35" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3361FE30-D964-48B5-BEEB-816CE216B36E}">
   <dimension ref="A1:Y24"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
+      <selection pane="bottomLeft" activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="10.140625" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -15066,289 +13752,289 @@
       <c r="T18" s="9">
         <v>1487168331</v>
       </c>
       <c r="U18" s="11">
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>1859136572</v>
       </c>
       <c r="W18" s="11">
         <v>0.99999999999999989</v>
       </c>
       <c r="X18" s="9">
         <v>3346304903</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Y24"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A20" sqref="A20:J20"/>
+      <selection pane="bottomLeft" activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="10.140625" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+    </row>
+    <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="23"/>
-[...17 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -16308,99 +14994,99 @@
       <c r="T18" s="9">
         <v>1345424218.8700001</v>
       </c>
       <c r="U18" s="11">
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>1607595133</v>
       </c>
       <c r="W18" s="11">
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>2953019351.8699999</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="F5:G5"/>
@@ -16429,168 +15115,168 @@
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="12.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="A2" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -17550,99 +16236,99 @@
       <c r="T18" s="9">
         <v>1214881516.2599998</v>
       </c>
       <c r="U18" s="11">
         <v>0.99999999999999967</v>
       </c>
       <c r="V18" s="9">
         <v>1555314860.0999999</v>
       </c>
       <c r="W18" s="11">
         <v>1.0000000000000002</v>
       </c>
       <c r="X18" s="9">
         <v>2770196376.3599997</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
@@ -17671,168 +16357,168 @@
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.140625" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" customWidth="1"/>
     <col min="13" max="13" width="10.140625" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="15" max="15" width="10.140625" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="17" max="17" width="10.140625" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="10.140625" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" customWidth="1"/>
     <col min="25" max="25" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="23"/>
+      <c r="A1" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
     </row>
     <row r="2" spans="1:25" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
+      <c r="A2" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="24"/>
-[...2 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="22"/>
-[...4 lines deleted...]
-      <c r="H4" s="15" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="22"/>
-[...4 lines deleted...]
-      <c r="N4" s="15" t="s">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="22"/>
-[...4 lines deleted...]
-      <c r="T4" s="15" t="s">
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="U4" s="22"/>
-[...3 lines deleted...]
-      <c r="Y4" s="16"/>
+      <c r="U4" s="18"/>
+      <c r="V4" s="18"/>
+      <c r="W4" s="18"/>
+      <c r="X4" s="18"/>
+      <c r="Y4" s="19"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="26"/>
-      <c r="B5" s="15" t="s">
+      <c r="A5" s="27"/>
+      <c r="B5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="16"/>
-      <c r="D5" s="17" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="17" t="s">
+      <c r="E5" s="21"/>
+      <c r="F5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="18"/>
-      <c r="H5" s="15" t="s">
+      <c r="G5" s="21"/>
+      <c r="H5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="16"/>
-      <c r="J5" s="17" t="s">
+      <c r="I5" s="19"/>
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="18"/>
-      <c r="L5" s="17" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="18"/>
-      <c r="N5" s="15" t="s">
+      <c r="M5" s="21"/>
+      <c r="N5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="16"/>
-      <c r="P5" s="17" t="s">
+      <c r="O5" s="19"/>
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="18"/>
-      <c r="R5" s="17" t="s">
+      <c r="Q5" s="21"/>
+      <c r="R5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="S5" s="18"/>
-      <c r="T5" s="15" t="s">
+      <c r="S5" s="21"/>
+      <c r="T5" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="U5" s="16"/>
-      <c r="V5" s="17" t="s">
+      <c r="U5" s="19"/>
+      <c r="V5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="18"/>
-      <c r="X5" s="17" t="s">
+      <c r="W5" s="21"/>
+      <c r="X5" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="Y5" s="18"/>
+      <c r="Y5" s="21"/>
     </row>
     <row r="6" spans="1:25" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="27"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -18792,161 +17478,189 @@
       <c r="T18" s="9">
         <v>1205294215.3799996</v>
       </c>
       <c r="U18" s="11">
         <v>1</v>
       </c>
       <c r="V18" s="9">
         <v>1398769957.4000001</v>
       </c>
       <c r="W18" s="11">
         <v>1</v>
       </c>
       <c r="X18" s="9">
         <v>2604064172.7799997</v>
       </c>
       <c r="Y18" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:25" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J20" s="20"/>
+      <c r="A20" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="21" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="21"/>
+      <c r="A21" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:25" s="8" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:25" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="21" t="s">
+      <c r="A24" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A20:J20"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
-      <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>'2020'!_GoBack</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
+    <vt:lpwstr>2026-01-19T06:41:02Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
+    <vt:lpwstr>KTZG_Intern</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
+    <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
+    <vt:lpwstr>540163e9-23fa-412d-a801-03d9d6a3f25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>