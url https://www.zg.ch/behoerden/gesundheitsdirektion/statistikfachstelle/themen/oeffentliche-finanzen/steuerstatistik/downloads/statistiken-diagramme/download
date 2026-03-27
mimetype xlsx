--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -1,1605 +1,2520 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEE6D313-C408-42EC-B2B7-42D39E0DDC6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Statistik\Daten\Output\website\18 - Oeffentliche Finanzen\04 Steuerstatistik\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA1004FE-AED4-4376-9B1F-7AE63B93C243}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16140" yWindow="3435" windowWidth="24315" windowHeight="14235" tabRatio="797" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1065" yWindow="4785" windowWidth="38700" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="48" r:id="rId1"/>
-[...10 lines deleted...]
-    <sheet name="2013" sheetId="39" r:id="rId12"/>
+    <sheet name="2025" sheetId="1" r:id="rId1"/>
+    <sheet name="2024" sheetId="2" r:id="rId2"/>
+    <sheet name="2023" sheetId="3" r:id="rId3"/>
+    <sheet name="2022" sheetId="4" r:id="rId4"/>
+    <sheet name="2021" sheetId="5" r:id="rId5"/>
+    <sheet name="2020" sheetId="6" r:id="rId6"/>
+    <sheet name="2019" sheetId="7" r:id="rId7"/>
+    <sheet name="2018" sheetId="8" r:id="rId8"/>
+    <sheet name="2017" sheetId="9" r:id="rId9"/>
+    <sheet name="2016" sheetId="10" r:id="rId10"/>
+    <sheet name="2015" sheetId="11" r:id="rId11"/>
+    <sheet name="2014" sheetId="12" r:id="rId12"/>
+    <sheet name="2013" sheetId="13" r:id="rId13"/>
   </sheets>
-  <definedNames>
-[...23 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...147 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1196" uniqueCount="87">
+  <si>
+    <t>Fiskalerträge pro Gemeinde</t>
+  </si>
+  <si>
+    <t>Kanton Zug, 2025</t>
+  </si>
+  <si>
+    <t>Einwohnergemeinde</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Fachstelle Statistik des Kantons Zug</t>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <t>Summe</t>
+  </si>
+  <si>
+    <t>Natürliche Personen</t>
+  </si>
+  <si>
+    <t>Juristische Personen</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>absolut</t>
+  </si>
+  <si>
+    <t>in %</t>
   </si>
   <si>
     <t>Baar</t>
   </si>
   <si>
     <t>Cham</t>
   </si>
   <si>
     <t>Hünenberg</t>
   </si>
   <si>
     <t>Menzingen</t>
   </si>
   <si>
     <t>Neuheim</t>
   </si>
   <si>
     <t>Oberägeri</t>
   </si>
   <si>
     <t>Risch</t>
   </si>
   <si>
     <t>Steinhausen</t>
   </si>
   <si>
     <t>Unterägeri</t>
   </si>
   <si>
     <t>Walchwil</t>
   </si>
   <si>
     <t>Zug</t>
   </si>
   <si>
-    <t>Natürliche Personen</t>
-[...25 lines deleted...]
-    </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
-[...44 lines deleted...]
-        <family val="2"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>2)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>3)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer</t>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Datenquelle: Kanton Zug, Steuerverwaltung</t>
+  </si>
+  <si>
+    <t>Fachstelle für Daten und Statistik</t>
+  </si>
+  <si>
+    <t>Kanton Zug, 2024</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2023</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2022</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2021</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2020</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2019</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2018</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
     </r>
   </si>
   <si>
     <t>Kanton Zug, 2017</t>
   </si>
   <si>
-    <t>Kanton Zug, 2013</t>
-[...13 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Bundessteuern </t>
+      <t>Gemeindesteuern</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>3)</t>
-[...3 lines deleted...]
-    <r>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern.</t>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-2) </t>
+      <t>2)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.</t>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-3) </t>
+      <t>3)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+      <t/>
     </r>
   </si>
   <si>
-    <t>Kanton Zug, 2021</t>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
   </si>
   <si>
-    <t>Fiskalerträge pro Gemeinde</t>
+    <t>Kanton Zug, 2016</t>
   </si>
   <si>
-    <t>Kanton Zug, 2022</t>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
   </si>
   <si>
-    <t>Kanton Zug, 2023</t>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
   </si>
   <si>
-    <t>Kanton Zug, 2024</t>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2015</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2014</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
+  </si>
+  <si>
+    <t>Kanton Zug, 2013</t>
+  </si>
+  <si>
+    <r>
+      <t>Gemeindesteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Kantonssteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Bundessteuern</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen gemäss Steuersoll ohne Grundstückgewinnsteuern
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Zahlen aufgrund der Gemeindesteuern mittels Steuerfuss hochgerechnet und anschliessend prozentual aufgeteilt.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> Prozentuale Aufteilung im Verhältnis der Kantonssteuer.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
-[...6 lines deleted...]
-    </font>
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="8">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
-      <bottom/>
-[...9 lines deleted...]
-      <top/>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FF000000"/>
       </right>
-      <top/>
-[...7 lines deleted...]
-      <right/>
       <top style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.249977111117893"/>
-[...23 lines deleted...]
-        <color theme="0" tint="-0.249977111117893"/>
+        <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75604FF3-FB9F-4FBB-B612-9EA853FFF683}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2214000" cy="997200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2612BE84-EF73-4EF2-AFBF-CDCC608A1F94}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69D818A7-FFEC-488E-89A2-E8C03EF0FDE7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FBFC48A-63D8-4A39-A13C-C7CB411C761F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2214000" cy="997200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDF2E080-D6DD-4006-9123-F5126D56174E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
-        <a:xfrm>
-[...2 lines deleted...]
-        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
-[...219 lines deleted...]
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
@@ -1616,60 +2531,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -1747,15920 +2666,25054 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44B1FD68-42B5-4EFF-BD61-D759C41A42DC}">
-  <dimension ref="A1:Y25"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="AG24" sqref="AG24"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:T1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.5703125" customWidth="1"/>
-    <col min="2" max="2" width="11.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
-    <col min="4" max="5" width="11.140625" customWidth="1"/>
-    <col min="6" max="6" width="11.28515625" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
-    <col min="8" max="8" width="11.140625" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
-    <col min="10" max="10" width="11.140625" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
-    <col min="12" max="12" width="11.7109375" customWidth="1"/>
+    <col min="12" max="12" width="16.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="11.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="12.85546875" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
-    <col min="18" max="18" width="12.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="25" max="25" width="10.28515625" customWidth="1"/>
+    <col min="18" max="18" width="13.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="2"/>
-[...25 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>75145905</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.158783669238928</v>
+      </c>
+      <c r="D7" s="5">
+        <v>68151791</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.20804777237442701</v>
+      </c>
+      <c r="F7" s="5">
+        <v>143297696</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.17893485058774</v>
+      </c>
+      <c r="H7" s="5">
+        <v>112282157.3</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.16475738415937399</v>
+      </c>
+      <c r="J7" s="5">
+        <v>107569349.59999999</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.21406835744803801</v>
+      </c>
+      <c r="L7" s="5">
+        <v>219851506.90000001</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.18568539435852999</v>
+      </c>
+      <c r="N7" s="5">
+        <v>132814793</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.164757384256178</v>
+      </c>
+      <c r="P7" s="5">
+        <v>379412402.10000002</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.21406835752046499</v>
+      </c>
+      <c r="R7" s="5">
+        <v>512227195.10000002</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.19865220845304599</v>
+      </c>
+      <c r="T7" s="5">
+        <v>320242855.30000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.16331562652818599</v>
+      </c>
+      <c r="V7" s="5">
+        <v>555133542.70000005</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.213310534578351</v>
+      </c>
+      <c r="X7" s="5">
+        <v>875376398</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.19182759393291501</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>40368414</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8.5298658606561398E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>39385140</v>
+      </c>
+      <c r="E8" s="7">
+        <v>0.120231479194068</v>
+      </c>
+      <c r="F8" s="5">
+        <v>79753554</v>
+      </c>
+      <c r="G8" s="7">
+        <v>9.9587716112555597E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>56967024.07</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.3590644273427106E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>58711081.350000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>0.11683797285498</v>
+      </c>
+      <c r="L8" s="5">
+        <v>115678105.42</v>
+      </c>
+      <c r="M8" s="7">
+        <v>9.7701102559785605E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>67384379.540000007</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.3590644249514706E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>207082337.80000001</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>0.11683797282056201</v>
+      </c>
+      <c r="R8" s="5">
+        <v>274466717.33999997</v>
+      </c>
+      <c r="S8" s="7">
+        <v>0.106443820375067</v>
+      </c>
+      <c r="T8" s="5">
+        <v>164719817.61000001</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.4002873973206493E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>305178559.14999998</v>
+      </c>
+      <c r="W8" s="7">
+        <v>0.117265120168242</v>
+      </c>
+      <c r="X8" s="5">
+        <v>469898376.75999999</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>0.10297224738158101</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>24880241</v>
+      </c>
+      <c r="C9" s="7">
+        <v>5.2572072390755099E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>5218639</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.5931000533446101E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>30098880</v>
+      </c>
+      <c r="G9" s="7">
+        <v>3.75842651068048E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>35110452.640000001</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.1519372914809299E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>7779379.199</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1.5481351642339601E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>42889831.839000002</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.6224520137668199E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>41530975.25</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.1519372904478201E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>27438977.350000001</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.54813516396536E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>68969952.599999994</v>
+      </c>
+      <c r="S9" s="7">
+        <v>2.6747961709094902E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>101521668.89</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.1773442206619599E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>40436995.549000002</v>
+      </c>
+      <c r="W9" s="7">
+        <v>1.5537949833380801E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>141958664.43900001</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.1108434154131E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>6880907</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.45393905516451E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>589960</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.8009778171496199E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>7470867</v>
+      </c>
+      <c r="G10" s="7">
+        <v>9.32882040480177E-3</v>
+      </c>
+      <c r="H10" s="5">
+        <v>8887288.568</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.30407755955468E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>804918.67</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.60182819926764E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>9692207.2379999999</v>
+      </c>
+      <c r="M10" s="7">
+        <v>8.1859858436686903E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>10512475.17</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.30407755939297E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2839062.68</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.60182819918751E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>13351537.85</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.1780001247866804E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>26280670.738000002</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.34024667096373E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>4233941.3499999996</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.6268955544449101E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>30514612.088</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.6868887829407498E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>6294146</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.3299561654164901E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>394253</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.20354076097479E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>6688399</v>
+      </c>
+      <c r="G11" s="7">
+        <v>8.3517579775755305E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>7379026.3540000003</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.0827624877921001E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>488250.9486</v>
+      </c>
+      <c r="K11" s="7">
+        <v>9.7164367896530001E-4</v>
+      </c>
+      <c r="L11" s="5">
+        <v>7867277.3026000001</v>
+      </c>
+      <c r="M11" s="7">
+        <v>6.6446598845722703E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>8728402.4509999994</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.08276248758071E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1722130.568</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>9.7164367871765305E-4</v>
+      </c>
+      <c r="R11" s="5">
+        <v>10450533.018999999</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.0529309720280099E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>22401574.805</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.14242274697099E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>2604634.5166000002</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.00083302193364E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>25006209.321600001</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.4797924395779199E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>30384749</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.4203125042194095E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>769336</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.3485610379256499E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>31154085</v>
+      </c>
+      <c r="G12" s="7">
+        <v>3.8901892356125303E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>42878294.090000004</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.2917526180134506E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1146842.3999999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.2822734332100698E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>44025136.490000002</v>
+      </c>
+      <c r="M12" s="7">
+        <v>3.7183392309210299E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>50719294.020000003</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.2917526167851096E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>4045076.327</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.2822734327424001E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>54764370.347000003</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.1238745654353901E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>123982337.11</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.3227805799383405E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5961254.727</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.29061718445155E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>129943591.837</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>2.8475483947297899E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>30368736</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.4169289493929402E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>19618194</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.9888691108783199E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>49986930</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.24183367950999E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>42076502.409999996</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.1741016011340799E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>28712947.77</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.7140194576533999E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>70789450.180000007</v>
+      </c>
+      <c r="M13" s="7">
+        <v>5.9788386981926199E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>49770881.57</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.1741015999604999E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>101274652.3</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.7140194564866E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>151045533.87</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.8578554921097002E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>122216119.98</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.2327080451738799E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>149605794.06999999</v>
+      </c>
+      <c r="W13" s="7">
+        <v>5.7486153248599799E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>271821914.05000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.9566312125371099E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>18084872</v>
+      </c>
+      <c r="C14" s="7">
+        <v>3.8213424056525003E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>27328841</v>
+      </c>
+      <c r="E14" s="7">
+        <v>8.3427073715860403E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>45413713</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.67077920798498E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>25520976.34</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.7448241146072703E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>40738862.609999999</v>
+      </c>
+      <c r="K14" s="7">
+        <v>8.1072363416279297E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>66259838.950000003</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.59627018210965E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>30187905.789999999</v>
+      </c>
+      <c r="O14" s="7">
+        <v>3.74482411317867E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>143691765.09999999</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>8.1072363406998596E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>173879670.88999999</v>
+      </c>
+      <c r="S14" s="7">
+        <v>6.7434101425723494E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>73793754.129999995</v>
+      </c>
+      <c r="U14" s="7">
+        <v>3.7632918237373303E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>211759468.71000001</v>
+      </c>
+      <c r="W14" s="7">
+        <v>8.1368755440109006E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>285553222.83999997</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.2575353644828996E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>24119493</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.09646081010353E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1038688</v>
+      </c>
+      <c r="E15" s="7">
+        <v>3.1708150500703502E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>25158181</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.1414848137504801E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>34036901.68</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.9944096377694001E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1548363.054</v>
+      </c>
+      <c r="K15" s="7">
+        <v>3.0813195109530402E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>35585264.733999997</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.00551222443565E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>40261107.869999997</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.9944096362195399E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>5461296.807</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>3.0813195112639399E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>45722404.677000001</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.7732085980121999E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>98417502.549999997</v>
+      </c>
+      <c r="U15" s="7">
+        <v>5.0190397144802799E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>8048347.8609999996</v>
+      </c>
+      <c r="W15" s="7">
+        <v>3.0925844912063098E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>106465850.411</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.3330635789387301E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...860 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B16" s="5">
+        <v>23589812</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.9845389526102402E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>496030</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.51423660356757E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>24085842</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.0075825779850102E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>33917529.82</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.9768935908134297E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>753379.01599999995</v>
+      </c>
+      <c r="K16" s="7">
+        <v>1.49926172362893E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>34670908.836000003</v>
+      </c>
+      <c r="M16" s="7">
+        <v>2.9282862195298E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>40119906.920000002</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.9768935910177899E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2657274.9870000002</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1.49926172365177E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>42777181.906999998</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.6589868204018799E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>97627248.739999995</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.9787388009827599E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>3906684.003</v>
+      </c>
+      <c r="W16" s="7">
+        <v>1.5011466413207999E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>101533932.743</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.2249868816586599E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>193142383</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.40811081133816002</v>
+      </c>
+      <c r="D17" s="5">
+        <v>164586733</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.50243585180372796</v>
+      </c>
+      <c r="F17" s="5">
+        <v>357729116</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.44669389466209197</v>
+      </c>
+      <c r="H17" s="5">
+        <v>282443846.69999999</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.414444382555546</v>
+      </c>
+      <c r="J17" s="5">
+        <v>254246625.30000001</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.50596343351580397</v>
+      </c>
+      <c r="L17" s="5">
+        <v>536690472</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.45328587166388701</v>
+      </c>
+      <c r="N17" s="5">
+        <v>334093340.5</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.41444438254847599</v>
+      </c>
+      <c r="P17" s="5">
+        <v>896764023.89999998</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.50596343350189099</v>
+      </c>
+      <c r="R17" s="5">
+        <v>1230857364.4000001</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.47735172218066302</v>
+      </c>
+      <c r="T17" s="5">
+        <v>809679570.20000005</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.41291577346951502</v>
+      </c>
+      <c r="V17" s="5">
+        <v>1315597382.2</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.50551940983796095</v>
+      </c>
+      <c r="X17" s="5">
+        <v>2125276952.4000001</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.46572738898538302</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...270 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B18" s="5">
+        <v>473259658</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="D18" s="9">
-[...3 lines deleted...]
-        <f>D18/$D$18</f>
+      <c r="D18" s="5">
+        <v>327577605</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="F18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="F18" s="5">
+        <v>800837263</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="H18" s="5">
+        <v>681499999.972</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="J18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="J18" s="5">
+        <v>502499999.91759998</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="L18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="L18" s="5">
+        <v>1183999999.8896</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="6"/>
+      <c r="N18" s="5">
+        <v>806123462.08099997</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-      <c r="P18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="7"/>
+      <c r="P18" s="5">
+        <v>1772388999.9189999</v>
+      </c>
+      <c r="Q18" s="7">
         <v>1</v>
       </c>
-      <c r="R18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="R18" s="5">
+        <v>2578512462</v>
+      </c>
+      <c r="S18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="9"/>
+      <c r="T18" s="5">
+        <v>1960883120.053</v>
+      </c>
+      <c r="U18" s="7">
         <v>1</v>
       </c>
-      <c r="V18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="10"/>
+      <c r="V18" s="5">
+        <v>2602466604.8365998</v>
+      </c>
+      <c r="W18" s="7">
         <v>1</v>
       </c>
-      <c r="X18" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="11"/>
+      <c r="X18" s="5">
+        <v>4563349724.8895998</v>
+      </c>
+      <c r="Y18" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B19" s="2"/>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
       <c r="C19" s="2"/>
-      <c r="D19" s="2"/>
+      <c r="D19" s="1"/>
       <c r="E19" s="2"/>
-      <c r="F19" s="2"/>
+      <c r="F19" s="1"/>
       <c r="G19" s="2"/>
-      <c r="H19" s="2"/>
+      <c r="H19" s="1"/>
       <c r="I19" s="2"/>
-      <c r="J19" s="2"/>
+      <c r="J19" s="1"/>
       <c r="K19" s="2"/>
-      <c r="L19" s="2"/>
+      <c r="L19" s="1"/>
       <c r="M19" s="2"/>
-      <c r="N19" s="2"/>
+      <c r="N19" s="1"/>
       <c r="O19" s="2"/>
-      <c r="P19" s="2"/>
+      <c r="P19" s="1"/>
       <c r="Q19" s="2"/>
-      <c r="R19" s="2"/>
+      <c r="R19" s="1"/>
       <c r="S19" s="2"/>
-      <c r="T19" s="2"/>
+      <c r="T19" s="1"/>
       <c r="U19" s="2"/>
-      <c r="V19" s="2"/>
+      <c r="V19" s="1"/>
       <c r="W19" s="2"/>
-      <c r="X19" s="2"/>
+      <c r="X19" s="1"/>
       <c r="Y19" s="2"/>
     </row>
-    <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="T20" s="2"/>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
       <c r="U20" s="2"/>
-      <c r="V20" s="2"/>
+      <c r="V20" s="1"/>
       <c r="W20" s="2"/>
-      <c r="X20" s="2"/>
+      <c r="X20" s="1"/>
       <c r="Y20" s="2"/>
     </row>
-    <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="16" t="s">
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="16"/>
-[...106 lines deleted...]
-    <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...3 lines deleted...]
-    <mergeCell ref="X5:Y5"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:Y24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="25" max="25" width="10.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="14.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="14.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="14.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>50436919.460000001</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.14890119014936301</v>
+      </c>
+      <c r="D7" s="5">
+        <v>42888352</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.24639576136953401</v>
+      </c>
+      <c r="F7" s="5">
+        <v>93325271.459999993</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.181994998810662</v>
+      </c>
+      <c r="H7" s="5">
+        <v>71465254.819999993</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.16279101323849099</v>
+      </c>
+      <c r="J7" s="5">
+        <v>62129324.229999997</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.26303693579180598</v>
+      </c>
+      <c r="L7" s="5">
+        <v>133594579.05</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.19785926990956201</v>
+      </c>
+      <c r="N7" s="5">
+        <v>69604028.049999997</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.16279101327517201</v>
+      </c>
+      <c r="P7" s="5">
+        <v>260013876.69999999</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.263036935739759</v>
+      </c>
+      <c r="R7" s="5">
+        <v>329617904.75</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.23276886390337501</v>
+      </c>
+      <c r="T7" s="5">
+        <v>191506202.33000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.158887514666506</v>
+      </c>
+      <c r="V7" s="5">
+        <v>365031552.93000001</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.26096610883196503</v>
+      </c>
+      <c r="X7" s="5">
+        <v>556537755.25999999</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.21371890949229899</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>31026023</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.1595834951128302E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>8109066.0499999998</v>
+      </c>
+      <c r="E8" s="7">
+        <v>4.6586996473671698E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>39135089.049999997</v>
+      </c>
+      <c r="G8" s="7">
+        <v>7.63179187553997E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>37874523.159999996</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.6274540217767606E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>10120518.880000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>4.2847243355866101E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>47995042.039999999</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.1082704439369607E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>36888126.670000002</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.6274540233770194E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>42354803.979999997</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>4.2847243363136001E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>79242930.650000006</v>
+      </c>
+      <c r="S8" s="7">
+        <v>5.5959602539687001E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>105788672.83</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.7769999620496503E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>60584388.909999996</v>
+      </c>
+      <c r="W8" s="7">
+        <v>4.3312618054245397E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>166373061.74000001</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.3889770258904396E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>23291254.850000001</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.8761050523467496E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>6132108.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3.5229274900982301E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>29423363.350000001</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.7378938138787902E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>26401540.469999999</v>
+      </c>
+      <c r="I9" s="7">
+        <v>6.0140183295974599E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>7106521.7369999997</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3.0086882885098799E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>33508062.206999999</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.9626869379781301E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>25713944.039999999</v>
+      </c>
+      <c r="O9" s="7">
+        <v>6.0140183303266002E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>29741097.140000001</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>3.0086882886909E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>55455041.18</v>
+      </c>
+      <c r="S9" s="7">
+        <v>3.9161121854025899E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>75406739.359999999</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.2562931436390898E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>42979727.376999997</v>
+      </c>
+      <c r="W9" s="7">
+        <v>3.0726801894808399E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>118386466.737</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>4.5462192511733203E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>5996941.7999999998</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.77043281159278E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>708773.35</v>
+      </c>
+      <c r="E10" s="7">
+        <v>4.0719389080672904E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6705715.1500000004</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.30769147697788E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6702022.8729999997</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.5266566907110301E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>809830.87280000001</v>
+      </c>
+      <c r="K10" s="7">
+        <v>3.4285811721103199E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7511853.7457999997</v>
+      </c>
+      <c r="M10" s="7">
+        <v>1.1125375807764799E-2</v>
+      </c>
+      <c r="N10" s="5">
+        <v>6527476.7319999998</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.5266566908585501E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>3389176.807</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>3.4285811715430701E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>9916653.5390000008</v>
+      </c>
+      <c r="S10" s="7">
+        <v>7.0029210935830099E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>19226441.405000001</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.59516582416355E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>4907781.0297999997</v>
+      </c>
+      <c r="W10" s="7">
+        <v>3.50864057659105E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>24134222.434799999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>9.2679061779023103E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4075993.7</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.20332549939462E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>477953</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.74586426948401E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>4553946.7</v>
+      </c>
+      <c r="G11" s="7">
+        <v>8.8807191373190594E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>4827175.8679999998</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.0995844800544901E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>578702.93830000004</v>
+      </c>
+      <c r="K11" s="7">
+        <v>2.4500547770426998E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>5405878.8063000003</v>
+      </c>
+      <c r="M11" s="7">
+        <v>8.0063370942152993E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>4701457.8669999996</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.09958448021092E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>2421896.5249999999</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>2.4500547766909599E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>7123354.392</v>
+      </c>
+      <c r="S11" s="7">
+        <v>5.0303551024163699E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>13604627.435000001</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.12873912949622E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>3478552.4632999999</v>
+      </c>
+      <c r="W11" s="7">
+        <v>2.4868652954209902E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>17083179.8983</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>6.5601992749257203E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>21769305.050000001</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.4267910597518796E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>1043270.3</v>
+      </c>
+      <c r="E12" s="7">
+        <v>5.9936408813918204E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>22812575.350000001</v>
+      </c>
+      <c r="G12" s="7">
+        <v>4.4487142214966698E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>26574532.23</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.0534241974744302E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1302053.3689999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>5.5125036794425996E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>27876585.598999999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.1286412318610903E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>25882430.440000001</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.0534241988481501E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>5449148.9869999997</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>5.5125036791157196E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>31331579.427000001</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.2125667454419899E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>74226267.719999999</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.1583526055615297E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>7794472.6560000004</v>
+      </c>
+      <c r="W12" s="7">
+        <v>5.5723763688547197E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>82020740.376000002</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.1497203960080697E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>22912360.649999999</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.7642469176217801E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10978198.15</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6.30703061669253E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>33890558.799999997</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.60904823742441E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>28857832.449999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.5735381427442993E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>14136301.98</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.9848865287534699E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>42994134.43</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.3676146960495797E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>28106264.850000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.5735381449836205E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>59161027.850000001</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.9848865292805899E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>87267292.700000003</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.1626229294518498E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>79876457.950000003</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.6271336017460297E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>84275527.980000004</v>
+      </c>
+      <c r="W13" s="7">
+        <v>6.0249741235157001E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>164151985.93000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.3036843578680904E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17302474.199999999</v>
+      </c>
+      <c r="C14" s="7">
+        <v>5.1080815967594499E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>17316416</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.9483689755940796E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>34618890.200000003</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6.7510812261348502E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>22881862.960000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>5.2122694663648599E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>23412730.09</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9.9122481335802606E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>46294593.049999997</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.8564266954313197E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>22285932.309999999</v>
+      </c>
+      <c r="O14" s="7">
+        <v>5.2122694679690898E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>97983275.849999994</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>9.9122481309196694E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>120269208.16</v>
+      </c>
+      <c r="S14" s="7">
+        <v>8.4931451060568305E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>62470269.469999999</v>
+      </c>
+      <c r="U14" s="7">
+        <v>5.1829892378792701E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>138712421.94</v>
+      </c>
+      <c r="W14" s="7">
+        <v>9.9167430074959206E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>201182691.41</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>7.7257194162477005E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>17776194.300000001</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.2479344811998202E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1902116.95</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1.0927758523086801E-2</v>
+      </c>
+      <c r="F15" s="5">
+        <v>19678311.25</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.8374967214261903E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>20742652.719999999</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.72497783999778E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>2269204.3169999998</v>
+      </c>
+      <c r="K15" s="7">
+        <v>9.6071308939330597E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>23011857.037</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.4081541818399397E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>20202435.23</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.7249778408732901E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>9496717.0329999998</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>9.6071308949023295E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>29699152.263</v>
+      </c>
+      <c r="S15" s="7">
+        <v>2.0972883546465901E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>58721282.25</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.8719459115248297E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>13668038.300000001</v>
+      </c>
+      <c r="W15" s="7">
+        <v>9.7714697315529706E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>72389320.549999997</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.7798593178295399E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...4 lines deleted...]
-      <c r="N4" s="17" t="s">
+      <c r="B16" s="5">
+        <v>17076276.199999999</v>
+      </c>
+      <c r="C16" s="7">
+        <v>5.0413028327706701E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>628965</v>
+      </c>
+      <c r="E16" s="7">
+        <v>3.6134358823064401E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>17705241.199999999</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.4527253987335797E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>24635699.699999999</v>
+      </c>
+      <c r="I16" s="7">
+        <v>5.6117766963867902E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>927703.27060000005</v>
+      </c>
+      <c r="K16" s="7">
+        <v>3.9276175726506903E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>25563402.970600002</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.7860490179573998E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>23994092.469999999</v>
+      </c>
+      <c r="O16" s="7">
+        <v>5.61177669631934E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>3882477.8289999999</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>3.9276175724882499E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>27876570.298999999</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.9685816530331499E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>65706068.369999997</v>
+      </c>
+      <c r="U16" s="7">
+        <v>5.4514547178096201E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>5439146.0996000003</v>
+      </c>
+      <c r="W16" s="7">
+        <v>3.88852081850954E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>71145214.469600007</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.73208376400901E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="18"/>
-[...756 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B17" s="5">
+        <v>127063700.2</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.37512077238513097</v>
+      </c>
+      <c r="D17" s="5">
+        <v>83877645.099999994</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.48188133286860901</v>
+      </c>
+      <c r="F17" s="5">
+        <v>210941345.30000001</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.411359852335896</v>
+      </c>
+      <c r="H17" s="5">
+        <v>168036902.80000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.38277198811043001</v>
+      </c>
+      <c r="J17" s="5">
+        <v>113407108.3</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.48013170324871302</v>
+      </c>
+      <c r="L17" s="5">
+        <v>281444011.10000002</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.41683058513791299</v>
+      </c>
+      <c r="N17" s="5">
+        <v>163660583.30000001</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.382771987987162</v>
+      </c>
+      <c r="P17" s="5">
+        <v>474613594.30000001</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.48013170331345301</v>
+      </c>
+      <c r="R17" s="5">
+        <v>638274177.60000002</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.45073508762060899</v>
+      </c>
+      <c r="T17" s="5">
+        <v>458761186.30000001</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.38062174399479598</v>
+      </c>
+      <c r="V17" s="5">
+        <v>671898347.70000005</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.48034942711793499</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1130659534</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.43419034976461102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...245 lines deleted...]
-      <c r="G18" s="11">
+      <c r="B18" s="5">
+        <v>338727443.41000003</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...2 lines deleted...]
-      <c r="I18" s="11">
+      <c r="D18" s="5">
+        <v>174062864.40000001</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="J18" s="9">
-[...2 lines deleted...]
-      <c r="K18" s="11">
+      <c r="F18" s="5">
+        <v>512790307.81</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="L18" s="9">
-[...2 lines deleted...]
-      <c r="M18" s="11">
+      <c r="H18" s="5">
+        <v>439000000.051</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...8 lines deleted...]
-      <c r="Q18" s="11">
+      <c r="J18" s="5">
+        <v>236199999.98469999</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="R18" s="9">
-[...2 lines deleted...]
-      <c r="S18" s="11">
+      <c r="L18" s="5">
+        <v>675200000.03569996</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...8 lines deleted...]
-      <c r="W18" s="11">
+      <c r="N18" s="5">
+        <v>427566771.95899999</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-      <c r="X18" s="9">
-[...2 lines deleted...]
-      <c r="Y18" s="11">
+      <c r="P18" s="5">
+        <v>988507093.00100005</v>
+      </c>
+      <c r="Q18" s="7">
         <v>1</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A20" s="29" t="s">
+      <c r="R18" s="5">
+        <v>1416073864.96</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1205294215.4200001</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1398769957.3857</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>2604064172.8056998</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="23"/>
-[...45 lines deleted...]
-    </row>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...3 lines deleted...]
-    <mergeCell ref="X5:Y5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:Y24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="25" max="25" width="10.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="14.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>44881115.5</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.141924119691549</v>
+      </c>
+      <c r="D7" s="5">
+        <v>34927765.25</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.212045142964702</v>
+      </c>
+      <c r="F7" s="5">
+        <v>79808880.75</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.165939487318773</v>
+      </c>
+      <c r="H7" s="5">
+        <v>63280136.479999997</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.15471916011595699</v>
+      </c>
+      <c r="J7" s="5">
+        <v>50552597.340000004</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.226693261586394</v>
+      </c>
+      <c r="L7" s="5">
+        <v>113832733.81999999</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.18011508516406999</v>
+      </c>
+      <c r="N7" s="5">
+        <v>62883050.840000004</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.154719160089337</v>
+      </c>
+      <c r="P7" s="5">
+        <v>219216412.80000001</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.22669326162464601</v>
+      </c>
+      <c r="R7" s="5">
+        <v>282099463.63999999</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.205394590934626</v>
+      </c>
+      <c r="T7" s="5">
+        <v>171044302.81999999</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.15114371129632001</v>
+      </c>
+      <c r="V7" s="5">
+        <v>304696775.38999999</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.22491223852897699</v>
+      </c>
+      <c r="X7" s="5">
+        <v>475741078.20999998</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.191337075946478</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>29971637.550000001</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.4777017630007801E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>9433103.1999999993</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.7268013064328202E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>39404740.75</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.1930762799027806E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>36407336.420000002</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.9015492479884495E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>11762562.140000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>5.2746915419504298E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>48169898.560000002</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.6218193926522904E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>36178878.789999999</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.9015492483105002E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>51007204.630000003</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>5.2746915416775002E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>87186083.420000002</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.3479560393974205E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>102557852.76000001</v>
+      </c>
+      <c r="U8" s="7">
+        <v>9.06254942910346E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>72202869.969999999</v>
+      </c>
+      <c r="W8" s="7">
+        <v>5.3296622822422902E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>174760722.72999999</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>7.02865638663457E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>20819709.399999999</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.5836575047446499E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>6154652.9000000004</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3.7364665180765297E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>26974362.300000001</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.6085385595547599E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>24174502.329999998</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.9106362671973403E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>7335932.966</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3.2896560381593498E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>31510435.296</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.9858283697819798E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>24022806.27</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.9106362675377798E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>31811558.530000001</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>3.2896560382585698E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>55834364.799999997</v>
+      </c>
+      <c r="S9" s="7">
+        <v>4.0652599513005899E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>69017018</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.09870546469038E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>45302144.395999998</v>
+      </c>
+      <c r="W9" s="7">
+        <v>3.3439824537774603E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>114319162.396</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>4.59777287675079E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>5273988.75</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.66775313462715E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>424826.5</v>
+      </c>
+      <c r="E10" s="7">
+        <v>2.57910562794148E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>5698815.25</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.1849038252668399E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6035064.2759999996</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.47556583782598E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>499026.04220000003</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.2377849423249399E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>6534090.3181999996</v>
+      </c>
+      <c r="M10" s="7">
+        <v>1.0338750503816401E-2</v>
+      </c>
+      <c r="N10" s="5">
+        <v>5997193.9819999998</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.47556583752397E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2163977.81</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2.2377849430453701E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>8161171.7920000004</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.94209049579833E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>17306247.008000001</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.52927069669934E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3087830.3522000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>2.2792851543049601E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>20394077.360199999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>8.2022413187630098E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>3325070.5</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.05146161891818E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>345746.95</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.0990166681894898E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>3670817.45</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.6324033111290603E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>3918481.9160000002</v>
+      </c>
+      <c r="I11" s="7">
+        <v>9.5806403825424696E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>418258.0001</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.87559641277319E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>4336739.9161</v>
+      </c>
+      <c r="M11" s="7">
+        <v>6.8619302472162497E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>3893893.2689999999</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.5806403793942101E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1813735.0649999999</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.87559641340796E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>5707628.3339999998</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.1556831471500398E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>11137445.685000001</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9.8416307789191606E-3</v>
+      </c>
+      <c r="V11" s="5">
+        <v>2577740.0151</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.9027614466867401E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>13715185.700099999</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.5160751259778797E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>21677071.850000001</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.8547746764487202E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>450696.65</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.7361623309971801E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>22127768.5</v>
+      </c>
+      <c r="G12" s="7">
+        <v>4.6008295391343199E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>26331709.309999999</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.4380707366968895E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>561993.99479999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.5201524427385501E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>26893703.3048</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.2553328015304301E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>26166476.68</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.4380707366246306E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>2437032.2009999999</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.5201524432981702E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>28603508.881000001</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.0826009132031899E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>74175257.840000004</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.5545145739798E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>3449722.8457999998</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.5464164711304499E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>77624980.685800001</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.12197905648724E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>21209584.350000001</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.7069446789873102E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>9308021.5999999996</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.6508647397374899E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>30517605.949999999</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.3452536083076494E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>26581739.629999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.4992028442835206E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>11975055.49</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.36998003969653E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>38556795.119999997</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.1007587217168799E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>26414938.039999999</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.4992028420494494E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>51928661.350000001</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.36998004067019E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>78343599.390000001</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.7041411356918398E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>74206262.019999996</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.5572542658336799E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>73211738.439999998</v>
+      </c>
+      <c r="W13" s="7">
+        <v>5.4041320122479898E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>147418000.46000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.9289664991766897E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>14526357.6</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.5935589874200801E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>12986272.800000001</v>
+      </c>
+      <c r="E14" s="7">
+        <v>7.8839171436959399E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>27512630.399999999</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.7204558445920498E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>19116011.02</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.6738413257318902E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>17542600.489999998</v>
+      </c>
+      <c r="K14" s="7">
+        <v>7.8666369900612904E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>36658611.509999998</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.8004132137957402E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>18996057.210000001</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.6738413249356202E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>76071777.760000005</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>7.8666369902388997E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>95067834.969999999</v>
+      </c>
+      <c r="S14" s="7">
+        <v>6.9218207020847994E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>52638425.829999998</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.6514072117998503E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>106600651.05</v>
+      </c>
+      <c r="W14" s="7">
+        <v>7.8687380349246397E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>159239076.88</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.4043953196714104E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>16353650.199999999</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.1713897538453998E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1223181.3999999999</v>
+      </c>
+      <c r="E15" s="7">
+        <v>7.4258880572029796E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>17576831.600000001</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.6545938208667299E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>18988802.739999998</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.64273905677959E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1457950.091</v>
+      </c>
+      <c r="K15" s="7">
+        <v>6.5378927839471199E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>20446752.831</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.2352457012125399E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>18869647.170000002</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.6427390565908097E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6322258.5149999997</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>6.5378927850038198E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>25191905.684999999</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.83420453774325E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>54212100.109999999</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.7904653196288297E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9003390.0059999991</v>
+      </c>
+      <c r="W15" s="7">
+        <v>6.6458616045640502E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>63215490.115999997</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.54244747559507E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...4 lines deleted...]
-      <c r="N4" s="17" t="s">
+      <c r="B16" s="5">
+        <v>19292744.07</v>
+      </c>
+      <c r="C16" s="7">
+        <v>6.1007969344458401E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>330368.45</v>
+      </c>
+      <c r="E16" s="7">
+        <v>2.00565437582002E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>19623112.52</v>
+      </c>
+      <c r="G16" s="7">
+        <v>4.08005876108892E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>27696386.129999999</v>
+      </c>
+      <c r="I16" s="7">
+        <v>6.7717325509169798E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>486851.57339999999</v>
+      </c>
+      <c r="K16" s="7">
+        <v>2.1831909118384001E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>28183237.703400001</v>
+      </c>
+      <c r="M16" s="7">
+        <v>4.4593730544800897E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>27522590.079999998</v>
+      </c>
+      <c r="O16" s="7">
+        <v>6.7717325476072898E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2111184.4109999998</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>2.1831909112450202E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>29633774.491</v>
+      </c>
+      <c r="S16" s="7">
+        <v>2.15761381141629E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>74511720.280000001</v>
+      </c>
+      <c r="U16" s="7">
+        <v>6.5842461587534401E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>2928404.4344000001</v>
+      </c>
+      <c r="W16" s="7">
+        <v>2.16160474890507E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>77440124.714399993</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>3.1145443819007999E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="18"/>
-[...756 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B17" s="5">
+        <v>118902248.90000001</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.37599548978406999</v>
+      </c>
+      <c r="D17" s="5">
+        <v>89133899.049999997</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.54112853289571905</v>
+      </c>
+      <c r="F17" s="5">
+        <v>208036147.94999999</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.43255100698295801</v>
+      </c>
+      <c r="H17" s="5">
+        <v>156469829.69999999</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.38256682082729399</v>
+      </c>
+      <c r="J17" s="5">
+        <v>120407171.90000001</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.53994247482130797</v>
+      </c>
+      <c r="L17" s="5">
+        <v>276877001.60000002</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.438096521533198</v>
+      </c>
+      <c r="N17" s="5">
+        <v>155487974.69999999</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.38256682091946798</v>
+      </c>
+      <c r="P17" s="5">
+        <v>522133969</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.53994247477090196</v>
+      </c>
+      <c r="R17" s="5">
+        <v>677621943.70000005</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.49337166451405101</v>
+      </c>
+      <c r="T17" s="5">
+        <v>430860053.30000001</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.38073052671987301</v>
+      </c>
+      <c r="V17" s="5">
+        <v>731675039.95000005</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.54008668421350803</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1162535093.25</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.46755698764661602</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...233 lines deleted...]
-      <c r="C18" s="11">
+      <c r="B18" s="5">
+        <v>316233178.67000002</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="D18" s="9">
-[...2 lines deleted...]
-      <c r="E18" s="11">
+      <c r="D18" s="5">
+        <v>164718534.75</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="F18" s="9">
-[...2 lines deleted...]
-      <c r="G18" s="11">
+      <c r="F18" s="5">
+        <v>480951713.42000002</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...2 lines deleted...]
-      <c r="I18" s="11">
+      <c r="H18" s="5">
+        <v>408999999.95200002</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="J18" s="9">
-[...2 lines deleted...]
-      <c r="K18" s="11">
+      <c r="J18" s="5">
+        <v>223000000.0275</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="L18" s="9">
-[...2 lines deleted...]
-      <c r="M18" s="11">
+      <c r="L18" s="5">
+        <v>631999999.97950006</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...2 lines deleted...]
-      <c r="O18" s="11">
+      <c r="N18" s="5">
+        <v>406433507.03100002</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-      <c r="P18" s="9">
-[...2 lines deleted...]
-      <c r="Q18" s="11">
+      <c r="P18" s="5">
+        <v>967017772.07200003</v>
+      </c>
+      <c r="Q18" s="7">
         <v>1</v>
       </c>
-      <c r="R18" s="9">
-[...2 lines deleted...]
-      <c r="S18" s="11">
+      <c r="R18" s="5">
+        <v>1373451279.1029999</v>
+      </c>
+      <c r="S18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...2 lines deleted...]
-      <c r="U18" s="11">
+      <c r="T18" s="5">
+        <v>1131666685.6530001</v>
+      </c>
+      <c r="U18" s="7">
         <v>1</v>
       </c>
-      <c r="V18" s="9">
-[...2 lines deleted...]
-      <c r="W18" s="11">
+      <c r="V18" s="5">
+        <v>1354736306.8494999</v>
+      </c>
+      <c r="W18" s="7">
         <v>1</v>
       </c>
-      <c r="X18" s="9">
-[...12 lines deleted...]
-      <c r="A20" s="29" t="s">
+      <c r="X18" s="5">
+        <v>2486402992.5025001</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="23"/>
-[...45 lines deleted...]
-    </row>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...3 lines deleted...]
-    <mergeCell ref="X5:Y5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:Y24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="25" max="25" width="10.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="14.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="14.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>47949686.390000001</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.158416133808466</v>
+      </c>
+      <c r="D7" s="5">
+        <v>36789783.600000001</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.23917103862769401</v>
+      </c>
+      <c r="F7" s="5">
+        <v>84739469.989999995</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.18562704326000301</v>
+      </c>
+      <c r="H7" s="5">
+        <v>68601996.620000005</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.17223699878104001</v>
+      </c>
+      <c r="J7" s="5">
+        <v>53589448.840000004</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.255187851615645</v>
+      </c>
+      <c r="L7" s="5">
+        <v>122191445.45999999</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.20087365683545899</v>
+      </c>
+      <c r="N7" s="5">
+        <v>67165485.450000003</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.172236998811064</v>
+      </c>
+      <c r="P7" s="5">
+        <v>240458450.69999999</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.25518785162021301</v>
+      </c>
+      <c r="R7" s="5">
+        <v>307623936.14999998</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.230907322604299</v>
+      </c>
+      <c r="T7" s="5">
+        <v>183717168.46000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.168402398382791</v>
+      </c>
+      <c r="V7" s="5">
+        <v>330837683.13999999</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.25330152202992701</v>
+      </c>
+      <c r="X7" s="5">
+        <v>514554851.60000002</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.21466226943251401</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>28570595.870000001</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.4391510749764304E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>8470379.3499999996</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.5066087062008898E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>37040975.219999999</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.1140544192299505E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>35216399.609999999</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.8416770291666197E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>10629910.02</v>
+      </c>
+      <c r="K8" s="7">
+        <v>5.06186191421822E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>45846309.630000003</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.5367926397134993E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>34478975.710000001</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.8416770288823707E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>47696920.75</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>5.0618619140475302E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>82175896.459999993</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.1682509078013703E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>98265971.189999998</v>
+      </c>
+      <c r="U8" s="7">
+        <v>9.0074462645625103E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>66797210.119999997</v>
+      </c>
+      <c r="W8" s="7">
+        <v>5.1142405635783997E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>165063181.31</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.8861146658276196E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>21249266.300000001</v>
+      </c>
+      <c r="C9" s="7">
+        <v>7.0203308237164003E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>6481197.7000000002</v>
+      </c>
+      <c r="E9" s="7">
+        <v>4.2134381716244201E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>27730464</v>
+      </c>
+      <c r="G9" s="7">
+        <v>6.0745294266714198E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>25795206.890000001</v>
+      </c>
+      <c r="I9" s="7">
+        <v>6.4763261079406401E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>8010348.625</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3.8144517261396199E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>33805555.515000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>5.5573821326756603E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>25255060.760000002</v>
+      </c>
+      <c r="O9" s="7">
+        <v>6.4763261084915993E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>35942821.979999997</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>3.8144517256693697E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>61197882.740000002</v>
+      </c>
+      <c r="S9" s="7">
+        <v>4.5936084913934701E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>72299533.950000003</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.6272602725144694E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>50434368.305</v>
+      </c>
+      <c r="W9" s="7">
+        <v>3.8614410949276298E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>122733902.255</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>5.1202195280917302E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>6297000.7000000002</v>
+      </c>
+      <c r="C10" s="7">
+        <v>2.0804025648252001E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>419312.8</v>
+      </c>
+      <c r="E10" s="7">
+        <v>2.7259599832461698E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6716313.5</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.4712499579704301E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>7311789.2079999996</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.8357492361065899E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>495711.63589999999</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.3605315994923398E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7807500.8438999997</v>
+      </c>
+      <c r="M10" s="7">
+        <v>1.2834951246840901E-2</v>
+      </c>
+      <c r="N10" s="5">
+        <v>7158681.9019999998</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.8357492363565701E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2224282.1030000001</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2.3605315995735899E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>9382964.0050000008</v>
+      </c>
+      <c r="S10" s="7">
+        <v>7.0429990708870301E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>20767471.809999999</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.9036283274268199E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3139306.5389</v>
+      </c>
+      <c r="W10" s="7">
+        <v>2.4035687738913698E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>23906778.348900001</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>9.9734426353914607E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>3406460.4</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.1254261021656701E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>319910.5</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.0797438600020702E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>3726370.9</v>
+      </c>
+      <c r="G11" s="7">
+        <v>8.1628456295365498E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>4073498.4339999999</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.02272117340515E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>389487.72580000001</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.85470345616575E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>4462986.1597999996</v>
+      </c>
+      <c r="M11" s="7">
+        <v>7.3368176221349302E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>3988200.2459999998</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.0227211735705399E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1747650.277</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.8547034561389199E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>5735850.523</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.3054188295626799E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>11468159.08</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.0512166665185001E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>2457048.5027999999</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.88120687931799E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>13925207.582800001</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.80932558064078E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>22361997</v>
+      </c>
+      <c r="C12" s="7">
+        <v>7.3879546993560793E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>761593.95</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4.95113583745211E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>23123590.949999999</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.0653654290129399E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>27563619.109999999</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.9203161204583197E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>955762.99780000001</v>
+      </c>
+      <c r="K12" s="7">
+        <v>4.5512523704155103E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>28519382.107799999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.6883745037265202E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>26986442.809999999</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.9203161222455206E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>4288554.83</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>4.5512523699512801E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>31274997.640000001</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.3475500833546499E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>76912058.920000002</v>
+      </c>
+      <c r="U12" s="7">
+        <v>7.0500624929382097E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>6005911.7778000003</v>
+      </c>
+      <c r="W12" s="7">
+        <v>4.5983473830894803E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>82917970.697799996</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.4591763562974102E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>19253126.300000001</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.3608462573973595E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10624893.300000001</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6.9072620635621904E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>29878019.600000001</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.5449647460232005E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>24484978.219999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.1473708807514002E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>13757011.869999999</v>
+      </c>
+      <c r="K13" s="7">
+        <v>6.5509580332459905E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>38241990.090000004</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.2866990116410004E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>23972268</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.1473708815641598E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>61728378.100000001</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>6.5509580326590697E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>85700646.099999994</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.4328241111772003E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>67710372.519999996</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.2065996462616402E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>86110283.269999996</v>
+      </c>
+      <c r="W13" s="7">
+        <v>6.5929206152399097E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>153820655.78999999</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.4170983821851796E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>14406825.5</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.75972580425299E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>10805287.9</v>
+      </c>
+      <c r="E14" s="7">
+        <v>7.0245369144118899E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>25212113.399999999</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.5228691722171298E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>19237828.870000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.8299846518841102E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>14690114.359999999</v>
+      </c>
+      <c r="K14" s="7">
+        <v>6.9952925522876797E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>33927943.229999997</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.57750176361319E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>18834992.84</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.8299846530618397E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>65915254.119999997</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>6.9952925500917695E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>84750246.959999993</v>
+      </c>
+      <c r="S14" s="7">
+        <v>6.3614856699722194E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>52479647.210000001</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.8104913277993197E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>91410656.379999995</v>
+      </c>
+      <c r="W14" s="7">
+        <v>6.9987367131362804E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>143890303.59</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.0028234156023701E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>14525213.65</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.7988388713525197E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>970017.9</v>
+      </c>
+      <c r="E15" s="7">
+        <v>6.3061036496679596E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>15495231.550000001</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.3943261830585499E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>17114043.370000001</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.2967721236819099E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1163619.311</v>
+      </c>
+      <c r="K15" s="7">
+        <v>5.5410443380213602E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>18277662.681000002</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.0047119316051901E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>16755678.949999999</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.2967721234414502E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>5221216.1660000002</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>5.5410443357991101E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>21976895.116</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.64962001133638E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>48394935.969999999</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.4360705944061198E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>7354853.3770000003</v>
+      </c>
+      <c r="W15" s="7">
+        <v>5.6311467817669603E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>55749789.347000003</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.3257727071077601E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...4 lines deleted...]
-      <c r="N4" s="17" t="s">
+      <c r="B16" s="5">
+        <v>20071128.280000001</v>
+      </c>
+      <c r="C16" s="7">
+        <v>6.6310976831633006E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>250343.65</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.6274885287541601E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>20321471.93</v>
+      </c>
+      <c r="G16" s="7">
+        <v>4.4515439493570098E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>29238030.100000001</v>
+      </c>
+      <c r="I16" s="7">
+        <v>7.3407055228849993E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>371290.61729999998</v>
+      </c>
+      <c r="K16" s="7">
+        <v>1.7680505585478501E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>29609320.717300002</v>
+      </c>
+      <c r="M16" s="7">
+        <v>4.8675523122811301E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>28625791.989999998</v>
+      </c>
+      <c r="O16" s="7">
+        <v>7.3407055244434305E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>1665998.97</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1.7680505580825001E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>30291790.960000001</v>
+      </c>
+      <c r="S16" s="7">
+        <v>2.2737490570474E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>77934950.370000005</v>
+      </c>
+      <c r="U16" s="7">
+        <v>7.1438247552837494E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>2287633.2373000002</v>
+      </c>
+      <c r="W16" s="7">
+        <v>1.75149630886857E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>80222583.607299998</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>3.3467300528476102E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="18"/>
-[...756 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B17" s="5">
+        <v>104590536.59999999</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.34554612737947499</v>
+      </c>
+      <c r="D17" s="5">
+        <v>77929346.650000006</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.50662007095519002</v>
+      </c>
+      <c r="F17" s="5">
+        <v>182519883.25</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.39982107827505398</v>
+      </c>
+      <c r="H17" s="5">
+        <v>139662609.59999999</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.35064677275616202</v>
+      </c>
+      <c r="J17" s="5">
+        <v>105947294</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.50451092380279705</v>
+      </c>
+      <c r="L17" s="5">
+        <v>245609903.59999999</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.40376443134300299</v>
+      </c>
+      <c r="N17" s="5">
+        <v>136738104.30000001</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.35064677266836097</v>
+      </c>
+      <c r="P17" s="5">
+        <v>475390636.10000002</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.50451092383556395</v>
+      </c>
+      <c r="R17" s="5">
+        <v>612128740.39999998</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.45947337617442402</v>
+      </c>
+      <c r="T17" s="5">
+        <v>380991250.5</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.34923159814009502</v>
+      </c>
+      <c r="V17" s="5">
+        <v>659267276.75</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.50475932197431606</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1040258527.25</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.43397561127185702</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...233 lines deleted...]
-      <c r="C18" s="11">
+      <c r="B18" s="5">
+        <v>302681836.99000001</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="D18" s="9">
-[...2 lines deleted...]
-      <c r="E18" s="11">
+      <c r="D18" s="5">
+        <v>153822067.30000001</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="F18" s="9">
-[...2 lines deleted...]
-      <c r="G18" s="11">
+      <c r="F18" s="5">
+        <v>456503904.29000002</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...2 lines deleted...]
-      <c r="I18" s="11">
+      <c r="H18" s="5">
+        <v>398300000.03200001</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="J18" s="9">
-[...2 lines deleted...]
-      <c r="K18" s="11">
+      <c r="J18" s="5">
+        <v>210000000.00279999</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="L18" s="9">
-[...2 lines deleted...]
-      <c r="M18" s="11">
+      <c r="L18" s="5">
+        <v>608300000.03480005</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...2 lines deleted...]
-      <c r="O18" s="11">
+      <c r="N18" s="5">
+        <v>389959682.958</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-      <c r="P18" s="9">
-[...8 lines deleted...]
-      <c r="S18" s="11">
+      <c r="P18" s="5">
+        <v>942280164.09599996</v>
+      </c>
+      <c r="Q18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...2 lines deleted...]
-      <c r="U18" s="11">
+      <c r="R18" s="5">
+        <v>1332239847.0539999</v>
+      </c>
+      <c r="S18" s="7">
         <v>1</v>
       </c>
-      <c r="V18" s="9">
-[...8 lines deleted...]
-      <c r="Y18" s="11">
+      <c r="T18" s="5">
+        <v>1090941519.98</v>
+      </c>
+      <c r="U18" s="7">
         <v>1</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A20" s="29" t="s">
+      <c r="V18" s="5">
+        <v>1306102231.3987999</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>2397043751.3787999</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="23"/>
-[...45 lines deleted...]
-    </row>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="14.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>51935950</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.16694453870853301</v>
+      </c>
+      <c r="D7" s="5">
+        <v>37412986</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.23937940713517999</v>
+      </c>
+      <c r="F7" s="5">
+        <v>89348936</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.191166267402195</v>
+      </c>
+      <c r="H7" s="5">
+        <v>73652871.829999998</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.18163470242304</v>
+      </c>
+      <c r="J7" s="5">
+        <v>54164091.350000001</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.255611568457214</v>
+      </c>
+      <c r="L7" s="5">
+        <v>127816963.18000001</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.20702455974704501</v>
+      </c>
+      <c r="N7" s="5">
+        <v>74873585.439999998</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.18163470242078</v>
+      </c>
+      <c r="P7" s="5">
+        <v>248112176.30000001</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.255611568453533</v>
+      </c>
+      <c r="R7" s="5">
+        <v>322985761.74000001</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.233559937980651</v>
+      </c>
+      <c r="T7" s="5">
+        <v>200462407.27000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.17758616018055301</v>
+      </c>
+      <c r="V7" s="5">
+        <v>339689253.64999998</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.25371669950157899</v>
+      </c>
+      <c r="X7" s="5">
+        <v>540151660.91999996</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.21889134092936199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>29163574</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.3744302521127601E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>8421040</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.3880317456127098E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>37584614</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.0414056303169196E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>35631739.229999997</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.7871120175660206E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>10503389.99</v>
+      </c>
+      <c r="K8" s="7">
+        <v>4.9567673389238801E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>46135129.219999999</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.4724861067095194E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>36222295.280000001</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.7871120175655307E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>48113406.57</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>4.9567673382260397E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>84335701.849999994</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.0985478701989497E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>101017608.51000001</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.9489742491972502E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>67037836.560000002</v>
+      </c>
+      <c r="W8" s="7">
+        <v>5.0071111908810598E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>168055445.06999999</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.8102876253677405E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>20624674</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.6296595844378803E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>6319182</v>
+      </c>
+      <c r="E9" s="7">
+        <v>4.04320050994941E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>26943856</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.7647652132558402E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>24087282.84</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.94014373386723E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>7534059.8949999996</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3.55547895037574E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>31621342.734999999</v>
+      </c>
+      <c r="M9" s="7">
+        <v>5.1216946447904102E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>24486502.489999998</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.94014373288018E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>34511646.93</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>3.5554789503863003E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>58998149.420000002</v>
+      </c>
+      <c r="S9" s="7">
+        <v>4.2663193712547599E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>69198459.329999998</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.1301711628521799E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>48364888.825000003</v>
+      </c>
+      <c r="W9" s="7">
+        <v>3.6124133550257301E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>117563348.155</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>4.7641432552411898E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>4681990</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.5049934790601901E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>628290</v>
+      </c>
+      <c r="E10" s="7">
+        <v>4.0199862077023802E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>5310280</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.13615947979562E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>5388787.068</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.32892406120494E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>738224.02370000002</v>
+      </c>
+      <c r="K10" s="7">
+        <v>3.4838321084611399E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>6127011.0916999998</v>
+      </c>
+      <c r="M10" s="7">
+        <v>9.9238922774135506E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>5478100.1600000001</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.3289240611967E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>3381619.8990000002</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>3.48383210847306E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>8859720.0590000004</v>
+      </c>
+      <c r="S10" s="7">
+        <v>6.40670863123592E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>15548877.228</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.3774479911938E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>4748133.9227</v>
+      </c>
+      <c r="W10" s="7">
+        <v>3.54642030830972E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>20297011.150699999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>8.2251713899533108E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>3243531</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.04261072837182E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>186289</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.1919324048555099E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>3429820</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.3382618374033502E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>3962911.088</v>
+      </c>
+      <c r="I11" s="7">
+        <v>9.7729003406579994E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>232354.4381</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.09652873112835E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>4195265.5261000004</v>
+      </c>
+      <c r="M11" s="7">
+        <v>6.7950526827937402E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>4028591.8879999998</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.7729003419773901E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1064357.656</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.09652873108786E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>5092949.5439999998</v>
+      </c>
+      <c r="S11" s="7">
+        <v>3.6828526843631099E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>11235033.976</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9.9529212008743293E-3</v>
+      </c>
+      <c r="V11" s="5">
+        <v>1483001.0941000001</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.10766572362624E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>12718035.0701</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.1538631682429602E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>22781999</v>
+      </c>
+      <c r="C12" s="7">
+        <v>7.3231168658958803E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>1186430</v>
+      </c>
+      <c r="E12" s="7">
+        <v>7.5911318601351897E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>23968429</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.1281585573940303E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>27834799.93</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.8643156426537594E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1479809.737</v>
+      </c>
+      <c r="K12" s="7">
+        <v>6.98352872659843E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>29314609.666999999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.7480741284086102E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>28296130.469999999</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.8643156426596005E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>6778638.8559999997</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>6.9835287239879903E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>35074769.325999998</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.5363535854749899E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>78912929.400000006</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.9907591710549499E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>9444878.5930000003</v>
+      </c>
+      <c r="W12" s="7">
+        <v>7.0544575610217604E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>88357807.993000001</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.5806164217333403E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>19638715</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.3127298460956993E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10018177</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6.4099274803548101E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>29656892</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.3452320757238806E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>24756095.559999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.1050790532317399E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>12892147.58</v>
+      </c>
+      <c r="K13" s="7">
+        <v>6.08407153442568E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>37648243.140000001</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.0978689896833499E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>25166400.030000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.1050790523640902E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>59055708.57</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>6.0840715352317998E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>84222108.599999994</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.09033362809673E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>69561210.590000004</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.1623066660826203E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>81966033.150000006</v>
+      </c>
+      <c r="W13" s="7">
+        <v>6.1221104814467998E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>151527243.74000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.1404979322078501E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>14102201</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.5330555053291699E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>11569454</v>
+      </c>
+      <c r="E14" s="7">
+        <v>7.4024806237003901E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>25671655</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.4925718022953103E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>18665743.010000002</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.603142542699E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>15632870.52</v>
+      </c>
+      <c r="K14" s="7">
+        <v>7.37747547038973E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>34298613.530000001</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.5553309899740701E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>18975106.739999998</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.6031425446886397E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>71610275.900000006</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>7.3774754682159605E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>90585382.640000001</v>
+      </c>
+      <c r="S14" s="7">
+        <v>6.5504795745092798E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>51743050.75</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.58382687500287E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>98812600.420000002</v>
+      </c>
+      <c r="W14" s="7">
+        <v>7.3803944570946495E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>150555651.16999999</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.1011250642022098E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>15694978</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.04504271559598E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1218533</v>
+      </c>
+      <c r="E15" s="7">
+        <v>7.7965363982081702E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>16913511</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.6187255397601599E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>18329956.350000001</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.52033448844213E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1452798.892</v>
+      </c>
+      <c r="K15" s="7">
+        <v>6.8560589531060602E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>19782755.241999999</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.2042039590559103E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>18633754.789999999</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.5203344896253703E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6654908.9210000001</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>6.85605895115523E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>25288663.710999999</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.8286932204489199E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>52658689.140000001</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.6649416875048401E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9326240.8129999992</v>
+      </c>
+      <c r="W15" s="7">
+        <v>6.9658460266433199E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>61984929.953000002</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.5118805358693999E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>17794049</v>
+      </c>
+      <c r="C16" s="7">
+        <v>5.71977464947118E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>621943</v>
+      </c>
+      <c r="E16" s="7">
+        <v>3.9793762147687303E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>18415992</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.9401884440444498E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>25693408.68</v>
+      </c>
+      <c r="I16" s="7">
+        <v>6.3362290211805394E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>916779.75040000002</v>
+      </c>
+      <c r="K16" s="7">
+        <v>4.3264735748134503E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>26610188.430399999</v>
+      </c>
+      <c r="M16" s="7">
+        <v>4.3100402384239102E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>26119248.07</v>
+      </c>
+      <c r="O16" s="7">
+        <v>6.33622902225075E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>4199539.0930000003</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>4.32647357478222E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>30318787.162999999</v>
+      </c>
+      <c r="S16" s="7">
+        <v>2.1924353603980699E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>69606705.75</v>
+      </c>
+      <c r="U16" s="7">
+        <v>6.16633700318234E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>5738261.8433999997</v>
+      </c>
+      <c r="W16" s="7">
+        <v>4.2859550019306199E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>75344967.593400002</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>3.05328339835306E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>111435368</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.35820132502776197</v>
+      </c>
+      <c r="D17" s="5">
+        <v>78709257</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.50360522618297698</v>
+      </c>
+      <c r="F17" s="5">
+        <v>190144625</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.40682340333453998</v>
+      </c>
+      <c r="H17" s="5">
+        <v>147496404.40000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.36373959162784802</v>
+      </c>
+      <c r="J17" s="5">
+        <v>106353473.8</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.501904076507529</v>
+      </c>
+      <c r="L17" s="5">
+        <v>253849878.19999999</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.41115950472229001</v>
+      </c>
+      <c r="N17" s="5">
+        <v>149940991.59999999</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.36373959160493402</v>
+      </c>
+      <c r="P17" s="5">
+        <v>487178704.30000001</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.50190407653638003</v>
+      </c>
+      <c r="R17" s="5">
+        <v>637119695.89999998</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.46071887459993299</v>
+      </c>
+      <c r="T17" s="5">
+        <v>408872764</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.36221327055786401</v>
+      </c>
+      <c r="V17" s="5">
+        <v>672241435.10000002</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.50210266103240697</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1081114199.0999999</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.43811128218269302</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>311097029</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>156291581</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>467388610</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>405499999.986</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>211899999.97620001</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>617399999.96220005</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>412220706.958</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>970660982.995</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>1382881689.9530001</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1128817735.944</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1338852563.9712</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>2467670299.9152002</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
     <mergeCell ref="R5:S5"/>
-    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
-  </mergeCells>
-[...1388 lines deleted...]
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...9 lines deleted...]
-    <mergeCell ref="H4:M4"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:Y25"/>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.5703125" customWidth="1"/>
-    <col min="2" max="2" width="11.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
-    <col min="4" max="5" width="11.140625" customWidth="1"/>
-    <col min="6" max="6" width="11.28515625" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
-    <col min="8" max="8" width="11.140625" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
-    <col min="10" max="10" width="11.140625" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
-    <col min="12" max="12" width="11.7109375" customWidth="1"/>
+    <col min="12" max="12" width="16.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="11.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="12.85546875" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="14.5703125" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
-    <col min="18" max="18" width="12.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="25" max="25" width="10.28515625" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="2"/>
-[...25 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>63998312</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.14175913685546601</v>
+      </c>
+      <c r="D7" s="5">
+        <v>53436044</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.17604268571048401</v>
+      </c>
+      <c r="F7" s="5">
+        <v>117434356</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.155542527536397</v>
+      </c>
+      <c r="H7" s="5">
+        <v>96629717.129999995</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.149465919770987</v>
+      </c>
+      <c r="J7" s="5">
+        <v>82007963.090000004</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.18203765393843699</v>
+      </c>
+      <c r="L7" s="5">
+        <v>178637680.22</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.162842005679495</v>
+      </c>
+      <c r="N7" s="5">
+        <v>111350309.59999999</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.149465919753134</v>
+      </c>
+      <c r="P7" s="5">
+        <v>259328107.69999999</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.182037653880431</v>
+      </c>
+      <c r="R7" s="5">
+        <v>370678417.30000001</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.170853171832132</v>
+      </c>
+      <c r="T7" s="5">
+        <v>271978338.73000002</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.14757802422569699</v>
+      </c>
+      <c r="V7" s="5">
+        <v>394772114.79000002</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.18120239585719899</v>
+      </c>
+      <c r="X7" s="5">
+        <v>666750453.51999998</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.165793517458279</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>43544389</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.6452778309819298E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>24984355</v>
+      </c>
+      <c r="E8" s="7">
+        <v>8.2309853531525506E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>68528744</v>
+      </c>
+      <c r="G8" s="7">
+        <v>9.0766743342593006E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>59735632.369999997</v>
+      </c>
+      <c r="I8" s="7">
+        <v>9.2398503281053604E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>34837657.409999996</v>
+      </c>
+      <c r="K8" s="7">
+        <v>7.7331093038704002E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>94573289.780000001</v>
+      </c>
+      <c r="M8" s="7">
+        <v>8.6210838455340805E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>68835771.819999993</v>
+      </c>
+      <c r="O8" s="7">
+        <v>9.2398503281693203E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>110164713.7</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>7.7331093031985307E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>179000485.52000001</v>
+      </c>
+      <c r="S8" s="7">
+        <v>8.2504940355974804E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>172115793.19</v>
+      </c>
+      <c r="U8" s="7">
+        <v>9.3391660584538502E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>169986726.11000001</v>
+      </c>
+      <c r="W8" s="7">
+        <v>7.8024766393236106E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>342102519.30000001</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>8.5066878779984895E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>24066153</v>
+      </c>
+      <c r="C9" s="7">
+        <v>5.3307610311840399E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>4397106</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.44860714163961E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>28463259</v>
+      </c>
+      <c r="G9" s="7">
+        <v>3.7699761786772999E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>32435538.25</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.0170979506035898E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>6023666.3509999998</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1.3371068483197799E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>38459204.601000004</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.5058527441422301E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>37376775.329999998</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.0170979516564303E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>19048223.34</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.33710684821539E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>56424998.670000002</v>
+      </c>
+      <c r="S9" s="7">
+        <v>2.60074219146973E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>93878466.579999998</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.0939345684319799E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>29468995.691</v>
+      </c>
+      <c r="W9" s="7">
+        <v>1.3526417957750701E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>123347462.271</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.06714596615539E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>6525685</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.4454685507809401E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>534941</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.7623394863708799E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>7060626</v>
+      </c>
+      <c r="G10" s="7">
+        <v>9.3518426075347091E-3</v>
+      </c>
+      <c r="H10" s="5">
+        <v>8218367.5959999999</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.2712092182776901E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>684770.24219999998</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.5200227353548701E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>8903137.8381999992</v>
+      </c>
+      <c r="M10" s="7">
+        <v>8.1158959331983603E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>9470355.534</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.2712092183338601E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2165401.5589999999</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.52002273492619E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>11635757.093</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.36315553651006E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>24214408.129999999</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.3138967339481999E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3385112.8012000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.5537838840278999E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>27599520.931200001</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.8628699556029403E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>6675474</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.4786474873604599E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>441179</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.45344472055352E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>7116653</v>
+      </c>
+      <c r="G11" s="7">
+        <v>9.4260507139791502E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>7889655.5609999998</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.22036435594101E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>529993.20819999999</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.1764555122305901E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>8419648.7692000009</v>
+      </c>
+      <c r="M11" s="7">
+        <v>7.6751584044580101E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>9091567.4350000005</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.22036435601425E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1675960.8529999999</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.17645551182791E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>10767528.288000001</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.9629713383288702E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>23656696.995999999</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.28363479925564E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>2647133.0611999999</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.2150474536363901E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>26303830.0572</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>6.5406847266241599E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>37213371</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8.2429288954406002E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>770265</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.5376040058052501E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>37983636</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.0309559737888601E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>50154909.200000003</v>
+      </c>
+      <c r="I12" s="7">
+        <v>7.7579132561498093E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1055198.433</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.34228287040893E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>51210107.633000001</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.6681957735627097E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>57795519.170000002</v>
+      </c>
+      <c r="O12" s="7">
+        <v>7.7579132571661297E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3336780.9989999998</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.3422828707540099E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>61132300.169</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.8177112283325902E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>145163799.37</v>
+      </c>
+      <c r="U12" s="7">
+        <v>7.8767253304636006E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5162244.432</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.3694962841447902E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>150326043.80199999</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.7379927431535398E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>29077704</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.4408420971770797E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>15159283</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4.9941587980676098E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>44236987</v>
+      </c>
+      <c r="G13" s="7">
+        <v>5.8592161637729998E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>40615023.920000002</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.2822929498556404E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>21522107.68</v>
+      </c>
+      <c r="K13" s="7">
+        <v>4.7773823934365599E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>62137131.600000001</v>
+      </c>
+      <c r="M13" s="7">
+        <v>5.6642781771758903E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>46802325.649999999</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.2822929500529506E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>68057872.069999993</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>4.7773823939090597E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>114860197.72</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.2941385799231501E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>116495053.56999999</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.3211320130145895E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>104739262.75</v>
+      </c>
+      <c r="W13" s="7">
+        <v>4.8075850951916001E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>221234316.31999999</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.50119093155894E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17134718</v>
+      </c>
+      <c r="C14" s="7">
+        <v>3.7954170321583103E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>27408648</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.0296579694658499E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>44543366</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.89979625095301E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>24376564.190000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.7705435716148802E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>39633523.390000001</v>
+      </c>
+      <c r="K14" s="7">
+        <v>8.7976744493846903E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>64010087.579999998</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.83501254181664E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>28090095.370000001</v>
+      </c>
+      <c r="O14" s="7">
+        <v>3.7705435714660097E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>125330348.90000001</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>8.7976744503780999E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>153420444.27000001</v>
+      </c>
+      <c r="S14" s="7">
+        <v>7.0714582516979999E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>69601377.560000002</v>
+      </c>
+      <c r="U14" s="7">
+        <v>3.77663670998757E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>192372520.28999999</v>
+      </c>
+      <c r="W14" s="7">
+        <v>8.8299959059111005E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>261973897.84999999</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.5142173923552593E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>20471861</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.5346092021693901E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1185456</v>
+      </c>
+      <c r="E15" s="7">
+        <v>3.9054324087241001E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>21657317</v>
+      </c>
+      <c r="G15" s="7">
+        <v>2.8685249705264902E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>28083975.699999999</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.3440024285482902E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1652974.8319999999</v>
+      </c>
+      <c r="K15" s="7">
+        <v>3.6692005153979202E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>29736950.532000002</v>
+      </c>
+      <c r="M15" s="7">
+        <v>2.7107520997021101E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>32362294.77</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.3440024284585203E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>5227087.9450000003</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>3.6692005142583499E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>37589382.715000004</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.7325705960571099E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>80918131.469999999</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.3906945024149997E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>8065518.7769999998</v>
+      </c>
+      <c r="W15" s="7">
+        <v>3.7021138815771502E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>88983650.246999994</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.2126587680356E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...764 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B16" s="5">
+        <v>21902319</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.8514620769577001E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>559174</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.842174034056E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>22461493</v>
+      </c>
+      <c r="G16" s="7">
+        <v>2.97503857683784E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>31747060.670000002</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.9106048987839698E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>823834.41269999999</v>
+      </c>
+      <c r="K16" s="7">
+        <v>1.82871123816444E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>32570895.082699999</v>
+      </c>
+      <c r="M16" s="7">
+        <v>2.9690879748949201E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>36583414.920000002</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.9106048994122603E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2605154.5639999998</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1.8287112377925201E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>39188569.483999997</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.8062803452855099E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>90232794.590000004</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.8961169511277998E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>3988162.9767</v>
+      </c>
+      <c r="W16" s="7">
+        <v>1.8305869623832E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>94220957.566699997</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.3428891410273101E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>180848124</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.40058672110242999</v>
+      </c>
+      <c r="D17" s="5">
+        <v>174663817</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.57542222701074996</v>
+      </c>
+      <c r="F17" s="5">
+        <v>355511941</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.470877754653931</v>
+      </c>
+      <c r="H17" s="5">
+        <v>266613555.40000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.41239529065021102</v>
+      </c>
+      <c r="J17" s="5">
+        <v>261728310.90000001</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.58097294323989201</v>
+      </c>
+      <c r="L17" s="5">
+        <v>528341866.30000001</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.481624308414563</v>
+      </c>
+      <c r="N17" s="5">
+        <v>307229523.39999998</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.41239529063956898</v>
+      </c>
+      <c r="P17" s="5">
+        <v>827645329.39999998</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.58097294329299898</v>
+      </c>
+      <c r="R17" s="5">
+        <v>1134874852.8</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.523086749009393</v>
+      </c>
+      <c r="T17" s="5">
+        <v>754691202.79999995</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.40950259910332099</v>
+      </c>
+      <c r="V17" s="5">
+        <v>1264037457.3</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.58019958131501803</v>
+      </c>
+      <c r="X17" s="5">
+        <v>2018728660.0999999</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.50197509965664899</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...233 lines deleted...]
-      <c r="C18" s="11">
+      <c r="B18" s="5">
+        <v>451458110</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="D18" s="9">
-[...2 lines deleted...]
-      <c r="E18" s="11">
+      <c r="D18" s="5">
+        <v>303540268</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="F18" s="9">
-[...2 lines deleted...]
-      <c r="G18" s="11">
+      <c r="F18" s="5">
+        <v>754998378</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...2 lines deleted...]
-      <c r="I18" s="11">
+      <c r="H18" s="5">
+        <v>646499999.98699999</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="J18" s="9">
-[...8 lines deleted...]
-      <c r="M18" s="11">
+      <c r="J18" s="5">
+        <v>450499999.94910002</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...2 lines deleted...]
-      <c r="O18" s="11">
+      <c r="L18" s="5">
+        <v>1096999999.9361</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="P18" s="9">
-[...8 lines deleted...]
-      <c r="S18" s="11">
+      <c r="N18" s="5">
+        <v>744987952.99899995</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...2 lines deleted...]
-      <c r="U18" s="11">
+      <c r="P18" s="5">
+        <v>1424584981.03</v>
+      </c>
+      <c r="Q18" s="7">
         <v>1</v>
       </c>
-      <c r="V18" s="9">
-[...2 lines deleted...]
-      <c r="W18" s="11">
+      <c r="R18" s="5">
+        <v>2169572934.0289998</v>
+      </c>
+      <c r="S18" s="7">
         <v>1</v>
       </c>
-      <c r="X18" s="9">
-[...10 lines deleted...]
-      <c r="B19" s="2"/>
+      <c r="T18" s="5">
+        <v>1842946062.9860001</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>2178625248.9791002</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>4021571311.9650998</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
       <c r="C19" s="2"/>
-      <c r="D19" s="2"/>
+      <c r="D19" s="1"/>
       <c r="E19" s="2"/>
-      <c r="F19" s="2"/>
+      <c r="F19" s="1"/>
       <c r="G19" s="2"/>
-      <c r="H19" s="2"/>
+      <c r="H19" s="1"/>
       <c r="I19" s="2"/>
-      <c r="J19" s="2"/>
+      <c r="J19" s="1"/>
       <c r="K19" s="2"/>
-      <c r="L19" s="2"/>
+      <c r="L19" s="1"/>
       <c r="M19" s="2"/>
-      <c r="N19" s="2"/>
+      <c r="N19" s="1"/>
       <c r="O19" s="2"/>
-      <c r="P19" s="2"/>
+      <c r="P19" s="1"/>
       <c r="Q19" s="2"/>
-      <c r="R19" s="2"/>
+      <c r="R19" s="1"/>
       <c r="S19" s="2"/>
-      <c r="T19" s="2"/>
+      <c r="T19" s="1"/>
       <c r="U19" s="2"/>
-      <c r="V19" s="2"/>
+      <c r="V19" s="1"/>
       <c r="W19" s="2"/>
-      <c r="X19" s="2"/>
+      <c r="X19" s="1"/>
       <c r="Y19" s="2"/>
     </row>
-    <row r="20" spans="1:25" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="T20" s="2"/>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
       <c r="U20" s="2"/>
-      <c r="V20" s="2"/>
+      <c r="V20" s="1"/>
       <c r="W20" s="2"/>
-      <c r="X20" s="2"/>
+      <c r="X20" s="1"/>
       <c r="Y20" s="2"/>
     </row>
-    <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="16" t="s">
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="16"/>
-[...106 lines deleted...]
-    <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...9 lines deleted...]
-    <mergeCell ref="H4:M4"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:Y25"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.5703125" customWidth="1"/>
-    <col min="2" max="2" width="11.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
-    <col min="4" max="5" width="11.140625" customWidth="1"/>
-    <col min="6" max="6" width="11.28515625" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
-    <col min="8" max="8" width="11.140625" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
-    <col min="10" max="10" width="11.140625" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
-    <col min="12" max="12" width="11.140625" customWidth="1"/>
+    <col min="12" max="12" width="16.7109375" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="11.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="12.140625" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
-    <col min="18" max="18" width="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="25" max="25" width="10.28515625" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>64934029</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.14737917661491901</v>
+      </c>
+      <c r="D7" s="5">
+        <v>64902280</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.20777009687143699</v>
+      </c>
+      <c r="F7" s="5">
+        <v>129836309</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.172432917033501</v>
+      </c>
+      <c r="H7" s="5">
+        <v>95795075.340000004</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.15828664133307399</v>
+      </c>
+      <c r="J7" s="5">
+        <v>98218071.379999995</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.21860242907050301</v>
+      </c>
+      <c r="L7" s="5">
+        <v>194013146.72</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.18398591438130599</v>
+      </c>
+      <c r="N7" s="5">
+        <v>107192145.8</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.15828664135509801</v>
+      </c>
+      <c r="P7" s="5">
+        <v>366539770.10000002</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.21860242907770699</v>
+      </c>
+      <c r="R7" s="5">
+        <v>473731915.89999998</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.201250269578515</v>
+      </c>
+      <c r="T7" s="5">
+        <v>267921250.13999999</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.155497463604408</v>
+      </c>
+      <c r="V7" s="5">
+        <v>529660121.48000002</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.21721474403448901</v>
+      </c>
+      <c r="X7" s="5">
+        <v>797581371.62</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.19166126790895599</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>38979230</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8.8470204466806798E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>23443694</v>
+      </c>
+      <c r="E8" s="7">
+        <v>7.5049729738374898E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>62422924</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.2902594489808995E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>49590579.060000002</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.1940811396721699E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>30595149.760000002</v>
+      </c>
+      <c r="K8" s="7">
+        <v>6.8095147474802997E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>80185728.819999993</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.6041468770004506E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>55490541.259999998</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.1940811404317193E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>114177961.40000001</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>6.8095147498922495E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>169668502.66</v>
+      </c>
+      <c r="S8" s="7">
+        <v>7.2078386009600995E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>144060350.31999999</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.3610460420803001E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>168216805.16</v>
+      </c>
+      <c r="W8" s="7">
+        <v>6.8986070110450201E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>312277155.48000002</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>7.5041165312991501E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>25357645</v>
+      </c>
+      <c r="C9" s="7">
+        <v>5.7553626327321E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>5671737</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.81567942747052E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>31029382</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4.1209480562227098E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>31723098.710000001</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.2417545783658703E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>7278525.1150000002</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1.61996997887871E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>39001623.825000003</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.69858926733167E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>35497305.149999999</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.2417545776479002E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>27162709.309999999</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.61996997866771E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>62660014.460000001</v>
+      </c>
+      <c r="S9" s="7">
+        <v>2.6619158174959402E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>92578048.859999999</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.3730907032020297E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>40112971.424999997</v>
+      </c>
+      <c r="W9" s="7">
+        <v>1.6450415025011701E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>132691020.285</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.1886062153508699E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>6495805</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.47433696490799E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>499333</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.59850263782883E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6995138</v>
+      </c>
+      <c r="G10" s="7">
+        <v>9.2900981218735201E-3</v>
+      </c>
+      <c r="H10" s="5">
+        <v>7501317.6749999998</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.2394774743210501E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>591500.97259999998</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.31649448610793E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>8092818.6475999998</v>
+      </c>
+      <c r="M10" s="7">
+        <v>7.67455537922721E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>8393775.307</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.2394774745095E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2207420.9709999999</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.31649448605814E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>10601196.278000001</v>
+      </c>
+      <c r="S10" s="7">
+        <v>4.5035885005742602E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>22390897.982000001</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.29953403927711E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3298254.9435999999</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.3526213778992499E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>25689152.9256</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.1731828204901499E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4688177</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.0640640612105E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>457644</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.4650446519387599E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>5145821</v>
+      </c>
+      <c r="G11" s="7">
+        <v>6.83405845711655E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5413879.4179999996</v>
+      </c>
+      <c r="I11" s="7">
+        <v>8.9456037966040899E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>542116.92619999999</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.20658118452615E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>5955996.3442000002</v>
+      </c>
+      <c r="M11" s="7">
+        <v>5.6481710232804102E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>6057987.3219999997</v>
+      </c>
+      <c r="O11" s="7">
+        <v>8.9456037978777308E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>2023124.774</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.2065811843637801E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>8081112.0959999999</v>
+      </c>
+      <c r="S11" s="7">
+        <v>3.43300912019933E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>16160043.74</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9.3790463130238103E-3</v>
+      </c>
+      <c r="V11" s="5">
+        <v>3022885.7001999998</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.2396918646238901E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>19182929.440200001</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>4.6097172144943998E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>29918260</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.7904742589607006E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>800248</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.5618145384287598E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>30718508</v>
+      </c>
+      <c r="G12" s="7">
+        <v>4.0796615231544597E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>37428551.229999997</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.1844929325775101E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1026956.145</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.2856802693398599E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>38455507.375</v>
+      </c>
+      <c r="M12" s="7">
+        <v>3.6468001303012101E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>41881555.049999997</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.1844929347362097E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3832495.0189999999</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.28568026971001E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>45714050.068999998</v>
+      </c>
+      <c r="S12" s="7">
+        <v>1.9420192288361698E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>109228366.28</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.3394500814392504E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5659699.1639999999</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.3210546827375101E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>114888065.44400001</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>2.7607957098946801E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>27905511</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.3336455438466194E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>19669902</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6.2968780819282102E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>47575413</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.3183922169749496E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>37404158.439999998</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.1804623988698702E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>27045357.100000001</v>
+      </c>
+      <c r="K13" s="7">
+        <v>6.0194429335364397E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>64449515.539999999</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.11185543275184E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>41854260.159999996</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.18046240019283E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>100930499.2</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>6.0194429344259399E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>142784759.36000001</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.0657663856807202E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>107163929.59999999</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.2196332817848102E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>147645758.30000001</v>
+      </c>
+      <c r="W13" s="7">
+        <v>6.0549839975301001E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>254809687.90000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.1231555294733397E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17362529</v>
+      </c>
+      <c r="C14" s="7">
+        <v>3.9407307191313502E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>30201991</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.6684902221929298E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>47564520</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6.3169455401711205E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>23272492.149999999</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.8454217033593897E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>41526573.530000001</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9.2425046807438793E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>64799065.68</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.1450038575969E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>26041300.789999999</v>
+      </c>
+      <c r="O14" s="7">
+        <v>3.8454217030581703E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>154972913.80000001</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>9.2425046779201006E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>181014214.59</v>
+      </c>
+      <c r="S14" s="7">
+        <v>7.6898258827616195E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>66676321.939999998</v>
+      </c>
+      <c r="U14" s="7">
+        <v>3.8697934332283301E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>226701478.33000001</v>
+      </c>
+      <c r="W14" s="7">
+        <v>9.2970759154180696E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>293377800.26999998</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>7.0499591862181105E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>19240261</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.36691495615672E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1066124</v>
+      </c>
+      <c r="E15" s="7">
+        <v>3.4129569370592899E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>20306385</v>
+      </c>
+      <c r="G15" s="7">
+        <v>2.6968489992697901E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>25336932.75</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.1865387886018603E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1440162.2250000001</v>
+      </c>
+      <c r="K15" s="7">
+        <v>3.20534659474782E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>26777094.975000001</v>
+      </c>
+      <c r="M15" s="7">
+        <v>2.5393167353553299E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>28351355.02</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.1865387902159101E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>5374537.7350000003</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>3.2053465950509599E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>33725892.755000003</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.43273965314859E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>72928548.769999996</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.2326632740626799E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>7880823.96</v>
+      </c>
+      <c r="W15" s="7">
+        <v>3.2319426927384901E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>80809372.730000004</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>1.94187419459169E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>21001809</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.7667291950169902E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>450549</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.4423316002970801E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>21452358</v>
+      </c>
+      <c r="G16" s="7">
+        <v>2.84904330358541E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>29743958.760000002</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.91473211473532E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>654552.83990000002</v>
+      </c>
+      <c r="K16" s="7">
+        <v>1.4568280434212699E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>30398511.5999</v>
+      </c>
+      <c r="M16" s="7">
+        <v>2.88274173533716E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>33282700.100000001</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.9147321146900499E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2442724.074</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1.4568280435089201E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>35725424.174000002</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.5176835261701001E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>84028467.859999999</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.8768858819398998E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>3547825.9139</v>
+      </c>
+      <c r="W16" s="7">
+        <v>1.45497096442405E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>87576293.773900002</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.1044853980704398E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>184708356</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.41922803559864402</v>
+      </c>
+      <c r="D17" s="5">
+        <v>165211960</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.52888904570871798</v>
+      </c>
+      <c r="F17" s="5">
+        <v>349920316</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.46472193550391599</v>
+      </c>
+      <c r="H17" s="5">
+        <v>261989956.5</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.43289814356529099</v>
+      </c>
+      <c r="J17" s="5">
+        <v>240381034</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.53501231694495999</v>
+      </c>
+      <c r="L17" s="5">
+        <v>502370990.5</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.47640681885943997</v>
+      </c>
+      <c r="N17" s="5">
+        <v>293159805</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.43289814349220201</v>
+      </c>
+      <c r="P17" s="5">
+        <v>897077367.70000005</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.53501231693454099</v>
+      </c>
+      <c r="R17" s="5">
+        <v>1190237172.7</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.50563524185017805</v>
+      </c>
+      <c r="T17" s="5">
+        <v>739858117.5</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.42940252271242402</v>
+      </c>
+      <c r="V17" s="5">
+        <v>1302670361.7</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.53422789011814398</v>
+      </c>
+      <c r="X17" s="5">
+        <v>2042528479.2</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.49082590440707702</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>440591612</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>312375462</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>752967074</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>605200000.03299999</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>449299999.99370003</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>1054500000.0267</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>677202730.95899999</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1676741524.0829999</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>2353944255.0419998</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1722994342.9920001</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>2438416986.0767002</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>4161411329.0686998</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="B1" s="24"/>
-[...1220 lines deleted...]
-      <c r="T20" s="2"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
       <c r="U20" s="2"/>
-      <c r="V20" s="2"/>
+      <c r="V20" s="1"/>
       <c r="W20" s="2"/>
-      <c r="X20" s="2"/>
+      <c r="X20" s="1"/>
       <c r="Y20" s="2"/>
     </row>
-    <row r="21" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A21" s="16" t="s">
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="16"/>
-[...106 lines deleted...]
-    <row r="25" spans="1:25" ht="69" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
-    <mergeCell ref="R5:S5"/>
-[...9 lines deleted...]
-    <mergeCell ref="H4:M4"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:Y35"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:Y500"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:F1"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:E2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18" customWidth="1"/>
-[...23 lines deleted...]
-    <col min="25" max="25" width="10.140625" customWidth="1"/>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="13.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>59278314</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.14368380774936901</v>
+      </c>
+      <c r="D7" s="5">
+        <v>47803504</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.20094200254427699</v>
+      </c>
+      <c r="F7" s="5">
+        <v>107081818</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.16462529311256399</v>
+      </c>
+      <c r="H7" s="5">
+        <v>84096501.579999998</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.15163451421281299</v>
+      </c>
+      <c r="J7" s="5">
+        <v>70027940.560000002</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.208416489788329</v>
+      </c>
+      <c r="L7" s="5">
+        <v>154124442.13999999</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.173056862957715</v>
+      </c>
+      <c r="N7" s="5">
+        <v>98060039.819999993</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.15163451421093499</v>
+      </c>
+      <c r="P7" s="5">
+        <v>294077276.39999998</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.20841648972223301</v>
+      </c>
+      <c r="R7" s="5">
+        <v>392137316.22000003</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.190571200288527</v>
+      </c>
+      <c r="T7" s="5">
+        <v>241434855.40000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.149602011200724</v>
+      </c>
+      <c r="V7" s="5">
+        <v>411908720.95999998</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.207520649141583</v>
+      </c>
+      <c r="X7" s="5">
+        <v>653343576.36000001</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.18154724287402299</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>35517162</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8.6089511193101501E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>14549486</v>
+      </c>
+      <c r="E8" s="7">
+        <v>6.1158756329450802E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>50066648</v>
+      </c>
+      <c r="G8" s="7">
+        <v>7.6971392119655396E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>45263090.200000003</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.1613938336288896E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>19146223.829999998</v>
+      </c>
+      <c r="K8" s="7">
+        <v>5.6982809025081703E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>64409314.030000001</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.2321259863281001E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>52778657.18</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.1613938326817501E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>80403183.549999997</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>5.6982809019185399E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>133181840.73</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.4723815344093202E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>133558909.38</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.2758065002337705E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>114098893.38</v>
+      </c>
+      <c r="W8" s="7">
+        <v>5.7483309324866602E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>247657802.75999999</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.8817683213192302E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>24717257</v>
+      </c>
+      <c r="C9" s="7">
+        <v>5.9911784989022103E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>4611450</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.93842275167278E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>29328707</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4.5089325869378798E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>28592022.23</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.1554313434592297E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>5508224.5930000003</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1.6393525576483201E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>34100246.822999999</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.8289071216307799E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>33339494.34</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.1554313434543503E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>23131391.18</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.6393525576488301E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>56470885.520000003</v>
+      </c>
+      <c r="S9" s="7">
+        <v>2.7443765206126899E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>86648773.569999993</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.3690801076223198E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>33251065.772999998</v>
+      </c>
+      <c r="W9" s="7">
+        <v>1.67519705282775E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>119899839.34299999</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.3317057121819503E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="17" t="s">
+      <c r="B10" s="5">
+        <v>6233255</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.51086924144434E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>433348</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.8215780775935901E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6666603</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.02490926418535E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>7210402.2510000002</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.3001085919956801E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>517619.86170000001</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.54053530287389E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7728022.1127000004</v>
+      </c>
+      <c r="M10" s="7">
+        <v>8.6773210343683901E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>8407630.7400000002</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.3001085919045301E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2173707.2080000001</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.5405353025613E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>10581337.948000001</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.1423269094787996E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>21851287.991</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.35398703114506E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3124675.0696999999</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.57421915542214E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>24975963.060699999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.9401726684997197E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4707120</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.1409516895726999E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>391468</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.6455355208271601E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>5098588</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.8384599704891308E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5445024.8930000002</v>
+      </c>
+      <c r="I11" s="7">
+        <v>9.8179316501209694E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>467595.58600000001</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.39165352993835E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>5912620.4790000003</v>
+      </c>
+      <c r="M11" s="7">
+        <v>6.6389181219279596E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>6349126.8700000001</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.8179316504793303E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>1963633.8770000001</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.3916535298271E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>8312760.7470000004</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.0398419832566503E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>16501271.763</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.0224801381824499E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>2822697.463</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.4220820780071401E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>19323969.226</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.3696301016812999E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>28727387</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.9631878377136705E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>648619</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.7264696066687201E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>29376006</v>
+      </c>
+      <c r="G12" s="7">
+        <v>4.5162042338751103E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>36000027.359999999</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.4911697369344698E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>839316.78500000003</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.4979666223405202E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>36839344.145000003</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.13646352430092E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>41977538.310000002</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.4911697375320807E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3524650.193</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.4979666219591399E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>45502188.502999999</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.21131892326887E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>106704952.67</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.6118355189695693E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5012585.9780000001</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.52535341715566E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>111717538.648</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.1043407873104899E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>26837074</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.5049977318376195E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>22265863</v>
+      </c>
+      <c r="E13" s="7">
+        <v>9.3594542768173E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>49102937</v>
+      </c>
+      <c r="G13" s="7">
+        <v>7.5489803472637798E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>36033387.57</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.4971849208509805E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>30870168.359999999</v>
+      </c>
+      <c r="K13" s="7">
+        <v>9.1875501083077099E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>66903555.93</v>
+      </c>
+      <c r="M13" s="7">
+        <v>7.5121890786438494E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>42016437.700000003</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.4971849197781595E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>129637041.5</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>9.1875501086507799E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>171653479.19999999</v>
+      </c>
+      <c r="S13" s="7">
+        <v>8.3420292361294404E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>104886899.27</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.4991821721031101E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>182773072.86000001</v>
+      </c>
+      <c r="W13" s="7">
+        <v>9.2081533591011899E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>287659972.13</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>7.9933249082170296E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>16805396</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.0734344907583098E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>29352789</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.12338443227759301</v>
+      </c>
+      <c r="F14" s="5">
+        <v>46158185</v>
+      </c>
+      <c r="G14" s="7">
+        <v>7.0962604829598194E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>21786060.890000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.9282475460924102E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>39292428.5</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0.11694175150292201</v>
+      </c>
+      <c r="L14" s="5">
+        <v>61078489.390000001</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.8581281601188898E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>25403458.629999999</v>
+      </c>
+      <c r="O14" s="7">
+        <v>3.9282475468177099E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>165005714.40000001</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>0.116941751502692</v>
+      </c>
+      <c r="R14" s="5">
+        <v>190409173.03</v>
+      </c>
+      <c r="S14" s="7">
+        <v>9.25351991492573E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>63994915.520000003</v>
+      </c>
+      <c r="U14" s="7">
+        <v>3.9653628522488799E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>233650931.90000001</v>
+      </c>
+      <c r="W14" s="7">
+        <v>0.11771392688025201</v>
+      </c>
+      <c r="X14" s="5">
+        <v>297645847.42000002</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>8.2708064955747299E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="18"/>
-[...4 lines deleted...]
-      <c r="H4" s="17" t="s">
+      <c r="B15" s="5">
+        <v>18907973</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.5830749461974497E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1159557</v>
+      </c>
+      <c r="E15" s="7">
+        <v>4.8741972062180698E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>20067530</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.0851390740257799E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>24941816.170000002</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.4972622017164697E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1579445.8419999999</v>
+      </c>
+      <c r="K15" s="7">
+        <v>4.7007316732150303E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>26521262.011999998</v>
+      </c>
+      <c r="M15" s="7">
+        <v>2.97790950075736E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>29083201.329999998</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.4972622012681499E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6632768.6869999999</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>4.7007316709632204E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>35715970.016999997</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.73572751025565E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>72932990.5</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.5191992032825902E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9371771.5289999992</v>
+      </c>
+      <c r="W15" s="7">
+        <v>4.7215220565663702E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>82304762.028999999</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.28703597347901E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="18"/>
-[...764 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B16" s="5">
+        <v>18960661</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.5958459107405703E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>420136</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.7660414429231501E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>19380797</v>
+      </c>
+      <c r="G16" s="7">
+        <v>2.9795622137085E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>25920820.239999998</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.6737865562112901E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>593081.93969999999</v>
+      </c>
+      <c r="K16" s="7">
+        <v>1.7651248207595099E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>26513902.179699998</v>
+      </c>
+      <c r="M16" s="7">
+        <v>2.9770831104249499E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>30224761.039999999</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.6737865555172099E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2490604.7519999999</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1.7651248204274799E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>32715365.791999999</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.5899039109457998E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>75106242.280000001</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.6538619621435302E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>3503822.6916999999</v>
+      </c>
+      <c r="W16" s="7">
+        <v>1.7652346805475899E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>78610064.971699998</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.1843699202295699E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>171869252</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.41659127758586101</v>
+      </c>
+      <c r="D17" s="5">
+        <v>116260802</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.488702216709548</v>
+      </c>
+      <c r="F17" s="5">
+        <v>288130054</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.442964972767729</v>
+      </c>
+      <c r="H17" s="5">
+        <v>239310846.59999999</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.43150170682817202</v>
+      </c>
+      <c r="J17" s="5">
+        <v>167157954.09999999</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.49749391107497998</v>
+      </c>
+      <c r="L17" s="5">
+        <v>406468800.69999999</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.45639883306394002</v>
+      </c>
+      <c r="N17" s="5">
+        <v>279046461</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.43150170684904698</v>
+      </c>
+      <c r="P17" s="5">
+        <v>701967750.29999995</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.49749391114715502</v>
+      </c>
+      <c r="R17" s="5">
+        <v>981014211.29999995</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.47675405531326198</v>
+      </c>
+      <c r="T17" s="5">
+        <v>690226559.60000002</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.42769003393996402</v>
+      </c>
+      <c r="V17" s="5">
+        <v>985386506.39999998</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.49644019914630999</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1675613066</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.465609433172676</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="9">
-[...233 lines deleted...]
-      <c r="C18" s="11">
+      <c r="B18" s="5">
+        <v>412560851</v>
+      </c>
+      <c r="C18" s="7">
         <v>1</v>
       </c>
-      <c r="D18" s="9">
-[...8 lines deleted...]
-      <c r="G18" s="11">
+      <c r="D18" s="5">
+        <v>237897022</v>
+      </c>
+      <c r="E18" s="7">
         <v>1</v>
       </c>
-      <c r="H18" s="9">
-[...8 lines deleted...]
-      <c r="K18" s="11">
+      <c r="F18" s="5">
+        <v>650457873</v>
+      </c>
+      <c r="G18" s="7">
         <v>1</v>
       </c>
-      <c r="L18" s="9">
-[...2 lines deleted...]
-      <c r="M18" s="11">
+      <c r="H18" s="5">
+        <v>554599999.98399997</v>
+      </c>
+      <c r="I18" s="7">
         <v>1</v>
       </c>
-      <c r="N18" s="9">
-[...14 lines deleted...]
-      <c r="S18" s="11">
+      <c r="J18" s="5">
+        <v>335999999.95740002</v>
+      </c>
+      <c r="K18" s="7">
         <v>1</v>
       </c>
-      <c r="T18" s="9">
-[...8 lines deleted...]
-      <c r="W18" s="11">
+      <c r="L18" s="5">
+        <v>890599999.94140005</v>
+      </c>
+      <c r="M18" s="7">
         <v>1</v>
       </c>
-      <c r="X18" s="9">
-[...2 lines deleted...]
-      <c r="Y18" s="11">
+      <c r="N18" s="5">
+        <v>646686806.96000004</v>
+      </c>
+      <c r="O18" s="7">
         <v>1</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="A21" s="16" t="s">
+      <c r="P18" s="5">
+        <v>1411007722.0469999</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>2057694529.007</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1613847657.944</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1984904744.0044</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>3598752401.9484</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="16"/>
-[...35 lines deleted...]
-    </row>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="13.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>70393976</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.16455564344945101</v>
+      </c>
+      <c r="D7" s="5">
+        <v>35514505</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.189727369055813</v>
+      </c>
+      <c r="F7" s="5">
+        <v>105908481</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.17221752391140299</v>
+      </c>
+      <c r="H7" s="5">
+        <v>102631885.8</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.17493077517219599</v>
+      </c>
+      <c r="J7" s="5">
+        <v>53545409.100000001</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.19722065965296301</v>
+      </c>
+      <c r="L7" s="5">
+        <v>156177294.90000001</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.18198239907873701</v>
+      </c>
+      <c r="N7" s="5">
+        <v>100098724.8</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.174930775188471</v>
+      </c>
+      <c r="P7" s="5">
+        <v>263319007.5</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.197220659631684</v>
+      </c>
+      <c r="R7" s="5">
+        <v>363417732.30000001</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.190533593986251</v>
+      </c>
+      <c r="T7" s="5">
+        <v>273124586.60000002</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.17213359034786199</v>
+      </c>
+      <c r="V7" s="5">
+        <v>352378921.60000002</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.19643873380540899</v>
+      </c>
+      <c r="X7" s="5">
+        <v>625503508.20000005</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.18503078409989601</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>39041894</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.1265820652825E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>12987041</v>
+      </c>
+      <c r="E8" s="7">
+        <v>6.9380021508112705E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>52028935</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.4604124927892502E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>51133032.420000002</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.7153626072567394E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>17589380.539999999</v>
+      </c>
+      <c r="K8" s="7">
+        <v>6.4785932002260002E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>68722412.959999993</v>
+      </c>
+      <c r="M8" s="7">
+        <v>8.0077386338060497E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>49870966.509999998</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.7153626066898401E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>86498885.790000007</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>6.4785931995089599E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>136369852.30000001</v>
+      </c>
+      <c r="S8" s="7">
+        <v>7.1496340879272993E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>140045892.93000001</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.8262293276504103E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>117075307.33</v>
+      </c>
+      <c r="W8" s="7">
+        <v>6.5265325824143502E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>257121200.25999999</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>7.6059265326458195E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>31902937</v>
+      </c>
+      <c r="C9" s="7">
+        <v>7.4577522456783799E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>3521766</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.8814154881511499E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>35424703</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.7604023571604698E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>37926257.759999998</v>
+      </c>
+      <c r="I9" s="7">
+        <v>6.4643357350619005E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>4329517.3509999998</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1.5946656908503699E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>42255775.111000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.9237677823496299E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>36990161.57</v>
+      </c>
+      <c r="O9" s="7">
+        <v>6.4643357352609204E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>21291166.34</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.5946656907791599E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>58281327.909999996</v>
+      </c>
+      <c r="S9" s="7">
+        <v>3.0555886193843501E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>106819356.33</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.7321655485594101E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>29142449.691</v>
+      </c>
+      <c r="W9" s="7">
+        <v>1.6245880688023202E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>135961806.021</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>4.0218990374806703E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>6741041</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.5758114576084298E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>347139</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.8545033688816999E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>7088180</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.15260722947988E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>8013759.3150000004</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.3659040931471999E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>426758.71240000002</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.5718552941670801E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>8440518.0274</v>
+      </c>
+      <c r="M10" s="7">
+        <v>9.8351410240335897E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>7815963.6440000003</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.3659040930058101E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2098661.3509999998</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.5718552941444701E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>9914624.9949999992</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.1980653815863996E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>22570763.958999999</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.42249611634077E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>2872559.0633999999</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.60134965687899E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>25443323.022399999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>7.52641343689527E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>6382932</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.49209853177507E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>378734</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.02329176183039E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>6761666</v>
+      </c>
+      <c r="G11" s="7">
+        <v>1.0995128671857E-2</v>
+      </c>
+      <c r="H11" s="5">
+        <v>8085615.1320000002</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.37815154789332E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>496131.50300000003</v>
+      </c>
+      <c r="K11" s="7">
+        <v>1.8273720182721701E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>8581746.6349999998</v>
+      </c>
+      <c r="M11" s="7">
+        <v>9.9997047709345296E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>7886045.9160000002</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.3781515478983999E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>2439814.3029999998</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>1.82737201839285E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>10325860.219000001</v>
+      </c>
+      <c r="S11" s="7">
+        <v>5.4136688545005302E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>22354593.048</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.4088721963918501E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>3314679.8059999999</v>
+      </c>
+      <c r="W11" s="7">
+        <v>1.8478162686476601E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>25669272.853999998</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>7.5932518701895902E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>29438193</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.8815842865647001E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>568410</v>
+      </c>
+      <c r="E12" s="7">
+        <v>3.0365883980366499E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>30006603</v>
+      </c>
+      <c r="G12" s="7">
+        <v>4.87936643114774E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>37912513.729999997</v>
+      </c>
+      <c r="I12" s="7">
+        <v>6.4619931357779201E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>757012.07019999996</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.7882580852314201E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>38669525.8002</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.5058874152375403E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>36976756.770000003</v>
+      </c>
+      <c r="O12" s="7">
+        <v>6.46199313593218E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3722740.5750000002</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.7882580859231502E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>40699497.344999999</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.13380383326351E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>104327463.5</v>
+      </c>
+      <c r="U12" s="7">
+        <v>6.5751169045945204E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5048162.6452000001</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.8141713856327699E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>109375626.1452</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.2354507371671802E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>29356317</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.8624446404917702E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>11116976</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.9389666513347601E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>40473293</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.5813523517542702E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>39796913.93</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.7831794660798098E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>15584904.92</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.74029647100242E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>55381818.850000001</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.4532531864636797E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>38814646.189999998</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.7831794663211598E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>76641522.890000001</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.7402964727271397E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>115456169.08</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.0531660641526201E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>107967877.12</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.8045497339719804E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>103343403.81</v>
+      </c>
+      <c r="W13" s="7">
+        <v>5.7610277310007799E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>211311280.93000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.2508189781614598E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17162596</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.01199390703968E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>18205044</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.7255898728289103E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>35367640</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5.7511233565798098E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>22103162.260000002</v>
+      </c>
+      <c r="I14" s="7">
+        <v>3.7673704207612201E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>24245593.93</v>
+      </c>
+      <c r="K14" s="7">
+        <v>8.9302371742500594E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>46348756.189999998</v>
+      </c>
+      <c r="M14" s="7">
+        <v>5.4006940324919601E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>21557611.84</v>
+      </c>
+      <c r="O14" s="7">
+        <v>3.7673704214695E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>119231990.90000001</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>8.9302371741990405E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>140789602.74000001</v>
+      </c>
+      <c r="S14" s="7">
+        <v>7.3813539136292405E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>60823370.100000001</v>
+      </c>
+      <c r="U14" s="7">
+        <v>3.8333220757247599E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>161682628.83000001</v>
+      </c>
+      <c r="W14" s="7">
+        <v>9.0132323299825706E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>222505998.93000001</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.5819709896470499E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>19670267</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.5981966454168001E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1137449</v>
+      </c>
+      <c r="E15" s="7">
+        <v>6.0765370714069003E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>20807716</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.3835376486720498E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>25332712.09</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.3178305928758098E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1514861.8470000001</v>
+      </c>
+      <c r="K15" s="7">
+        <v>5.57960164596905E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>26847573.936999999</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.1283586501017299E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>24707449.890000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.3178305925711397E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>7449600.7180000003</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>5.5796016457210296E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>32157050.607999999</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.6859382137364098E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>69710428.980000004</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.3934186132392097E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>10101911.564999999</v>
+      </c>
+      <c r="W15" s="7">
+        <v>5.63145692095454E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>79812340.545000002</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.3609363909702301E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>19483309</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.5544926301925102E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>523752</v>
+      </c>
+      <c r="E16" s="7">
+        <v>2.798014191602E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>20007061</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.25334333344314E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>27373019.800000001</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.6655905570604603E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>760948.64780000004</v>
+      </c>
+      <c r="K16" s="7">
+        <v>2.8027574502394901E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>28133968.447799999</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.2782531398142002E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>26697398.710000001</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.6655905569098502E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>3742099.39</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>2.80275745040214E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>30439498.100000001</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.59588992408961E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>73553727.510000005</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.6356380278232301E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>5026800.0378</v>
+      </c>
+      <c r="W16" s="7">
+        <v>2.80226249071538E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>78580527.547800004</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.32449801424678E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>158208743</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.36983479245005102</v>
+      </c>
+      <c r="D17" s="5">
+        <v>102886226</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.54964395452116799</v>
+      </c>
+      <c r="F17" s="5">
+        <v>261094969</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.42456589540647399</v>
+      </c>
+      <c r="H17" s="5">
+        <v>226391127.80000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.38587204326865998</v>
+      </c>
+      <c r="J17" s="5">
+        <v>152249481.40000001</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.56077157048986903</v>
+      </c>
+      <c r="L17" s="5">
+        <v>378640609.19999999</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.44120322672364698</v>
+      </c>
+      <c r="N17" s="5">
+        <v>220803340.19999999</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.38587204325094099</v>
+      </c>
+      <c r="P17" s="5">
+        <v>748713718.20000005</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.56077157050158899</v>
+      </c>
+      <c r="R17" s="5">
+        <v>969517058.39999998</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.50830092521583203</v>
+      </c>
+      <c r="T17" s="5">
+        <v>605403211</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.381548324209177</v>
+      </c>
+      <c r="V17" s="5">
+        <v>1003849425.6</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.559610402349762</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1609252636.5999999</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.47603454378982701</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>427782205</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>187187042</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>614969247</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>586700000.03699994</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>271500000.02139997</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>858200000.05840003</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>572219066.03999996</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1335149207.957</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>1907368273.997</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1586701271.0769999</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1793836249.9784</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>3380537521.0553999</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
     <mergeCell ref="R5:S5"/>
-    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-  </mergeCells>
-[...1220 lines deleted...]
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="14.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>52942482</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.139293708658624</v>
+      </c>
+      <c r="D7" s="5">
+        <v>48361780</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.246506180025513</v>
+      </c>
+      <c r="F7" s="5">
+        <v>101304262</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.17579397587928</v>
+      </c>
+      <c r="H7" s="5">
+        <v>78800361.159999996</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.153278274948667</v>
+      </c>
+      <c r="J7" s="5">
+        <v>74038060.060000002</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.26555975625647599</v>
+      </c>
+      <c r="L7" s="5">
+        <v>152838421.22</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.19275876049618901</v>
+      </c>
+      <c r="N7" s="5">
+        <v>79316367.409999996</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.153278274964985</v>
+      </c>
+      <c r="P7" s="5">
+        <v>441504111.89999998</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.26555975632262002</v>
+      </c>
+      <c r="R7" s="5">
+        <v>520820479.31</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.238907605175502</v>
+      </c>
+      <c r="T7" s="5">
+        <v>211059210.56999999</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.149513002123705</v>
+      </c>
+      <c r="V7" s="5">
+        <v>563903951.96000004</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.26381096225766698</v>
+      </c>
+      <c r="X7" s="5">
+        <v>774963162.52999997</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.21835023043479601</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>32798926</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8.6295237207801301E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>13304299</v>
+      </c>
+      <c r="E8" s="7">
+        <v>6.7813714143839396E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>46103225</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.0003240373115195E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>42099663.479999997</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.1890028156487799E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>17564663.800000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>6.3000946184636406E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>59664327.280000001</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.5248237194082995E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>42375343.549999997</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.1890028155445896E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>104741686.7</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>6.3000946190898202E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>147117030.25</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.7484630067012302E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>117273933.03</v>
+      </c>
+      <c r="U8" s="7">
+        <v>8.3076108125375095E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>135610649.5</v>
+      </c>
+      <c r="W8" s="7">
+        <v>6.3442676385995406E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>252884582.53</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>7.1251653676757898E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>23423225</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.1627406871392801E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>5735823</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2.9236223667376899E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>29159048</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.05998946103055E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>27290050.949999999</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.3083156870105397E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>6873568.1169999996</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.46541180614883E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>34163619.067000002</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.3086920244614101E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>27468753.649999999</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.30831568867247E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>40988494.090000004</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2.4654118068637501E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>68457247.739999995</v>
+      </c>
+      <c r="S9" s="7">
+        <v>3.1402292659722303E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>78182029.599999994</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.5383652417024101E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>53597885.207000002</v>
+      </c>
+      <c r="W9" s="7">
+        <v>2.50746773848423E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>131779914.807</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.7129732297013898E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>5796881</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.52518171162189E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>518884</v>
+      </c>
+      <c r="E10" s="7">
+        <v>2.64481813358313E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6315765</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.0959790024127501E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6753859.8059999999</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.3137249183501299E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>621808.67830000003</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.2303037237022599E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7375668.4842999997</v>
+      </c>
+      <c r="M10" s="7">
+        <v>9.3021421152865696E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>6798085.9220000003</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.3137249185929499E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>3707972.4679999999</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2.2303037242744701E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>10506058.390000001</v>
+      </c>
+      <c r="S10" s="7">
+        <v>4.8192752579817701E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>19348826.728</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.37065857673868E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>4848665.1463000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>2.26834909289897E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>24197491.874299999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.8177794534755899E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4477377</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.1780151285555899E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>643462</v>
+      </c>
+      <c r="E11" s="7">
+        <v>3.2798081379878199E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>5120839</v>
+      </c>
+      <c r="G11" s="7">
+        <v>8.8862267971280308E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5558592.5619999999</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.08122788589241E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>821661.47699999996</v>
+      </c>
+      <c r="K11" s="7">
+        <v>2.9471358566206E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>6380254.0389999999</v>
+      </c>
+      <c r="M11" s="7">
+        <v>8.0467322967054198E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>5594991.7419999996</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.08122788607307E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>4899735.6279999996</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>2.9471358575062401E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>10494727.369999999</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.8140775613474502E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>15630961.304</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.10728735520661E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>6364859.1050000004</v>
+      </c>
+      <c r="W11" s="7">
+        <v>2.9776695114270601E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>21995820.409000002</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>6.1974461330884297E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>32690575</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8.6010161554814904E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>560631</v>
+      </c>
+      <c r="E12" s="7">
+        <v>2.85760793365925E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>33251206</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.77010442613064E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>41261244.439999998</v>
+      </c>
+      <c r="I12" s="7">
+        <v>8.0259179994835603E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>727822.89729999995</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.6105555851711499E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>41989067.337300003</v>
+      </c>
+      <c r="M12" s="7">
+        <v>5.2956321517339901E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>41531434.32</v>
+      </c>
+      <c r="O12" s="7">
+        <v>8.0259180006125405E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>4340156.9630000005</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.6105555858498102E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>45871591.283</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.1041937585729899E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>115483253.76000001</v>
+      </c>
+      <c r="U12" s="7">
+        <v>8.1807602321836204E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5628610.8602999998</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.6332307870313102E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>121111864.62029999</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.4123949146042901E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>25354414</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.6708439489597898E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10354039</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.2775861470052997E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>35708453</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.1965121717864301E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>33686022.530000001</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.5524260895155798E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>14149294.869999999</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.0750698949069702E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>47835317.399999999</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.0329571689917302E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>33906607.789999999</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.5524260901921594E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>84375142.439999998</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.07506989450821E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>118281750.23</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.4257485651973303E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>92947044.319999993</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.5843094917666503E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>108878476.31</v>
+      </c>
+      <c r="W13" s="7">
+        <v>5.09365744018178E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>201825520.63</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.6865475764439503E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17223420</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.5315481196841298E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>28684940</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.14621080910713</v>
+      </c>
+      <c r="F14" s="5">
+        <v>45908360</v>
+      </c>
+      <c r="G14" s="7">
+        <v>7.9665089811298606E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>21738979.59</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.22855078536227E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>37239389.439999998</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0.13357026338632</v>
+      </c>
+      <c r="L14" s="5">
+        <v>58978369.030000001</v>
+      </c>
+      <c r="M14" s="7">
+        <v>7.4383111390200193E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>21881332.350000001</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.2285507847408803E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>222066104.19999999</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>0.133570263400452</v>
+      </c>
+      <c r="R14" s="5">
+        <v>243947436.55000001</v>
+      </c>
+      <c r="S14" s="7">
+        <v>0.111902085594014</v>
+      </c>
+      <c r="T14" s="5">
+        <v>60843731.939999998</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.3101312651514297E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>287990433.63999999</v>
+      </c>
+      <c r="W14" s="7">
+        <v>0.13473045038166401</v>
+      </c>
+      <c r="X14" s="5">
+        <v>348834165.57999998</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>9.8285988445256003E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>17795226</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.68199247998679E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1369678</v>
+      </c>
+      <c r="E15" s="7">
+        <v>6.9814240014528899E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>19164904</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.3256988452319301E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>22460699.140000001</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.3689358368928302E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1778144.645</v>
+      </c>
+      <c r="K15" s="7">
+        <v>6.3778502317900602E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>24238843.785</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.0569862254282099E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>22607777.920000002</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.3689358369836E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>10603440.6</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>6.3778502306568799E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>33211218.52</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.5234448330613401E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>62863703.060000002</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.4532247342963002E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>13751263.244999999</v>
+      </c>
+      <c r="W15" s="7">
+        <v>6.4332480315358103E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>76614966.305000007</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.1586697737782198E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>21973531</v>
+      </c>
+      <c r="C16" s="7">
+        <v>5.7813206137846601E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>457513</v>
+      </c>
+      <c r="E16" s="7">
+        <v>2.33200229482894E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>22431044</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.8924743441525501E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>30255767.5</v>
+      </c>
+      <c r="I16" s="7">
+        <v>5.8851911100149E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>647948.67449999996</v>
+      </c>
+      <c r="K16" s="7">
+        <v>2.3240626770539702E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>30903716.1745</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.8975553247491398E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>30453890.52</v>
+      </c>
+      <c r="O16" s="7">
+        <v>5.8851911116262097E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>3863850.6170000001</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>2.3240626772462101E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>34317741.137000002</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.5742025661002201E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>82683189.019999996</v>
+      </c>
+      <c r="U16" s="7">
+        <v>5.8572245116220202E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>4969312.2915000003</v>
+      </c>
+      <c r="W16" s="7">
+        <v>2.3247913990013299E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>87652501.311499998</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.4696585315190801E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>145601999</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.383084465681439</v>
+      </c>
+      <c r="D17" s="5">
+        <v>86197866</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.43936155108457597</v>
+      </c>
+      <c r="F17" s="5">
+        <v>231799865</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.402243884631729</v>
+      </c>
+      <c r="H17" s="5">
+        <v>204194758.90000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.39718879376962302</v>
+      </c>
+      <c r="J17" s="5">
+        <v>124337637.40000001</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.44597430908767199</v>
+      </c>
+      <c r="L17" s="5">
+        <v>328532396.30000001</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.41434278755389098</v>
+      </c>
+      <c r="N17" s="5">
+        <v>205531881.80000001</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.39718879370463001</v>
+      </c>
+      <c r="P17" s="5">
+        <v>741450790.39999998</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.44597430899677698</v>
+      </c>
+      <c r="R17" s="5">
+        <v>946982672.20000005</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.434394136455101</v>
+      </c>
+      <c r="T17" s="5">
+        <v>555328639.70000005</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.39339127566424298</v>
+      </c>
+      <c r="V17" s="5">
+        <v>951986293.79999995</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.44536737036611901</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1507314933.5</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.42469446159615698</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>380078056</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>196188915</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>576266971</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>514100000.05800003</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>278800000.05909997</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>792900000.1171</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>517466466.97399998</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1662541486.006</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>2180007952.98</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1411644523.0320001</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>2137530401.0651</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>3549174924.0970998</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
     <mergeCell ref="R5:S5"/>
-    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
-    <mergeCell ref="A20:J20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-  </mergeCells>
-[...1235 lines deleted...]
-    <mergeCell ref="L5:M5"/>
     <mergeCell ref="N4:S4"/>
-    <mergeCell ref="N5:O5"/>
-[...1230 lines deleted...]
-    <mergeCell ref="A24:E24"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="14.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="14.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="15.5703125" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="15.5703125" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>53123243</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.123938005430799</v>
+      </c>
+      <c r="D7" s="5">
+        <v>61304664</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.30048861319105602</v>
+      </c>
+      <c r="F7" s="5">
+        <v>114427907</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.18087246776541299</v>
+      </c>
+      <c r="H7" s="5">
+        <v>71963788.310000002</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.13306913519919</v>
+      </c>
+      <c r="J7" s="5">
+        <v>91267561.719999999</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.313742047823454</v>
+      </c>
+      <c r="L7" s="5">
+        <v>163231350.03</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.196262294136511</v>
+      </c>
+      <c r="N7" s="5">
+        <v>68895318.650000006</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.13306913519976299</v>
+      </c>
+      <c r="P7" s="5">
+        <v>428013169</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.31374204786054999</v>
+      </c>
+      <c r="R7" s="5">
+        <v>496908487.64999998</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.26403764503854898</v>
+      </c>
+      <c r="T7" s="5">
+        <v>193982349.96000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.130437386220983</v>
+      </c>
+      <c r="V7" s="5">
+        <v>580585394.72000003</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.31228765194468899</v>
+      </c>
+      <c r="X7" s="5">
+        <v>774567744.67999995</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.231469566324496</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>35590798</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8.3034322957475801E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>10114363</v>
+      </c>
+      <c r="E8" s="7">
+        <v>4.9576177616452298E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>45705161</v>
+      </c>
+      <c r="G8" s="7">
+        <v>7.2244660209379905E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>41890273.729999997</v>
+      </c>
+      <c r="I8" s="7">
+        <v>7.7459825690330594E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>13083004.85</v>
+      </c>
+      <c r="K8" s="7">
+        <v>4.4974234612687097E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>54973278.579999998</v>
+      </c>
+      <c r="M8" s="7">
+        <v>6.6097485368670994E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>40104111.030000001</v>
+      </c>
+      <c r="O8" s="7">
+        <v>7.7459825678843297E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>61354749.289999999</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>4.4974234632054501E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>101458860.31999999</v>
+      </c>
+      <c r="S8" s="7">
+        <v>5.3911251695215101E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>117585182.76000001</v>
+      </c>
+      <c r="U8" s="7">
+        <v>7.9066491877707396E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>84552117.140000001</v>
+      </c>
+      <c r="W8" s="7">
+        <v>4.5479239348308297E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>202137299.90000001</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.0406121307294398E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>24687989</v>
+      </c>
+      <c r="C9" s="7">
+        <v>5.7597765911194497E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>5341044</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2.6179458459350002E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>30029033</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4.7465914965297999E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>26856356.129999999</v>
+      </c>
+      <c r="I9" s="7">
+        <v>4.9660421841966298E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>6385295.8099999996</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.1950140286797201E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>33241651.940000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.9968320236478803E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>25711225.829999998</v>
+      </c>
+      <c r="O9" s="7">
+        <v>4.9660421827860998E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>29944819.859999999</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2.19501402904069E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>55656045.689999998</v>
+      </c>
+      <c r="S9" s="7">
+        <v>2.95734357560344E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>77255570.959999993</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.1948101201526702E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>41671159.670000002</v>
+      </c>
+      <c r="W9" s="7">
+        <v>2.24142541743278E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>118926730.63</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.5539717413212102E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>6404290</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.49413869330306E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>477042</v>
+      </c>
+      <c r="E10" s="7">
+        <v>2.33825095287836E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6881332</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.0877097492949E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6663880.5889999997</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.2322264403716501E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>545514.53630000004</v>
+      </c>
+      <c r="K10" s="7">
+        <v>1.8752648203892901E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7209395.1253000004</v>
+      </c>
+      <c r="M10" s="7">
+        <v>8.6682639478746701E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>6379738.8569999998</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.23222644025221E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2558273.7289999998</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>1.87526482093897E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>8938012.5859999992</v>
+      </c>
+      <c r="S10" s="7">
+        <v>4.7493086819531396E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>19447909.445999999</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.3077140658011801E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3580830.2653000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>1.9260716610039999E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>23028739.711300001</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>6.8818414277972504E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4290752</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.00104439158244E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>517630</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.5371955524637799E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>4808382</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.6004529061148799E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5050203.5880000005</v>
+      </c>
+      <c r="I11" s="7">
+        <v>9.3383942093223891E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>669558.31059999997</v>
+      </c>
+      <c r="K11" s="7">
+        <v>2.30167861993866E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>5719761.8986</v>
+      </c>
+      <c r="M11" s="7">
+        <v>6.8771935778729303E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>4834867.5580000002</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.3383942095817303E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>3139995.952</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>2.3016786202069298E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>7974863.5099999998</v>
+      </c>
+      <c r="S11" s="7">
+        <v>4.2375291085134199E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>14175823.146</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9.5320905179075797E-3</v>
+      </c>
+      <c r="V11" s="5">
+        <v>4327184.2626</v>
+      </c>
+      <c r="W11" s="7">
+        <v>2.3275236083936798E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>18503007.408599999</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>5.5293847826531697E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>35148468</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8.2002354748339806E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>612348</v>
+      </c>
+      <c r="E12" s="7">
+        <v>3.0014617046154402E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>35760816</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.6525957773787397E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>40702400.039999999</v>
+      </c>
+      <c r="I12" s="7">
+        <v>7.52633136894163E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>779301.32660000003</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.6789320265739E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>41481701.366599999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.9875798205420097E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>38966887.189999998</v>
+      </c>
+      <c r="O12" s="7">
+        <v>7.5263313696858902E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3654652.585</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2.6789320265908699E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>42621539.774999999</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.2647411484817401E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>114817755.23</v>
+      </c>
+      <c r="U12" s="7">
+        <v>7.7205621475613495E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>5046301.9116000002</v>
+      </c>
+      <c r="W12" s="7">
+        <v>2.7143255571173502E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>119864057.1416</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.5819825334868702E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>28851221</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.7310702115516194E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>13234816</v>
+      </c>
+      <c r="E13" s="7">
+        <v>6.4871271550869303E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>42086037</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.6524028711426902E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>34523773.18</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.3838337985845095E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>17404656.59</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.9830376722050202E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>51928429.770000003</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.243649124812E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>33051711.280000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.3838337975403794E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>81621795.120000005</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.98303767401209E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>114673506.40000001</v>
+      </c>
+      <c r="S13" s="7">
+        <v>6.0932995371766503E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>96426705.459999993</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.4839133172149496E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>112261267.70999999</v>
+      </c>
+      <c r="W13" s="7">
+        <v>6.0383550837336299E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>208687973.16999999</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>6.2363705406754698E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>18175319</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.24035254197207E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>22035135</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.108006580994029</v>
+      </c>
+      <c r="F14" s="5">
+        <v>40210454</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6.3559355716849994E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>21748840.050000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.0216050391511299E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>28977656.940000001</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9.9613808653867403E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>50726496.990000002</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.0991339414496602E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>20821489.530000001</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.0216050373518497E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>135895147.59999999</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>9.9613808617032701E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>156716637.13</v>
+      </c>
+      <c r="S14" s="7">
+        <v>8.3273063017815702E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>60745648.579999998</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.0846518390499999E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>186907939.53999999</v>
+      </c>
+      <c r="W14" s="7">
+        <v>0.100534808659657</v>
+      </c>
+      <c r="X14" s="5">
+        <v>247653588.12</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>7.4008076161917E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>18111742</v>
+      </c>
+      <c r="C15" s="7">
+        <v>4.2255198508066E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1149308</v>
+      </c>
+      <c r="E15" s="7">
+        <v>5.6334044510771104E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>19261050</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.0445314753969999E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>20318215.239999998</v>
+      </c>
+      <c r="I15" s="7">
+        <v>3.7570664278135199E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1416952.3870000001</v>
+      </c>
+      <c r="K15" s="7">
+        <v>4.8709260463161101E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>21735167.627</v>
+      </c>
+      <c r="M15" s="7">
+        <v>2.6133422661349399E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>19451865.25</v>
+      </c>
+      <c r="O15" s="7">
+        <v>3.7570664270957899E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6645014.6129999999</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>4.8709260456093499E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>26096879.863000002</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.38668565201362E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>57881822.490000002</v>
+      </c>
+      <c r="U15" s="7">
+        <v>3.8920827780771397E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9211275</v>
+      </c>
+      <c r="W15" s="7">
+        <v>4.95459835422506E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>67093097.490000002</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.0049905622901199E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>19619019</v>
+      </c>
+      <c r="C16" s="7">
+        <v>4.5771717727566899E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>427234</v>
+      </c>
+      <c r="E16" s="7">
+        <v>2.0941139513963899E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>20046253</v>
+      </c>
+      <c r="G16" s="7">
+        <v>3.1686459576332301E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>25610609</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.7356895344002101E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>612917.35549999995</v>
+      </c>
+      <c r="K16" s="7">
+        <v>2.1069692521320702E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>26223526.355500001</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.15300304869977E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>24518596.219999999</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.7356895348470401E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2874369.5430000001</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>2.1069692524549699E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>27392965.763</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.45555456395797E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>69748224.219999999</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.6900019835246998E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>3914520.8985000001</v>
+      </c>
+      <c r="W16" s="7">
+        <v>2.1055585465950899E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>73662745.118499994</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.2013159964329902E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>184624704</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.43073457633246598</v>
+      </c>
+      <c r="D17" s="5">
+        <v>88803012</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.43527347157581198</v>
+      </c>
+      <c r="F17" s="5">
+        <v>273427716</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.43219829012847799</v>
+      </c>
+      <c r="H17" s="5">
+        <v>245471660.09999999</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.45390469696656399</v>
+      </c>
+      <c r="J17" s="5">
+        <v>129757580.2</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.446055621135794</v>
+      </c>
+      <c r="L17" s="5">
+        <v>375229240.30000001</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.45115936071620699</v>
+      </c>
+      <c r="N17" s="5">
+        <v>235004974.59999999</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.45390469701621999</v>
+      </c>
+      <c r="P17" s="5">
+        <v>608517988.70000005</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.44605562109403402</v>
+      </c>
+      <c r="R17" s="5">
+        <v>843522963.29999995</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.44821495768561997</v>
+      </c>
+      <c r="T17" s="5">
+        <v>665101338.70000005</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.44722666886958301</v>
+      </c>
+      <c r="V17" s="5">
+        <v>827078580.89999998</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.44487241730834598</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1492179919.5999999</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.445918696253776</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>428627545</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>204016596</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>632644141</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>540799999.95700002</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>290900000.02600002</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>831699999.98300004</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>517740785.995</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1364219975.9920001</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>1881960761.987</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1487168330.9519999</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1859136572.0179999</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>3346304902.9699998</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
     <mergeCell ref="R5:S5"/>
-    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
-  </mergeCells>
-[...1221 lines deleted...]
-    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
-    <mergeCell ref="A21:J21"/>
-    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T4:Y4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="15.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="15.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="16.7109375" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>55617991.100000001</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.148458483831785</v>
+      </c>
+      <c r="D7" s="5">
+        <v>62765355.649999999</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.32032983098679302</v>
+      </c>
+      <c r="F7" s="5">
+        <v>118383346.75</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.20748025729522099</v>
+      </c>
+      <c r="H7" s="5">
+        <v>81922671.540000007</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.166171747530134</v>
+      </c>
+      <c r="J7" s="5">
+        <v>91765387.650000006</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.345502212576416</v>
+      </c>
+      <c r="L7" s="5">
+        <v>173688059.19</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.228958685982456</v>
+      </c>
+      <c r="N7" s="5">
+        <v>79394792.969999999</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.16617174755661299</v>
+      </c>
+      <c r="P7" s="5">
+        <v>395964661.19999999</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.34550221254215002</v>
+      </c>
+      <c r="R7" s="5">
+        <v>475359454.17000002</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.29273733989519202</v>
+      </c>
+      <c r="T7" s="5">
+        <v>216935455.61000001</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.16123944594681899</v>
+      </c>
+      <c r="V7" s="5">
+        <v>550495404.5</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.34243410744640601</v>
+      </c>
+      <c r="X7" s="5">
+        <v>767430860.11000001</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.25988006466452301</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>34414254.950000003</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.186034970036E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>10602619.1</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.4111621756107203E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>45016874.049999997</v>
+      </c>
+      <c r="G8" s="7">
+        <v>7.8897183319583494E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>44042626.920000002</v>
+      </c>
+      <c r="I8" s="7">
+        <v>8.9335957233043703E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>13468465.050000001</v>
+      </c>
+      <c r="K8" s="7">
+        <v>5.0709582272255797E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>57511091.969999999</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.5812143380927802E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>42683608.579999998</v>
+      </c>
+      <c r="O8" s="7">
+        <v>8.9335957238922695E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>58115988.369999997</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>5.07095822770076E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>100799596.95</v>
+      </c>
+      <c r="S8" s="7">
+        <v>6.2074721802204497E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>121140490.45</v>
+      </c>
+      <c r="U8" s="7">
+        <v>9.0038880490790396E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>82187072.519999996</v>
+      </c>
+      <c r="W8" s="7">
+        <v>5.1124235719245202E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>203327562.97</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.8854124793925497E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>23830857.649999999</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.3610585804313599E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>4759143.6500000004</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2.4288808137206401E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>28590001.300000001</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.0107223597264203E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>27358698.760000002</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.5494317966424497E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>5423188.2529999996</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.0418630472923499E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>32781887.013</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.3213665979831201E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>26514494.5</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.5494317975109897E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>23400880.809999999</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2.0418630467647698E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>49915375.310000002</v>
+      </c>
+      <c r="S9" s="7">
+        <v>3.0739041918568698E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>77704050.909999996</v>
+      </c>
+      <c r="U9" s="7">
+        <v>5.7754312596443501E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>33583212.713</v>
+      </c>
+      <c r="W9" s="7">
+        <v>2.0890342365353799E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>111287263.623</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.76859242571215E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>6227049.0999999996</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.66215688457702E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>572261.85</v>
+      </c>
+      <c r="E10" s="7">
+        <v>2.9206007006938699E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6799310.9500000002</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.19165644836461E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6846815.4060000004</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.3888063702558099E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>624555.77</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.3514900981554E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7471371.176</v>
+      </c>
+      <c r="M10" s="7">
+        <v>9.8488942470873302E-3</v>
+      </c>
+      <c r="N10" s="5">
+        <v>6635544.0010000002</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.3888063705281201E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>2694937.821</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2.3514900976193999E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>9330481.8220000006</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5.7459263817143296E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>19709408.506999999</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.4649214895150199E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>3891755.4410000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>2.4208554511893801E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>23601163.947999999</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>7.9922144544527507E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>3981755.25</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.0628311733543601E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>1318465.95</v>
+      </c>
+      <c r="E11" s="7">
+        <v>6.7289346256630697E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>5300221.2</v>
+      </c>
+      <c r="G11" s="7">
+        <v>9.2892394790957903E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>4639427.97</v>
+      </c>
+      <c r="I11" s="7">
+        <v>9.4106044007446505E-3</v>
+      </c>
+      <c r="J11" s="5">
+        <v>1524856.2169999999</v>
+      </c>
+      <c r="K11" s="7">
+        <v>5.7411755164574101E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>6164284.1869999999</v>
+      </c>
+      <c r="M11" s="7">
+        <v>8.1258689518433503E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>4496269.6679999996</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.4106044019746996E-3</v>
+      </c>
+      <c r="P11" s="5">
+        <v>6579704.9510000004</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>5.7411755169151403E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>11075974.619000001</v>
+      </c>
+      <c r="S11" s="7">
+        <v>6.8208411934796301E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>13117452.888</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9.7496779857737907E-3</v>
+      </c>
+      <c r="V11" s="5">
+        <v>9423027.1180000007</v>
+      </c>
+      <c r="W11" s="7">
+        <v>5.86156733411134E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>22540480.006000001</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>7.6330282062009296E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>29023878.149999999</v>
+      </c>
+      <c r="C12" s="7">
+        <v>7.7472070814644703E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>966865.75</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4.9345046973285102E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>29990743.899999999</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.2562184054380803E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>34858344.950000003</v>
+      </c>
+      <c r="I12" s="7">
+        <v>7.0706582042084201E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1152623.8419999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>4.3396982007881096E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>36010968.792000003</v>
+      </c>
+      <c r="M12" s="7">
+        <v>4.7470298960230702E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>33782724.960000001</v>
+      </c>
+      <c r="O12" s="7">
+        <v>7.0706582054427702E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>4973534.3660000004</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>4.3396982003388396E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>38756259.325999998</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.3867000350694799E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>97664948.060000002</v>
+      </c>
+      <c r="U12" s="7">
+        <v>7.2590448939474306E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>7093023.9579999996</v>
+      </c>
+      <c r="W12" s="7">
+        <v>4.4121954666629798E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>104757972.01800001</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.54748681050693E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>23572081.050000001</v>
+      </c>
+      <c r="C13" s="7">
+        <v>6.29198456152609E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10924170.1</v>
+      </c>
+      <c r="E13" s="7">
+        <v>5.5752692318313701E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>34496251.149999999</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.0458597098434999E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>29680479.579999998</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.0203812529879601E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>13653108.560000001</v>
+      </c>
+      <c r="K13" s="7">
+        <v>5.1404776210586797E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>43333588.140000001</v>
+      </c>
+      <c r="M13" s="7">
+        <v>5.7123105904395698E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>28764632.390000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.0203812533096097E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>58912719.109999999</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>5.1404776218396502E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>87677351.5</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.3993739731085302E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>82017193.019999996</v>
+      </c>
+      <c r="U13" s="7">
+        <v>6.0960098585417802E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>83489997.769999996</v>
+      </c>
+      <c r="W13" s="7">
+        <v>5.1934716681313102E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>165507190.78999999</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.6046768094240598E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>17158142.809999999</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.5799422391252897E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>18423827.850000001</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.4028012750060494E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>35581970.659999996</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6.2361443820288097E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>22324601</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.52831663243752E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>23793777.48</v>
+      </c>
+      <c r="K14" s="7">
+        <v>8.9585005582340504E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>46118378.479999997</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.0794066015047603E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>21635733.32</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.5283166325677499E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>102669375.5</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>8.9585005611533E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>124305108.81999999</v>
+      </c>
+      <c r="S14" s="7">
+        <v>7.6549959345787399E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>61118477.130000003</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.5426919089109397E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>144886980.83000001</v>
+      </c>
+      <c r="W14" s="7">
+        <v>9.0126536126470994E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>206005457.96000001</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>6.9760957655802106E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>18875082.960000001</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.0382369859467403E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1309653.45</v>
+      </c>
+      <c r="E15" s="7">
+        <v>6.6839590717713204E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>20184736.41</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.5376042481946701E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>22325932.710000001</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.5285867561697501E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1537613.683</v>
+      </c>
+      <c r="K15" s="7">
+        <v>5.7892081444748398E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>23863546.392999999</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.1457350899670999E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>21637023.940000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.5285867568073998E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6634752.9979999997</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>5.7892081417887402E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>28271776.938000001</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.7410413745511801E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>62838039.609999999</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.67050010917332E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9482020.1309999991</v>
+      </c>
+      <c r="W15" s="7">
+        <v>5.8982637707883602E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>72320059.740999997</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.4490208537273701E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>14156526.310000001</v>
+      </c>
+      <c r="C16" s="7">
+        <v>3.77873488549531E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>480205.8</v>
+      </c>
+      <c r="E16" s="7">
+        <v>2.4507826198046602E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>14636732.109999999</v>
+      </c>
+      <c r="G16" s="7">
+        <v>2.56525349849854E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>20093643.309999999</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.07578971767244E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>676549.3652</v>
+      </c>
+      <c r="K16" s="7">
+        <v>2.5472491162496498E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>20770192.6752</v>
+      </c>
+      <c r="M16" s="7">
+        <v>2.73796370613715E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>19473616.039999999</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.0757897181443903E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>2919288.4920000001</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>2.5472491155603002E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>22392904.532000002</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.3790068226728401E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>53723785.659999996</v>
+      </c>
+      <c r="U16" s="7">
+        <v>3.99307407340415E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>4076043.6571999998</v>
+      </c>
+      <c r="W16" s="7">
+        <v>2.5354914141992001E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>57799829.317199998</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>1.9573129204628701E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>147779044.5</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.39445964254864901</v>
+      </c>
+      <c r="D17" s="5">
+        <v>83817207.849999994</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.42777025233625698</v>
+      </c>
+      <c r="F17" s="5">
+        <v>231596252.34999999</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.40589872938515298</v>
+      </c>
+      <c r="H17" s="5">
+        <v>198906757.90000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.40346198353233398</v>
+      </c>
+      <c r="J17" s="5">
+        <v>111979874.09999999</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.42161097180935198</v>
+      </c>
+      <c r="L17" s="5">
+        <v>310886632</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.40981628261713798</v>
+      </c>
+      <c r="N17" s="5">
+        <v>192769114.59999999</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.403461983459379</v>
+      </c>
+      <c r="P17" s="5">
+        <v>483189512.39999998</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.42161097181104301</v>
+      </c>
+      <c r="R17" s="5">
+        <v>675958627</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.41627094740903298</v>
+      </c>
+      <c r="T17" s="5">
+        <v>539454917</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.40095525964524698</v>
+      </c>
+      <c r="V17" s="5">
+        <v>678986594.35000002</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.42236168822426001</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1218441511.3499999</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.41260871202676203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>374636663.82999998</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>195939777</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>570576440.83000004</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>493000000.046</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>265599999.9702</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>758600000.01619995</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>477787554.96899998</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1146055356.0179999</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>1623842910.987</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1345424218.845</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1607595132.9881999</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>2953019351.8332</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
     <mergeCell ref="R5:S5"/>
-    <mergeCell ref="N4:S4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
+    <mergeCell ref="T4:Y4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="78" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:Y500"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="18.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="14.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="10" width="14.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="14.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="14.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10" customWidth="1"/>
+    <col min="18" max="18" width="14.5703125" customWidth="1"/>
+    <col min="19" max="19" width="10" customWidth="1"/>
+    <col min="20" max="20" width="15.5703125" customWidth="1"/>
+    <col min="21" max="21" width="10" customWidth="1"/>
+    <col min="22" max="22" width="15.5703125" customWidth="1"/>
+    <col min="23" max="23" width="10" customWidth="1"/>
+    <col min="24" max="24" width="15.5703125" customWidth="1"/>
+    <col min="25" max="25" width="10" customWidth="1"/>
+    <col min="26" max="100" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+    </row>
+    <row r="2" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="9"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="9"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="9"/>
+    </row>
+    <row r="3" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="M4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="S4" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T4" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y4" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="X6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="5">
+        <v>45613338.350000001</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.13263203148897701</v>
+      </c>
+      <c r="D7" s="5">
+        <v>50799479.200000003</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.29299804306850202</v>
+      </c>
+      <c r="F7" s="5">
+        <v>96412817.549999997</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.186381625556608</v>
+      </c>
+      <c r="H7" s="5">
+        <v>64838501.25</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.145573644470992</v>
+      </c>
+      <c r="J7" s="5">
+        <v>73480452.469999999</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.31096255809863299</v>
+      </c>
+      <c r="L7" s="5">
+        <v>138318953.72</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.20290296864020699</v>
+      </c>
+      <c r="N7" s="5">
+        <v>61952154.219999999</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.14557364446705601</v>
+      </c>
+      <c r="P7" s="5">
+        <v>356250100.19999999</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.31096255809446299</v>
+      </c>
+      <c r="R7" s="5">
+        <v>418202254.42000002</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.26616585751968902</v>
+      </c>
+      <c r="T7" s="5">
+        <v>172403993.81999999</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.14191012992180299</v>
+      </c>
+      <c r="V7" s="5">
+        <v>480530031.87</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.308959969603045</v>
+      </c>
+      <c r="X7" s="5">
+        <v>652934025.69000006</v>
+      </c>
+      <c r="Y7" s="7">
+        <v>0.235699545083289</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="5">
+        <v>32927343.809999999</v>
+      </c>
+      <c r="C8" s="7">
+        <v>9.5744373445016698E-2</v>
+      </c>
+      <c r="D8" s="5">
+        <v>8693717.8499999996</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.0143079361327503E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>41621061.659999996</v>
+      </c>
+      <c r="G8" s="7">
+        <v>8.0460267905349603E-2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>40324823.729999997</v>
+      </c>
+      <c r="I8" s="7">
+        <v>9.0536200557634394E-2</v>
+      </c>
+      <c r="J8" s="5">
+        <v>10834098.35</v>
+      </c>
+      <c r="K8" s="7">
+        <v>4.5848913886093003E-2</v>
+      </c>
+      <c r="L8" s="5">
+        <v>51158922.079999998</v>
+      </c>
+      <c r="M8" s="7">
+        <v>7.5046093708010103E-2</v>
+      </c>
+      <c r="N8" s="5">
+        <v>38529726.18</v>
+      </c>
+      <c r="O8" s="7">
+        <v>9.0536200572176498E-2</v>
+      </c>
+      <c r="P8" s="5">
+        <v>52526195.640000001</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>4.5848913878241297E-2</v>
+      </c>
+      <c r="R8" s="5">
+        <v>91055921.819999993</v>
+      </c>
+      <c r="S8" s="7">
+        <v>5.7952766292660697E-2</v>
+      </c>
+      <c r="T8" s="5">
+        <v>111781893.72</v>
+      </c>
+      <c r="U8" s="7">
+        <v>9.2010531248320204E-2</v>
+      </c>
+      <c r="V8" s="5">
+        <v>72054011.840000004</v>
+      </c>
+      <c r="W8" s="7">
+        <v>4.6327604585360102E-2</v>
+      </c>
+      <c r="X8" s="5">
+        <v>183835905.56</v>
+      </c>
+      <c r="Y8" s="7">
+        <v>6.6362048240136806E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5">
+        <v>23343596</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.7877262917722003E-2</v>
+      </c>
+      <c r="D9" s="5">
+        <v>4501341.45</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2.5962554278177199E-2</v>
+      </c>
+      <c r="F9" s="5">
+        <v>27844937.449999999</v>
+      </c>
+      <c r="G9" s="7">
+        <v>5.3828783737822197E-2</v>
+      </c>
+      <c r="H9" s="5">
+        <v>26545985.59</v>
+      </c>
+      <c r="I9" s="7">
+        <v>5.9600326872310698E-2</v>
+      </c>
+      <c r="J9" s="5">
+        <v>5208881.8499999996</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.2043511851956101E-2</v>
+      </c>
+      <c r="L9" s="5">
+        <v>31754867.440000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.65818797718437E-2</v>
+      </c>
+      <c r="N9" s="5">
+        <v>25364266.010000002</v>
+      </c>
+      <c r="O9" s="7">
+        <v>5.9600326877988698E-2</v>
+      </c>
+      <c r="P9" s="5">
+        <v>25253854.850000001</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2.2043511851627701E-2</v>
+      </c>
+      <c r="R9" s="5">
+        <v>50618120.859999999</v>
+      </c>
+      <c r="S9" s="7">
+        <v>3.2216028015971503E-2</v>
+      </c>
+      <c r="T9" s="5">
+        <v>75253847.599999994</v>
+      </c>
+      <c r="U9" s="7">
+        <v>6.19433636855381E-2</v>
+      </c>
+      <c r="V9" s="5">
+        <v>34964078.149999999</v>
+      </c>
+      <c r="W9" s="7">
+        <v>2.24803858364152E-2</v>
+      </c>
+      <c r="X9" s="5">
+        <v>110217925.75</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>3.9787044229844901E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5">
+        <v>6075623.0499999998</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.7666372531199698E-2</v>
+      </c>
+      <c r="D10" s="5">
+        <v>593790.69999999995</v>
+      </c>
+      <c r="E10" s="7">
+        <v>3.4248286760443E-3</v>
+      </c>
+      <c r="F10" s="5">
+        <v>6669413.75</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1.28930593236728E-2</v>
+      </c>
+      <c r="H10" s="5">
+        <v>6811795.6100000003</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1.5293658755556201E-2</v>
+      </c>
+      <c r="J10" s="5">
+        <v>677447.48010000004</v>
+      </c>
+      <c r="K10" s="7">
+        <v>2.8668958111733901E-3</v>
+      </c>
+      <c r="L10" s="5">
+        <v>7489243.0900999997</v>
+      </c>
+      <c r="M10" s="7">
+        <v>1.09861274610677E-2</v>
+      </c>
+      <c r="N10" s="5">
+        <v>6508562.1050000004</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1.52936587564077E-2</v>
+      </c>
+      <c r="P10" s="5">
+        <v>3284420.8840000001</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2.8668958110443701E-3</v>
+      </c>
+      <c r="R10" s="5">
+        <v>9792982.9890000001</v>
+      </c>
+      <c r="S10" s="7">
+        <v>6.2327682058001301E-3</v>
+      </c>
+      <c r="T10" s="5">
+        <v>19395980.765000001</v>
+      </c>
+      <c r="U10" s="7">
+        <v>1.5965327074706201E-2</v>
+      </c>
+      <c r="V10" s="5">
+        <v>4555659.0641000001</v>
+      </c>
+      <c r="W10" s="7">
+        <v>2.92909119642069E-3</v>
+      </c>
+      <c r="X10" s="5">
+        <v>23951639.829100002</v>
+      </c>
+      <c r="Y10" s="7">
+        <v>8.6461884196520292E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>4292293.75</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.2480902744754699E-2</v>
+      </c>
+      <c r="D11" s="5">
+        <v>518377.15</v>
+      </c>
+      <c r="E11" s="7">
+        <v>2.98986314256205E-3</v>
+      </c>
+      <c r="F11" s="5">
+        <v>4810670.9000000004</v>
+      </c>
+      <c r="G11" s="7">
+        <v>9.2998076930474304E-3</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5099689.9079999998</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1.1449685468778399E-2</v>
+      </c>
+      <c r="J11" s="5">
+        <v>626717.23179999995</v>
+      </c>
+      <c r="K11" s="7">
+        <v>2.6522100375550601E-3</v>
+      </c>
+      <c r="L11" s="5">
+        <v>5726407.1398</v>
+      </c>
+      <c r="M11" s="7">
+        <v>8.4001865041572598E-3</v>
+      </c>
+      <c r="N11" s="5">
+        <v>4872672.4029999999</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.14496854698519E-2</v>
+      </c>
+      <c r="P11" s="5">
+        <v>3038468.9959999998</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>2.6522100377134902E-3</v>
+      </c>
+      <c r="R11" s="5">
+        <v>7911141.3990000002</v>
+      </c>
+      <c r="S11" s="7">
+        <v>5.03506547889056E-3</v>
+      </c>
+      <c r="T11" s="5">
+        <v>14264656.061000001</v>
+      </c>
+      <c r="U11" s="7">
+        <v>1.1741602674354701E-2</v>
+      </c>
+      <c r="V11" s="5">
+        <v>4183563.3777999999</v>
+      </c>
+      <c r="W11" s="7">
+        <v>2.6898498081534702E-3</v>
+      </c>
+      <c r="X11" s="5">
+        <v>18448219.4388</v>
+      </c>
+      <c r="Y11" s="7">
+        <v>6.65953489669461E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="5">
+        <v>28502354.050000001</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8.2877624322570106E-2</v>
+      </c>
+      <c r="D12" s="5">
+        <v>588767.65</v>
+      </c>
+      <c r="E12" s="7">
+        <v>3.3958570439840399E-3</v>
+      </c>
+      <c r="F12" s="5">
+        <v>29091121.699999999</v>
+      </c>
+      <c r="G12" s="7">
+        <v>5.6237860167287497E-2</v>
+      </c>
+      <c r="H12" s="5">
+        <v>34905712.700000003</v>
+      </c>
+      <c r="I12" s="7">
+        <v>7.8369359449010703E-2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>733721.37609999999</v>
+      </c>
+      <c r="K12" s="7">
+        <v>3.10504179512036E-3</v>
+      </c>
+      <c r="L12" s="5">
+        <v>35639434.076099999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>5.2280231885906997E-2</v>
+      </c>
+      <c r="N12" s="5">
+        <v>33351851.98</v>
+      </c>
+      <c r="O12" s="7">
+        <v>7.8369359444921502E-2</v>
+      </c>
+      <c r="P12" s="5">
+        <v>3557249.6490000002</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>3.1050417951115298E-3</v>
+      </c>
+      <c r="R12" s="5">
+        <v>36909101.629000001</v>
+      </c>
+      <c r="S12" s="7">
+        <v>2.3490888873826998E-2</v>
+      </c>
+      <c r="T12" s="5">
+        <v>96759918.730000004</v>
+      </c>
+      <c r="U12" s="7">
+        <v>7.9645560024169504E-2</v>
+      </c>
+      <c r="V12" s="5">
+        <v>4879738.6750999996</v>
+      </c>
+      <c r="W12" s="7">
+        <v>3.1374603307573702E-3</v>
+      </c>
+      <c r="X12" s="5">
+        <v>101639657.4051</v>
+      </c>
+      <c r="Y12" s="7">
+        <v>3.6690415984198498E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="5">
+        <v>24502276.75</v>
+      </c>
+      <c r="C13" s="7">
+        <v>7.1246412979497201E-2</v>
+      </c>
+      <c r="D13" s="5">
+        <v>8301661.0999999996</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4.7881799081867502E-2</v>
+      </c>
+      <c r="F13" s="5">
+        <v>32803937.850000001</v>
+      </c>
+      <c r="G13" s="7">
+        <v>6.3415336430450803E-2</v>
+      </c>
+      <c r="H13" s="5">
+        <v>30959577.649999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>6.95096040609538E-2</v>
+      </c>
+      <c r="J13" s="5">
+        <v>10673946.939999999</v>
+      </c>
+      <c r="K13" s="7">
+        <v>4.5171167758209001E-2</v>
+      </c>
+      <c r="L13" s="5">
+        <v>41633524.590000004</v>
+      </c>
+      <c r="M13" s="7">
+        <v>6.1073088734943097E-2</v>
+      </c>
+      <c r="N13" s="5">
+        <v>29581382.850000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>6.9509604049564605E-2</v>
+      </c>
+      <c r="P13" s="5">
+        <v>51749744.859999999</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>4.5171167764913402E-2</v>
+      </c>
+      <c r="R13" s="5">
+        <v>81331127.709999993</v>
+      </c>
+      <c r="S13" s="7">
+        <v>5.17633970672833E-2</v>
+      </c>
+      <c r="T13" s="5">
+        <v>85043237.25</v>
+      </c>
+      <c r="U13" s="7">
+        <v>7.0001260293995296E-2</v>
+      </c>
+      <c r="V13" s="5">
+        <v>70725352.900000006</v>
+      </c>
+      <c r="W13" s="7">
+        <v>4.5473334511713003E-2</v>
+      </c>
+      <c r="X13" s="5">
+        <v>155768590.15000001</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>5.6230161688727298E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="5">
+        <v>14884752.9</v>
+      </c>
+      <c r="C14" s="7">
+        <v>4.3281090285259602E-2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>16350199.699999999</v>
+      </c>
+      <c r="E14" s="7">
+        <v>9.4303654118548699E-2</v>
+      </c>
+      <c r="F14" s="5">
+        <v>31234952.600000001</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6.0382233272588202E-2</v>
+      </c>
+      <c r="H14" s="5">
+        <v>19747836.140000001</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.4337306105078397E-2</v>
+      </c>
+      <c r="J14" s="5">
+        <v>22073560.949999999</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9.3413292224357097E-2</v>
+      </c>
+      <c r="L14" s="5">
+        <v>41821397.090000004</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6.1348682837925002E-2</v>
+      </c>
+      <c r="N14" s="5">
+        <v>18868742.59</v>
+      </c>
+      <c r="O14" s="7">
+        <v>4.4337306102106601E-2</v>
+      </c>
+      <c r="P14" s="5">
+        <v>107017690.2</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>9.3413292199132303E-2</v>
+      </c>
+      <c r="R14" s="5">
+        <v>125886432.79000001</v>
+      </c>
+      <c r="S14" s="7">
+        <v>8.0120731008767695E-2</v>
+      </c>
+      <c r="T14" s="5">
+        <v>53501331.630000003</v>
+      </c>
+      <c r="U14" s="7">
+        <v>4.40383123057441E-2</v>
+      </c>
+      <c r="V14" s="5">
+        <v>145441450.84999999</v>
+      </c>
+      <c r="W14" s="7">
+        <v>9.3512545009456105E-2</v>
+      </c>
+      <c r="X14" s="5">
+        <v>198942782.47999999</v>
+      </c>
+      <c r="Y14" s="7">
+        <v>7.1815407810287002E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="5">
+        <v>17535855.800000001</v>
+      </c>
+      <c r="C15" s="7">
+        <v>5.0989825844478302E-2</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1183133.1499999999</v>
+      </c>
+      <c r="E15" s="7">
+        <v>6.8240010153385999E-3</v>
+      </c>
+      <c r="F15" s="5">
+        <v>18718988.949999999</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.6186844010318797E-2</v>
+      </c>
+      <c r="H15" s="5">
+        <v>20528025.989999998</v>
+      </c>
+      <c r="I15" s="7">
+        <v>4.6088967196161602E-2</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1409370.8970000001</v>
+      </c>
+      <c r="K15" s="7">
+        <v>5.9643288073085096E-3</v>
+      </c>
+      <c r="L15" s="5">
+        <v>21937396.886999998</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.2180426708701498E-2</v>
+      </c>
+      <c r="N15" s="5">
+        <v>19614201.550000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>4.6088967185956099E-2</v>
+      </c>
+      <c r="P15" s="5">
+        <v>6832953.6140000001</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>5.9643288070863202E-3</v>
+      </c>
+      <c r="R15" s="5">
+        <v>26447155.164000001</v>
+      </c>
+      <c r="S15" s="7">
+        <v>1.6832357211811599E-2</v>
+      </c>
+      <c r="T15" s="5">
+        <v>57678083.340000004</v>
+      </c>
+      <c r="U15" s="7">
+        <v>4.7476303298203702E-2</v>
+      </c>
+      <c r="V15" s="5">
+        <v>9425457.6610000003</v>
+      </c>
+      <c r="W15" s="7">
+        <v>6.0601604880028996E-3</v>
+      </c>
+      <c r="X15" s="5">
+        <v>67103541.001000002</v>
+      </c>
+      <c r="Y15" s="7">
+        <v>2.42233877621853E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="5">
+        <v>13518221.35</v>
+      </c>
+      <c r="C16" s="7">
+        <v>3.93075627574224E-2</v>
+      </c>
+      <c r="D16" s="5">
+        <v>679332.2</v>
+      </c>
+      <c r="E16" s="7">
+        <v>3.9182095629322899E-3</v>
+      </c>
+      <c r="F16" s="5">
+        <v>14197553.550000001</v>
+      </c>
+      <c r="G16" s="7">
+        <v>2.7446175485989498E-2</v>
+      </c>
+      <c r="H16" s="5">
+        <v>19565276.949999999</v>
+      </c>
+      <c r="I16" s="7">
+        <v>4.39274291630204E-2</v>
+      </c>
+      <c r="J16" s="5">
+        <v>1000506.927</v>
+      </c>
+      <c r="K16" s="7">
+        <v>4.23405386000234E-3</v>
+      </c>
+      <c r="L16" s="5">
+        <v>20565783.877</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.0168378872380299E-2</v>
+      </c>
+      <c r="N16" s="5">
+        <v>18694310.199999999</v>
+      </c>
+      <c r="O16" s="7">
+        <v>4.3927429172965E-2</v>
+      </c>
+      <c r="P16" s="5">
+        <v>4850687.2390000001</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>4.23405386134291E-3</v>
+      </c>
+      <c r="R16" s="5">
+        <v>23544997.438999999</v>
+      </c>
+      <c r="S16" s="7">
+        <v>1.4985271761248101E-2</v>
+      </c>
+      <c r="T16" s="5">
+        <v>51777808.5</v>
+      </c>
+      <c r="U16" s="7">
+        <v>4.2619636404552998E-2</v>
+      </c>
+      <c r="V16" s="5">
+        <v>6530526.3660000004</v>
+      </c>
+      <c r="W16" s="7">
+        <v>4.1988452203068401E-3</v>
+      </c>
+      <c r="X16" s="5">
+        <v>58308334.865999997</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>2.1048448176608399E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="5">
+        <v>132713261.5</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.38589654068310197</v>
+      </c>
+      <c r="D17" s="5">
+        <v>81168419.950000003</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.468158110650716</v>
+      </c>
+      <c r="F17" s="5">
+        <v>213881681.44999999</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.41346800641686599</v>
+      </c>
+      <c r="H17" s="5">
+        <v>176072774.5</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.39531381790050402</v>
+      </c>
+      <c r="J17" s="5">
+        <v>109581295.5</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.46373802586959201</v>
+      </c>
+      <c r="L17" s="5">
+        <v>285654070</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.41903193487485701</v>
+      </c>
+      <c r="N17" s="5">
+        <v>168234728.90000001</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.395313817901006</v>
+      </c>
+      <c r="P17" s="5">
+        <v>531275273.80000001</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.463738025899324</v>
+      </c>
+      <c r="R17" s="5">
+        <v>699510002.70000005</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.44520486856405</v>
+      </c>
+      <c r="T17" s="5">
+        <v>477020764.89999998</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.39264797306861299</v>
+      </c>
+      <c r="V17" s="5">
+        <v>722024989.25</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.46423075341036901</v>
+      </c>
+      <c r="X17" s="5">
+        <v>1199045754.1500001</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>0.43283781770837598</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="5">
+        <v>343908917.31</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5">
+        <v>173378220.09999999</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1</v>
+      </c>
+      <c r="F18" s="5">
+        <v>517287137.41000003</v>
+      </c>
+      <c r="G18" s="7">
+        <v>1</v>
+      </c>
+      <c r="H18" s="5">
+        <v>445400000.01800001</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1</v>
+      </c>
+      <c r="J18" s="5">
+        <v>236299999.972</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1</v>
+      </c>
+      <c r="L18" s="5">
+        <v>681699999.99000001</v>
+      </c>
+      <c r="M18" s="7">
+        <v>1</v>
+      </c>
+      <c r="N18" s="5">
+        <v>425572598.98799998</v>
+      </c>
+      <c r="O18" s="7">
+        <v>1</v>
+      </c>
+      <c r="P18" s="5">
+        <v>1145636639.9319999</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1</v>
+      </c>
+      <c r="R18" s="5">
+        <v>1571209238.9200001</v>
+      </c>
+      <c r="S18" s="7">
+        <v>1</v>
+      </c>
+      <c r="T18" s="5">
+        <v>1214881516.316</v>
+      </c>
+      <c r="U18" s="7">
+        <v>1</v>
+      </c>
+      <c r="V18" s="5">
+        <v>1555314860.0039999</v>
+      </c>
+      <c r="W18" s="7">
+        <v>1</v>
+      </c>
+      <c r="X18" s="5">
+        <v>2770196376.3200002</v>
+      </c>
+      <c r="Y18" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="1"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="13"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="12"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="1"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="1"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="13"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="2"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="2"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="A24:T24"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A21:T21"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A20:T20"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="H4:M4"/>
+    <mergeCell ref="N4:S4"/>
+    <mergeCell ref="T4:Y4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>1</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="13" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
-      <vt:lpstr>'2020'!_GoBack</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>zghori</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SetDate">
-    <vt:lpwstr>2026-01-19T06:41:02Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-19T10:30:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Name">
     <vt:lpwstr>KTZG_Intern</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_SiteId">
     <vt:lpwstr>7b979bcc-f4f4-4d20-8c59-e9b7a9406038</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ActionId">
-    <vt:lpwstr>540163e9-23fa-412d-a801-03d9d6a3f25c</vt:lpwstr>
+    <vt:lpwstr>b2f2d334-3383-49c8-92d7-c2cfebe783e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f6c350c-d04c-42cf-a2dc-28029b354aa8_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>