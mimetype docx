--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -1,3072 +1,3378 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002C7991" w:rsidRPr="00CA141C" w:rsidRDefault="00CA141C">
+    <w:p w14:paraId="1ABCB765" w14:textId="5B9E6D95" w:rsidR="00CD4002" w:rsidRDefault="00F60958">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="BkmSpeziallogo"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67DECEFC" wp14:editId="69B77BED">
+            <wp:extent cx="2266950" cy="142875"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Bild 1" descr="LBBZ"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="LBBZ"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2266950" cy="142875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F08B16D" w14:textId="77777777" w:rsidR="008525EE" w:rsidRDefault="008525EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2742F543" w14:textId="58DB4591" w:rsidR="002C7991" w:rsidRPr="00CA141C" w:rsidRDefault="00CA141C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CA141C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Beiblatt zum Lehrvertrag Landwirtschaft im Kanton Zug</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA141C" w:rsidRDefault="00CA141C"/>
-    <w:p w:rsidR="00F16CA7" w:rsidRDefault="00F16CA7"/>
+    <w:p w14:paraId="1BD3CFF9" w14:textId="77777777" w:rsidR="008525EE" w:rsidRDefault="008525EE"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="403"/>
+        <w:gridCol w:w="2257"/>
         <w:gridCol w:w="3481"/>
-        <w:gridCol w:w="3748"/>
+        <w:gridCol w:w="4315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA141C" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w14:paraId="6C15735C" w14:textId="77777777" w:rsidTr="006230FF">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="00CA141C">
+          <w:p w14:paraId="3CF82E3E" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5466" w:type="dxa"/>
+            <w:tcW w:w="5738" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="00CA141C">
+          <w:p w14:paraId="1812DB6A" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Vertragsparteien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3748" w:type="dxa"/>
+            <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRDefault="00CA141C"/>
+          <w:p w14:paraId="267831A6" w14:textId="77777777" w:rsidR="008525EE" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA3E37" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w14:paraId="7D16416B" w14:textId="77777777" w:rsidTr="00471B32">
         <w:trPr>
-          <w:trHeight w:val="592"/>
+          <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRPr="00934B67" w:rsidRDefault="00EA3E37">
+          <w:p w14:paraId="0DF78A42" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRPr="00934B67" w:rsidRDefault="00EA3E37" w:rsidP="00EA3E37">
-[...11 lines deleted...]
-              <w:t>Name und Vorname der/des Lernenden</w:t>
+          <w:p w14:paraId="6C7FC6F0" w14:textId="0584B10F" w:rsidR="008525EE" w:rsidRPr="003D7630" w:rsidRDefault="00471B32" w:rsidP="00AF1D84">
+            <w:r w:rsidRPr="003D7630">
+              <w:t>Lehrbetrieb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
+          <w:p w14:paraId="7CFFD188" w14:textId="2D519C77" w:rsidR="008525EE" w:rsidRPr="00120917" w:rsidRDefault="00BC5C6D" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text1"/>
+                  <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text1"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA3E37" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w14:paraId="5DA9E935" w14:textId="77777777" w:rsidTr="00471B32">
         <w:trPr>
-          <w:trHeight w:val="545"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRPr="00934B67" w:rsidRDefault="00EA3E37">
+          <w:p w14:paraId="59D89F2E" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRPr="00934B67" w:rsidRDefault="009924B3" w:rsidP="00EA3E37">
-[...11 lines deleted...]
-              <w:t>Lehrbetrieb</w:t>
+          <w:p w14:paraId="665F848C" w14:textId="3BF319C6" w:rsidR="008525EE" w:rsidRPr="003D7630" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
+            <w:r w:rsidRPr="003D7630">
+              <w:t>Le</w:t>
+            </w:r>
+            <w:r w:rsidR="00471B32" w:rsidRPr="003D7630">
+              <w:t>rnende/Lernender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA3E37" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
+          <w:p w14:paraId="796CCAB8" w14:textId="2EEC41E5" w:rsidR="008525EE" w:rsidRPr="00120917" w:rsidRDefault="00BC5C6D" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text2"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w14:paraId="2D349566" w14:textId="77777777" w:rsidTr="006230FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRDefault="00CA141C"/>
-          <w:p w:rsidR="00F16CA7" w:rsidRDefault="00F16CA7"/>
+          <w:p w14:paraId="5AB15471" w14:textId="77777777" w:rsidR="008525EE" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="00CA141C">
+          <w:p w14:paraId="60014EB0" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w:rsidRPr="006B6E66" w14:paraId="14E801B3" w14:textId="77777777" w:rsidTr="006230FF">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="00CA141C">
+          <w:p w14:paraId="55542D44" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="006B6E66">
+          <w:p w14:paraId="195960EC" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Allgemeines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w:rsidRPr="006B6E66" w14:paraId="203E0E44" w14:textId="77777777" w:rsidTr="006230FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidRDefault="00CA141C"/>
+          <w:p w14:paraId="2395D9D7" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidRDefault="006B6E66">
+          <w:p w14:paraId="46D2CE38" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:r>
               <w:t xml:space="preserve">Ergänzend zum Lehrvertrag gelten die nachfolgenden Vereinbarungen sowie die rechtlichen Bestimmungen gemäss Rückseite. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w:rsidRPr="006B6E66" w14:paraId="66DF3BFE" w14:textId="77777777" w:rsidTr="006230FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRDefault="00CA141C"/>
-          <w:p w:rsidR="00F16CA7" w:rsidRPr="006B6E66" w:rsidRDefault="00F16CA7"/>
+          <w:p w14:paraId="6DCF6B69" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidRDefault="00CA141C">
-[...2 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="49589880" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w:rsidRPr="006B6E66" w14:paraId="1F38498B" w14:textId="77777777" w:rsidTr="006230FF">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="008A629E">
+          <w:p w14:paraId="1D0D62C8" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="00934B67" w:rsidRDefault="00843063">
+          <w:p w14:paraId="25934E87" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="00934B67" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Berufspraktische Bildung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidTr="00934B67">
+      <w:tr w:rsidR="008525EE" w:rsidRPr="006B6E66" w14:paraId="7A6677C8" w14:textId="77777777" w:rsidTr="006230FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA141C" w:rsidRPr="006B6E66" w:rsidRDefault="00CA141C"/>
+          <w:p w14:paraId="4D6A0B53" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="10053" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008B011A" w:rsidRPr="006B6E66" w:rsidRDefault="0089354B">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="784140F9" w14:textId="77777777" w:rsidR="008525EE" w:rsidRPr="006B6E66" w:rsidRDefault="008525EE" w:rsidP="00AF1D84">
+            <w:r>
+              <w:t xml:space="preserve">Die berufspraktische Ausbildung findet auf folgenden Lehrbetrieben statt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA141C" w:rsidRDefault="00CA141C"/>
+    <w:p w14:paraId="16C27466" w14:textId="77777777" w:rsidR="008525EE" w:rsidRDefault="008525EE"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblW w:w="9922" w:type="dxa"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="817"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1109"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="7796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00207D41" w:rsidTr="00934B67">
+      <w:tr w:rsidR="00B51F33" w14:paraId="50CB9CA2" w14:textId="5D55D632" w:rsidTr="00B51F33">
+        <w:trPr>
+          <w:trHeight w:val="207"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00207D41" w:rsidP="00934B67">
+          <w:p w14:paraId="48CF7B78" w14:textId="793004EB" w:rsidR="00B51F33" w:rsidRPr="00934B67" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Lehr-jahr</w:t>
+              <w:t>Lehrjahr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00207D41" w:rsidP="00934B67">
+          <w:p w14:paraId="5AC07EBD" w14:textId="4239A85A" w:rsidR="00B51F33" w:rsidRPr="00934B67" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Schul-jahr</w:t>
+              <w:t>Schuljahr</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00BC5E80" w:rsidP="00934B67">
+          <w:p w14:paraId="25CAF1D4" w14:textId="1DE763EC" w:rsidR="00B51F33" w:rsidRPr="00934B67" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">z.B. </w:t>
-[...34 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>z.B. 26/27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4671" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00207D41" w:rsidP="00934B67">
+          <w:p w14:paraId="75AC0B55" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRPr="00934B67" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lehrbetrieb</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0089354B" w:rsidRPr="00934B67" w:rsidRDefault="0089354B" w:rsidP="00934B67">
+          <w:p w14:paraId="643BBA5B" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRPr="00934B67" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Name, Vorname, Adresse, Wohnort)</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B51F33" w14:paraId="4BF4D54A" w14:textId="47F53542" w:rsidTr="00B51F33">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E44DD1A" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00207D41" w:rsidP="00934B67">
-[...37 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="22E2F7A7" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1109" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRPr="00934B67" w:rsidRDefault="00207D41" w:rsidP="00934B67">
-[...46 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="784386E6" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00207D41" w:rsidTr="00934B67">
-[...132 lines deleted...]
-      <w:tr w:rsidR="00297862" w:rsidTr="00934B67">
+      <w:tr w:rsidR="00B51F33" w14:paraId="6AD9C9E1" w14:textId="671E52D6" w:rsidTr="00B51F33">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00297862" w:rsidRDefault="00EF7EAE">
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="4" w:name="Kontrollkästchen4"/>
+          <w:p w14:paraId="0AA744D6" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
+            <w:r>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lj</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>Lj.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00297862" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
+          <w:p w14:paraId="4E088E1F" w14:textId="25BDF9CB" w:rsidR="00B51F33" w:rsidRPr="00120917" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4671" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00297862" w:rsidRDefault="00677C4C">
+          <w:p w14:paraId="394126EF" w14:textId="0424A0D0" w:rsidR="00B51F33" w:rsidRPr="00120917" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text6"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B51F33" w14:paraId="5C76A1EA" w14:textId="2D27A15F" w:rsidTr="00B51F33">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4022BC6B" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
+            <w:r>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lj</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00297862" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
+          <w:p w14:paraId="0FA31C22" w14:textId="637FCEFF" w:rsidR="00B51F33" w:rsidRPr="00120917" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7AEDDC" w14:textId="3934F503" w:rsidR="00B51F33" w:rsidRPr="00120917" w:rsidRDefault="00B51F33" w:rsidP="008525EE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B51F33" w14:paraId="1226B587" w14:textId="4B2D5807" w:rsidTr="00B51F33">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2E7EED" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
+            <w:r>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lj</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C819AB" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Kontrollkästchen4"/>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8DB193" w14:textId="77777777" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="00AF1D84">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B51F33" w14:paraId="53DD9F35" w14:textId="26967605" w:rsidTr="00B51F33">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA47BF9" w14:textId="08D512C8" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="009B7A9B">
+            <w:r>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lj</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3034C657" w14:textId="2D541F62" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="009B7A9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A9CAFF" w14:textId="0F44BB96" w:rsidR="00B51F33" w:rsidRDefault="00B51F33" w:rsidP="009B7A9B">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1520BAF4" w14:textId="77777777" w:rsidR="00CD4002" w:rsidRDefault="00CD4002" w:rsidP="00CD4002">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4828"/>
+          <w:tab w:val="right" w:pos="9514"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10598" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="400"/>
+        <w:gridCol w:w="10198"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B352CF" w:rsidRPr="00934B67" w14:paraId="44F444C4" w14:textId="77777777" w:rsidTr="007612B8">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34646273" w14:textId="307902FD" w:rsidR="00B352CF" w:rsidRPr="000E71EF" w:rsidRDefault="00B352CF" w:rsidP="00B352CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="180"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE8A0B9" w14:textId="77777777" w:rsidR="00B352CF" w:rsidRPr="00CD4002" w:rsidRDefault="00B352CF" w:rsidP="00B352CF">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Für EFZ: ausgewählte Fachrichtung</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706AB777" w14:textId="77777777" w:rsidR="00B352CF" w:rsidRPr="00CD4002" w:rsidRDefault="00B352CF" w:rsidP="00B352CF">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Im 3. bzw. 4. Lehrjahr muss der/die Lernende eine der sechs unten aufgeführten Fachrichtungen wählen. Die Wahl der Fachrichtung hat keinen Einfluss auf die Wahl des Ausbildungsbetriebs während der ersten beiden Ausbildungsjahre.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490D3D67" w14:textId="77777777" w:rsidR="00B352CF" w:rsidRPr="00CD4002" w:rsidRDefault="00B352CF" w:rsidP="00B352CF">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58DD932D" w14:textId="77777777" w:rsidR="001A1108" w:rsidRPr="000E71EF" w:rsidRDefault="00B352CF" w:rsidP="001A1108">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2998"/>
+                <w:tab w:val="left" w:pos="6684"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C947FD">
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ackerbau</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Biologischer Pflanzenbau</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rindviehhaltung</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E29EDE" w14:textId="77777777" w:rsidR="001A1108" w:rsidRPr="000E71EF" w:rsidRDefault="001A1108" w:rsidP="001A1108">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2998"/>
+                <w:tab w:val="left" w:pos="6684"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B786CC1" w14:textId="519892D4" w:rsidR="00B352CF" w:rsidRPr="000E71EF" w:rsidRDefault="00B352CF" w:rsidP="001A1108">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2998"/>
+                <w:tab w:val="left" w:pos="6684"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Schweinehaltung</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0089093F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Geflügelhaltung</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Alp- und Berglandwirtschaft</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A219240" w14:textId="47640362" w:rsidR="001A1108" w:rsidRPr="00934B67" w:rsidRDefault="001A1108" w:rsidP="001A1108">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2998"/>
+                <w:tab w:val="left" w:pos="6684"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B352CF" w:rsidRPr="00934B67" w14:paraId="6CF70994" w14:textId="77777777" w:rsidTr="007612B8">
+        <w:trPr>
+          <w:trHeight w:val="346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D0B235" w14:textId="50B23D59" w:rsidR="00B352CF" w:rsidRPr="000E71EF" w:rsidRDefault="001A1108" w:rsidP="006230FF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="180"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B352CF" w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="10198" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00297862" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
+          <w:p w14:paraId="625188B9" w14:textId="4E1A0A38" w:rsidR="00B352CF" w:rsidRPr="00CD4002" w:rsidRDefault="00B352CF" w:rsidP="00AF1D84">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Entschädigung</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>(Ergänzung zum Punkt 7 des Lehrvertrages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006230FF" w:rsidRPr="006B6E66" w14:paraId="5FF3780B" w14:textId="77777777" w:rsidTr="00510446">
+        <w:trPr>
+          <w:trHeight w:val="2379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FEF0C9" w14:textId="77777777" w:rsidR="007E7DF4" w:rsidRPr="000E71EF" w:rsidRDefault="007E7DF4" w:rsidP="00AF1D84">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE7B235" w14:textId="615117D4" w:rsidR="007E7DF4" w:rsidRDefault="007E7DF4" w:rsidP="001A1108">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:t xml:space="preserve">Lernende erhalten den im Lehrvertrag festgehaltenen Bruttolohn. Sofern sie vom Lehrbetrieb Naturalleistungen beziehen, werden diese vom Bruttolohn in Abzug gebracht. Für die Entschädigung der Naturalleistungen gelten die AHV-Ansätze. Nur hier aufgeführte Naturalleistungen dürfen mit dem Lohn verrechnet werden: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="189D87B6" w14:textId="77777777" w:rsidR="00FE343B" w:rsidRPr="00FE343B" w:rsidRDefault="00FE343B" w:rsidP="00FE343B">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-567"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E6C0318" w14:textId="77777777" w:rsidR="00FE343B" w:rsidRPr="00FE343B" w:rsidRDefault="00FE343B" w:rsidP="00FE343B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2268"/>
+                <w:tab w:val="left" w:pos="4820"/>
+                <w:tab w:val="left" w:pos="7513"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen5"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unterkunft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen7"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Morgenessen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Kontrollkästchen8"/>
-            <w:r>
+            <w:bookmarkStart w:id="3" w:name="Kontrollkästchen8"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C947FD">
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...251 lines deleted...]
-            <w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mittagessen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Kontrollkästchen9"/>
-            <w:r>
+            <w:bookmarkStart w:id="4" w:name="Kontrollkästchen9"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C947FD">
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00FE343B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Abendessen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FAC77F1" w14:textId="77777777" w:rsidR="007E7DF4" w:rsidRPr="00CD4002" w:rsidRDefault="007E7DF4" w:rsidP="007E7DF4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4395"/>
+                <w:tab w:val="left" w:pos="6237"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-567"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DAB6DAC" w14:textId="77777777" w:rsidR="007E7DF4" w:rsidRDefault="007E7DF4" w:rsidP="00FE343B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4395"/>
+                <w:tab w:val="left" w:pos="6237"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4002">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Die Naturallohnleistungen für die Unterkunft werden dem Lernenden auch belastet, wenn er die Unterkunft nicht nutzt (z.B. Ferien, arbeitsfreies Wochenende, Schule)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74684A33" w14:textId="0EE20837" w:rsidR="007612B8" w:rsidRPr="00FE343B" w:rsidRDefault="007612B8" w:rsidP="00FE343B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2552"/>
+                <w:tab w:val="left" w:pos="4395"/>
+                <w:tab w:val="left" w:pos="6237"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E977D3" w:rsidRPr="006B6E66" w14:paraId="422B9A00" w14:textId="77777777" w:rsidTr="00510446">
+        <w:trPr>
+          <w:trHeight w:val="1547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEFBEAA" w14:textId="67626EDD" w:rsidR="00E977D3" w:rsidRPr="000E71EF" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="10198" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00207D41" w:rsidRDefault="00677C4C" w:rsidP="00934B67">
-[...596 lines deleted...]
-          <w:p w:rsidR="00F4514B" w:rsidRPr="00934B67" w:rsidRDefault="00F4514B" w:rsidP="00F4514B">
+          <w:p w14:paraId="6705AAC4" w14:textId="0E7E1CD1" w:rsidR="00E977D3" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00955E57" w:rsidRPr="00934B67">
+              <w:t>Verpflichtung für die/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00934B67">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>den Lernende</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0073161A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00934B67">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="0073161A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-              <w:t>Unterkunft und Verpflegung</w:t>
+          <w:p w14:paraId="5F74FEF0" w14:textId="77777777" w:rsidR="00E977D3" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
+            <w:r>
+              <w:t>Die/der Lernende verpflichtet sich, vor Lehrbeginn folgenden Führerausweis zu erwerben:</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...50 lines deleted...]
-              <w:t>Entschädigung der Naturalleistungen gelten die AHV-Ansätze.</w:t>
+          <w:p w14:paraId="1470BF41" w14:textId="4465D19E" w:rsidR="007612B8" w:rsidRDefault="007612B8" w:rsidP="00E977D3">
+            <w:r w:rsidRPr="007D21D6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Hinweis: zum Lenken von </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D21D6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>landw</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D21D6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. Motorfahrzeugen mit über 30 km/h bedarf es mind. den Ausweis Kat. G40)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00955E57" w:rsidRPr="006B6E66" w:rsidRDefault="00955E57" w:rsidP="00934B67">
-[...279 lines deleted...]
-          <w:p w:rsidR="00867E95" w:rsidRDefault="007852B1" w:rsidP="00934B67">
+          <w:p w14:paraId="26651FF2" w14:textId="04022418" w:rsidR="00E977D3" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="601"/>
                 <w:tab w:val="left" w:pos="2918"/>
                 <w:tab w:val="left" w:pos="3578"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="8681"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Kontrollkästchen15"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C947FD">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-            <w:r w:rsidR="00867E95">
+            <w:r>
               <w:tab/>
-              <w:t>Kat. G</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00867E95">
+            </w:r>
+            <w:r w:rsidR="007612B8">
+              <w:t>Kat. G40</w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Kontrollkästchen16"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C947FD">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-            <w:r w:rsidR="00867E95">
+            <w:r>
               <w:tab/>
-              <w:t>Kat. G40</w:t>
+              <w:t xml:space="preserve">Kat. </w:t>
+            </w:r>
+            <w:r w:rsidR="007612B8">
+              <w:t>F</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00867E95" w:rsidRDefault="007852B1" w:rsidP="00934B67">
+          <w:p w14:paraId="6A7268CE" w14:textId="108749D4" w:rsidR="00E977D3" w:rsidRPr="00CD4002" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text11"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
           </w:p>
-          <w:p w:rsidR="00F16CA7" w:rsidRDefault="00F16CA7" w:rsidP="00934B67">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC17EA" w:rsidRPr="006B6E66" w14:paraId="3F1BD536" w14:textId="77777777" w:rsidTr="007612B8">
+        <w:trPr>
+          <w:trHeight w:val="1110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B8D556" w14:textId="3B26845A" w:rsidR="00BC17EA" w:rsidRPr="000E71EF" w:rsidRDefault="00E977D3" w:rsidP="00AF1D84">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC17EA" w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCD69E7" w14:textId="1AA05B25" w:rsidR="00BC17EA" w:rsidRPr="009378B9" w:rsidRDefault="00BC17EA" w:rsidP="00BC17EA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC17EA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zweitausbildner </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009378B9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Kopie des Fähigkeitsausweises beilegen!) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0664BE1B" w14:textId="4729EDBF" w:rsidR="00BC17EA" w:rsidRPr="00510446" w:rsidRDefault="00BC17EA" w:rsidP="00BC17EA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00510446">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Bestätigung der erfolgreichen Erstausbildung EFZ; bitte Berufsbezeichnung eintragen</w:t>
+            </w:r>
+            <w:r w:rsidR="003A32B1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und Kopie des Ausweises beilegen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00510446">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61DDB699" w14:textId="0D9534F6" w:rsidR="00BC17EA" w:rsidRDefault="00BC17EA" w:rsidP="00BC17EA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="underscore" w:pos="9781"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37DD47E4" w14:textId="77777777" w:rsidR="00BC17EA" w:rsidRPr="00CD4002" w:rsidRDefault="00BC17EA" w:rsidP="007E7DF4">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="42"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E977D3" w:rsidRPr="006B6E66" w14:paraId="52A9EAD8" w14:textId="77777777" w:rsidTr="007612B8">
+        <w:trPr>
+          <w:trHeight w:val="1110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0D6675" w14:textId="21CA2C5C" w:rsidR="00E977D3" w:rsidRPr="000E71EF" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E71EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64147812" w14:textId="77777777" w:rsidR="00E977D3" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lehrbetriebsspezifische Angaben </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B457D">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(z.B. Hinweis auf Hausordnung)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59209967" w14:textId="004F42A7" w:rsidR="00E977D3" w:rsidRPr="009B457D" w:rsidRDefault="00E977D3" w:rsidP="00E977D3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="8681"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text12"/>
+                  <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text12"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C81F51">
-[...23 lines deleted...]
-            <w:r w:rsidR="00C81F51">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C81F51" w:rsidRDefault="00C81F51" w:rsidP="009E2B8C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2C71255A" w14:textId="5A16E821" w:rsidR="00CD4002" w:rsidRPr="00CD4002" w:rsidRDefault="00CD4002" w:rsidP="00CD4002">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9639"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00CD4002" w:rsidRPr="00CD4002" w:rsidSect="008E051D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="426" w:right="692" w:bottom="284" w:left="993" w:header="420" w:footer="261" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="009E2B8C">
-[...23 lines deleted...]
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="4B00F1E2" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Rechtliche Bestimmungen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D6FC0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>(Rückseite des Beiblatts der zum Lehrvertrag)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="7E4C5007" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D35609" w:rsidSect="002120B8">
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="426" w:right="692" w:bottom="284" w:left="1418" w:header="709" w:footer="261" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="50A71015" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="60" w:line="180" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Probezeit:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="3420D311" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Probezeit dauert 1 Monat. Sie kann auf maximal 3 Monate verlängert werden. Die Kündigungsfrist während der Probezeit beträgt 7 Tage. Besteht ein wichtiger Grund gemäss OR Art. 337, kann eine </w:t>
       </w:r>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Kündigung mit sofortiger Wirkung erfolgen. Ausnahmsweise kann die zuständige kantonale Behörde die </w:t>
       </w:r>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Probezeit vor ihrem Ablauf auf schriftliches Gesuch auf höchstens 6 Monate verlängern</w:t>
       </w:r>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="6A4DFA0E" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="425"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="4C7EE4D8" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="7" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D35609" w:rsidRPr="00907EB9">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="567" w:right="689" w:bottom="284" w:left="1420" w:header="709" w:footer="262" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="3B1E12AD" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00907EB9" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Pflichten der Berufsbildnerin/des Berufsbildners</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="0BBF5962" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -3076,413 +3382,413 @@
         <w:t xml:space="preserve">Der Berufsbildner verpflichtet sich auf das körperliche, sittliche und geistige Wohl der/des Lernenden zu achten und sie/ihn gemäss dem </w:t>
       </w:r>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Bildungsplan gewissenhaft und verständnisvoll auszubilden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>. Die übri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>gen Pflichten der Berufsbildnerin / des Berufsbildners sind in der Bildungsverordnung aufgeführt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="46D4B29C" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Falls entsprechend vereinbart, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="68D4D260" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>sorgt die Berufsbildnerin/ der Berufsbildner für gute und gesunde Verpflegung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="4797A68F" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>oder/und für Unterkunft (wenn möglich Einzelzimmer)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="1FDD9531" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">verpflichtet sich die Berufsbildnerin/der Berufsbildner, Lernende entsprechend in ihren/seinen Familienkreis aufzunehmen </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="12B13918" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>verpflichtet sich die Berufsbildnerin/der Berufsbildner die Berufswäsche ohne Entgelt zu besorgen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="33E7FB5A" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Pflichten des/der Lernenden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="65A276EC" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Der/die Lernende verpflichtet sich, den Anordnungen der Berufsbildnerin/ des Berufsbildners oder ihrer/seines Stellvertreters nach bestem Wissen und Können nachzukommen, alle Arbeiten gewissenhaft auszuführen und das ihm/ihr entgegengebrachte Vertrauen zu rechtfertigen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="24B923A9" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Der/die Lernende ist verpflichtet, die ihm/ihr zur Erlernung des Berufes anvertrauten Pflanzen, Tiere und Lebensmittel, Maschinen und Anlagen sorgfältig zu behandeln.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="6D99E1C2" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Der/die Lernende hat sich an die Hausordnung des Lehrbetriebes zu halten.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="4376C7BD" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Der/die Lernende ist zur Verschwiegenheit verpflichtet, soweit es zur Wahrung der berechtigten Interessen des Berufsbildners und seiner Familie erforderlich ist.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="3ED965AB" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Der gesetzliche Vertreter des/der Lernenden unterstützt die Berufsbildnerin / den Berufsbildner in seiner Aufgabe und fördert das gute Einvernehmen zwischen Berufsbildner und des/der Lernenden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="351E19F4" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Arbeitszeit, Freitage, Ferien, Kostgeldentschädigung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00BA4E89" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="5ED66E65" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00BA4E89" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:firstLine="1"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA4E89">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Die Bestimmungen des kantonalen Normalarbeitsvertrages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
@@ -3575,70 +3881,70 @@
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>kant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00054D27">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Merkblatt geregelt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00617186" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="635600D7" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00617186" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Lohn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00617186" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="756B2460" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00617186" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Der/die Lernende erhält je nach Leistung einen Bruttolohn gemäss Richtlinien der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PersonName">
@@ -3664,109 +3970,127 @@
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>AgriAli</w:t>
       </w:r>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>. Davon werden bezogene Naturalleistungen und die von der/dem Lernenden zu tragenden Sozialversicherungsbeiträge abgezogen. Der Lohn ist samt allfälligen Zulagen am Ende des Monats auszuzahlen.</w:t>
+        <w:t xml:space="preserve">. Davon werden bezogene Naturalleistungen und die von der/dem Lernenden </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00617186">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>zu tragenden Sozialversicherungsbeiträge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00617186">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abgezogen. Der Lohn ist samt allfälligen Zulagen am Ende des Monats auszuzahlen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="2A5F62C6" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00617186">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>Spätestens bei der Auszahlung des Lohnes hat die/der Lernende Anspruch auf eine schriftliche Lohnabrechnung, woraus die Abzüge und Zuschläge ersichtlich sind. Die Lohnabrechnung enthält auch eine Kontrolle der Überstunden, der Freitage und des Ferienbezugs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="285D0EFD" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc533389417"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc533389417"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Versicherungsschutz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="00BA4E89" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="1514B736" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="00BA4E89" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:firstLine="1"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000760E7">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Es gelten die Bestimmungen des kantonalen Normalarbeitsvertrages (NAV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
@@ -3839,75 +4163,75 @@
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>kant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00054D27">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Merkblatt geregelt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="56C5480A" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="num" w:pos="406"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Jugendschutz, Schutz der schwangeren Frauen und stillenden Mütter, Arbeitssicherheit und Arbeitshygiene</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="69699507" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="434"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -3915,59 +4239,59 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Die Bestimmungen zum Schutze der schwangeren Frauen und stillenden Mütter des Arbeitsgesetzes in Industrie, Gewerbe und Handel, (Arbeitsgesetz SR 822.11) sind anwendbar.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="534" w:tblpY="568"/>
         <w:tblW w:w="9372" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3151"/>
         <w:gridCol w:w="3259"/>
         <w:gridCol w:w="2962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002120B8" w:rsidRPr="00B96661" w:rsidTr="002120B8">
+      <w:tr w:rsidR="002120B8" w:rsidRPr="00B96661" w14:paraId="3F70527F" w14:textId="77777777" w:rsidTr="002120B8">
         <w:trPr>
           <w:trHeight w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="12870EE1" w14:textId="77777777" w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Unterschrift d</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3980,96 +4304,96 @@
               </w:rPr>
               <w:t>/de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lernende</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="62527F57" w14:textId="77777777" w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="006E5600" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="11EC0FE3" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="006E5600" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009D7503">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="282A44CB" w14:textId="77777777" w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Unterschrift d</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4082,87 +4406,87 @@
               </w:rPr>
               <w:t xml:space="preserve"> gesetzliche</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Vertretung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="789DE49A" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009D7503">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="5C57E560" w14:textId="77777777" w:rsidR="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Unterschrift d</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4197,148 +4521,148 @@
               <w:br/>
               <w:t>des</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Berufsbildners</w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> gemäss LV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="00DE6271" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="3307706A" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="00DE6271" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:ind w:right="48"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009D7503">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002120B8" w:rsidRPr="00671E1D" w:rsidTr="002120B8">
+      <w:tr w:rsidR="002120B8" w:rsidRPr="00671E1D" w14:paraId="61855104" w14:textId="77777777" w:rsidTr="002120B8">
         <w:trPr>
           <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="5319B09F" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="1B999F7A" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2693"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text54"/>
+            <w:bookmarkStart w:id="6" w:name="Text54"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
@@ -4362,106 +4686,106 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="6F87CB62" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ort, Datum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="4792540E" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2693"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text55"/>
+            <w:bookmarkStart w:id="7" w:name="Text55"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
@@ -4485,114 +4809,114 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="53AF74D3" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="00907EB9" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:ind w:right="48"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00907EB9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, Datum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+          <w:p w14:paraId="0D21B765" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="009C5344" w:rsidRDefault="002120B8" w:rsidP="002120B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2693"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text56"/>
+            <w:bookmarkStart w:id="8" w:name="Text56"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
@@ -4616,206 +4940,224 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="009C5344">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="5281F08D" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Die Bestimmungen über das Mindestalter des Arbeitsgesetzes sind anwendbar.</w:t>
       </w:r>
       <w:r w:rsidR="002120B8">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="002120B8">
+    <w:p w14:paraId="5DF632DA" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="002120B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Berufsbildnerin/der Berufsbildner ist verpflichtet, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A7017E">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>die begleitenden Massnahmen der Arbeitssicherheit und des Gesundheitsschutzes gemäss Bildungsplan zur Verordnung über die berufliche Grundbildung im Berufsfeld Landwirtschaft und deren Berufe, Anhang 3, umzusetzen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die/der Lernende ist verpflichtet diese Massnahmen einzuhalten und zu unterstützen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="002120B8">
+    <w:p w14:paraId="4909C909" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="002120B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Die Berufsbildnerin/der Berufsbildner ist verpflichtet, die Vorschriften gemäss der EKAS Richtlinie 6508 über den Beizug von Arbeitsärzten und anderen Spezialisten der Arbeitssicherheit zu erfüllen. Es wird empfohlen, den Betrieb der Branchenlösung anzuschliessen.</w:t>
+        <w:t xml:space="preserve">Die Berufsbildnerin/der Berufsbildner ist verpflichtet, die Vorschriften gemäss der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>EKAS Richtlinie</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6508 über den Beizug von Arbeitsärzten und anderen Spezialisten der Arbeitssicherheit zu erfüllen. Es wird empfohlen, den Betrieb der Branchenlösung anzuschliessen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="17723111" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="283"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Berufsfachschule, überbetriebliche Kurse, Militärdienst</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="12D12801" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="568" w:hanging="426"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -4827,83 +5169,83 @@
       <w:r w:rsidRPr="00054D27">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>und überbetriebliche Kurse</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04D73">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> gelten als Arbeitszeiten.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Der Schulweg ist nicht an die Arbeitszeiten anrechenbar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="7CF86522" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Berufsbildnerin/der Berufsbildner verpflichtet sich, der/dem Lernenden den Besuch von überbetrieblichen Kursen und der Berufsfachschule ohne Lohnabzug zu gestatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="006B7E59" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="604CC116" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="006B7E59" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7E59">
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -4925,213 +5267,231 @@
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">) für die Schule und Exkursionen gehen zu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7E59">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>lasten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7E59">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> der/des Lernenden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="7B984D05" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hat die/der Lernende infolge Krankheit, Unfall, Militärdienst (ausgenommen Wiederholungskurse) oder anderen Gründen eine längere Dauer der Lehrzeit versäumt, so ist die  zuständige kantonale Stelle zu informieren. </w:t>
+        <w:t xml:space="preserve">Hat die/der Lernende infolge Krankheit, Unfall, Militärdienst (ausgenommen Wiederholungskurse) oder anderen Gründen eine längere Dauer der Lehrzeit versäumt, so ist </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>die  zuständige</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kantonale Stelle zu informieren. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="1CCFA577" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Streitigkeiten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="650B8864" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Einzug2"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Die Parteien vereinbaren, dass sie Anstände die sich aus dem Lehrverhältnis ergeben, der </w:t>
       </w:r>
       <w:r w:rsidRPr="00914BCF">
         <w:t xml:space="preserve">zuständige kantonale Behörde </w:t>
       </w:r>
       <w:r>
         <w:t>vorlegen. Diese versucht mit den Parteien eine einvernehmliche Lösung zu vereinbaren. Der Gang an das zuständige Gericht bleibt vorbehalten, falls das Schlichtungsverfahren zu keinem Erfolg führt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="067C4D15" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:pStyle w:val="Nummerierung"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Auflösung des Vertrages</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="69A5CF8E" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="502"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Nach Ablauf der Probezeit ist eine vorzeitige Auflösung des Lehrverhältnisses nur aus wichtigen Gründen möglich. Tritt die/der Lernende ohne wichtigen Grund die Arbeitsstelle nicht an oder verlässt sie ohne wichtigen Grund, so hat die Berufsbildnerin/der Berufsbildner Anspruch auf eine Entschädigung, die einem Viertel des Bruttolohnes für einen Monat entspricht. Ausserdem hat sie/er Anspruch auf Ersatz weiteren Schadens. Im Weiteren gelten die Bestimmungen von Art. 337 OR.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="19186BE1" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="502"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Nach Auflösung des Lehrverhältnisses hat die/der Lernende Anspruch auf ein Zeugnis mit Angaben über den erlernten Beruf und die Dauer der Lehre. Die Berufsbildnerin/der Berufsbildner hat das Zeugnis spätestens am Tage der letzten Lohnauszahlung auszustellen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="58EF62CA" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="502"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -5141,51 +5501,51 @@
         <w:t xml:space="preserve">Jede Auflösung des Lehrvertrages ist unverzüglich </w:t>
       </w:r>
       <w:r w:rsidRPr="00907EB9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>der zuständigen kantonalen Behörde sowie der Berufsfachschule</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>zu melden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="72ADC73B" w14:textId="77777777" w:rsidR="00D35609" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="502"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -5213,263 +5573,277 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Ü</w:t>
       </w:r>
       <w:r w:rsidRPr="00054D27">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>K-Tage und die Ferienzeit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> entsprechend der auf den beiden Betrieben geleisteten Arbeitszeit zwischen den beiden Betrieben aufgeteilt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35609" w:rsidRPr="002120B8" w:rsidRDefault="00D35609" w:rsidP="00D35609">
+    <w:p w14:paraId="0FC11933" w14:textId="77777777" w:rsidR="00D35609" w:rsidRPr="002120B8" w:rsidRDefault="00D35609" w:rsidP="00D35609">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="502"/>
           <w:tab w:val="num" w:pos="568"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Für die in diesem Vertrag nicht geregelten Punkte gelten die Bestimmungen des entsprechenden kantonalen Normalarbeitsvertrages (NAV) und des OR.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002120B8" w:rsidRDefault="00D35609" w:rsidP="002120B8">
+    <w:p w14:paraId="7DF06941" w14:textId="77777777" w:rsidR="002120B8" w:rsidRDefault="00D35609" w:rsidP="002120B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>* Für den Kanton VS gelten die Bestimmungen des GA</w:t>
       </w:r>
       <w:r w:rsidR="002120B8">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>V.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002120B8" w:rsidRPr="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
+    <w:p w14:paraId="0B02D781" w14:textId="77777777" w:rsidR="002120B8" w:rsidRPr="002120B8" w:rsidRDefault="002120B8" w:rsidP="002120B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002120B8" w:rsidRPr="002120B8" w:rsidSect="002120B8">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="689" w:bottom="567" w:left="1418" w:header="709" w:footer="262" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F36290" w:rsidRDefault="00F36290">
+    <w:p w14:paraId="60BCA755" w14:textId="77777777" w:rsidR="00F36290" w:rsidRDefault="00F36290">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F36290" w:rsidRDefault="00F36290">
+    <w:p w14:paraId="15193666" w14:textId="77777777" w:rsidR="00F36290" w:rsidRDefault="00F36290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...2 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
-    <w:notTrueType/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ZapfDingbats">
+    <w:altName w:val="Wingdings"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002E6285" w:rsidRDefault="002E6285">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11ED35A3" w14:textId="77777777" w:rsidR="002E6285" w:rsidRDefault="002E6285">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F36290" w:rsidRDefault="00F36290">
+    <w:p w14:paraId="5FF37A7B" w14:textId="77777777" w:rsidR="00F36290" w:rsidRDefault="00F36290">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F36290" w:rsidRDefault="00F36290">
+    <w:p w14:paraId="38B2899C" w14:textId="77777777" w:rsidR="00F36290" w:rsidRDefault="00F36290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="70FCCFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Aufzhlungszeichen2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C2508EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D88C0D0"/>
     <w:lvl w:ilvl="0" w:tplc="8F94BDF8">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="960"/>
         </w:tabs>
         <w:ind w:left="960" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ZapfDingbats" w:eastAsia="Times New Roman" w:hAnsi="ZapfDingbats" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5565,51 +5939,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C031E96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="526EB06A"/>
     <w:lvl w:ilvl="0" w:tplc="71961B3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5681,51 +6055,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE24E60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16507416"/>
     <w:lvl w:ilvl="0" w:tplc="6F6E5654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="7.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5797,51 +6171,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ADB2F57"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="436028E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerierung"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5939,51 +6313,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CF5271A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="875C67AA"/>
     <w:lvl w:ilvl="0" w:tplc="D638D03E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="9.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="142" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6055,71 +6429,71 @@
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512965B3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="486E0BA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="523A4C1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3F28868"/>
     <w:lvl w:ilvl="0" w:tplc="0A06DED8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6191,237 +6565,285 @@
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="1" w16cid:durableId="1789272399">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1111585704">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="487789559">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1892957422">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="223882678">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6" w16cid:durableId="542595664">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="7" w16cid:durableId="1237856789">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="8" w16cid:durableId="1407874153">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="170"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005414BA"/>
     <w:rsid w:val="00014E38"/>
     <w:rsid w:val="00034E83"/>
     <w:rsid w:val="000640C3"/>
     <w:rsid w:val="00064233"/>
+    <w:rsid w:val="000E71EF"/>
     <w:rsid w:val="001119DD"/>
+    <w:rsid w:val="00120917"/>
     <w:rsid w:val="00153853"/>
+    <w:rsid w:val="001A1108"/>
     <w:rsid w:val="001B77ED"/>
     <w:rsid w:val="00207D41"/>
     <w:rsid w:val="002120B8"/>
+    <w:rsid w:val="0022710A"/>
     <w:rsid w:val="002663FD"/>
+    <w:rsid w:val="0029332D"/>
     <w:rsid w:val="00297862"/>
     <w:rsid w:val="002A5B3A"/>
     <w:rsid w:val="002C7991"/>
     <w:rsid w:val="002E6285"/>
     <w:rsid w:val="002F032F"/>
+    <w:rsid w:val="00333AA4"/>
     <w:rsid w:val="00341FD6"/>
     <w:rsid w:val="0034213E"/>
+    <w:rsid w:val="00345DF6"/>
     <w:rsid w:val="00361BB1"/>
     <w:rsid w:val="003703BA"/>
     <w:rsid w:val="00382885"/>
     <w:rsid w:val="003832CB"/>
     <w:rsid w:val="003A0A6A"/>
+    <w:rsid w:val="003A32B1"/>
+    <w:rsid w:val="003D7630"/>
     <w:rsid w:val="003F05B9"/>
     <w:rsid w:val="00402174"/>
     <w:rsid w:val="004103B9"/>
     <w:rsid w:val="004320F4"/>
+    <w:rsid w:val="00471B32"/>
     <w:rsid w:val="00485BED"/>
     <w:rsid w:val="004B183D"/>
     <w:rsid w:val="004F2089"/>
+    <w:rsid w:val="00510446"/>
+    <w:rsid w:val="00515539"/>
     <w:rsid w:val="0053667F"/>
     <w:rsid w:val="005414BA"/>
+    <w:rsid w:val="005607B2"/>
     <w:rsid w:val="00572FB4"/>
     <w:rsid w:val="005C1409"/>
+    <w:rsid w:val="006230FF"/>
     <w:rsid w:val="00624877"/>
     <w:rsid w:val="00677C4C"/>
     <w:rsid w:val="0068754C"/>
     <w:rsid w:val="006B2679"/>
     <w:rsid w:val="006B6E66"/>
+    <w:rsid w:val="0073161A"/>
+    <w:rsid w:val="007612B8"/>
     <w:rsid w:val="00763B20"/>
     <w:rsid w:val="007852B1"/>
     <w:rsid w:val="00793399"/>
+    <w:rsid w:val="007A1893"/>
+    <w:rsid w:val="007E7DF4"/>
+    <w:rsid w:val="0080628E"/>
     <w:rsid w:val="00843063"/>
+    <w:rsid w:val="008525EE"/>
     <w:rsid w:val="00867E95"/>
+    <w:rsid w:val="0089093F"/>
     <w:rsid w:val="0089354B"/>
     <w:rsid w:val="008A1AD8"/>
     <w:rsid w:val="008A629E"/>
     <w:rsid w:val="008B011A"/>
     <w:rsid w:val="008D0E8D"/>
+    <w:rsid w:val="008E051D"/>
+    <w:rsid w:val="008E399B"/>
     <w:rsid w:val="008F5A66"/>
     <w:rsid w:val="00901140"/>
     <w:rsid w:val="00904F4F"/>
     <w:rsid w:val="00934B67"/>
+    <w:rsid w:val="009378B9"/>
     <w:rsid w:val="00940F47"/>
     <w:rsid w:val="009478A6"/>
     <w:rsid w:val="00955E57"/>
     <w:rsid w:val="00981F8D"/>
+    <w:rsid w:val="009863F8"/>
     <w:rsid w:val="009924B3"/>
+    <w:rsid w:val="009B457D"/>
+    <w:rsid w:val="009B7A9B"/>
+    <w:rsid w:val="009C12A2"/>
+    <w:rsid w:val="009C4F09"/>
     <w:rsid w:val="009E2B8C"/>
     <w:rsid w:val="00A7017E"/>
     <w:rsid w:val="00A8207E"/>
     <w:rsid w:val="00AB65F8"/>
     <w:rsid w:val="00AF3721"/>
+    <w:rsid w:val="00B352CF"/>
     <w:rsid w:val="00B4163C"/>
     <w:rsid w:val="00B46EE9"/>
+    <w:rsid w:val="00B51F33"/>
     <w:rsid w:val="00B9449B"/>
+    <w:rsid w:val="00BC17EA"/>
+    <w:rsid w:val="00BC5C6D"/>
     <w:rsid w:val="00BC5E80"/>
     <w:rsid w:val="00BD3E3F"/>
     <w:rsid w:val="00C2704C"/>
     <w:rsid w:val="00C462D0"/>
+    <w:rsid w:val="00C76556"/>
     <w:rsid w:val="00C81CB2"/>
     <w:rsid w:val="00C81F51"/>
     <w:rsid w:val="00C848E8"/>
     <w:rsid w:val="00C947FD"/>
+    <w:rsid w:val="00CA0B8D"/>
     <w:rsid w:val="00CA141C"/>
+    <w:rsid w:val="00CD4002"/>
+    <w:rsid w:val="00D13FEF"/>
     <w:rsid w:val="00D327C6"/>
     <w:rsid w:val="00D35609"/>
     <w:rsid w:val="00D66AB3"/>
     <w:rsid w:val="00DA6BE3"/>
+    <w:rsid w:val="00DA705A"/>
     <w:rsid w:val="00DE0F87"/>
     <w:rsid w:val="00DE6271"/>
     <w:rsid w:val="00E16440"/>
     <w:rsid w:val="00E84011"/>
+    <w:rsid w:val="00E977D3"/>
     <w:rsid w:val="00EA3E37"/>
     <w:rsid w:val="00EF7EAE"/>
     <w:rsid w:val="00F16CA7"/>
+    <w:rsid w:val="00F25B09"/>
     <w:rsid w:val="00F36290"/>
     <w:rsid w:val="00F4514B"/>
+    <w:rsid w:val="00F60958"/>
     <w:rsid w:val="00F62E1B"/>
     <w:rsid w:val="00F8746F"/>
     <w:rsid w:val="00F92612"/>
+    <w:rsid w:val="00FE343B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7629D9CF"/>
+  <w14:docId w14:val="54CE6D52"/>
   <w15:docId w15:val="{35AA8AB5-4655-4AE5-83F4-A50BDFD542E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6432,51 +6854,51 @@
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6753,50 +7175,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -6868,61 +7291,124 @@
     <w:rPr>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textkrper-Einzug2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="009E2B8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="7" w:line="180" w:lineRule="exact"/>
       <w:ind w:left="426"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD4002"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CD4002"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Aufzhlungszeichen"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CD4002"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="643"/>
+      </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="60"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD4002"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7175,87 +7661,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{720E4797-BD4F-4A5D-8302-E6535229F64F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8781C65F-4CF4-461E-BA9C-BC57FEADE5BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1167</Words>
-  <Characters>7358</Characters>
+  <Words>1262</Words>
+  <Characters>7951</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Beiblatt zum Lehrvertrag Landwirtschaft im Kanton Zug</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kanton Zug</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8508</CharactersWithSpaces>
+  <CharactersWithSpaces>9195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Beiblatt zum Lehrvertrag Landwirtschaft im Kanton Zug</dc:title>
   <dc:creator>Abt Martin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Erste Seite">
     <vt:lpwstr>&lt;keine&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folgeseite">
     <vt:lpwstr>&lt;keine&gt;</vt:lpwstr>